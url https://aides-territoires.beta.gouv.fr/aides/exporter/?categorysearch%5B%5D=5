--- v0 (2025-10-02)
+++ v1 (2026-01-09)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA223"/>
+  <dimension ref="A1:AA213"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -1255,236 +1255,117 @@
       <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir en fonction de chaque aide (suivre le lien du descriptif complet).
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>435</v>
+        <v>554</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mettre en place une assistance Technique Départementale ou missions boues</t>
-[...117 lines deleted...]
-        <is>
           <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Tourisme Ingénierie Développement</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>DATAVIZ Cœur de Ville</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Portrait socio-démographique
  &lt;/li&gt;
  &lt;li&gt;
   Restructurer l&amp;#039;habitat
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser le développement économique
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter les mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Servir les citoyens
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -1500,196 +1381,806 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Connaissance de la mobilité
 Mers et océans</t>
         </is>
       </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>27637</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Mener des missions d'animation</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif des aides à l'animation</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / forfait</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mener des missions d&amp;#039;animation territoriale portées par les maitres d&amp;#039;ouvrages locaux&lt;/li&gt;&lt;li&gt;Mener des missions d&amp;#039;animation sectorielle ou territoriale portées par les structures professionnelles, associatives ou institutionnelles&lt;/li&gt;&lt;li&gt;Mener des missions d&amp;#039;assistance technique et d&amp;#039;expertise portées par des conseils départementaux et des organismes indépendants des producteurs de boues ou d&amp;#039;autres partenaires&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les missions d’animation correspondant :
+&lt;br /&gt;• À l’animation des Schémas d’Aménagement et de Gestion des Eaux (SAGE) et des contrats territoriaux, 
+de leur émergence à leur mise en œuvre opérationnelle ;
+&lt;br /&gt;• Aux actions visant à faire émerger et réaliser des programmes d’actions/travaux ;
+&lt;br /&gt;• Aux actions de conseil et d’accompagnement technique et/ou administratif collectifs des acteurs 
+locaux à mobiliser pour impulser et accompagner le changement de pratiques y compris au travers de 
+l’innovation ;
+&lt;br /&gt;• Aux actions de développement de réseaux professionnels et d’animation d’un travail en réseau pour 
+développer des partenariats avec les acteurs locaux pour favoriser la cohérence et l’efficacité des 
+politiques et pour interpeller les politiques connexes (aménagement du territoire, urbanisme, 
+agriculture, santé, …) par les objectifs et ambitions des politiques de gestion de l’eau et de transition 
+écologique ;
+&lt;br /&gt;• Aux actions de structuration et coordination de filières économiques, d’économie circulaire, 
+d’opérations collectives ou groupées favorisant la pérennité de la reconquête des milieux aquatiques ;
+&lt;br /&gt;• Aux actions de communication, d’éducation et de sensibilisation du public ;
+&lt;br /&gt;• Aux actions visant à accompagner la montée en compétence ou structuration de la maîtrise d’ouvrage 
+et à la doter de moyens techniques et administratifs pour initier et assurer la conduite des projets, une 
+dynamique dans un territoire ou la qualité des performances des services public d’eau et 
+d’assainissement ;
+&lt;br /&gt;• À la mise en œuvre de l’assistance technique aux communes ou établissements publics de coopération 
+intercommunale (telle que prévue par l’article L.3232-1-1 du code général des collectivités territoriales (SATE et SATESE) et autres accords cadre ou locaux, …) ;
+&lt;br /&gt;• Au suivi et à l’expertise de la valorisation agricole des sous-produits issus de l’épuration, en vue de 
+garantir la qualité et la sécurité de la filière.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le site de l&amp;#039;Agence de l&amp;#039;eau Rhin-Meuse pour obtenir des informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U7" s="1" t="inlineStr">
         <is>
-          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+          <t>Rhin-Meuse</t>
         </is>
       </c>
       <c r="V7" s="1" t="inlineStr">
         <is>
-          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_animation.pdf?Archive=263793508197&amp;File=fiche%5Fanimation%5Fpdf</t>
         </is>
       </c>
       <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
-[...2 lines deleted...]
-  Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : agence&amp;#64;eau-rhin-meuse.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
-          <t>baptiste.girod@caissedesdepots.fr</t>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7b6-aide-animation/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
+        <v>30530</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir et mettre en œuvre la gestion durable des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les communes et EPCI (notamment à travers les syndicats de rivière) pour promouvoir et mettre en œuvre la gestion durable des milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Thématiques et prise en compte des enjeux : Etats des lieux, cartographie, réglementation, outils méthodologiques; programmes de travaux, PPG, ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Continuités écologiques, hydromorphologie, suivis piscicoles...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 22 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la définition des enjeux/objectifs/actions sur les masses d&amp;#039;eau ciblées dans le cadre du PPG Cérou-Vère
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la rédaction de la déclaration d&amp;#039;intérêt général (DIG) établie dans le cadre du nouveau programme pluriannuel de gestion (PPG) de Cérou-Vère
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse de la thermie du Tescou en amont et en aval d&amp;#039;un ouvrage transversal
+&lt;/p&gt;
+&lt;p&gt;
+ Défintion des Objectifs/actions du futur programme pluriannuel de gestion (PPG) de Cérou-Vère 2022-2027
+&lt;/p&gt;
+&lt;p&gt;
+ Détermination par topographie de la pente du ruisseau de Lavergné sur la commune de Cuq-les-Vielmur
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse liée à une érosion de berges en bord de voirie communale - propositions d&amp;#039;aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse d&amp;#039;un problème d&amp;#039;eau stagnante dans le fossé du hameau de Beauzelles
+&lt;/p&gt;
+&lt;p&gt;
+ Rédaction d&amp;#039;un mémo sur les modalités de mise en œuvre de mesures topographiques en cours d&amp;#039;eau. Formation in situ des agents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5323-promouvoir-et-mettre-en-uvre-la-gestion-durab/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>30540</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Préparer le lancement de travaux en eau potable</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lorsqu&amp;#039;un projet en eau potable est lancé à l&amp;#039;initiative de la collectivité, le
+ Département peut accompagner la collectivité dans le choix d&amp;#039;un
+ maître
+ d&amp;#039;œuvre ou d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage selon les spécificités de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 12 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hameau de Sauvergue obligations règlementaires pour l&amp;#039;alimentation en eau
+&lt;/p&gt;
+&lt;p&gt;
+ Rédaction de projet de documents de consultation pour un marché de maîtrise d&amp;#039;oeuvre pour des travaux d&amp;#039;assainissement et d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ Raccordement au réseau d&amp;#039;eau de plusieurs hameaux
+&lt;/p&gt;
+&lt;p&gt;
+ Diagnostic réseaux AEP.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dc4-preparer-le-lancement-de-travaux-en-eau-potab/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>30542</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Gérer un ouvrage hydraulique</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Certaines collectivités peuvent ne pas posséder de services techniques, administratifs et financiers dédiés pour gérer les ouvrages hydrauliques. Aussi, le Département peut les appuyer pour assurer toutes les missions nécessaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces missions consistent à suivre les dossiers sur les aspects : technique (travaux), réglementaire, commande publique, gestion administrative et financière...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 13 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gestion de barrages
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil sur la mise en place, la gestion hydraulique la surveillance d&amp;#039;un barrage.&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Reflexion sur la faisabilité d&amp;#039;une centrale hydraulique
+&lt;/p&gt;
+&lt;p&gt;
+ Etude préalable à la mise en place d&amp;#039;Unité de production hydroélectrique&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les Communes de moins de 5000 habitants et les EPCI de moins de 25 000 sont prioritaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2bfd-gerer-un-ouvrage-hydraulique/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>9082</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé sur des sujets complexes en gestion financière, budgétaire, comptable et fiscale (MRCDP)</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Mission régionale de conseil aux décideurs publics (MRCDP
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mission de conseil installée au niveau régional auprès de chaque Direction régionale des Finances publiques (DRFiP), à l&amp;#039;exception de la Corse et des territoires d&amp;#039;Outre-Mer.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La MRCDP offre des prestations pluricompétences sur des sujets à dominante financière, fiscale et économique dès lors que les enjeux des dossiers sont jugés importants, sensibles ou de dimension régionale.
 &lt;/p&gt;
 &lt;p&gt;
  Le champ de compétence des MRCDP est centré principalement sur les décideurs publics de la sphère État (préfets, ARS, rectorats, CROUS et établissements publics nationaux) et les grandes collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   le conseil sur des montages contractuels complexes et l&amp;#039;expertise organisationnelle de structures ;
  &lt;/li&gt;
  &lt;li&gt;
   la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Étude au profit du Préfet de région sur la santé économique et financière d&amp;#039;un territoire
  &lt;/li&gt;
  &lt;li&gt;
   Étude sur les modes de financement et la soutenabilité budgétaire d&amp;#039;un projet d&amp;#039;investissement ou projet de renouvellement urbain
  &lt;/li&gt;
  &lt;li&gt;
   Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1714,148 +2205,148 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P8" s="1" t="inlineStr">
+      <c r="P11" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
 &lt;/p&gt;
 &lt;p&gt;
  Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9b7e-conseil-aux-decideurs-publics/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
         <v>10501</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Fonds Départemental de développement (F2D)</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I9" s="1" t="inlineStr">
+      <c r="I12" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J9" s="1" t="inlineStr">
+      <c r="J12" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1883,1856 +2374,3827 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P9" s="1" t="inlineStr">
+      <c r="P12" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q9" s="1" t="inlineStr">
+      <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  • Les projets relevant des typologies suivantes sont prioritaires :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations favorisant le développement des mobilités douces ou partagées,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique des logements communaux à vocation sociale,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  • Sont aussi éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
 &lt;/p&gt;
 &lt;p&gt;
  - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
 &lt;/p&gt;
 &lt;p&gt;
  - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation de structure des ouvrages d&amp;#039;art.
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail : subventions.dmit&amp;#64;gers.fr
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
-        </is>
-[...562 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/5323-promouvoir-et-mettre-en-uvre-la-gestion-durab/</t>
         </is>
       </c>
       <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:27" customHeight="0">
       <c r="A13" s="1">
-        <v>30540</v>
+        <v>30788</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Préparer le lancement de travaux en eau potable</t>
+          <t>Réaliser des études préalables à la déclaration d’utilité publique (DUP) - Hors procédure administrative</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Études préalables de mise en œuvre de la déclaration d’utilité publique (DUP) des Périmètres de Protection des Captages (PPC) - Hors procédure administrative</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental du Tarn</t>
+          <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
-        <is>
-[...281 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
+      <c r="I13" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la 
 protection des captages d&amp;#039;eau potable. Ces études permettent 
 d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à
  long terme, en développant des solutions adaptées aux spécificités 
 locales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P15" s="1" t="inlineStr">
+      <c r="P13" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q15" s="1" t="inlineStr">
+      <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/files/live/mounts/midas/Aides/12e%20programme/12e%20programme%20d'interven</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
+      <c r="W13" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/files/live/sites/aides-redevances/files/Aides-12prog/Rivage/Mode_operatoire_portail_MOA_Depot_suivi_demande.pdf</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e7ee-realiser-des-etudes-prealables-a-la-declarati/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>30791</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études de mise en œuvre opérationnelle des outils fonciers</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Études de mise en œuvre opérationnelle des outils fonciers</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I16" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la protection des captages d&amp;#039;eau potable. Ces études permettent d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à long terme, en développant des solutions adaptées aux spécificités locales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P16" s="1" t="inlineStr">
+      <c r="P14" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q16" s="1" t="inlineStr">
+      <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-etudes-de-mise-en-oeuvre-operationnelle-des-outils-fonciers.html</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8dfb-boiser-les-perimetres-de-protection-de-captag/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>30792</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Indemniser les servitudes engagées dans les périmètres de protection rapprochés (PPR)</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Indemnisations de servitudes engagées dans les périmètres de protection rapprochés (PPR)</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I17" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Min : 35 Max : 50</t>
         </is>
       </c>
-      <c r="J17" s="1" t="inlineStr">
+      <c r="J15" s="1" t="inlineStr">
         <is>
           <t>Le taux d’aide est porté de 35 % à 50 % en cas de changement de pratiques agricoles.</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les indemnisations de servitudes engagées dans les périmètres de 
 protection rapprochés (PPR) visent à compenser les pertes économiques 
 liées aux restrictions imposées pour protéger les captages d&amp;#039;eau 
 potable. Ce dispositif réduit les impacts financiers tout en 
 garantissant la préservation de la ressource en eau, accompagné de 
 mesures comme l’acquisition foncière et les obligations réelles 
 environnementales (ORE).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P17" s="1" t="inlineStr">
+      <c r="P15" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q17" s="1" t="inlineStr">
+      <c r="Q15" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
 dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
 collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
 &lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
  national des services publics d’eau et d’assainissement (SISPEA) pour 
 toutes les collectivités.&lt;/p&gt;
 &lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-indemnisations-de-servitudes.html</t>
         </is>
       </c>
-      <c r="W17" s="1" t="inlineStr">
+      <c r="W15" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/18b0-indemnisation-de-servitudes-des-perimetres-de/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>30793</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Étudier et suivre la qualité des eaux brutes</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Études et suivis de la qualité des eaux brutes</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I18" s="1" t="inlineStr">
+      <c r="I16" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la 
 protection des captages d&amp;#039;eau potable. Ces études permettent 
 d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à
  long terme, en développant des solutions adaptées aux spécificités 
 locales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P18" s="1" t="inlineStr">
+      <c r="P16" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q18" s="1" t="inlineStr">
+      <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;br /&gt;Pour le suivi opérationnel de la qualité des eaux brutes : prix minimum du service public de l’eau potable sauf si le maître d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche action).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-etudes-et-suivis-de-la-qualite-des-eaux-brutes.html</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3471-etudier-et-suivre-la-qualite-de-la-ressource/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>30851</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études de délimitation et de vulnérabilité des aires d’alimentation de captages</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Études de délimitation et de vulnérabilité des aires d’alimentation de captages, diagnostic multi-pressions et de vulnérabilité</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I17" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la protection des captages d&amp;#039;eau potable. Ces études permettent d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à long terme, en développant des solutions adaptées aux spécificités locales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P19" s="1" t="inlineStr">
+      <c r="P17" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q19" s="1" t="inlineStr">
+      <c r="Q17" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;br /&gt;Captages prioritaires inscrits au Sdage 2022-2027 ou captages classés sensibles par le code de l’environnement faisant l’objet d’un suivi stratégique de la part des services de l’État.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-etudes-de-delimitation-et-de-vulnerabilite-des-aires-dalime.html</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4cc5-realiser-des-etudes-et-travaux-de-substitutio/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>435</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une assistance Technique Départementale ou missions boues</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Assistance Technique Départementale ou missions boues
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;assistance technique mise à disposition par le département dans les domaines de l&amp;#039;assainissement collectif, de la protection de la ressource en eau pour la production d&amp;#039;eau potable et de la protection des milieux aquatiques est aidée pour les collectivités éligibles. Les missions boues sont également aidées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;aide est pluriannuelle sur 3 ans.
+Subvention de 50 % &amp;#43; aide forfaitaire de fonctionnement de 8 000 €/an/ ETP.</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez vos relais locaux http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/13a8-assistance-technique-departementale-ou-missio/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Loiret
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Gers
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de la Vendée
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Seine-Maritime
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de l'Orne
+CAUE de la Haute-Loire
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE du Puy-de-Dôme
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE de la Dordogne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE du Pas-de-Calais
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y19" s="1" t="inlineStr">
         <is>
-          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+          <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
       <c r="Z19" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/4cc5-realiser-des-etudes-et-travaux-de-substitutio/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
         </is>
       </c>
       <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:27" customHeight="0">
       <c r="A20" s="1">
-        <v>52290</v>
+        <v>82912</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Financer vos budgets d'investissement</t>
+          <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>Action cœur de ville
-Actions pour la Relance (complémentaires à France Relance)</t>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
+          <t>CAUE de l'Ain
+CAUE du Lot
+CAUE du Var
+CAUE du Cher
+CAUE du Gard
+CAUE du Gers
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de la Vendée
+CAUE de l'Aude
+CAUE de l'Oise
+CAUE de l'Orne
+CAUE du Cantal
+CAUE du Loiret
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Yonne
+CAUE du Morbihan
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Calvados
+CAUE du Maine-et-Loire
+CAUE de l'Ardèche
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Puy-de-Dôme
+CAUE de la Côte-d'Or
+CAUE de Guadeloupe
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Dordogne
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de la Sarthe
+CAUE des Deux-Sèvres
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE du Pas-de-Calais
+CAUE de la Haute-Loire
+CAUE Lot-et-Garonne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Haute-Garonne
+CAUE de la Savoie
+CAUE de la Seine-et-Marne
+CAUE de la Seine-Maritime
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les formations proposées par les CAUE ont plusieurs objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à jour ou approfondir les connaissances des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux maîtres d&amp;#039;ouvrages publics, aux maires, de mieux connaître leur territoire, ses évolutions et ses enjeux, les démarches et procédures d&amp;#039;aménagement et d&amp;#039;urbanisme, les outils à leur disposition, les techniques les plus appropriées à leurs actions et à l&amp;#039;implication des habitants ou usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux enseignants d&amp;#039;intégrer les enjeux inhérents à l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement dans les projets pédagogiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de nombreux CAUE sont datadockés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ NB : Nature de l&amp;#039;aide complémentaire aux formations
+ &lt;br /&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formations dans les domaines de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  TRANSVERSALEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 Chaumont - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Ardèche
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Aude
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE des Landes
+CAUE de la Dordogne
+CAUE du Tarn
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE de Mayotte
+CAUE du Puy-de-Dôme
+CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Cher
+CAUE de Corrèze
+CAUE du Tarn-et-Garonne
+CAUE de la Charente-Maritime
+CAUE du Val-de-Marne
+CAUE du Val d'Oise
+CAUE de Guadeloupe
+CAUE de la Martinique
+CAUE de la Guyane
+CAUE de l'Île-de-la-Réunion
+CAUE du Var
+CAUE de la Seine-Maritime
+CAUE de la Côte-d'Or
+CAUE des Hauts-de-Seine
+CAUE de Corse
+CAUE de la Creuse
+CAUE du Loir-et-Cher
+CAUE du Loiret
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de la Somme
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Orientales
+CAUE de Rhône-Métropole
+CAUE de la Sarthe
+CAUE de la Savoie
+CAUE de l'Orne
+CAUE de l'Yonne
+CAUE du Pas-de-Calais
+CAUE des Deux-Sèvres
+CAUE de la Vendée
+CAUE de la Haute-Vienne
+CAUE des Vosges
+CAUE de l'Essonne
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de la Haute-Savoie</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>83479</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Normands
+Union régionale des CAUE des Hauts de France</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Sa raison d&amp;#039;être
+  Sa raison d&amp;#039;être :
  &lt;/strong&gt;
- :
-[...12 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Sa mission
+  Sa mission :
  &lt;/strong&gt;
- :
-[...6 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...26 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Ses crédits
+  Ses crédits :
  &lt;/strong&gt;
- :
-[...17 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Son accompagnement
+  Son accompagnement :
  &lt;/strong&gt;
- :
-[...8 lines deleted...]
-&lt;/ul&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
-[...38 lines deleted...]
-&lt;/ul&gt;
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3775,267 +6237,270 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;ul&gt;
-[...30 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X20" s="1" t="inlineStr">
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Contact
+  Email
  &lt;/strong&gt;
- :
-[...5 lines deleted...]
- adhesion&amp;#64;agence-france-locale.fr
+ : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-      <c r="A21" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>62848</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
+      <c r="M25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4081,277 +6546,566 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W21" s="1" t="inlineStr">
+      <c r="W25" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>14068</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets favorables à la transition écologique - Prêt vert</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le prêt vert permet de financer des projets favorables à la transition écologique : eau, assainissement et GEMAPI, mobilités propres, valorisation des déchets, énergies renouvelables, rénovation énergétique et éclairage public. 
+Grâce à un prêt vert, votre collectivité pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adopter une démarche cohérente pour l&amp;#039;ensemble de son projet en faveur de la transition énergétique, y compris sur son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communiquer sur sa stratégie en faveur de l&amp;#039;environnement, via un crédit spécifiquement dédié à cette thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à une finance plus responsable en ciblant des investisseurs éthiques qui se préoccupent des projets sous-jacents et de leurs impacts environnementaux dans leurs choix d&amp;#039;investissement (ces prêts sont refinancés par des obligations vertes).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les prêts peuvent être à taux fixe ou à taux révisable, jusqu&amp;#039;à 30 ans. Ils peuvent comporter une phase de mobilisation permettant une mobilisation progressive des fonds.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;eau et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de transports
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;énergie (éclairage)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;efficacité énergétique du bâti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Alimentation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Montant minimum : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt affecté à un des projets éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;indicateurs qui permettent à la banque de calculer des économies de CO2 ou d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-transition-ecologique/pret-vert.html</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/vos_besoins/financement/contacts.financement.html</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a&gt;
+  secteurpubliclocal&amp;#64;labanquepostale.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 09 69 36 88 00
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques : Appel non surtaxé, du lundi au vendredi de 9h à 17h (hors jours fériés)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Sa raison d&amp;#039;être :
+  Sa raison d&amp;#039;être
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Sa mission :
+  Sa mission
  &lt;/strong&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...7 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Ses crédits :
+  Ses crédits
  &lt;/strong&gt;
-&lt;/p&gt;
-[...11 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Son accompagnement :
+  Son accompagnement
  &lt;/strong&gt;
-&lt;/p&gt;
-[...5 lines deleted...]
-&lt;/p&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;/p&gt;
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4394,2925 +7148,161 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;p&gt;
-[...28 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X22" s="1" t="inlineStr">
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;em&gt;
-[...3 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Email
+  Contact
  &lt;/strong&gt;
- : adhesion&amp;#64;agence-france-locale.fr
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
-[...2759 lines deleted...]
-      </c>
       <c r="Z27" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
         </is>
       </c>
       <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:27" customHeight="0">
       <c r="A28" s="1">
         <v>90732</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Mener un projet s'intégrant dans la stratégie régionale de l'eau</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine
 Commission européenne</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
@@ -7494,135 +7484,667 @@
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Mail : eau&amp;#64;nouvelle-aquitaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/393d-strategie-regionale-de-leau/</t>
         </is>
       </c>
       <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:27" customHeight="0">
       <c r="A29" s="1">
+        <v>94919</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'aménagements hydrauliques multifonctions</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Eau et territoire, aménagement hydraulique multifonctions</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J29" s="1" t="inlineStr">
+        <is>
+          <t>plafond : 500 000€ par projet (toutes phases confondues)</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide &amp;#34;Eau et territoire, aménagement hydraulique multifonctions&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et leurs groupements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cas de porteur privé ou associatif, un partenariat avec une collectivité territoriale est nécessaire pour confirmer l&amp;#039;intérêt du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux maxi : 40 % des montants HT ou TTC si non éligible au FCTVA
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond d&amp;#039;aide : 500 000 € par projet (toutes phases confondues)
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Nature des projets:
+&lt;/p&gt;
+&lt;p&gt;
+ Projets globaux d&amp;#039;aménagement intégrant :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des travaux de renaturation en lit mineur du cours d&amp;#039;eau: réouverture, démantèlement d&amp;#039;ouvrages sans usage, restauration de la continuité écologique (passe à poissons), restauration de cours d&amp;#039;eau en traversée d&amp;#039;agglomération, renaturation de berges artificialisées ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et au moins un des postes suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Equipements d&amp;#039;activités sportives et récréatives (rivières d&amp;#039;eaux vives urbaines, parcours canoé kayak, site de baignade...) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equipements touristiques (piste cyclable, chemin de randonnée, signalisation, parcours de randonnée nautique, embarcadère/débarcadère, ponton de pêche accessible handicapés...) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion intégrée des eaux pluviales en lien avec un projet de restauration des milieux aquatiques ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equipements pédagogiques (signalétique, pontons, plantations pédagogiques, supports d&amp;#039;initiation à l&amp;#039;environnement des écoles et CINE/CPIE voisins) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Installation de turbines hydroélectriques ichtyocompatibles adaptées aux basses chutes (vis hydrodynamiques, VLH, ...) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation des maçonneries, vannages, automatisation et fiabilisation des ouvrages de protection contre les crues, sécurisation de l&amp;#039;irrigation, soutien d&amp;#039;étiage, ...
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets consistant en un maintien d&amp;#039;ouvrage devront intégrer des dispositifs restaurant à minima une continuité piscicole adaptée au contexte et si possible sédimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;effacement des ouvrages sera privilégié dès lors que cette solution est possible.
+&lt;/p&gt;
+&lt;p&gt;
+ Aucun nouvel obstacle à la franchissabilité ne devra être créé ou rehaussé. Une attention particulière sera portée aux projets innovants, exemplaires, notamment en termes d&amp;#039;adaptation au changement climatique (désimperméabilisation, éducation, ...).
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Coûts d&amp;#039;investissement liés aux aménagements et infrastructures précédemment décrits.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;études préalables à l&amp;#039;engagement des travaux (faisabilité, avant projet, projet, dossier réglementaire) sont éligibles au même taux.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour certaines collectivités, ces dépenses peuvent figurer dans les dépenses de fonctionnement (aménagement/arasement d&amp;#039;ouvrages hydrauliques).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses TTC seront prises en compte dès lors que le porteur fournit une attestation de non récupération de la TVA.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Biodiversité
+Equipement public
+Paysage
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P29" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2019</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/eau-territoire-amenagement-hydraulique/</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0317/depot/simple</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ Monsieur le Président
+&lt;/p&gt;
+&lt;p&gt;
+ (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA) 1, Place Adrien Zeller – BP 91006 –
+ 67070 STRASBOURG CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;une lettre de demande officielle, ou lettre
+ d&amp;#039;intention, adressée au Président de la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94a4-eau-et-territoire-amenagement-hydraulique-mul/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>98630</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition et la mise en oeuvre de leur projet d'aménagement, de voirie, d'ouvrage d'art, de bâtiment, d'eau-assainissement, de restauration</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Cher Ingénierie des Territoires (CIT)</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les accompagnements proposés pour les collectivités souhaitant définir et mettre en oeuvre leur projet d&amp;#039;aménagement, de voirie, d&amp;#039;ouvrage d&amp;#039;art, de bâtiment, d&amp;#039;eau-assainissement, de restauration sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;étude d&amp;#039;opportunité et de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  le diagnostic de voirie et d&amp;#039;ouvrage d&amp;#039;art
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la maitrise d&amp;#039;ouvrage pour la réalisation de projet de voirie, aménagement espaces publics  , de bâtiment (bibliothèque, mairie, salle polyvalente, école, cantine, maison de santé,..)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la recherche de financement et accompagnement dans le montage de dossier (y compris Fonds européens).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Alimentation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Cher</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Caroline Edilber, Directrice CIT :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 02 48 27 80 27
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:cit&amp;#64;departement18.fr" rel="noopener" target="_blank"&gt;
+   cit&amp;#64;departement18.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>caroline.edilber@departement18.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0ee-accompagner-les-collectivites-dans-la-definit/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>94791</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en oeuvre de leur projet d'urbanisme, d'aménagement, d'assainissement, d'eau, de voirie et d'ouvrage d'art</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de Meurthe et Moselle (ATD 54)</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Assistance technique, administrative et financière des collectivités pour la définition de leurs besoins, la conception et la mise en oeuvre des projets dans les domaines de l&amp;#039;aménagement, de l&amp;#039;urbanisme, de l&amp;#039;eau, de la voirie et des ouvrages d&amp;#039;art.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  AMO travaux d&amp;#039;assainissement collectif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à l&amp;#039;entretien des ouvrages d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la réalisation de schéma directeur eau potable, suivi de DSP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un programme de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites des ponts et conseils en matière de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMO opérations d&amp;#039;urbanisme et d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la gestion intégrée des eaux pluviales dans les projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche et à la mobilisation des financements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Equipement public
+Logement et habitat
+Appui méthodologique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Meurthe-et-Moselle</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.mmd54.org/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:mmd54&amp;#64;mmd54.org" rel="noopener" target="_blank"&gt;
+  mmd54&amp;#64;mmd54.org
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile CALIN, Directrice de MMD 54 : 03 94 94 56 92
+&lt;/p&gt;
+&lt;p&gt;
+ Murielle COLLIGNON, Assistante administrative : 03 54 50 71 66
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>ccalin@mmd54.org</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/abfe-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
         <v>92586</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I29" s="1" t="inlineStr">
+      <c r="I32" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M29" s="1" t="inlineStr">
+      <c r="M32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -7661,3280 +8183,1008 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>92594</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Participer aux aménagements hydrauliques et à l’équipement rural des réseaux et ouvrages pour le pluvial</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I30" s="1" t="inlineStr">
+      <c r="I33" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutenir les projets relatif au pluvial porté par une commune exerçant effectivement la compétence (exercice direct ou par délégation) et se situant dans une zone agricole ou naturelle du document d&amp;#039;urbanisme en vigueur.
 &lt;/p&gt;
 &lt;p&gt;
  Taux de la subvention Départementale : 0 à 50 % maximum du montant HT des investissements
 &lt;/p&gt;
 &lt;p&gt;
  Une priorité est donnée aux Communes ayant un schéma directeur.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux maximum de 50 % ne s&amp;#039;applique que si le Conseil départemental est seul financeur et que les dossiers ont été proposés aux autres co-financeurs (Région, Agence de l&amp;#039;eau).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M30" s="1" t="inlineStr">
+      <c r="M33" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etudes et élaboration des schémas pluviaux
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de bassins de rétention pour le pluvial
  &lt;/li&gt;
  &lt;li&gt;
   Travaux sur le réseau pluvial (zonage pluvial – article 2224-10 du CGCT)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes qualifiées de « rurales » par arrêté préfectoral, n&amp;#039;ayant pas transféré la compétence.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Communes rurales du Vaucluse</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires/les-autres-aides-aux-collectivites-locales-et-organismes-publics-2689.html</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus, contactez le : 04.90.16.15.00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f0a-participer-aux-amenagements-hydrauliques-et-a/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...173 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>111995</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Plateforme d'apprentissage Interreg Europe PLP</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
-[...22 lines deleted...]
-      <c r="K32" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...6 lines deleted...]
- &lt;/strong&gt;
+ Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Collectivités et leurs groupements.
-[...5 lines deleted...]
-  Associations
+  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
+ &lt;/li&gt;
+ &lt;li&gt;
+  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Dans le cas de porteur privé ou associatif, un partenariat avec une collectivité territoriale est nécessaire pour confirmer l&amp;#039;intérêt du projet.
-[...103 lines deleted...]
-      <c r="N32" s="1" t="inlineStr">
+ Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
+&lt;/p&gt;
+&lt;p&gt;
+ A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Tourisme
-[...1703 lines deleted...]
-Eau souterraine
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
 Jeunesse
+Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
 Education et renforcement des compétences
 Alimentation
+Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
+Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
 Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
 International
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
+Valorisation d'actions
+Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
+Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
+Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
+Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
+Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...2 lines deleted...]
-      <c r="O42" s="1" t="inlineStr">
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une structure francilienne.
+ Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
+ &lt;a rel="noopener" target="_blank"&gt;
+  interregeurope.eu
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...12 lines deleted...]
-      <c r="X42" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contact au Conseil régional :
-[...2 lines deleted...]
- europe&amp;#64;iledefrance.fr
+ &lt;strong&gt;
+  Point de contact national Nord de la France :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier  &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase    &amp;#43;33 (0) 491 575 606
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...5 lines deleted...]
-      <c r="H43" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I43" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L43" s="1" t="inlineStr">
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J35" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;em&gt;
-[...7 lines deleted...]
- Les projets éligibles relèvent notamment des domaines suivants :
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Amélioration des connaissances et suivis
-[...34 lines deleted...]
-      <c r="N43" s="1" t="inlineStr">
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
 Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...2 lines deleted...]
-      <c r="O43" s="1" t="inlineStr">
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le dossier de demande d&amp;#039;aide devra inclure les pièces suivantes :
-[...26 lines deleted...]
-      <c r="S43" s="1" t="inlineStr">
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
-[...92 lines deleted...]
-      <c r="L44" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Soutenir et accompagner l&amp;#039;élaboration et la mise en œuvre des SAGE (schéma d&amp;#039;aménagement et de gestion de l&amp;#039;eau), afin de disposer de stratégies définies à l&amp;#039;échelle des bassins versants.
+  Point de contact national Nord de la France
  &lt;/strong&gt;
-&lt;/p&gt;
-[...4 lines deleted...]
- &lt;br /&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
-[...114 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...301 lines deleted...]
-      <c r="A47" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>111753</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Rédiger des actes authentiques en la forme administrative</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etablir les Actes en la Forme Administrative (AFA), alternative à l&amp;#039;acte notarié, pour régulariser rapidement les opérations foncières des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  MODALITES D&amp;#039;ACCOMPAGNEMENT
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   aide à l&amp;#039;établissement de l&amp;#039;acte (délibérations, modèles...): voirie (élargissement des voies communales, alienation de chemins ruraux...), instauration de servitudes (canalisation ou de passage, chemin de randonnée...), petites ventes ou acquisitions (alignements, délaissés de parcelles non bâties...), biens vacants sans maître - rétrocession d&amp;#039;espaces verts, voiries de loitissement, transfert de patrimoine foncier entre une commune et une interciommunalité, bail emphythéotique administratif
  &lt;/li&gt;
  &lt;li&gt;
   rédaction d&amp;#039;un acte à partir de pièces et de renseignements fournis par la collectivité en vue de son authentification par le maire ou le président d&amp;#039;une intercommunalité
  &lt;/li&gt;
  &lt;li&gt;
   publication de l&amp;#039;acte, après signature au Service de la Publicité Foncière (SPF)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  LIVRABLES
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Courriers
  &lt;/li&gt;
  &lt;li&gt;
   Acte
  &lt;/li&gt;
  &lt;li&gt;
   Bordereau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M47" s="1" t="inlineStr">
+      <c r="M36" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Acquisition foncière dans le cadre de la création d&amp;#039;une piste cyclable.
  &lt;/li&gt;
  &lt;li&gt;
   Création de servitude de passage de canalisations de réseaux souterrains.
  &lt;/li&gt;
  &lt;li&gt;
   Rétrocession voiries de lotissements appartenant à des associations syndicales libres.
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de parcelles vacantes et sans maître.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   entre 300€ et 450 € (si adhérent au SDEEG) selon la catégorie d&amp;#039;acte ou 600 € (si non adhérent au SDEEG)
  &lt;/li&gt;
  &lt;li&gt;
   acceptation du devis
  &lt;/li&gt;
  &lt;li&gt;
   transmission de tous les éléments (délibération, renseignements urbanisme...) permettant la rédaction de l&amp;#039;acte
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/urbanisme-et-foncier/197-foncier.html</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nathalie GAUTIER - Responsable service foncier
  &lt;/li&gt;
  &lt;li&gt;
   nathalie.gautier&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   Paul VALLET - Rédacteur Actes Authentiques
  &lt;/li&gt;
  &lt;li&gt;
   paul.vallet&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 44 89
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b913-rediger-des-actes-en-la-forme-administrative/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-      <c r="A48" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>111757</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -10971,82 +9221,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
+      <c r="M37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -11092,184 +9342,184 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W48" s="1" t="inlineStr">
+      <c r="W37" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-      <c r="A49" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>111758</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Accompagner à l'intégration des enjeux climatiques aux documents d’urbanisme (ScoT, PLUi, PLU)</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G49" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Intégrer les enjeux énergie climat aux documents d&amp;#039;Urbanisme réglementaires ScoT, PLU, PLUi. Promouvoir un Urbanisme respectueux de l&amp;#039;environnement et adapter aux évolutions Climatiques.
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement à la carte intégrant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   formation et sensibilisation « Urbanisme et Climat »
  &lt;/li&gt;
  &lt;li&gt;
   état des lieux de l&amp;#039;intégration des enjeux climatiques au document d&amp;#039;urbanisme existant (outil Clim&amp;#039;URBA Cerema).
  &lt;/li&gt;
  &lt;li&gt;
   assistance à la définition des enjeux Energie Climat prioritaires à la formulation d&amp;#039;une Stratégie et d&amp;#039;orientation partagée en lien avec le PCAET (EPCI) et le SRADDET (Région).
  &lt;/li&gt;
  &lt;li&gt;
   assistance à la rédaction du PADD en collaboration avec le bureau d&amp;#039;études mandaté par la collectivité pour la rédaction du document.
  &lt;/li&gt;
  &lt;li&gt;
   participation aux comités de pilotage
  &lt;/li&gt;
  &lt;li&gt;
   assistance à la rédaction du document d&amp;#039;urbanisme pour l&amp;#039;intégration des enjeux (végétalisation, perméabilité des sols, mobilités, énergie renouvelables, connaissance des réseaux d&amp;#039;énergie, choix constructif des bâtiments neufs, usages des surfaces, économie circulaire et circuits courts....
@@ -11278,224 +9528,224 @@
   formation des élus et des services instructeurs à la compréhension et l&amp;#039;instruction du nouveau document.
  &lt;/li&gt;
  &lt;li&gt;
   mise en œuvre du document d&amp;#039;urbanisme Energie Climat
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  LIVRABLES
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   stratégie énergie climat du document
  &lt;/li&gt;
  &lt;li&gt;
   propositions d&amp;#039;évolution du PADD aux regards de la stratégie énergie climat
  &lt;/li&gt;
  &lt;li&gt;
   propositions d&amp;#039;évolution des OAP aux regards de la stratégie énergie climat
  &lt;/li&gt;
  &lt;li&gt;
   co-rédaction de zonages du Règlement
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M49" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Lors de la révision des documents d&amp;#039;urbanisme PLU, PLUi, ScoT ...
  &lt;/li&gt;
  &lt;li&gt;
   Le SDEEG accompagne la Collectivités en partenariat avec le bureau d&amp;#039;études en charge de la rédaction du document .
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;objectif étant d&amp;#039;intégrer les enjeux climats en fonction des souhaits des élus et des documents cadre de planification existants : PCAET, PPA, SRADDET...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Forêts
 Sols
 Espaces verts
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Prévention des risques
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O49" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S49" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T49" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U49" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V49" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/323-urbanisme-efficacite-energetique-planification-audits.html</t>
         </is>
       </c>
-      <c r="X49" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
  &lt;/li&gt;
  &lt;li&gt;
   Cécile PERDRIX&lt;/li&gt;
  &lt;li&gt;
   Ingénieure Planification Territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Service Transition Énergétique
  &lt;/li&gt;
  &lt;li&gt;
   service.energies&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z49" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/758d-accompagner-a-lintegration-des-enjeux-climati/</t>
         </is>
       </c>
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="50" spans="1:27" customHeight="0">
-      <c r="A50" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>111759</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I50" s="1" t="inlineStr">
+      <c r="I39" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la carte intégrant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
  &lt;/li&gt;
  &lt;li&gt;
   Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
  &lt;/li&gt;
  &lt;li&gt;
   Définition de la Stratégie territoriale Air Energie Climat
  &lt;/li&gt;
  &lt;li&gt;
@@ -11530,72 +9780,72 @@
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics PCAET, Profil Climat
  &lt;/li&gt;
  &lt;li&gt;
   Etat initial de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Rapport Stratégique, Rapport PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Plan d&amp;#039;actions PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Tableur de suivi des actions (logiciel PROSPER actions)
  &lt;/li&gt;
  &lt;li&gt;
   Support de communication et de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M50" s="1" t="inlineStr">
+      <c r="M39" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement et Finalisation de PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Dépôt du PCAET sur la plateforme ADEME
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la mise en place des actions
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Santé
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
@@ -11619,224 +9869,12254 @@
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T50" s="1" t="inlineStr">
+      <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G51" s="1" t="inlineStr">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>111666</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Eau</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide en % des dépenses HT</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le domaine de l&amp;#039;eau : aide à la réalisation d&amp;#039;études de programmation d&amp;#039;eau potable, d&amp;#039;assainissement, d&amp;#039;eaux pluviales, d&amp;#039;inondation, de ruissellement, de gestion des rivières et zones humides, d&amp;#039;élaboration de contrat de bassin, de gestion des services ou de transfert de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;aide en % des dépenses HT :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30% pour les études de programmation, les études spécialisées eau potable/assainissement/eaux pluviales, les études pré-opérationnelles et de maîtrise d&amp;#039;oeuvre liées à l&amp;#039;élaboration d&amp;#039;un contrat de bassin.
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% pour les études spécialisées inondation/ruissellement/gestion des rivières et zones humides, les études pré-opérationnelles et de maîtrise d&amp;#039;oeuvre liées au mode de gestion des services et pour le transfert de compétences.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Délibération n°2017-04-0018 (AD du 25/09/2017)</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Risques naturels
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes, Intercommunalités et Syndicats intercommunaux en Essonne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1625-realiser-des-etudes-dans-le-domaine-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>111668</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les risques d'inondation</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Eau</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J41" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide en % des dépenses HT</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la gestion des risques d&amp;#039;inondation.
+&lt;/p&gt;
+&lt;p&gt;
+ Variation des taux d&amp;#039;aide à l&amp;#039;investissement, exprimé en % des dépenses HT.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux à 25% pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la gestion alternative des eaux pluviales liées aux bâtiments et espaces publics (selon un prix de référence de 700 € par m3).
+ &lt;/li&gt;
+&lt;/ul&gt;
+Taux à 40% pour :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études pour l&amp;#039;acquisition de données quantitatives relatives aux aléas et au fonctionnement des systèmes aquatiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les systèmes d&amp;#039;annonce de crue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création ou la restauration de zones humides d&amp;#039;expansion de crues,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des ruissellements en amont de l&amp;#039;urbanisation (taux de base bonifiable),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en conformité des digues et barrages classés (plafonné à 500.000 € HT).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Taux à 50% pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études et travaux à vocation de gestion des inondations et de réduction de la vulnérabilité des bâtiments publics et des réseaux urbains,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la construction des documents et des démarches qui confortent l&amp;#039;organisation des actions locales en cas d&amp;#039;inondation principalement (Plans communaux de sauvegarde notamment),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dispositifs et actions de sensibilisation des populations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Délibération n°2017-04-0018 (AD du 25/09/2017)</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Risques naturels
+Bâtiments et construction
+Médias et communication
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes, Intercommunalités et Syndicats intercommunaux en Essonne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc9e-prevenir-les-risques-dinondation/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>95040</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et protéger les eaux souterraines</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de connaissances et développement d’outils de gestion pour la protection des ressources en eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat</t>
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Connaître et protéger les eaux souterraines.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P42" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités locales, Établissements publics et associations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités, groupe d&amp;#039;experts, entreprises, etc...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ études à caractère général ou opérationnel, ayant pour objet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la connaissance sectorielle ou globale des nappes phréatiques ainsi que des pressions qui s&amp;#039;y exercent ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la connaissance des relations entre les canaux, les cours d&amp;#039;eau et les eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de données sur la partie profonde des nappes phréatiques ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la connaissance des sols au droit des nappes d&amp;#039;eaux souterraines.
+  &lt;/li&gt;
+  &lt;li&gt;
+   mesures de la piézométrie et de la qualité des nappes et de leurs points d&amp;#039;alimentations préférentiels
+  &lt;/li&gt;
+  &lt;li&gt;
+   élaboration de modèles de gestion, hydrodynamiques ou hydrochimiques ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   études et travaux relatifs à des pollutions peu connues, mises en évidence dans le cadre des inventaires de la qualité des eaux souterraines, ou à des &amp;#34;nouveaux polluants&amp;#34; (disrupteurs endocriniens, molécules phytopharmaceutiques, etc.) dont la présence constitue une menace pour les nappes d&amp;#039;eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   étude et projets pilotes de lutte contre les pollutions diffuses;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation et diffusion d&amp;#039;outils d&amp;#039;information sur les eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmes d&amp;#039;animation, sensibilisation, formation auprès des collectivités et du grand public sur les actions de réduction à la source des pollutions et au développement de techniques alternatives.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Étude, animation, matériel d&amp;#039;acquisition, modèles, travaux pilotes
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/connaitre-proteger-eaux-souterraines/</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0089/depot/simple</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président Philippe Richert
+   &lt;br /&gt;
+   (A l&amp;#039;attention du Service Eaux et Milieux Aquatiques - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour toute information :
+&lt;/p&gt;
+&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lajlah LUTHER : Tél : 03.88.15.65.13, Mail : lajlah.luther&amp;#64;region-alsace.eu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : Tél : 03 87 33 67 65, Mail : francis.vogin&amp;#64;lorraine.eu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Veronique BAUDET,
+   Tél : 03 26 70 89 33, Mail : vbaudet&amp;#64;cr-champagne-ardenne.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d52e-connaitre-et-proteger-les-eaux-souterraines/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>95042</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les cours d’eau et les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Restauration des cours d’eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 35 % du montant HT
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000€ par projet sauf sur les cours d&amp;#039;eau régionaux majeurs : Rhin, Ill, Sarre, Moselle, Meuse, Aisne, Marne, Seine, Aube.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ce dispositif s&amp;#039;inscrit en complément de l&amp;#039;aide Agence de l&amp;#039;eau dans la limite de 80 % d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration de la fonctionnalité des cours d&amp;#039;eau : reméandrage, diversification des écoulements, érosion maitrisée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des plans d&amp;#039;eau : renaturation / reprofilage de berges, création de hauts-fonds, restauration de roselières, restauration de digues, ouvrages d&amp;#039;alimentation et de vidange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des milieux humides : restauration de zones humides, création d&amp;#039;annexes hydrauliques, de mares, frayères, reconnexion de bras morts, restauration de réseau de fossés, création de zones humides artificielles, zones tampons entre réseau de drainage et cours d&amp;#039;eau... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration de la continuité écologique (suppression ou aménagements d&amp;#039;ouvrages transversaux, etc.) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration du petit patrimoine bâti et ouvrages alimentant ces milieux aquatiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes, associations, fédérations de pêche, entreprises, particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts d&amp;#039;investissement liés aux opérations précédemment décrites. Travaux et études préalables (faisabilité, avant-projet, projet...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-restaurer-cours-deau-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0083/depot/simple</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dfa-restauration-des-cours-deau-et-des-milieux-aq/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>95043</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer un plan de désherbage ou un plan de gestion différenciée</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Élaboration d'un plan de gestion différenciée des espaces ouverts aux publics : acquisition de plants et matériel de désherbage</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Financement public total Région-Agence de l&amp;#039;eau de 80 %
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de 4 200 € HT
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes ou groupement de communes mettant en œuvre un plan d&amp;#039;entretien des espaces communaux adapté aux objectifs de protection des ressources en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elaboration d&amp;#039;un plan de désherbage des espaces communaux ayant pour objet le repérage et le classement des zones traitées, avec évaluation des risques pour les ressources en eau. Le plan doit intégrer un diagnostic des pratiques communales en matière de traitement phytosanitaire. La commune doit s&amp;#039;engager par convention dans une démarche progressive et continue, avec la signature de la &amp;#34; charte de désherbage/d&amp;#039;entretien des espaces communaux &amp;#34;, celle-ci présentant 3 niveaux de mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les plans de désherbage et les plans de gestion différenciée des espaces.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/elaborer-plan-de-desherbage-plan-de-gestion-differenciee/</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0077/depot/simple</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lajlah LUTHER : 03 88 15 65 13 / lajlah.luther&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : 03 87 33 67 65 / francis.vogin&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Véronique BAUDET : 03 26 70 89 33 / veronique.baudet&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b26-elaborer-un-plan-de-desherbage-ou-un-plan-de-/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>95044</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les inondations</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les inondations</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 20</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Axes d&amp;#039;intervention ( Etudes et travaux )
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maximal d&amp;#039;intervention
+Amélioration de la connaissance et de la conscience du risque
+10% du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surveillance, prévision des crues et des inondations
+5 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en compte du risque inondation dans l&amp;#039;urbanisme
+10 % du montant éligible
+Actions de réduction de la vulnérabilité des biens et des personnes
+20 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ralentissement des écoulements
+20 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouvrages hydrauliques de protection
+10 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 80% d&amp;#039;aides publiques (déplafonnement possible lorsque le projet est inclus dans un CPIER) – hors autofinancement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P45" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes et groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes ouverts et fermés auxquels la compétence Inondation a été transférée, établissements publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Habitants en zones inondables, usagers de réseaux de transports impactés, acteurs économiques (entreprises, exploitations agricoles...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Amélioration de la connaissance et de la conscience du risque, actions d&amp;#039;information, de sensibilisation et de pédagogie à destination du public, des élus et des acteurs économiques pour favoriser la prise en compte du risque ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surveillance, prévision des crues et des inondations ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en compte du risque inondation dans l&amp;#039;urbanisme ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux d&amp;#039;amélioration des écoulements dans les zones urbanisées ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux de réduction de la vulnérabilité des réseaux, des activités économiques, et des services publics ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux de zones de ralentissement dynamique des crues, de restauration ou d&amp;#039;aménagement de zones d&amp;#039;expansion des crues ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux d&amp;#039;ouvrages hydrauliques de protection rapprochée des zones habitées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes et travaux en section investissement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/prevenir-gerer-inondations/</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0190/depot/simple</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Marie-Dominique PARANIER : 03 88 15 38 62 / marie-dominique.paranier&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Camille BARTHE : 03 87 33 67 62 / camille.barthe&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sophie PAYER : 03 26 70 31 68 / sophie.payer&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ad50-prevenir-et-gerer-les-inondations/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>95045</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer la gouvernance et la structuration de maîtrise d'ouvrage de projets structurants dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer la gouvernance et la structuration de maitrise d’ouvrage de projets structurants dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Appui à l&amp;#039;animation de sages
+Plafond de 45 0000 € /an pour le salaire et 5 000 € pour les frais de fonctionnement /an, étude au cas par cas
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide régionale  à l&amp;#039;animation en complément de l&amp;#039;aide des Agences de l&amp;#039;Eau dans la limite de 80 % d&amp;#039;aide publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide aux études à 20% maximum dans la limite de 80% d&amp;#039;aide publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Structurer la maitrise d&amp;#039;ouvrage sur les grands axes fluviaux
+Subvention variable selon les statuts, les besoins et la gouvernance de l&amp;#039;EPTB
+Aide aux études à 20 % maximum dans la limite de 80 % d&amp;#039;aide publique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structures porteuses des SAGE : collectivités, associations. EPTB
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Animation des SAGE en cours d&amp;#039;élaboration ou mis en œuvre.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude nécessaire à l&amp;#039;élaboration/mise en œuvre des SAGE.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la structuration des EPTB sur les bassins d&amp;#039;intérêts régionaux à enjeu de maîtrise d&amp;#039;ouvrage.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude nécessaire à l&amp;#039;élaboration et mise en œuvre des travaux des EPTB (inventaire, analyse hydraulique..) non couverte par les autres dispositifs régionaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Dépenses salariales (salaire brut chargé &amp;#43; enveloppe forfaitaire pour les dépenses d&amp;#039;accompagnement) dans la limite d&amp;#039;un animateur (1 ETP) par SAGE. Subvention pluriannuelle/ adhésion régionale aux EPTB. Dépenses pour les études nécessaires à l&amp;#039;élaboration/mise en œuvre des SAGE. Dépenses pour les études nécessaires à l&amp;#039;élaboration et la mise en œuvre des travaux des EPTB (inventaire, analyse hydraulique..) non couvertes par les autres dispositifs régionaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appuyer-gouvernance-structuration-de-maitrise-douvrage/</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0088/depot/simple</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adeline ALBRECHT : 03.88.15.67.84 / adeline.albrecht&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : 03 87 33 67 65 / francis.vogin&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Moselle (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Camille BARTHE : 03 87 33 67 62 / camille.barthe&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sophie PAYER : 03 26 70 31 68 / spayer&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2f8d-appuyer-la-gouvernance-et-la-structuration-de/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>101583</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la gestion durable de l'eau et de zones humides</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Notre offre d&amp;#039;accompagnement vous aide à mettre en place une gestion durable de l&amp;#039;eau et des zones humides, en fournissant une expertise environnementale et des solutions sur mesure pour gérer au mieux les ressources hydriques, et adapter votre territoire aux défis climatiques en conciliant les besoins économiques, agricoles et écologiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d79-mettre-en-place-une-gestion-durable-de-leau-d/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>104672</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Reconquérir la ressource en eau</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Favoriser une approche intégrée de la ressource en mobilisant notamment le Contrat territorial Eau, outil co-porté avec l&amp;#039;Agence de l&amp;#039;eau, les Départements et les services de l&amp;#039;Etat.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien de la Région vise notamment à accompagner les changements de pratiques et l&amp;#039;amélioration de la résilience du territoire face au changement climatique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les projets éligibles relèvent notamment des domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Amélioration des connaissances et suivis
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préservation et restauration des fonctionnalités des cours d&amp;#039;eau et des zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre les pollutions diffuses
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation au changement climatique et gestion durable la ressource
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication, sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration du lit de la Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection de la ressource en eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation et innovation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le principal outil financier mobilisé par la Région pour soutenir les projets de reconquête de la ressource en eau est le Contrat territorial Eau (CT Eau). Ce contrat formalise pour chaque territoire, et pour une durée de 3 ans, la nature des actions ou travaux à engager, les coûts prévisionnels, le plan de financement, les calendriers de réalisation et les engagements des différents signataires. Ce contrat s&amp;#039;adosse à la stratégie du territoire et à la feuille de route définies pour une durée de 6 ans et validées par le comité de pilotage du CT eau.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;éligibilité du programme d&amp;#039;action est étudiée dans son ensemble au regard des objectifs du SDAGE, des enjeux du SAGE et des PAOT et de sa contribution à la stratégie du territoire validée par le comité de pilotage.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour l&amp;#039;ensemble du programme d&amp;#039;action, le taux moyen d&amp;#039;intervention de la Région ne peut pas dépasser 40% des dépenses éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra inclure les pièces suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lettre de demande d&amp;#039;aide signée par la personne habilitée à engager l&amp;#039;organisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document autorisant le représentant de l&amp;#039;organisme à solliciter une aide (délibération, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des courriers de demande d&amp;#039;aide déposée auprès d&amp;#039;autres collectivités ou d&amp;#039;organismes de droit public ou copie des décisions d&amp;#039;attribution d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  N° SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation justifiant le régime de TVA auquel est soumis le demandeur pour les dépenses correspondant à la demande d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme prévisionnel du plan d&amp;#039;actions/d&amp;#039;activité de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée, précisant l&amp;#039;état des cofinancements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/reconquete-de-la-ressource-en-eau</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/CRBV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Eau et Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Damien Masinski : 02 28 20 54 73
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9940-reconquete-de-la-ressource-en-eau/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>104714</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’élaboration et à l’animation des SAGE (Schéma d’aménagement et de gestion de l’eau)</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Animation territoriale : Contrats et SAGE</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>jusqu'à 80 000€/an</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Soutenir et accompagner l&amp;#039;élaboration et la mise en œuvre des SAGE (schéma d&amp;#039;aménagement et de gestion de l&amp;#039;eau), afin de disposer de stratégies définies à l&amp;#039;échelle des bassins versants.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De même, elle souhaite favoriser la mise en œuvre opérationnelle de programmes d&amp;#039;actions à l&amp;#039;échelle des bassins versants ou de territoires hydrauliquement cohérents. Dans ce cadre, elle apportera son soutien à l&amp;#039;animation/coordination et aux études nécessaires à l&amp;#039;élaboration des programmes d&amp;#039;actions opérationnels, notamment au travers du Contrat territorial Eau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dépenses éligibles sont les charges salariales pour un équivalent temps plein (ETP) par SAGE ou Contrat et les frais de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les SAGE, par exception à cette règle, les structures porteuses de SAGE, ayant plusieurs CT Eau sur leur territoire, et assurant la coordination ET la pré-instruction des demandes d&amp;#039;engagement et de paiement liées aux actions inscrites dans ces CT Eau, pourront bénéficier d&amp;#039;un taux d&amp;#039;aide allant jusqu&amp;#039;à 40% des dépenses éligibles plafonnées à 80 000 €/an.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les contrats, par exception à cette règle, pour l&amp;#039;année transitoire entre deux contrats, le taux d&amp;#039;aide maximum est réduit à 10% des dépenses éligibles plafonnées à 80 000 €/an.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de dépôt du dossier complet fixe la date d&amp;#039;éligibilité des pièces justificatives.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra inclure les pièces suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lettre de demande d&amp;#039;aide signée par la personne habilitée à engager l&amp;#039;organisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document autorisant le représentant de l&amp;#039;organisme à solliciter une aide (délibération, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des courriers de demande d&amp;#039;aide déposée auprès d&amp;#039;autres collectivités ou d&amp;#039;organismes de droit public ou copie des décisions d&amp;#039;attribution d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  N° SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation justifiant le régime de TVA auquel est soumis le demandeur pour les dépenses correspondant à la demande d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme prévisionnel du plan d&amp;#039;actions/d&amp;#039;activité de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée, précisant l&amp;#039;état des cofinancements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/animation-territoriale-contrats-et-sage</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_ANIM_POLO/depot/simple</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région Pays de la Loire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Eau et Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Damien Masinski
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:Damien.Masinski&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  Damien.Masinski&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 0228205473
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/307e-animation-territoriale-contrats-et-sage/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>102582</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Informer et conseiller les administrés du territoire sur l'habitat</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Agences départementales d'information sur le logement (ADIL)</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ADIL sont des associations agréées par le ministère en charge du logement et constituées d&amp;#039;une équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elles offrent un conseil objectif, gratuit et neutre aux usagers sur leurs droits et obligations en matière d&amp;#039;habitat, sur les solutions de logement qui leur sont adaptées (conditions d&amp;#039;accès au parc locatif, aspects juridiques et financiers de projet d&amp;#039;accession à la propriété...) à l&amp;#039;exclusion de tout acte administratif, contentieux ou commercial.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ADIL interviennent tant dans la conduite d&amp;#039;un projet que dans la résolution d&amp;#039;une difficulté lié au logement : rapports locatifs, impayés de loyers, copropriété, rénovation énergétique, habitat indigne...&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de permanences de proximité : Maisons de justice et du droit, Caf, Mairie, Maisons France Services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence sur des salons, forum, conférences, événements (semaine de l&amp;#039;accession et de la copropriété...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anil.org/lanil-et-les-adil/votre-adil/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez créer une ADIL dans votre département, contactez l&amp;#039;ANIL :
+ &lt;a href="mailto:anil&amp;#64;anil.org" target="_self"&gt;
+  anil&amp;#64;anil.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>anil@anil.org</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/02ac-copie-14h18-informer-et-conseiller-les-admini/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>102583</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise habitat (juridique, études, observations, formations)</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Agences départementales d'information sur le logement (ADIL)</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ADIL sont des associations agréées par le ministère en charge du logement (art. L.366-1 et suivants du CCH). Constituées d&amp;#039;une équipe de spécialistes de  l&amp;#039;habitat (juriste, statisticien, géographe, urbaniste, travailleur social...) elles apportent un conseil neutre et une expertise auprès des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Imprégnées des besoins des ménages et des enjeux des territoires, les ADIL informent et/ou forment les acteurs locaux et participent aux instances de l&amp;#039;habitat. Elles  pilotent également des groupes de travail pour les collectivités locales et les associations d&amp;#039;usagers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Formation d&amp;#039;élus et de techniciens de l&amp;#039;habitat sur l&amp;#039;ensemble des thématiques en lien avec le logement et l&amp;#039;habitat (copropriété, lutte contre l&amp;#039;habitat indigne, prévention des impayés et des expulsions, accession à la propriété, dispositifs d&amp;#039;aides à l&amp;#039;amélioration de l&amp;#039;habitat, actualités en matière de logement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition des politiques publiques par des études ou des observatoires (niveau des loyers, diagnostic préalable au Programme local de l&amp;#039;habitat , logement des jeunes, études de peuplement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de dispositifs locaux (Logement d&amp;#039;Abord, Plan Départemental d&amp;#039;Action pour le Logement et l&amp;#039;Hébergement des Personnes Défavorisées...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction d&amp;#039;aides locales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anil.org/lanil-et-les-adil/votre-adil/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez créer une ADIL dans votre département, contactez l&amp;#039;ANIL :
+ &lt;a href="mailto:anil&amp;#64;anil.org" target="_self"&gt;
+  anil&amp;#64;anil.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>anil@anil.org</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/59a4-copie-14h47-beneficier-dune-expertise-habitat/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>102937</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche de financements européens</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appuyer au montage d&amp;#039;un projet européen innovant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Région propose de vous informer  par l&amp;#039;intermédiaire :
+ &lt;br /&gt;
+ - du site internet dédié : www.europeid.fr,
+ &lt;br /&gt;
+ - de journées ou webinaires d&amp;#039;information
+ &lt;br /&gt;
+ - de rendez-vous individuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle propose également de vous accompagner tout au long de votre  candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
+ &lt;br /&gt;
+ - l&amp;#039;orientation vers les cellules ressources
+ &lt;br /&gt;
+ - la recherche de partenaires
+ &lt;br /&gt;
+ - la rédaction de votre candidature
+ &lt;br /&gt;
+ - sa relecture critique avant soumission
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+International
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une structure francilienne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact au Conseil régional :
+&lt;/p&gt;
+&lt;p&gt;
+ europe&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>veronique.hostein@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>164226</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Consultation du public</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Action d’information, de sensibilisation 
+en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Action d’information, de sensibilisation 
+en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-cible/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>164227</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Études</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études préalables, permettant la définition, l’évaluation et le suivi, nécessaires à la mise en œuvre d’un projet 
+de lutte contre les pollutions de la ressource en eau issues des activités agricoles sont éligibles.
+&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, pour justifier la cohérence et la pérennité des solutions retenues, les études préalables s’appuieront 
+sur des critères de coût-efficacité pour comparer différents scenarii proposés. &lt;/p&gt;&lt;p&gt;La réalisation d’une étude préalable, d’évaluation, de suivi des opérations peut être une condition d’aide pour 
+certaines actions. &lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :
+&lt;br /&gt;• Les études et expérimentations concernant les organismes génétiquement modifiés et les variétés 
+tolérantes aux herbicides et autres pesticides ;
+• Les études et expérimentations ne visant que la substitution d’un produit phytosanitaire par un autre.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Études nécessaires à la mise en 
+œuvre et au suivi d’un projet de 
+lutte contre les pollutions de la 
+ressource issues des activités 
+agricoles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le taux de référence de l’aide pour les études est fixé à 70 %.
+Il peut être optimisé jusqu’à une valeur maximale de 80 % pour les études et maîtrises d’œuvre liées aux projets 
+relatifs au développement de filières agricoles sans ou à très bas niveau d’impact sur la ressource en eau et aux 
+opérations foncières concourant à l’atteinte des objectifs de reconquête et de préservation de la ressource en 
+eau&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-consultation-du-public/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>164289</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - Investissements</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides peuvent concerner l’ensemble des dispositifs permettant d’accompagner la mise en œuvre de 
+systèmes, d’assolements et de pratiques réduisant significativement, voire supprimant, les pollutions d’origine 
+agricole. Peuvent être éligibles à l’aide de l’Agence de l’eau, selon leur pertinence, les dispositifs permettant de 
+favoriser le développement :
+&lt;br /&gt;• De l’herbe ;
+&lt;br /&gt;• De l’agriculture biologique ;
+&lt;br /&gt;• De l’agroforesterie ;
+&lt;br /&gt;• De cultures sans ou à très bas niveau d’impact sur la ressource en eau associé, le cas échéant, à un critère 
+« bas besoin en eau » sur les secteurs en tension quantitative sur la ressource en eau ;
+&lt;br /&gt;• De techniques culturales limitant les intrants et les transferts de nitrates et/ou de pesticides vers la 
+ressource en eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une liste d’investissements éligibles répondant aux objectifs de la politique d’interventions sera établie par 
+l’Agence de l’eau et comportera notamment les matériels de désherbage alternatifs à l’utilisation de pesticides, 
+de compostage, de gestion de précision des effluents d’élevage de type I (C/N &amp;gt;8) et de destruction des CIPAN 
+(Cultures Intermédiaires Pièges A Nitrates). &lt;/p&gt;&lt;p&gt;Spécifiquement, sur les aires d’alimentation des captages et ponctuellement certaines zones à enjeux de 
+maintien des prairies (territoires où sont déployés des Plans Herbe), seront éligibles différents types de matériels 
+de prairies permettant l’entretien, la récolte, le séchage spécifique de l’herbe ou le pâturage. &lt;/p&gt;&lt;p&gt;Les listes de matériels éligibles et les conditions d’accès aux aides seront définies dans le cadre de la gouvernance 
+régionale. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q55" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
+valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
+intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
+la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
+Il peut être optimisé jusqu’à :
+&lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
+80 000 habitants) ;
+&lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
+les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
+l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-etudes/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>164290</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - MAEC</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’eau pourra soutenir les projets agro-environnementaux et climatiques au sein des territoires 
+prioritaires tels que définis à l’article 1 pour la conversion à l‘agriculture biologique, la mise en herbe et des 
+mesures d’arrêt des pesticides. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau fixera les règles d’application de ce dispositif à la fois en termes de mesures éligibles et de 
+secteurs où celles-ci pourront être mises en œuvre. Elle soutiendra particulièrement le portage de ces opérations 
+par des collectivités. Chaque programme, ciblé sur un projet territorial, fixera des objectifs de résultats en 
+fonction des problèmes existants et des indicateurs permettant d’en suivre l’efficacité.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q56" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
+valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
+intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
+la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
+Il peut être optimisé jusqu’à :
+&lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
+80 000 habitants) ;
+&lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
+les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
+l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-investissements/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>164291</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - PSE</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’eau pourra soutenir les projets de paiements pour services environnementaux au sein des 
+territoires prioritaires tels que définies à l’article 1 pour le maintien et le développement des surfaces en herbe, 
+de cultures biologiques et de cultures à bas niveau d’impact sur les ressources en eau. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau fixera les règles d’application de ce dispositif à la fois en termes d’indicateurs permettant de 
+caractériser les services environnementaux rendus et de secteurs où ceux-ci pourront être mis en œuvre. &lt;/p&gt;&lt;p&gt;Elle soutiendra le portage de ces opérations par des collectivités compétentes pour l’enjeu environnemental 
+identifié. Chaque programme identifiera, pour un territoire donné, et en fonction des services 
+environnementaux visés, une liste d’indicateurs qui permettra annuellement d’évaluer les services rendus.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
+valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
+intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
+la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
+Il peut être optimisé jusqu’à :
+&lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
+80 000 habitants) ;
+&lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
+les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
+l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-maec/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>164292</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - Autres dispositifs</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Des aides, concernant des projets de mise en œuvre collective de pratiques agricoles respectueuses de la 
+ressource en eau, peuvent être accordées (notamment sous forme de prestation agro-environnementale). Dans 
+ce cadre, l’ensemble des dispositifs répondant aux objectifs de la politique d’intervention sont susceptibles 
+d’être rendu éligibles. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau pourra, par ailleurs, utiliser d’autres dispositifs, conformes aux réglementations en vigueur, 
+permettant de protéger la ressource, en particulier les captages d’eau potable, contre les pollutions d’origine 
+agricole. &lt;/p&gt;&lt;p&gt;Le portage de ces opérations par des collectivités sera recherché et privilégié&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
+valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
+intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
+la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
+Il peut être optimisé jusqu’à :
+&lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
+80 000 habitants) ;
+&lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
+les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
+l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-pse/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>164293</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Réduction des pollutions ponctuelles</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides de l’Agence de l’eau seront mises en œuvre dans le cadre des dispositifs notifiés à la Commission 
+européenne. &lt;/p&gt;&lt;p&gt;Les aides accordées par l’Agence de l’eau seront conformes aux montants plafonds et zonages définis par 
+l’autorité administrative de gestion de ce dispositif. 
+Le cas échéant, l’Agence de l’eau pourra cibler ses aides à la gestion des effluents d’élevage dans certaines zones 
+prioritaires spécifiques.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q59" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une valeur 
+de 60 % avec l’application de bonifications permis par l’encadrement communautaire, intégrant notamment la 
+prime « jeune agriculteur » ou la prime « agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-autres-dispositifs/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>164294</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Réduction des transferts vers la ressource en eau - Mise en place de zones tampons</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides peuvent concerner la limitation des pollutions par l’aménagement du territoire, par la mise en place 
+de zones tampons, de type dispositifs de remédiation, boisement des zones à risques, talus, haies, etc. Une mise 
+en cohérence des enjeux de préservation des milieux naturels et de réduction des pollutions diffuses sera 
+recherchée. Les aides pour la mise en place de zones tampons en vue de réduire les transferts vers la ressource 
+en eau sont conditionnées à la réalisation d’une étude préalable. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Est éligible la mise en place de 
+zones tampons, telles que les 
+bandes enherbées, les haies, les 
+talus permettant d’assurer une 
+fonction d’interception des 
+transferts de contaminant 
+d’origine agricole vers les milieux 
+aquatiques&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-reduction-des-pollutions-ponctuelles/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>164295</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Réduction des transferts vers la ressource en eau - système irrigué</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’eau pourra accompagner la mise en place de démarches hydro-économes permettant de limiter 
+les transferts de polluants agricoles dans le respect des conditions mentionnées dans la fiche thématique relative 
+aux aides en matière de gestion quantitative de la ressource en eau et dans le cadre d’appels à projet spécifiques 
+dédiés. &lt;/p&gt;&lt;p&gt;Les aides de l’Agence de l’eau pourront concerner la mise en œuvre d’expérimentations favorisant une irrigation 
+sobre et raisonnée visant à réduire les excès et pertes d’eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q61" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les projets 
+d’expérimentations favorisant 
+une irrigation sobre et 
+raisonnée. &lt;/p&gt;&lt;p&gt;Sont éligibles les investissements 
+liés au pilotage et à la régulation 
+de l’irrigation et les 
+investissements économes en 
+eau (sous certaines conditions)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-reduction-des-transferts-vers-la-ressource-en-eau/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>164296</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Filières agricoles</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’intervention de l’Agence de l’eau sur des projets relatifs aux « filières agricoles » est conditionnée à :
+&lt;br /&gt;• L’existence d’un lien avec les territoires prioritaires définis à l’article 1, notamment les aires 
+d’alimentation de captages sensibles et/ou stratégiques à préserver, les bassins versants de cours d’eau 
+fortement impactées par les pollutions agricoles, les milieux humides, les zones à enjeux érosion, … ;
+&lt;br /&gt;• La garantie de leur efficacité sur la ressource en eau ciblant la valorisation de cultures et systèmes à bas 
+niveau d’impact sur la ressource en eau, de par une absence ou une utilisation très limitée des intrants 
+agricoles de synthèse (fertilisants, produits phytosanitaires) mais aussi une réduction des besoins en eau 
+des cultures ;
+&lt;br /&gt;• L’assurance d’une pérennisation des changements de pratiques, voire de pratiques existantes.
+Une étude de faisabilité technique et économique intégrant l’évaluation du gain environnemental sur la 
+ressource en eau sera réalisée et conditionnera l’attribution de l’aide. &lt;/p&gt;&lt;p&gt;Les aides peuvent concerner l’appui au développement de filières agricoles en lien avec la protection de la 
+ressource en eau, les différentes étapes nécessaires pour conforter et garantir la solidité de la filière, de 
+l’exploitation à la transformation des produits issus de filières respectueuses de la ressource en eau, et leur 
+promotion via des études, animation et investissements. &lt;/p&gt;&lt;p&gt;L’intervention de l’Agence de l’eau sur ce volet n’est en aucun cas une aide économique à une production 
+agricole mais bien une aide à un projet environnemental intégrant cette dimension « filière ». &lt;/p&gt;&lt;p&gt;Le principe d’intervention privilégié est celui de l’appel à projets avec un co-portage avec la Région Grand Est.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q62" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les projets liés au 
+développement de filières 
+favorable à la protection et à la 
+restauration de la ressource en 
+eau, telles que l’herbe, 
+l’agriculture biologique, les 
+cultures sans ou à très bas 
+niveau d’impact sur la ressource 
+en eau associé, le cas échéant, à 
+un critère « bas besoin en eau » 
+sur les secteurs en tension 
+quantitative sur la ressource.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-reduction-des-transferts-vers-la-ressource-en-eau-mise-en-place-de-zones-tampons/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>164297</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine agricole - Opérations foncières</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets fonciers concourant à l’atteinte des objectifs de reconquête et de préservation de la ressource en 
+eau sont éligibles. Il peut s’agir d’acquisition de terrain ou de toute autre opération permettant la gestion ou la 
+maîtrise du foncier jugée pertinente pour lutter contre les pollutions agricoles ou contre l’érosion voire dans une 
+perspective de reconstitution des milieux naturels (selon les modalités inscrites dans la fiche thématique 
+« milieux naturels »), notamment les échanges parcellaires et le portage du foncier. Une maîtrise d’ouvrage par 
+les collectivités sera à privilégier. &lt;/p&gt;&lt;p&gt;Ces opérations foncières peuvent concerner l’achat de terrains, la mise en place d‘Obligations Réelles 
+Environnementales (ORE) ou de Baux Ruraux Environnementaux (BRE), l’ensemble des frais associés (bornage, 
+frais SAFER, frais de portage), … &lt;/p&gt;&lt;p&gt;Les aides relatives aux opérations foncières sont conditionnées à la mise en œuvre pérenne de pratiques 
+générant peu ou pas de pollution sur les terrains considérés&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le taux de référence de l’aide pour les opérations foncières s’intégrant dans des démarches de protection de 
+captages est fixé à 80 %&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-filieres-agricoles/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>164298</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études en matière de connaissance générale - études d'intérêt général</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de connaissance générale : études d'intérêt général et acquisition de données</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J64" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions consistent en la collecte de données (qualité du milieu, pressions, …) dès lors qu’elles répondent aux 
+priorités de l’Agence de l’eau et qu’elles sont recueillies selon un format défini par l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ainsi, peut être citée en exemple la mise en place d’une surveillance des ressources en eau ou des milieux 
+aquatiques permettant d’acquérir, par des organismes tiers, des données brutes tout en s’inscrivant dans une 
+logique de complémentarité avec les réseaux patrimoniaux qui répondent aux obligations nationales et 
+communautaires et qui sont portés par les pouvoirs publics.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q64" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le taux d’aide de référence sera de 50 % pour l’acquisition de données et pour le soutien aux études d’intérêt
+général réalisées par des tiers. &lt;/p&gt;&lt;p&gt;Au regard du degré de priorité que représente le projet pour l’Agence de l’eau, le taux d’aide pourra être modulé
+par rapport au taux d’aide de référence, sans toutefois dépasser 80 %. &lt;/p&gt;&lt;p&gt;Ce taux d’aide s’applique sur la base d’un montant retenu par l’Agence de l’eau incluant :
+&lt;br /&gt;• Les prestations intellectuelles en régie ; &lt;br /&gt;• Divers achats spécifiquement liés à la réalisation du projet. L’assiette des achats d’investissement sera
+adaptée en fonction de la durée d’amortissement du bien en regard de la durée du projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_etude_generale.pdf?Archive=263790208197&amp;File=fiche%5Fetude%5Fgenerale%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mener-des-etudes-en-matiere-de-connaissance-generale-acquisition-de-donnees-1/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>164300</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Équipement pédagogique et informatif de mise en valeur des milieux naturels</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Création d’équipements pédagogiques
+et informatifs pour la sensibilisation 
+des publics sur les milieux naturels qui 
+ont fait l’objet d’une opération de 
+préservation ou de restauration 
+accompagnée par l’Agence de l’eau &lt;/p&gt;&lt;p&gt;Fourniture d’un plan de valorisation&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-action-de-communication-co-organisee-avec-lagence-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>164311</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité - Programme d'actions trame verte et bleue</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;A l’instar des programmes de restauration de cours d’eau, l’Agence de l’eau est susceptible de prioriser son 
+action sur les programmes globaux de restauration de la Trame Verte et Bleue. Ces programmes peuvent être 
+constitués de l’ensemble des actions éligibles citées précédemment, en particulier :
+&lt;br /&gt;• Une étude diagnostic réalisée à une échelle territoriale pertinente ;
+&lt;br /&gt;• La préservation, au travers de gestion conservatoire, ou encore la protection au travers de la maîtrise 
+foncière ou d’usage de milieux humides et de leur aire d’influence, d’ensembles prairiaux ;
+&lt;br /&gt;• La restauration ou la reconstitution de l’ensemble des cours d’eau, milieux humides, des prairies et des 
+corridors écologiques (réseaux de mares, zones humides, infrastructures vertes) fonctionnels, en 
+particulier lorsque ces zones ont été dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Des actions complémentaires de restauration de la Trame Verte dans les zones urbaines des villes et villages 
+peuvent être éligibles aux aides de l’Agence de l’eau (voir également la fiche « Eau et Nature en ville et village »).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant-1/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>164312</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Gérer quantitativement la ressource en eau - Recharge artificielle des nappes</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/p&gt;&lt;p&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/p&gt;&lt;p&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/p&gt;&lt;p&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’optimisation de la recharge des nappes constitue un sujet d’intérêt éligible aux aides. Hormis celle 
+correspondant à la perméabilisation des sols et aux Solutions Fondées sur la Nature relevant de la fiche « Eau et 
+Nature en Ville et Village », et celles relevant de la fiche thématique « Interventions en faveur de la préservation 
+et de la restauration des milieux naturels et de la biodiversité », l’optimisation de la recharge des nappes ne fait 
+pas encore l’objet de techniques éprouvées. Dans ce dernier cas, ce sujet est abordé dans la présente fiche 
+thématique dans le paragraphe 4.6 relatif aux projets expérimentaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La recharge artificielle de nappe ne fait 
+pas encore l’objet de techniques 
+éprouvées. Ce sujet sera abordé via les 
+projets expérimentaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-restaurer-les-debits-des-cours-deau/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>164135</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux durable</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions permettant de structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux 
+durable (exemple : mise en place de Projets de Territoires pour la Gestion de l’Eau/Commissions Locales de l’Eau 
+formelles ou informelles /d’Organismes Uniques de Gestion Collective (OUGC), actions permettant le partage 
+des enjeux, la définition des trajectoires de sobriété, la définition de projets de territoire associés, la mobilisation 
+des populations et des acteurs de l’eau pour ces différentes étapes et pour la mise en œuvre du projet de 
+territoire) sont éligibles. &lt;/p&gt;&lt;p&gt;Il peut s’agir de différentes formes d’accompagnement comme des études (exemples : études des volumes 
+prélevables, études des liens entre l’hydrologie, le fonctionnement des milieux aquatiques, les usages et les 
+climats présents et futurs…), de porter à connaissance, d’événements, d’animation (en régie ou non), de toute 
+autre action permettant de mobiliser les parties prenantes. &lt;/p&gt;&lt;p&gt;Une cohérence territoriale et une optimisation des moyens sera recherchée et les redondances proscrites. Par 
+exemple, si un Schéma d’Aménagement et de Gestion des Eaux est mis en place sur un territoire, il ne sera pas 
+possible de co-financer une animation à une échelle inférieure sans que la synergie / complémentarité ne soit 
+démontrée.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q68" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces types d’action sont éligibles si elles 
+s’intègrent dans un processus de 
+concertation répondant aux critères 
+suivants, actés par le Comité de bassin : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intervenir à une échelle géographique 
+hydrographique pertinente ; &lt;/li&gt;&lt;li&gt;Associer l’ensemble des acteurs 
+concernés ; &lt;/li&gt;&lt;li&gt;Reposer sur des connaissances 
+objectives et des diagnostics et porter à 
+connaissances partagés ; &lt;/li&gt;&lt;li&gt;Prendre en compte le changement 
+climatique, les approches prospectives 
+associées et les spécificités liées à ce 
+sujet (ex : pas de mal adaptation, 
+intégration des incertitudes) ; &lt;/li&gt;&lt;li&gt;Choisir dans le projet de territoire des 
+scénarios d’actions intégrant des 
+approches de type coûts-bénéfices sur 
+le moyen et le long terme.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-securiser-lalimentation-de-leau-potable/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>164136</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions hydro-économes</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Encadrement aides de l'état</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions d’économies d’eau tous acteurs confondus, qu’il s’agisse des collectivités, des acteurs 
+agricoles, des entreprises, des bailleurs sociaux, des établissements publics comme Voies Navigables de France…
+&lt;br /&gt;À titre d’exemple, sont éligibles des actions telles que la lutte contre les fuites ou autres actions hydro-économes 
+des collectivités ou des acteurs de l’aménagement urbain, le changement de process, la modification de prises 
+d’eau pour les canaux, la mise en place de filières pour les cultures à bas besoins en eau, l’optimisation du 
+pilotage de l’irrigation, les pratiques d’occupation du sol favorisant les réserves d’eau et de matière organique 
+dans les sols, …
+&lt;br /&gt;Pour des raisons d’équilibre budgétaire, les installations de systèmes d’irrigation économes en eau (goutte à 
+goutte, rampes d’irrigation plus performantes, entretien dont lutte contre les fuites, …) pourront être financées 
+uniquement dans le cadre d’appels à projet ciblés sur des économies d’eau ambitieuses dont le règlement fixera 
+les modalités d’intervention et inclura parmi les critères, le rapport coût-efficacité.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions de lutte contre les fuites des 
+collectivités sont éligibles selon les 
+conditions définies dans la fiche 
+thématique « Interventions en matière 
+de préservation de la ressource en eau 
+et de sécurisation de l’alimentation en 
+eau potable, en quantité et qualité ».&lt;/p&gt;&lt;p&gt;Pour le cas spécifique des opérations 
+ponctuelles d’urbanisme opérationnel, 
+quel que soit le porteur et y compris 
+celles portées par des collectivités, les 
+actions sont éligibles si elles 
+interviennent dans le cadre de projets 
+d’urbanisme durables multi-enjeux 
+(sobriété en eau, perméabilisation, 
+renaturation) ou de partenariats le 
+prévoyant. Les conditions d’aide sont 
+définies dans la fiche thématique « Eau 
+et Nature en Ville et Village ». &lt;br /&gt;En cas de 
+démarche globale visant uniquement la 
+sobriété en eau à l’échelle du 
+patrimoine entier d’un acteur foncier 
+urbain, en déclinaison ou non d’un plan 
+global de gestion de l’eau, les actions 
+d’études ou de travaux visées seront 
+traitées dans les conditions de cette 
+fiche. &lt;/p&gt;&lt;p&gt;Les démarches hydro-économes pour 
+les actions agricoles sont éligibles si : &lt;br /&gt;- Elles visent le pilotage pour une irrigation 
+plus sobre ; &lt;br /&gt;- Elles visent à mettre en œuvre des 
+solutions d’économies d’eau dans les 
+exploitations agricoles (exemple : 
+récupération des eaux de toiture) ou de 
+substitution de ressources pour 
+l’abreuvement ; &lt;br /&gt;- Elles visent à mettre en place des 
+systèmes culturaux plus économes en eau et plus résilients face à la sécheresse 
+(cultures moins exigeantes en eau, 
+protection du sol vis-à-vis de 
+l’évaporation, techniques concourant à 
+l’amélioration des propriétés physiques 
+du sol, solutions favorisant l’infiltration et 
+ralentissant le ruissellement, …).
+&lt;br /&gt;Autres conditions 
+Pour les démarches hydro-économes 
+portées par les collectivités, il sera vérifié 
+au moment du solde qu’au moins une 
+action de sensibilisation/communication 
+du public aura été menée dans le cadre 
+du projet. Si cette condition n’est pas 
+respectée, l’aide sera soldée avec 
+réfaction.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-structuration-de-la-gouvernance/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>164137</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Substituer les prélèvements vers des ressources moins fragiles</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J70" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions de substitution de prélèvement visant un impact substantiellement moindre du 
+prélèvement dans la nouvelle ressource que dans la ressource initiale : &lt;br /&gt;• Dans la plupart des cas, la substitution de prélèvements en rivière (ou en nappe alluviale avec une forte 
+incidence sur le débit de la rivière) vers une ressource en eau souterraine moins fragile mais d’autres cas 
+peuvent se présenter (exemple : le cas inverse de substitution entre deux nappes, entre deux cours 
+d’eau, …) ;
+&lt;br /&gt;• Substitution de prélèvements sur le réseau d’eau potable par une autre ressource locale (prélèvement 
+en milieu naturel, recyclage d’eau de process ou d’eaux usées traitées, stockage d’eaux de ruissellement et d’eaux de pluie ou plus largement d’eaux non conventionnelles, …) pour des usages ne nécessitant 
+pas une qualité d’eau potable.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q70" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les projets mettant en 
+évidence un impact substantiellement 
+moindre du prélèvement dans la nouvelle 
+ressource que dans la ressource initiale. &lt;/p&gt;&lt;p&gt;Pour le cas particulier des ouvrages de 
+récupération des eaux de pluie en 
+contexte urbain, sont éligibles les 
+opérations entrant dans le cadre de 
+programmes globaux d’économie d’eau 
+favorisant le déraccordement de surfaces 
+actives du réseau pluvial ou 
+d’assainissement, ou dans le cadre de 
+projets urbains durables (se référer à la 
+fiche thématique « Eau et nature en ville 
+et village »).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>164138</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les débits des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J71" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Les travaux visant à améliorer le pilotage des ouvrages de gestion hydraulique existants (gestion des 
+éclusées, optimisation du remplissage et du déstockage des retenues pour un impact positif sur les 
+milieux aquatiques) ;
+&lt;br /&gt;• Réhausse d’ouvrages existants ou création de nouveaux ouvrages. Seuls les volumes destinés 
+uniquement au soutien d’étiage seront éligibles et constitueront l’assiette de l’aide ;
+&lt;br /&gt;• Déconnection des plans d’eau des cours d’eau et mise en place de dispositifs d’alimentation des plans 
+d’eau uniquement en période de hautes eaux dont l’objectif très majoritaire est la gestion quantitative 
+de la ressource. &lt;/p&gt;&lt;p&gt; Ces actions devront être réalisées dans le respect des règles et principes de la fiche thématique « Intervention 
+en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité ». &lt;/p&gt;&lt;p&gt;Les autres actions concourant à l’amélioration du fonctionnement des milieux aquatiques avec des bénéfices 
+multiples, y compris sur les débits, sont traitées dans la fiche thématique « Intervention en faveur de la 
+préservation et de la restauration des milieux naturels et de la biodiversité ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, les projets de restauration de débits devront : &lt;br /&gt;-  Être situés sur une zone en tension 
+quantitative sur la ressource en eau ; &lt;br /&gt;- apporter un gain 
+significatif et quantifiable sur les 
+conditions d’étiage (exemple : linéaire de 
+cours d’eau suffisant) ; &lt;br /&gt;- présenter une pérennité de la solution sous climat 
+changeant et absence d’impacts 
+écologiques négatifs directs et indirects 
+notables&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La recharge artificielle de nappe ne fait 
+pas encore l’objet de techniques 
+éprouvées. Ce sujet sera abordé via les 
+projets expérimentaux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-substituer-les-prelevements-vers-des-ressources-moins-fragiles/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>164139</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Créer un ouvrage de stockage de l'eau</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J72" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La création d’ouvrages de stockage est éligible, dès lors que toutes les mesures d’économies d’eau ne suffisent 
+pas. Le financement de ce type d’ouvrage sera limité aux seuls volumes d’eau substitués, c’est-à-dire qui 
+soulagent une ressource plus fragile, et jugés prioritaires, ainsi qu’aux volumes destinés uniquement au soutien 
+d’étiage. Le principe de bénéfice pour le milieu devra être démontré&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q72" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour qu’il soit finançable par l’Agence 
+de l’eau, un projet de stockage de l’eau 
+devra de façon cumulative : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être situé dans une zone de tension 
+quantitative ; &lt;/li&gt;&lt;li&gt;Emaner d’une démarche de concertation 
+de type Projet de Territoire pour la 
+Gestion de l’Eau respectant les principes 
+de concertation. &lt;/li&gt;&lt;li&gt;Dans le cadre d’une telle concertation, 
+avoir fait l’objet d’une étude à l’échelle du 
+bassin versant démontrant le bénéfice 
+global de l’ouvrage. Cette étude 
+identifiera les prélèvements actuels, leurs 
+impacts sur les milieux aquatiques ainsi 
+que les volumes prélevables. Elle analysera 
+les coûts-bénéfices de l’ouvrage en 
+intégrant à l’étude la viabilité de l’ouvrage 
+sur l’ensemble de sa durée de vie 
+prévisionnelle compte tenu de l’évolution 
+du climat. Une attention particulière sera 
+portée sur les impacts engendrés sur le 
+milieu, et pas uniquement sur les 
+bénéfices économiques des parties 
+prenantes. Cette étude doit permettre 
+d’évaluer l’ensemble des coûts afférents à 
+la création d’un ouvrage et de les mettre 
+en regard de tous les bénéfices pouvant 
+en être retirés, qu’ils soient économiques, 
+écologiques, ou de toute autre nature.
+&lt;/li&gt;&lt;li&gt;Être accompagné d’une démarche de 
+sobriété assortie d’un pilotage par la 
+ressource et non par la demande, ce qui
+suppose une démarche globale de 
+transition écologique&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-1/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>164140</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions de réutilisation des eaux non-conventionnelles</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J73" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Encadrement des aides de l'état</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions de réutilisation de l’eau au sein d’un même site, y compris pour un usage différent sont considérées 
+comme du recyclage. &lt;br /&gt;Les actions de réutilisation des eaux traitées et plus largement d’eaux non conventionnelles destinées à un autre 
+usage en dehors du site initial sont éligibles dès lors qu’elles respectent les réglementations en vigueur et 
+démontrent un bénéfice environnemental global positif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q73" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, les projets devront : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intervenir en substitution de 
+prélèvements sur des milieux fragiles, en 
+particulier pour privilégier l’usage 
+d’alimentation en eau potable ; &lt;/li&gt;&lt;li&gt;Respecter la réglementation en vigueur ; &lt;/li&gt;&lt;li&gt;Ne pas engendrer d’impact négatif sur 
+l’ancien milieu récepteur (balance entre la 
+contribution du rejet au soutien d’étiage et 
+la qualité de l’eau rejetée), s’il s’agit de 
+réutilisation d’eaux usées traitées ; &lt;/li&gt;&lt;li&gt;Présenter un bilan écologique global
+positif (y compris par exemple sur le volet 
+énergétique) ; 
+Suite à une approche coût/efficacité 
+même succincte, avoir démontré qu’il n’y 
+a pas d’autre option plus pertinente d’un 
+point de vue environnemental (exemple
+prélèvement direct d’eau non potable 
+dans le milieu naturel, possibilité de 
+stockage des eaux de pluie, …)
+&lt;/li&gt;&lt;li&gt;S’intégrer dans une démarche globale de 
+sobriété&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_blank"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-partage-des-ressources-en-eau-stockage/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>164141</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études dans l'optique de limiter la dépendance à l’eau, restaurer les débits des cours d’eau et la recharge des nappes</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I74" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J74" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Toutes les études de programmation, les études diagnostiques, les études avant travaux et les études 
+en phase travaux permettant de répondre aux enjeux précités (limiter notre dépendance à l’eau dans 
+une optique de sobriété, restaurer les débits des cours d’eau et la recharge des nappes, partager les 
+ressources en eau) ;
+&lt;br /&gt;• Le niveau d’exigence des études de détermination des « volumes prélevables » est à réhausser dans les 
+secteurs à enjeu vis-à-vis de la ressource en eau en investiguant les interactions entre hydro(géo)logie, 
+fonctionnement des milieux, usages et prospective climatique&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q74" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont éligibles dès lors qu’elles : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne contreviennent pas aux principes 
+généraux à respecter ; &lt;/li&gt;&lt;li&gt;Interviennent à une échelle pertinente 
+(exemple : bassin versant de 
+surface, secteur significatif d’une eau 
+souterraine, …) si elles relèvent d’un enjeu 
+multi-usage.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-partage-des-ressources-en-eau-reut/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>164142</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Financer des dispositifs de mesure de la quantité d’eau (piézomètres, débitmètres, compteurs, …)</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 70</t>
+        </is>
+      </c>
+      <c r="J75" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zone fragile et prioritaire / PAOT</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les dispositifs de mesure de la quantité d’eau (ex : piézomètres, débitmètres, compteurs, …)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les dispositifs de mesure sont éligibles si le besoin de mettre en 
+place de nouveaux dispositifs est 
+démontré et que l’enjeu ne se situe pas 
+ailleurs (par exemple s’il existe un 
+dispositif indirect plus pertinent et plus 
+efficient tel que la connaissance des 
+pressions de prélèvement). &lt;/p&gt;&lt;p&gt;Ne sont pas éligibles les compteurs d’eau 
+pour l’irrigation agricole qui constituent 
+une condition d’aide au titre de 
+l’encadrement des aides d’Etat.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-etudes/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>164143</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets expérimentaux autour de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Encadrement des aides de l'état</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q76" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligibles, les projets 
+expérimentaux devront être 
+accompagnés d’un programme de suivi 
+destiné à assurer un retour d’expérience 
+sur la viabilité de la solution et son 
+déploiement plus large. &lt;/p&gt;&lt;p&gt;Pour les actions de réutilisation des eaux 
+usées et non conventionnelles, pour être 
+éligibles au titre des expérimentations, 
+elles devront faire l’objet d’un appel à 
+projets avec sélection par un jury.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-dispositifs-de-mesure/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>164339</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes, prestations intellectuelles ou d'intérêt général</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J77" s="1" t="inlineStr">
+        <is>
+          <t>Forfait journalier</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
+la prise en charge et à la justification des actions, 
+études et travaux réalisés par les moyens propres du 
+maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
+de l’assistance à maîtrise d’ouvrage assumées par les 
+moyens propres du bénéficiaire ne sont pas éligibles 
+aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
+l’ensemble des politiques d’intervention du 12e
+Programme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;S’agissant des études de définition et de programmation réalisées par les moyens propres du bénéficiaire de 
+l’aide, comprises comme études préalables à la phase avant-projet relevant de la maîtrise d’œuvre et recouvrant 
+notamment les analyses de faisabilité ou de préparation des investissements ou actions éligibles ainsi que les 
+études diagnostiques ou de schémas directeurs, elles sont intégrées à l’assiette de dépenses par vérification d’un 
+montant plafond maximum de 370 € par jour de dépenses selon les modalités de la délibération relative aux 
+dispositions communes applicables aux aides du 12e Programme à laquelle s’applique le taux d’aide de référence 
+correspondant à l’étude concernée. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par jour pour 
+prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
+techniques de déploiement des aides des politiques d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
+dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
+modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
+peut être accordé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q77" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant plafond de 370 € / j&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-reseaux-dassainissement-travaux-deconomies-deau/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>164340</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes de maitrise d'oeuvre</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
+la prise en charge et à la justification des actions, 
+études et travaux réalisés par les moyens propres du 
+maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
+de l’assistance à maîtrise d’ouvrage assumées par les 
+moyens propres du bénéficiaire ne sont pas éligibles 
+aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
+l’ensemble des politiques d’intervention du 12e
+Programme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le montant d’assiette de dépenses retenu pour les études préalables à la phase 
+avant-projet, les études nécessaires ou annexes au suivi et à la réception des 
+ouvrages, est limité au maximum à 6 % du coût prévisionnel hors taxe des travaux 
+retenus estimé pour le projet. Le montant retenu au titre de ces prestations est 
+intégré au montant retenu de l’opération de travaux correspondante, dans la 
+limite du montant plafond éventuellement appliqué à cette opération. Ces 
+prestations sont aidées sous la forme d’une subvention, au même taux que celui 
+qui sera appliqué aux travaux concernés.
+Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses 
+sont repris dans les modalités techniques de déploiement des aides des politiques 
+d’intervention en vigueur du programme.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q78" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-etudes-prestations-intellectuelles-ou-dinteret-general/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>164342</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions d'animation</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J79" s="1" t="inlineStr">
+        <is>
+          <t>Forfait journalier de 35€</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
+la prise en charge et à la justification des actions, 
+études et travaux réalisés par les moyens propres du 
+maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
+de l’assistance à maîtrise d’ouvrage assumées par les 
+moyens propres du bénéficiaire ne sont pas éligibles 
+aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
+l’ensemble des politiques d’intervention du 12e
+Programme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;S’agissant des opérations d’animation réalisées par les moyens propres du bénéficiaire et eu égard à la nature 
+du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par 
+le nombre de tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation dont l’assiette est déterminée au temps passé, le montant plafond journalier 
+vérifié est par application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les 
+modalités de la délibération relative aux dispositions communes applicables aux aides du 12e Programme à 
+laquelle s’applique le taux d’aide de référence. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par 
+jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
+techniques de déploiement des aides de la politique d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
+dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
+modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
+peut être accordé. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-travaux/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>164343</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions de communication, sensibilisation, éducation</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J80" s="1" t="inlineStr">
+        <is>
+          <t>Forfait journalier de 35€</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
+la prise en charge et à la justification des actions, 
+études et travaux réalisés par les moyens propres du 
+maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
+de l’assistance à maîtrise d’ouvrage assumées par les 
+moyens propres du bénéficiaire ne sont pas éligibles 
+aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
+l’ensemble des politiques d’intervention du 12e
+Programme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;S’agissant des actions de communication, de sensibilisation et d’éducation réalisées par les moyens propres du 
+bénéficiaire et eu égard à la nature du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la 
+mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les actions prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par le nombre de 
+tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les actions dont l’assiette est déterminée au temps passé, le montant plafond journalier est vérifié par 
+application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les modalités de la 
+délibération relative aux dispositions communes applicables aux aides du 12e Programme à laquelle s’applique 
+le taux d’aide de référence correspondant à l’action concernée. À l’aide ainsi déterminée s’ajoute un forfait de 
+35 € d’aide par jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q80" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-actions-danimation/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>164166</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études  en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J81" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études peuvent être aidées quel que soit leur auteur, qu’elles soient réalisées par un prestataire extérieur ou
+directement par les moyens propres du maître d’ouvrage. &lt;/p&gt;&lt;p&gt;L’ensemble des études nécessaires à la définition, à la conception, à la mise en œuvre et au suivi d’un projet de
+préservation, de restauration ou de renaturation de milieux, et intégrées éventuellement au sein de programme
+de gestion des inondations et/ou des coulées d’eau boueuse, sont éligibles. &lt;/p&gt;&lt;p&gt;En ce sens, les études hydrauliques visant la prévention des inondations/coulées d’eau boueuse peuvent être
+accompagnées lorsqu’elles sont réalisées à l’échelle d’un bassin versant, d’un sous bassin versant ou de secteurs
+suffisamment cohérents pour répondre à cet objectif et lorsqu’elles sont couplées à une étude visant la
+préservation/restauration des milieux naturels. &lt;/p&gt;&lt;p&gt;Par ailleurs, les études de diagnostics territoriaux de trames verte et bleue, ainsi que les inventaires de zones
+humides qui permettent de prendre en compte ces milieux naturels et la biodiversité associée dans la
+planification de l’aménagement du territoire et d’élaborer des programmes d’actions de préservation et de
+restauration sont éligibles. &lt;/p&gt;&lt;p&gt;De même, les études d’élaboration de stratégies foncières, en vue d’identifier les leviers fonciers de préservation
+de milieux naturels sont éligibles.&lt;/p&gt;&lt;p&gt;L’amélioration des connaissances des milieux naturels et de la biodiversité, et en particulier les inventaires et
+diagnostics écologiques préalables à des actions de préservation ou de restauration de milieux, ou encore
+nécessaires à l’élaboration de plans de gestion des milieux humides et des sites naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Dans le cadre de la préservation et de la valorisation de milieux naturels, l’élaboration de plans de gestion et
+d’aménagement/valorisation pédagogique définissant l’intérêt des sites, leur vulnérabilité et la mise en place de
+stratégies de protection, de gestion, de renaturation, voire d’accueil du public, sont éligibles (le soutien aux
+actions d’information et d’accueil du public relève de la fiche thématique « interventions en matière de
+sensibilisation, d’éducation, d’information et de consultation du public »). &lt;/p&gt;&lt;p&gt;Les études concernant la structuration de la maîtrise d’ouvrage et les compétences associées à ces opérations
+(Gestion des Milieux Aquatiques et Prévention des Inondations) sont également éligibles lorsqu’elles visent la
+constitution, le renforcement ou l’élargissement de la maîtrise d’ouvrage, en particulier par l’étude globale des
+enjeux « milieux » associés à un territoire (recensement des linéaires de cours d’eau, des surfaces de zones
+humides, identification des trames vertes et bleues, …) et des forces en présence sur ce territoire (compétences,
+concertation entre partenaires, analyse économique, …).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lorsque différentes options sont à examiner sur des typologies d’actions particulières
+(effacement/aménagement d’ouvrages, lutte contre les inondations, ...), les études préalables devront s’appuyer
+sur des analyses multicritères permettant de comparer les coûts et les bénéfices des différents scénarii proposés
+afin de justifier la cohérence, l’efficacité et la pérennité de la solution retenue.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q81" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes réalisées en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Etudes réalisées en prestation
+externalisée.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-autres-operations/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>164167</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux remarquables</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Min : 80 Max : 100</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alors que les menaces sur la biodiversité et sur le fonctionnement des écosystèmes se font de plus en plus
+prégnantes, la politique de l’Agence de l’eau en faveur des milieux naturels vise à protéger de façon pérenne les
+milieux aux fonctionnalités préservées, à la qualité écologique reconnue, voire dans certains cas vulnérables ou
+menacés de dégradations, et qui jouent un rôle important dans le fonctionnement du bassin versant. &lt;/p&gt;&lt;p&gt;Ainsi, dans ce cadre, les actions éligibles sont les actions de maîtrise foncière (acquisition, bail emphytéotique,
+obligations réelles environnementales, etc.) et les actions pérennes de maîtrise d’usage visant à préserver :
+En priorité les zones humides remarquables du Schéma Direction d’Aménagement et de Gestion des Eaux
+et les zones humides d’intérêt écologique reconnu (Natura 2000, Espace Naturel Sensible, Réserves Naturelles,
+...), ainsi que leur aire d’influence ; &lt;/p&gt;&lt;p&gt;Les réservoirs de biodiversité de la Trame Verte et Bleue, tels qu’identifiés par des études et diagnostics
+territoriaux (inventaires de zones humides, études de Trame Verte et Bleue, etc.) et documents de planification
+d’échelle régionale à locale (SDAGE, SRADDET, SCOT, PLUi7
+, ...) ; &lt;/p&gt;&lt;p&gt;Ainsi que les milieux plus « ordinaires », ou de grands ensembles fonctionnels rendant des services
+écosystémiques et qui contribuent au bon fonctionnement du bassin versant et à la préservation des ressources
+en eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q82" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maîtrise foncière pérenne et frais
+associés ; &lt;/li&gt;&lt;li&gt;Maîtrise d’usage pérenne, et frais
+associés.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-etudes/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>164169</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux dégradés en vue de leur restauration</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions de maîtrise foncière (acquisition, bail emphytéotique, obligations réelles
+environnementales, ...) s’inscrivant dans une perspective de reconstitution de milieux, de restauration de leurs
+fonctions écologiques, ou de reconstitution de corridors écologiques. &lt;/p&gt;&lt;p&gt;Sont notamment visées la maîtrise foncière des milieux riverains de cours d’eau pour faciliter les travaux de
+renaturation, d’expansion de crues, la maîtrise foncière de milieux naturels et notamment humides dégradés en
+vue de la restauration de leurs fonctionnalités, la maîtrise foncière des milieux ouverts et particulièrement des
+prairies, présentant des fonctionnalités importantes pour la qualité de l’eau et/ou la biodiversité. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q83" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Maîtrise foncière pérenne et frais
+associés&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-preservation-des-milieux-remarquables/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>164172</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux prioritaires du bassin versant</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans l’objectif de préservation pérenne des fonctionnalités des milieux prioritaires, que ce soient les milieux les
+plus préservés, ou les milieux ayant bénéficié d’opération de restauration, les opérations de gestion
+conservatoire et d’entretien définies dans un plan de gestion en cours de validité sont éligibles. &lt;/p&gt;&lt;p&gt;À titre d’expérimentation et de retour d’expérience, les opérations de suivi des fonctionnalités des milieux
+humides peuvent également être éligibles, en particulier dans le cadre de méthodologies reconnues à l’échelle
+de bassin ou à l’échelle nationale.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q84" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux réalisés en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en prestation
+externalisée ; &lt;/li&gt;&lt;li&gt;Investissements nécessaires à la
+mise en œuvre des actions du
+plan de gestion.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-preservation-des-milieux-remarquables-1/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>164175</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue et préserver la continuité écologique aquatique</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 100</t>
+        </is>
+      </c>
+      <c r="J85" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux éligibles concernent les aménagements en faveur du transport sédimentaire et les dispositifs de
+franchissement pour la faune piscicole en privilégiant des solutions réversibles et rustiques. Les projets éligibles
+devront aboutir à une amélioration des migrations piscicoles, tant à la montaison qu’à la dévalaison, en rapport
+avec les enjeux recensés sur le site en question (espèces cibles, frayères, ...). Les aménagements éligibles sont notamment :
+&lt;br /&gt;• Pour la montaison : les rivières artificielles de contournement, les rampes en enrochements, les passes
+à poissons (à bassins successifs, à échancrures, ...) ; &lt;br /&gt;• Pour la dévalaison : les dispositifs donnant une garantie de résultat quant à l’amélioration des conditions
+de dévalaison piscicole, à examiner au cas par cas selon les solutions techniques proposées. Ces
+dispositifs pour la dévalaison sont accompagnés s’ils sont entrepris sur des ouvrages existants
+uniquement et qui présentent déjà un équipement efficace pour la montaison ou, dans le cas contraire,
+s’ils sont couplés à la mise en place de ce type de dispositif ;
+&lt;br /&gt;• Pour la gestion du transport sédimentaire : les opérations d’amélioration du transport sédimentaire sont
+également éligibles si elles répondent à des enjeux et à des mesures précisément définis et justifiés par
+des études préalables. Les interventions auront pour but de restaurer le fonctionnement naturel du
+cours d’eau : recharge sédimentaire de milieux à l’aval, rééquilibrage de la dynamique du cours d’eau et
+du profil en long, ... En revanche, les aménagements liés au fonctionnement ou à l’entretien des
+ouvrages, qui consistent par exemple en un désengravement ponctuel des retenues ou des organes
+hydrauliques, ou en un remplacement d’ouvrages vétustes permettant déjà le transit sédimentaire, ne
+sont pas éligibles aux aides de l’Agence de l’eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aménagements d’ouvrages permanents liés à un franchissement de cours d’eau par une route, un sentier,
+une piste, ..., sont éligibles s’il est démontré que les ouvrages concernés constituent des obstacles significatifs à
+la continuité écologique (buse mal calée, radier de pont générant une chute, ...). Les
+reconstructions/réhabilitations de ce type d’ouvrages, notamment lorsqu’ils visent uniquement l’amélioration
+de la capacité hydraulique ou la rénovation de structures anciennes ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Pour réduire significativement les impacts des ouvrages sur le milieu, Les travaux éligibles sont :
+&lt;br /&gt;• L’ensemble des techniques (arasement partiel ou complet, échancrure complètement ouverte sur le lit
+mineur, contournement d’ouvrages ou de plans d’eau en barrage par détournement de la majeure
+partie du débit dans le chenal de contournement, ...) qui permettent de limiter significativement voire
+de supprimer les impacts des ouvrages sur le milieu (réduction très sensible de la côte de retenue et
+diminution de manière significative de l’effet de remous hydraulique et sédimentaire en amont) et en
+améliorant leur transparence hydraulique ;
+&lt;br /&gt;• Les mesures d’accompagnement rendues nécessaires par les effets de ces aménagements (baisse du
+niveau d’eau, reprise d’érosion, réaménagement ou confortement d’infrastructures, ...), en amont et en
+aval sur le tronçon de cours d’eau concerné et au sein de son lit majeur.
+Ces opérations seront autant que possible privilégiées par rapport à l’équipement en passe à poissons.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les solutions d’effacement d’ouvrages et les mesures d’accompagnement rendues nécessaires par les effets de
+ces aménagements pourront être financées sur :
+&lt;br /&gt;• Les cours d’eau non classés et ceux classés en liste 1 au titre de l’article L.214-17 du Code de
+l’environnement ;
+&lt;br /&gt;• Les cours d’eau classés en liste 2, sous réserve d’un avis favorable de la police de l’eau, dans le cadre
+réglementaire permis par l’article L.214-17 (obligations relatives à la circulation des poissons migrateurs
+et au transport suffisant des sédiments sur les cours d’eau classés en liste 2 et cas particulier des moulins
+à eau), l’article L.214-3-1 (remise en état de sites), l’article L.211-7 (motifs de sécurité civile) et l’article
+L.214-17-1 (procédures de conciliation) du Code de l’environnement. Ces travaux doivent permettre de
+limiter voire de supprimer les impacts des ouvrages sur les milieux naturels, en privilégiant les solutions d’effacement lorsque leur faisabilité est démontrée et qu’elles constituent les solutions les plus
+intéressantes et efficientes recueillant l’accord des propriétaires des ouvrages.
+Ces opérations seront autant que possible privilégiées par rapport à l’équipement en passe à poissons, et
+notamment sur les ouvrages de faible portée et ne tirant pas d’usage du fait qu’ils font obstacle à l’écoulement
+naturel des eaux : buses, ponceaux, radiers, ouvrages routiers, ...&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q85" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre réglementaire
+autorisé&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>164177</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue - Prévention des risques</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J86" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La réduction de la vulnérabilité aux risques d’inondation par débordement de cours d’eau et par ruissellement
+dans le bassin versant, au sens de la protection des biens et des personnes, n’entre pas dans le champ
+d’intervention de l’Agence de l’eau. Toutefois, dans un souci d’approche globale et intégrée des bassins versants, les programmes de gestion des risques qui concilient la régulation hydraulique et la préservation/restauration
+des fonctionnalités des milieux naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Sont ainsi concernées les opérations « mixtes », alliant approches hydraulique et écologique :
+&lt;br /&gt;• Permettant, en priorité, d’intervenir sur les causes des inondations, en particulier sur les
+dysfonctionnements hydrauliques à l’échelle des bassins versants (accélération des écoulements
+amont, point de blocage aval, ...) ;
+&lt;br /&gt;• Contribuant à la réduction des risques et des aléas tout en intégrant la préservation/restauration des
+milieux naturels d’une part et à l’infiltration des eaux dans les sols et nappes phréatiques d’autre part,
+en particulier par l’implantation de haies sur les versants, d’infrastructures naturelles constituant des
+rugosités et freins à l’écoulement, ... ;
+&lt;br /&gt;• Constituant une réponse adaptée à la hauteur des enjeux hydrauliques au regard d’un niveau de risque
+identifié et d’une approche coûts/bénéfices ;
+&lt;br /&gt;• S’inscrivant dans un programme global intégrant les enjeux de préservation et de restauration de la
+fonctionnalité des milieux naturels. &lt;/p&gt;&lt;p&gt;L’éligibilité des projets, et des actions qui en découlent, sera conditionnée à la préservation du milieu,
+particulièrement sur les secteurs en bon état écologique qui présentent un bon fonctionnement
+hydromorphologique et/ou des zones humides remarquables, ainsi qu’à la restauration des écosystèmes
+dégradés dans le périmètre du projet. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau peut soutenir les actions rustiques et diffuses sur les bassins versants permettant de limiter les
+ruissellements, de mieux infiltrer l’eau, ainsi que les ouvrages hydrauliques plus lourds permettant le
+ralentissement dynamique des crues en zone alluviale si ces ouvrages respectent les critères énoncés
+précédemment. &lt;/p&gt;&lt;p&gt;Au titre de la gestion des risques d’inondations et de ruissellements, sont ainsi éligibles les actions :
+&lt;br /&gt;• De reconquête de zones d’expansion naturelles des crues incluant des actions de maîtrise foncière
+(article 4.2.2), de suppression ou de recul/déplacement de digues et merlons, de restauration de milieux
+alluviaux et en particulier de prairies humides, ... ;
+&lt;br /&gt;• De reconstitution de « rugosités » en bordure de cours d’eau ou de fossés ou sur les versants : mise en
+place de bandes enherbées au-delà des mesures règlementaires en vigueur dans ce domaine,
+plantations de haies et ripisylves, création de zones humides tampons, fermeture des drains et
+reconstitution de milieux humides, recul des sorties de drains avec création de zones tampons, ... ; &lt;br /&gt;• De création de zones de ralentissement dynamique des crues par l’aménagement de barrages/digues
+en travers du lit majeur qui utilisent le caractère déjà inondable des terrains en augmentant la capacité
+d’inondation. Les travaux de protection des biens et des personnes rendus nécessaires par ces zones de
+sur-inondation sont également éligibles. &lt;/p&gt;&lt;p&gt;A l’inverse, le champ d’intervention de l’Agence de l’eau ne concerne pas, sauf cas très particuliers évoqués ci-dessus, les actions de protections localisées des biens et des personnes liées aux programmes de gestion des
+inondations (digues latérales, murs de protection à proximité des habitations, ...) ainsi que la création de bassins
+de stockage hydraulique des crues et ruissellements ne reposant pas sur la fonctionnalité des milieux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q86" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité conditionnée à la mise
+en œuvre d’opérations mixtes,
+alliant approches hydraulique et
+écologique&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-continuite-ecologique-aquatique/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>164182</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue - Milieux humides</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J87" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les milieux humides sont des atouts précieux pour les territoires. Dépeints depuis des siècles comme des milieux
+hostiles ou encore insalubres, ils sont pourtant le support d’enjeux majeurs et essentiels dans le cycle de l’eau et
+pour la biodiversité. Le frein à leur disparition, le maintien de leurs fonctionnalités, ainsi que leur restauration
+voire leur recréation constitue une priorité pour l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau vise à aider les opérations permettant de restaurer les fonctionnalités des milieux humides et
+de leur aire d’influence, en particulier lorsque ces zones ont été altérées, dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Dans le cadre d’un regard global sur la trame bleue, les actions de restauration ou de création de mares, y
+compris dans le cadre de différents usages sont éligibles et encouragées en vue de la reconstitution d’un réseau
+fonctionnel.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q87" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de maîtrise foncière,
+d’études, de travaux &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-prevention-des-risques/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>164183</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame bleue - Plans d'eau</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J88" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les plans d’eau, qu’ils soient naturels ou artificiels se trouvent aujourd’hui à la croisée des enjeux : biodiversité,
+qualité d’eau, quantité d’eau, activités humaines, … &lt;/p&gt;&lt;p&gt;Considérés à la fois comme des milieux aquatiques (présence d’eau permanente au sein d’une colonne d’eau),
+et des milieux humides (zones de transition entre le milieu aquatique et le milieu terrestre, en particulier au
+niveau des berges), ils sont par ailleurs le support de nombreux usages économiques (industriels, agricoles,
+piscicoles, hydroélectrique, navigation, …) ou de loisirs sur le bassin. Ils subissent, de fait, de nombreuses
+pressions qui altèrent leur morphologie, leur hydrologie, ainsi que la qualité de l’eau. &lt;/p&gt;&lt;p&gt;Les actions accompagnées par l’Agence de l’eau s’inscrivent pleinement dans un objectif de conciliation
+d’usages, en mettant particulièrement l’accent sur la restauration des fonctionnalités de ces milieux particuliers
+et du bon fonctionnement de leur bassin versant, tout en anticipant les effets du changement climatique sur
+ces milieux et sur les activités qui s’y exercent. Les plans d’eau prioritairement visés sont les plans d’eau identifiés
+dans le cadre de la Directive cadre sur l’eau (&amp;gt;50 ha de surface)
+9
+, les étangs patrimoniaux intégrés aux zones
+humides remarquables du Schéma Directeur d’Aménagement et de Gestion des Eaux, les plans d’eau
+stratégiques pour la ressource en eau, … &lt;/p&gt;&lt;p&gt;Afin de pouvoir intervenir durablement sur ces milieux et anticiper leur évolution et les usages futurs, les actions
+de l’Agence de l’eau visent à leur permettre de retrouver un fonctionnement optimal par :
+&lt;br /&gt;• L’identification et la compréhension d’éventuels dysfonctionnements et de leur origine ;
+&lt;br /&gt;• La mise en œuvre d’actions préventives, visant la limitation ou la réduction des causes de ces
+dysfonctionnements ;
+&lt;br /&gt;• La préservation des milieux les plus fonctionnels ;
+&lt;br /&gt;• La renaturation des milieux dégradés ou artificiels. &lt;/p&gt;&lt;p&gt;Ces actions seront conduites en visant à limiter les effets négatifs des plans d’eau sur les cours d’eau (qualité de
+l’eau, température, continuité écologique, invasions biologiques, …) voire en mettant en place une gestion des
+plans d’eau qui permette de contribuer à l’amélioration du fonctionnement des cours d’eau (soutien d’étiage
+par exemple).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;À ce titre, les actions curatives, notamment les actions visant les espèces végétales et/ou algales proliférantes
+(hors espèces exotiques envahissantes (cf. article 4.6.2), ne sont pas éligibles. Seront privilégiées les études et
+actions visant à identifier et lutter contre les dysfonctionnements à l’origine de ces proliférations. &lt;/p&gt;&lt;p&gt;Par ailleurs, et afin d’anticiper toute problématique ultérieure liée notamment au changement climatique, sont
+éligibles les études stratégiques ainsi que les études de gouvernance visant à atteindre dans la durée, un équilibre
+entre enjeux de biodiversité, enjeux de qualité et de quantité d’eau, et enjeux de partage de la ressource.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de maîtrise foncière,
+d’études, de travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-milieux-humides/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>164184</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame verte - Trame prairiale</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions ciblées par l’Agence de l’eau visent à maintenir l’ensemble des surfaces prairiales, et en particulier
+les prairies les plus sensibles et les plus remarquables (prairies reconnues d’intérêt écologique), ainsi qu’à
+développer leur potentiel écologique. &lt;/p&gt;&lt;p&gt;Ces actions peuvent être mises en lien avec le panel d’outils disponibles et éligibles définis dans la fiche relative
+aux modalités d’intervention dans le domaine des actions de lutte contre les pollutions d’origine agricole et
+assimilée. &lt;/p&gt;&lt;p&gt;Enfin, afin de renforcer la préservation des surfaces en herbe sur des secteurs ciblés à forts enjeux, l’Agence de
+l’eau accompagne la mise en place de plans « herbe » territorialisés, autour d’une collectivité, des éleveurs et
+des prairies de ce territoire. &lt;/p&gt;&lt;p&gt;Ces secteurs prioritaires sont l’occasion, autour de l’objectif de maintenir les prairies, de mettre en commun
+l’ensemble des outils d’ores et déjà disponibles au travers de cette fiche thématique, ainsi que ceux disponibles
+dans le cadre de la lutte contre les pollutions d’origine agricole et assimilée, pour concilier l’ensemble des enjeux
+locaux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q89" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de maîtrise foncière,
+d’études, de travaux&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-plans-deau/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>164185</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la trame verte - Trame bocagère</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J90" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Au titre des nombreux co-bénéfices pour la biodiversité et la gestion de l’eau sur les versants, la mise en place
+d’opérations de plantations agroécologiques, et en particulier la plantation de haies champêtres et diversifiées
+dans un objectif de reconstitution de corridors écologiques est éligible. &lt;/p&gt;&lt;p&gt;Ces opérations peuvent être mises en œuvre en complément des opérations de limitation des ruissellements
+sur les versants. &lt;/p&gt;&lt;p&gt;Dans l’objectif d’un maintien pérenne de ces actions de plantations, sont éligibles :
+&lt;br /&gt;• Les actions d’élaboration de plans de gestion durables des haies (ou assimilées) ;
+&lt;br /&gt;• Et l’ensemble des frais liés à la bonne reprise de ces plantations. &lt;/p&gt;&lt;p&gt;Des plantations, à titre plus ponctuel, peuvent être éligibles, constituant en effet un premier pas d’un réseau
+écologique sur les bassins versants.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q90" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Actions ponctuelles de plantations de haies, sans
+lien direct avec la restauration de corridors
+écologiques&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
+régie (voir modalités reprises dans
+la fiche relative aux actions,
+études et travaux réalisées par les
+moyens propres du bénéficiaire)
+et frais associés ; &lt;/p&gt;&lt;p&gt;- Travaux réalisés en prestation
+externalisée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Actions intégrées dans un programme global
+(restauration de milieux naturels, restauration de la
+trame verte, prévention des risques intégrée à
+l’échelle d’un bassin versant, …)&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
+régie (voir modalités reprises dans
+la fiche relative aux actions,
+études et travaux réalisées par les
+moyens propres du bénéficiaire)
+et frais associés ;
+&lt;br /&gt;- Travaux réalisés en prestation
+externalisée et frais associés.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-trame-prairiale/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>164186</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Protéger les espèces menacées</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J91" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont les actions opérationnelles ciblées dans des plans d’actions nationaux, régionaux, ou
+de bassin en faveur d’espèces emblématiques des milieux aquatiques, humides ou encore prairiaux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q91" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes réalisées en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire ; &lt;/li&gt;&lt;li&gt;Etudes réalisées en prestation
+externalisée ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en prestation
+externalisée&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-trame-bocagere/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>164187</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité - Espèces exotiques envahissantes</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets éligibles concernent les études sommaires de connaissance, de suivi et de gestion d’espèces
+végétales prioritaires sur le bassin Rhin-Meuse définies en lien avec la Stratégie Régionale « Espèces Exotiques
+Envahissantes », d’espèces végétales émergentes10 sur le bassin (identifiées ou potentielles), les opérations de
+limitation d’expansion de ces espèces sur des sites maîtrisables ainsi que les interventions combinées à la
+restauration du milieu (restauration de berges dégradées et reconstitution de ripisylve par exemple). &lt;/p&gt;&lt;p&gt;A l’inverse, les opérations d’entretien régulier de végétation envahissante ayant colonisé des larges zones
+(fauche/arrachage de renouées par exemple) et de régulation d’espèces animales ne sont pas éligibles. Les
+études visant une connaissance fondamentale et approfondie d’une espèce exotique invasive animale ou
+végétale, pour laquelle la colonisation est considérée irréversible sur le bassin Rhin-Meuse, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Dans tous les cas, l’éligibilité des projets fera l’objet d’une analyse au cas par cas au regard du meilleur état de
+l’art sur les espèces exotiques envahissantes présentes sur le bassin Rhin-Meuse. Les études, travaux et plans de
+gestion concernant des espèces animales ne sont pas éligibles à des financements.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q92" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Végétales prioritaires / émergentes&lt;/strong&gt;&lt;br /&gt;Actions de gestion pour éradiquer
+ou limiter l’expansion d’espèces
+prioritaires sur le bassin Rhin-Meuse (notamment espèces
+émergentes identifiées ou
+potentielles) sur des sites
+maîtrisables ou stratégiques ;
+Travaux de restauration de
+milieux pour lutter contre les
+espèces exotiques envahissantes
+prioritaires.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Végétales déjà implantées&lt;/strong&gt;&lt;br /&gt;Dans le cadre de travaux de
+restauration de milieux pour lutter
+contre les espèces exotiques
+envahissantes. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Animales&lt;/strong&gt;&lt;br /&gt;Non éligible au P12&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-protegees-menacees/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>164188</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité - Trame verte et bleue - Reconquête des habitats</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J93" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’eau peut aider les opérations permettant de préserver et restaurer les fonctionnalités des cours 
+d’eau et des milieux naturels associés ainsi que les opérations qui visent à améliorer les potentialités écologiques 
+des canaux :
+&lt;br /&gt;• Si ces opérations sont réalisées sur l’ensemble d’un bassin versant ou d’un tronçon homogène d’un 
+cours d’eau ;
+&lt;br /&gt;• Si ces opérations sont ponctuelles et constituent des chantiers expérimentaux, pilotes ou démonstratifs 
+des bonnes pratiques de gestion, restauration ou renaturation des milieux naturels. Le caractère pilote 
+et/ou démonstratif peut s’apprécier par une innovation technique ou par un potentiel de généralisation 
+de l’opération à une échelle globale et cohérente. &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont ainsi éligibles les opérations suivantes :
+&lt;br /&gt;Au sein des projets globaux :
+&lt;br /&gt;• La gestion sélective et adaptée de la végétation des berges (élagage, coupe, ...) et des encombrements 
+du lit mineur (embâcles) dans le respect des équilibres naturels8 ;
+;
+&lt;br /&gt;• La reconstitution de la ripisylve par plantations d’essences arbustives/arborées indigènes et adaptées, 
+ainsi que par la mise en défens des berges (clôtures) ;
+&lt;br /&gt;• La reconstitution de profils de berges et du lit mineur, en long et en travers, adaptés aux caractéristiques 
+naturelles des cours d’eau (typologie, pente, débit, puissance, transport sédimentaire, ...) : mise en place 
+de lits d’étiage et lits emboîtés, reméandrage, découverture de tronçons enterrés lorsque cette 
+intervention permet une amélioration des fonctionnalités du milieu, ... ;
+&lt;br /&gt;• La préservation voire la restauration d’espaces de mobilité ou de bon fonctionnement ainsi que la 
+restauration voire la création de zones humides alluviales : ces actions pouvant faire l’objet de maîtrise 
+foncière d’espaces latéraux (cf. article 4.2.2) ;
+&lt;br /&gt;• Les mesures de gestion du bassin versant telles que les réimplantations de haies, de freins aux 
+écoulements de surface, de zones tampons, ..., en lien notamment avec le volet de prévention des 
+risques liés aux inondations par débordement de cours d’eau et aux ruissellements du bassin versant 
+ainsi qu’aux programmes de consolidation de la Trame Verte et Bleue (cf. articles 4.4.2 et 4.7). &lt;/p&gt;&lt;p&gt;Au titre des actions ponctuelles :
+&lt;br /&gt;• Des actions permettant de promouvoir des techniques particulières respectueuses des équilibres 
+écologiques ou d’initier des démarches plus globales par effet d’entraînement ;
+&lt;br /&gt;• La diversification des berges sur un faible linéaire et la création de milieux annexes, de type bras mort, 
+sur les voies de navigation, en priorité sur des secteurs en lien fort avec le cours naturel et avec une 
+réelle plus-value environnementale. &lt;/p&gt;&lt;p&gt;Ces projets ponctuels seront examinés au cas par cas en vue de définir leur éligibilité.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q93" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux de restauration 
+écologique : reméandrage, 
+reconstitution de ripisylve, 
+diversification des écoulements, 
+suppression d’ouvrages, 
+découverture, ...
+Les travaux de protection de 
+berges, curage ou uniquement 
+d’entretien ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-exotiques-envahissantes/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>164218</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études en matière de connaissance générale : acquisition de données</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de connaissance générale : études d'intérêt général et acquisition de données</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions consistent en la collecte de données (qualité du milieu, pressions, …) dès lors qu’elles répondent aux 
+priorités de l’Agence de l’eau et qu’elles sont recueillies selon un format défini par l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ainsi, peut être citée en exemple la mise en place d’une surveillance des ressources en eau ou des milieux 
+aquatiques permettant d’acquérir, par des organismes tiers, des données brutes tout en s’inscrivant dans une 
+logique de complémentarité avec les réseaux patrimoniaux qui répondent aux obligations nationales et 
+communautaires et qui sont portés par les pouvoirs publics.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q94" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le taux d’aide de référence sera de 50 % pour l’acquisition de données et pour le soutien aux études d’intérêt
+général réalisées par des tiers. &lt;/p&gt;&lt;p&gt;Au regard du degré de priorité que représente le projet pour l’Agence de l’eau, le taux d’aide pourra être modulé
+par rapport au taux d’aide de référence, sans toutefois dépasser 80 %. &lt;/p&gt;&lt;p&gt;Ce taux d’aide s’applique sur la base d’un montant retenu par l’Agence de l’eau incluant :
+&lt;br /&gt;• Les prestations intellectuelles en régie ; &lt;br /&gt;• Divers achats spécifiquement liés à la réalisation du projet. L’assiette des achats d’investissement sera
+adaptée en fonction de la durée d’amortissement du bien en regard de la durée du projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_etude_generale.pdf?Archive=263790208197&amp;File=fiche%5Fetude%5Fgenerale%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mener-des-etudes-en-matiere-de-connaissance-generale-etudes-dinteret-general/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>164221</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Action ou programme de sensibilisation, de communication, d'information sur les enjeux de la politique de l'eau</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J95" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q95" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération de communication ou 
+d’information des publics permettant 
+de soutenir les objectifs d’intervention 
+de l’Agence de l’eau pour la 
+préservation des ressources en eau et 
+de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-classes-deau-1/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>164222</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Évènement grand public</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>ou Forfait de 1 000 euros/j ou 1500 euros/2j</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q96" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération de communication ou 
+d’information des publics permettant 
+de soutenir les objectifs d’intervention 
+de l’Agence de l’eau pour la 
+préservation des ressources en eau et 
+de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-aaction-ou-programme-de-sensibilisation-de-communication-dinformation-sur-les-enjeux-de-la-politique-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>164223</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Évènement professionnel</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J97" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q97" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération de communication ou 
+d’information des publics permettant 
+de soutenir les objectifs d’intervention 
+de l’Agence de l’eau pour la 
+préservation des ressources en eau et 
+de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>164224</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Action de communication co-organisée avec l'agence de l'eau</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J98" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q98" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Action co-organisée avec l’Agence de 
+l’eau&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public-1/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>162982</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q99" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>162974</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>DDT de l'Aube</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les
+services spécialisés de la Direction Départementale des
+Territoires de l’Aube, selon le domaine concerné, sont les
+interlocuteurs de proximité des élus qui souhaitent être
+accompagnés et soutenus dans la mise en œuvre de leurs projets
+relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
+	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
+	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
+	des actes d’urbanisme et conseil aux services instructeurs des
+	collectivités,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
+	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;aide
+	à la mise en accessibilité des bâtiments et espaces publics,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	aux collectivités dans la mise en œuvre de l’ingénierie sur
+	mesure proposée par l’ANCT, ...&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Agriculture,
+	nature et environnement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
+	et instruction des procédures environnementales des projets,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	au développement des projets d’agriculture durable&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	à la mise en place d’espaces naturels protégés, ... .&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eaux
+	et milieux aquatiques&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;prévention
+	des risques naturels,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;accompagnement
+	des projets soumis à la loi sur l’eau,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;protection
+	et gestion durable des eaux, …&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Logement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;aide
+	aux démarches de rénovation du parc de logements privés,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
+	à la rénovation urbaine des quartiers prioritaires (NPNRU),&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;développement
+	de l’offre locative publique en lien avec les bailleurs sociaux,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;déclinaison
+	des politiques sociales du logement pour les publics prioritaires,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;prévention
+	des expulsions locatives, ... .&lt;/p&gt;
+	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Énergie
+	et déchets&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;appui
+	au développement des énergies renouvelables,&lt;/span&gt;&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
+	amont sur les projets d’énergies renouvelables (pôle ENR), ... .&lt;/p&gt;
+	&lt;p&gt;Transport
+	et mobilités&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;appui
+	à la réalisation de schémas cyclables et promotion des mobilités
+	douces,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
+	sur les aménagements de sécurité routière, ... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sécurité&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;aide
+	à la réalisation des plans communaux de sauvegarde,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;accompagnement
+	des collectivités pour la prise d’arrêtés de mise en sécurité,
+	... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Développement
+économique et commercial&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
+	et accompagnement pour la réalisation de projets économiques ou
+	industriels, ... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Ingénierie
+financière&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;appui
+	à la recherche de financements publics (outil aides territoires),
+	... .&lt;/p&gt;
+&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+– Action
+Cœur de Ville, Opérations de Revitalisation des Territoires (ORT),
+Petites Villes de Demain (PVD) ;&lt;/p&gt;
+&lt;p&gt;– Pacte
+Territorial de Réussite de la Transition Écologique (PTRTE) ;&lt;/p&gt;
+&lt;p&gt;– Aménagements
+d’espaces publics ;&lt;/p&gt;
+&lt;p&gt;– Renouvellement
+urbain, écoquartiers ;&lt;/p&gt;
+&lt;p&gt;– Rénovation
+thermique de bâtiments publics, production d&amp;#039;EnR ; 
+&lt;/p&gt;
+&lt;p&gt;– Agendas
+d’accessibilité programmée ;&lt;/p&gt;
+&lt;p&gt;– Diagnostics
+de sécurité routière ;&lt;/p&gt;
+&lt;p&gt;– Aires
+d’accueil des gens du voyage ;&lt;/p&gt;
+&lt;p&gt;– Plans
+communaux de sauvegarde ;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;– &lt;/span&gt;Projets
+liés aux énergies renouvelables ;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;– &lt;/span&gt;&lt;span&gt;R&lt;/span&gt;&lt;span&gt;ena&lt;/span&gt;turation
+de friches artisanales et industrielles ;&lt;/p&gt;
+&lt;p&gt;– Planification
+territoriale… .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Prévention des risques
+Mobilité pour tous
+Connaissance de la mobilité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction
+Départementale des Territoires de l’Aube.&lt;/p&gt;
+&lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>jean-michel.barrois@aube.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>162938</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la transition écologique</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>162829</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les transitions écologiques et énergétiques</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J102" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Promouvoir l&amp;#039;agriculture et les productions locales dans les pratiques alimentaires du territoire ;&lt;br /&gt;- Encourager les entreprises aux pratiques de gestion durable des ressources ;&lt;br /&gt;- Soutenir les projets innovants qui participent à la résilience du territoire ;&lt;br /&gt;- Accompagner les changements de pratiques pour préserver les ressources.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Accompagner les territoires vers de nouvelles pratiques alimentaires ;&lt;br /&gt;- Favoriser les alternatives écologiques des entreprises publiques et privées ;&lt;br /&gt;- Initier les innovations énergétiques ;&lt;br /&gt;- S&amp;#039;adapter pour gérer durablement la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;accompagnement des territoires vers l&amp;#039;alimentation durable ;&lt;br /&gt;- Opérations favorisant les alternatives écologiques des structures publiques et entreprises privées ;&lt;br /&gt;- Opérations favorisant les innovations énergétiques et durables ;&lt;br /&gt;- Opérations visant à adapter le territoire à une gestion durable de la ressource en eau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Alimentation durable : &lt;/strong&gt;Ensemble de pratiques alimentaires visant à nourrir les êtres humains en qualité et en quantité suffisante, aujourd&amp;#039;hui et demain, dans le respect de l&amp;#039;environnement, en étant accessible économiquement et rémunératrice sur l&amp;#039;ensemble de la chaîne alimentaire (ADEME).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt;/ 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-transitions-ecologiques-et-energetiques/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P104" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>149553</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et des travaux dans le domaine de l’assainissement</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>ASSAINISSEMENT</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;accompagner les collectivités éligibles dans la réalisation d&amp;#039;études et de travaux dans les domaines de l&amp;#039;assainissement, et plus particulièrement les projets contribuant à l&amp;#039;amélioration de la qualité des milieux ou à enjeux sanitaires.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subventions d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT en lien avec les prestations éligibles.
+ &lt;br /&gt;
+ Les dépenses prises en compte sont les dépenses réelles, éventuellement réduites en fonction de plafonds d&amp;#039;aides ou de forfaits. Les plafonds d&amp;#039;aides correspondent à un montant maximal d&amp;#039;aide pour une opération considérée (hors tranches fonctionnelles).
+ &lt;br /&gt;
+ Par ailleurs, le Département peut, au vu des documents fournis à l&amp;#039;appui de la demande de subvention :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   réduire l&amp;#039;assiette des dépenses qu&amp;#039;il considère non éligibles ou non justifiées
+  &lt;/li&gt;
+  &lt;li&gt;
+   réduire l&amp;#039;assiette des dépenses si les coûts unitaires sont disproportionnés au regard des coûts moyens observés
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ En fonction de la nature de l&amp;#039;investissement, de la taille de la collectivité et de la situation géographique de la collectivité (classement en zone de revitalisation rurale).
+ &lt;br /&gt;
+ Une bonification de 10 % peut être apportée sur les taux de subventions attribués aux projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   intégrant les enjeux de transition écologique, sur la base de critères comme la performance énergétique ou l&amp;#039;intégration d&amp;#039;énergies renouvelables
+  &lt;/li&gt;
+  &lt;li&gt;
+   allant au-delà de la réglementation dans l&amp;#039;objectif d&amp;#039;un gain environnemental avéré
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les études : note de contexte, cahier des charges, estimation financière, délibération, plan de financement prévisionnel, tarification (délibération fixant le prix de l&amp;#039;eau).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les travaux : note de contexte détaillée permettant d&amp;#039;identifier la pertinence de l&amp;#039;opération, schéma ou étude de diagnostic préalable, avant-projet avec chiffrage détaillé, délibération, plan de financement prévisionnel, tarification (délibération fixant le prix de l&amp;#039;eau).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu, la mise en œuvre des études ou des travaux ne pouvant démarrer avant la réception d&amp;#039;un accusé de réception l&amp;#039;autorisant.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice :
+  &lt;/strong&gt;
+  Environnement et énergie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Eau potable et/ou assainissement collectif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dépôt du dossier se fait sur la plateforme Drôme Démat&amp;#039;avant l&amp;#039;engagement financier de l&amp;#039;opération (Les marchés d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, de maîtrise d&amp;#039;oeuvre et la phase d&amp;#039;avant-projet ne constituent pas un démarrage du projet).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;instruction est réalisée sur la base du dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ Le démarrage de l&amp;#039;opération ne peut se faire qu&amp;#039;après réception de l&amp;#039;accusé de réception l&amp;#039;autorisant.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Selon le règlement financier général pour les subventions :
+&lt;/p&gt;
+&lt;p&gt;
+ Acompte de la subvention sur présentation du cahier des charges et de l&amp;#039;acte d&amp;#039;engagement ou de la lettre de commande.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Acompte de 50% de la subvention pour les communes et EPCI dont le potentiel Fiscal est &amp;lt; 1 300 000€
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acompte de 30% de la subvention pour les autres communes de &amp;lt; 5 000 habitants, et les EPCI non urbains ou de type SIVU
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pas d&amp;#039;acompte au démarrage pour les autres, le versement de la subvention se faisant au fur et à mesure des dépenses justifiées
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Dispositif approuvé par délibération du 20 février 2023
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions générales :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;éligibilité des projets est conditionnée par le prix de l&amp;#039;eau : pour les travaux et pour les études, le prix  de l&amp;#039;eau minimum doit être supérieur ou égal à 1 € HT / m3 (part assainissement et hors redevance agence de l&amp;#039;eau).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Pour les communes pratiquant, par dérogation préfectorale, un prix au forfait, celui-ci sera ramené à un prix au mètre cube, en considérant un volume moyen de 120m3 /an/ abonné.
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les études : nécessité d&amp;#039;associer le Département au comité de pilotage
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les travaux : nécessité de disposer d&amp;#039;un SDA récent (moins de 10 ans), conformité du projet avec la réglementation et avec les conclusions du SDA.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des opérations éligibles pour les études :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les schémas directeurs d&amp;#039;assainissement (SDA)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études de diagnostic des réseaux et des installations d&amp;#039;assainissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études de transfert de compétence
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études relatives au choix d&amp;#039;un mode de gestion (Régie ou délégation de service public), à la tarification du service
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études de gestion des eaux pluviales, dans un objectif de gestion alternative et pour réduire les eaux de pluies raccordées au système d&amp;#039;assainissement (infiltration ou réutilisation)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études sur la valorisation des boues
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études sur la valorisation des eaux usées traitées
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des opérations éligibles pour les travaux prioritaires :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ – Les stations de traitement des eaux usées: création ou réhabilitation ou extension
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   pour répondre à une obligation réglementaire : absence de traitement, non conformité au titre de la Directive Eaux Résiduaires urbaines (DERU), action du programme de mesure du Schéma Directeur d&amp;#039;Aménagement et de Gestion des Eaux (SDAGE) ou du plan d&amp;#039;action opérationnel territorial (PAOT)...
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le rattrapage structurel : remise en état et renouvellement d&amp;#039;ouvrages vétustes, hors extension pour pollution nouvelle
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ – La création de collecteurs de liaison ou de transport ainsi que la création de réseau de collecte, en accompagnement des créations de STEU citées ci-dessus
+ &lt;br /&gt;
+ – Les travaux de réduction des eaux claires parasites dans les réseaux et qui génèrent des dysfonctionnements du système d&amp;#039;assainissement, et/ou un impact sur le milieu.
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Le stockage des eaux usées (bassin d&amp;#039;orage)
+  &lt;/li&gt;
+  &lt;li&gt;
+   La mise en séparatif des réseaux unitaires.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ - Cas n°1 : Création d&amp;#039;un réseau d&amp;#039;eaux usées séparatif pour la collecte des eaux usées et maintien du réseau unitaire existant pour le seul transport des eaux pluviales,
+ &lt;br /&gt;
+ - Cas n°2 : Création d&amp;#039;un réseau pluvial (ou gestion alternative) et maintien du réseau unitaire pour les eaux usées
+ &lt;br /&gt;
+ - Cas n°3 : Création d&amp;#039;un réseau d&amp;#039;assainissement séparatif et d&amp;#039;un réseau pluvial (ou gestion alternative), l&amp;#039;état du réseau unitaire ne permettant pas son maintien.
+ &lt;br /&gt;
+ La solution retenue doit être argumentée sur la base d&amp;#039;une analyse comparative de plusieurs scénarios. La solution retenue devant être la plus intéressante au niveau technico-économique.
+ &lt;br /&gt;
+ – Les travaux de réhabilitation ou de renouvellement des réseaux d&amp;#039;assainissement (collecte ou transport)
+ &lt;br /&gt;
+ Ces travaux concernent certains tronçons de réseaux séparatifs dont le renouvellement est identifié comme prioritaire à l&amp;#039;issue d&amp;#039;un diagnostic de réseaux ; ne peuvent être éligibles que les tronçons dont l&amp;#039;état est fortement dégradé et génère des pollutions et/ou des dysfonctionnements à la station d&amp;#039;épuration (enjeu sanitaire ou environnemental).
+ &lt;br /&gt;
+ – Les équipements favorisant la performance et la connaissance :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   La mise en place de dispositifs d&amp;#039;autosurveillance sur les déversoirs d&amp;#039;orage des réseaux : travaux de première fourniture et pose de dispositifs d&amp;#039;autosurveillance sur l&amp;#039;ensemble des déversoirs d&amp;#039;orage équipant les réseaux, si ces derniers sont concernés par les dispositions réglementaires, sont éligibles aux aides départementales.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ajout d&amp;#039;équipements : les travaux peuvent concerner l&amp;#039;ajout de matériels absents lors de la construction des ouvrages, dont la pose est rendue nécessaire pour améliorer leur fonctionnement et leur exploitation, après avis du SATESE et dans la mesure où leur coût n&amp;#039;est pas disproportionné au regard de la nature des ouvrages en place.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ – Réhabilitation des dispositifs d&amp;#039;assainissement autonome
+ &lt;br /&gt;
+ – Sous conditions : les projets d&amp;#039;assainissement concernant la collecte et le traitement d&amp;#039;effluents domestiques et non domestiques. Le financement départemental sera calculé sur le coût de l&amp;#039;opération, déduction faite de la participation de l&amp;#039;industriel.
+ &lt;br /&gt;
+ – Les travaux d&amp;#039;urgence, suite à un événement non prévisible (classement catastrophe naturelle) et afin de rétablir la continuité du service, peuvent faire l&amp;#039;objet d&amp;#039;un financement exceptionnel.
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des opérations éligibles pour les travaux non prioritaires (au cas par cas et selon les disponibilités financières) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   – Les travaux relatifs à la gestion des eaux pluviales
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éligibilité des travaux sera étudiée au cas par cas en fonction de la pertinence des choix techniques présentés et du gain environnemental.
+ &lt;br /&gt;
+ Les travaux devront permettent l&amp;#039;infiltration des eaux pluviales (plantation de haies, bandes enherbées, fascines, noues, bassins d&amp;#039;infiltration) ou leur réutilisation pour éviter de consommer de l&amp;#039;eau potable.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements financés doivent concerner des zones d&amp;#039;habitations existantes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Sont exclus :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Création de bassins de stockage
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux liés à la création de nouvelles zones d&amp;#039;habitat ou d&amp;#039;activité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux liés à la protection des habitations contre les inondations, le ruissellement urbain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux privilégiant le génie civil
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acquisitions foncières et opérations de communication
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   – La création ou l&amp;#039;extension des réseaux de collecte
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle n&amp;#039;est pas financée, sauf cas suivants :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   pour le raccordement d&amp;#039;habitations existantes situées dans un périmètre rapproché de captage et disposant d&amp;#039;un assainissement autonome dont l&amp;#039;impact sur la qualité de l&amp;#039;eau est avéré
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour la collecte des eaux usées de dispositifs d&amp;#039;assainissement autonome identifiés par le SPANC comme présentant un risque de pollution avéré de l&amp;#039;environnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Dans les cas précédents, la création ou extension des réseaux de collecte ne peuvent être aidés que dans les conditions suivantes :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   si ils sont prévus dans le zonage d&amp;#039;assainissement approuvé par la collectivité après enquête publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   si la STEU le permet (capacité et compatibilité avec le niveau de rejet)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   – Les travaux de renouvellement de réseaux d&amp;#039;assainissement (hors enjeu environnemental ou sanitaire)
+  &lt;/em&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Ils peuvent concerner le renouvellement de conduites d&amp;#039;assainissement à l&amp;#039;occasion de travaux prioritaires sur le réseau d&amp;#039;eau potable, les travaux étant considérés comme un tout.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ils peuvent concerner des tronçons dont l&amp;#039;exploitation est rendue très difficile du fait de leur implantation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ils peuvent concerner le renouvellement de conduites d&amp;#039;assainissement à l&amp;#039;occasion de travaux d&amp;#039;aménagement de traverses de villages ou centre bourg.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;exploitation
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les mises à jour de plans hors schémas directeurs d&amp;#039;assainissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   La digitalisation du cadastre et des plans
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études de gestion des eaux pluviales dans un objectif de protection contre le ruissellement / les inondations
+  &lt;/li&gt;
+  &lt;li&gt;
+   La création ou l&amp;#039;amélioration de station de traitement des eaux usées pour traiter des pollutions nouvelles
+  &lt;/li&gt;
+  &lt;li&gt;
+   La collecte et le transport des eaux pluviales sauf ceux mentionnés précédemment
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;extension de réseau autres que ceux mentionnés précédemment
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de raccordement, de collecte et le transport des effluents industriels autres que ceux mentionnés précédemment
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;entretien et de maintenance courante
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les collectivités territoriales et leurs groupements : communes, EPCI, syndicats d&amp;#039;eau, sous conditions
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/assainissement/</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Audrey BONNEFOY,
+ Cheffe de Service  :
+   Tél : 04 75 79 82 63
+&lt;/p&gt;
+&lt;p&gt;
+ Nicolas RICCIO,
+ Chargé de la Programmation des aides,
+   Tél : 04 75 79 81 29
+  –
+ &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" target="_self"&gt;
+  nriccio&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/62cd-assainissement/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>153408</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'animation de bassins versants (frais de fonctionnement, d'études et de communication)</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Animation de bassins versants (frais de fonctionnement, d&amp;rsquo;études et de communication)</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Frais de fonctionnement, d&amp;#039;études et de communication des cellules en charge de SAGE (schéma d&amp;#039;aménagement et de gestion des eaux) ou de contrats de bassins versants. La politique d&amp;#039;aide du conseil départemental à l&amp;#039;animation de bassins versants se décline de la façon suivante :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Salaires, charges salariales et frais de formation : 20% pour les SAGE et 25% pour les contrats de bassin versant. Aide plafonnée à 60.000€ de dépense éligible pour 1 animateur principal et 1 mi-temps de secrétariat et à 35.000€ pour 1 animateur &amp;#34;bassin versant&amp;#34; (en charge de l&amp;#039;appui au boisement, des problématiques d&amp;#039;érosion et de lutte contre les inondations). La subvention est limitée à 80% d&amp;#039;aides globales (y compris agences de l&amp;#039;eau et Région BN) et 2,5 ETP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes : 20% du montant HT pour les SAGE et 25% pour les contrats de bassin versant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents de communication : 20% du montant HT pour les SAGE et 25% pour les contrats de bassin versant plafonné à 2000€ d&amp;#039;aides annuelles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de fonctionnement : 20% pour les SAGE et 25% pour les contrats de bassin versants des frais de fonctionnement de la cellule d&amp;#039;animation (téléphone, location de bureaux, photocopies, timbres, petit matériel...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces à fournir relatives au financement du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le plan de financement prévisionnel du projet intégrant les dépenses connexes, précisant l&amp;#039;origine et le montant des moyens financiers (apport personnel, emprunts, subventions y compris l&amp;#039;aide sollicitée) ainsi que, s&amp;#039;il y a lieu, un échéancier indicatif des dépenses prévues.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les aides déjà obtenues, la copie des décisions (ou notifications) et l&amp;#039;indication des aides publiques indirectes s&amp;#039;il y a lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coordonnées du payeur (RIB).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La demande signée du porteur de projet ou de son représentant légal, avec nom (raison sociale), adresse, et autres coordonnées, numéro SIRET, énumérant l&amp;#039;objet du projet, son cout prévisionnel global, sa durée et le montant de la subvention sollicitée, la procédure au titre de laquelle celle-ci est demandée et les noms et coordonnées du responsable du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération de l&amp;#039;organe compétent de la collectivité territoire ou de l&amp;#039;organisme public approuvant le projet et le plan de financement prévisionnel précisant l&amp;#039;origine et le montant des moyens financiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une notice explicative indiquant de façon précise : son objet, les objectifs poursuivis et les résultats attendus et son insertion dans la stratégie de développement local, sa durée et son calendrier (sauf s&amp;#039;ils sont suffisamment détailles dans la demande), s&amp;#039;il y a lieu, ses conditions particulières de réalisation et la justification de son caractère fonctionnel ; s&amp;#039;il s&amp;#039;agit d&amp;#039;une tranche ou d&amp;#039;une phase, leur intégration dans le projet global avec indication du déroulement de celui-ci, un état de coût prévisionnel détaillé par nature de dépense ; le cas échéant, les devis (ceux-ci ne sont pas produits, en particulier dans le cas ou le montant de la subvention est forfaitaire du fait de l&amp;#039;application d&amp;#039;un barème).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espace public</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est conditionnée au versement d&amp;#039;une aide de l&amp;#039;Agence de l&amp;#039;eau au titre de l&amp;#039;animation de contrats de bassins versants ou à l&amp;#039;attribution de mission d&amp;#039;animation d&amp;#039;un SAGE. La subvention est attribuée dès notification à hauteur de 60% et le solde est versé sur présentation du rapport d&amp;#039;activités et des pièces justificatives. Si le bassin versant couvre plusieurs départements, l&amp;#039;aide est calculée au prorata de la surface de bassin versant dans la Manche. Le dossier est instruit de la façon suivante :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Examen par la commission permanente
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération du conseil départemental et notification des subventions
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/animation-de-bassins-versants-frais-de-fonctionnement-detudes-et-de-communication/</t>
+        </is>
+      </c>
+      <c r="W106" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7f9d-animation-de-bassins-versants-frais-de-foncti/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>151703</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnements de la DDT 53</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>DDT de Mayenne</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment, l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des risques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;habitat, le logement social et la rénovation urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts et plus d&amp;#039;informations:
+ &lt;strong&gt;
+  vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Alimentation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et autres acteurs situés en Mayenne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse du service territorial (Référents territoriaux)
+ :
+ &lt;strong&gt;
+  &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
+   ddt-st&amp;#64;mayenne.gouv.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>143406</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Former pour elaborer le zonage pluvial, un outil essentiel pour votre territoire (Formation)</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K51" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+ L&amp;#039;urbanisation et l&amp;#039;imperméabilisation croissante des sols engendrent et accentuent les phénomènes d&amp;#039;inondations et de pollutions des milieux aquatiques. Le changement climatique renforce les risques liés à ces phénomènes.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
-[...5 lines deleted...]
-  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
+  La collectivité compétente doit définir la politique de gestion des eaux pluviales qu&amp;#039;elle souhaite porter, afin que l&amp;#039;urbanisation (actuelle et future) ait un impact le plus faible possible sur le cycle naturel de l&amp;#039;eau, l&amp;#039;environnement au sens large et indirectement sur les finances de la collectivité .
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
-[...2 lines deleted...]
- A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
+ L&amp;#039;article L.2224-10 du code général des collectivités territoriales prévoit que les communes (ou leurs groupements compétents) délimitent un zonage pluvial adapté à leur territoire en répondant aux enjeux actuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la collectivité compétente, l&amp;#039;élaboration du zonage pluvial constitue une obligation pour les territoires à enjeu qui s&amp;#039;inscrit dans une politique plus globale d&amp;#039;amélioration du cadre de vie et de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Une démarche propre à chaque territoire doit être élaborée, cette formation proposera une méthodologie décomposée en plusieurs étapes pour l&amp;#039;élaboration du document.
+&lt;/p&gt;
+&lt;p&gt;
+ En référence, un guide méthodologique a été publié par le Cerema pour aider et accompagner les acteurs dans cette démarche, en s&amp;#039;appuyant sur des exemples de mise en en place et de mise en œuvre d&amp;#039;un zonage pluvial.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette formation s&amp;#039;appuie sur les préconisations du guide zonage pluvial et du P&amp;#039;tit Essentiel associé.
+&lt;/p&gt;
+&lt;h3&gt;
+ Objectifs pédagogiques
+&lt;/h3&gt;
+&lt;p&gt;
+ A l&amp;#039;issue de la formation, le stagiaire sera en capacité de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  s&amp;#039;approprier les objectifs du zonage pluvial dans son ensemble et son contenu,
+ &lt;/li&gt;
+ &lt;li&gt;
+  découvrir les phases d&amp;#039;élaboration du zonage pluvial et les acteurs à associer.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ PROGRAMME
+&lt;/h3&gt;
+&lt;h4&gt;
+ JOUR 1 MATIN
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Accueil des participants
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Présentation du zonage pluvial : contexte réglementaire, enjeux et objectifs auxquels le zonage pluvial peut répondre, articulation avec d&amp;#039;autres démarches (PPRI, schémas directeurs d&amp;#039;assainissement...)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pause
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Présentation de la méthodologie générale pour élaborer un zonage : description des différentes étapes &amp;#34;techniques&amp;#34;, organisation de la démarche (management du projet, acteurs à mobiliser, temps et moyens à mettre en oeuvre ...)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pause déjeuner 12H30 / 13H30
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ JOUR 1 APRÈS-MIDI
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de l&amp;#039;état des lieux et du diagnostic territorial : identification des principaux enjeux du territoire et des secteurs concernés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pause
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de l&amp;#039;état des lieux et du diagnostic territorial : méthodes employées et exemples d&amp;#039;applications
+ &lt;/li&gt;
+ &lt;li&gt;
+  17h00 - Fin de la première journée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ JOUR 2 MATIN
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le zonage pluvial, un outil au service d&amp;#039;une stratégie politique en matière de gestion des eaux pluviales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pause
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction de la cartographie des zones à enjeux et définition des mesures répondant aux enjeux de l&amp;#039;état des lieux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ JOUR 2 APRÈS-MIDI
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Déroulement des étapes conduisant à approuver le zonage pluvial et donner une portée juridique aux prescriptions qu&amp;#039;il prévoit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre et déploiement du zonage pluvial : sensibilisation des acteurs, prise en compte du zonage (urbanisme, assainissement...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pause
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Suivi et évaluation du zonage pour la prochaine révision
+ &lt;/li&gt;
+ &lt;li&gt;
+  Témoignages d&amp;#039;établissements publics sur le contenu de leurs zonages, la démarche menée et leurs retours d&amp;#039;expériences, discussions autour des difficultés et des réussites
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des acquis et clôture de la formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Public
+&lt;/h4&gt;
+&lt;p&gt;
+ Cette formation cible en particulier les ingénieurs et techniciens des collectivités locales, des services de l&amp;#039;Etat, des établissements publics, des bureaux d&amp;#039;études et les intervenants dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;urbanisme ou de l&amp;#039;aménagement
+&lt;/p&gt;
+&lt;h4&gt;
+ Niveau pré-requis
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaissance générale de la gestion intégrée des eaux pluviales (gestion à la source, infiltration, solutions durables, désimperméabilisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtrise des fondamentaux du cycle de l&amp;#039;eau (bassins versants, petit/grand cycle de l&amp;#039;eau)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Outils pédagogiques
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers participatifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exploitation de retours d&amp;#039;études et d&amp;#039;expérience du Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  eVisionnage de témoignages d&amp;#039;acteurs du métier et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation
+&lt;/h4&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h4&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+&lt;/h4&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, merci de contacter le référent handicap : naima.ait-el-hadj&amp;#64;cerema.fr
+&lt;/p&gt;
+&lt;h4&gt;
+ Délais d&amp;#039;accès
+&lt;/h4&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M51" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Education et renforcement des compétences
+Risques naturels
+Biodiversité
+Appui méthodologique
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-elaborer-zonage-pluvial-outil-essentiel-votre</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/71ec-former-pour-elaborer-le-zonage-pluvial-un-out/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>143315</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer votre diagnostic territorial pour mettre en œuvre la Gemapi</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Gestion des milieux aquatiques et la prévention des inondations impliquent la connaissance objective des enjeux, milieux et spécificités de votre territoire sous l&amp;#039;angle de ces thématiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la réalisation du diagnostic préalable, indispensable pour appréhender les scénarios de développement territorial durable et guider vos choix stratégiques.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
-[...5 lines deleted...]
-  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
+  Comment bien cerner les contours de la Gemapi ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment déterminer les enjeux liés aux milieux aquatiques, à l&amp;#039;aménagement du territoire et au risque inondation ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels outils et méthodes appropriés utiliser pour élaborer votre diagnostic ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels critères retenir pour sélectionner un prestataire ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des capacités d&amp;#039;accompagnement à chaque étape : phases amont, diagnostic, aval, suivi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise reconnue en matière d&amp;#039;ouvrages hydrauliques (développement de méthodologies d&amp;#039;évaluation de la sécurité des ouvrages) et d&amp;#039;analyse du fonctionnement des milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des équipes au plus près des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une vision pluridisciplinaire et intégrée de la Gemapi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une participation active aux côtés des pouvoirs publics, à l&amp;#039;élaboration de méthodologies de référence dans ce domaine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner la préparation du diagnostic
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration du plan de phasage des études ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction du cahier des charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la maîtrise d&amp;#039;ouvrage lors de la réalisation des études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Effectuer (tout ou partie) de votre diagnostic concernant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et l&amp;#039;analyse des données utiles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La bonne compréhension du fonctionnement des milieux aquatiques et des aléas ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le recensement exhaustif des ouvrages et aménagements hydrauliques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La détermination pertinente des enjeux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Renforcer votre autonomie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Formation de vos équipes aux outils utiles au diagnostic.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Troyes Champagne Métropole
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   CO.BA.H.M.A. – EPTB Mauldre
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Diagnostic territorial intégrant l&amp;#039;évolution hydrologique du bassin versant, les ouvrages hydrauliques et l&amp;#039;historique des crues sur un siècle.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Equipement public
+Bâtiments et construction
+Mers et océans
+Milieux humides
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/elaborer-votre-diagnostic-territorial-mettre-oeuvre-gemapi</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/93dd-elaborer-votre-diagnostic-territorial-pour-me/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>143305</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Effectuer les choix stratégiques adaptés à la mise en œuvre de la Gemapi</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois le diagnostic territorial établi, vous devez formaliser votre stratégie et le programme d&amp;#039;actions pluriannuel à partir desquels la Gemapi sera mise en oeuvre.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour éclairer et justifier la prise de décisions stratégiques et financières.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez analyser et traduire les enjeux liés à la Gemapi sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes prêts à bâtir une stratégie ou un programme d&amp;#039;actions pluriannuel pour déployer la Gemapi ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez sécuriser le choix du scénario de mise en oeuvre (pertinence, faisabilité) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous vous interrogez sur la méthodologie de phasage des actions ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise nationale reconnue dans la co-construction de plans d&amp;#039;actions Gemapi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un maillage territorial favorisant la capitalisation de solutions locales dans la résolution de problématiques globales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche pluridisciplinaire et intégrée de la Gemapi, sur ses deux volets et à leur interface
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une capacité à faire le lien entre Gemapi et petit cycle de l&amp;#039;eau ou risques naturels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   La réponse du Cerema
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   &amp;gt; Exploiter les résultats de votre diagnostic territorial
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;analyse des enjeux clés de votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de scénarios de gouvernance en réponse aux enjeux de la Gemapi ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de modalités de concertation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Formaliser des scénarios de mise en oeuvre efficace et économe de la Gemapi
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Partage et utilisation de retours d&amp;#039;expérience ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Co-construction d&amp;#039;une stratégie adaptée à votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support au phasage des actions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution à la rédaction de votre cahiers des charges.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Évaluer les scénarios proposés sur le plan socio-économique et environnemental
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Outils d&amp;#039;aide à la décision.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Agglo Le Puy en Velay
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Réalisation d&amp;#039;un diagnostic territorial. Elaboration d&amp;#039;un plan d&amp;#039;actions permettant une prise de compétence Gemapi réussie.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   CO.BA.H.M.A. – EPTB Mauldre
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Prise en compte des zones humides dans la gestion intégrée du bassin versant (rôles, fonctions hydrauliques), des coûts de gestion et de restauration.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/effectuer-choix-strategiques-adaptes-mise-oeuvre-gemapi</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b75c-effectuer-les-choix-strategiques-adaptes-a-la/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>143373</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Construire des projets Gemapi adaptés aux enjeux territoriaux et exercer les missions de la Gemapi</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Vous portez un projet d&amp;#039;aménagement qui doit prendre en compte la gestion du milieu aquatique, la prévention des inondations ou le recul du trait de côte ?
+ &lt;br /&gt;
+ Les solutions intégrées impliquent la déclinaison de méthodologies à considérer selon une approche globale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne vers la réussite technique et économique de projets pérennes et dans l&amp;#039;exercice des missions Gemapi.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment porter un projet de restauration du milieu aquatique ou de système d&amp;#039;endiguement complexe ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment gérer les aspects règlementaires et techniques d&amp;#039;un tel projet ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles orientations retenir parmi plusieurs options techniques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment exercer les missions rattachées à la Gemapi ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise nationale reconnue en matière d&amp;#039;ouvrages hydrauliques (développement de méthodologies d&amp;#039;évaluation de la sécurité des ouvrages), d&amp;#039;analyse du fonctionnement des milieux aquatiques et du littoral
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un expert public (à l&amp;#039;interface entre bureaux d&amp;#039;études et collectivités), garantissant neutralité de l&amp;#039;accompagnement et capacité de médiation technique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche pluridisciplinaire et intégrée de la Gemapi, sur ses deux volets et à leur interface
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une capacité à faire le lien entre Gemapi et petit cycle de l&amp;#039;eau ou risques naturels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &amp;gt; Préparer votre projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration de recommandations issues de réalisations en contextes similaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la rédaction de cahiers des charges.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Évaluer les options techniques
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Proposition de critères d&amp;#039;évaluation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;instrumentation de sites et des modélisations associées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Vous accompagner dans l&amp;#039;exercice des missions Gemapi par
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des formations méthodologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Former
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sur les outils de connaissance et de suivi (ouvrages, modélisation, fonctions des zones humides).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Saint-Malo Agglomération :
+  &lt;/strong&gt;
+  Définition des systèmes d&amp;#039;endiguement, d&amp;#039;un cahier des charges, d&amp;#039;une méthode d&amp;#039;étude de dangers.Structuration d&amp;#039;une base de données des ouvrages.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Troyes Champagne Métropole :
+  &lt;/strong&gt;
+  Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/construire-projets-gemapi-adaptes-aux-enjeux-territoriaux</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d465-construire-des-projets-gemapi-adaptes-aux-enj/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>143355</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'assainissement des infrastructures et la protection des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion des réseaux d&amp;#039;assainissement des infrastructures et la préservation des milieux aquatiques attenants sont au cœur de vos préoccupations et vous souhaitez faire les meilleurs choix en matière d&amp;#039;aménagement et/ou de politique de sécurisation pour assurer, entre autres, la gestion qualitative et quantitative de la ressource en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous souhaitez vous appuyer sur un établissement susceptible de vous offrir une large palette de prestations notamment pour optimiser l&amp;#039;évacuation des eaux de la chaussée, assurer la sécurité des usagers en évitant les risques d&amp;#039;aquaplanage et les projections d&amp;#039;eau (un assainissement correctement conçu et réalisé est gage de pérennité de la chaussée) et préserver les milieux aquatiques contre des pollutions diffuses ou accidentelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA RÉPONSE DU CEREMA :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne sur ces problématiques de protection des milieux aquatiques et assainissement des infrastructures en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes préalables : assainissement routier, requalification environnementale, conception de dispositifs d&amp;#039;assainissement alternatifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôles de chantier : gestion des eaux de ruissellement, audits environnements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation et avis dossiers loi sur l&amp;#039;eau  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations et sensibilisation des acteurs publics.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Appui méthodologique
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/assainissement-infrastructures-protection-milieux-aquatiques</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f5f-assainissement-des-infrastructures-et-protect/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -11853,7477 +22133,771 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
-Protection animale</t>
-[...2 lines deleted...]
-      <c r="O51" s="1" t="inlineStr">
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
-[...8 lines deleted...]
- &lt;/a&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V51" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X51" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Point de contact national Nord de la France :
+  Email
  &lt;/strong&gt;
-&lt;/p&gt;
-[...7 lines deleted...]
- &lt;br /&gt;
+ : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Point de contact national Sud de la France et RUP :
+  Téléphone
  &lt;/strong&gt;
-&lt;/p&gt;
-[...19 lines deleted...]
-      <c r="AA51" s="1" t="inlineStr">
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G52" s="1" t="inlineStr">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>142680</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Etablissement public dont services de l'Etat
-[...19 lines deleted...]
-      <c r="K52" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
-[...30 lines deleted...]
-&lt;/p&gt;
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+ &lt;br /&gt;
+&lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Quelques exemples de projets financés :
+  OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local est un outil permettant aux territoires de s&amp;#039;engager pleinement dans la transition de leur modèle de développement soit plus particulièrement dans les transitions territoriales et urbaines, les transitions culturelles, sociales, économiques et citoyennes et les transitions environnementales et énergétiques, lesquelles sont abordées par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Aider le développement de la mobilité électrique au niveau régional ;
-[...14 lines deleted...]
-  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
+  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets portés par l&amp;#039;État aménageur (OIN, PPA) et gestionnaire d&amp;#039;infrastructure stratégies croisant les politiques publiques (activités, risques (érosion, inondation, sécheresse) et ressources (eau, sols, air, biodiversité) naturelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  autres sujets innovants (coopération et transaction territoriale, transformation de l&amp;#039;écologie culturelle territoriale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou DREAL) avec le cas échéant l&amp;#039;opérateur local de l&amp;#039;État (EPA, Agence de l&amp;#039;Eau etc), en lien étroit avec la ou les collectivités concernées. Le pilotage implique de lancer et mettre en œuvre le marché subséquent de l&amp;#039;accord-cadre multi-attributaire de la DGALN, c&amp;#039;est-à-dire d&amp;#039;accompagner les collectivités et l&amp;#039;équipe pluridisciplinaire dans toutes les phases de l&amp;#039;Atelier (lancement, animation in situ, approfondissement). L&amp;#039;Atelier Local requiert une forte mobilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 100 000 €, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation des trois sessions d&amp;#039;ateliers (logistique et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier , principalement de la ou des collectivités.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à marchés subséquents de la DGALN. Mis en concurrence pour chacun des Ateliers Locaux dans le cadre des marchés subséquents, les groupements formulent une offre d&amp;#039;accompagnement spécifique. L&amp;#039;équipe est sélectionnée de manière collégiale par le service déconcentré qui pilote de l&amp;#039;Atelier, le cas échéant avec l&amp;#039;opérateur de l&amp;#039;État associé, et la ou les collectivités concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 1
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LANCEMENT &amp;amp; CADRAGE : passation du marché subséquent et réunion de cadrage
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°1 : établissement d&amp;#039;un diagnostic et des enjeux
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°2 : définition d&amp;#039;une stratégie
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 4
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°3 : élaboration d&amp;#039;une feuille de route
+&lt;/p&gt;
+&lt;p&gt;
+ PRODUCTION &amp;amp; RESTITUTION
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Durée totale : 10 à 12 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Nombre de sessions d&amp;#039;ateliers : 3
+&lt;/p&gt;
+&lt;p&gt;
+ Durée des ateliers : 1 à 2 jours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note de cadrage : méthodologie, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  carnet de suivi : déroulé, compte-rendu, propositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport final : synthèse et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  livret de capitalisation
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
-[...1 lines deleted...]
-Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
-[...3 lines deleted...]
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
-Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
-[...6973 lines deleted...]
-Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-International
+Emploi
 Attractivité économique
+Appui méthodologique
+Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
-Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
-Inclusion numérique
-[...1 lines deleted...]
-Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R86" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+ &lt;strong&gt;
+  CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les pièces
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+ &lt;br /&gt;
+ Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Annexe 1 - les dynamiques du territoire
+ &lt;br /&gt;
+ Annexe 2 - les dynamiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Manifestation mutuelle d&amp;#039;intérêt et échange entre la collectivité et la DDT(M) ou la DREAL sur l&amp;#039;opportunité d&amp;#039;une candidature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de contact par les services de l&amp;#039;Etat du bureau des Stratégies territoriales de la DGALN (AD1/DHUP/DGALN) pour échanger sur l&amp;#039;opportunité de la candidature. Si l&amp;#039;opportunité est caractérisée, alors la DGALN transmet la fiche de candidature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature des courriers de soutien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi des documents à la DGALN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>139934</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’une aide pour accompagner, définir, piloter et exploiter un projet dans le domaine de l’eau et de l’assainissement</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>AMO Mission eau-assainissement</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de Cantal Ingénierie &amp;amp; Territoires (CIT) dans le domaine de l&amp;#039;eau et de l&amp;#039;assainissement s&amp;#039;inscrit en complément des missions obligatoires d&amp;#039;assistance technique réalisées par la MAGE (Mission d&amp;#039;Assistance à la Gestion de l&amp;#039;Eau) du département, en proposant des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Eau Potable : la création et l&amp;#039;aménagement d&amp;#039;ouvrages d&amp;#039;eau potable (captages réservoirs, stations de pompage), la mise en place de traitement de potabilisation, de travaux d&amp;#039;interconnexion de réseaux, de mise en place de compteurs de sectorisation et de télésurveillance, la passation de contrats de prestation ou de concession,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assainissement Collectif : des travaux de mise en séparatif ou de réhabilitation de réseaux de collecte, la création ou la réhabilitation de systèmes de traitement des eaux usées, la mise en place de dispositifs d&amp;#039;auto surveillance et/ou de mesure, la passation de contrats de prestation ou de concession.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réalisation d&amp;#039;études dans le domaine de l&amp;#039;eau : diagnostic de réseaux et d&amp;#039;ouvrages, études de valorisation des boues, révision de zonage, étude de gouvernance préalable à un transfert de compétences
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Transition énergétique
+Equipement public
+Appui méthodologique
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre adhérent à CIT
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conventionnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T86" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X86" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...8 lines deleted...]
- 01.87.15.83.02
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/683e-beneficier-dune-aide-pour-accompagner-definir/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>139927</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -19369,2916 +22943,1872 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P87" s="1" t="inlineStr">
+      <c r="P116" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q87" s="1" t="inlineStr">
+      <c r="Q116" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R87" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G88" s="1" t="inlineStr">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>131013</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"-  Grand Est</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...10 lines deleted...]
-      <c r="K88" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
-[...2 lines deleted...]
- L&amp;#039;intervention de Cantal Ingénierie &amp;amp; Territoires (CIT) dans le domaine de l&amp;#039;eau et de l&amp;#039;assainissement s&amp;#039;inscrit en complément des missions obligatoires d&amp;#039;assistance technique réalisées par la MAGE (Mission d&amp;#039;Assistance à la Gestion de l&amp;#039;Eau) du département, en proposant des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M88" s="1" t="inlineStr">
+      <c r="M117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...15 lines deleted...]
-          <t>Eau potable
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
-Transition énergétique
-Equipement public
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
 Appui méthodologique
-Milieux humides</t>
-[...2 lines deleted...]
-      <c r="O88" s="1" t="inlineStr">
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...30 lines deleted...]
-      <c r="X88" s="1" t="inlineStr">
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/grand-est</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- cit&amp;#64;cantal.fr
-[...2 lines deleted...]
- 04 71 45 27 27
+ &lt;strong&gt;
+  Région Grand Est
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nassera Deroueche
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 61 66 91
+&lt;/p&gt;
+&lt;p&gt;
+ nassera.deroueche&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Office français de la biodiversité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ David Monnier
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 62 86 07
+&lt;/p&gt;
+&lt;p&gt;
+ david.monnier&amp;#64;ofb.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b9d5-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G89" s="1" t="inlineStr">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>131012</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Union régionale des Centres permanents d'Initiative pour l'Environnement - Hauts-de-France (CPIE)</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/hauts-de-france</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;animation régionale du dispositif par l&amp;#039;URCPIE Hauts-de-France :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr" target="_self"&gt;
+  animation-ten&amp;#64;cpie-hautsdefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3266-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>131011</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Occitanie</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/formulaire-de-candidature-2023-territoires-engages</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cécile BEDEL
+&lt;/p&gt;
+&lt;p&gt;
+ Agence Régionale de la Biodiversité Occitanie
+&lt;/p&gt;
+&lt;p&gt;
+ 05 61 39 67 94
+&lt;/p&gt;
+&lt;p&gt;
+ cecile.bedel&amp;#64;arb-occitanie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/219b-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>131010</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Normandie</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Guillaume Salagnac
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission Mobilisation des collectivités - Territoires engagés pour la nature
+&lt;/p&gt;
+&lt;p&gt;
+ Agence normande de la biodiversité et du développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Tel. : 02 35 15 78 02
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : guillaume.salagnac&amp;#64;anbdd.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/62d4-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>131009</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W121" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Benjamin Virely
+&lt;/p&gt;
+&lt;p&gt;
+ Agence régionale de la biodiversité Centre-Val de Loire
+&lt;/p&gt;
+&lt;p&gt;
+ 09 70 72 40 12
+&lt;/p&gt;
+&lt;p&gt;
+ benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df17-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>131004</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bretagne</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W122" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Anne-Hélène LE DU
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable du Pôle ingénierie de projets
+&lt;/p&gt;
+&lt;p&gt;
+ 06 02 19 65 28
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  annehelene.ledu&amp;#64;biodiversite.bzh
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e4e3-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>131003</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bourgogne Franche-Comté</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W123" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bruno Dorbani
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chef du service TerritoireChef du service Territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Agence Régionale de la Biodiversité de Bourgogne-Franche-Comté
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  bruno.dorbani&amp;#64;arb-bfc.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a952-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>131002</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W124" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Stéphanie GARRIDO / Thomas FOUREST
+&lt;/p&gt;
+&lt;p&gt;
+ ARBE
+&lt;/p&gt;
+&lt;p&gt;
+ 04.42.90.90.60-54 / 04.42.90.90.66
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a target="_self"&gt;
+   ville-nature&amp;#64;arbe-regionsud.org
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32a9-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
-[...14 lines deleted...]
-&lt;/h4&gt;
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  OBJECTIFS
+  Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...22 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
-[...113 lines deleted...]
-  livret de capitalisation
+  Durée :
+  3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
+Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
+Musée
+Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
+Education et renforcement des compétences
 Alimentation
 Commerces et services
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-Emploi
+International
 Attractivité économique
-Appui méthodologique
-Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
+Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...79 lines deleted...]
- &lt;br /&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
-[...142 lines deleted...]
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T90" s="1" t="inlineStr">
-[...153 lines deleted...]
-      <c r="T91" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
-[...251 lines deleted...]
-      <c r="L93" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Votre besoin
+  Email :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...20 lines deleted...]
-&lt;/ul&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Nos atouts
+  Téléphone :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...91 lines deleted...]
- Prise en compte des zones humides dans la gestion intégrée du bassin versant (rôles, fonctions hydrauliques), des coûts de gestion et de restauration.
+ 01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
-[...53 lines deleted...]
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-[...1198 lines deleted...]
-      <c r="G101" s="1" t="inlineStr">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K101" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I126" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J126" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;urbanisation et l&amp;#039;imperméabilisation croissante des sols engendrent et accentuent les phénomènes d&amp;#039;inondations et de pollutions des milieux aquatiques. Le changement climatique renforce les risques liés à ces phénomènes.
-[...177 lines deleted...]
- En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
-[...128 lines deleted...]
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -22295,1659 +24825,10495 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
-[...55 lines deleted...]
-      <c r="X102" s="1" t="inlineStr">
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P126" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q126" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Email
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
  &lt;/strong&gt;
- : projets&amp;#64;villyz.fr
-&lt;/p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Téléphone
+  Sont aussi éligibles :
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
-[...12 lines deleted...]
-      <c r="AA102" s="1" t="inlineStr">
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G103" s="1" t="inlineStr">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>120427</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la réalisation d'études et de travaux dans les domaines de l'eau potable et de l'assainissement collectif</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>EAU POTABLE</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H103" s="1" t="inlineStr">
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I103" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L103" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 70</t>
+        </is>
+      </c>
+      <c r="J127" s="1" t="inlineStr">
+        <is>
+          <t>En fonction de la nature de l'investissement, de la situation géographique de la collectivité</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  CONTENU DU PROGRAMME
+  Objectif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Sont subventionnées toutes les dépenses d&amp;#039;investissement relatives aux études, schémas et travaux en vue de la réalisation des objectifs suivants :
-[...184 lines deleted...]
-&lt;/h3&gt;
+ Accompagner les collectivités éligibles dans la réalisation d&amp;#039;études et de travaux dans les domaines de l&amp;#039;eau potable et de l&amp;#039;assainissement  collectif contribuant à l&amp;#039;amélioration et à l&amp;#039;optimisation des services publics d&amp;#039;eau et d&amp;#039;assainissement, aux économies d&amp;#039;eau et à l&amp;#039;amélioration de la qualité des milieux.
+&lt;/p&gt;
+&lt;h4&gt;
+ Type d&amp;#039;aide et montant
+&lt;/h4&gt;
 &lt;p&gt;
  Subventions d&amp;#039;investissement.
 &lt;/p&gt;
-&lt;h3&gt;
-[...34 lines deleted...]
-&lt;h3&gt;
+&lt;p&gt;
+ Taux : En fonction, de la nature de l&amp;#039;investissement, de la situation géographique de la collectivité et de son potentiel financier (de 10% à 70%).
+&lt;/p&gt;
+&lt;h4&gt;
  Pièces constitutives du dossier
-&lt;/h3&gt;
-[...8 lines deleted...]
-&lt;h3&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour les études : note de contexte, cahier des charges de l&amp;#039;étude, estimation financière, délibération
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux : note de contexte détaillée permettant d&amp;#039;identifier la pertinence de l&amp;#039;opération, schéma ou étude diagnostic, avant-projet, avec chiffrage détaillé, délibération
+&lt;/p&gt;
+&lt;h4&gt;
  Instruction des dossiers_Demande dématérialisée
-&lt;/h3&gt;
+&lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu, la mise en œuvre des études ou des travaux ne pouvant démarrer avant la réception d&amp;#039;un accusé de réception l&amp;#039;autorisant.
-&lt;/p&gt;
-&lt;p&gt;
+ &lt;br /&gt;
  Dépôt dématérialisé via la plateforme
  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
   Drôme Démat&amp;#039;
  &lt;/a&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Téléservice :
   &lt;/strong&gt;
   Environnement et énergie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Eau potable et/ou assainissement collectif
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...8 lines deleted...]
-&lt;h3&gt;
+&lt;h4&gt;
  Versement
-&lt;/h3&gt;
-[...22 lines deleted...]
- Dispositif approuvé par délibération du 20 février 2023
+&lt;/h4&gt;
+&lt;p&gt;
+ Selon l&amp;#039;étendue de l&amp;#039;opération et la nature des fonds, tel qu&amp;#039;indiqué dans l&amp;#039;annexe au règlement
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Les études de type diagnostic et schémas directeurs ainsi que les travaux associés à ces études.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Les travaux de sécurisation de la ressource en eau en quantité et en qualité et d&amp;#039;amélioration fondamentales du fonctionnement des réseaux d&amp;#039;eau potable, tels qu&amp;#039;identifiés dans les schémas directeurs d&amp;#039;eau potable ou les diagnostics lorsque les schémas ont moins de 10 ans.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Les travaux de mise en conformité et mise en séparatif des réseaux d&amp;#039;assainissement collectif et de mise en œuvre de l&amp;#039;assainissement collectif, tels qu&amp;#039;identifiés dans les schémas directeurs d&amp;#039;assainissement ou les diagnostics lorsque les schémas ont moins de 10 ans.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Dépenses HT en lien avec les prestations éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>&lt;h3&gt;
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exclusions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus les extensions et les renouvellements des réseaux d&amp;#039;eau potable, les réseaux d&amp;#039;eaux pluviales, l&amp;#039;assainissement non collectif, le renouvellement d&amp;#039;équipements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les communes de moins de 5 000 habitants et les EPCI de moins de 50 000 habitants et, les syndicats d&amp;#039;eau et d&amp;#039;assainissement sous condition.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/eau-potable/</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Audrey BONNEFOY,
+ Cheffe de Service  :
+  Tél : 04 75 79 82 63
+&lt;/p&gt;
+&lt;p&gt;
+ Nicolas RICCIO,
+ Chargé de la Programmation des aides,
+  Tél : 04 75 79 81 29
+ –
+ &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+  nriccio&amp;#64;ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b062-eau-potable-et-assainissement/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>120435</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la diffusion de technologies utilisant l'énergie solaire à des fins thermiques</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>ENERGIES RENOUVELABLES DEVELOPPEMENT DE L'ENERGIE SOLAIRE THERMIQUE</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ Favoriser la diffusion de technologies utilisant l&amp;#039;énergie solaire à des fins thermiques (eau chaude sanitaire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide et montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type : Subvention d&amp;#039;Investissement
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics
+  &lt;/strong&gt;
+  : communes : taux du règlement d&amp;#039;aide aux territoires drômois en vigueur, majoré de 10%,  appliqué sur le montant HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics
+  &lt;/strong&gt;
+  : EPCI : 30 % (taux du règlement d&amp;#039;aide aux territoires drômois en vigueur,  majoré de 10 % pour l&amp;#039;utilisation d&amp;#039;énergies renouvelables), appliqué sur le montant HT.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics du secteur du logement social
+  &lt;/strong&gt;
+  : complément des aides ADEME / Région dans la limite du plafond d‘aides publiques autorisé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide Départementale plafonnée à 50 % du montant HT ou TTC des travaux selon le régime de TVA du Maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;h4&gt;
+ Instruction des dossiers - Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ Par le Service Environnement Sports Nature qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accuse réception du dossier et de sa date de dépôt,
+ &lt;/li&gt;
+ &lt;li&gt;
+  instruit avec consultation d&amp;#039;administrations ou d&amp;#039;organismes partenaires si nécessaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  notifie la subvention au maître d&amp;#039;ouvrage, après vote en Commission permanente ; sont précisés le montant de la subvention attribuée, sa validité, les justificatifs que le maître d&amp;#039;ouvrage devra transmettre au Département pour déclencher le paiement de la subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A noter
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont susceptibles d&amp;#039;être financés dans
+ &lt;strong&gt;
+  la limite des crédits disponibles.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas de projets importants, il est conseillé aux demandeurs d&amp;#039;informer et d&amp;#039;associer le Département le plus en amont possible, dès l&amp;#039;élaboration du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Energie et Déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Au vu d&amp;#039;une demande de versement de la subvention attribuée, accompagnée de la (des) facture(s)
+ &lt;a&gt;
+  [1]
+ &lt;/a&gt;
+ et de l&amp;#039;attestation de mise en service signées du maître d&amp;#039;ouvrage et de l&amp;#039;installateur, ainsi que d&amp;#039;une photo de l&amp;#039;installation
+ &lt;em&gt;
+  .
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement se fait dans la limite des crédits de paiements inscrits au budget départemental, et peut-être étalé dans le temps en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention peut se faire, pour les bénéficiaires de droit public  (communes, groupements de communes, syndicats mixtes, ASA, Établissements Public, Chambres Consulaires...) selon :
+&lt;/p&gt;
+&lt;p&gt;
+ 1)
+ &lt;strong&gt;
+  Acomptes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des acomptes de subvention pourront être versés au fur et à mesure de la réalisation de l&amp;#039;opération au vu, pour les bénéficiaires de droit public : des états d&amp;#039;avancement, visés par le Maître d&amp;#039;Ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le total des acomptes
+ &lt;/strong&gt;
+ versés au vu d&amp;#039;états d&amp;#039;avancements
+ &lt;strong&gt;
+  ne pourra excéder 80 %
+ &lt;/strong&gt;
+ de la subvention départementale prévue.
+&lt;/p&gt;
+&lt;p&gt;
+ Au delà de 80 %, il pourra être versé des acomptes
+ &lt;strong&gt;
+  jusqu&amp;#039;à 95 %
+ &lt;/strong&gt;
+ de la subvention départementale prévue,
+ &lt;strong&gt;
+  au vu de justificatifs de dépenses
+ &lt;/strong&gt;
+ , de même nature que les pièces nécessaires au solde.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois il ne sera pas versé d&amp;#039;acomptes d&amp;#039;un montant inférieur à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   1 000 €
+  &lt;/strong&gt;
+  pour les bénéficiaires de droit privé (particuliers, associations,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   2 000 €
+  &lt;/strong&gt;
+  pour les bénéficiaires de droit public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2)
+ &lt;strong&gt;
+  Solde de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera soldée au vu des justificatifs de dépenses arrivés au Conseil Départemental avant la date de
+ &lt;em&gt;
+  fin
+ &lt;/em&gt;
+ de validité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant définitif de la subvention à verser sera arrêté au prorata des dépenses réellement justifiées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les justificatifs de dépenses à fournir en
+ &lt;strong&gt;
+  &lt;em&gt;
+   1 exemplaire
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ sont pour les bénéficiaires de droit public,  les suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ – attestation d&amp;#039;achèvement ou de mise en service, établie par le Maître d&amp;#039;Ouvrage, et certifiant une réalisation conforme à l&amp;#039;opération subventionnée (cette attestation peut-être intégrée dans le certificat justificatif de dépenses).
+&lt;/p&gt;
+&lt;p&gt;
+ – justificatifs des dépenses (signés en original)
+&lt;/p&gt;
+&lt;p&gt;
+ – certificat du maire ou du président – (ordonnateur des dépenses du bénéficiaire de droit public) indiquant le montant total HT et TTC des dépenses réalisées éligibles pour l&amp;#039;opération subventionnée, ainsi que la liste détaillée des justificatifs de dépenses correspondantes (références des factures ou décomptes – date – prestataires – objet – montant HT et TTC).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : les factures et décomptes ne sont pas à transmettre au Département, mais doivent être tenus à sa disposition pour consultation éventuelle sur sa demande.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  [1]
+ &lt;/a&gt;
+ la facturation doit être postérieure à la date de réception du dossier complet par le Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chauffe-Eau Solaires Collectifs (surface efficace de capteurs &amp;gt; 7 m 2 ).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant HT ou TTC selon le régime de TVA du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ A noter :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Obligation de pose du matériel par un installateur qualité RGE « Reconnu Garant de l&amp;#039;Environnement »
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    nécessité d&amp;#039;une étude de faisabilité pour les installations collectives,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Mise en place d&amp;#039;un comptage (équipements) et mise en place d&amp;#039;un plan de suivi et analyse (interne ou externe).
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exclusions / Ne sont pas éligibles :
+ &lt;/strong&gt;
+ Programmes neufs des promoteurs immobiliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage public du secteur du logement social.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage publics.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/energies-renouvelables-developpement-de-lenergie-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Environnement – Service Environnement Sports Nature
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chef de Service Mme
+ &lt;strong&gt;
+  Isabelle POCHELON
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Chargée de l&amp;#039;instruction
+ &lt;strong&gt;
+  Monique VOLLE
+ &lt;/strong&gt;
+ –
+ &lt;strong&gt;
+  Tél : 04.75.79.81.76
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9e1a-energies-renouvelables-developpement-de-lener/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>120436</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'amélioration et la restauration du fonctionnement des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>TRAVAUX EN RIVIERES</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I129" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participer à la réalisation de travaux permettant l&amp;#039;amélioration et la restauration du fonctionnement des cours d&amp;#039;eau et des milieux aquatiques, les travaux à réaliser devant avoir été identifiés comme dans le cadre d&amp;#039;études préalables.
+&lt;/p&gt;
+&lt;h4&gt;
+ Type d&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ Type : subvention d&amp;#039;Investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux de base
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+ – 25 % pour les travaux d&amp;#039;entretien
+ &lt;br /&gt;
+ – 15 % pour les autres travaux GEMAPI
+&lt;/p&gt;
+&lt;p&gt;
+ Ce taux de base est complété par un taux complémentaire selon des critères territoriaux pour les collectivités ayant mis en place la taxe GEMAPI ; pour les collectivités n&amp;#039;ayant pas mise en œuvre la taxe GEMAPI et  ne bénéficiant pas d&amp;#039;un taux complémentaire, le taux de base passe à 15%.
+&lt;/p&gt;
+&lt;p&gt;
+ Il n&amp;#039;y a pas de taux de base pour  les travaux à réaliser à la suite de dégâts d&amp;#039;orage, leur financement dépendant de leur éligibilité potentielle et étant décidé au cas par cas.
+&lt;/p&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;p&gt;
+ Délibération de la collectivité  approuvant les travaux et demandant une aide financière à laquelle doivent être joints le dossier technique concernant les travaux à réaliser (PPE, AVP par exemple), leur coût et le plan de financement prévisionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Se référer aux annexes du règlement Rivières pour les pièces complémentaires.
+&lt;/p&gt;
+&lt;h4&gt;
+ Instruction des dossiers - Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu, l&amp;#039;étude ne pouvant démarrer avant la réception d&amp;#039;un accusé de réception l&amp;#039;autorisant.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Aménagements et travaux de rivières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Selon les dispositions du règlement départemental Rivières du 18 novembre 2019
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
-&lt;/h3&gt;
-[...3 lines deleted...]
- &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   L&amp;#039;éligibilité des projets est conditionnée par le prix de l&amp;#039;eau : pour les travaux et pour les études, le prix  de l&amp;#039;eau minimum doit être supérieur ou égal à 1 € HT / m3 (part assainissement et hors redevance agence de l&amp;#039;eau).
+   &lt;span&gt;
+    Travaux d&amp;#039;entretien dans le cadre de plans pluriannuels d&amp;#039;entretien, ceux-ci pouvant être réalisés en régie, par des entreprises de travaux ou encore des entreprises/associations d&amp;#039;insertion
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Travaux visant à la restauration du fonctionnement des cours d&amp;#039;eau : hydraulique et géomorphologie
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Travaux visant à l&amp;#039;amélioration ou le renforcement de la biodiversité
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Travaux suite aux dégâts d&amp;#039;orage selon décision de l&amp;#039;assemblée départementale
+   &lt;/span&gt;
+   &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
- Pour les communes pratiquant, par dérogation préfectorale, un prix au forfait, celui-ci sera ramené à un prix au mètre cube, en considérant un volume moyen de 120m3 /an/ abonné.
-[...9 lines deleted...]
-&lt;p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépenses subventionnables
+  &lt;/strong&gt;
+  : HT ou TTC pour les études sans récupération de TVA.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  Nature des opérations éligibles pour les études :
+  Exclusions (liste non exhaustive)
  &lt;/strong&gt;
- &lt;br /&gt;
-[...22 lines deleted...]
- &lt;/ul&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux de protection ou prévention des inondations.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux relatifs à la gestion des eaux pluviales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux, d&amp;#039;une manière générale, n&amp;#039;entrant pas dans les catégories éligibles
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Nature des opérations éligibles pour les travaux prioritaires :
+  Bénéficiaires :
  &lt;/strong&gt;
- &lt;br /&gt;
-[...174 lines deleted...]
- Les collectivités territoriales et leurs groupements : communes, EPCI, syndicats d&amp;#039;eau, sous conditions
+&lt;/p&gt;
+&lt;p&gt;
+ EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
-[...19 lines deleted...]
- &lt;/strong&gt;
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/travaux-en-rivieres/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Audrey BONNEFOY,
- Cheffe de Service  :
-   Tél : 04 75 79 82 63
+ Chef de Service –
+  Tél : 04 75 79 82 63
 &lt;/p&gt;
 &lt;p&gt;
  Nicolas RICCIO,
  Chargé de la Programmation des aides,
-   Tél : 04 75 79 81 29
-[...2 lines deleted...]
-  nriccio&amp;#64;ladrome.fr
+  Tél : 04 75 79 81 29
+ –
+ &lt;strong&gt;
+  &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+   nriccio&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ac9-travaux-en-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>120437</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la réalisation d'études préalables aux contrats de rivières ou autres démarches d’ensemble a l’échelle du bassin versant</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>ETUDES PREALABLES AUX CONTRATS DE RIVIERES OU AUTRES DEMARCHES D'ENSEMBLE A L'ECHELLE DU BASSIN VERSANT</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I130" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aider les collectivités engagées dans la démarche « contrat de rivières» ou plus largement de bassin versant à réaliser des études préalables nécessaires à l&amp;#039;élaboration de diagnostics et du programme d&amp;#039;actions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type : Investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant et aux de l&amp;#039;aide :
+ &lt;/strong&gt;
+ 15%
+&lt;/p&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Délibération de la collectivité  approuvant le projet  et demandant une aide financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier technique comprenant un mémoire explicatif, un devis estimatif et un plan de financement prévisionnel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Instruction des dossiers - Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
  &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et énergie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Aménagements et travaux de rivières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Application Règlement Général Financier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Volet amélioration de la qualité de l&amp;#039;eau : étude de synthèse des schémas communaux d&amp;#039;assainissement, étude de la pollution diffuse d&amp;#039;origine agricole, étude sur la gestion quantitative de la ressource en eau, ...
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Volet risques hydrauliques, restauration et valorisation des milieux aquatiques : plan de gestion des transports solides, étude globale du fonctionnement du cours d&amp;#039;eau à l&amp;#039;échelle du bassin versant, étude de mise en place de bandes enherbées.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+ : Dépenses HT ( ou TTC si non récupération de la TVA).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exclusions / Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des études :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  liées aux rejets industriels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;expertise des digues ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de mise en valeur des paysages, du patrimoine bâti lié à l&amp;#039;eau, de création de maisons
+ &lt;/li&gt;
+ &lt;li&gt;
+  thématiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sur le ruissellement et le pluvial ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour la mise en place d&amp;#039;un réseau de mesures des débits.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;span&gt;
+  : Communes rurales et leurs groupements.
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/etudes-prealables-aux-contrats-de-rivieres-ou-autres-demarches-densemble-a-lechelle-du-bassin-versant/</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+&lt;/p&gt;
+&lt;p&gt;
+ Audrey BONNEFOY, Cheffe de Service
+  : Tél : 04 75 79 82 63
+ &lt;br /&gt;
+ Nicolas RICCIO, Chargé de la Programmation des aides
+  , Tél : 04 75 79 81 29 –
+ &lt;strong&gt;
+  &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+   nriccio&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2e2c-etudes-prealables-aux-contrats-de-rivieres-ou/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G105" s="1" t="inlineStr">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...14 lines deleted...]
-      <c r="K105" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
-[...3 lines deleted...]
- La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
-[...17 lines deleted...]
-  la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
-[...82 lines deleted...]
-      <c r="X105" s="1" t="inlineStr">
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Adresse du service territorial (Référents territoriaux)
-[...295 lines deleted...]
-      <c r="N107" s="1" t="inlineStr">
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Education et renforcement des compétences
 Alimentation
-Commerces et services
-Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-[...1 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
 Attractivité économique
-Artisanat
+Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
-Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P107" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être une commune rurale de l&amp;#039;Essonne
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>121461</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Eduquer au territoire et à l'environnement</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Education au territoire et à l'environnement</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le syndicat mixte du PNR des Baronnies provençales met en relation un réseau de professionnels susceptibles d&amp;#039;intervenir dans les écoles, les collèges, les lycées et les centres de loisirs et de vacances dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement, avec les communautés pédagogiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les interventions des professionnels sont financées grâce à des subventions régionales gérées par le syndicat mixte du Parc. Les professionnels et les enseignants entrent ainsi dans un réseau de professionnels qui peut bénéficier de formations dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement. Les projets sont valorisés dans plusieurs médias portés par le syndicat mixte du Parc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ À Taulignan , la classe de Quentin Sanchez est partie sur les traces du patrimoine local grâce à l&amp;#039;œil aiguisé de la photographe Anna Puig - Rosado de l&amp;#039;Atelier Bildo photo. Mêlant histoire moderne et découverte de la photographie, les élèves de CE1- CE2 ont étudié de vieilles cartes postales du village et les lieux représentés. À partir de ces prises de vue, ils se sont concrètement aperçus des changements qu&amp;#039;a connus le village : la filature est devenue salle d&amp;#039;escalade, la gare est devenue gendarmerie, etc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se trouver dans le périmètre classé du Parc naturel régional des Baronnies provençales, se trouver dans une ville-porte du Parc
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>PNR des Baronnies provençales (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.baronnies-provencales.fr/publication/le-petit-baroniard-2021/</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Matthieu MORARD
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission éducation au territoire et à l&amp;#039;environnement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ mmorard&amp;#64;baronnies-provencales.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04.75.26.79.03
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>eruin@baronnies-provencales.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/300e-education-au-territoire-et-a-lenvironnement/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>126135</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une assistance technique en matière d'eau potable et/ou d'assainissement</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Assistance technique départementale Domaine Eau et Assainissement</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les missions proposées permettent d&amp;#039;aider les collectivités à la gestion patrimoniale et à l&amp;#039;amélioration de l&amp;#039;exploitation des systèmes d&amp;#039;assainissement collectif ainsi que des installations d&amp;#039;eau potable. Cela comprend, par exemple, des visites sur site avec des analyses d&amp;#039;eaux usées, des conseils pour l&amp;#039;entretien des ouvrages d&amp;#039;épuration ou d&amp;#039;alimentation en eau potable, des appareillages électromécaniques, des réglages, des rejets dans le milieu naturel, des bilans de fonctionnement, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément, certains EPCI &amp;lt; 40 000 habitants pour lesquels la convention type ne serait pas appropriée pourront solliciter un accompagnement particulier et se voir proposer une convention spécifique soumise à la validation de la commission permanente selon des modalités techniques et financières adaptées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Retenir l&amp;#039;éligibilité des communes rurales et des EPCI de moins de 40 000 habitants à l&amp;#039;assistance technique définie dans la convention type figurant en annexe 1 et d&amp;#039;en exclure les EPCI de plus de 40 000 habitants éligibles du fait du critère « zone de montagne »
+  &lt;/li&gt;
+  &lt;li&gt;
+   Autoriser ces EPCI de plus de 40 000 habitants à solliciter un accompagnement spécifique et adapté à leurs besoins. Cette demande sera instruite par les services départementaux et les modalités de l&amp;#039;assistance technique feront l&amp;#039;objet d&amp;#039;une convention spécifique soumise à l&amp;#039;approbation de la commission permanente
+  &lt;/li&gt;
+  &lt;li&gt;
+   Autoriser les EPCI de moins de 40 000 habitants pour lesquels la convention type n&amp;#039;est pas appropriée, à solliciter un accompagnement spécifique et adapté à leurs besoins. Cette demande sera instruite par les services départementaux et les modalités de l&amp;#039;assistance technique feront l&amp;#039;objet d&amp;#039;une convention spécifique soumise à l&amp;#039;approbation de la commission permanente
+  &lt;/li&gt;
+  &lt;li&gt;
+   Exclure du bénéfice de l&amp;#039;assistance technique les EPCI en délégation de service public pour l&amp;#039;intégralité de leurs équipements d&amp;#039;eau potable.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/ci_537149/fr/preservation-de-la-qualite-de-l-eau#niveau_5</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Eau Environnement Forêt Agriculture
+&lt;/p&gt;
+&lt;p&gt;
+ Mission d&amp;#039;assistance à la gestion de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ MAGE : 04 77 12 52 38
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mage&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  mage&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5dbc-obtenir-une-assistance-technique-en-matiere-d/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-[...31 lines deleted...]
-      <c r="K108" s="1" t="inlineStr">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>126137</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Fond de solidarité - Enveloppes de solidarité</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I134" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J134" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="N108" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
-Sols
 Espaces verts
 Espace public
-Friche
-Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
-[...1 lines deleted...]
-Commerces et services
 Technologies numériques et numérisation
+Tiers-lieux
 Revitalisation
-Risques naturels
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Attractivité économique
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W134" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>120382</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Financer les postes d'animateurs de contrats de milieux à l'échelle des bassins versants drômois dans la limite d'un ETP par bassin versant</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>POSTES D'ANIMATION RIVIERES</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;p&gt;
+ Financer les postes d&amp;#039;animateurs de contrats de milieux à l&amp;#039;échelle des bassins versants drômois dans la limite d&amp;#039;un ETP par bassin versant.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention de fonctionnement
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Forfait et salaire chargés de l&amp;#039;agent concerné.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Pourcentage ETP appliqué au forfait (11 500 €) et à 10 % du salaire chargé.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération de la collectivité demandant une aide financière à laquelle doivent être joints les éléments indiqués dans les annexes du règlement Rivières pour les pièces complémentaires.
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
+ er
+ trimestre de l&amp;#039;année n.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Postes d&amp;#039;animation rivières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Selon les dispositions du règlement départemental Rivières du 18 novembre 2019
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Règlement départemental Rivières du 18 novembre 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Poste d&amp;#039;animateur de contrat de milieu dans la limite d&amp;#039;un ETP par bassin versant mais aussi au prorata du temps passé sur l&amp;#039;animation et sur le territoire drômois.
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions (liste non exhaustive)
+&lt;/h3&gt;
+&lt;p&gt;
+ – Les postes de techniciens rivières.
+ &lt;br /&gt;
+ – Les postes de direction
+ &lt;br /&gt;
+ – Les postes d&amp;#039;animateurs de démarches ne concernant pas le bassin versant dans sa totalité
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/postes-danimation-rivieres/</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Audrey BONNEFOY,
+ &lt;/strong&gt;
+ Cheffe de Service :
+ &lt;strong&gt;
+  Tél : 04 75 79 82 63
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nicolas RICCIO,
+ &lt;/strong&gt;
+ Chargé de la Programmation des aides,
+ &lt;strong&gt;
+  Tél : 04 75 79 81 29 –
+  &lt;a rel="noopener" target="_blank"&gt;
+   nriccio&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/31d8-postes-danimation-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>120383</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer financièrement à la réalisation d'études permettant soit la réalisation ultérieure de travaux destinés à l'amélioration de l'état et du fonctionnement des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>ETUDES RIVIERES</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I136" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;p&gt;
+ Contribuer financièrement à la réalisation d&amp;#039;études  permettant  soit la réalisation ultérieure de travaux destinés à l&amp;#039;amélioration de l&amp;#039;état et du fonctionnement des cours d&amp;#039;eau et des milieux aquatiques (travaux d&amp;#039;entretien, hydrauliques, géomorphologiques ou relatif à la biodiversité)  soit l&amp;#039;élaboration, la mise à jour ou la mise en œuvre de contrats de milieux (SAGE, contrats de rivières) ou de plans d&amp;#039;actions (PAPI, ...). Toutes les études sont à relier aux items de l&amp;#039;article L 211-7 du Code de l&amp;#039;environnement relatif aux compétences GEMAPI et hors GEMAPI et doivent concerner les bassins versants drômois.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;Investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ HT ou TTC pour les études sans récupération de TVA.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux de base
+ &lt;/strong&gt;
+ : 25 % sauf pour certaines études portées par les collectivités de plus de 80 000 habitants pour lesquelles le taux est ramené à 15 %.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce taux de base est complété par un taux complémentaire selon des critères territoriaux pour les collectivités ayant mis en place la taxe GEMAPI. Pour les collectivités n&amp;#039;ayant pas mise en œuvre la taxe GEMAPI et  ne bénéficiant pas d&amp;#039;un taux complémentaire, le taux de base passe à 15 %.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération de la collectivité  approuvant l&amp;#039;étude et demandant une aide financière à laquelle doivent être joints le dossier technique concernant l&amp;#039;étude (CCTP par exemple), son coût et le plan de financement prévisionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Se référer aux annexes du règlement rivières pour les pièces complémentaires.
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
+ er
+ trimestre de l&amp;#039;année n.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu, l&amp;#039;étude ne pouvant démarrer avant la réception d&amp;#039;un Accusé de Réception l&amp;#039;autorisant.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Aménagement et travaux de rivières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
+ er
+ trimestre de l&amp;#039;année n.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Selon les dispositions du règlement départemental rivières du 18 novembre 2019
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Règlement départemental Rivières du 18 novembre 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  Études dans le cadre du volet GEMAPI
+ &lt;/strong&gt;
+ : plans pluriannuels d&amp;#039;entretien, études géomorphologiques ou hydrauliques, études sur la biodiversité, plans de prévention contre les inondations, études sur les digues
+&lt;/p&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  Études dans le cadre du volet Hors GEMAPI :
+ &lt;/strong&gt;
+ relatives aux contrats de milieu, ...
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions (liste non exhaustive)
+&lt;/h3&gt;
+&lt;p&gt;
+ – Études de mise en valeur des paysages, du patrimoine bâti lié à l&amp;#039;eau, de création de maisons
+&lt;/p&gt;
+&lt;p&gt;
+ – Études non reliées aux items de l&amp;#039;article L 211-7 du Code de l&amp;#039;environnement relatif aux compétences GEMAPI et hors GEMAPI
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants et ceux de plus de 80 000 habitants pour certains types d&amp;#039;études
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/etudes-rivieres/</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Audrey BONNEFOY,
+ &lt;/strong&gt;
+ Cheffe de Service :
+ &lt;strong&gt;
+  Tél : 04 75 79 82 63
+  &lt;br /&gt;
+  Nicolas RICCIO,
+ &lt;/strong&gt;
+ Chargé de la Programmation des aides
+ &lt;strong&gt;
+  ,
+  Tél : 04 75 79 81 29 –
+  &lt;a rel="noopener" target="_blank"&gt;
+   nriccio&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa50-etudes-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>120384</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'acquisition de matériel de mesure pour les rivières</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>ACQUISITION DE MATERIEL DE MESURES RIVIERES</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I137" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;p&gt;
+ Financer l&amp;#039;acquisition de matériel de mesure.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Matériel et formation, le cas échéant, dans la limite de 40 000 € HT.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ 30 % du montant retenu.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération de la collectivité demandant une aide financière à laquelle doivent être joints les éléments indiqués dans les annexes du règlement Rivières pour les pièces complémentaires.
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
+ er
+ trimestre de l&amp;#039;année n.
+ &lt;br /&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Aménagement et travaux de rivières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Selon les dispositions du règlement départemental Rivières du 18 novembre 2019
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Règlement départemental Rivières du 18 novembre 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Tout matériel nécessaire aux mesures quantitatives sur les cours d&amp;#039;eau, aux prélèvements d&amp;#039;eau, à la réalisation de mesures topographiques, hydrologiques, hydrogéologiques, liminimétriques ou encore à l&amp;#039;utilisation de données....
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ – Matériel déjà financé dans un délai inférieur à 5 ans.
+ &lt;br /&gt;
+ – Tout matériel non destiné à la métrologie ou l&amp;#039;acquisition de connaissances
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/acquisition-de-materiel-de-mesures-rivieres/</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Audrey BONNEFOY
+ &lt;/strong&gt;
+ , Cheffe de Service  –
+ &lt;strong&gt;
+  Tél :  04 75 79 82 63
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nicolas RICCIO,
+ &lt;/strong&gt;
+ Chargé de la Programmation des aides,
+ &lt;strong&gt;
+  Tél : 04 75 79 81 29
+ &lt;/strong&gt;
+ –
+ &lt;a rel="noopener" target="_blank"&gt;
+  nriccio&amp;#64;ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f48-acquisition-de-materiel-de-mesure-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>120434</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Développer le bois-énergie, chauffage-bois</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>ENERGIES RENOUVELABLES_Plan bois-énergie et développement Locale</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Promouvoir le chauffage automatisé, collectif ou individuel, fonctionnant au bois plaquettes et le chauffage au bois granulé collectif pour petites unités.
+&lt;/p&gt;
+&lt;h4&gt;
+ Type d&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;Investissement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics
+  &lt;/strong&gt;
+  : Communes : taux du règlement d&amp;#039;aide aux territoires drômois en vigueur, majoré de 10 %, appliqué sur le montant HT du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics
+  &lt;/strong&gt;
+  : EPCI : taux de 30 % (taux du règlement d&amp;#039;aide aux territoires drômois en vigueur, majoré de 10 % pour l&amp;#039;utilisation d&amp;#039;énergies renouvelables) appliqué sur le montant HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maître d&amp;#039;ouvrage public du secteur logement social
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Chaudière bois plaquette  10 % du HT ou TTC selon le régime de TVA du Maître d&amp;#039;Ouvrage &amp;#43; 0 à 15 % du surcoût de la chaufferie bois au regard de la solution de référence définie dans l&amp;#039;étude de faisabilité selon cahier des charges ADEME ;30% du HT plafonné à 1350 € par poêle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaudière bois granulés
+ &lt;/strong&gt;
+ : 30 % du montant HT, plafonnée à 15 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Poêles individuels granulés
+ &lt;/strong&gt;
+ : 30 %  du montant HT plafonnée à 1 350 € par poêle individuel.
+&lt;/p&gt;
+&lt;h4&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ Par le Service Environnement Sports Nature qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accuse réception du dossier et de sa date de dépôt,
+ &lt;/li&gt;
+ &lt;li&gt;
+  instruit avec consultation d&amp;#039;administrations ou d&amp;#039;organismes partenaires si nécessaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  notifie la subvention au maître d&amp;#039;ouvrage, après vote en Commission permanente ; sont précisés le montant de la subvention attribuée, sa validité, les justificatifs que le maître d&amp;#039;ouvrage devra transmettre au Département pour déclencher le paiement de la subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A noter :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont susceptibles d&amp;#039;être financés dans
+ &lt;strong&gt;
+  la limite des crédits disponibles.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas de projets importants, il est conseillé aux demandeurs d&amp;#039;informer et d&amp;#039;associer le Département le plus en amont possible, dès l&amp;#039;élaboration du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Energie et Déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Au vu d&amp;#039;une demande de versement de la subvention attribuée, accompagnée de la (des) facture(s)
+ &lt;a&gt;
+  [1]
+ &lt;/a&gt;
+ et de l&amp;#039;attestation de mise en service signées du maître d&amp;#039;ouvrage et de l&amp;#039;installateur
+ &lt;em&gt;
+  .
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement se fait dans la limite des crédits de paiements inscrits au budget départemental, et peut-être étalé dans le temps en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention peut se faire, pour les bénéficiaires de droit public  (communes, groupements de communes, syndicats mixtes, ASA, Établissements Public, Chambres Consulaires...) selon :
+&lt;/p&gt;
+&lt;p&gt;
+ 1)
+ &lt;strong&gt;
+  Acomptes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des acomptes de subvention pourront être versés au fur et à mesure de la réalisation de l&amp;#039;opération au vu, pour les bénéficiaires de droit public : des états d&amp;#039;avancement, visés par le Maître d&amp;#039;Ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le total des acomptes
+ &lt;/strong&gt;
+ versés au vu d&amp;#039;états d&amp;#039;avancements
+ &lt;strong&gt;
+  ne pourra excéder 80 %
+ &lt;/strong&gt;
+ de la subvention départementale prévue.
+&lt;/p&gt;
+&lt;p&gt;
+ Au delà de 80%, il pourra être versé des acomptes
+ &lt;strong&gt;
+  jusqu&amp;#039;à 9 5%
+ &lt;/strong&gt;
+ de la subvention départementale prévue,
+ &lt;strong&gt;
+  au vu de justificatifs de dépenses
+ &lt;/strong&gt;
+ , de même nature que les pièces nécessaires au solde.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois il ne sera pas versé d&amp;#039;acomptes d&amp;#039;un montant inférieur à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   1 000 €
+  &lt;/strong&gt;
+  pour les bénéficiaires de droit privé (particuliers, associations,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   2 000 €
+  &lt;/strong&gt;
+  pour les bénéficiaires de droit public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2)
+ &lt;strong&gt;
+  Solde de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera soldée au vu des justificatifs de dépenses arrivés au Conseil Départemental avant la date de
+ &lt;em&gt;
+  fin
+ &lt;/em&gt;
+ de validité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant définitif de la subvention à verser sera arrêté au prorata des dépenses réellement justifiées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les justificatifs de dépenses à fournir en
+ &lt;strong&gt;
+  &lt;em&gt;
+   1 exemplaire
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ sont pour les bénéficiaires de droit public,  les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  attestation d&amp;#039;achèvement ou de mise en service, établie par le Maître d&amp;#039;Ouvrage, et certifiant une réalisation conforme à l&amp;#039;opération subventionnée (cette attestation peut-être intégrée dans le certificat justificatif de dépenses).
+ &lt;/li&gt;
+ &lt;li&gt;
+  justificatifs des dépenses (signés en original)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ à certificat du maire ou du président – (ordonnateur des dépenses du bénéficiaire de droit public) indiquant le montant total HT et TTC des dépenses réalisées éligibles pour l&amp;#039;opération subventionnée, ainsi que la liste détaillée des justificatifs de dépenses correspondantes (références des factures ou décomptes – date – prestataires – objet – montant HT et TTC).    NB : les factures et décomptes ne sont pas à transmettre au Département, mais doivent être tenus à sa disposition pour consultation éventuelle sur sa demande.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  [1]
+ &lt;/a&gt;
+ la facturation doit être postérieure à la date de réception du dossier complet par le Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Études et travaux nécessaires à la construction de chaufferies bois collectives fonctionnant au bois plaquettes et de réseaux de chaleur.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Installation des poêles individuels granulés (bouilleur ou non) dans les opérations collectives performantes de petites tailles.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Installation de chaudières granulés pour les petites unités collectives.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Études de faisabilité s&amp;#039;inscrivant dans une approche biomasse globale...
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant HT ou TTC selon le maître d&amp;#039;ouvrage et son régime de TVA.
+&lt;/p&gt;
+&lt;p&gt;
+ A noter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pour les chaudières : le matériel installé doit impérativement bénéficier de la norme NF EN 303.5 ou EN 12809
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Limitation de la pollution par les particules fines : respect du seuil d&amp;#039;émission de poussières de la classe en vigueur de la norme EN 303.5. Le procès verbal d&amp;#039;essai qui caractérise les compositions de fumées devra être fourni par le Maître d&amp;#039;Ouvrage au moment de la demande de versement de la subvention départementale.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pour les poêles, le matériel installé doit impérativement bénéficier d&amp;#039;un label Flamme Verte 5 étoiles et respecter la norme NF EN 14785 ou NF EN 13240/A2.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale s&amp;#039;applique en priorité à la pose de l&amp;#039;installation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exclusions / Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études de faisabilité pour tout bâtiment neuf
+ &lt;/li&gt;
+ &lt;li&gt;
+  les inserts, chaudières à bûches, poêles
+ &lt;/li&gt;
+ &lt;li&gt;
+  les maîtres d&amp;#039;ouvrage qui font de l&amp;#039;auto-approvisionnement c&amp;#039;est-à-dire qui ne font pas appel à un prestataire externe pour extraire et/ou transformer le bois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage publics : Communes : Chaudière bois plaquettes, chaudière bois granulésciaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage publics : EPCI : Chaudière bois plaquettes, chaudière bois granulés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage publics du secteur logement social : Chaudière bois plaquettes, chaudière bois granulés et poêles individuels granulés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/energies-renouvelables_plan-bois-energie-et-developpement-locale/</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Environnement – Service Environnement Sports Nature
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chef de Service :
+ &lt;strong&gt;
+  Isabelle POCHELON
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Chargée de l&amp;#039;instruction
+ &lt;strong&gt;
+  Monique VOLLE
+ &lt;/strong&gt;
+ –
+ &lt;strong&gt;
+  Tél : 04.75.79.81.76
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3657-energies-renouvelables_plan-bois-energie-et-d/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>120298</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des analyses environnementales (eau, air, sol)</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Analyses environnementales</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>La Drôme Laboratoire</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eau, d&amp;#039;air, de sol, dans le cadre de projets d&amp;#039;aménagement du territoire, exploitation de stations d&amp;#039;épuration, gestion des boues d&amp;#039;épuration.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réunion de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la définition des besoins, objectifs et priorités.
+&lt;/p&gt;
+&lt;strong&gt;
+ Analyses environnementales (intervention payante) :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification de pollutions chimiques avant projet d&amp;#039;aménagement du territoire communal ou intercommunal –
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prélèvements et analyses d&amp;#039;eaux, de sols, de boues et de végétaux pour la recherche de contaminants de type métaux lourds, hydrocarbures, pesticides...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyses d&amp;#039;eau de forage ou de puits pour les demandes de permis de construire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Recherche de Substances Dangereuses dans l&amp;#039;eau et les boues pour les stations d&amp;#039;épuration (intervention payante) :
+&lt;/strong&gt;
+&lt;p&gt;
+ Le laboratoire départemental de la Drôme accompagne les exploitants des stations d&amp;#039;épuration pour la recherche et analyse des substances dangereuses dans les échantillons d&amp;#039;eaux résiduaires.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic entrée/sortie, amont/aval de la station: prélèvement, mesures de débit, analyse et rapport d&amp;#039;intervention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation des prélèvements et analyses des boues de STEP en vue de chantiers d&amp;#039;épandage (Cf. Chambre d&amp;#039;agriculture de la Drôme)
+ &lt;/li&gt;
+&lt;/ul&gt;
+Mesures Éco-toxicologiques (intervention payante) :
+&lt;p&gt;
+ Évaluation de la contamination chimique et de la toxicité d&amp;#039;un milieu aquatique (rivières, plans d&amp;#039;eaux, amont/aval de station d&amp;#039;épuration) grâce à l&amp;#039;utilisation de capteurs biologiques « gammares ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats mixtes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Industriels
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/analyses-environnementales/</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Drôme Laboratoire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
+    laboratoire&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04.75.81.70.70
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site :
+   &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
+    www.ladromelaboratoire.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01f6-analyses-environnementales/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>165117</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Ruralités et eau : sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à sécuriser l’accès à l’eau potable pour les collectivités rurales ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les études préalables à la création d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
+&lt;li&gt;Pour les travaux d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
+&lt;li&gt;Si votre projet se situe en ruralité au titre du zonage socle INSEE « zone rurale »&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité ou un groupement de communes&lt;/li&gt;
+&lt;li&gt;Un syndicat compétent en matière d’eau potable&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La réalisation d’études de connaissance : étude de sécurisation de la ressource en eau potable en vue de la réalisation d’interconnexion, analyse financière globale préalable à la réalisation de travaux d’interconnexion&lt;/li&gt;
+&lt;li&gt;La réalisation d’études de conception préalable à la réalisation d’interconnexion (avant travaux, définition de programmation de travaux, AMO, maitrise d’œuvre, etc.)&lt;/li&gt;
+&lt;li&gt;Des travaux d’interconnexion en vue de sécuriser l’alimentation en eau potable&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez aux critères, l’attribution de l’aide n’est pas pour autant automatique. Les dossiers considérés comme complets et répondant aux conditions d’éligibilité seront examinés par un comité technique composé a minima de représentants de la Région Grand-Est et des Agences de l’eau. A cette occasion seront évalués les critères de fragilité territoriale et d’opportunité d’un financement régional.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Taux maximum : &lt;/strong&gt;Analyse au cas par cas&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Une aide complémentaire peut être sollicitée auprès d’autres cofinanceurs (Agence de l’eau, Départements, etc).&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches. Ce premier entretien doit être réalisé avant le dépôt de la demande.&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P140" s="1" t="inlineStr">
+        <is>
+          <t>02/07/2024</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ruralites-acces-eau-potable/</t>
+        </is>
+      </c>
+      <c r="W140" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0290/depot/simple</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez Lajlah LUTHER&lt;/p&gt;&lt;p&gt;lajlah.luther&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 15 65 13&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ruralites-et-eau-securiser-lacces-a-leau-potable-pour-les-collectivites-rurales/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>165118</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Modules Transformants Biodiversité</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Modules Transformants Biodiversité</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez : mener à bien un projet de transformation environnementale, mieux connaître la dépendance et les impacts de vos activités sur la biodiversité, mettre en place une démarche d’amélioration de l’organisation de votre entreprise, faire appel à la reconnaissance nationale « Entreprise Engagée pour la Nature » ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale pouvant aller &lt;strong&gt;jusqu’à 15 500 € :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;des dépenses remboursées &lt;strong&gt;jusqu’à 100% du montant de votre projet&lt;br /&gt;
+&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;une entreprise de toutes tailles (ETP, PME, ETI, grandes entreprises) immatriculée dans le Grand Est, et&lt;/li&gt;
+&lt;li&gt;déployant une activité de production ou de service à l’industrie, de logistique ou de BTP, et&lt;/li&gt;
+&lt;li&gt;en situation financière saine au regard de la réglementation européenne.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et si&lt;strong&gt; vous sélectionnez un prestataire référencé par la Région Grand Est&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.grandest.fr/wp-content/uploads/2024/06/liste-operateurs-references.pdf"&gt;Téléchargez la liste des prestataires référencés pour le module biodiversité&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Pour plus d’information :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/"&gt;Parcours de Transformation&lt;/a&gt;&lt;/li&gt;
+&lt;li&gt;&lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/modules/"&gt;Modules transformants&lt;/a&gt;&lt;/li&gt;
+&lt;li&gt;Distinction « &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;entreprises engagées pour la Nature&lt;/a&gt; »&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;100 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT pour la phase exploratoire (phase 1) dans la limite de 3 000 €.&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;50% &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT pour les phases d’avant-projet (phases 2 et 3) dans la limite de 12 500 €.&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 15 500€.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les&lt;strong&gt; dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;la &lt;strong&gt;prestation de mise en œuvre du module&lt;/strong&gt; Biodiversité par un prestataire référencé&lt;/li&gt;
+&lt;li&gt;les éventuels &lt;strong&gt;frais associ&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;s&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;à cette prestation&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;S&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;lectionnez un &lt;/strong&gt;&lt;a href="https://www.grandest.fr/wp-content/uploads/2024/06/liste-operateurs-references.pdf"&gt;prestataire référencé&lt;/a&gt;&lt;strong&gt; par la Région Grand Es&lt;/strong&gt;&lt;strong&gt;t.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;:&lt;/strong&gt; &lt;strong&gt;tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.&lt;/strong&gt; La signature du devis doit donc être postérieure au dépôt de la demande.&lt;/p&gt;
+&lt;p&gt;En fonction des besoins, une entreprise peut solliciter plusieurs modules, en effectuant des demandes séparées. Les modules s’inscrivent dans la dynamique des Parcours de transformation mis en place par la Région et dans la continuité du &lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/"&gt;diagnostic 360&lt;/a&gt; mais peuvent toutefois être sollicités indépendamment.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P141" s="1" t="inlineStr">
+        <is>
+          <t>24/06/2024</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/modules-transformants-biodiversite/</t>
+        </is>
+      </c>
+      <c r="W141" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0278/depot/simple</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Déposez votre demande en ligne dès sélection d’un devis effectué par un prestataire référencé (devis non signé).&lt;/p&gt;&lt;p&gt;Didier VIDAL BANOS&lt;/p&gt;&lt;p&gt;transformation&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/modules-transformants-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>165123</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer et préserver la biodiversité dans votre village</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Mon village, espace de biodiversité</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="I142" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de restauration et préservation de la biodiversité dans votre village ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 80 % :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Voir conditions particulières dans le règlement&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; Une avance de trésorerie de 50% dès le démarrage de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une commune située en milieu rural (&lt;a href="https://www.datagrandest.fr/tools/territoscope/"&gt;classification INSEE&lt;/a&gt;)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet vise à mettre en œuvre des actions concrètes favorables à la biodiversité tout en favorisant l’adhésion et les prises de conscience, telles que&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Aménagements favorables à la flore et à la faune sauvage (plantations, mares,etc.)&lt;/li&gt;
+&lt;li&gt;Aménagements favorables à la sensibilisation du public (panneaux pédagogiques,etc.)&lt;/li&gt;
+&lt;li&gt;Inventaires faune flore, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales et des critères d’éligibilité du dispositif (cf règlement).&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 80 % du montant des dépenses éligibles &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée à 50 % pour les communes situées dans le périmètre Parcs ou sites Natura 2000&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne au fil de l’eau avant le commencement du projet.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P142" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mon-village-espace-biodiversite/</t>
+        </is>
+      </c>
+      <c r="W142" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0273/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-village-espace-de-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>164936</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les acteurs publics dans l’identification de projet sur l’eau émanant des citoyens</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I143" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toute opération valorisant la contribution des citoyens, intégrant des phases d’analyse sociologique, de tables rondes, débats d’idées, de prototypage d’idées.&lt;br /&gt;L’instruction de la demande portera en particulier sur l’intégration de livrables de type : rapport d’étonnement et d’idées, scénario d’usage, feuille de route…&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-acteurs-publics-dans-lidentification-de-projet-sur-leau-emanant-des-citoyens/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>164934</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Former les citoyens de demain à une gestion durable et concertée de l’eau</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I144" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Interventions pédagogiques en milieu scolaire, périscolaire et extrascolaire visant la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/former-les-citoyens-de-demain-a-une-gestion-durable-et-concertee-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>164932</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser aux enjeux de l’eau</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I145" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Evènementiel (festival, concours, hackathon…), support physique, numérique ou artistique visant à sensibiliser tout public aux enjeux de la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-aux-enjeux-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>165327</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un paiement pour service environnementaux</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>AMI Paiement pour service environnementaux</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J146" s="1" t="inlineStr">
+        <is>
+          <t>70 % pour la phase d’émergence et pour la phase de déploiement du projet PSE, 80% pour la rémunération des services environnementaux rendus par les exploitations agricoles.</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de son 12e programme
+Sauvons l’eau 2025-2030, l’agence de l’eau a lancé le 1er juillet 2025 un appel
+à manifestation d’intérêt doté d’une enveloppe de 50 M€. Ce dispositif vise à
+déployer, sur des territoires volontaires, des paiements pour services
+environnementaux à destination des exploitations agricoles, de manière à
+initier, à l’échelle de leur système, la transition agroécologique et la mise
+en œuvre de changement de pratiques agricoles favorables à la gestion de la
+ressource en eau (qualité et sobriété), des milieux humides et de la
+biodiversité.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets PSE attendus devront concourir à 1 voire 2 des objectifs suivants :&lt;br /&gt;o    sobriété en eau,&lt;br /&gt;o    reconquête de la biodiversité,&lt;br /&gt;o    restauration de la qualité de l’eau,&lt;br /&gt;o    amélioration du fonctionnement des zones humides,&lt;br /&gt;o    amélioration de l’infiltration de l’eau dans les sols.&lt;br /&gt;Ces projets doivent être ambitieux pour la transition agroécologique et présenter à ce titre un certain nombre d’éléments qui seront traduits en critères d’éligibilité et de priorisation lors de la sélection des dossiers. Il est également attendu des territoires ayant déjà bénéficié d’une première expérimentation PSE un niveau d’ambition plus élevé.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Sols
+Agriculture et agroalimentaire
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P146" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q146" s="1" t="inlineStr">
+        <is>
+          <t>30/04/2027</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;voir conditions dans les fiches aides et dans les conditions générales&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_131791/fr/appel-a-manifestation-d-interet-experimentation-de-paiements-pour-services-environnementaux-pse</t>
+        </is>
+      </c>
+      <c r="W146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.eaurmc.fr/Tsa/#/login</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;pse&amp;#64;eaurmc.fr &lt;br /&gt;ou &lt;br /&gt;- Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;- Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;- Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;- Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.champseix@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-paiement-pour-service-environnementaux/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>165173</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les agriculteurs (collectif et/ou individuel)</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement collectif et individuel des agriculteurs</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objet de ce dispositif est de favoriser la mobilisation des 
+agriculteurs vers des changements de pratiques et de systèmes efficaces 
+et durables, par l’accompagnement collectif et/ou individuel (diagnostic
+ d’exploitation et conseil individuel).&lt;/p&gt;
+&lt;p&gt;Ce dispositif d’aide permet également de soutenir, en cohérence avec 
+le plan Ecophyto, des programmes d’actions collectifs de réduction de 
+l’usage, des risques et de l’impact des produits phytosanitaires en 
+favorisant des changements de pratiques efficaces et durables. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P147" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q147" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’accompagnement collectif et individuel des agriculteurs est aidé 
+dans le cadre des accords de territoire, exclusivement sur les 
+territoires identifiés comme prioritaires par le Sdage en vigueur. La 
+liste de ces territoires est détaillée dans la fiche action.&lt;/p&gt;
+&lt;p&gt;Les évolutions accompagnées sont cohérentes avec les enjeux 
+identifiés sur le territoire déclinés dans la stratégie agricole de la 
+démarche territoriale de l’agence de l’eau.&lt;/p&gt;
+&lt;p&gt;Dans le cadre d’Ecophyto, le financement des programmes d’actions est
+ prioritaire dans l’utilisation de l’enveloppe régionale Ecophyto par la
+ gouvernance régionale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr1-accompagnement-collectif-et-individuel-des-agriculteurs.html</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-agriculteurs-collectif-et-ou-individuel/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>165103</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer la qualité des ressources en eau pour l’alimentation en eau potable ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour votre projet retenu à l’AMI Filières favorables à la ressource en eau&lt;/li&gt;
+&lt;li&gt;Pour votre projet sur un territoire faisant l’objet d’une contractualisation avec la Région (SENS 2027, etc.)&lt;/li&gt;
+&lt;li&gt;Pour d’autres projets d’investissement pour la lutte contre les pollutions diffuses&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité territoriale ou un groupement&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une entreprise, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et si votre projet concerne :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le développement de filières de systèmes et cultures à bas niveau d’impact sur la ressource en eau (tous débouchés, tels que l’alimentation, l’énergie, le textile, le bâtiment, le biocontrôle, etc.)&lt;/li&gt;
+&lt;li&gt;La lutte contre les pollutions diffuses permettant la réduction de l’usage des phytosanitaires et la préservation/reconquête de la qualité de l’eau&lt;/li&gt;
+&lt;li&gt;Des études à caractère général ou opérationnel, ayant pour objet la définition de plans d’actions de reconquête de la qualité de l’eau (délimitation d’AAC, Diagnostic Territorial Multi Pressions, volet ressources des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) en zone rurale s’appuyant sur la méthode définie dans le guide technique de l’Association Scientifique et Technique pour l’Eau et l’Environnement -ASTEE-)&lt;/li&gt;
+&lt;li&gt;Des équipements destinés à la mise en place de l’autocontrôle de la qualité de l’eau des collectivités dans le cadre des PGSSE en zone rurale&lt;/li&gt;
+&lt;li&gt;De l’expérimentation, notamment pour le développement des cultures à bas niveau d’impact et la mise en place de leviers agronomiques permettant la réduction de l’usage des phytosanitaires, prenant en compte le changement climatique (désherbage mécanique, innovation technologique, définition d’itinéraires techniques de cultures à bas niveau d’impact, etc.)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Taux maximum :&lt;br /&gt;
+&lt;/strong&gt;Analyse au cas par cas, suivant le type de porteur et les éventuels régimes d’état mobilisés.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;OU&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P148" s="1" t="inlineStr">
+        <is>
+          <t>08/11/2024</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-qualites-eau-captages/</t>
+        </is>
+      </c>
+      <c r="W148" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0291/depot/simple</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;OU&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;&lt;p&gt;Contactez Marion PETIN&lt;/p&gt;&lt;p&gt;marion.petin&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 76 23 16 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-reconquerir-la-qualite-des-ressources-en-eau-dans-les-aires-dalimentation-des-captages/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>165246</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Développer et structurer l'éducation à l'environnement sur le volet « eau »</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Projets régionaux d’éducation à l’environnement sur le volet « eau »</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I149" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les actions visant à développer et à 
+structurer l&amp;#039;éducation à l&amp;#039;environnement à l&amp;#039;échelle régionale autour 
+des enjeux de l&amp;#039;eau. Elle finance des actions éducatives dans le cadre 
+de partenariats concertés avec les acteurs de l&amp;#039;éducation à 
+l&amp;#039;environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Education et renforcement des compétences
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P149" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q149" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-projets-regionaux-deducation-a-lenvironnement-sur-le-volet.html</t>
+        </is>
+      </c>
+      <c r="W149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-leducation-a-lenvironnement-sur-le-volet-eau/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>165245</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I150" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J150" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration est possible lorsque la région est un partenaire engagé dans la démarche territoriale.</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau accompagne les programmes de sensibilisation aux 
+enjeux de l&amp;#039;eau qui visent l&amp;#039;atteinte des objectifs prioritaires du 12&lt;sup&gt;e&lt;/sup&gt;
+ programme en favorisant la mobilisation et l’action des acteurs locaux 
+dans leur diversité, au regard des enjeux prioritaires de leurs 
+territoires.&lt;/p&gt;&lt;p&gt;Nature et finalité :&lt;/p&gt;&lt;p&gt;L’objet de ces dispositifs d’aide est de favoriser :&lt;/p&gt;&lt;p&gt;• la compréhension,&lt;/p&gt;&lt;p&gt;• la prise de conscience,&lt;/p&gt;&lt;p&gt;• l’évolution des comportements,&lt;/p&gt;&lt;p&gt;• la mobilisation et l’action des acteurs locaux dans leur diversité, au regard des enjeux prioritaires de&lt;/p&gt;&lt;p&gt;leurs territoires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P150" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q150" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaire&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Public ou privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Programmes d’actions de sensibilisation dans le cadre des démarches territoriales&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation est décliné en application de la stratégie de territoire des&lt;/p&gt;&lt;p&gt;démarches territoriales de l’agence de l’eau : la stratégie de territoire comporte des objectifs de&lt;/p&gt;&lt;p&gt;sensibilisation et définit les publics cibles et enjeux éducatifs. Le programme d’actions en découle et&lt;/p&gt;&lt;p&gt;est validé par le comité de pilotage.&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation inscrite dans un Sage : le programme d’actions validé par&lt;/p&gt;&lt;p&gt;la Commission locale de l’eau.&lt;/p&gt;&lt;p&gt;• Les actions du programme de sensibilisation mobilisées répondent aux enjeux locaux.&lt;/p&gt;&lt;p&gt;Elles visent trois cibles :&lt;/p&gt;&lt;p&gt;• Les élus et les décideurs locaux,&lt;/p&gt;&lt;p&gt;• les usagers et riverains directement concernés par les projets mis en œuvre,&lt;/p&gt;&lt;p&gt;• enfin le grand public et les scolaires.&lt;/p&gt;&lt;p&gt;Les élus et les décideurs locaux y sont obligatoirement ciblés.&lt;/p&gt;&lt;p&gt;Actions de mobilisation de l’avis du public pendant les consultations prévues&lt;/p&gt;&lt;p&gt;réglementairement pour l’élaboration du Sdage&lt;/p&gt;&lt;p&gt;Les actions de mobilisation sont cohérentes avec la stratégie et le dispositif de communication arrêtée par le&lt;/p&gt;&lt;p&gt;comité de bassin pour la consultation du public.&lt;/p&gt;&lt;p&gt;Programmes régionaux conventionnés d’actions au bénéfice du volet « eau » en&lt;/p&gt;&lt;p&gt;éducation à l’environnement&lt;/p&gt;&lt;p&gt;• Le programme d’actions associe d’autres financeurs publics de l’éducation à l’environnement et/ou&lt;/p&gt;&lt;p&gt;une structure animatrice/porteuse d’un réseau régional de l’éducation à l’environnement,&lt;/p&gt;&lt;p&gt;• Les actions du « volet eau » du programme sont négociées annuellement avec l’agence de l’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-programmes-dactions-de-sensibilisation-dans-le-cadre-des-de.html</t>
+        </is>
+      </c>
+      <c r="W150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>165244</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser du public pendant les consultations réglementaire pour l’élaboration du Sdage</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Actions de mobilisation de l’avis du public pendant les consultations prévues réglementairement pour l’élaboration du Sdage</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I151" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne encourage les initiatives de 
+mobilisation du public pendant les consultations menées par le comité de
+ bassin Loire-Bretagne. Elle finance les actions qui favorisent 
+l&amp;#039;appropriation et la mise en œuvre du Sdage, le débat sur l&amp;#039;eau, les 
+concertations et les consultations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Médias et communication
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P151" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q151" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-actions-de-mobilisation-de-lavis-du-public-pendant-les-cons.html</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-du-public-pendant-les-consultations-reglementaire-pour-lelaboration-du-sdage/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>165198</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement de dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I152" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
+la nature visant à protéger, gérer de manière durable et restaurer des 
+écosystèmes. L’aménagement des bassins versants est à déployer en tant 
+qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
+présentant des bénéfices pour le territoire quelle que soit la situation
+ dans le futur.&lt;/p&gt;
+&lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
+(épuration, limitation des transferts, …), hydrologie (effet tampon, 
+soutien d’étiage, …), atténuation des effets du dérèglement climatique 
+(ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
+pour la faune et la flore, …).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire
+Biodiversité
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P152" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q152" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
+ le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
+masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
+de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
+Pour les actions de lutte contre les pollutions diffuses, ces actions
+ sont également financées dans le cadre d’une démarche territoriale de 
+l’agence de l’eau sur les territoires suivants, identifiés comme 
+prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-dans-le-cadre-du-disposit.html</t>
+        </is>
+      </c>
+      <c r="W152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-dans-le-cadre-du-dispositif-investissements-agroenvironnementaux-non-productifs-du-plan-strategique-national-psn/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>165181</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel et équipement agricole : investissements agro-environnementaux productifs</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de matériel et équipement agricole : investissements agro-environnementaux productifs</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I153" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objet de ces dispositifs d’aide est d’accompagner les agriculteurs 
+dans des changements de pratiques et de systèmes efficaces et durables 
+en cofinançant l’acquisition de matériel et équipement agricole ayant 
+pour objectifs de réduire les usages (fertilisation, produits 
+phytosanitaires, …), les transferts vers le milieu ou les sources 
+ponctuelles de pollution.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P153" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q153" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il convient de se rapprocher du conseil régional pour connaître les conditions d’éligibilité propres à chaque dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr5-acquisition-de-materiel-et-equipement-agricole--investissem.html</t>
+        </is>
+      </c>
+      <c r="W153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acquerir-du-materiel-et-equipement-agricole-investissements-agro-environnementaux-productifs/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>165310</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des missions de coordination et d’appui thématique - communication</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Missions de coordination et d’appui thématique - communication</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I154" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau finance les 
+missions de coordination et d’animation thématiques nécessaires pour 
+mettre en œuvre le programme d’actions issus d’une stratégie concertée. 
+La communication permettant la promotion de la démarche territoriale est
+ également soutenue.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P154" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q154" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-de-coordination-et-dappui-thematique-communication.html</t>
+        </is>
+      </c>
+      <c r="W154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-de-coordination-et-dappui-thematique-communication/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>165309</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des missions d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I155" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin d’assurer un dialogue et une concertation apaisée sur les 
+territoires, l’agence de l’eau accompagne les porteurs de projets pour 
+des prestations ponctuelles d’appui et conseil en sciences sociales sur 
+les usages, les représentations et les concertations liés à 
+l’environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P155" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q155" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T155" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-dingenierie-de-la-participation-et-de-la-concertat.html</t>
+        </is>
+      </c>
+      <c r="W155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-dingenierie-de-la-participation-et-de-la-concertation/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>165308</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et bilan de la démarche territoriale</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Études et bilan de la démarche territoriale</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I156" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les études de territoire identifiant les 
+enjeux locaux permettant l&amp;#039;élaboration d&amp;#039;une stratégie concertée et un 
+programme d’actions ainsi que le bilan de la démarche engagée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P156" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q156" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T156" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-etudes-et-bilan-de-la-demarche-territoriale.html</t>
+        </is>
+      </c>
+      <c r="W156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-et-bilan-de-la-demarche-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>165307</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études liées au Sage</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Études liées au Sage</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I157" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
+l’agence de l’eau Loire-Bretagne finance les études liées aux 
+différentes étapes (élaboration, modification/révision, mise en œuvre) 
+du Sage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P157" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q157" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T157" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-liees-au-sage.html</t>
+        </is>
+      </c>
+      <c r="W157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-liees-au-sage/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>165306</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études d’émergence de la gouvernance sur les territoires dépourvus de Sage</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Études d’émergence de la gouvernance sur les territoires orphelins</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient les études d’émergence de la gouvernance sur 
+les territoires dépourvus de schémas d’aménagement et de gestion des 
+eaux (Sage).&lt;/p&gt;&lt;p&gt;Ces études proposées par un collectif d’acteurs locaux, sont portées par un acteur légitime et reconnu &lt;br /&gt;localement. Les objectifs et le contenu de l’étude sont précisés dans un cahier des charges validé par un &lt;br /&gt;comité de pilotage.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P158" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q158" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-demergence-de-la-gouvernance-sur-les-territoires-orp.html</t>
+        </is>
+      </c>
+      <c r="W158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-etudes-demergence-de-la-gouvernance-sur-les-territoires-depourvus-de-sage/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>165305</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les CLE du Sage pour l'animation et la communication</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Animation et communication de la CLE du Sage</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I159" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
+l’agence de l’eau finance la cellule d’animation de la commission locale
+ de l’eau (CLE). Son objectif est de soutenir l’élaboration, la mise en 
+œuvre ou la mise à jour (révision/modification) du Sage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P159" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q159" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-animation-et-communication-de-la-cle-du-sage.html</t>
+        </is>
+      </c>
+      <c r="W159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-cle-du-sage-pour-lanimation-et-la-communication/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>165304</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des suivis milieux spécifiques dans le cadre d'un Sage</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Suivi des milieux spécifiques dans le cadre d'un Sage</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I160" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des Sage, l’agence de l’eau Loire-Bretagne finance les 
+suivis milieux dans le but d’évaluer l’efficacité des actions mises en 
+œuvre sur le territoire. Ces suivis doivent permettre de s’assurer de la
+ reconquête de la qualité des eaux dans le cadre des actions engagées. 
+Ils peuvent être ponctuels ou en continu (température, niveau des nappes
+ et débits).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P160" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q160" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-suivi-des-milieux-specifiques-dans-le-cadre-dun-sage.html</t>
+        </is>
+      </c>
+      <c r="W160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-suivis-milieux-specifiques-dans-le-cadre-dun-sage/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>165286</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Surveiller la qualité et la quantité de l’eau et des milieux</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Mesures ponctuelles de la qualité ou des débits sur les milieux et mesures piézométriques sur les nappes prioritairement pour définir et évaluer les actions conduites sur le périmètre hydrographique des accords de territoires</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau 
+Loire-Bretagne finance les suivis ponctuels dans les milieux dans le but
+ de proposer des actions grâce à ce diagnostic local ou d’évaluer 
+l’efficacité des actions mises en œuvre sur le territoire. Ces suivis 
+doivent permettre de s’assurer de la reconquête de la qualité des eaux 
+dans le cadre des actions engagées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P161" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q161" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-ponctuelles-de-la-qualite-ou-des-debits-sur-les-mil.html</t>
+        </is>
+      </c>
+      <c r="W161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/surveiller-la-qualite-et-la-quantite-de-leau-et-des-milieux/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>165285</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer en continu les débits, du niveau des nappes ou de la température</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Mesures en continu des débits, du niveau des nappes ou de la température</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I162" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau 
+Loire-Bretagne finance les suivis en continu sur les milieux dans le but
+ d’approfondir la connaissance de leur fonctionnement sous l’effet du 
+dérèglement climatique. Ces mesures, avec une haute fréquence 
+d’acquisition, doivent permettre d&amp;#039;engager des actions ou de s’assurer 
+de leurs bénéfices sur la reconquête de la qualité des eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P162" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q162" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T162" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-en-continu-des-debits-du-niveau-des-nappes-ou-de-la.html</t>
+        </is>
+      </c>
+      <c r="W162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mesurer-en-continu-les-debits-du-niveau-des-nappes-ou-de-la-temperature/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>165284</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Suivre les produits phytosanitaires dans les eaux dans le cadre d’Écophyto</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Mesures de suivi des produits phytosanitaires dans les eaux dans le cadre d’Écophyto</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I163" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la mise en œuvre du plan Écophyto, l’agence de l’eau 
+Loire-Bretagne finance la mise en place et la réalisation de suivis des 
+produits phytosanitaires dans les eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P163" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q163" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T163" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-de-suivi-des-produits-phytosanitaires-dans-les-eaux.html</t>
+        </is>
+      </c>
+      <c r="W163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/suivre-les-produits-phytosanitaires-dans-les-eaux-dans-le-cadre-decophyto/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>165283</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer et partager les connaissances en recherche et développement, innovation, expérimentation</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Recherche et développement, innovation, expérimentation</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I164" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance la recherche et développement 
+(R&amp;amp;D) orientée vers l’atteinte des objectifs du Sdage. L’innovation 
+et la R&amp;amp;D sont soutenues lorsque leur finalité est opérationnelle, 
+et liée à des spécificités thématiques ou géographiques propres à un ou 
+plusieurs bassins-versants du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P164" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q164" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T164" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-recherche-et-developpement-innovation-experimentation.html</t>
+        </is>
+      </c>
+      <c r="W164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-et-partager-les-connaissances-en-recherche-et-developpement-innovation-experimentation/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>165282</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études de connaissance générale et prospective</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Études de connaissance générale et prospective</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I165" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
+des connaissances ayant pour finalité de permettre des actions 
+efficientes pour atteindre les objectifs environnementaux du Sdage. Les 
+approches transversales et multithématiques sont encouragées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P165" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q165" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-etudes-de-connaissance-generale-et-prospective.html</t>
+        </is>
+      </c>
+      <c r="W165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-de-connaissance-generale-et-prospective/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>165281</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Organiser des colloques scientifiques et techniques d'échanges d'expérience et d'information pour l'atteinte du bon état des eaux</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Colloques scientifiques et techniques</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I166" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
+des connaissances dans le cadre de l’organisation de colloques 
+scientifiques et techniques d&amp;#039;échanges d&amp;#039;expérience et d&amp;#039;information. 
+Leur objet doit concerner un ou plusieurs enjeux prioritaires pour 
+l&amp;#039;atteinte du bon état des eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P166" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q166" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-colloques-scientifiques-et-techniques.html</t>
+        </is>
+      </c>
+      <c r="W166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/organiser-des-colloques-scientifiques-et-techniques-dechanges-dexperience-et-dinformation-pour-latteinte-du-bon-etat-des-eaux/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>165280</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Déplacer les forages impactant les débits des cours d’eau en période de basses eaux, dans les territoires en ZRE ou de PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Déplacement de forages impactant les débits des cours d’eau en période de basses eaux, dans les territoires en ZRE ou de PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I167" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans les territoires de ZRE ou de PTGE approuvé, le déplacement de 
+forages impactant les débits des cours d’eau en période de basses eaux, 
+pour atténuer leurs incidences, peut être accompagné dans le cadre d’une
+ démarche collective.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P167" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q167" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une étude préalable démontre l’intérêt global du projet global au 
+regard de l’impact de l’exploitation du ou des forages sur la ressource 
+en eau ou les milieux aquatiques.&lt;/p&gt;
+&lt;p&gt;L’ensemble des conditions d’éligibilité à respecter sont précisées dans la fiche action.&lt;/p&gt;
+&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
+d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
+portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
+ 2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
+complémentaires en fonction du type de projet et de l’état de la masse 
+d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-deplacement-de-forages-impactant-les-debits-des-cours-deau.html</t>
+        </is>
+      </c>
+      <c r="W167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deplacer-les-forages-impactant-les-debits-des-cours-deau-en-periode-de-basses-eaux-dans-les-territoires-en-zre-ou-de-ptge-approuve/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>165278</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Créer des retenues de substitution à usage d’irrigation agricole dans un PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Création de retenues de substitution à usage d’irrigation agricole dans un PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I168" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les programmes d’actions des démarches 
+territoriales visant le retour à l’équilibre des prélèvements, intégrées
+ dans un Projet de Territoire de Gestion de l’Eau (PTGE). Ces programmes
+ d’action mobilisent un panel de solutions diversifié alliant le 
+développement des solutions fondées sur la nature, l’accélération des 
+économies d’eau, la transition écologique de l’agriculture, les retenues
+ de substitution etc. selon les caractéristiques de chaque territoire.&lt;/p&gt;
+&lt;p&gt;Parmi le panel de solutions, l’agence finance les projets collectifs 
+de retenues de substitution pour l’irrigation dans le cadre d’un PTGE 
+approuvé.&lt;br /&gt;
+L’accompagnement de l’agence pour la réutilisation des eaux usées 
+traitées à usage d’irrigation entre dans le cadre de la création des 
+retenues de substitution des prélèvements inscrites dans un PTGE 
+approuvé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P168" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q168" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
+d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
+portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
+ 2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
+complémentaires en fonction du type de projet et de l’état de la masse 
+d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-creation-de-retenues-de-substitution-a-usage-dirrigation-ag.html</t>
+        </is>
+      </c>
+      <c r="W168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creer-des-retenues-de-substitution-a-usage-dirrigation-agricole-dans-un-ptge-approuve/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>165277</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des opérations collectives de télérelève des compteurs d’irrigation à l’échelle d’un OUGC</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Opérations collectives de mise en place de la télérelève des compteurs d’irrigation à l’échelle d’un OUGC</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I169" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence incite et finance les opérations collectives de mise en place 
+de la télérelève des compteurs d’irrigation à l’échelle d’un organisme 
+unique de gestion collective des prélèvements en eau pour l’irrigation 
+(OUGC). Cette télérelève permet d&amp;#039;améliorer la connaissance des usages, 
+de mettre en place une gestion adaptée au contexte climatique et de 
+mieux partager la ressource.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P169" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q169" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua3-operations-collectives-de-mise-en-place-de-la-telereleve-de.html</t>
+        </is>
+      </c>
+      <c r="W169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-des-operations-collectives-de-telereleve-des-compteurs-dirrigation-a-lechelle-dun-ougc/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>165276</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place de nouvel organisme unique de gestion collective des prélèvements en eau pour l’irrigation (OUGC)</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place de nouvel organisme unique de gestion collective des prélèvements en eau pour l’irrigation (OUGC)</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I170" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau encourage et accompagne la structuration des 
+organismes uniques de gestion collective des prélèvements en eau pour 
+l’irrigation (OUGC) sur tout le bassin Loire-Bretagne. Cette gestion 
+collective est essentielle pour gérer l’ensemble des prélèvements pour 
+l’irrigation à l’échelle d’unités de gestion cohérentes avec une 
+autorisation unique de prélèvement pour l’irrigation (AUP).&lt;/p&gt;
+&lt;p&gt;Elle devient indispensable dans les Projets de territoires pour la 
+gestion de l’eau (PTGE), en vue d’une gestion durable du volume 
+prélevable alloué à l’agriculture pour un territoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P170" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q170" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua3-mise-en-place-de-nouvel-organisme-unique-de-gestion-collect.html</t>
+        </is>
+      </c>
+      <c r="W170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-de-nouvel-organisme-unique-de-gestion-collective-des-prelevements-en-eau-pour-lirrigation-ougc/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>165275</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les missions d’ingénierie de la participation et de la concertation (Sage et PTGE)</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Mission d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I171" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne la structuration et l’animation des 
+démarches de Sage (schéma d’aménagement et de gestion des eaux) et des 
+projets de territoire pour la gestion de l’eau (PTGE).&lt;/p&gt;
+&lt;p&gt;Elle soutient les missions d’ingénierie de la participation et de la 
+concertation dès l’émergence de la démarche, pour faciliter le dialogue.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P171" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q171" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T171" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-mission-dingenierie-de-la-participation-et-de-la-concertati.html</t>
+        </is>
+      </c>
+      <c r="W171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-missions-dingenierie-de-la-participation-et-de-la-concertation-sage-et-ptge/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>165274</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Aider la décision, pour une gestion résiliente, sobre et concertée de la ressource en eau (études)</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision pour une gestion résiliente, sobre et concertée de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I172" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les études et équipements nécessaires à 
+l’amélioration de la connaissance pour une gestion résiliente, sobre et 
+concertée de la ressource en eau. Ces études sont indispensables pour 
+mesurer les effets du dérèglement climatique et suivre les évolutions 
+prévisibles sur les milieux aquatiques en vue d’établir un état des 
+lieux partagé à partir de données locales.&lt;/p&gt;
+&lt;p&gt;L’agence accompagne les études d’aide à la décision notamment celles 
+abordant les volets sociologique, économique et financier de la gestion 
+de la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P172" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q172" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-etudes-daide-a-la-decision-pour-une-gestion-resiliente-sobr.html</t>
+        </is>
+      </c>
+      <c r="W172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-la-decision-pour-une-gestion-resiliente-sobre-et-concertee-de-la-ressource-en-eau-etudes/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>165273</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Financer les analyses Hydrologie Milieux Usage Climat (HMUC)</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Analyse Hydrologie Milieux Usage Climat (HMUC)</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I173" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les analyses Hydrologie Milieux Usage Climat 
+(HMUC), indispensable pour mesurer les effets du dérèglement climatique 
+et suivre les évolutions prévisibles sur les milieux aquatiques en vue 
+d’établir un état des lieux partagé à partir de données locales. 
+L’analyse HMUC constitue la déclinaison sur le bassin Loire-Bretagne de 
+l’évaluation des volumes prélevables. L’analyse HMUC est reconnue comme 
+un élément de la phase de diagnostic de territoire, socle du projet de 
+territoire pour la gestion de l’eau (PTGE). Elle constitue ainsi un 
+outil d&amp;#039;aide à la décision pour la définition d’une politique locale de 
+gestion de l’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P173" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q173" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-analyse-hydrologie-milieux-usage-climat-hmuc.html</t>
+        </is>
+      </c>
+      <c r="W173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-analyses-hydrologie-milieux-usage-climat-hmuc/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>165270</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Animer et communiquer pour la réduction des besoins en eau et des prélèvements dans le cadre d’opérations collectives</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Actions d’animation et communication pour la réduction des besoins en eau et des prélèvements dans le cadre d’opérations collectives</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient les opérations collectives visant à 
+encourager les pratiques économes en eau, à travers des campagnes 
+d&amp;#039;information, des événements de sensibilisation ou des ateliers. 
+L&amp;#039;objectif est de diffuser des messages clés sur l&amp;#039;importance de la 
+sobriété hydrique et de favoriser l&amp;#039;adoption de comportements 
+responsables au sein des collectivités, des entreprises et auprès des 
+particuliers, afin de mieux gérer la ressource.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P174" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q174" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions d’animation et de communication réalisées dans le cadre 
+d’une opération collective sont éligibles sous réserve qu’elles 
+résultent d’une étude préalable mettant en évidence les enjeux 
+environnementaux, quantifiant les réductions des besoins en eau et/ou 
+prélèvements et justifiant le périmètre de l’intervention envisagée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua1-actions-danimation-et-communication-pour-la-reduction-des-b.html</t>
+        </is>
+      </c>
+      <c r="W174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/animer-et-communiquer-pour-la-reduction-des-besoins-en-eau-et-des-prelevements-dans-le-cadre-doperations-collectives/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>165266</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner techniquement la sensibilisation et l’animation de réseaux d’acteurs</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’appui technique, de sensibilisation et d’animation de réseaux d’acteurs</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I175" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le partenariat de l’agence de l’eau avec les structures, apportant un 
+accompagnement technique auprès des maîtres d’ouvrage et des acteurs 
+locaux, doit permettre de maintenir ou de créer une dynamique de bassin 
+sur des sujets à forts enjeux. La mise en réseau des maîtres d’ouvrages 
+territoriaux doit permettre d’assurer la cohérence technique des 
+projets, de faciliter les retours d’expériences et de diffuser les 
+connaissances afin d’atteindre les objectifs prioritaires du programme 
+d’intervention.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions
-Prévention des risques
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P175" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q175" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par4-missions-dappui-technique-sensibilisation-animation-reseaux.html</t>
+        </is>
+      </c>
+      <c r="W175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-techniquement-la-sensibilisation-et-lanimation-de-reseaux-dacteurs/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>165265</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les départements dans leurs missions d’assistance technique réglementaire</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Mission d'assistance technique départementale réglementaire</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I176" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne accompagne les départements dans leurs missions d’assistance technique réglementaire.&lt;br /&gt;
+Ces missions concernent les domaines de l’assainissement collectif et 
+non collectif et de la protection des ressources en eau potable, ainsi 
+que l’expertise et le suivi des épandages (MESE).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P176" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q176" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T176" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par3-mission-dassistance-technique-departementale-reglementaire.html</t>
+        </is>
+      </c>
+      <c r="W176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-departements-dans-leurs-missions-dassistance-technique-reglementaire/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>165264</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Département
+Région</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I177" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient les études à caractère exploratoire ou 
+décisionnel à l’échelle départementale ou stratégique qui visent à 
+améliorer la connaissance, les documents de référence, les schémas 
+directeurs à l’échelon départemental ou interdépartemental.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P177" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q177" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T177" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par2-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-d.html</t>
+        </is>
+      </c>
+      <c r="W177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-departementale-ou-strategique/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>165263</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une structuration de la gestion de l’eau (missions d’appui)</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’appui à la mise en place d’une structuration de la gestion de l’eau</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I178" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J178" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration est possible dans le cadre de la solidarité urbain rural et d’un programme d’actions conclu dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les établissements publics de coopération 
+intercommunale à structurer leurs compétences au-delà des obligations 
+réglementaires. La structuration doit permettre aux collectivités d’être
+ opérationnelles, de porter des programmes d’actions ambitieux sur le 
+petit et le grand cycles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P178" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q178" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T178" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par1-missions-dappui-a-la-mise-en-place-dune-structuration-de-la.html</t>
+        </is>
+      </c>
+      <c r="W178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-une-structuration-de-la-gestion-de-leau-missions-dappui/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>164306</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’approche intégrée de l’eau à la bonne échelle territoriale</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Gestion territoriale</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I179" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les territoires pour réduire leur vulnérabilité face au changement climatique est l’une des priorités de l’agence de l’eau Adour-Garonne. L’aide de l’Agence vise à soutenir des démarches globales intégrant l’ensemble des actions nécessaires pour protéger ou restaurer les masses d’eau.&lt;/p&gt;&lt;p&gt;L’Agence soutient des projets pour accompagner l’élaboration et la mise en œuvre de contrats 
+« Eau et Climat » permettant de contractualiser sur des 
+durées pluriannuelles les actions territoriales de gestion 
+intégrée avec un programme de mesures d’adaptation et 
+d’atténuation au changement climatique adaptées au territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/demarches-territoriales-gestion-integree"&gt;Démarches territoriales de gestion intégrée | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Accompagner la structuration de la gouvernance intégrée ; &lt;/li&gt;&lt;li&gt;Améliorer la connaissance intégrée des territoires en 
+prenant compte des prospectives ; &lt;/li&gt;&lt;li&gt;Accompagner l’animation territoriale multithématiques ; &lt;/li&gt;&lt;li&gt;Assurer la promotion de la gestion intégrée de l’eau.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Animation et mise en réseau
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P179" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q179" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont les collectivités territoriales ou leurs 
+groupements et associations. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les maîtres d’ouvrage doivent consulter la CLE du SAGE 
+lorsqu’elle existe et associer l’EPTB ou la structure assimilée 
+intervenant à l’échelle de la stratégie territoriale de sous 
+bassin géographique ; &lt;/li&gt;&lt;li&gt;Pour le renouvellement d’une démarche territoriale un 
+contrat « Eau et Climat » devra être établi.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Gestion%20territoriale.pdf</t>
+        </is>
+      </c>
+      <c r="W179" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-3/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>164304</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Réduire les pollutions des activités industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I180" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La réduction des pollutions industrielles et artisanales est un objectif essentiel de l’agence de l’eau Adour-Garonne pour préserver la qualité de l&amp;#039;eau. &lt;/p&gt;&lt;p&gt;Pour répondre à cet enjeu, les aides proposées par l’Agence soutiennent des actions permettant de garantir un bon état écologique de l’eau. Elles prennent également en compte les impacts du changement climatique et l’émergence de nouvelles pollutions. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;Agence finance des opérations visant à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire/supprimer les pollutions à la source ; &lt;/li&gt;&lt;li&gt;Traiter les effluents ; &lt;/li&gt;&lt;li&gt;Maîtriser les risques de pollutions accidentelles et rejets 
+pluviaux ; &lt;/li&gt;&lt;li&gt;Développer les partenariats ; &lt;/li&gt;&lt;li&gt;Encourager les démarches de développement durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
 Artisanat
-Mobilité partagée
-[...5 lines deleted...]
-Bibliothèques et livres
+Industrie
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P180" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q180" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
+(à  titre d’exemple : entreprise, collectivité, association, 
+syndicat) exerçant une activité économique à caractère 
+industriel, commercial et artisanal ou en lien avec de telles 
+activités (hors secteur agricole et élevage (ou assimilé) traité 
+dans la politique de lutte contre les pollutions agricoles). &lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; s’inscrire dans un programme global de dépollution 
+comprenant une réflexion en termes d’économie d’eau 
+à l’échelle de l’établissement en identifiant les actions 
+réalisables et les réductions déjà effectives en intégrant 
+la trajectoire prospective d’adaptation au changement 
+climatique, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; être portés par une structure créée depuis plus de 2 ans 
+(sauf s’il y a continuité d’activité), &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; aboutir à une réduction de la pression du rejet sur la masse 
+d’eau et vérifier que le rejet projeté est compatible avec 
+l’objectif d’état de la masse d’eau réceptrice ou avec les 
+usages sensibles, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; pour les établissements générant des pollutions ponctuelles 
+(rejet au milieu naturel), &lt;/span&gt;s’inscrire dans un projet individuel 
+visant à respecter ou à aller au-delà de la réglementation 
+ou s’intégrer dans une opération collective partenariale, &lt;/li&gt;&lt;li&gt; pour les opérations concernant le traitement des micropolluants, les études pilotes et leurs résultats permettant 
+d’évaluer les filières de traitement doivent être validés par 
+un tiers expert indépendant et les traitements doivent être 
+issus d’études pilotes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/Fiche%20th%C3%A9matique_Industries_R%C3%A9duction%20des%20pollutions.pdf</t>
+        </is>
+      </c>
+      <c r="W180" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 - franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 - marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-1/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>164303</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les filières agricoles pour favoriser les pratiques compatibles avec la préservation des captages et des milieux</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les pressions des activités agricoles  (réduction des pollutions et prélèvement,  sobriété) et accompagnement des filières</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I181" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les initiatives soutenues par l’agence visent à réduire la vulnérabilité des systèmes agricoles et des milieux, par le déploiement des 
+pratiques agroécologiques pour diminuer les intrants et préserver 
+la qualité de l’eau et de la biodiversité et par la promotion des 
+démarches territoriales de préservation des ressources en eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/agriculture-accompagnement-filieres-agricoles"&gt;Agriculture et accompagnement des filières agricoles | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour cela, elle finance des opérations visant à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adopter et diffuser des pratiques et des systèmes de 
+production agroécologiques &lt;/li&gt;&lt;li&gt;Promouvoir les démarches territoriales de préservation 
+des ressources en eau, adossées à des gouvernances 
+multi partenariales, par l’élaboration et la mise en œuvre 
+des démarches territoriales fondée sur l’animation territoriale, l’établissement et le suivi de plans d’actions 
+ambitieux, l’accompagnement technique et financier des 
+agriculteurs mobilisant les différents dispositifs existants 
+(CAB, MAEC, PSE, aides aux investissements, etc), la mise 
+en place d’une stratégie foncière &lt;/li&gt;&lt;li&gt;Améliorer la connaissance, sa diffusion et mettre en 
+œuvre l’expertise et les appuis techniques nécessaires 
+aux acteurs de terrain (études et expérimentations, conseil 
+collectif)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P181" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q181" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toute personne publique ou privée disposant des compétences juridiques et techniques pour mettre en œuvre des 
+actions répondant aux objectifs peut bénéficier, directement 
+ou indirectement, des aides de l’Agence&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/54-24-%20Pollutions%20agricoles_0_0.pdf"&gt;54-24- Pollutions agricoles_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Agriculture%20et%20fili%C3%A8res_Favoriser%20les%20pratiques%20compatibles%20avec%20la%20pr%C3%A9servation%20des%20captages%20et%20des%20milieux.pdf</t>
+        </is>
+      </c>
+      <c r="W181" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>164765</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la connaissance environnementale grâce aux réseaux de surveillance de la qualité des milieux</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de surveillance</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I182" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mieux comprendre les milieux naturels grâce à la surveillance et aux études environnementales est un des axes d’action de l’agence de l’eau Adour-Garonne. Les aides de l’Agence permettent d’anticiper les impacts du changement climatique, d’identifier des solutions adaptées et de répondre aux enjeux émergents. Les données collectées servent à mesurer les progrès réalisés et à orienter les maîtres d’ouvrage vers des résultats concrets. Une attention particulière est accordée à la réduction de l’empreinte carbone des activités de surveillance, notamment en matière d’énergie, de transport et de gestion des déchets.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/reseaux-surveillance-milieux-etudes-connaissance-environnementale"&gt;Réseaux de surveillance des milieux et études de connaissance environnementale | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence soutient et renforce la surveillance des masses d’eau, qu’il s’agisse des rivières, lacs, estuaires, eaux souterraines ou du littoral. Elle finance des réseaux de mesures pour appliquer les cadres réglementaires nationaux et de bassin, notamment ceux liés à la Directive-Cadre sur l’Eau (DCE) et à la Directive-Cadre Stratégie pour le Milieu Marin (DCSMM).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P182" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q182" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/61-24-Etudes%20et%20recherche-Innovation%20et%20connaissances_0.pdf"&gt;61-24-Etudes et recherche-Innovation et connaissances_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_r%C3%A9seaux%20de%20surveillance%20des%20milieux.pdf</t>
+        </is>
+      </c>
+      <c r="W182" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-linnovation-1/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>164760</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer le lien entre les politiques de l’eau et de l’aménagement du territoire</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Eau et urbanisme</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Département
+Association</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I183" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets d’urbanisme de planification ou opérationnels 
+devront prendre en compte les effets du changement climatique, en particulier ceux portant sur la gestion quantitative 
+de la ressource en eau, dans un objectif de sobriété des 
+usages.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/eau-urbanisme"&gt;Eau et urbanisme | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau finance par exemple  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les partenariats avec un acteur de l&amp;#039;urbanisme, &lt;/li&gt;&lt;li&gt;la sensibilsation et la communication, &lt;/li&gt;&lt;li&gt;les études Volet Eau SCOT/PLUi&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espace public
+Paysage</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P183" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q183" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires pour les opérations relevant des missions 
+« Eau et Urbanisme » portées par des acteurs de l’urbanisme 
+(hors étude diagnostic SCoT/PLUi) : Agence d’urbanisme, 
+Conseil d’architecture d’urbanisme et de l’environnement 
+(CAUE), Association de professionnels de l’urbanisme, 
+Conseil départemental.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/60-24-Gestion%20territoriale_0_0_0.pdf"&gt;60-24-Gestion territoriale_0_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20et%20urbanisme.pdf</t>
+        </is>
+      </c>
+      <c r="W183" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-apports-de-macrodechets-dans-les-milieux-dans-le-domaine-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>164752</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir l'efficience, la sobriété et les économies d'eau en agriculture</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les pressions des activités agricoles  (réduction des pollutions et prélèvement,  sobriété) et accompagnement des filières</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I184" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Promouvoir l’efficience, la sobriété et les économies d’eau en 
+agriculture, grâce notamment à la transition agroécologique. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la gestion collective et la compréhension de 
+l’impact des prélèvements agricoles sur un périmètre 
+cohérent (cela inclut des actions de type installation d’outils 
+pour suivre et gérer les prélèvements et des équipements 
+hydrauliques. Les OUGC peuvent aussi remplir les missions 
+de gestion collective : base de données interopérable et 
+mise en œuvre d’actions de gestion de la ressource notamment en période de crise et de restrictions. Des études sur 
+les autorisations pluriannuelles (AUP) peuvent être accompagnées si l’OUGC s’engage à élaborer, avec l’EPTB ou une 
+structure similaire, un chemin de retour à l’équilibre partagé 
+et conduit les actions précitées.) &lt;/li&gt;&lt;li&gt;Maîtriser les prélèvements et les consommations 
+agricoles. L’Agence finance des actions de type : 
+ • amélioration du pilotage et de l’efficience de l’irrigation 
+(par ex : achat collectif de matériels hydroéconomes) 
+ • actions d’accompagnement individuel pour réduire 
+la consommation d’eau 
+ • actions de sensibilisation aux économies d’eau, formations 
+ • prestations de conseil collectif auprès des usagers
+ • engagement de diagnostics de réseaux collectifs, d’études 
+et d’expérimentations en faveur de programmes d’économies d’eau &lt;/li&gt;&lt;li&gt;Faire évoluer les pratiques agricoles et les systèmes 
+d’exploitation pour une meilleure résilience face au 
+changement climatique (les actions se traduisent par la 
+mise en œuvre d’un programme de transition agroécologique, le développement des MAEC, la structuration de 
+réseaux d’échange sur des pratiques économes en eau et 
+le conseil individuel dans le cadre de démarches de gestion 
+quantitative.) &lt;/li&gt;&lt;li&gt;Réduire la pression des prélèvements, notamment en 
+période d’étiage, en les déplaçant vers des ressources 
+moins sensibles ou en les compensant (l’Agence finance 
+des actions de type : aménagement / optimisation des 
+ouvrages agricoles existants ou création de nouvelles 
+infrastructures de stockage, à condition qu’elles soient 
+intégrées dans un PTGE validé et approuvé par la CLE du 
+SAGE, si elle existe.)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/gestion-quantitative-ressource-economies-eau-pour-tous-usages"&gt;Gestion quantitative de la ressource et économies d&amp;#039;eau pour tous les usages | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sur le thème agricole, cette contribution est déployée par exemple 
+par la mise en œuvre de :
+ la mobilisation des potentialités de l’agroécologie
+ un meilleur pilotage de l’irrigation et la mise en place de matériels hydroéconomes
+ l’engagement d’études et d’expérimentations en faveur de programmes ambitieux d’économies d’eau
+ une amélioration de la connaissance et la gestion collective des prélèvements agricoles
+ un accompagnement de conseils collectifs et individuels effectués 
+dans une approche globale (gestion de la ressource, économies d’eau, 
+pratiques agroécologiques, restauration de la qualité de l’eau et économies d’énergie)
+ la création / aménagements d’ouvrages de stockage&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P184" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q184" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont les collectivités, les agriculteurs et leurs groupements, les entreprises, les associations ainsi que toutes personnes morales légitimes à porter ces projets. Pour l’achat collectif de matériels hydroéconomes, il convient de s’engager à réaliser a minima 10 % d’économies d’eau de prélèvement. Concernant la création et/ou l’aménagement d’ouvrages, les principales conditions d’éligibilité sont les suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;être réalisé au bénéfice d’un périmètre élémentaire priori- taire identifié dans la carte C9 du SDAGE&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la réalisation d’une étude d’impact intégrant les effets du changement climatique, s’assurant des capacités prévi- sibles de remplissage de l’ouvrage et du maintien ou de la reconquête du bon état des masses d’eau de la zone d’influence du projet&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’engagement du territoire dans la transition agroécologique et les engagements individuels des agriculteurs irrigants l’engagement à effectuer la régularisation règlementaire des volumes de prélèvements substitués&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le recouvrement total de la part du maître d’ouvrage des coûts de fonctionnement de l’ouvrage auprès des usagers et aussi, sauf exception, de l’amortissement de la part non subventionnée&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-03/FICHE-THEMATIQUE_GQ_Sobri%C3%A9t%C3%A9%20et%20%C3%A9conomies%20d%27eau%20en%20agriculture.pdf</t>
+        </is>
+      </c>
+      <c r="W184" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-les-experimentations-et-la-diffusion-de-connaissances-dans-le-domaine-agricole/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>164930</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Territorialiser la gestion de l’eau brute</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I185" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Recherche, mobilisation de nouvelle ressource d’eau (études et travaux, forages de reconnaissance…), opération globale concernant le transfert d’eau brute : renouvellement, renforcement, extension… y compris les équipements connexes d’interconnexion et de transfert…&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont exclus les nouveaux projets d’aménagement, les fournitures seules, les études de faisabilité…&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/territorialiser-la-gestion-de-leau-brute/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>164918</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le partage de l'eau et la sobriété</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Partage de l'eau et sobriété</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I186" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>Dans un contexte de tension croissante sur la ressource en eau sous l’effet du changement climatique, le soutien de l’agence de l’eau vise à accompagner la réduction des prélèvements et l’engagement, partout et pour tous, de pratiques ou usages plus sobres en eau, en application de l’objectif national de sobriété du Plan eau.&lt;br /&gt;
+&lt;br /&gt;
+Pour cela, l’agence soutient notamment la dynamique d’émergence ou de révision des projets de territoire pour la gestion de l’eau (PTGE), afin que le partage de l’eau et l’anticipation du changement climatique s’organisent dans le dialogue territorial et à une échelle cohérente d’un point de vue hydrographique ou hydrogéologique.&lt;br /&gt;
+&lt;br /&gt;
+En priorité, l’agence accompagne les territoires les plus en tension sur la ressource en eau, identifiés par les Schémas directeurs d’aménagement et de gestion des eaux (SDAGE).</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>Sobriété en eau des collectivités (réduction des fuites sur les infrastructures de distribution d&amp;#039;eau potable, actions sur la réduction de la consommation dans les bâtiments publics ou auprès des particuliers...)&lt;br /&gt;
+Sobriété en eau de l&amp;#039;agriculture&lt;br /&gt;
+Sobriété en eau des activités industrielles et économiques&lt;br /&gt;
+Partage de l&amp;#039;eau entre les usages&lt;br /&gt;
+Projets de substitution (stockage, transfert)&lt;br /&gt;
+Réutilisation des eaux usées traitées et des eaux grises&lt;br /&gt;
+Remise en état post-sinistre</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P186" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q186" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128493/fr/partage-de-l-eau-et-sobriete</t>
+        </is>
+      </c>
+      <c r="W186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/partage-de-leau-et-sobriete/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>164925</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I187" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;agence de l’eau soutient l&amp;#039;animation territoriale nécessaire à la réalisation des actions liées à la gestion de l&amp;#039;eau, en favorisant une gouvernance locale efficace, représentant les divers usages.&lt;br /&gt;
+&lt;br /&gt;
+Elle encourage la création de structures de concertation multi-partenariales et l&amp;#039;émergence de maîtrises d&amp;#039;ouvrage locales pour répondre aux enjeux des bassins versants. De plus, l&amp;#039;agence soutient les &amp;#34;têtes de réseau&amp;#34; qui facilitent la mise en relation et le partage de ressources entre les acteurs. En milieu rural, elle accompagne les services d&amp;#039;assistance technique pour améliorer les infrastructures d&amp;#039;eau et d&amp;#039;assainissement. Enfin, l&amp;#039;agence promeut la participation citoyenne et la concertation pour enrichir les projets liés à l&amp;#039;eau, en permettant aux citoyens de s&amp;#039;impliquer activement dans leur élaboration et leur mise en œuvre.</t>
+        </is>
+      </c>
+      <c r="M187" s="1" t="inlineStr">
+        <is>
+          <t>Emergence et animation de la gouvernance locale de l’eau&lt;br /&gt;
+Emergence de projets ou de maîtrise d&amp;#039;ouvrage locale multithématique&lt;br /&gt;
+Animation de démarches contractuelles multithématiques&lt;br /&gt;
+Animation visant à améliorer la synergie entre les politiques de l&amp;#039;eau et l&amp;#039;aménagement du territoire&lt;br /&gt;
+Animation portée par les têtes de réseau &lt;br /&gt;
+Animation de démarches participatives&lt;br /&gt;
+Communication, sensibilisation et éducation aux enjeux de l’eau</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P187" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q187" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R187" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T187" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128698/fr/gouvernance-locale-de-l-eau-animation-sensibilisation-et-education-aux-enjeux-de-l-eau</t>
+        </is>
+      </c>
+      <c r="W187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gouvernance-locale-de-leau-animation-sensibilisation-et-education-aux-enjeux-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>164926</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la connaissance : études générales et surveillance environnementale</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance : études générales et surveillance environnementale</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I188" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>La connaissance des milieux aquatiques et humides est indispensable à la compréhension de leurs enjeux et à l’identification des actions de préservation ou de restauration à conduire.&lt;br /&gt;
+&lt;br /&gt;
+L’agence de l’eau soutient des études générales sur le fonctionnement des hydrosystèmes, les impacts du changement climatique, ainsi que la recherche et le développement de techniques innovantes. Elle encourage également l&amp;#039;acquisition de données de surveillance pour évaluer l&amp;#039;état des eaux et soutient des projets visant à caractériser les vulnérabilités des territoires.</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance du fonctionnement des milieux aquatiques&lt;br /&gt;
+Connaissance de l&amp;#039;évolution des hydrosystèmes et analyses prospectives &lt;br /&gt;
+Projets de recherche à visée opérationnelle et expérimentation de techniques nouvelles&lt;br /&gt;
+Surveillance environnementale</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P188" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q188" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T188" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128699/fr/connaissance-etudes-generales-et-surveillance-environnementale</t>
+        </is>
+      </c>
+      <c r="W188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/connaissance-etudes-generales-et-surveillance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>164927</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'adaptation des territoires au changement climatique dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Projets multithématiques pour l'adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I189" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;agence de l’eau soutient des actions multithématiques pour l&amp;#039;adaptation des territoires au changement climatique dans le domaine de l&amp;#039;eau.&lt;br /&gt;
+&lt;br /&gt;
+Face aux défis tels que l&amp;#039;assèchement des sols et la diminution du niveau des aquifères, elle encourage l&amp;#039;élaboration de stratégies territoriales intégrant les enjeux des ressources en eau et des milieux aquatiques. L&amp;#039;agence favorise des approches systémiques au niveau des bassins versants et soutient l&amp;#039;animation, les études et les plans d&amp;#039;action via des contrats Eau et Climat. Elle peut également financer des projets innovants et exemplaires pour répondre aux enjeux identifiés dans le plan de bassin d&amp;#039;adaptation au changement climatique.</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P189" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q189" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128700/fr/projets-multithematiques-pour-l-adaptation-au-changement-climatique</t>
+        </is>
+      </c>
+      <c r="W189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-multithematiques-pour-ladaptation-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>164170</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I190" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J190" s="1" t="inlineStr">
+        <is>
+          <t>70 000 € d'aide maxi</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
+territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
+biodiversité remarquable. Ces ressources fournissent des services essentiels et
+offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
+fortement soumises aux risques, fragiles et à préserver. Des solutions locales
+sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
+s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
+de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
+dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
+atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
+sensibilisation, de formation, d’animation, de communication sur le dérèglement
+climatique, la biodiversité, les ressources naturelles, les risques
+(inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
+avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
+d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
+préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
+naturels et des continuités écologiques (trames verte, bleue, noire…) :
+restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
+fraîcheur, en particulier dans les cours d’école, dans une démarche
+participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
+espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
+envahissantes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Risques naturels
+Qualité de l'air
+Biodiversité
 Milieux humides
-Sécurité
-[...3 lines deleted...]
-      <c r="O108" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q190" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
+pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
+préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
+de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
+d’animation&lt;br /&gt;- Dépenses de communication : création, impression
+et diffusion de documents et de supports papiers, multimédias, outils
+numériques&lt;br /&gt;- Acquisition ou développement de logiciels
+informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
+commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
+traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
+notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
+personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T190" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>leader@petrforetorleans.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>116532</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Planifier la préservation de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I191" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations visées : Etudes générales visant la gestion intégrée des ressources en eau : études de volumes prélevables, contrats de rivières, état des lieux, diagnostic, analyse prospective, stratégie, programmation d’actions, plan de gestion, plan d’action, évaluation …&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T191" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c7d1-copie-06h34-developper-les-services-de-gestio/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G109" s="1" t="inlineStr">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>117506</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Programme Nature 2050</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>CDC Biodiversité</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K109" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J192" s="1" t="inlineStr">
+        <is>
+          <t>Pas de limites minimum ou maximum</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;em&gt;
-[...2 lines deleted...]
-&lt;p&gt;
+ Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
+ à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
+ résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
+ ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  atténuer les changements climatiques en renforçant les
+ capacités de stockage ou de captage de CO2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et adapter les territoires à ces changements, notamment en limitant leurs
+ effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
+ inondation, sécheresse, incendie, submersion marine...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ecosystèmes marins et côtiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transitions agricole et forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Continuités écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Biodiversité en ville
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ 104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
+ &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
+  Les Réalisations Nature 2050
+ &lt;/a&gt;
+&lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de projets soutenus par Nature 2050 :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
+  &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre
+&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
+  &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des projets Nature 2050 sont accessibles
+ en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Friche
+Risques naturels
+Biodiversité
+Paysage
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le porteur de projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recourir aux solutions fondées sur la nature ;
+ &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
+ &lt;li&gt;
+  Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+   Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
+  &lt;br /&gt;
+ &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
+ &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
+  Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T192" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
+        </is>
+      </c>
+      <c r="W192" s="1" t="inlineStr">
+        <is>
+          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>nature2050@cdc-biodiversite.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>117484</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  Financer vos projets
+  Conseiller aux décideurs locaux (CDL)
  &lt;/strong&gt;
- grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
-[...19 lines deleted...]
- &lt;em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La mise en place de ce nouvel interlocuteur permet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;offrir des prestations sur mesure, adaptées au plus près des besoins de chaque collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de proposer une gratuité, une objectivité et une neutralité de la prestation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
   &lt;br /&gt;
-  Cadre réglementaire
-[...13 lines deleted...]
-      <c r="N109" s="1" t="inlineStr">
+ &lt;/li&gt;
+ &lt;br /&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la confection d&amp;#039;un budget
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une analyse financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de nouveaux moyens de paiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision en matière financière et fiscale
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Simulations fiscales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement le déploiement du nouveau référentiel comptable M57
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans la rationalisation des régies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et gestion des marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la démarche partenariale (CSCF et EP)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -23960,1059 +35326,3227 @@
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-[...297 lines deleted...]
-Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Réduction de l'empreinte carbone
-[...25 lines deleted...]
-      <c r="S111" s="1" t="inlineStr">
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P193" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de votre Direction départementale des Finances publiques
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G112" s="1" t="inlineStr">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>117406</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la communication environnementale</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...12 lines deleted...]
-      <c r="K112" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
-[...79 lines deleted...]
-      <c r="M112" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
-– Action
-[...27 lines deleted...]
-      <c r="N112" s="1" t="inlineStr">
+ Faciliter la communication de la collectivité sur les actions environnementales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;articles, réalisation de plaquettes thématiques, aide à la communication, proposition de modèle prêt à l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convention de partenariat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document contractuel (conventions type ..)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7119-accompagner-les-collectivites-a-la-communicat/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>117384</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre un projet eau potable (optimisation des performances et de la gestion des réseaux)</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Optimiser la gestion de la ressource en eau et notamment du point de vue quantitatif et des performances du réseau et de sa gestion patrimoniale :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prise en compte de la problématique avec le représentant du maître d&amp;#039;ouvrage et son exploitant
+  &lt;/li&gt;
+  &lt;li&gt;
+   établissement du cahier des charges décrivant la mission attendue de la part du prestataire en vue de la réalisation d&amp;#039;un diagnostic des réseaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à la passation du marché
+  &lt;/li&gt;
+  &lt;li&gt;
+   étude des offres afin d&amp;#039;aider le maître d&amp;#039;ouvrage dans son choix du prestataire
+  &lt;/li&gt;
+  &lt;li&gt;
+   suivi de l&amp;#039;étude dans la cadre d&amp;#039;un comité de pilotage comprenant le maître d&amp;#039;ouvrage, son exploitant, l&amp;#039;Agence de l&amp;#039;Eau et possiblement l&amp;#039;Agence Régionale de la Santé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas d&amp;#039;étude très importante et complexe notamment des schémas directeurs d&amp;#039;eau potable sur de grandes collectivités, l&amp;#039;assistance est susceptible d&amp;#039;être limitée à l&amp;#039;aide au maître d&amp;#039;ouvrage pour le choix d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage (établissement du programme de la mission, passation du marché, aide au choix du prestataire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Rédaction de notes et de rapports
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réunions de travail sur des thématiques particulières à la demande
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R195" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau.seine-et-marne.fr/</t>
+        </is>
+      </c>
+      <c r="W195" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/39c2-mettre-en-uvre-un-projet-eau-potable-optimisa/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>117385</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un suivi technique pour la protection et la gestion des forages d’eau potable et de leur aire d’alimentation des captages (AAC)</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Protéger l&amp;#039;ensemble des points d&amp;#039;eau des pollutions diffuses et ponctuelles sur la base d&amp;#039;études et/ou la délimitation des périmètres de protection des captages d&amp;#039;eau potable et/ou dans l&amp;#039;accompagnement à la mise en œuvre du programme d&amp;#039;actions établi à l&amp;#039;issue de la démarche AAC.
+&lt;/p&gt;
+&lt;p&gt;
+ Assistance pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La procédure de Déclaration d&amp;#039;utilité publique (DUP) de mise en place des périmètres de protection,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le diagnostic et les travaux sur les captages,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;établissement et le suivi des programmes d&amp;#039;actions sur les aires d&amp;#039;alimentations des captages (AAC) des collectivités.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ces missions consistent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Montage de réunions d&amp;#039;information et de sensibilisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etablissement de cahiers des charges et des dossiers de financements,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assistance à la passation du marché ; étude des offres afin d&amp;#039;aider le maître d&amp;#039;ouvrage dans son choix du prestataire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnements des bureaux d&amp;#039;étude,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Appui au montage des dossiers administratifs dans le cadre de la procédure DUP jusqu&amp;#039;à l&amp;#039;enquête publique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement des maitres d&amp;#039;ouvrage dans l&amp;#039;animation des programmes d&amp;#039;actions sur les AAC
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;animation du volet agricole étant traité soit par la Chambre d&amp;#039;agriculture de région IDF soit Eau de Paris ou encore AQUI&amp;#039;Brie sur leurs territoires historiques respectifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Rédactions de notes et de rapports
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réunions de travail sur des thématiques particulières à la demande
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Sols
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau.seine-et-marne.fr/</t>
+        </is>
+      </c>
+      <c r="W196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a8a2-mettre-en-place-un-suivi-technique-pour-la-pr/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>117170</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un réseau au service de la santé du végétal et de la protection de l'environnement</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>FREDON  Occitanie</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>FREDON Occitanie</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ regroupe des experts en botanique, phytopathologie, agronomie et environnement.
+ &lt;br /&gt;
+ Des métiers portés par un ensemble de compétences internes et externes reconnues dans le réseau des FDGDON de la région.
+ &lt;br /&gt;
+ Pour la partie délégation de missions en santé des végétaux, nous sommes reconnus comme organisme à vocation sanitaire (O.V.S) par arrêt ministériel (ministère de l&amp;#039;Agriculture).
+ &lt;br /&gt;
+ Nous mettons au profit des détenteurs de végétaux (agriculteurs, collectivités et particuliers) et des services publics (DRAAF, DREAL, ARS, DDTM, collectivités territoriales et locales ...) notre savoir-faire, afin de gérer la prévention, la surveillance et la lutte contre les dangers sanitaires en santé des végétaux (ravageurs et pathogènes) et en santé humaine (ambroisie, chenille processionnaire ...)
+ &lt;br /&gt;
+ Nous agissons aussi dans un objectif de réduction de l&amp;#039;usage des produits phytosanitaires par l&amp;#039;animation de la démarche Captages d&amp;#039;Eauccitanie et ECOPHYTO Jardins, Espaces Verts et Infrastructures (JEVI).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS DE DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LA SURVEILLANCE DES ORGANISMES NUISIBLES RÉGLEMENTÉS OU ÉMERGENTS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Surveillance sanitaire du végétal, informations sur les maladies et les ravageurs des végétaux, les espèces invasives, la surveillance des organismes nuisibles réglementés ou émergents
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous sommes en charge avec nos sections départementales (FDGDON) de la surveillance et de l&amp;#039;inspection sanitaire des végétaux sur tout le territoire régional. Cette délégation de service public comprend toutes les actions contribuant à la surveillance, la prévention et la lutte contre les organismes nuisibles ou les dangers sanitaires. La surveillance est organisée en plans d&amp;#039;inspection classés selon de grandes thématiques (Passeport sanitaire, export, surveillance générale). Ils évoluent au grès des réglementations européenne et française.
+ &lt;br /&gt;
+ L&amp;#039;objectif est de préserver les productions agricoles sur notre territoire ainsi que les autres économies liées au secteur végétal (ex. : tourisme).
+&lt;/p&gt;
+&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS D&amp;#039;INTÉRÊT GÉNÉRAL
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;ANIMATION RÉGIONALE AMBROISIES
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau de mobilisation collective pour limiter l‘implantation des ambroisies et les risques pour la santé des citoyens
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous participons à la
+ &lt;strong&gt;
+  stratégie de gestion des plantes allergisantes
+ &lt;/strong&gt;
+ pilotée par l&amp;#039;ARS* (Agence Régionale de Santé).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coordination régionale des actions de lutte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de comités départementaux de coordination de lutte et formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structuration d&amp;#039;un réseau de référents et de compétences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle des signalements et cartographie de la présence de la plante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public aux risques d&amp;#039;allergies
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  DES ALTERNATIVES DURABLES AUX PESTICIDES DANS LES ESPACES PRIVÉS ET PUBLICS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau régional des gestionnaires de Jardins, Espaces Verts et Infrastructures (JEVI), chartes régionales «Zéro Phyto »
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous accompagnons tous les gestionnaires de la région souhaitant mettre en œuvre des actions
+ &lt;strong&gt;
+  visant à abandonner l&amp;#039;usage des produits phytosanitaires
+ &lt;/strong&gt;
+ dans une logique de gestion durable des espaces privés et publics.
+ &lt;br /&gt;
+ Les objectifs sont de coordonner un
+ &lt;strong&gt;
+  réseau de compétences régionales
+ &lt;/strong&gt;
+ et de produire et mutualiser des références techniques. L&amp;#039;animation de ce réseau passe notamment par le développement des
+ &lt;strong&gt;
+  chartes «Objectif/Engagé Zéro Phyto»
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Ce réseau est à destination :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des collectivités et gestionnaires publics de sites non agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires d&amp;#039;infrastructures (routes, autoroutes, réseaux, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires privés (infrastructures de tourisme, de loisirs, jardiniers amateurs, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  POUR UNE EAU POTABLE DE QUALITÉ
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation de réseaux d&amp;#039;acteurs en charge de la reconquête et la protection des captages d&amp;#039;alimentation en eau potable
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Cette démarche regroupe un réseau technique régional composé des «acteurs de terrain», des collectivités gestionnaires ou autres professionnelles impliqués. L&amp;#039;objectif principal est d&amp;#039;acc
+ &lt;strong&gt;
+  ompagner ces acteurs œuvrant dans les dispositifs locaux
+ &lt;/strong&gt;
+ (captages prioritaires, animateurs de bassins versants...) en Occitanie, sur les bassins Adour-Garonne et Rhône Méditerranée Corse, par la production et la mutualisation de références techniques, l&amp;#039;organisation de journées techniques, la formation ou encore la gestion de projet communs.
+&lt;/p&gt;
+&lt;h1&gt;
+ NOS SERVICES
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;EXPERTISE SANITAIRE
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous réalisons ou aidons à la réalisation de toutes les actions contribuant à la surveillance des problèmes sanitaires en santé des végétaux et sur les exotiques envahissantes. Nous avons un rôle de référent sanitaire et environnemental qui nous amène à être référencés sur des dossiers à la marge de nos actions principales : santé publique (pollens, chenilles urticantes), sécurité publique (frelon asiatique, hyménoptères), droit urbain et environnemental.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LE DIAGNOSTIC
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous effectuons des diagnostics pour le compte de particuliers, de collectivités ou d&amp;#039;entreprises. Nous apportons notre expertise lors du dépérissement d&amp;#039;un végétal, la suspicion de maladie ou l&amp;#039;état général d&amp;#039;un patrimoine végétal. La FREDON Occitanie fait partie du réseau «CLINIQUE DU VÉGÉTAL®».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ LES FORMATIONS
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous organisons ou animons des sessions de formation auprès de différents publics. Nous proposons notamment des formations spécifiques aux élus des collectivités locales et territoriales, aux propriétaires ou détenteurs de végétaux, aux groupements de représentants professionnels ou toute autre personne pouvant être intéressée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Sports et loisirs
+Forêts
+Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
-Transition énergétique
-[...4 lines deleted...]
-Tiers-lieux
+Recyclage et valorisation des déchets
+Santé
+Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
-[...1 lines deleted...]
-Risques naturels
 Biodiversité
-Equipement public
-[...2 lines deleted...]
-Logement et habitat
 Paysage
-Accessibilité
 Attractivité économique
 Appui méthodologique
-Prévention des risques
-[...5 lines deleted...]
-      <c r="O112" s="1" t="inlineStr">
+Animation et mise en réseau
+Valorisation d'actions
+Médias et communication
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ fédère les initiatives locales et s&amp;#039;appuie dans ses actions sur les fédérations départementales (FDGDON) et les groupements de défense (GDON).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est également membre du réseau FREDON FRANCE.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T197" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fredonoccitanie.com/</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FREDON Occitanie
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
+ &lt;br /&gt;
+ Téléphone : 04 67 75 64 48
+ &lt;br /&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;fredon-occitanie.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
+  https://www.fredonoccitanie.com/nous-contacter/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>contact@fredon-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a04-beneficier-dun-reseau-au-service-de-la-sante-/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C113" s="1" t="inlineStr">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>116538</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Maîtriser l’utilisation des substances polluant les masses d'eau</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I198" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations permettant de mieux connaitre, réduire ou maîtriser les rejets polluants dans les milieux aquatiques et littoraux : formations aux bonnes pratiques et à la diminution d’usages de polluants, actions d’amélioration des pratiques agricoles en vue de baisser l’usage d’intrants, gestion des substances polluantes (phytosanitaires, engrais, médicaments…), traitement d’effluents autres que domestiques, établissement de profil de vulnérabilité de zone baignade, dispositifs de dépollution des eaux pluviales via des solutions durables et adaptées localement, filets de rétention de macrodéchets situés sur des infrastructures de gestion des eaux pluviales, …&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/15af-copie-04h13-modernisation-des-services-public/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>116535</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser la ressource en eau non conventionnelle</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I199" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Réutilisation d’eaux traitées issues de station de traitement d’eaux usées, récupération de l’eau de pluie, toute opération en lien avec l’objectif, éventuellement expérimentale, à finalité fonctionnelle, ….&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bec1-copie-06h40-optimisation-des-reserves-deau/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>116533</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Comprendre le fonctionnement des masses d’eau</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I200" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Production de données et de connaissances sur le fonctionnement des masses d’eau : salinisation, recharge, dynamique des transferts, …&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T200" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eba8-copie-06h36-planifier-la-preservation-de-la-r/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H113" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I113" s="1" t="inlineStr">
+      <c r="I201" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N113" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
-Forêts
 Sols
 Espaces verts
 Espace public
 Friche
-Foncier
-[...1 lines deleted...]
-Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
-Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
-Bâtiments et construction
 Réhabilitation
-Logement et habitat
-Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
-Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P201" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q201" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>164102</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - fiche action  8</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I202" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q202" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T202" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>164111</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I203" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J203" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Consommation et production
+Risques naturels
+Qualité de l'air
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...3 lines deleted...]
-Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
-Bibliothèques et livres
 Milieux humides
-Inclusion numérique
-[...1 lines deleted...]
-Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T203" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q204" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W204" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>165522</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets en faveur de la réduction des impacts dus aux produits phytopharmaceutiques dans des territoires de convergence d’enjeux sur l’eau potable et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>AAP Territoires de convergence eau potable et Natura 2000 : initiatives pour réduire l’usage et l’impact des produits phytopharmaceutiques</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Ministère de la Santé et de la Prévention
+Ministères de l'Aménagement du territoire et de la Transition écologique
+Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I205" s="1" t="inlineStr">
+        <is>
+          <t> Max : 75</t>
+        </is>
+      </c>
+      <c r="J205" s="1" t="inlineStr">
+        <is>
+          <t>du coût total</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la stratégie
+Ecophyto 2030, faisant suite au plan Ecophyto II&amp;#43;, des appels à projets
+nationaux sont lancés pour soutenir des projets en faveur d&amp;#039;une réduction de
+l’utilisation des produits phytopharmaceutiques, et de la limitation des
+risques et des impacts qui y sont liés.&lt;/p&gt;&lt;p&gt;L’appel à projets 2025 est le
+premier appel à projet thématique de la stratégie Ecophyto 2030. Il est lancé
+par l’OFB en lien avec les ministères pilote de la stratégie. &lt;/p&gt;&lt;p&gt;Il concerne l’ensemble du
+territoire métropolitain et ultramarin (Départements et Régions d’Outre-Mer).
+Il vise la suppression ou une forte réduction des produits phytopharmaceutiques
+dans des territoires présentant des enjeux croisés autour de la préservation de la qualité de l’eau destinées à la consommation humaine et de la protection de la biodiversité.&lt;/p&gt;&lt;p&gt;Le territoire visé par l’AAP doit
+contenir obligatoirement une aire d’alimentation de captages. &lt;/p&gt;&lt;p&gt;Les projets attendus seront multi
+partenariaux. &lt;/p&gt;&lt;p&gt;Doté d’une enveloppe allant
+jusqu’à 2,06 millions d’euros, les projets seront soutenus pour un montant de
+financement maximum de 300 000 € par projet et pour une durée maximale de 36
+mois.&lt;/p&gt;&lt;p&gt;Le 11 décembre 2025, un &lt;a href="https://ofb-fr.zoom.us/webinar/register/WN_Ipjm7ALMQjC8VH9-n93pDw" target="_self"&gt;Webinaire de présentation de l’AAPN&lt;/a&gt;
+et du règlement sera organisé à l’intention des porteurs de projets.
+Le support de présentation et le replay seront disponibles sur le site de
+l’OFB.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le règlement via le lien
+suivant : &lt;a href="https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf" target="_self"&gt;https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous pouvez trouver la liste des projets lauréats aux
+éditions précédentes sur le portail technique de l’OFB :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://ofb.gouv.fr/financements/resultats-de-appel-a-projets-national-ecophyto-2023" target="_self"&gt;Résultats de l’appel à projets national Écophyto 2023&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Alimentation
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P113" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S113" s="1" t="inlineStr">
+      <c r="P205" s="1" t="inlineStr">
+        <is>
+          <t>12/11/2025</t>
+        </is>
+      </c>
+      <c r="Q205" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité et de sélection sont mentionnés
+dans le règlement de l’appel à projet.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles et le taux de financement sont
+précisés dans le règlement.&lt;/p&gt;&lt;p&gt;Les règles générales de subvention applicables sont celles
+prévues dans le règlement d’interventions de l’OFB, disponible à l’adresse
+suivante : &lt;a href="https://ofb.gouv.fr/doc/le-programme-intervention" target="_self"&gt;Office français de la biodiversité&lt;/a&gt;&lt;a&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T205" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/financements/territoires-de-convergence-eau-potable-et-natura-2000-initiatives-pour-reduire-impact</t>
+        </is>
+      </c>
+      <c r="W205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/appel-a-projets-national-ecophyto-2030-territoires</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute demande, merci d’écrire à l’adresse &lt;a href="mailto:ecophyto&amp;#64;ofb.gouv.fr"&gt;ecophyto&amp;#64;ofb.gouv.fr&lt;/a&gt;, en précisant dans
+l’objet de votre mail : « AAPN 2025 Écophyto Captages/ Natura 2000 ».&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>emma.schwartz@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-des-projets-en-faveur-de-la-reduction-des-impacts-dus-aux-produits-phytopharmaceutiques-dans-des-territoires-de-convergence-denjeux-sur-leau-potable-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>163589</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre la stratégie régionale de l'eau</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Aides de la stratégie régionale de l&amp;apos;eau</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ampleur des enjeux identifiés par la Région dans sa Stratégie Régionale de l’Eau ainsi que l’urgence d’atteindre les objectifs fixés par la Directive Cadre sur l’Eau conduisent la Région à favoriser une approche intégrée de la ressource en eau à l’échelle de bassins versants, seule approche cohérente et efficace au regard des enjeux.&lt;/p&gt;&lt;p&gt; Aussi, afin d’inciter les acteurs de l’eau à s’organiser à cette échelle, la Région souhaite accentuer la sélectivité des projets soutenus. L’accompagnement de la Région au titre de sa politique de l’eau sera ainsi conditionné à : &lt;span&gt;La nécessité d’inscrire l’opération dans une démarche de gestion intégrée de l’eau (adéquation entre le milieu naturel, le développement local et l’aménagement du territoire) construite de manière concertée à une échelle géographique cohérente : le bassin versant. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Forte de ces éléments, la Région s’engage dans les démarches de contractualisation (Contrats territoriaux, …) à l’échelle de bassins versants au côté des agences de l’eau. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Cette politique de l’eau transversale se décline selon les quatre orientations stratégiques : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Accompagner les changements de pratiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Contribuer à la prise en compte des enjeux de l’eau dans l’aménagement du territoire et à la gestion des risques naturels &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Préserver les milieux aquatiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Développer et partager les connaissances &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; La mise en œuvre de cette politique de l’eau se fera en collaboration étroite avec les Agences de l’eau Adour-Garonne et Loire-Bretagne.
+Au-delà de l’intervention de la Région dans la mise en œuvre d’actions en faveur de la préservation de la ressources en eau (qualité et quantité) sur les bassins versants, la Région s’appuiera sur des partenaires afin notamment d’améliorer la connaissance, de la diffuser et de mettre en cohérence les actions à l’échelle de la Nouvelle-Aquitaine.&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; A cheval entre les bassins hydrographiques Adour-Garonne et Loire-Bretagne, la Région Nouvelle-Aquitaine se caractérise par la présence de différents types de ressources en eau (cours d’eau, nappes, étangs, zones humides, …), rencontrées de manière différenciée sur le territoire. Malgré leurs diversités, ces ressources sont soumises à des pressions et des sollicitations anthropiques variables selon l’occupation du territoire et les activités humaines présentes.
+Ces pressions se trouveront accentuées par le changement climatique qui impactera d’une manière significative, directement et indirectement, l’ensemble des écosystèmes et ressources en eau de la Nouvelle-Aquitaine, ainsi que les usages de l’eau associés.
+Les objectifs visés par la Région sont de pouvoir répondre aux différents enjeux liés à la ressource en eau. &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Transition énergétique
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités et leurs groupements &lt;/li&gt;&lt;li&gt;Collectivités porteuses des contrats territoriaux de gestion intégrée des bassins versants &lt;/li&gt;&lt;li&gt; Syndicats mixtes et établissements de coopération intercommunale&lt;/li&gt;&lt;li&gt; Collectivités productrices d’eau potable&lt;/li&gt;&lt;li&gt; Organisations professionnelles agricoles donnant du conseil sur le système des exploitations et les pratiques des agriculteurs présentes sur les zones à enjeu&lt;/li&gt;&lt;li&gt; Eau prioritaires bénéficiant d’un contrat territorial de bassin versant ou d’un contrat territorial Re-Sources &lt;/li&gt;&lt;li&gt; Entreprises &lt;/li&gt;&lt;li&gt; Groupements de collectivités (Communautés de Communes et Communautés d’Agglomération au titre de la GEMAPI, Etablissement Public Territoriaux de Bassin, Syndicats de Bassins Versants compétents)&lt;/li&gt;&lt;li&gt; Structures porteuses de SAGE
+	Associations créées sur la base de la Loi du 1er juillet 1901 &lt;/li&gt;&lt;li&gt; Propriétaires privés &lt;/li&gt;&lt;li&gt; Associations « migrateurs » : LOGRAMI, MIGADO, MIGRADOUR, Cellule migrateurs Charente Seudre  &lt;/li&gt;&lt;li&gt;Associations ayant une action significative sur les espèces exotiques envahissantes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les demandes de subvention seront traitées au fil de l’eau.
+&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention pour travaux et/ou études, elles sont à déposer, avant leur démarrage, de préférence avant le 31 mars ou avant le 30 juin de chaque année, pour favoriser leur instruction en vue des commissions du 1er ou 2e semestre, en privilégiant un dépôt regroupé par tranche annuelle. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/aides-de-la-strategie-regionale-de-leau</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les modalités d&amp;#039;intervention sont différentes selon les projets, elles sont détaillées dans le règlement d&amp;#039;intervention ci-après.
+Les dossiers sont à transmettre par voie dématérialisée à l&amp;#039;adresse : &lt;a target="_self"&gt;eau&amp;#64;nouvelle-aquitaine.fr&lt;/a&gt;. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-de-la-strategie-regionale-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>163237</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement territorial sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 3</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I207" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J207" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Artisanat
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P207" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2023</t>
+        </is>
+      </c>
+      <c r="Q207" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T207" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>163880</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Etude, recherche, innovation et connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I208" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
+délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
+L’acquisition, le transfert et la valorisation
+de connaissances (études générales, recherchedéveloppement, prospective et
+innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
+ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
+nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
+changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
+l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
+La création et la gestion de réseaux de
+surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
+ressources en eau superficielles et souterraines, des usages et des pressions
+qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
+(qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
+et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
+complémentaires qui permettent de renforcer les programmes de surveillance de
+la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
+aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
+de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
+le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
+définies dans la lettre de cadrage du ministère avec pour objectif principal
+l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
+spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
+l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
+Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+International
+Industrie
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P208" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q208" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
+prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T208" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>163879</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Gérer la ressource en eau, une approche quantitative</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I209" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette délibération présente les principes d’intervention et
+les objectifs de l’Agence en matière de gestion de la ressource en eau dans un
+contexte de changement climatique qui sont de concilier les différents usages
+humains, économiques sans oublier les milieux naturels, avec la disponibilité
+de la ressource notamment en période d’étiage.&lt;/p&gt;&lt;p&gt;Cette gestion implique une gouvernance à l’échelle des
+bassins versants afin de régir le partage de cette ressource et la mise en
+place d’actions visant à réduire la pression de prélèvement sur les milieux via
+une réduction des consommations puis par l’utilisation d’eaux non
+conventionnelles.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les objectifs du plan Eau déclinés sur le bassin Artois
+Picardie sont également rappelés à travers cette délibération.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de connaissance visant à définir
+l’impact des usages actuels et futurs sur les milieux (études « hydrologie,
+milieux, usages, climat ») et les volumes disponibles ;&lt;/li&gt;&lt;li&gt;Les travaux d’instrumentation du réseau afin de
+localiser les zones déficitaires (installations d’appareils de mesure de
+sectorisation, de vannes de sectionnement, mise en place de pré localisateurs
+de fuites…) ;&lt;/li&gt;&lt;li&gt;Les frais annexes liés à la réalisation des
+travaux (acquisitions des terrains, honoraires de maîtrise d’œuvre, assistance
+à maîtrise d’ouvrage, dossiers réglementaires, frais de contrôle et de
+sécurité, frais de publicité et d’assurances…) ; &lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
+d’échange d’expérience, de concertation et de consultation du public, y compris
+sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Espace public
+Voirie et réseaux
+Agriculture et agroalimentaire
+Biodiversité
+Equipement public
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Industrie</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P209" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q209" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité et
+plus particulièrement les conditions particulières sont précisées en détail dans
+la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La gestion équilibrée de la ressource en eau&lt;/li&gt;&lt;li&gt;Les économies d’eau potable réalisées par les
+particuliers et les collectivités territoriales&lt;/li&gt;&lt;li&gt;La valorisation et l’utilisation des eaux non
+conventionnelles&lt;/li&gt;&lt;li&gt;Les actions de communication et de
+sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T209" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
+&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-la-ressource-en-eau-une-approche-quantitative/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>163877</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Protéger la ressource en eau et l'alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Protection de la ressource en eau et alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I210" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’approvisionnement permanent du service public d’eau
+potable par une eau de qualité satisfaisante et en quantité suffisante est un
+enjeu majeur de l’Agence de l’Eau Artois-Picardie.&lt;/p&gt;&lt;p&gt;Le bassin Artois-Picardie compte environ 1 000 captages
+d’eau potable actifs, dont la quasi-totalité dispose d’une déclaration
+d’utilisé publique visant la protection contre les pollutions accidentelles et
+ponctuelles. Plus de 200 captages sont néanmoins considérés comme dégradés par
+des pollutions diffuses, parmi lesquels les 60 captages d’eau potable
+prioritaires identifiés par le Schéma Directeur d’Aménagement et de Gestion des
+Eaux (SDAGE) au regard de taux de nitrates et/ou de phytosanitaires et leurs
+métabolites en augmentation tendancielle, voire en dépassement des valeurs
+limites de potabilité.&lt;/p&gt;&lt;p&gt;Les problèmes de qualité de la ressource sont de différentes
+origines, et leur résolution appelle une mobilisation large des dispositifs du
+programme d’intervention de l’Agence de l’Eau en conformité avec les
+orientations du Gouvernement définies dans le « Plan Eau » lancé au mois de
+mars 2023, la mise en place de démarches préventives doit être prioritairement
+recherchée pour réduire à la source l’ensemble des pollutions qui s’exercent
+sur les aires d’alimentation de captages. Elles sont le préalable à la mise en
+place des solutions curatives qui s’avèreraient nécessaires, ou des projets
+d’interconnexions accompagnés par l’Agence de l’Eau afin de sécuriser
+l’alimentation en eau potable des territoires.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau Artois-Picardie incite les maitres
+d’ouvrage à mettre en place des actions de protection de la ressource en eau,
+principalement à travers des actions de réduction des pollutions qui s’exercent
+sur les aires d’alimentation des captages afin de reconquérir à terme la
+qualité des eaux brutes, et de sécurisation de l’alimentation au bénéfice de
+tous les usagers du service public d’eau potable.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation financière pour l’élaboration et
+la mise en œuvre des contrats d’actions pour la ressource en eau portant sur
+les captages prioritaires identifiés par le SDAGE&lt;/li&gt;&lt;li&gt;Les travaux de rebouchage de captages, puits ou
+forages inutilisés au sein d’une aire d’alimentation de captage&lt;/li&gt;&lt;li&gt;Les acquisitions foncières (y compris les
+indemnités d’éviction et les frais d’actes, de notaire ou de portage) réalisées
+au sein d’une aire d’alimentation de captage et le boisement pérenne&lt;/li&gt;&lt;li&gt;Les études techniques, juridiques et financières
+liées à la prise de compétence et à la structuration du service eau potable&lt;/li&gt;&lt;li&gt;Les études préalables à la réalisation des
+travaux (assistance à maîtrise d’ouvrage, définition des besoins, études de
+faisabilité, études spécifiques, choix du site et des solutions techniques…)&lt;/li&gt;&lt;li&gt;Les études technico-économiques d’examen des
+différentes solutions de sécurisation (nouveau forage, raccordement,
+interconnexion...)&lt;/li&gt;&lt;li&gt;Les travaux de déplacement, d’adaptation et de
+sécurisation des ouvrages d’eau potable existants situés dans les zones d’aléa
+fort et définis dans un document d’urbanisme en lien avec un plan de prévention
+des risques&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
+d’échange d’expérience, de concertation et de consultation du public, y compris
+sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Espace public
+Risques naturels
+Biodiversité
+Equipement public
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P210" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q210" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité et
+plus particulièrement les conditions particulières sont précisées en détail dans
+la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats d’action pour la ressource en eau&lt;/li&gt;&lt;li&gt;La protection de la ressource en eau &lt;/li&gt;&lt;li&gt;La production d’eau potable et la sécurisation
+quantitative&lt;/li&gt;&lt;li&gt;L’approvisionnement en eau potable et la
+sécurisation quantitative&lt;/li&gt;&lt;li&gt;Les actions de communication et de
+sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T210" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
+&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/proteger-la-ressource-en-eau-et-lalimentation-en-eau-potable/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>163875</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Lutte les pressions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I211" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
+masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
+gérer les crues et préserver la biodiversité, dans un contexte de changement
+climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
+agroécologique et privilégie les pratiques ou les changements à l’échelle du
+système d’exploitation, tels que l’agriculture biologique, l’agriculture de
+conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
+l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
+spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
+particulièrement dans les aires d’alimentation des captages prioritaires où
+l’agence privilégie les projets de territoires portés par les collectivités et
+soutient des actions concourant à réduire ou maitriser les pressions à un
+niveau compatible avec l’état de la ressource en eau et les enjeux de santé
+publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
+en zones humides qui poursuit un objectif de maintien des surfaces et à
+démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
+sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
+climatique pour lesquelles il est visé une stabilisation des prélèvements à des
+fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
+réserve utile du sol, la résistance des plantes et la réduction de la
+consommation d’eau ; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
+pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
+favoriser le retour au sol agricole des matières organiques en créant les
+conditions de la confiance.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
+changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
+filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
+micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
+ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
+(CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Sols
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P211" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q211" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau peut apporter
+une participation financière aux personnes morales de droit public ou privé
+réalisant des opérations visant à lutter contre les pressions d’origine
+agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
+principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
+la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
+zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
+large. Il est tenu compte de la délibération d’intervention portant sur les
+zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
+particulier les aires d’alimentation des captages prioritaires définis dans le
+SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
+l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
+» ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
+quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
+programme global de lutte contre l’érosion des sols reconnu par l’Agence de
+l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
+conservation des sols, programme global d’aménagements hydrauliques issu d’une
+étude préalable) sont également des territoires à enjeux pour l’Agence de
+l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
+précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
+la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
+transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
+leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
+l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
+agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T211" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
         <v>163041</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Préserver, valoriser et gérer durablement le patrimoine naturel du Pays d'Auge</t>
         </is>
       </c>
-      <c r="C114" s="1" t="inlineStr">
+      <c r="C212" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F114" s="1" t="inlineStr">
+      <c r="F212" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H212" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I114" s="1" t="inlineStr">
+      <c r="I212" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Pays d’Auge se distingue par la qualité́ et la diversité́ de son patrimoine naturel : bocages, prairies, forêts, littoral, faune, flore, ressources en eau, etc. Sources de bien-être, de biodiversité et de dynamisme touristique et économique, ces éléments naturels constituent des marques identitaires fortes pour le territoire qu’il convient de préserver et de valoriser. Répondant à 8 objectifs prioritaires du SRADDET normand et prenant en considération les constats scientifiques d’érosion de la biodiversité et du littoral du GIEC normand, cette fiche-action n°2 de la stratégie Locale de développement LEADER permet d’accompagner la mise en œuvre opérationnelle des transitions écologiques à opérer dans les territoires pour réduire les causes du changement climatique, protéger les espaces naturels littoraux et d’arrière-pays et valoriser leurs paysages. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver durablement les ressources et les espaces naturels du territoire&lt;/li&gt;&lt;li&gt;Renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser différents publics sur la préservation du patrimoine naturel et inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Former les acteurs économiques du territoire à intégrer la dimension environnementale dans leurs pratiques pour limiter l’impact écologique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement, restauration et gestion durable du patrimoine naturel du Pays d’Auge&lt;/li&gt;&lt;li&gt;Opérations d’aménagement et de valorisation des espaces et ressources naturelles pour sensibiliser et accueillir le public tout en respectant les milieux&lt;/li&gt;&lt;li&gt;Sensibilisation et information auprès des publics à la protection et gestion durable du patrimoine naturel et à l&amp;#039;écocitoyenneté, aménagement de lieux et d’espaces d’accueil dédiés&lt;/li&gt;&lt;li&gt;Structuration et soutien des réseaux d’acteurs du domaine de l’environnement&lt;/li&gt;&lt;li&gt;Actions visant au développement de jardins partagés, potagers pédagogiques, jardins en permaculture accessibles à tous &lt;/li&gt;&lt;li&gt;Utilisation de solutions fondées sur la nature pour renaturaliser les centre-bourgs et renforcer l&amp;#039;adaptation au changement climatique (études)&lt;/li&gt;&lt;li&gt;Actions visant à limiter l’utilisation d’eau potable pour des usages non-alimentaires&lt;/li&gt;&lt;li&gt;Sensibilisation et la formation des artisans à l’utilisation d’agro-matériaux pour la construction et la rénovation des bâtiments et soutien aux réseaux d’acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M114" s="1" t="inlineStr">
+      <c r="M212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mise en place de jardins partagés citoyens ; Gestion de marais ; Action éducative auprès du grand public ; Développement d&amp;#039;un parcours pédagogique d&amp;#039;éducation à l&amp;#039;environnement...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N212" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Santé
 Education et renforcement des compétences
 Biodiversité
 Mers et océans
 Milieux humides
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O212" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de préserver durablement les ressources et/ou espaces naturels du Pays d&amp;#039;Auge&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;informer et sensibiliser le public sur la préservation du patrimoine naturel et d&amp;#039;inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Le projet permet de développer durablement l&amp;#039;attractivité économique des zones rurales via ses filières locales&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Voiries et réseaux divers en dehors de la gestion de l’eau ; &lt;/span&gt;Construction de bâtiment non réversible ; Installation sanitaires classiques avec usage d’eau ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S212" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T114" s="1" t="inlineStr">
+      <c r="T212" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U212" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V212" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y212" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z212" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-valoriser-et-gerer-durablement-le-patrimoine-naturel-du-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA212" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
         <v>163199</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C213" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G213" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H213" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I115" s="1" t="inlineStr">
+      <c r="I213" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K213" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L213" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -25049,15234 +38583,103 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q115" s="1" t="inlineStr">
+      <c r="Q213" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S213" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T213" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V213" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y213" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z213" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
-[...13835 lines deleted...]
-      </c>
       <c r="AA213" s="1" t="inlineStr">
-        <is>
-[...1292 lines deleted...]
-      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>