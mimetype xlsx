--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA260"/>
+  <dimension ref="A1:AA244"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -7570,51 +7570,51 @@
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/620e-projets-de-recherche-collaboratifs-publicpriv/</t>
         </is>
       </c>
       <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:27" customHeight="0">
       <c r="A39" s="1">
         <v>90768</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un service gratuit d'aide aux devoirs</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>Soutien scolaire : service gratuit d'aide aux devoirs</t>
+          <t>Soutien scolaire : service gratuit d&amp;apos;aide aux devoirs</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      Lycéens, apprentis, vous rencontrez des difficultés dans une matière ? Vous souhaitez bénéficier d&amp;#039;un soutien scolaire personnalisé ? Profitez d&amp;#039;un service gratuit d&amp;#039;aide aux devoirs par téléphone au 05 57 57 50 00.
@@ -7643,55 +7643,50 @@
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle</t>
         </is>
       </c>
       <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
       <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-scolaire-service-gratuit-daide-aux-devoirs</t>
         </is>
       </c>
-      <c r="W39" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service d&amp;#039;aide aux devoirs
 Direction de l&amp;#039;éducation
 05 57 57 50 00
  (appel gratuit), du lundi au jeudi de 18h à 21h, hors vacances scolaires et jours fériés.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/be1f-soutien-scolaire-service-gratuit-daide-aux-de/</t>
         </is>
       </c>
       <c r="AA39" s="1" t="inlineStr">
         <is>
@@ -7820,55 +7815,50 @@
       <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
       <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
       <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/service-public-regional-de-la-formation-professionnelle</t>
         </is>
       </c>
-      <c r="W40" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Formation Professionnelle et Apprentissage
 &lt;/p&gt;
 &lt;p&gt;
  15 rue de l&amp;#039;Ancienne Comédie
 &lt;/p&gt;
 &lt;p&gt;
  CS 70575
 &lt;/p&gt;
 &lt;p&gt;
  86021
                                                     POITIERS Cedex
 &lt;/p&gt;
 &lt;p&gt;
  05 49 55 76 02
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
@@ -8056,51 +8046,51 @@
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2d8a-bourses-detudes-sur-criteres-sociaux-etudiant/</t>
         </is>
       </c>
       <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:27" customHeight="0">
       <c r="A42" s="1">
         <v>90785</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Sécuriser l'accès vers l'emploi aux apprenants sortant de formation</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>Fonds d'aide à la mobilité vers l'emploi</t>
+          <t>Fonds d&amp;apos;aide à la mobilité vers l&amp;apos;emploi</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
@@ -8300,55 +8290,50 @@
 &lt;/p&gt;
 &lt;p&gt;
  Après l&amp;#039;envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services. Le dépôt d&amp;#039;une demande ne vaut pas acceptation.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois le dossier finalisé par vos soins (bouton &amp;#34;envoyer&amp;#34;), le service instructeur de la Région vérifie si votre dossier est complet. Des informations complémentaires pourront vous être demandées.Votre dossier est ensuite étudié avant passage en commission d&amp;#039;attribution. A l&amp;#039;issue de cette commission, la décision vous sera transmise par mail.
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="T42" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/fonds-daide-la-mobilite-vers-lemploi</t>
         </is>
       </c>
-      <c r="W42" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 Direction Formation Professionnelle et Apprentissage
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/081a-fonds-daide-a-la-mobilite-vers-lemploi/</t>
         </is>
       </c>
       <c r="AA42" s="1" t="inlineStr">
@@ -8653,55 +8638,50 @@
  &lt;li&gt;
   Un extrait de KBis pour les entreprises ou le récepissé de dépôt d&amp;#039;immatriculation en Préfecture pour les associations,
  &lt;/li&gt;
  &lt;li&gt;
   Le PV de consultation du CSE ou procès-verbal de carence sur le plan de développement des compétences concerné par la demande,
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U44" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V44" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W44" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-formation</t>
         </is>
       </c>
       <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Limoges:
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    karine.bardit&amp;#64;nouvelle-aquitaine.fr
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    samuel.garraud&amp;#64;nouvelle-aquitaine.fr
   &lt;/li&gt;
   &lt;li&gt;
    Bordeaux:
   &lt;/li&gt;
   &lt;li&gt;
    jean-pierre.gendron&amp;#64;nouvelle-aquitaine.fr
   &lt;/li&gt;
   &lt;li&gt;
@@ -9740,55 +9720,50 @@
  &lt;li&gt;
   Un extrait de KBis pour les entreprises ou le récepissé de dépôt d&amp;#039;immatriculation en Préfecture pour les associations,
  &lt;/li&gt;
  &lt;li&gt;
   Le PV de consultation du CSE ou procès-verbal de carence,
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Instruction de votre dossier et préparation pour le passage en Commission Permanente par le service.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V50" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W50" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-ingefor</t>
         </is>
       </c>
       <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Formation Professionnelle et Apprentissage : les contacts par départements sont à retrouver
  &lt;a href="https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-aux-entreprises-aie-ingefor" rel="noopener" target="_blank"&gt;
   sur ce lien
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec38-accompagnement-individuel-aux-entreprises-aie/</t>
         </is>
       </c>
@@ -10232,55 +10207,50 @@
  Vous pouvez également nous fournir tout autre document que vous pensez utile pour l&amp;#039;étude de votre dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Et après ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Après l&amp;#039;envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services. Le dépôt d&amp;#039;une demande ne vaut pas acceptation.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois le dossier finalisé par vos soins, le service instructeur de la Région vérifie si votre dossier est complet. Des informations complémentaires pourront vous être demandées.Votre dossier est ensuite étudié avant passage en commission d&amp;#039;attribution. À l&amp;#039;issue de cette commission, la décision vous sera transmise par mail.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="U52" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/fonds-social-formation</t>
         </is>
       </c>
-      <c r="W52" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers - Direction Formation Professionnelle et Apprentissage : 05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   du lundi au vendredi de 9h à 18h sans interruption
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/545c-fonds-social-formation/</t>
         </is>
       </c>
       <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
@@ -10823,90 +10793,85 @@
 &lt;p&gt;
  &lt;em&gt;
   Cf : Tableau des coordonnées des chargé(e)s de mission par filières.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-collectif-aux-filieres-acf-gpec</t>
         </is>
       </c>
-      <c r="W55" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Formation Professionnelle et Apprentissage
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/64c2-accompagnement-collectif-aux-filieres-acf-gpe/</t>
         </is>
       </c>
       <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:27" customHeight="0">
       <c r="A56" s="1">
         <v>90926</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Accompagner la Validation des Acquis de l'Expérience</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>VAE - Accompagnement de la Validation des Acquis de l'Expérience</t>
+          <t>VAE - Accompagnement de la Validation des Acquis de l&amp;apos;Expérience</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
@@ -11036,55 +11001,50 @@
 &lt;/p&gt;
 &lt;p&gt;
  Les Points Régionaux Conseils délivrent une information sur la Validation des Acquis de l&amp;#039;Expérience, proposent des entretiens conseils individualisés et gratuits pour clarifier et formuler le projet en VAE et évaluer sa pertinence. Ils conseillent dans le choix des certifications et mettent en relation avec les organismes valideurs responsables des certifications envisagées et assurer enfin le suivi de la démarche.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accueil se fait dans un des points du réseau :
  https://arcg.is/1ynzrz
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V56" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W56" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/vae-accompagnement-de-la-validation-des-acquis-de-lexperience</t>
         </is>
       </c>
       <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Formation Professionnelle et Apprentissage
 &lt;/p&gt;
 &lt;p&gt;
  05.57.57.55.66
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3e1a-vae-accompagnement-de-la-validation-des-acqui/</t>
         </is>
       </c>
       <c r="AA56" s="1" t="inlineStr">
@@ -11858,55 +11818,50 @@
   &amp;#34;Créer un dossier&amp;#34;
  &lt;/strong&gt;
  au bas de cette page.
 &lt;/p&gt;
 &lt;p&gt;
  La décision vous sera notifiée par courrier.
 &lt;/p&gt;
 &lt;p&gt;
  En cas d&amp;#039;accord, vous devrez impérativement vous reconnecter à votre dossier pour y déposer la pièce justificative nécessaire à la mise en paiement de l&amp;#039;aide. Celle-ci devra être déposée dans un délai d&amp;#039;un an et devra être en cohérence avec les informations saisies lors de la demande. A défaut l&amp;#039;aide ne pourra pas être versée et le dossier sera clôturé.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V60" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W60" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aides-aux-brevets-bafa-bafd-bnssa</t>
         </is>
       </c>
       <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Service Relation aux Usagers
 Direction de la jeunesse et de la citoyenneté
 05.49.38.49.38.
  &lt;/li&gt;
  &lt;li&gt;
   Du lundi au vendredi de 9h à 18h sans interruption.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z60" s="1" t="inlineStr">
         <is>
@@ -12368,55 +12323,50 @@
  :
 &lt;/p&gt;
 &lt;p&gt;
  Prise de contact avec le Service Appui aux Compétences dans les Entreprises par mail ou téléphone.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Cf : Tableau des coordonnées des chargé(e)s de mission par filières.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V63" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W63" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-collectif-aux-filieres-acf-formation</t>
         </is>
       </c>
       <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Direction Formation Professionnelle et Apprentissage en cliquant sur le lien vers le descriptif complet.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/49d0-accompagnement-collectif-aux-filieres-acf-for/</t>
         </is>
       </c>
@@ -18786,55 +18736,50 @@
  &lt;/a&gt;
  est conforme au Règlement général sur la protection des données (RGPD).
 &lt;/p&gt;
 &lt;p&gt;
  Les informations saisies sur le téléservice AIRE, sont réputées sincères et véritables. Elles engagent juridiquement la responsabilité de l&amp;#039;Organisme de Formation, seul habilité à déposer la demande AIRE.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U99" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-individuelle-regionale-vers-lemploi-aire</t>
         </is>
       </c>
-      <c r="W99" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  mesdemarches.iledefrance.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3c85-aide-individuelle-regionale-vers-lemploi-aire/</t>
         </is>
       </c>
       <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:27" customHeight="0">
       <c r="A100" s="1">
@@ -19416,51 +19361,51 @@
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
       <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dcdc-remuneration-des-stagiaires-de-la-formation-p/</t>
         </is>
       </c>
       <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:27" customHeight="0">
       <c r="A103" s="1">
         <v>104643</v>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Sécuriser les parcours de formation des stagiaires de la formation professionnelle continue</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>Fonds social régional d'urgence (FSU)</t>
+          <t>Fonds social régional d&amp;apos;urgence (FSU)</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
       <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
@@ -20284,51 +20229,51 @@
           <t>https://aides-territoires.beta.gouv.fr/aides/e83c-soutien-aux-salons-et-forums-dinformation-sur/</t>
         </is>
       </c>
       <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:27" customHeight="0">
       <c r="A108" s="1">
         <v>104710</v>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
-          <t>LEADER - Mise en oeuvre d'opérations dans le cadre de la stratégie locale de développement</t>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
       <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K108" s="1" t="inlineStr">
@@ -22461,55 +22406,50 @@
         </is>
       </c>
       <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U117" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W117" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -23238,55 +23178,50 @@
 &lt;p&gt;
  Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U120" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
       <c r="V120" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W120" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
       <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
@@ -24760,318 +24695,104 @@
         <is>
           <t>&lt;p&gt;
  monprojeteuropeen&amp;#64;bourgognefranchecomte.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>andrea.perilli@bourgognefranchecomte.fr</t>
         </is>
       </c>
       <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b498-mon-projet-europeen/</t>
         </is>
       </c>
       <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:27" customHeight="0">
       <c r="A130" s="1">
-        <v>120480</v>
+        <v>120596</v>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Promouvoir les actions de formations en amont de la qualification</t>
-[...4 lines deleted...]
-          <t>EUROPE - FSE + - Fonds social européen</t>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+          <t>Conseil départemental du Gers</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
-        <is>
-[...212 lines deleted...]
-      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I131" s="1" t="inlineStr">
+      <c r="I130" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J131" s="1" t="inlineStr">
+      <c r="J130" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -25099,66 +24820,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P131" s="1" t="inlineStr">
+      <c r="P130" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q131" s="1" t="inlineStr">
+      <c r="Q130" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -25170,139 +24891,139 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>120720</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'insertion professionnelle des lycéens</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>École-Entreprise - C'Possible : Favoriser l'insertion professionnelle des lycéens</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Le programme a pour objectif de favoriser l&amp;#039;insertion professionnelle des lycéens des filières professionnelle et technologique.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Les actions sont menées en collaboration avec les équipes pédagogiques des lycées partenaires pour parfaire les connaissances des élèves sur le monde de l&amp;#039;entreprise, son fonctionnement et ses métiers
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Intervention de professionnels en classe afin de témoigner sur leurs parcours professionnels et conseiller les jeunes qui recherchent des stages ou un emploi après leur Bac ou leur BTS. Des projets pédagogiques sont mis en place avec les entreprises partenaires de C&amp;#039;Possible, qui parrainent des classes pendant toute une année scolaire et les accueillent pendant des journées en immersion.
 &lt;/p&gt;
 &lt;p&gt;
  Les actions menées dans le cadre de ce projet suivent plusieurs modalités :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Des interventions en classe interactives basées sur les échanges entre intervenants et élèves
@@ -25327,575 +25048,171 @@
  &lt;li&gt;
   Connaissance des métiers : des ateliers de présentation des métiers sont animés par des professionnels, en classe ou au sein des entreprises lors de journées d&amp;#039;immersion : métiers de la Logistique, de la communication, du commercial, des ressources humaines, du Marketing ou du Numérique.
  &lt;/li&gt;
  &lt;li&gt;
   Préparation aux entretiens d&amp;#039;embauche : des ateliers d&amp;#039;éloquence permettent d&amp;#039;apprendre à se présenter et à mieux s&amp;#039;exprimer ; des sessions de travail sur le CV et la lettre de motivation sont organisées pour les élèves et également pour les professeurs qui souhaitent parfaire leurs connaissances.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Gratuité de l&amp;#039;action pour les établissements franciliens.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de ce programme, il convient de s&amp;#039;inscrire directement auprès de l&amp;#039;association C&amp;#039;Possible.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Qui peut en bénéficier ?
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Elèves de Seconde, Première, Terminale.
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/ecole-entreprise-cpossible-favoriser-linsertion-professionnelle-des-lyceens</t>
         </is>
       </c>
-      <c r="W132" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Madame Emmanuelle Lartigue
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:emmanuelle.lartigue&amp;#64;cpossible-asso.fr" rel="noopener" target="_blank"&gt;
   emmanuelle.lartigue&amp;#64;cpossible-asso.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b5f2-cpossible-favoriser-linsertion-professionnell/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-[...399 lines deleted...]
-      <c r="A135" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>120979</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Prêt social</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
   Qu&amp;#039;est-ce que le prêt social ?
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
  &lt;/li&gt;
  &lt;li&gt;
   Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
  &lt;/li&gt;
  &lt;li&gt;
   Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Choisissez une
   &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
@@ -25917,1618 +25234,1002 @@
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   et dotée d&amp;#039;une trajectoire de décarbonation.
  &lt;/li&gt;
  &lt;li&gt;
   5 thématiques éligibles :
  &lt;/li&gt;
  &lt;li&gt;
   1) L&amp;#039;action sanitaire, sociale et familiale,
  &lt;/li&gt;
  &lt;li&gt;
   2) Le développement et la cohésion territoriale,
  &lt;/li&gt;
  &lt;li&gt;
   3) L&amp;#039;enseignement et la formation professionnelle,
  &lt;/li&gt;
  &lt;li&gt;
   4) Le sport, culture et vie associative,
  &lt;/li&gt;
  &lt;li&gt;
   5) Les services d&amp;#039;incendies et de secours.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Friche
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Valorisation d'actions
 Bibliothèques et livres
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après étude et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 300 000 euros
 &lt;/p&gt;
 &lt;p&gt;
  Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
  &lt;/li&gt;
  &lt;li&gt;
   Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
  &lt;/li&gt;
  &lt;li&gt;
   Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
  &lt;/li&gt;
  &lt;li&gt;
   Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T135" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
         </is>
       </c>
-      <c r="W135" s="1" t="inlineStr">
+      <c r="W132" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H136" s="1" t="inlineStr">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>127471</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la recherche scientifique</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Allocation programme de recherche scientifique</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous voulez une formation financée par la Région ? Cherchez-la d&amp;#039;abord sur le catalogue
-[...10 lines deleted...]
-      <c r="N136" s="1" t="inlineStr">
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Financement accordé sur dépôt de dossier en vue du recrutement de chercheurs.ses post-doctorant.es développant une thématique de recherche en lien avec les filières d&amp;#039;excellence du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Deux modalités d&amp;#039;intervention :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutien au recrutement d&amp;#039;un.e chercheur.se post-doctorant.e, d&amp;#039;un montant maximum de 15 000 €/an, représentant 50 % du coût annuel du contrat, renouvelable 2 fois ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutien à la valorisation et au rayonnement de la recherche menée sur le territoire, en lien avec les filières d&amp;#039;excellence locales (Image, Industrie Culturelle et Créative, Mécatronique, Spiritueux,...) par une aide plafonnée à 1 500 € par an et par projet, représentant 30 % des dépenses globales du projet (participation à un évènement scientifique, publication,...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
-Attractivité économique</t>
-[...2 lines deleted...]
-      <c r="O136" s="1" t="inlineStr">
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  L&amp;#039;aide AIRE s&amp;#039;adresse aux Franciliens demandeurs d&amp;#039;emploi inscrits à Pôle emploi, détenteurs d&amp;#039;une attestation délivrée par Pôle emploi en cours de validité.
-[...24 lines deleted...]
-      <c r="S136" s="1" t="inlineStr">
+  BENEFICIAIRES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etablissements d&amp;#039;enseignement supérieur et de recherche publics implantés en Charente ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes publics de recherche implantés en Charente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le soutien au recrutement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  courrier sollicitant le concours du Département de la Charente présentant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ o	le laboratoire ou l&amp;#039;organisme porteur du programme de recherche et son lien avec le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ o	le descriptif détaillé du sujet de recherche et méthodologie
+&lt;/p&gt;
+&lt;p&gt;
+ o	l&amp;#039;intérêt de cette recherche pour le territoire charentais
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CV du ou des chercheurs.es pour le.laquel.le le contrat est envisagé
+ &lt;/li&gt;
+ &lt;li&gt;
+  relevé d&amp;#039;identité bancaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le soutien à la valorisation et au rayonnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet détaillé précisant l&amp;#039;intérêt pour la compagnie d&amp;#039;être présente sur le festival visé
+ &lt;/li&gt;
+ &lt;li&gt;
+  budget prévisionnel du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  relevé d&amp;#039;identité bancaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités particulières d&amp;#039;instruction :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  signature d&amp;#039;une convention entre l&amp;#039;établissement/organisme public de recherche et le Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  transmission au Département d&amp;#039;un rapport intermédiaire à la fin de chaque année
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les résultats de la recherche pourront, à terme, être intégrés aux bases de données spécifiques développées par le Département (SIG).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de versement pour l&amp;#039;aide au recrutement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première année – modalités reconductibles deux fois : versement 80 % de l&amp;#039;aide à la signature de la convention puis le solde (20%) après remise du rapport intermédiaire/final
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Caducité : 1 année à partir de la date de signature de la convention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de versement pour l&amp;#039;aide à la valorisation et rayonnement de la recherche :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aide à la valorisation et rayonnement de la recherche : versement 80 % de l&amp;#039;aide à la signature de la convention puis solde (20 %) sur justification par présentation des factures acquittées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Caducité : 1 année à partir de la date de signature de la convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
-[...301 lines deleted...]
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
-[...254 lines deleted...]
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W138" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/04-Education/allocation_programme_recherche_scientifique.pdf</t>
+        </is>
+      </c>
+      <c r="W133" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches ».
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention de fonctionnement affectée à une action
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : néant
 &lt;/p&gt;
 &lt;p&gt;
  Direction Education Jeunesse Enseignement supérieur : Tél. : 05 16 09 74 06
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1449-soutenir-la-recherche-scientifique/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>128236</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Bénéficier du parcours d'accompagnement des entrepreneurs</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Ouest Aveyron Communauté</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  3 parcours sont proposés pour les entrepreneurs en fonction de la &amp;#34;mâturité&amp;#34; de leur entreprise.
 &lt;/p&gt;
 &lt;p&gt;
  1) Jeune Créateur
 &lt;/p&gt;
 &lt;p&gt;
  2) Perfectionnement entrepreneur
 &lt;/p&gt;
 &lt;p&gt;
  3) Ancrage
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Innovation, créativité et recherche
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1) Parcours Jeune Créateur :
  &lt;br /&gt;
  Permettre à tous les porteurs de projets de bénéficier d&amp;#039;un accompagnement adapté aux besoins inhérents liés aux premières étapes de la création d&amp;#039;entreprises. Mettre dans les meilleures dispositions les entrepreneurs lors de la phase de démarrage de leur activité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  2) Perfectionnement entrepreneur :
 &lt;/p&gt;
 &lt;p&gt;
  Permettre à tous les porteurs de projets de bénéficier d&amp;#039;un accompagnement adapté aux besoins inhérents aux premiers développements de leur entreprise, et mettre dans les meilleures dispositions les entrepreneurs lors de la phase de croissance de leur activité.
 &lt;/p&gt;
 &lt;p&gt;
  Un plan de formation en accord avec vos besoins :
 &lt;/p&gt;
 &lt;p&gt;
  • Analyse et mise à jour du modèle économique
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière
 &lt;/p&gt;
 &lt;p&gt;
  • Distribution de l&amp;#039;offre
 &lt;/p&gt;
 &lt;p&gt;
  • Ressources Humaines et recrutement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  3) Ancrage :
 &lt;/p&gt;
 &lt;p&gt;
  Pérenniser l&amp;#039;activité à l&amp;#039;issue des parcours d&amp;#039;accompagnement précédents et faciliter l&amp;#039;implantation de l&amp;#039;entreprise au sein du tissu économique local. Un plan de formation sur mesure A l&amp;#039;issue d&amp;#039;une évaluation conjointe avec votre référent, une offre spécifique de formation ou d&amp;#039;accompagnement thématique adaptée à vos besoins pourra être mis en place en mobilisant des experts sur les thématiques sélectionnées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>CC Ouest Aveyron Communauté</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://www.ouestaveyron.fr/</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ouest Aveyron Développement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bâtiment Interactis Chemin de 13 Pierres 12200 Villefranche de Rouergue
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 65 65 12 30 E-mail : deveco&amp;#64;ouestaveyron.fr
 &lt;/p&gt;
 &lt;p&gt;
  Direction du développement économique certifiée ISO 9001 pour l&amp;#039;accompagnement des porteurs de projets
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>mylene.norotte@ouestaveyron.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4940-parcours-daccompagnement-des-entrepreneurs/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>137980</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D140" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier aide au financement de la formation BAFA / BAFD</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Aide au financement de la formation BAFA / BAFD</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J140" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K140" s="1" t="inlineStr">
+      <c r="J135" s="1" t="inlineStr">
+        <is>
+          <t>100 € par session de formation</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide au financement de la formation BAFA/BAFD.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
- jeune de 16 à 25 ans
+ jeune de 17 à 25 ans
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir :
  &lt;/strong&gt;
- justificatif de domicile &amp;#43; RIB &amp;#43; attestation de formation &amp;#43; facture &amp;#43; document complété du Département
- &lt;br /&gt;
+ justificatif de domicile &amp;#43; RIB &amp;#43; attestation de formation &amp;#43; facture 
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M140" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Prise en charge de 42euros par session de formation BAFA/BAFD.
+ Prise en charge de 100 euros par session de formation BAFA/BAFD.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Habiter en Haute-Loire ;
  &lt;/li&gt;
  &lt;li&gt;
-  Avoir moins de 25 ans.
+  Avoir entre 17 et 25 ans.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="W135" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
 &lt;p&gt;
- Direction Déléguée Coopération
+ Direction Déléguée Education et Coopération
 &lt;/p&gt;
 &lt;p&gt;
  Thomas LHOSTE&lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:thomas.lhoste&amp;#64;hauteloire.fr" target="_self"&gt;
   thomas.lhoste&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.40.18
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a8e2-aider-au-financement-de-la-formation-bafa-baf/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>138043</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Bénéficier des aides à l’insertion</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>RSA - les aides à l’insertion</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  C&amp;#039;est un accompagnement financier ayant pour l&amp;#039;objet de concourir à la concrétisation d&amp;#039;un projet d&amp;#039;insertion sociale et/ou professionnelle en favorisant la dynamique et la progression des parcours d&amp;#039;insertion et en soutenant le processus de résolutions des freins périphériques.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide peut intervenir dans les domaines du logement, de la mobilité, de la santé, de la socialisation, de la formation, ou tout autre domaine entrant dans le cadre de l&amp;#039;objet défini précédemment.
 &lt;/p&gt;
 &lt;p&gt;
  Public concerné et conditions d&amp;#039;éligibilité :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Allocataires du RSA et leurs conjoints
  &lt;/li&gt;
  &lt;li&gt;
   Résidant en Haute-Loire, soumis aux droits et devoirs
  &lt;/li&gt;
  &lt;li&gt;
   Bénéficiaires d&amp;#039;autres minima sociaux ne pouvant prétendre à toute autre aide de droit, et inscrits dans une démarche active d&amp;#039;insertion
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Demande à formuler auprès d&amp;#039;une assistante sociale
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
    Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Santé
 Formation professionnelle
 Logement et habitat
 Lutte contre la précarité
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T141" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction des Solidarités Humaines (DSH)/Direction déléguée action sociale-insertion
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.41.47
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8365-beneficier-des-aides-a-linsertion/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-[...176 lines deleted...]
-      <c r="A143" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>139927</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -27574,488 +26275,488 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P143" s="1" t="inlineStr">
+      <c r="P137" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q143" s="1" t="inlineStr">
+      <c r="Q137" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>140794</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Contribuer au développement économique, à l’attractivité et à l’aménagement du territoire</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Chambre de commerce et d'industrie (CCI) des Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil AMONT : réalisation de diagnostics de l&amp;#039;appareil commercial, et de diagnostics économiques (études, plan d&amp;#039;actions, recueil en concertation avec les acteurs locaux...)
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie de CONCERTATION : animation de territoire (mise en réseau d&amp;#039;entreprises, développement de l&amp;#039;attractivité du territoire et des liens entre tous les acteurs économiques du territoire...) et animation d&amp;#039;associations de commerçants, et d&amp;#039;entreprises de ZA, appui à la dynamisation des centres-villes.
  &lt;/li&gt;
  &lt;li&gt;
   Expertise TECHNIQUE : réalisation d&amp;#039;études commerciales et de marchés, développement des entreprises
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M144" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;un diagnostic commercial : élaborer un état des lieux fiable et précis sur le tissu commercial, formuler des préconisations de développement et proposer des enrichissements
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;étude d&amp;#039;implantation commerciale : faciliter les prises de décisions en matière d&amp;#039;aménagement, d&amp;#039;implantation et de dynamisme commercial à partir d&amp;#039;une approche marché personnalisée, et informer sur les accompagnements complémentaires proposés par la CCI (accompagnement du porteur de projet dans le montage du dossier...)
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;un hôtel d&amp;#039;entreprises
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les collectivités, la CCI intervient en tant que prestataire, via la signature de contrats de prestation rémunérés.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>http://www.digne.cci.fr/</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact : 60 bd Gassendi 04000 Digne-les-Bains
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 92 30 80 80 (Digne-les-Bains)
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 92 72 31 52 (Manosque)
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:accueil&amp;#64;digne.cci.fr" target="_self"&gt;
   accueil&amp;#64;digne.cci.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/97a1-contribuer-au-developpement-economique-a-latt/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>140795</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Favoriser la médiation entre le secteur public et les entreprises, contribuer à leur développement économique et au développement des territoires</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Chambre des métiers et de l'artisanat (CMA) Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil AMONT et ingénierie de PROJET : Diagnostic économique pour permettre aux collectivités de disposer de données statistiques sur l&amp;#039;artisanat de leur territoire, réaliser un état des lieux sur les pratiques, les usages, les attentes et besoins des entreprises
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie ADMINISTRATIVE : Favoriser la réponse des entreprises artisanales locales aux marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie de CONCERTATION : Soutien à l&amp;#039;animation du territoire, contribution à l&amp;#039;émergence de circuits courts de commercialisation
  &lt;/li&gt;
  &lt;li&gt;
   Expertise TECHNIQUE : Proposition de solution répondant aux besoins des collectivités de développement numérique des entreprises artisanales, d&amp;#039;aménagement du territoire, d&amp;#039;accès à la commande publique, de réponse aux enjeux du développement durable et de l&amp;#039;attractivité touristique, de formation des chefs d&amp;#039;entreprise.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M145" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Observatoire économique, étude de marché, diagnostic d&amp;#039;entreprise artisanale régional (DEAR) et proposition de plan d&amp;#039;actions pour répondre aux enjeux stratégiques et opérationnels des collectivités
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la rédaction de marchés publics permettant de faciliter l&amp;#039;accès aux entreprises locales et accompagnement des entreprises pour y répondre
  &lt;/li&gt;
  &lt;li&gt;
   Club Rénover &amp;#43;, club de la Fabrique de l&amp;#039;Artisanat, Commissions territoriales...
  &lt;/li&gt;
  &lt;li&gt;
   Projet alimentaire territorial (PAT), marchés aux saveurs des Alpes du Sud et artisans sans vitrine, boutique éphémère, salon des Arts &amp;amp; Gourmandises, Maison de produits de pays...
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostic et accompagnement des chefs d&amp;#039;entreprises artisanales dans leur projet de développement (numérique, commercial...) et de transmission
  &lt;/li&gt;
  &lt;li&gt;
   Actions de développement durable (Ecodéfis, Rénover &amp;#43;, attribution de labels, conseils en structuration et économies d&amp;#039;énergie...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Formation professionnelle
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Signature d&amp;#039;une Charte par les communes et conventionnement avec les EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Prestations payantes au cas par cas (en fonction des projets)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://www.cmar-paca.fr</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact : 23 Allée des fontainiers, 04000 Digne-les-Bains
  &lt;br /&gt;
  Tél : 04 92 30 90 90
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact04&amp;#64;cmar-paca.fr" target="_self"&gt;
   contact04&amp;#64;cmar-paca.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6a75-favoriser-la-mediation-entre-le-secteur-publi/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>144547</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M146" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -28098,582 +26799,458 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R146" s="1" t="inlineStr">
+      <c r="R140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W146" s="1" t="inlineStr">
+      <c r="W140" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E147" s="1" t="inlineStr">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>149091</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer une formation ou un emploi pour les demandeurs d’emploi ou les personnes en situation de précarité confrontés à des problèmes de mobilité</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Un véhicule vers l’emploi</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
-[...123 lines deleted...]
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes demandeur d&amp;#039;emploi ou en situation de précarité et souhaitez intégrer une formation ou un emploi, mais êtes confronté à des problèmes de mobilité ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de la mise à disposition d&amp;#039;un véhicule
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Des véhicules accessibles avec ou sans le permis de conduire
   &lt;/li&gt;
   &lt;li&gt;
    Des points relais dans toute la région Grand Est
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P148" s="1" t="inlineStr">
+      <c r="P141" s="1" t="inlineStr">
         <is>
           <t>11/05/2023</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/vehicule-emploi/</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1vehiculeverslemploi&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9cc4-un-vehicule-vers-lemploi/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>149092</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Faire une période d’études ou de stage à l’étranger</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Aide à la mobilité internationale des formations sanitaires et sociales</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes en formation dans un institut sanitaire ou social agréé par la Région Grand Est et vous souhaitez faire une période d&amp;#039;études ou de stage à l&amp;#039;étranger ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Bénéficiez d&amp;#039;un montant forfaitaire de 400 € quelle que soit la durée du stage ou des études.
   &lt;/li&gt;
   &lt;li&gt;
    Une aide supplémentaire d&amp;#039;un montant de 200 € pour Les élèves ou étudiants boursiers
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Ce dispositif peut s&amp;#039;appliquer en complément d&amp;#039;une aide à la mobilité ERASMUS &amp;#43;.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P149" s="1" t="inlineStr">
+      <c r="P142" s="1" t="inlineStr">
         <is>
           <t>10/05/2023</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide :
 &lt;/p&gt;
 &lt;p&gt;
  Si vous êtes étudiant ou élève inscrit dans un institut de formation du secteur sanitaire ou social agréé par la Région Grand Est (hors IBODE, IADE et Cadre de santé)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Tout apprenant dont les frais de formation sont pris en charge par la Région Grand Est
   &lt;/li&gt;
   &lt;li&gt;
    Tout étudiant pédicure-podologue ayant le statut de jeune en poursuite d&amp;#039;étude ou de demandeur d&amp;#039;emploi non indemnisé quel que soit le statut de pris en charge
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Si vous effectuez une période d&amp;#039;études ou de stage d&amp;#039;une durée minimale de 5 semaines dans un même organisme à l&amp;#039;étranger (Toutes les destinations sont éligibles, à l&amp;#039;exception de la France (DOM TOM inclus). Cette période devra faire l&amp;#039;objet :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    d&amp;#039;une attestation de l&amp;#039;institut de formation d&amp;#039;origine autorisant l&amp;#039;élève ou l&amp;#039;étudiant à effectuer des études ou un stage au titre de sa formation pour une durée déterminée au sein d&amp;#039;un organisme identifié
   &lt;/li&gt;
   &lt;li&gt;
    d&amp;#039;un RIB
   &lt;/li&gt;
   &lt;li&gt;
    d&amp;#039;une convention de stage
   &lt;/li&gt;
   &lt;li&gt;
    d&amp;#039;une attestation de présence par l&amp;#039;organisme d&amp;#039;accueil
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les aides attribuées au titre de ce dispositif seront bonifiées sous conditions pour les boursiers ou les personnes effectuant leur mobilité dans un pays frontalier de la région Grand Est.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/mobilite-internationale-formations-saso/</t>
         </is>
       </c>
-      <c r="W149" s="1" t="inlineStr">
+      <c r="W142" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0233/depot/simple</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   1/ Pour les stages jusqu&amp;#039;au 31 août 2023
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Déposez votre dossier par mail
  &lt;/strong&gt;
  à l&amp;#039;attention de
  &lt;a href="mailto:veronique.desuert&amp;#64;grandest.fr"&gt;
   veronique.desuert&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2/ Pour les stages débutant à partir du 1er septembre 2023 :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Déposez votre dossier en ligne ci-dessous
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/694e-aide-a-la-mobilite-internationale-des-formati/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>149122</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Faciliter et inciter à l’entrée en formation concernant des métiers identifiés en tension dont celui d’aide soignant</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Prime d’entrée en formation aide-soignant</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Face aux fortes tensions sur le marché du travail dans les secteurs habituellement en difficulté de recrutement, la Région adapte son action au contexte en proposant un Plan Emploi Compétences pour apporter des réponses de proximité aux entreprises et aux demandeurs d&amp;#039;emploi.
 &lt;/p&gt;
 &lt;p&gt;
  Dans ce cadre, il est proposé une aide pour faciliter et inciter à l&amp;#039;entrée en formation concernant des métiers identifiés en tension dont celui d&amp;#039;aide soignant :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    la
   &lt;/strong&gt;
   &lt;strong&gt;
    prime d&amp;#039;entrée en formation
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  C&amp;#039;est quoi la prime d&amp;#039;entrée en formation ?
 &lt;/h2&gt;
 &lt;p&gt;
  &lt;strong&gt;
   D&amp;#039;un montant de 1 000 €
  &lt;/strong&gt;
@@ -28687,1006 +27264,1006 @@
 &lt;/p&gt;
 &lt;h2&gt;
  Pour qui ?
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Demandeurs d&amp;#039;emploi
   &lt;/strong&gt;
   entrés en formation d&amp;#039;aide-soignant financée par la Région Grand Est
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   BON A SAVOIR
  &lt;/strong&gt;
  &lt;strong&gt;
   Pour déposer votre dossier en ligne, vous devez créer votre compte dans l&amp;#039;encart ci-dessus
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les pièces à fournir seront indiquées lors de la demande
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P150" s="1" t="inlineStr">
+      <c r="P143" s="1" t="inlineStr">
         <is>
           <t>10/05/2022</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/prime-dentree-en-formation-aide-soignant/</t>
         </is>
       </c>
-      <c r="W150" s="1" t="inlineStr">
+      <c r="W143" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0140/depot/simple</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  fss&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ef61-prime-dentree-en-formation-aide-soignant/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>149123</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'aides individuelles aux déplacements pour réussir sa formation</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Aides individuelles aux déplacements pour réussir sa formation</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous pouvez bénéficier d&amp;#039;une aide forfaitaire :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h2&gt;
  Pour le transport :
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   90€ pour une distance supérieure à 15 km et inférieure à 250 km
  &lt;/li&gt;
  &lt;li&gt;
   110€ pour une distance supérieure à 250 km
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  Pour l&amp;#039;hébergement :
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   100 € jusqu&amp;#039;à 50 km
  &lt;/li&gt;
  &lt;li&gt;
   300 € pour une distance supérieure 50 km
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le paiement se fait sur présentation d&amp;#039;un justificatif (quittance, facture...) attestant d&amp;#039;un hébergement différent du domicile habituel du stagiaire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bon à savoir : ces 2 aides sont cumulables
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P151" s="1" t="inlineStr">
+      <c r="P144" s="1" t="inlineStr">
         <is>
           <t>05/05/2022</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/aides-individuelles-aux-deplacements-pour-reussir-sa-formation/</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact :
 &lt;/p&gt;
 &lt;p&gt;
  Vous adresser auprès de votre centre de formation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3fac-aides-individuelles-aux-deplacements-pour-reu/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>152164</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Soutenir les jeunes et certains secteurs en difficulté</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Job étudiant : prime de 200 euros</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de soutenir les jeunes et certains secteurs en difficulté, la Région des Pays de la Loire a décidé de
 &lt;/p&gt;
 &lt;p&gt;
  lancer une prime de 200€ à tous les jeunes qui cumulent emploi et études sur notre
 &lt;/p&gt;
 &lt;p&gt;
  territoire.
 &lt;/p&gt;
 &lt;p&gt;
  A travers ce dispositif, la Région souhaite :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Soutenir les jeunes qui doivent travailler pour pouvoir poursuivre leurs études
  &lt;/li&gt;
  &lt;li&gt;
   Encourager l&amp;#039;emploi dans des secteurs qui ont du mal à recruter sur des emplois réguliers ou occasionnels
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Peuvent bénéficier de l&amp;#039;offre :
 &lt;/p&gt;
 &lt;p&gt;
  Tous les jeunes de moins de 26 ans, scolarisés en Pays de la Loire, exerçant une activité rémunérée en Pays de la Loire (hors cadre des études), durant la période scolaire de référence.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P152" s="1" t="inlineStr">
+      <c r="P145" s="1" t="inlineStr">
         <is>
           <t>24/01/2022</t>
         </is>
       </c>
-      <c r="Q152" s="1" t="inlineStr">
+      <c r="Q145" s="1" t="inlineStr">
         <is>
           <t>31/12/2028</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les demandes se font en ligne sur la
  &lt;strong&gt;
   plateforme e.pass jeunes des Pays de la Loire.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les pièces justificatives ci-dessous seront à joindre à votre demande :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pièce d&amp;#039;identité
  &lt;/li&gt;
  &lt;li&gt;
   Certificat de scolarité
  &lt;/li&gt;
  &lt;li&gt;
   Contrat(s) de travail
  &lt;/li&gt;
  &lt;li&gt;
   attestation(s) employeur ou bulletins de salaire
  &lt;/li&gt;
  &lt;li&gt;
   RIB
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A noter :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La demande se fait une fois par année scolaire, une fois les 300 heures effectivement réalisées sur l&amp;#039;année scolaire de référence (du 1er septembre de l&amp;#039;année N au 31 août de l&amp;#039;année N&amp;#43;1), et jusqu&amp;#039;à 4 mois après la fin de l&amp;#039;année scolaire de référence. Pour une année scolaire qui se déroule du 1er septembre N au 31 août N&amp;#43;1, les jeunes ont donc jusqu&amp;#039;au 31 décembre N&amp;#43;1 pour déposer leur demande.
 &lt;/p&gt;
 &lt;p&gt;
  Le versement de l&amp;#039;aide se fait en une fois, directement sur le compte bancaire du bénéficiaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="W152" s="1" t="inlineStr">
+      <c r="W145" s="1" t="inlineStr">
         <is>
           <t>https://www.epassjeunes-paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service jeunesse
  &lt;br /&gt;
  Eric Chartier
  &lt;br /&gt;
  e.pass.jeunes&amp;#64;paysdelaloire.fr
  &lt;br /&gt;
  &amp;#43;33 2 28 20 52 05
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/31ce-job-etudiant-prime-de-200-euros/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>152166</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Financer les demandeurs d’emploi ligériens pour acheter individuellement leur formation de niveaux supérieurs (6 et 7) et accéder à l’emploi</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Abondement de CPF Formations sup'</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Financer les demandeurs d&amp;#039;emploi ligériens pour acheter individuellement leur formation de niveaux supérieurs (6 et 7) et accéder à l&amp;#039;emploi.
 &lt;/p&gt;
 &lt;p&gt;
  La Région soutient les demandeurs d&amp;#039;emploi dans leur achat individuel de formation certifiante de niveaux supérieurs (Licence-Master inscrites au RNCP) pour exercer des métiers en tension.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif de la Région est d&amp;#039;accompagner les parcours de formation de demandeurs d&amp;#039;emploi en complétant financièrement leur compte personnel de formation (CPF) dans la limite d&amp;#039;un plafond d&amp;#039;aide déterminé selon les certifications ciblées.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide financière de la Région prend la forme d&amp;#039;un abondement proposé automatiquement sur la plateforme « MonCompteFormation » pour toute certification éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier d&amp;#039;un abondement automatisé de CPF par la Région, vous devez répondre à l&amp;#039;ensemble des critères suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   résider en Pays de la Loire ;
  &lt;/li&gt;
  &lt;li&gt;
   relever du statut de demandeur d&amp;#039;emploi (toutes catégories confondues) inscrit à Pôle emploi ;
  &lt;/li&gt;
  &lt;li&gt;
   disposer d&amp;#039;un montant minimum de droits inscrits de 250 € sur son CPF à mobiliser intégralement ;
  &lt;/li&gt;
  &lt;li&gt;
   acheter sur la plateforme « MonCompteFormation » une formation menant à l&amp;#039;une des certifications complètes ou partielles (y compris à distance) ciblées par la Région et délivrées dans un lieu de formation se situant en Pays de la Loire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les formations doivent avoir une date d&amp;#039;entrée en formation avant le 31 décembre 2023 et une date de fin de formation intervenant au plus tard le 30 juin 2025.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pourrez alors bénéficier pour compléter vos droits CPF en euros inscrits sur votre compte, d&amp;#039;un abondement automatisé par la Région couvrant 100% des coûts de la formation, dans la limite d&amp;#039;un plafond d&amp;#039;abondement fixé par la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P153" s="1" t="inlineStr">
+      <c r="P146" s="1" t="inlineStr">
         <is>
           <t>04/03/2025</t>
         </is>
       </c>
-      <c r="Q153" s="1" t="inlineStr">
+      <c r="Q146" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les demandeurs d&amp;#039;emploi font la démarche d&amp;#039;acheter individuellement leur formation sur l&amp;#039;application
  &lt;a href="https://www.moncompteformation.gouv.fr/espace-prive/html/#/"&gt;
   « Moncompteformation »
  &lt;/a&gt;
  selon les étapes suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Se connecter avec vos identifiants sécurisés créés sur « FranceConnect »,
  &lt;/li&gt;
  &lt;li&gt;
   Sélectionner la formation recherchée dans l&amp;#039;onglet formation,
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;affichage du logo de la Région Pays de la Loire confirme l&amp;#039;éligibilité à l&amp;#039;abondement de la Région,
  &lt;/li&gt;
  &lt;li&gt;
   Adresser la demande de formation à l&amp;#039;organisme de formation qui confirme rapidement la commande de formation,
  &lt;/li&gt;
  &lt;li&gt;
   Sélectionner l&amp;#039;aide de la Région, en complément du montant déjà acquis sur le Compte pour financer la formation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Je peux commencer ma formation à la date établie sur la fiche de la formation commandée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="W153" s="1" t="inlineStr">
+      <c r="W146" s="1" t="inlineStr">
         <is>
           <t>https://www.moncompteformation.gouv.fr/espace-prive/html/#/</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
  &lt;br /&gt;
  Plateforme d&amp;#039;information Cariforef
  &lt;br /&gt;
  info&amp;#64;cariforef-pdl.org
  &lt;br /&gt;
  &amp;#43;33 800 20 03 03
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/131a-visa-metiers-formations-sup-region-formation/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>152167</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Permettre à un public de niveau supérieur au bac (niveau 4), temporairement éloigné du marché du travail ou devant se reconvertir, de se préparer à accéder à un emploi</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>PRÉPA Avenir Sup</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les stagiaires seront amenés à construire et valider un projet professionnel à travers la découverte des métiers qui recrutent, la consolidation de compétences clés, des immersions en entreprise. Il est possible de passer des certifications inscrites à l&amp;#039;inventaire telles que TOEIC, TOEFL, TOSA, PIXA...
 &lt;/p&gt;
 &lt;p&gt;
  A l&amp;#039;issue de la formation, le stagiaire aura renforcé ses compétences générales et les savoirs-êtres indispensables à la concrétisation de son projet professionnel.
 &lt;/p&gt;
 &lt;p&gt;
  Permettre à un public de niveau supérieur au bac (niveau 4), temporairement éloigné du marché du travail ou devant se reconvertir, de se préparer à accéder à un emploi, à une formation qualifiante ou à l&amp;#039;apprentissage.
 &lt;/p&gt;
 &lt;p&gt;
  Les formations VISA Avenir Sup s&amp;#039;adressent aux
  &lt;strong&gt;
   personnes en recherche d&amp;#039;emploi
  &lt;/strong&gt;
  de niveau supérieur à 4 (bac), qu&amp;#039;elles soient ou non inscrites à Pôle emploi. Sont particulièrement visés les jeunes décrocheurs de l&amp;#039;enseignement supérieur, les jeunes diplômés bac &amp;#43; en difficulté d&amp;#039;insertion professionnelle devant se réorienter et les personnes en reconversion professionnelle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Revitalisation
 Emploi
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P154" s="1" t="inlineStr">
+      <c r="P147" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Des sessions ont lieu toute l&amp;#039;année dans les principales villes universitaires des 5 départements. Se reporter au lien ci-dessous pour consulter la programmation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
  &lt;br /&gt;
  Fabienne RAGUENES
  &lt;br /&gt;
  sfpc&amp;#64;paysdelaloire.fr
  &lt;br /&gt;
  &amp;#43;33 2 28 20 59 98
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05ea-region-formation-visa-avenir-sup/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>152207</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Financer la formation des salariés d'entreprises relevant des branches professionnelles identifiées comme prioritaires, en complétant leur compte personnel de formation (CPF)</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Abondement de CPF des SALARIÉS</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Financer la formation de salariés d&amp;#039;entreprises relevant de branches professionnelles identifiées comme prioritaires, en complétant leur compte personnel de formation (CPF).
 &lt;/p&gt;
 &lt;p&gt;
  La Région renforce et finance la formation des salariés en complétant les comptes personnels de formation (CPF) à travers le dispositif « ACCÈS Évolution - CPF Salariés ».
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans les secteurs identifiés comme prioritaires par la Région des Pays de la Loire et ses partenaires, cette aide à la formation permet d&amp;#039;accompagner la reconversion, le maintien et l&amp;#039;évolution dans l&amp;#039;emploi par la montée en compétence des salariés.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide financière de la Région prend la forme d&amp;#039;un abondement proposé automatiquement sur la plateforme « MonCompteFormation » pour toute certification éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier d&amp;#039;un abondement par la Région, vous devez répondre à l&amp;#039;ensemble de ces critères :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Résider en Pays de la Loire,
  &lt;/li&gt;
  &lt;li&gt;
   Relever du statut de salarié (non éligible à l&amp;#039;abondement Pôle emploi),
  &lt;/li&gt;
  &lt;li&gt;
   Disposer d&amp;#039;un montant minimum de droits inscrits de 250 € sur son CPF à mobiliser intégralement,
  &lt;/li&gt;
  &lt;li&gt;
   Être salarié d&amp;#039;un employeur dont le code IDCC mentionné sur la fiche de paie figurant parmi la liste « Codes branches et certifications éligibles »,
  &lt;/li&gt;
  &lt;li&gt;
   exclusivement sur « MonCompteFormation », acheter une formation certifiante (RNCP ou RS) éligible correspondant à l&amp;#039;IDCC du salarié tel que figurant sur « Codes branches et certifications éligibles ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La formation doit avoir une date d&amp;#039;entrée intervenant avant le 31 décembre 2023 et une fin de formation intervenant au plus tard le 30 juin 2024.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pourrez alors bénéficier d&amp;#039;un abondement automatisé par la Région des Pays de la Loire complétant vos droits CPF, dans la limite de plafond d&amp;#039;abondement selon le statut et la formation sélectionnée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P155" s="1" t="inlineStr">
+      <c r="P148" s="1" t="inlineStr">
         <is>
           <t>19/10/2023</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les salariés font la démarche d&amp;#039;acheter individuellement leur formation sur l&amp;#039;application « Moncompteformation » selon les étapes suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Se connecter avec vos identifiants sécurisés créés sur « FranceConnect »,
  &lt;/li&gt;
  &lt;li&gt;
   Sélectionner la formation recherchée dans l&amp;#039;onglet formation,
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;affichage du logo de la Région Pays de la Loire confirme l&amp;#039;éligibilité à l&amp;#039;abondement de la Région,
  &lt;/li&gt;
  &lt;li&gt;
   Adresser la demande de formation à l&amp;#039;organisme de formation qui confirme rapidement la commande de formation,
  &lt;/li&gt;
  &lt;li&gt;
   Sélectionner l&amp;#039;aide de la Région, en complément du montant déjà acquis sur le Compte pour financer la formation.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="W155" s="1" t="inlineStr">
+      <c r="W148" s="1" t="inlineStr">
         <is>
           <t>https://www.moncompteformation.gouv.fr/espace-prive/html/#/</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
  &lt;br /&gt;
  Prenez contact avec un conseiller de la plateforme « Choisir mon métier à votre écoute »
  &lt;br /&gt;
  choisirmonmetier&amp;#64;paysdelaloire.fr
  &lt;br /&gt;
  &amp;#43;33 800 20 03 03
  &lt;br /&gt;
  &lt;a href="https://pro.choisirmonmetier-paysdelaloire.fr/donnees/fiche-dispositif/675"&gt;
   Choisirmonmetier-paysdelaloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  DISPOSITIF &amp;#34;REGION FORMATION - ACCES EVOLUTION - CPF SALARIES - FORMATION A LA CREATION OU REPRISE D&amp;#039;ENTREPRISES AGRICOLES&amp;#34; (CREA) :
  &lt;a href="https://pro.choisirmonmetier-paysdelaloire.fr/donnees/fiche-dispositif/772"&gt;
   https://pro.choisirmonmetier-paysdelaloire.fr/donnees/fiche-dispositif/772
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  DISPOSITIF &amp;#34;REGION FORMATION - ACCES EVOLUTION - CPF SALARIES - FORMATION DES SALARIES DE LA BRANCHE &amp;#34;PARTICULIER EMPLOYEUR ET AIDE A DOMICILE&amp;#34; :
  &lt;a href="https://pro.choisirmonmetier-paysdelaloire.fr/donnees/fiche-dispositif/773"&gt;
   https://pro.choisirmonmetier-paysdelaloire.fr/donnees/fiche-dispositif/773
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3bcb-acces-evolution-cpf-salaries-region-formation/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>153399</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Développer des projets ruraux en Seine Aval</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C149" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="F156" s="1" t="inlineStr">
+      <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France
 Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I156" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J156" s="1" t="inlineStr">
+      <c r="J149" s="1" t="inlineStr">
         <is>
           <t>Dépend du régime d'aide qui s'applique pour le projet</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
 &lt;/p&gt;
 &lt;p&gt;
  Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
 &lt;/p&gt;
 &lt;p&gt;
  -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
 &lt;/p&gt;
 &lt;p&gt;
  -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
 &lt;/p&gt;
 &lt;p&gt;
  -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M156" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Installation d&amp;#039;un atelier de transformation
  &lt;/li&gt;
  &lt;li&gt;
   Communication autour de la valorisation des co-produits agricoles
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de points de vente de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
  &lt;/li&gt;
  &lt;li&gt;
   Financement de food-truck de produits de locaux
  &lt;/li&gt;
  &lt;li&gt;
   Plantation de haies
  &lt;/li&gt;
  &lt;li&gt;
   Restructuration de foncier forestier
@@ -29708,51 +28285,51 @@
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un gîte touristique
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;aires de repos pour les randonneurs
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;un festival agricole
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un jardin pédagogique
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
@@ -29773,149 +28350,149 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Réduction de l'empreinte carbone
 Inclusion numérique
 Protection animale</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A établir avec l&amp;#039;animatrice selon le projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://leaderseineaval.com/</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Margaux GROSJEAN
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   margaux.grosjean&amp;#64;safer-idf.com
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  06 37 01 89 44
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>margaux.grosjean@safer-idf.com</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>153939</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Indemniser les frais de déplacement pour les stages actifs des étudiants en odontologie</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Indemnité des frais de déplacement pour les stages actifs des étudiants en odontologie</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les étudiants en odontologie, le Département souhaite encourager ces futurs professionnels à découvrir le département de la Manche, sa qualité de vie et sa qualité d&amp;#039;exercice professionnel.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Effectuer son stage actif de 6ème année auprès d&amp;#039;un chirurgien-dentiste maître de stage agréé dans la Manche.
 &lt;/p&gt;
 &lt;p&gt;
  En contrepartie, les étudiants s&amp;#039;engagent à effectuer 3 semaines de remplacement dans le département dans les 2 ans qui suivent le stage.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
@@ -29927,170 +28504,170 @@
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Un certificat du statut d&amp;#039;étudiant en odontologie ;
   &lt;/li&gt;
   &lt;li&gt;
    Un justificatif de domicile au nom de l&amp;#039;étudiant ;
   &lt;/li&gt;
   &lt;li&gt;
    Un justificatif du terrain de stage ;
   &lt;/li&gt;
   &lt;li&gt;
    Un RIB
   &lt;/li&gt;
   &lt;li&gt;
    La déclaration sur l&amp;#039;honneur rempli
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les étudiants bénéficiant d&amp;#039;autres aides financières ne pourront la cumuler avec celle du conseil départemental de la Manche à savoir :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    des aides au déplacement apportées par d&amp;#039;autres collectivités territoriales et par tout autre organisme public ou privé, dont notamment l&amp;#039;indemnité forfaitaire de transport de l&amp;#039;Etat de 130€/mois.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/indemnite-des-frais-de-deplacement-pour-les-stages-actifs-des-etudiants-en-odontologie/</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Patrix Karlen - Direction générale adjointe Action sociale
 &lt;/p&gt;
 &lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 17 - 06 60 10 32 05
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/484b-indemnite-des-frais-de-deplacement-pour-les-s/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>153940</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Indemniser le déplacement des étudiants en médecine et en odontologie effectuant des remplacements dans la Manche</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Indemnités de déplacement pour les étudiants en médecine et en odontologie effectuant des remplacements dans la Manche</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les étudiants en médecine ou en odontologie, ayant terminé leurs stages mais pas encore passé leur thèse, le Département souhaite encourager ces futurs professionnels à découvrir le département de la Manche, sa qualité de vie et sa qualité d&amp;#039;exercice professionnel.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il est proposé une indemnité de déplacement en contrepartie d&amp;#039;un engagement d&amp;#039;un mi-temps de remplacements dans les zones sous-dotées de la Manche.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Étudiants en médecine ou en odontologie, ayant terminé leurs stages mais pas encore passé leur thèse.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -30131,179 +28708,179 @@
  Le dossier sera présenté à une commission composée d&amp;#039;un élu du Département et un représentant du conseil de l&amp;#039;Ordre de la profession
 &lt;/p&gt;
 &lt;p&gt;
  En cas d&amp;#039;accord, l&amp;#039;indemnité sera versée à terme échu, sur présentation des copies des contrats de remplacement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A la demande :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Formulaire de demande
   &lt;/li&gt;
   &lt;li&gt;
    Copie du certificat de scolarité de la faculté
   &lt;/li&gt;
   &lt;li&gt;
    Copie de la licence de remplacement
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Être inscrit en tant qu&amp;#039;étudiant en médecine ou en odontologie dans une faculté en France
 &lt;/p&gt;
 &lt;p&gt;
  Être titulaire d&amp;#039;une licence de remplacement
 &lt;/p&gt;
 &lt;p&gt;
  Réaliser un minimum d&amp;#039;un équivalent mi-temps sur le semestre dans les zones sous-dotées de la Manche, et être en mesure de le justifier par des contrats de remplacement. L&amp;#039;équivalent mi-temps est calculé de façon semestrielle (soit 65 jours par semestre).
 &lt;/p&gt;
 &lt;p&gt;
  Les étudiants ayant bénéficié d&amp;#039;une bourse du Département de la Manche pendant leurs études ne sont pas éligibles à ce dispositif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/indemnites-de-deplacement-pour-les-etudiants-en-medecine-et-en-odontologie-effectuant-des-remplacements-dans-la-manche/</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Patrix Karlen - Direction générale adjointe Action sociale
 &lt;/p&gt;
 &lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 17 - 06 60 10 32 05
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f82f-indemnites-de-deplacement-pour-les-etudiants-/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>155571</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Cofinancer des projets visant à former des juges nationaux dans le cadre de l'application des règles de concurrence européennes</t>
         </is>
       </c>
-      <c r="C159" s="1" t="inlineStr">
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Programme du marché unique</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>SMP - Formation des juges nationaux au droit européen de la concurrence - 2023</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  SMP - Programme du Marché Unique - 2021-2027
  &lt;br /&gt;
 &lt;/p&gt;
 SMP - Le programme du marché unique vise à renforcer la gouvernance du marché unique de l&amp;#039;UE.
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 1 million d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Montant de la subvention : entre 50,000 et 300,000 euros
  &lt;/li&gt;
  &lt;li&gt;
   Taux de cofinancement : jusqu&amp;#039;à 90% du total des coûts éligibles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
@@ -30356,274 +28933,274 @@
  &lt;li&gt;
   Conférences
  &lt;/li&gt;
  &lt;li&gt;
   Séminaires et ateliers
  &lt;/li&gt;
  &lt;li&gt;
   Formation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  &lt;span&gt;
   Informations complémentaires
  &lt;/span&gt;
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cet appel à propositions est un appel à propositions ouvert.
  &lt;/li&gt;
  &lt;li&gt;
   Durée initiale de l&amp;#039;action : 24 mois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Être une personne morale
   &lt;/li&gt;
   &lt;li&gt;
    Être une entité publique ou privée
   &lt;/li&gt;
   &lt;li&gt;
    Être une entité à but non lucratif
   &lt;/li&gt;
   &lt;li&gt;
    Pays éligibles au programme:
    &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/smp/guidance/list-3rd-country-participation_smp_en.pdf" rel="noopener" target="_blank"&gt;
     Cliquez ici
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T152" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/smp/wp-call/2023/call-fiche_smp-comp-2023-judg_en.pdf</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;
   COMPTRAINING-JUDGES&amp;#64;ec.europa.eu
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/smp/wp-call/2023/call-fiche_smp-comp-2023-judg_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/smp-comp-2023-judg?tenders&amp;#61;false&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;frameworkProgramme&amp;#61;43252476&amp;amp;programmePart&amp;#61;&amp;amp;pageNumber&amp;#61;3" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la DG
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/internal-market-industry-entrepreneurship-and-smes_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/funding-tenders/find-funding/eu-funding-programmes/single-market-programme/overview_en#:~:text&amp;#61;The%20Single%20Market%20Programme%20(SMP,governance%20of%20the%20single%20market." rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/337d-smp-formation-des-juges-nationaux-au-droit-eu/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>157092</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Renforcer l'attractivité par l'offre de services</t>
         </is>
       </c>
-      <c r="C160" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
+      <c r="I153" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J160" s="1" t="inlineStr">
+      <c r="J153" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action permettra de viser les attendus suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Un patrimoine vernaculaire valorisé (clos masure notamment)
 &lt;/p&gt;
 &lt;p&gt;
  - Un allongement de la durée des séjours touristiques
 &lt;/p&gt;
 &lt;p&gt;
  - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
 &lt;/p&gt;
 &lt;p&gt;
  - Des parcours résidentiels facilités pour les habitants
 &lt;/p&gt;
 &lt;p&gt;
  - Des centres bourgs dynamiques, des services proches des habitants
 &lt;/p&gt;
 &lt;p&gt;
  - UN vieillissement de la population mieux anticipé et accompagné
 &lt;/p&gt;
 &lt;p&gt;
  - Une offre locale de formation renforcée et adaptée
 &lt;/p&gt;
 &lt;p&gt;
  - Un accès aux services de soins facilité par des initiatives innovantes
 &lt;/p&gt;
 &lt;p&gt;
  - Un maillage de solutions de mobilités adaptées au territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M160" s="1" t="inlineStr">
+      <c r="M153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
 &lt;/p&gt;
 &lt;p&gt;
  - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
 &lt;/p&gt;
 &lt;p&gt;
  - Création de nouveaux services numériques.
 &lt;/p&gt;
 &lt;p&gt;
  - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
 &lt;/p&gt;
 &lt;p&gt;
  - Mise en place de services itinérants.
@@ -30633,71 +29210,71 @@
   Opérations liées aux études :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de nouveaux services à la population.
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de l&amp;#039;offre de santé sur le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de services itinérants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Animation et contribution à la mise en réseau des acteurs du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Mise en place de partenariats avec des centres de formations locaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Formation professionnelle
 Equipement public
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -30731,144 +29308,144 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>159889</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Installer un relais info jeunes dans des maisons ou espaces France Services</t>
         </is>
       </c>
-      <c r="C161" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>France Ruralités</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Agence du Service Civique</t>
         </is>
       </c>
-      <c r="F161" s="1" t="inlineStr">
+      <c r="F154" s="1" t="inlineStr">
         <is>
           <t>Centres régionaux information jeunesse (CRIJ)</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS POURSUIVIS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accompagner les jeunes dans leur parcours vers l&amp;#039;autonomie et l&amp;#039;accès aux droits en leur apportant une information individualisée et simplifiée.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;information des jeunes, destinée prioritairement aux 13-30 ans, vise à couvrir tous les sujets qui intéressent les jeunes dans leur vie quotidienne: orientation, études, métiers et formations, emploi, jobs, stages, alternance, formation continue, logement, santé, vie pratique, initiatives et projets, loisirs, vacances, sports, partir en Europe et à l&amp;#039;étranger...
 &lt;/p&gt;
 &lt;p&gt;
  Une maison ou un espace France services, en tant que lieu d&amp;#039;accueil est un espace privilégié pour devenir relais Info Jeunes dans une logique d&amp;#039;aller vers tous les jeunes.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet vise à expérimenter le déploiement de relais Info Jeunes dans ces espaces.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PROJETS SOUTENUS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un relais Info jeunes est un lieu ouvert à tout public, notamment aux 13-30 ans et qui offre un premier niveau d&amp;#039;information aux jeunes (informations thématiques, liens vers des sites partenaires, actualités, évènements...) sur ordinateur, tablette ou borne tactile avec l&amp;#039;appui d&amp;#039;un référent formé à l&amp;#039;utilisation de ces ressources. Il permet également la mise en relation entre le jeune et une structure labellisée information jeunesse.
@@ -30888,198 +29465,198 @@
  Le temps de travail du référent relais Info jeunes est pris en charge par la structure accueillante.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT CANDIDATER
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Auprès de quelle structure ?
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Auprès du centre régional information jeunesse (CRIJ) de la région dont dépend la maison ou l&amp;#039;espace France services souhaitant s&amp;#039;inscrire dans le dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Par quel biais/sous quelle forme ?
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Prise de contact avec le centre régional d&amp;#039;information jeunesse (CRIJ) puis par conventionnement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Formation professionnelle
 Technologies numériques et numérisation
 Emploi
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P161" s="1" t="inlineStr">
+      <c r="P154" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q161" s="1" t="inlineStr">
+      <c r="Q154" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BÉNÉFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Les bénéficiaires sont des maisons ou espaces France services qui souhaitent offrir ce service à leur public jeune. Les bénéficiaires finaux sont les jeunes et leurs parents.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   CONDITIONS/CRITÈRES D&amp;#039;ACCÈS À LA MESURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Projet situé en zone rurale (au sens de la définition INSEE)
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Être une maison ou un espace France services
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Projet situé dans une région expérimentatrice (HdF, PdL). Extension dans d&amp;#039;autres régions en cours.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France et Pays de la Loire</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2023-12/Guide_France_ruralit%C3%A9s_v5.pdf</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre Centre régional d&amp;#039;information jeunesse (CRIJ).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6f03-installer-un-relais-info-jeunes-dans-des-mais/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>159892</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Capter et retenir des compétences et des pépites</t>
         </is>
       </c>
-      <c r="C162" s="1" t="inlineStr">
+      <c r="C155" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F162" s="1" t="inlineStr">
+      <c r="F155" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J162" s="1" t="inlineStr">
+      <c r="J155" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le tissu économique du territoire Adour Chalosse Tursan Marsan est axé sur l&amp;#039;économie présentielle et sur la redistribution sociale. Certes, l&amp;#039;économie productive (agriculture, agroalimentaire, industries) reste pourvoyeuse d&amp;#039;emplois mais ces secteurs rencontrent des problèmes communs : manque d&amp;#039;attractivité et difficulté de recrutement. D&amp;#039;autre part, rappelons que plus de 30% de la population a plus de 60 ans et que l&amp;#039;on observe peu d&amp;#039;installations de jeunes ou de cadres supérieurs.
  &lt;br /&gt;
  Cette fiche-action a donc pour ambition de soutenir des actions permettant de rendre plus attractif et durable l&amp;#039;environnement économique du territoire, en ciblant les objectifs suivants :
  &lt;br /&gt;
  -    Maintenir l&amp;#039;attractivité en termes d&amp;#039;emplois et de services pour la population active qui est liée notamment à la présence d&amp;#039;un chef-lieu de département et d&amp;#039;un tissu de centre-bourgs ;
  &lt;br /&gt;
  -    Participer à répondre à l&amp;#039;évolution des besoins des entreprises notamment en termes de formations ;
  &lt;br /&gt;
  -    Soutenir des initiatives économiques ayant une utilité sociale ;
  &lt;br /&gt;
  -    Soutenir des initiatives permettant la transition vers une économie plus respectueuse de l&amp;#039;environnement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant de renforcer l&amp;#039;attractivité économique du territoire
  &lt;/strong&gt;
@@ -31143,3548 +29720,2354 @@
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant d&amp;#039;améliorer des lieux pour accueillir des événements professionnels
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien à un développement économique vertueux
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Action globale et collective permettant l&amp;#039;identification de sites dégradés ou déqualifiés en vue de leur reconversion
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant de soutenir le développement de l&amp;#039;économie sociale et solidaire
  &lt;/li&gt;
  &lt;li&gt;
   Création ou la réhabilitation de lieux « hybrides », investissement pour de l&amp;#039;aménagement et de l&amp;#039;équipement favorisant la mutualisation entre acteurs et l&amp;#039;inclusion sociale de tous les publics, notamment la jeunesse
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Friche
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie sociale et solidaire
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P162" s="1" t="inlineStr">
+      <c r="P155" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q162" s="1" t="inlineStr">
+      <c r="Q155" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cd25-capter-et-retenir-des-competences-et-des-pepi/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>162264</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>S'inscrire à la 48e compétition des métiers Worldskills</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Inscriptions à la 48e compétition des métiers Worldskills</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous êtes passionné par votre métier ? Vous souhaitez vous affirmer comme l’un des meilleurs professionnels ? Relevez le défi de l’excellence !&lt;/p&gt;
 &lt;p&gt;Créée en 1946, la Compétition des métiers Worldskills, connue auparavant sous le nom d’Olympiades des Métiers, est le plus grand concours mondial des métiers. Elle se déroule tous les deux ans et constitue de véritables championnats du monde professionnels durant lesquels 1600 jeunes représentant plus de 80 pays mesurent leur savoir-faire et leur créativité dans une soixantaine de métiers. &lt;br /&gt; En partenariat avec les organisations professionnelles, les centres de formation d’apprentis et les lycées professionnels, la Région Sud organise et finance la Compétition Worldskills en Provence-Alpes-Côte d’Azur. Elle soutient les jeunes qui souhaitent vivre cette expérience unique et porter haut les couleurs régionales.&lt;br /&gt; Alors, pour vivre une aventure humaine inoubliable, accélérer votre carrière professionnelle, n’hésitez plus, Inscrivez-vous !&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://www.maregionsud.fr/medias/detail/48e-edition-des-worldskills"&gt;&lt;strong&gt;Découvrez la 47&lt;sup&gt;ème &lt;/sup&gt;édition de la compétition WORLDSKILLS !&lt;/strong&gt;&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;La Compétition Worldskills est ouverte à tous les jeunes qui :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;sont nés à partir du 1er janvier 2001 ou 2004  selon les métiers &lt;/li&gt; 	&lt;li&gt;habitent, travaillent ou sont en formation en région Provence-Alpes-Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;ont rempli et complété avec les pièces demandées, le dossier d’inscription&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Aucune condition de formation, de diplôme ou de statut n’est requise. Apprenti, en alternance, élève de lycée, étudiant, entrepreneur, jeune salarié, demandeur d’emploi peuvent participer, et la participation est gratuite.&lt;/p&gt; &lt;h3&gt;&lt;strong&gt;Calendrier de la 48e compétition des métiers Worldskills&lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;&lt;strong&gt;La période d’inscriptions : du 15 mars au 15 octobre 2024 &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Les pré-sélections : Janvier 2025 &lt;/strong&gt;&lt;br /&gt; Elles sont organisées lorsque le nombre de candidats inscrits dans un métier est supérieur à la capacité d’accueil des sélections régionales. Elles qualifieront les lauréats pour les sélections régionales.&lt;br /&gt; &lt;strong&gt;Durée des épreuves&lt;/strong&gt; : 4 à 8 heures&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Les sélections régionales&lt;/strong&gt; &lt;strong&gt;: Février - Mars 2025&lt;/strong&gt;&lt;br /&gt; Elles sélectionneront l’équipe régionale des métiers Provence-Alpes-Côte d’Azur qui concourra aux finales nationales. Les sélectionnés suivront une préparation technique et physique. &lt;br /&gt; &lt;strong&gt;Durée des épreuves&lt;/strong&gt; : 8 à 12 heures.&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Les finales nationales : Octobre 2025 à Marseille&lt;/strong&gt;&lt;br /&gt; Elles ont pour objectif de désigner les champions de France et de sélectionner les deux équipes de France des métiers qui participeront aux concours mondiaux et européens. Les membres de l’équipe de France suivront cinq semaines d’entraînement technique, physique et mental.&lt;br /&gt; &lt;strong&gt;Durée des épreuves&lt;/strong&gt; : 16 à 20 heures&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Les finales mondiales : Septembre 2026 à Shangaï&lt;/strong&gt;&lt;br /&gt; 1600 concurrents représenteront quatre-vingt-cinq pays&lt;br /&gt; &lt;strong&gt;Durée des épreuves&lt;/strong&gt; : 24 à 30 heures&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Les finales européennes&lt;/strong&gt; &lt;strong&gt;: Septembre 2027 à Düsseldorf&lt;/strong&gt;&lt;br /&gt; 600 concurrents représenteront une trentaine de pays.&lt;br /&gt; &lt;strong&gt;Durée des épreuves&lt;/strong&gt; : 24 à 20 heures&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P163" s="1" t="inlineStr">
+      <c r="P156" s="1" t="inlineStr">
         <is>
           <t>15/03/2024</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/inscriptions-a-la-48e-competition-des-metiers-worldskills</t>
         </is>
       </c>
-      <c r="W163" s="1" t="inlineStr">
+      <c r="W156" s="1" t="inlineStr">
         <is>
           <t>https://inscriptions.worldskills-france.org/login</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:worldskills&amp;#64;maregionsud.fr" title="mailto:worldskills&amp;#64;maregionsud.fr"&gt;worldskills&amp;#64;maregionsud.fr&lt;/a&gt;  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/inscriptions-a-la-48e-competition-des-metiers-worldskills/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>162269</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Bénéficiez d'une aide à l'investissement comprise entre 2 000 et 5 000 euros et jusqu’à 7 000 euros grâce à la bonification 100% Plan climat</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Mon projet de rénovation</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vous êtes artisan ou commerçant et souhaitez réaliser des travaux de second œuvre, investir dans du matériel ou des équipements professionnels ?&lt;/strong&gt; En faisant de la redynamisation des centres-villes une priorité, avec Mon Projet de rénovation, bénéficiez d&amp;#039;une aide à l&amp;#039;investissement comprise entre 2 000 et 5 000 euros et jusqu’à 7 000 euros grâce à la bonification 100% Plan climat.&lt;/p&gt; &lt;p&gt;Les artisans, commerçants et entreprises de &lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="l&amp;#039;économie social et solidaire"&gt;l&amp;#039;Economie Sociale et Solidaire&lt;/a&gt; (ESS) en phase de création ou de développement :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Exerçant une activité de vente de biens ou de services aux particuliers au moins 8 mois par an dans un &lt;a href="https://entreprendre.service-public.fr/vosdroits/F32351" target="_blank" title="Etablissement recevant du public"&gt;Etablissement Recevant du Public&lt;/a&gt;.&lt;/li&gt; 	&lt;li&gt;Dont l’établissement concerné par les investissements réalisés est situé dans le &lt;a href="https://maregionsud.maps.arcgis.com/apps/instant/lookup/index.html?appid&amp;#61;4d7d58dc28ec4a118c9af5e3f0f4b8ce" target="_blank" title="centre-ville de l&amp;#039;une des 139 communes ciblées par le dispositif"&gt;centre-ville de l’une des 139 communes ciblées par le dispositif&lt;/a&gt; &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ou&lt;br /&gt; &lt;br /&gt; En dehors de ces périmètres géographiques, les entreprises de plus de 3 ans ayant bénéficié d’un parcours d’accompagnement au développement opéré par la &lt;a href="https://www.cmar-paca.fr/article/coach-artisanat" target="_blank" title=" Chambre de métiers et de l’artisanat de région"&gt;Chambre de métiers et de l’artisanat de région &lt;/a&gt; ou le &lt;a href="https://www.paca.cci.fr/se-developper/developpement-commercial" target="_blank" title="réseau des Chambres de commerce et d’industrie"&gt;réseau des Chambres de commerce et d’industrie&lt;/a&gt;  dans le cadre du dispositif régional &lt;a&gt;Mon projet d’entreprise&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour ces derniers, le caractère Etablissement Recevant du public (ERP) n’est pas obligatoire.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Dans les deux cas, les entreprises doivent réunir de manière Cumulative les critères suivants : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Pour les entreprises créées depuis plus d’un an, présenter un chiffre d’affaires compris entre 20 000 et 2 millions d&amp;#039;euros.&lt;/li&gt; 	&lt;li&gt;Ne pas se trouver en difficulté au sens de la réglementation de l’Union Européenne (procédure de redressement ou en liquidation judiciaire) à l&amp;#039;exception des entreprises dont le Tribunal de commerce a validé un plan de continuation.&lt;/li&gt; 	&lt;li&gt;À jour de leurs cotisations sociales et fiscales, sous réserve des reports de charges sollicités en période de crise.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les professions libérales réglementées.&lt;/li&gt; 	&lt;li&gt;Les activités financières et immobilières (banques, assurances, agences immobilières, hébergements non soumis aux obligations des ERP, etc.)&lt;/li&gt; 	&lt;li&gt;Les organismes de formation, conseil, bureaux d’études&lt;/li&gt; 	&lt;li&gt;Le commerce de gros&lt;/li&gt; 	&lt;li&gt;Les professionnels effectuant des opérations de démarchage réglementées par des textes particuliers (agents commerciaux, VRP, etc.)&lt;/li&gt; 	&lt;li&gt;Les sociétés civiles immobilières&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Les projets éligibles concernent des investissements amortissables dont le montant unitaire ou celui d’un lot regroupé considéré comme un tout est égale ou supérieure à 500 euros HT : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Travaux de second œuvre&lt;/li&gt; 	&lt;li&gt;Aménagement d&amp;#039;espaces et mobiliers&lt;/li&gt; 	&lt;li&gt;Matériel et équipement professionnel&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Le matériel d’occasion est éligible uniquement si une facture en bonne et due forme est établie, comportant l&amp;#039;ensemble des mentions légales et obligatoires si la vente a lieu entre professionnels.&lt;br /&gt; &lt;br /&gt; Si la vente a lieu auprès d&amp;#039;un particulier, une attestation entre le vendeur et l’acheteur doit mentionner le bien et la valeur de rachat et doit être accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les dépenses financées sous forme de crédit-bail ou de leasing&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers (parking, extension de bâtiment, acquisitions de locaux, de terrain, etc.)&lt;/li&gt; 	&lt;li&gt;Les climatisations, les pompes à chaleur air/air&lt;/li&gt; 	&lt;li&gt;Les véhicules roulants et flottants (voitures, utilitaires, vélo-cargo, triporteurs, remorques, bateaux, les bornes électriques, etc.),&lt;/li&gt; 	&lt;li&gt;Le matériel roulant immatriculé, matériel flottant&lt;/li&gt; 	&lt;li&gt;Les travaux de gros œuvre&lt;/li&gt; 	&lt;li&gt;Le coût homme des travaux réalisés par l’entreprise demandeuse&lt;/li&gt; 	&lt;li&gt;Les sites internet vitrine ou de vente en ligne&lt;/li&gt; 	&lt;li&gt;Le matériel informatique et de téléphonie (téléphones, tablettes, ordinateurs, écrans, imprimantes, logiciels, etc.)&lt;/li&gt; 	&lt;li&gt;Les interventions de réparation et/ou maintenance&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement (nettoyage, traitement des nuisibles, abonnements, constitution de stock, campagnes de communication, petit outillage, services de table, ustensiles, textile, plantes, etc.)&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P164" s="1" t="inlineStr">
+      <c r="P157" s="1" t="inlineStr">
         <is>
           <t>03/09/2024</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les projets éligibles concernent des investissements amortissables dont le montant unitaire ou celui d’un lot regroupé considéré comme un tout est égale ou supérieure à 500 euros HT : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Travaux de second œuvre&lt;/li&gt; 	&lt;li&gt;Aménagement d&amp;#039;espaces et mobiliers&lt;/li&gt; 	&lt;li&gt;Matériel et équipement professionnel&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Le matériel d’occasion est éligible uniquement si une facture en bonne et due forme est établie, comportant l&amp;#039;ensemble des mentions légales et obligatoires si la vente a lieu entre professionnels.&lt;br /&gt; &lt;br /&gt; Si la vente a lieu auprès d&amp;#039;un particulier, une attestation entre le vendeur et l’acheteur doit mentionner le bien et la valeur de rachat et doit être accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les dépenses financées sous forme de crédit-bail ou de leasing&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers (parking, extension de bâtiment, acquisitions de locaux, de terrain, etc.)&lt;/li&gt; 	&lt;li&gt;Les climatisations, les pompes à chaleur air/air&lt;/li&gt; 	&lt;li&gt;Les véhicules roulants et flottants (voitures, utilitaires, vélo-cargo, triporteurs, remorques, bateaux, les bornes électriques, etc.),&lt;/li&gt; 	&lt;li&gt;Le matériel roulant immatriculé, matériel flottant&lt;/li&gt; 	&lt;li&gt;Les travaux de gros œuvre&lt;/li&gt; 	&lt;li&gt;Le coût homme des travaux réalisés par l’entreprise demandeuse&lt;/li&gt; 	&lt;li&gt;Les sites internet vitrine ou de vente en ligne&lt;/li&gt; 	&lt;li&gt;Le matériel informatique et de téléphonie (téléphones, tablettes, ordinateurs, écrans, imprimantes, logiciels, etc.)&lt;/li&gt; 	&lt;li&gt;Les interventions de réparation et/ou maintenance&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement (nettoyage, traitement des nuisibles, abonnements, constitution de stock, campagnes de communication, petit outillage, services de table, ustensiles, textile, plantes, etc.)&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne &lt;/span&gt;&lt;br /&gt; Chaque dossier de demande de subvention doit être transmis de manière dématérialisée sur la plateforme Démarches simplifiées.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de subvention d&amp;#039;investissement. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Toute demande de modification et/ou de dépôt de pièces complémentaires doit obligatoirement intervenir via la messagerie sécurisée accessible dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; Pour les établissements ayant bénéficié d’un accompagnement structurant au développement par la&lt;a href="https://www.cmar-paca.fr/article/coach-artisanat" target="_blank" title="Chambre de métiers et de l’artisanat de région "&gt; Chambre de métiers et de l’artisanat de région&lt;/a&gt; ou le &lt;a href="http://www.paca.cci.fr/se-developper/developpement-commercial" target="_blank" title=" réseau des Chambres de commerce et d’industrie"&gt;réseau des Chambres de commerce et d’industrie&lt;/a&gt; dans le cadre du dispositif régional &lt;a&gt;Mon projet d’entreprise&lt;/a&gt;, une pièce justificative leur sera demandée.&lt;br /&gt; &lt;br /&gt; La subvention est attribuée pour un établissement (SIRET), principal ou secondaire.&lt;br /&gt; &lt;br /&gt; Au maximum, 3 demandes de subventions peuvent être octroyées pour 3 établissements différents d’une même entreprise (SIREN).&lt;br /&gt; &lt;br /&gt; Le même établissement (SIRET) ne peut bénéficier que d’une seule subvention tous les 2 ans.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/mon-projet-de-renovation</t>
         </is>
       </c>
-      <c r="W164" s="1" t="inlineStr">
+      <c r="W157" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/zero-rideau-ferme-investissement</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;br /&gt; &lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au&lt;strong&gt; 0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mon-projet-de-renovation/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E165" s="1" t="inlineStr">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>162275</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Orienter les choix des consommateurs vers les produits agricoles et alimentaires régionaux vertueux, assurant un revenu juste des producteurs</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Label 100% Valeurs du SUD Produisons et consommons responsable</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H165" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="N165" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Label 100% Valeurs du SUD, a pour objectif d’orienter les choix des consommateurs vers les produits agricoles et alimentaires régionaux vertueux, assurant un revenu juste des producteurs . Il est conçu pour permettre aux produits, entreprises, filières ou projets agricole, piscicole, aquacole ou alimentaire d’être plus visibles et reconnus par le citoyen et le consommateur. Il est mis à la disposition des entreprises, des associations et des organismes interprofessionnels qui souhaitent se référer à la région SUD et à la démarche Produisons et Consommons responsable, dans leur communication, afin de promouvoir leurs activités auprès du consommateur et du citoyen.&lt;/p&gt; &lt;p&gt;producteurs agricoles, pêcheurs, aquaculteurs, entreprises de transformation alimentaire, filières ou organisations professionnelles agricoles, porteurs de projets agricole, piscicole, aquacole ou alimentaire, distributeurs.&lt;/p&gt; &lt;p&gt;Etre labelisé 100 % Valeurs du SUD, c&amp;#039;est bénéficier de la notoriété de la région SUD Provence-Alpes Côte d’Azur pour promouvoir vos produits ou vos démarches en faveur de l&amp;#039;agriculture, de la pêche , de l&amp;#039;aquaculture et de l&amp;#039;alimentation. En adhérant aux valeurs définis dans le cahier des charges , vous intégrez la démarche Produisons et consommons responsable.&lt;/p&gt; &lt;p&gt;Répondre aux critères tels que définis dans le règlement d&amp;#039;usage : territorialité, Qualité , Equité, Transition environnementale, Transparence.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
-Biodiversité</t>
-[...2 lines deleted...]
-      <c r="O165" s="1" t="inlineStr">
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P165" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S165" s="1" t="inlineStr">
+      <c r="P158" s="1" t="inlineStr">
+        <is>
+          <t>28/11/2023</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Répondre aux critères tels que définis dans le règlement d&amp;#039;usage : territorialité, Qualité , Equité, Transition environnementale, Transparence.&lt;/p&gt; &lt;p&gt;Compléter et adresser un dossier de candidature accompagné des pièces justificatives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/label-100-valeurs-du-sud-produisons-et-consommons-responsable</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:agriculture&amp;#64;maregionsud.fr"&gt;agriculture&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/label-100-valeurs-du-sud-produisons-et-consommons-responsable/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E166" s="1" t="inlineStr">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>162299</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du Service public régional de l’orientation et de l’évolution professionnelle sur les formations et les métiers</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Orientation et évolution professionnelle</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H166" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
-[...234 lines deleted...]
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vous vous posez des questions sur votre orientation professionnelle ?&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Ouvert à tous, le Service public régional de l’orientation et de l’évolution professionnelle répond à vos questions sur les formations et les métiers grâce à un numéro vert et d’un portail d’informations.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Ce service est mis en place par la Région Sud en partenariat avec l’Éducation nationale et avec l’appui du CARIF Espace Compétences.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;S&amp;#039;informer sur l’orientation et l’évolution professionnelle avec le portail  &lt;a href="https://www.orientation-regionsud.fr" target="_blank" title="https://www.orientation-regionsud.fr"&gt;www.orientation-regionsud.fr&lt;/a&gt; : &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Un moteur de recherche sur les métiers, l’offre de formation régionale, les aides possibles ;&lt;/li&gt; 	&lt;li&gt;Un annuaire des lieux d’accueil et d’information des publics ;&lt;/li&gt; 	&lt;li&gt;Des fiches métiers, des informations sur l’emploi en région ;&lt;/li&gt; 	&lt;li&gt;Des données socio-économiques ;&lt;/li&gt; 	&lt;li&gt;Un espace personnel pour enregistrer ses recherches ;&lt;/li&gt; 	&lt;li&gt;Des focus sur le compte personnel de formation, l’apprentissage, la validation des acquis de l’expérience ;&lt;/li&gt; 	&lt;li&gt;Un agenda des événements.  &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Une plateforme d’accueil téléphonique est également à votre disposition.&lt;br /&gt; En composant le &lt;strong&gt;0 800 600 007&lt;/strong&gt; (&lt;em&gt;Numéro vert, appel gratuit depuis un poste fixe. Tous les jours de 9h à 19h sauf vendredi de 9h à 13h&lt;/em&gt;), des conseillers spécialisés répondent à vos questions sur les formations, les métiers et les aides et dispositifs régionaux.&lt;/p&gt; &lt;p&gt;Tous les publics : lycéens, étudiants en formation sanitaire et du travail social, stagiaires de la formation professionnelle, apprentis, étudiants, adultes, demandeur d’emplois, salariés.&lt;/p&gt; &lt;h3&gt;Partenaires&lt;/h3&gt;
 &lt;p&gt;Pôle emploi, Missions locales, Cap Emploi, APEC, OPACIF…&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P168" s="1" t="inlineStr">
+      <c r="P159" s="1" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/service-public-regional-de-lorientation-et-de-levolution-professionnelle</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;0 800 600 007&lt;/strong&gt; (&lt;em&gt;Numéro vert, appel gratuit depuis un poste fixe. Tous les jours de 9h à 19h sauf vendredi de 9h à 13h&lt;/em&gt;)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/orientation-et-evolution-professionnelle/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E169" s="1" t="inlineStr">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>162310</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de la rémunération des stagiaires de la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Rémunération des stagiaires de la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
-[...93 lines deleted...]
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le principe et les conditions de rémunération de stagiaires de la formation professionnelle.&lt;/p&gt; &lt;p&gt;Stagiaires de la formation professionnelle&lt;/p&gt; &lt;p&gt;Pour bénéficier de la rémunération de stagiaire de la formation professionnelle, il convient de remplir deux critères :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Ne pas être en continuité de parcours scolaire et être inscrit à Pôle emploi (demandeur d’emploi indemnisé ou non-indemnisé par Pôle emploi) ou auprès d’une mission locale&lt;/li&gt; 	&lt;li&gt;Préparer une formation sanitaire de niveau V (aide-soignant, auxiliaire de puériculture, ambulancier) en cursus complet &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les bénéficiaires de la rémunération ont le statut de stagiaire de la formation professionnelle. &lt;br /&gt; Cette aide ouvre droit, par ailleurs, à une protection sociale prise en charge par l’autorité qui agrée le stage.&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;NB : la bourse d’études et la rémunération ne sont pas cumulables.&lt;/em&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P170" s="1" t="inlineStr">
+      <c r="P160" s="1" t="inlineStr">
         <is>
           <t>30/01/2019</t>
         </is>
       </c>
-      <c r="R170" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour bénéficier de la rémunération de stagiaire de la formation professionnelle, il convient de remplir deux critères :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Ne pas être en continuité de parcours scolaire et être inscrit à Pôle emploi (demandeur d’emploi indemnisé ou non-indemnisé par Pôle emploi) ou auprès d’une mission locale&lt;/li&gt; 	&lt;li&gt;Préparer une formation sanitaire de niveau V (aide-soignant, auxiliaire de puériculture, ambulancier) en cursus complet &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les bénéficiaires de la rémunération ont le statut de stagiaire de la formation professionnelle. &lt;br /&gt; Cette aide ouvre droit, par ailleurs, à une protection sociale prise en charge par l’autorité qui agrée le stage.&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;NB : la bourse d’études et la rémunération ne sont pas cumulables.&lt;/em&gt;&lt;/p&gt; &lt;p&gt;Dossier de demande de rémunération à déposer auprès de votre établissement de formation ; la rémunération est versée au bénéficiaire par un prestataire pour le compte de la Région Sud Provence-Alpes-Côte d’Azur.&lt;br /&gt; Pour déposer une demande d’aide individuelle : Bouton &amp;#34;Je fais ma demande&amp;#34;&lt;br /&gt; L’usager doit créer un compte ou se connecter à son compte existant puis effectuer une demande d’aide individuelle en fonction de son besoin.&lt;br /&gt; Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; L’objectif de cette démarche est de permettre aux apprenants de créer une relation privilégiée avec la Région Sud et de les accompagner tout au long de leur parcours de formation. Elle permet également de s’engager dans une démarche éco responsable en déposant un dossier de demande d’aide individuelle, d’en suivre l’évolution quotidienne, de bénéficier d’un portefeuille numérique et d’échanger avec les services à tout moment, à partir de votre espace personnel sur le portail&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/remuneration-des-stagiaires-de-la-formation-professionnelle</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/remuneration-des-stagiaires-de-la-formation-professionnelle/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>162312</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Bénéficier du Programme Régional d’Aide à la Mobilité Etudiante</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Aide à la Mobilité Etudiante (PRAME) - Enseignement Supérieur</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante (PRAME) volet Enseignement Supérieur s&amp;#039; adresse aux étudiants inscrits dans les établissements régionaux d’enseignement supérieur qui effectuent un stage à l’étranger dans le cadre de leur cursus de formation.&lt;/p&gt;
 &lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante, volet Enseignement Supérieur, a pour objectif de favoriser la mobilité des étudiants.&lt;/p&gt;
 &lt;div&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;br /&gt;  &lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance; &lt;/li&gt; 	&lt;li&gt;Être&lt;strong&gt; &lt;/strong&gt;inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ;&lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’Etat, un diplôme visé par l’Etat, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ;&lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre de l’année 2023 ;&lt;/li&gt; 	&lt;li&gt;Effectuer un stage d&amp;#039;une durée minimum de 8 semaines dans l&amp;#039;un des territoires éligibles.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ces critères sont cumulatifs.&lt;/p&gt; &lt;h3&gt;&lt;strong&gt;Sont inéligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €.&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Sélection des bénéficiaires : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Sur dossier de candidature soumis à un comité de validation des candidatures, dans la limite du budget disponible dédié à cette action.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;L’attribution de la bourse n’est donc pas automatique.&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;L’étudiant peut bénéficier d’une bourse PRAME par année universitaire. Il ne peut cumuler au titre d’une même année universitaire une bourse « aide régionale à la mobilité internationale études » et une bourse PRAME.&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P171" s="1" t="inlineStr">
+      <c r="P161" s="1" t="inlineStr">
         <is>
           <t>07/03/2019</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
+      <c r="R161" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Sont inéligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €.&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Sélection des bénéficiaires : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Sur dossier de candidature soumis à un comité de validation des candidatures, dans la limite du budget disponible dédié à cette action.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;L’attribution de la bourse n’est donc pas automatique.&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;L’étudiant peut bénéficier d’une bourse PRAME par année universitaire. Il ne peut cumuler au titre d’une même année universitaire une bourse « aide régionale à la mobilité internationale études » et une bourse PRAME.&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt; &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région  &lt;a href="https://aidesformation.maregionsud.fr/" target="_blank" title="https://aidesformation.maregionsud.fr/"&gt;https://aidesformation.maregionsud.fr/&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Attribution de la bourse dans la limite du budget disponible&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-etudiante-prame-enseignement-superieur</t>
         </is>
       </c>
-      <c r="W171" s="1" t="inlineStr">
+      <c r="W161" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-daide-a-la-mobilite-etudiante-prame-enseignement-superieur-2023-2024/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>162320</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Concrétiser un projet d'études dans les filières sanitaires et du travail social</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Bourse régionale d'études dans les filières du sanitaire et du travail social</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La bourse régionale d&amp;#039;études est attribuée, sur critères sociaux, aux élèves,  aux étudiants, aux demandeurs d’emploi, aux salariés à temps partiel et aux fonctionnaires en disponibilité (hors filières de spécialités)confrontés à des difficultés matérielles ne leur permettant pas d&amp;#039;entreprendre ou de poursuivre une formation.&lt;/p&gt;
 &lt;p&gt;La Région construit une véritable politique régionale en matière de formations sanitaires et du travail social, prenant en compte les enjeux des métiers de ces secteurs et leurs tensions sur le marché du travail. La question de l&amp;#039;amélioration des conditions d&amp;#039;études des élèves et étudiants engagés dans ces parcours de formation est au cœur de cette politique ; &lt;/p&gt;
 &lt;p&gt;Attribuée pour la durée de la formation dans la limite d’une année scolaire, renouvelable chaque année sur demande, cette aide est versée mensuellement.&lt;/p&gt;
 &lt;p&gt;Le statut de bénéficiaire de la bourse régionale ouvre droit au remboursement de la nouvelle contribution vie étudiante pour les formations post bac. &lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les élèves en formation sans interruption de formation depuis plus d’un an &lt;/li&gt; 	&lt;li&gt;Dont les ressources familiales ne leur permettent pas de suivre la formation dans des conditions financières suffisantes&lt;/li&gt; 	&lt;li&gt;Les demandeurs d’emploi, les salariés à temps partiel et les fonctionnaires en disponibilité (hors filières de spécialités)&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Être inscrit(e) en formation initiale dans un établissement agréé ou autorisé et financé par la Région dans les secteurs du sanitaire et du travail social &lt;/li&gt; 	&lt;li&gt;Suivre une formation en cursus complet&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P172" s="1" t="inlineStr">
+      <c r="P162" s="1" t="inlineStr">
         <is>
           <t>17/04/2024</t>
         </is>
       </c>
-      <c r="R172" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt;Être inscrit(e) en formation initiale dans un établissement agréé ou autorisé et financé par la Région dans les secteurs du sanitaire et du travail social &lt;/li&gt; 	&lt;li&gt;Suivre une formation en cursus complet&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La demande doit être déposée maximum 30 jours après votre entrée en formation sur la plateforme des aides individuelles de la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/bourse-regionale-detudes-dans-les-filieres-du-sanitaire-et-du-travail-social</t>
         </is>
       </c>
-      <c r="W172" s="1" t="inlineStr">
+      <c r="W162" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_F_AIRE/depot/simple</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Service Relations Entreprises et Usagers&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Permanence téléphonique du lundi au jeudi de 13h30 à 16h30 au &lt;strong&gt;04 91 57 55 02&lt;/strong&gt; ou à l’adresse &lt;strong&gt;&lt;a href="mailto:aidesaso&amp;#64;maregionsud.fr"&gt;aidesaso&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bourse-regionale-detudes-dans-les-filieres-sanitaires-et-du-travail-social/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>162324</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Profiter des bus et trains illimités en Région Sud pour vos déplacements</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>ZOU ! Études</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez moins de 25 ans, et vous étudiez en Région Sud ? Avec le PASS ZOU! Études, profitez des bus et trains illimités en Région Sud pour vos déplacements !&lt;br /&gt;  &lt;/p&gt; &lt;p&gt;Pour les jeunes de 3 à 25 ans : maternelle, primaire, collégien, lycéen, étudiant, apprenti, stagiaire de la formation professionnelle, élève des formations sanitaires et sociales, volontaire du service civique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P173" s="1" t="inlineStr">
+      <c r="P163" s="1" t="inlineStr">
         <is>
           <t>22/01/2019</t>
         </is>
       </c>
-      <c r="R173" s="1" t="inlineStr">
+      <c r="R163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les inscriptions au PASS ZOU ! Études débuteront le 27 juin&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://zou.maregionsud.fr/acheter-un-pass-zou-etudes-2023-2024/"&gt;Acheter un Pass Zou! Etude&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/zou-etudes</t>
         </is>
       </c>
-      <c r="W173" s="1" t="inlineStr">
+      <c r="W163" s="1" t="inlineStr">
         <is>
           <t>https://zou.maregionsud.fr/acheter-un-pass-zou-etudes-2024-2025/</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/zou-etudes/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E174" s="1" t="inlineStr">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>162333</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la mobilité des étudiants du secteur sanitaire et social</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la Mobilité Etudiante (PRAME) - Volet Sanitaire et social</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
-[...100 lines deleted...]
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Etudiante volet Sanitaire et Social permet aux étudiants inscrits dans une formation du sanitaire et social agréée / autorisée par la Région d’obtenir une bourse régionale dans le cadre de l’accomplissement d’un stage à l’étranger durant leur cursus.&lt;/p&gt;
 &lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante volet Sanitaire et Social a pour objectif de favoriser la mobilité des étudiants du secteur sanitaire et social.&lt;/p&gt;
 &lt;div&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Les étudiants inscrits en formation initiale dans un établissement régional de la formation sanitaire et/ou sociale public ou privé conventionné avec la Région;&lt;/li&gt; 	&lt;li&gt;Les étudiants doivent préparer une formation agréée / autorisée par la Région;&lt;/li&gt; 	&lt;li&gt;Les étudiants doivent avoir validé un diplôme de niveau IV&lt;/li&gt; &lt;/ul&gt; &lt;h3&gt;&lt;strong&gt;Ressources de l&amp;#039;étudiant&lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l&amp;#039;étudiant (&amp;#61;revenu global divisé par le nombre de part) ne doit pas excéder 26000 €.&lt;br /&gt; Le quotient familial de l&amp;#039;étudiant est calculé à partir de l&amp;#039;avis d&amp;#039;imposition de l&amp;#039;année 2023 sur les revenus de l&amp;#039;année 2022 sur lequel il figure.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;étudiant doit réaliser un stage dans un territoire éligible de 3 à 20 semaines (maximum).&lt;/p&gt;
 &lt;h3&gt;Pays éligibles&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitains et d&amp;#039;Outre-Mer) et les principautés de Monaco et d&amp;#039;Andore.&lt;/p&gt;
 &lt;h3&gt;Sont inéligibles&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d’une allocation Erasmus &amp;#43; ;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d’une indemnité de stage supérieure à 200 € par semaine.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P175" s="1" t="inlineStr">
+      <c r="P164" s="1" t="inlineStr">
         <is>
           <t>28/02/2019</t>
         </is>
       </c>
-      <c r="R175" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Ressources de l&amp;#039;étudiant&lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critères sociaux est obligatoire : le quotient familial de l&amp;#039;étudiant (&amp;#61;revenu global divisé par le nombre de part) ne doit pas excéder 26000 €.&lt;br /&gt; Le quotient familial de l&amp;#039;étudiant est calculé à partir de l&amp;#039;avis d&amp;#039;imposition de l&amp;#039;année 2023 sur les revenus de l&amp;#039;année 2022 sur lequel il figure.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;étudiant doit réaliser un stage dans un territoire éligible de 3 à 20 semaines (maximum).&lt;/p&gt;
 &lt;h3&gt;Pays éligibles&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitains et d&amp;#039;Outre-Mer) et les principautés de Monaco et d&amp;#039;Andore.&lt;/p&gt;
 &lt;h3&gt;Sont inéligibles&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d’une allocation Erasmus &amp;#43; ;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale,&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d’une indemnité de stage supérieure à 200 € par semaine.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région : &lt;strong&gt;&lt;a href="https://aidesformation.maregionsud.fr/SignIn?ReturnUrl&amp;#61;%2Fprofile%2F"&gt;&lt;strong&gt;aidesformation.maregionsud.fr/&lt;/strong&gt;&lt;/a&gt; &lt;/strong&gt;&lt;br /&gt; Attribution de la bourse dans la limite du budget disponible.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-etudiante-prame-volet-sanitaire-et-social</t>
         </is>
       </c>
-      <c r="W175" s="1" t="inlineStr">
+      <c r="W164" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
         </is>
       </c>
-      <c r="X175" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question relative à ce dispositif, vous pouvez contacter le Service Attractivité et Rayonnement International au 04 91 57 54 44 ou 04 91 57 54 99.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-daide-a-la-mobilite-etudiante-prame-sanitaire-et-social-2023-2024/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>162334</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Obtenir une bourse pour effectuer un stage à l’étranger</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Aide à la Mobilité Etudiante (PRAME) - Stage BTS</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Programme Régional d’Aide à la Mobilité Étudiante volet BTS s’adresse aux étudiants, inscrits dans un établissement public ou privé de Provence-Alpes-Côte d’Azur ayant conventionné avec la Région et préparant un BTS, qui partent effectuer un stage à l’étranger au cours de leur cursus.&lt;/p&gt;
 &lt;div&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;/div&gt; &lt;p&gt;Étudiants en formation initiale préparant un BTS dans un établissement d’enseignement public ou privé régional.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Filières spécifiques : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Commerce international&lt;/li&gt; 	&lt;li&gt;Soutien à l&amp;#039;action managériale&lt;/li&gt; 	&lt;li&gt;Tourisme&lt;/li&gt; 	&lt;li&gt;Management en hôtellerie et restauration&lt;/li&gt; 	&lt;li&gt;Gestion des transports et logistique associée&lt;/li&gt; 	&lt;li&gt;Gestion de la PME&lt;/li&gt; 	&lt;li&gt;Négociation et digitalisation de la relation client&lt;/li&gt; 	&lt;li&gt;Service informatique aux organisations&lt;/li&gt; 	&lt;li&gt;Management commercial et opérationnel&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Autres filières : &lt;/strong&gt;aucun conventionnement entre l’établissement de formation et la Région n’est nécessaire. &lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €. &lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt;
 &lt;h3&gt;Sont inéligibles :&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P176" s="1" t="inlineStr">
+      <c r="P165" s="1" t="inlineStr">
         <is>
           <t>28/02/2019</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Filières spécifiques : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Commerce international&lt;/li&gt; 	&lt;li&gt;Soutien à l&amp;#039;action managériale&lt;/li&gt; 	&lt;li&gt;Tourisme&lt;/li&gt; 	&lt;li&gt;Management en hôtellerie et restauration&lt;/li&gt; 	&lt;li&gt;Gestion des transports et logistique associée&lt;/li&gt; 	&lt;li&gt;Gestion de la PME&lt;/li&gt; 	&lt;li&gt;Négociation et digitalisation de la relation client&lt;/li&gt; 	&lt;li&gt;Service informatique aux organisations&lt;/li&gt; 	&lt;li&gt;Management commercial et opérationnel&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Autres filières : &lt;/strong&gt;aucun conventionnement entre l’établissement de formation et la Région n’est nécessaire. &lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; La prise en compte des critères sociaux est obligatoire : le quotient familial de l’étudiant (&lt;em&gt;&amp;#61; revenu brut global divisé par le nombre de parts&lt;/em&gt;) ne doit pas excéder 26 000 €. &lt;em&gt;Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/em&gt;&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Pays éligibles : &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;Pays du monde, hormis la France (territoires métropolitain et d’Outre-Mer) et les principautés de Monaco et d’Andorre. &lt;/p&gt;
 &lt;h3&gt;Sont inéligibles :&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;Les étudiants bénéficiaires d&amp;#039;une allocation ERASMUS &amp;#43;&lt;/li&gt; 	&lt;li&gt;Les étudiants pouvant prétendre à une autre aide à la mobilité internationale&lt;/li&gt; 	&lt;li&gt;Les étudiants bénéficiant d&amp;#039;une indemnité de stage supérieure à 200€ par semaine&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région : &lt;strong&gt;&lt;a href="https://aidesformation.maregionsud.fr/SignIn?ReturnUrl&amp;#61;%2Fprofile%2F"&gt;&lt;strong&gt;aidesformation.maregionsud.fr/&lt;/strong&gt;&lt;/a&gt; &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Attribution de la bourse dans la limite du budget disponible.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-etudiante-prame-stage-bts</t>
         </is>
       </c>
-      <c r="W176" s="1" t="inlineStr">
+      <c r="W165" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-daide-a-la-mobilite-etudiante-prame-bts-2023-2024/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>162337</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Faciliter l'accès des jeunes à la culture et au sport</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>e-PASS JEUNES</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une application pour faciliter l&amp;#039;accès des jeunes à la culture et au sport. Profitez de 80 € et de Bons Plans avec l&amp;#039;e-PASS JEUNES !&lt;/p&gt;
 &lt;p&gt;Pour faciliter l&amp;#039;accès des jeunes à la culture et au sport. &lt;/p&gt; &lt;p&gt;Les jeunes de 15 à 25 ans scolarisés en région Provence-Alpes-Côte d’Azur :&lt;br /&gt;  -   lycéens,&lt;br /&gt; -    en BTS ou en classe préparatoire aux grandes écoles dans un lycée,&lt;br /&gt; -    apprentis ou stagiaires de la formation professionnelle,&lt;br /&gt; -    stagiaires à l’Ecole de la 2e Chance,&lt;br /&gt; -    élèves ou étudiants du sanitaire et du social,&lt;br /&gt; -    élèves ou apprentis dans une Maison familiale et rurale (MFR),&lt;br /&gt; -    élèves dans une Institut médico-éducatif (IME),&lt;br /&gt; -    jeunes dans une Mission locale,&lt;br /&gt; -    jeunes en Service Civique,&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P177" s="1" t="inlineStr">
+      <c r="P166" s="1" t="inlineStr">
         <is>
           <t>22/01/2019</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;L’e-PASS JEUNES passe en mode 100% digital ! &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Je m’inscris sur e-passjeunes.maregionsud.fr ou via l’application. &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;J’ai besoin de mon certificat de scolarité pour faire ma demande ou pour la renouveler si j’étais déjà bénéficiaire l’année dernière.&lt;/p&gt;
 &lt;p&gt;Si je suis lycéen et que je bénéficie d’un compte Atrium, je me connecte à celui-ci pour demander mon e-PASS JEUNES, sans avoir besoin de certificat de scolarité. C’est plus simple et plus rapide !&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Avec l’appli, j’effectue mes paiements auprès des partenaires référencés, &lt;/strong&gt;je suis mes consommations et j’accède aux bons plans que je peux partager sur les réseaux sociaux&lt;strong&gt;.&lt;/strong&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/e-pass-jeunes</t>
         </is>
       </c>
-      <c r="W177" s="1" t="inlineStr">
+      <c r="W166" s="1" t="inlineStr">
         <is>
           <t>https://e-passjeunes.maregionsud.fr/</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Assistance : 0 806 601 102&lt;/strong&gt;&lt;br /&gt; Prix d’un appel local (du lundi au samedi de 9 h à 19 h)&lt;br /&gt; Par mail à &lt;a href="mailto:e-passjeunes&amp;#64;up.coop"&gt;e-passjeunes&amp;#64;up.coop&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e-pass-jeunes/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>162344</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Bénéficier du remboursement des frais de déplacements pour les étudiants masseurs-kinésithérapeutes et ergothérapeutes</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Indemnités de stage et remboursement de frais de déplacement pour les étudiants masseurs-kinésithérapeutes</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région prend en charge les indemnités de stage ainsi que le remboursement des frais de déplacement pour les étudiants, masseurs-kinésithérapeutes, ergothérapeutes, infirmiers et manipulateurs en électroradiologie médicale qui en font la demande. Ce droit n’est soumis à aucune condition de statut ou de ressources.&lt;/p&gt; &lt;p&gt;Étudiants masseurs-kinésithérapeutes et ergothérapeutes, &lt;/p&gt;
 &lt;p&gt;Étudiants infirmiers et manipulateurs d’électroradiologie médicale &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P178" s="1" t="inlineStr">
+      <c r="P167" s="1" t="inlineStr">
         <is>
           <t>07/05/2024</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Toute demande d&amp;#039;aide individuelle régionale doit être réalisée sur la plateforme dédiée en cliquant sur le bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;br /&gt; L’usager doit créer un compte ou se connecter à son compte existant puis effectuer une demande d’aide individuelle en fonction de son besoin. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/indemnites-de-stage-et-remboursement-de-frais-de-deplacement-pour-les-etudiants-masseurs-kinesitherapeutes</t>
         </is>
       </c>
-      <c r="W178" s="1" t="inlineStr">
+      <c r="W167" s="1" t="inlineStr">
         <is>
           <t>https://aidesformation.maregionsud.fr/SignIn?ReturnUrl=%2Fprofile%2F</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/indemnites-de-stage-et-remboursement-des-frais-de-deplacements-pour-les-etudiants-masseurs-kinesitherapeutes-et-ergotherapeutes/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E179" s="1" t="inlineStr">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>162349</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le rayonnement international des établissements d’enseignement supérieur de la région Provence-Alpes-Côte d’Azur par l’octroi d’une aide à la mobilité internationale</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la mobilité internationale Étudiante (PRAME) - Etudes</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
-[...194 lines deleted...]
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Provence-Alpes-Côte d&amp;#039;Azur propose de soutenir le rayonnement international des établissements d’enseignement supérieur de la région Provence-Alpes-Côte d’Azur par l’octroi d’une aide à la mobilité internationale de leurs étudiants partant effectuer un ou deux semestres d’études à l’étranger dans le cadre de leur cursus de formation.&lt;/p&gt;
 &lt;p&gt;Aide à la mobilité internationale étudiante.&lt;/p&gt;
 &lt;div&gt;&lt;p&gt;&lt;strong&gt;En raison d’un nombre important de demandes, le budget alloué au dispositif PRAME stage et études 2022-2023, est arrivé à son terme. La plateforme de demande de bourses est donc désormais clôturée pour cette année universitaire. &lt;br /&gt; En revanche, la plateforme est accessible pour les demandes PRAME stage et études 2023-2024  &lt;/strong&gt;&lt;br /&gt;  &lt;/p&gt;&lt;/div&gt; &lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance ; &lt;/li&gt; 	&lt;li&gt;Être inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ; &lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’État, un diplôme visé par l’État, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ; &lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre 2023 ; &lt;/li&gt; 	&lt;li&gt;Effectuer un ou deux semestres d’études à l’étranger hors Union européenne, France (territoires métropolitains et d’outre-mer) et principautés de Monaco et d’Andorre. &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ces critères sont cumulatifs. &lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance ;&lt;/li&gt; 	&lt;li&gt;Être inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ;&lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’Etat, un diplôme visé par l’Etat, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ;&lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre de l’année 2023 ;&lt;/li&gt; 	&lt;li&gt;Effectuer un ou deux semestres d’études à l’étranger hors Union européenne, France (territoires métropolitain et d’outre-mer) et principautés de Monaco et d’Andorre. La durée minimum de la mobilité pour valider un semestre est de 12 semaines.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ces critères sont cumulatifs.&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critère sociaux est obligatoire : le quotient familial de l’étudiant (&amp;#61; revenu brut global divisé par le nombre de parts) ne doit pas excéder 26 000 €. Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Sont inéligibles &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;les campus d’établissements régionaux situés à l’étranger ; &lt;/li&gt; 	&lt;li&gt;les étudiants bénéficiaires d’une aide à la mobilité internationale pour la réalisation de cette période d’études à l’étranger ( exemple : ERASMUS, AMI …). &lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P181" s="1" t="inlineStr">
+      <c r="P168" s="1" t="inlineStr">
         <is>
           <t>03/09/2024</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt;Être étudiant en formation initiale y compris en alternance ;&lt;/li&gt; 	&lt;li&gt;Être inscrit dans un établissement régional d’enseignement supérieur public ou privé conventionné avec la Région ;&lt;/li&gt; 	&lt;li&gt;Préparer un diplôme d’Etat, un diplôme visé par l’Etat, un diplôme universitaire d&amp;#039;enseignement technologique international (DUETI) ou un diplôme inscrit au RNCP (Répertoire National des Certifications Professionnelles) ;&lt;/li&gt; 	&lt;li&gt;Être âgé de moins de 30 ans au 31 décembre de l’année 2023 ;&lt;/li&gt; 	&lt;li&gt;Effectuer un ou deux semestres d’études à l’étranger hors Union européenne, France (territoires métropolitain et d’outre-mer) et principautés de Monaco et d’Andorre. La durée minimum de la mobilité pour valider un semestre est de 12 semaines.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Ces critères sont cumulatifs.&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Ressources de l’étudiant &lt;/strong&gt;&lt;/h3&gt;
 &lt;p&gt;La prise en compte des critère sociaux est obligatoire : le quotient familial de l’étudiant (&amp;#61; revenu brut global divisé par le nombre de parts) ne doit pas excéder 26 000 €. Le quotient familial de l’étudiant est calculé à partir de l’avis d’imposition de l’année 2023 sur les revenus de l’année 2022 sur lequel il figure.&lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;Sont inéligibles &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;les campus d’établissements régionaux situés à l’étranger ; &lt;/li&gt; 	&lt;li&gt;les étudiants bénéficiaires d’une aide à la mobilité internationale pour la réalisation de cette période d’études à l’étranger ( exemple : ERASMUS, AMI …). &lt;/li&gt; &lt;/ul&gt; &lt;h3&gt;&lt;strong&gt;Sélection des bénéficiaires : &lt;/strong&gt;&lt;/h3&gt;
 &lt;ul&gt; 	&lt;li&gt;L’étudiant déposera sa demande de bourse sur l’application consacrée aux aides individuelles accessible à partir du site de la Région.&lt;/li&gt; 	&lt;li&gt;L’établissement d’enseignement supérieur, après avoir examiné la candidature transmise par l’étudiant via l’application régionale, présentera aux services régionaux les candidatures lors d’un comité de présentation des candidatures en les plaçant soit en liste principale soit en liste d’attente.&lt;/li&gt; 	&lt;li&gt;Un étudiant ne peut cumuler au titre d’une même année universitaire une bourse « aide régionale à la mobilité internationale études » et une bourse PRAME-stage.&lt;/li&gt; &lt;/ul&gt;
 &lt;ul&gt; 	&lt;li&gt;Un appel à manifestation d’intérêt au titre de l’année universitaire de l’année 2023/2024 sera lancé auprès des universités et des établissements d’enseignement supérieur régionaux ;&lt;/li&gt; 	&lt;li&gt;Une convention de partenariat sera conclue avec chaque établissement partenaire du programme ;&lt;/li&gt; 	&lt;li&gt;Chaque établissement partenaire se verra attribuer un nombre de bourses proportionnel au nombre d’étudiants inscrits, dans un plafond de 20 %. Au-delà, il sera procédé à une redistribution aux autres établissements dans la même proportion (dans la limite des dossiers présentés). Par ailleurs, une « dotation minimale » de 5 000 € sera réservée pour chaque établissement.&lt;/li&gt; &lt;/ul&gt;
 &lt;h3&gt;Établissements partenaires de la Région&lt;/h3&gt;
 &lt;p&gt;Voir documents à télécharger&lt;/p&gt;
 &lt;p&gt;Déposez votre candidature en ligne sur le site de la Région : &lt;strong&gt;&lt;a href="https://aidesformation.maregionsud.fr/SignIn?ReturnUrl&amp;#61;%2Fprofile%2F"&gt;&lt;strong&gt;aidesformation.maregionsud.fr/&lt;/strong&gt;&lt;/a&gt; &lt;/strong&gt;&lt;br /&gt; Attribution de la bourse dans la limite du budget disponible.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-mobilite-internationale-etudiante-prame-etudes</t>
         </is>
       </c>
-      <c r="W181" s="1" t="inlineStr">
+      <c r="W168" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_AIRMI/depot/simple</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question relative à ce dispositif, vous pouvez contacter le Service Attractivité et Rayonnement International au 04 91 57 54 44 ou 04 91 57 54 99.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-regionale-a-la-mobilite-internationale-etudes-2023-2024/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E182" s="1" t="inlineStr">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>162356</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser l'excellence de diplômés par l'attribution d'une aide de 400 euros</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Major de promotion dans les filières du Sanitaire et du Travail Social</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="N182" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Compétence forte de la Région, les formations sanitaires et du travail social conduisent à des métiers d’une importance capitale de soin et de l’humain. Afin de les promouvoir, elle poursuit son action aux majors de promotion du secteur sanitaire et social avec une nouvelle aide de 400 euros.&lt;/p&gt;
+&lt;p&gt;La Région s’implique dans les parcours des jeunes et renforce ses compétences en matière éducative. Elle agit en faveur de la promotion de métiers du soin et de l’humain au service du bien-être des concitoyens de Provence-Alpes-Côte d’Azur.&lt;/p&gt; &lt;p&gt;Le dispositif s’adresse aux majorants inscrits pour la rentrée universitaire 2022/2023 dans un établissement de formation sanitaire et du travail social agréé, autorisé et financé par la Région, arrivés majors de promotion dans un des diplômes dont la liste exhaustive sera publiée annuellement sur le site de la Région.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P182" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="S182" s="1" t="inlineStr">
+      <c r="P169" s="1" t="inlineStr">
+        <is>
+          <t>05/04/2024</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toute demande doit être déposée par voie électronique, dès réception du classement annuel, et doit intervenir dans un délai maximum d’un mois après l’obtention de l’attestation du diplôme.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;DEMANDE EN LIGNE&lt;/strong&gt;&lt;br /&gt; Toute demande d&amp;#039;aide individuelle régionale doit être réalisée sur la plateforme dédiée en cliquant sur le bouton ci-dessous.&lt;br /&gt; L’usager doit créer un compte ou se connecter à son compte existant puis effectuer une demande d’aide individuelle pour prétendre à l’aide. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt;  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/major-de-promotion-dans-les-filieres-du-sanitaire-et-du-travail-social</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour plus de renseignement sur ce dispositif, vous pouvez contacter le service au 04 91 57 55 02 du lundi au jeudi de 13H30 à 17H30&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/des-aides-individuelles-aux-majors-de-promotion/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E183" s="1" t="inlineStr">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>162357</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour financer une formation professionnelle</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Pass Sud Formation</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
-[...99 lines deleted...]
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La rentrée est souvent synonyme de nouveaux projets. Le Pass Sud Formation est destiné à ceux qui ont besoin d&amp;#039;une aide pour financer une formation professionnelle.&lt;/p&gt;
 &lt;p&gt;L’absence de financement peut être un frein pour entamer une formation professionnelle. Mais si ce projet vous tient vraiment à cœur, le Pass Sud Formation, dispositif de la Région, peut vous aider à le concrétiser.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les personnes âgées de 16 ans et plus&lt;/li&gt; 	&lt;li&gt;Dont la résidence principale se situe en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;À la recherche d’un emploi et en situation d’interruption scolaire continue de plus d’un an depuis la fin ou l’interruption de leur parcours initial&lt;/li&gt; 	&lt;li&gt;Les sportifs de haut niveau rattachés à l’un des &lt;a href="https://www.creps-paca.fr/haut-niveau.structures-entrainement"&gt;Pôles Sportifs&lt;/a&gt; situés en région&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;Formations éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les certifications professionnelles enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire national des certifications professionnelles&lt;/a&gt; (RNCP)&lt;/li&gt; 	&lt;li&gt;Le(s) bloc(s) de compétences pour compléter une certification partiellement acquise enregistrée au RNCP (hors &lt;a href="https://www.maregionsud.fr/vos-aides/detail/validation-des-acquis-de-lexperience"&gt;Validation des acquis de l’expérience&lt;/a&gt; (VAE)&lt;/li&gt; 	&lt;li&gt;Les certifications enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire spécifique des certifications et habilitations&lt;/a&gt;  (RSCH)&lt;/li&gt; 	&lt;li&gt;Les formations professionnalisantes dont l’étude du libellé voire du contenu permet de vérifier la convergence entre la formation et le métier visé&lt;/li&gt; 	&lt;li&gt;Les formations non prises en charge par le Compte personnel de formation (CPF), la Région au titre de la commande publique de formation et/ou tout organisme compétent (Pôle Emploi, OPCO, etc.) après consultation de la plateforme &lt;a href="https://www.orientation-regionsud.fr/Formation/"&gt;Oriention Formation Métier en Région Sud&lt;/a&gt;&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P184" s="1" t="inlineStr">
+      <c r="P170" s="1" t="inlineStr">
         <is>
           <t>03/05/2024</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Formations éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les certifications professionnelles enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire national des certifications professionnelles&lt;/a&gt; (RNCP)&lt;/li&gt; 	&lt;li&gt;Le(s) bloc(s) de compétences pour compléter une certification partiellement acquise enregistrée au RNCP (hors &lt;a href="https://www.maregionsud.fr/vos-aides/detail/validation-des-acquis-de-lexperience"&gt;Validation des acquis de l’expérience&lt;/a&gt; (VAE)&lt;/li&gt; 	&lt;li&gt;Les certifications enregistrées au &lt;a href="https://www.francecompetences.fr/recherche_certificationprofessionnelle/"&gt;Répertoire spécifique des certifications et habilitations&lt;/a&gt;  (RSCH)&lt;/li&gt; 	&lt;li&gt;Les formations professionnalisantes dont l’étude du libellé voire du contenu permet de vérifier la convergence entre la formation et le métier visé&lt;/li&gt; 	&lt;li&gt;Les formations non prises en charge par le Compte personnel de formation (CPF), la Région au titre de la commande publique de formation et/ou tout organisme compétent (Pôle Emploi, OPCO, etc.) après consultation de la plateforme &lt;a href="https://www.orientation-regionsud.fr/Formation/"&gt;Oriention Formation Métier en Région Sud&lt;/a&gt;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;ÉTAPE 1&lt;/strong&gt;&lt;br /&gt; Selon votre situation, contactez l’un des organismes en charge du &lt;a href="https://mon-cep.org/"&gt;Conseil en évolution professionnelle&lt;/a&gt; (CEP) qui vous accompagnera à élaborer votre projet professionnel :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Missions locales&lt;/li&gt; 	&lt;li&gt;Pôle emploi&lt;/li&gt; 	&lt;li&gt;CAP emploi&lt;/li&gt; 	&lt;li&gt;Association pour l’emploi des cadres (APEC)&lt;/li&gt; 	&lt;li&gt;Réseau des centres interinstitutionnels de bilan de compétences (CIBC)&lt;/li&gt; 	&lt;li&gt;Conseils départementaux pour les bénéficiaires du Revenu de solidarité active (RSA)&lt;/li&gt; 	&lt;li&gt;Plans locaux pluriannuels pour l’insertion et l’emploi (PLIE)&lt;/li&gt; 	&lt;li&gt;La maison régionale de la performance pour les sportifs de haut niveau&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;ÉTAPE 2&lt;/strong&gt;&lt;br /&gt; Élaborez votre projet de formation avec un conseiller des réseaux d&amp;#039;accompagnement du CEP. Le projet sera soumis à une validation préalable de ce dernier avant toute demande de prise en charge sur la base de la cohérence et de l’adéquation de votre projet post-formation.&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;ÉTAPE 3&lt;/strong&gt;&lt;br /&gt; Après validation, toute demande de prise en charge devra être déposée sur le Portail des aides individuelles de la Région dans un délai de 90 à 60 jours avant le démarrage de la formation visée ou jusqu&amp;#039;à 30 jours pour &lt;a href="https://www.enseignementsup-recherche.gouv.fr/fr/le-daeu-46103"&gt;les Diplômes d’accès aux études universitaires&lt;/a&gt; (DAEU).&lt;br /&gt; &lt;br /&gt; Pour les formations débutant entre le 1ᵉʳ janvier et le 31 mars 2024, les dossiers de demande ne sont pas soumis aux dates de dépôt normalement applicables.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/pass-sud-formation</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Service Relations Entreprises et Usagers&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Permanence téléphonique du lundi au jeudi de 13h30 à 17h30 au &lt;strong&gt;04 91 57 55 02&lt;/strong&gt; ou à l’adresse &lt;strong&gt;&lt;a href="mailto:sudformation&amp;#64;maregionsud.fr"&gt;sudformation&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/pass-sud-formation/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>162362</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’émergence d’Ecoles de la deuxième chance dans les départements non pourvus</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Les Ecoles de la deuxième chance</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour assurer par la formation, l’insertion professionnelle et sociale de jeunes de 16 à 25 ans sortis du système scolaire depuis au moins un an, sans diplôme ni qualification.&lt;/p&gt;
 &lt;p&gt;Le présent appel à projets vise à favoriser l’émergence d’Ecoles de la deuxième chance dans les départements non pourvus du territoire régional, soit les Alpes-de-Haute-Provence (04), les Hautes-Alpes (05), les Alpes-Maritimes (06) et le Vaucluse (84).&lt;/p&gt; &lt;p&gt;Il s’adresse aux établissements ou organismes de formation dont le projet de création d’une école de la deuxième chance répond aux objectifs cumulatifs suivants :&lt;br /&gt; correspondre à un besoin avéré du territoire ;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;s’engager à remplir les critères définis par le cahier des charges de labellisation du réseau E2C France ;&lt;/li&gt; 	&lt;li&gt;développer des partenariats avec les acteurs publics et économiques et les entreprises du territoire ;&lt;/li&gt; 	&lt;li&gt;proposer une offre de service adaptée aux besoins des populations et permettant leur inscription dans les métiers et filières du territoire.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P185" s="1" t="inlineStr">
+      <c r="P171" s="1" t="inlineStr">
         <is>
           <t>17/12/2018</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/les-ecoles-de-la-deuxieme-chance</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/les-ecoles-de-la-deuxieme-chance/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E186" s="1" t="inlineStr">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>162381</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la préparation aux sélections à l'entrée en formation des métiers du soin et du grand âge</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la préparation aux sélections d'entrée en formation des métiers du sanitaire ou du travail social</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H186" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O186" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Attribution une aide financière forfaitaire pour les candidats s’engageant à travailler dans les métiers du soin et du grand âge et de les soutenir dans leur parcours d’accès à la formation. Ce dispositif expérimental s’inscrit dans un plan de mobilisation conduit par l’exécutif régional pour valoriser ces métiers d’une importance capitale pour l’avenir de la Région. &lt;/p&gt; &lt;p&gt;Les demandeurs d’emploi&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt;Être inscrit(e) dans un établissement agréé ou autorisé et financé par la Région&lt;/li&gt; 	&lt;li&gt;Suivre une formation préparatoire aux métiers du sanitaire et du travail social :  	&lt;ul&gt; 		&lt;li&gt;Diplôme d’État d’Aide-Soignant (DEAS)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État d’Ambulancier (DEAMB)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État d’Auxiliaire de Puériculture (DEAP)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État d’Accompagnant Éducatif et Social (DEAES)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État deMoniteur Éducateur (DEME)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État de Technicien en Intervention Sociale et Familiale (DETISF)&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P186" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S186" s="1" t="inlineStr">
+      <c r="P172" s="1" t="inlineStr">
+        <is>
+          <t>15/04/2024</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Être inscrit(e) dans un établissement agréé ou autorisé et financé par la Région&lt;/li&gt; 	&lt;li&gt;Suivre une formation préparatoire aux métiers du sanitaire et du travail social :  	&lt;ul&gt; 		&lt;li&gt;Diplôme d’État d’Aide-Soignant (DEAS)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État d’Ambulancier (DEAMB)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État d’Auxiliaire de Puériculture (DEAP)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État d’Accompagnant Éducatif et Social (DEAES)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État deMoniteur Éducateur (DEME)&lt;/li&gt; 		&lt;li&gt;Diplôme d’État de Technicien en Intervention Sociale et Familiale (DETISF)&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La demande doit être déposée à l’issue du 1ᵉʳ mois de formation sur la plateforme des aides individuelles de la Région.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-la-preparation-aux-selections-dentree-en-formation-des-metiers-du-sanitaire-ou-du-travail-social</t>
+        </is>
+      </c>
+      <c r="W172" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesformation.maregionsud.fr/SignIn?ReturnUrl=%2Fprofile%2F</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-preparation-aux-selections-a-lentree-en-formation-des-metiers-du-soin-et-du-grand-age/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E187" s="1" t="inlineStr">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>162386</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’acquisition d’instruments de musique</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’acquisition d’instruments de musique : INSTRUMENTARIUM</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
-[...98 lines deleted...]
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif accompagne les musiciens, qu’ils soient amateurs ou futurs professionnels. Il finance l’acquisition d’instruments de musique par les conservatoires et écoles de musique publiques ; la Région Sud apporte ainsi son concours à un enseignement artistique de qualité, garantit une équité territoriale, encourage les projets collectifs.&lt;/p&gt; &lt;p&gt;Les établissements d’enseignement artistique publics, communaux, intercommunaux, conservatoires à rayonnement communal, intercommunal, départemental ou régional, les pôles supérieurs d’enseignement artistique, les établissements d’enseignement supérieur artistique conventionnés par la Région ou en délégation de service public.&lt;/p&gt;
 &lt;p&gt;Ne sont pas éligibles : les écoles de musique associatives, les ensembles instrumentaux, vocaux professionnels ou amateurs (orchestre, harmonie, chorale…) et toute autre structure n’ayant pas pour objet l’enseignement artistique.&lt;/p&gt; &lt;p&gt;L’aide permet de cofinancer l’acquisition d’instruments rares ou onéreux ou spécifiques, ou bien des programmes globaux d’équipements d’instruments, en vue de l&amp;#039;enseignement artistique général et/ou de projets culturels et de pratique menés par l&amp;#039;établissement.&lt;/p&gt; &lt;p&gt;Pour bénéficier de l’aide, les projets devront justifier d’un projet sur un et/ou deux volets ci-dessous et présenter la liste et les devis (ou accord-cadre) du plan d&amp;#039;acquisition des instruments :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Équipement en vue d’un enseignement artistique de qualité et accessible : justifier le projet en nombre d’élèves, de classes, d’enseignants et de pédagogie.&lt;/li&gt; 	&lt;li&gt;Équipement en vue d’un rayonnement territorial, d’accès à la culture et de formation des publics : présentation du projet culturel faisant apparaître a minima : des pratiques collectives et participatives, une diffusion en et hors les murs, une articulation avec le territoire.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Lorsque la structure reçoit une aide de la Région, elle est tenue de faire apparaître sur ses supports de communication deux éléments : la mention « « Projet réalisé avec le soutien de la Région Sud Provence-Alpes-Côte d’Azur » et le logo à télécharger sur le site &lt;a href="http://www.maregionsud.fr/" rel="noreferrer noopener" target="_blank"&gt;www.maregionsud.fr&lt;/a&gt;.   &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Education et renforcement des compétences
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P188" s="1" t="inlineStr">
+      <c r="P173" s="1" t="inlineStr">
         <is>
           <t>10/10/2023</t>
         </is>
       </c>
-      <c r="R188" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour bénéficier de l’aide, les projets devront justifier d’un projet sur un et/ou deux volets ci-dessous et présenter la liste et les devis (ou accord-cadre) du plan d&amp;#039;acquisition des instruments :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Équipement en vue d’un enseignement artistique de qualité et accessible : justifier le projet en nombre d’élèves, de classes, d’enseignants et de pédagogie.&lt;/li&gt; 	&lt;li&gt;Équipement en vue d’un rayonnement territorial, d’accès à la culture et de formation des publics : présentation du projet culturel faisant apparaître a minima : des pratiques collectives et participatives, une diffusion en et hors les murs, une articulation avec le territoire.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Le dossier de demande de subvention est à déposer au moins 3 mois avant le début des acquisitions en cliquant sur le bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lacquisition-dinstruments-de-musique-instrumentarium</t>
         </is>
       </c>
-      <c r="W188" s="1" t="inlineStr">
+      <c r="W173" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_INSTRUMENTARI/depot/simple</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction de la Culture / Service création artistique&lt;br /&gt; &lt;span&gt;&lt;a href="mailto:culture&amp;#64;maregionsud.fr"&gt;culture&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; tel : 04 88 73 66 76&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacquisition-dinstruments-de-musique-instrumentarium/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E189" s="1" t="inlineStr">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>162390</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux demandeurs d'emploi, aux élèves et étudiants des formations sanitaires et sociales majeurs de bénéficier d’un hébergement à prix modique durant leur formation</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’hébergement pour les élèves, étudiants et demandeurs d'emploi inscrits dans une formation financée par la Région</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H189" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="O189" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;La Région Sud mobilise 1,5 millions d’euros pour permettre aux demandeurs d&amp;#039;emploi, aux élèves et étudiants des formations sanitaires et sociales majeurs de bénéficier d’un hébergement à prix modique durant leur formation.&lt;/strong&gt;&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les élèves de plus de 18 ans &lt;/li&gt; 	&lt;li&gt;Locataires de leur résidence principale avec des enfants à charge ou en situation de double résidence&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Être inscrit(e) dans un établissement autorisé ou agréé et financé par la Région dans les secteurs du sanitaire et du travail social &lt;/li&gt; 	&lt;li&gt;Dont la résidence se situe à plus de 40 kms aller du centre de formation, de l’établissement où est réalisé le stage ou du lieu de passage d’épreuve de certification &lt;/li&gt; 	&lt;li&gt;Dont le dernier avis d’imposition, sur lequel il est déclaré, justifie d’un impôt sur le revenu inférieur ou égal à 500 euros ou dont la mention « vous n’êtes pas imposable » figure sur ce même avis&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P189" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="S189" s="1" t="inlineStr">
+      <c r="P174" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2024</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Être inscrit(e) dans un établissement autorisé ou agréé et financé par la Région dans les secteurs du sanitaire et du travail social &lt;/li&gt; 	&lt;li&gt;Dont la résidence se situe à plus de 40 kms aller du centre de formation, de l’établissement où est réalisé le stage ou du lieu de passage d’épreuve de certification &lt;/li&gt; 	&lt;li&gt;Dont le dernier avis d’imposition, sur lequel il est déclaré, justifie d’un impôt sur le revenu inférieur ou égal à 500 euros ou dont la mention « vous n’êtes pas imposable » figure sur ce même avis&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les demandes doivent être déposées jusqu’à 15 jours avant la fin de votre formation sur la plateforme des aides individuelles de la Région&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-lhebergement-pour-les-eleves-etudiants-et-demandeurs-demploi-dans-les-filieres-du-sanitaire-et-du-travail-social</t>
+        </is>
+      </c>
+      <c r="W174" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesformation.maregionsud.fr/SignIn?ReturnUrl=%2Fprofile%2F</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-lhebergement-pour-les-demandeurs-demploi-les-eleves-et-etudiants-des-formations-sanitaires-et-sociales-majeurs/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E190" s="1" t="inlineStr">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>162393</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide au brevet d'aptitude aux fonctions d'animateur - bafa</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Aide au brevet d'aptitude aux fonctions d'animateur - BAFA</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N190" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour une aide financière directe, d’un montant de 150 €, réservée aux jeunes stagiaires désirant effectuer le 3ème module de la formation BAFA, âgés de 16 à 25 ans révolus et résidant en Provence-Alpes-Côte d’Azur.&lt;br /&gt; &lt;br /&gt; Le cycle de formation au BAFA est organisé en trois temps :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;un module de formation générale (8 jours),&lt;/li&gt; 	&lt;li&gt;un stage pratique (14 jours)&lt;/li&gt; 	&lt;li&gt;un stage d’approfondissement ou BAFA 3 (6 jours).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les lycéens, étudiants en formation sanitaire et du travail social, les stagiaires de la formation professionnelle, les apprentis, les étudiants, les jeunes dipolomés, les chefs d’entreprise, les salariés et les demandeurs d’emploi âgés de 16 à 25 ans révolus et résidant en Provence-Alpes-Côte d’Azur ;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Condition&lt;/strong&gt; : réaliser la formation au 3e module sur le territoire régional et en internat exclusivement, garantie de conditions pédagogiques pertinentes pour les futurs animateurs.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Etre âgé(e) de 16 à 25 ans révolus,&lt;/li&gt; 	&lt;li&gt;Résider en région Provence-Alpes-Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;Avoir accompli sa formation du 3ème module du BAFA sur le territoire régional,&lt;/li&gt; 	&lt;li&gt;Avoir accompli sa formation au 3ème module du BAFA en internat exclusivement,&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;D&amp;#039;autres aides financières sont accordées par diverses structures (Caisse nationale d&amp;#039;allocations familiales, Caisse d&amp;#039;allocations familiales, Mutuelle sociale agricole, etc...)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P190" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S190" s="1" t="inlineStr">
+      <c r="P175" s="1" t="inlineStr">
+        <is>
+          <t>28/06/2023</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Etre âgé(e) de 16 à 25 ans révolus,&lt;/li&gt; 	&lt;li&gt;Résider en région Provence-Alpes-Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;Avoir accompli sa formation du 3ème module du BAFA sur le territoire régional,&lt;/li&gt; 	&lt;li&gt;Avoir accompli sa formation au 3ème module du BAFA en internat exclusivement,&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La demande d’Aide régionale au BAFA 3 doit être adressée au plus tard 12 mois après la fin du stage de formation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-au-brevet-daptitude-aux-fonctions-danimateur-bafa</t>
+        </is>
+      </c>
+      <c r="W175" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_BAFA/depot/simple</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:bafa&amp;#64;maregionsud.fr"&gt;bafa&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-brevet-daptitude-aux-fonctions-danimateur-bafa/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-[...314 lines deleted...]
-      <c r="A194" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>162563</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D176" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I176" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J194" s="1" t="inlineStr">
+      <c r="J176" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M194" s="1" t="inlineStr">
+      <c r="M176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -34723,1434 +32106,1331 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-[...98 lines deleted...]
-      <c r="A196" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>162730</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de services et mobilités en montagne</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Services et mobilités en montagne</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Services et mobilités&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Formation professionnelle
 Biodiversité
 Equipement public
 Bâtiments et construction
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
+      <c r="P177" s="1" t="inlineStr">
         <is>
           <t>30/05/2024</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
 &lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>162737</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Réaliser un stage d'ergothérapeute pour mettre en application vos connaissances théoriques en situation réelle</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Indemnités de stage et prise en charge de frais de déplacement pour les étudiants ergothérapeutes</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous préparez le Diplôme d&amp;#039;État d&amp;#039;Ergothérapeute en formation initiale et vous souhaitez réaliser un stage pour mettre en application vos connaissances théoriques en situation réelle ? Afin de lever les freins d’accès à la formation, la Région Sud poursuit son engagement à améliorer vos conditions d’études par l&amp;#039;attribution d&amp;#039;indemnités de stage et de frais de déplacement pour concrétiser votre projet professionnel dans des conditions sécurisantes.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les étudiants inscrits en formation initiale dans un&lt;a href="https://livemap.getwemap.com/dom?emmid&amp;#61;24509&amp;amp;token&amp;#61;JOQ39BO9ZT34EQAI4TVUH9ULS#/search&amp;#64;44.0359266,6.0601670,7.76"&gt; institut de formation du secteur sanitaire ou du travail social autorisé ou agréé par la Région&lt;/a&gt; &lt;/li&gt; 	&lt;li&gt;Préparant le Diplôme d&amp;#039;État d&amp;#039;Ergothérapeute (DEE)&lt;/li&gt; 	&lt;li&gt;Réalisant un stage en temps complet (35 heures/semaine) prescrit par leur établissement dans le cadre de leur cursus de formation sur le territoire français (les territoires d&amp;#039;outre-mer sont exclus)&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P197" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
         <is>
           <t>07/05/2024</t>
         </is>
       </c>
-      <c r="R197" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;DEMANDE EN LIGNE&lt;/h3&gt;
 &lt;p&gt;&lt;strong&gt;Indemnités de stage :&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Chaque dossier de demande doit être transmis de manière dématérialisée sur la plateforme régionale au moins 15 jours avant le début du stage et au plus tard 10 jours après son démarrage.&lt;br /&gt; Après validation des dossiers par l&amp;#039;institut de formation et contrôle de conformité de la Région, un premier acompte correspondant à 70 % des indemnités est versé à l&amp;#039;étudiant.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Prise en charge des frais de déplacement :&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les pièces justificatives doivent être transmises directement et exclusivement dans le dossier dématérialisé dans un délai maximum de 15 jours à l’issue du stage. Après contrôle de la réalisation du stage et du taux de présence par l&amp;#039;institut de formation, le solde des indemnités de stage et frais de déplacement sont versés par la Région à l&amp;#039;étudiant.&lt;/p&gt;
 &lt;p&gt;Toute demande de modification et/ou de dépôt de pièces complémentaires doit obligatoirement intervenir via la messagerie sécurisée accessible dans le dossier dématérialisé.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/indemnites-de-stage-et-prise-en-charge-de-frais-de-deplacement-pour-les-etudiants-ergotherapeutes</t>
         </is>
       </c>
-      <c r="W197" s="1" t="inlineStr">
+      <c r="W178" s="1" t="inlineStr">
         <is>
           <t>https://aidesformation.maregionsud.fr/aides-individuelles/</t>
         </is>
       </c>
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service relations entreprises et usagers&lt;br /&gt; Permanence téléphonique du lundi au jeudi de 13h30 à 17h30 au 04 91 57 55 02&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/indemnites-de-stage-et-prise-en-charge-de-frais-de-deplacement-pour-les-etudiants-ergotherapeutes/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>162742</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Lutter contre le décrochage scolaire</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Lutte contre le décrochage scolaire</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Association
 Particulier</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces actions innovantes contribueront à mobiliser les jeunes pour les aider à reprendre confiance en soi, dans le cadre d’activités menées hors temps scolaire, utilisant des modalités et des supports pédagogiques qui touchent notamment à l’accès aux savoirs et à l&amp;#039;information ainsi qu&amp;#039;à la découverte du monde du travail et de l’entreprise.&lt;/p&gt; &lt;p&gt;Les associations traitant de ces problématiques en faveur des Jeunes de 16 -25 ans du territoire de Provence-Alpes-Côte d’Azur.&lt;/p&gt; &lt;p&gt;Les demandes devront s’inscrire dans les axes du cadre d’intervention du Service Jeunesse et Engagement Civique et devront être conforme au règlement financier de la région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P198" s="1" t="inlineStr">
+      <c r="P179" s="1" t="inlineStr">
         <is>
           <t>29/05/2024</t>
         </is>
       </c>
-      <c r="R198" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les demandes devront s’inscrire dans les axes du cadre d’intervention du Service Jeunesse et Engagement Civique et devront être conforme au règlement financier de la région.&lt;/p&gt; &lt;p&gt;Déposer votre dossier sur la plateforme dédiée.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/lutte-contre-le-decrochage-scolaire</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Jeunesse et Engagement Civique&lt;/p&gt;
 &lt;p&gt;Tel :  &lt;a href="tel:0491575251"&gt;04 91 57 52 51&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutte-contre-le-decrochage-scolaire/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>162748</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Moderniser les instituts de formations sanitaires sociales</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Modernisation des instituts de formations sanitaires sociales</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le secteur de la santé et de l’action sociale joue un rôle majeur pour le développement du territoire régional. Compétence forte de la Région, les formations sanitaires et du travail social financent et accompagnent les parcours de plus de 18 500 élèves et étudiants chaque année.&lt;/p&gt;
 &lt;p&gt;Afin de moderniser les établissements de formations sanitaires et du travail social et offrir aux élèves et étudiants les meilleures conditions de vie et d’études, la Région s’engage à soutenir des projets d’investissement s’inscrivant dans les orientations du schéma régional des formations sanitaires et du travail social et de sa politique en matière de développement durable.&lt;br /&gt; L’objectif est de permettre à ces futurs professionnels d&amp;#039;étudier dans de bonnes conditions correspondant aux référentiels de formation et aux outils qu’ils utilisent dans leurs divers lieux de stage.&lt;/p&gt; &lt;p&gt;Sont éligibles à ce dispositif les personnes morales publiques ou privées gestionnaires d’un établissement de formation sanitaire ou du travail social autorisé ou agréé par le Président du Conseil régional. Ces établissements doivent en outre être signataires d’une convention d’objectifs et de moyens avec la Région.&lt;/p&gt; &lt;p&gt;Les demandes de subvention déposées dans ce cadre concernent les établissements de formation paramédicale et du travail social agréés ou autorisés par le Président du Conseil régional et signataires d’une convention d’objectifs et de moyens avec la Région.&lt;/p&gt;
 &lt;p&gt;Les projets déposés doivent porter sur l’un des objets suivants :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;achat de matériel numérique et informatique ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement pédagogique et de simulation ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement ou de mobilier pour l’amélioration des conditions de vie et d&amp;#039;études ;&lt;/li&gt; 	&lt;li&gt;petits travaux et aménagements ;&lt;/li&gt; 	&lt;li&gt;petits travaux de mise aux normes et achat de matériel de sécurité.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;A l’exception des dossiers dont l’objet porte sur des petits travaux de mises aux normes et achat de matériel de sécurité, les dossiers déposés devront s’inscrire dans la mesure 137 du plan Climat.&lt;br /&gt; Les demandes doivent par ailleurs s’inscrire dans un programme d’investissement pluriannuel de l’établissement de formation. Dans ce cadre, l’établissement devra présenter sa stratégie et articuler sa demande aux investissements déjà réalisés et à venir, tout en joignant une étude d’impact financier démontrant sa capacité d’anticipation et de maîtrise des coûts.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P199" s="1" t="inlineStr">
+      <c r="P180" s="1" t="inlineStr">
         <is>
           <t>28/05/2024</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les demandes de subvention déposées dans ce cadre concernent les établissements de formation paramédicale et du travail social agréés ou autorisés par le Président du Conseil régional et signataires d’une convention d’objectifs et de moyens avec la Région.&lt;/p&gt;
 &lt;p&gt;Les projets déposés doivent porter sur l’un des objets suivants :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;achat de matériel numérique et informatique ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement pédagogique et de simulation ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement ou de mobilier pour l’amélioration des conditions de vie et d&amp;#039;études ;&lt;/li&gt; 	&lt;li&gt;petits travaux et aménagements ;&lt;/li&gt; 	&lt;li&gt;petits travaux de mise aux normes et achat de matériel de sécurité.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;A l’exception des dossiers dont l’objet porte sur des petits travaux de mises aux normes et achat de matériel de sécurité, les dossiers déposés devront s’inscrire dans la mesure 137 du plan Climat.&lt;br /&gt; Les demandes doivent par ailleurs s’inscrire dans un programme d’investissement pluriannuel de l’établissement de formation. Dans ce cadre, l’établissement devra présenter sa stratégie et articuler sa demande aux investissements déjà réalisés et à venir, tout en joignant une étude d’impact financier démontrant sa capacité d’anticipation et de maîtrise des coûts.&lt;/p&gt; &lt;p&gt;L’établissement de formation dépose son dossier dans les mêmes conditions que tout dépôt de dossier de demande de subvention d’investissement sur le site dédié de la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/modernisation-des-instituts-de-formations-sanitaires-sociales</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Service Formations Sanitaires et Sociales&lt;/strong&gt;&lt;br /&gt; Tel : 04.88.10.76.43 et 04.91.57.51.08 &lt;br /&gt; Mail : &lt;a href="mailto:sfss-secretariat&amp;#64;maregionsud.fr"&gt;sfss-secretariat&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/modernisation-des-instituts-de-formations-sanitaires-sociales/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>162758</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'offre de formation musiques, danse, théâtre, art du mouvement, arts visuels</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Soutien à l'offre de formation musiques, danse, théâtre, art du mouvement, arts visuels</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Consciente de la complexité et de la précarité inhérente au secteur d’activité de la Culture, les enjeux de développement de la qualification, de création et de consolidation des emplois et de l&amp;#039;insertion des jeunes professionnels sont au cœur de l’approche intégrée « formation-économie-emploi » développée par l’action régionale.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; En effet, depuis une vingtaine d’années, le monde du spectacle et de la culture s’est profondément transformé sous l’effet conjugué d’évolutions artistiques, technologiques, sociales, économiques et structurelles qui ont eu des conséquences majeures sur l’emploi.&lt;br /&gt; La Région poursuit et consolide son projet de soutenir sur le territoire des outils de formation et d’accompagnement des parcours professionnels pouvant répondre de façon globale à la demande des acteurs du secteur culturel.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; La volonté de la Région vise à préparer les jeunes professionnels et les adultes à l’évolution des métiers, ainsi qu’à répondre par la professionnalisation aux enjeux de renouvellement des qualifications et d’évolution des métiers du secteur culturel.&lt;/p&gt;
  &lt;p&gt;La région dispose, dans le domaine des arts visuels et d’arts vivants de plusieurs établissements d’enseignement supérieur et/ou professionnel inscrits dans un cadre d’intervention très spécifique.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;En effet ces organismes de formation se distinguent par :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les caractéristiques de leur champ d&amp;#039;intervention non concurrentiel &lt;/li&gt; 	&lt;li&gt; les compétences professionnelles spécifiques mises en œuvre pour la professionnalisation des personnes de ces secteurs d&amp;#039;activités &lt;/li&gt; 	&lt;li&gt; la reconnaissance de leur caractère structurant dans le développement de la formation professionnelle tout au long de la vie&lt;/li&gt; 	&lt;li&gt; la mobilisation de financements croisés relevant du champ de la culture et de celui de la formation professionnelle continue&lt;/li&gt; &lt;/ul&gt;
  &lt;p&gt;L’aide régionale participe au financement de ces établissements qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet pédagogique et culturel détaillé garantissant une offre de qualité dans l’enseignement supérieur et professionnel spécialisé&lt;/li&gt; 	&lt;li&gt; la construction des cursus d&amp;#039;étude délivrant des diplômes et des certifications en lien avec l&amp;#039;Université permettant la délivrance conjointe de titres de qualification professionnelle et d&amp;#039;un titre universitaire inscrit dans le schéma LMD&lt;/li&gt; 	&lt;li&gt; un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt; une démarche éco-responsable&lt;/li&gt; 	&lt;li&gt;des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Le dépôt doit se faire selon le règlement financier en vigueur :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;exploitation, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux...&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P200" s="1" t="inlineStr">
+      <c r="P181" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R200" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’aide régionale participe au financement de ces établissements qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet pédagogique et culturel détaillé garantissant une offre de qualité dans l’enseignement supérieur et professionnel spécialisé&lt;/li&gt; 	&lt;li&gt; la construction des cursus d&amp;#039;étude délivrant des diplômes et des certifications en lien avec l&amp;#039;Université permettant la délivrance conjointe de titres de qualification professionnelle et d&amp;#039;un titre universitaire inscrit dans le schéma LMD&lt;/li&gt; 	&lt;li&gt; un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt; une démarche éco-responsable&lt;/li&gt; 	&lt;li&gt;des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-loffre-de-formation-musiques-danse-theatre-art-du-mouvement-arts-visuels</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-loffre-de-formation-musiques-danse-theatre-art-du-mouvement-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>162799</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’accès des jeunes à l’enseignement supérieur quel que soit leur milieu socio-culturel, en leur donnant les clés pour s’engager avec succès dans les filières d’excellence</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Cordées de la réussite</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif, initié par l’Education Nationale, vise à favoriser l’accès des jeunes à l’enseignement supérieur quel que soit leur milieu socio-culturel, en leur donnant les clés pour s’engager avec succès dans les filières d’excellence. Elles sont fondées sur des partenariats entre des établissements de l&amp;#039;enseignement supérieur et des lycées, ou collèges, situés majoritairement dans des quartiers prioritaires de la politique de la ville ou en zones rurales, et se traduisent par des actions d’aide à l’orientation, de tutorat, de préparation à l’entrée dans les filières sélectives et d’ouverture sociale et culturelle dans un objectif de réussite éducative.&lt;/p&gt;
  &lt;p&gt;Les bénéficiaires éligibles à l’attribution d’une subvention régionale sont :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les établissements d’enseignement supérieur (universités, lycées ayant des formations post bac et grandes écoles) agissant en tant que tête de cordée ;&lt;/li&gt; 	&lt;li&gt; Les opérateurs (organismes de recherche, associations) délégataires agissant pour le compte d’une tête de cordée.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Une convention de partenariat (2023-2027) entre l’Etat (Préfecture de région pour le volet politique de la ville et les deux Rectorats pour le volet Education nationale) et la Région a été approuvée en mars 2023.&lt;br /&gt; Elle prévoit une possible participation de la Région ciblée sur des projets de « Cordées de la réussite » incluant des lycéens, avec une attention particulière sur les projets dont les thématiques répondent aux priorités régionales (diffusion de la culture scientifique et plan climat régional).&lt;br /&gt; &lt;br /&gt; Au préalable, conformément à la concertation Etat-Région, le projet de cordée doit passer en commission pédagogique et en commission financière.&lt;br /&gt; &lt;br /&gt; L&amp;#039;aide de la Région sera réservée aux projets incluant des lycéens parmi leur public cible.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Une attention particulière sera portée aux projets :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;destinés à être mis en œuvre dans les lycées installés sur des territoires fragiles (notamment les territoire ruraux),&lt;/li&gt; 	&lt;li&gt;portant des actions relevant des thématiques du plan climat régional,&lt;/li&gt; 	&lt;li&gt; de diffusion de la culture scientifique&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P201" s="1" t="inlineStr">
+      <c r="P182" s="1" t="inlineStr">
         <is>
           <t>22/05/2024</t>
         </is>
       </c>
-      <c r="R201" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une convention de partenariat (2023-2027) entre l’Etat (Préfecture de région pour le volet politique de la ville et les deux Rectorats pour le volet Education nationale) et la Région a été approuvée en mars 2023.&lt;br /&gt; Elle prévoit une possible participation de la Région ciblée sur des projets de « Cordées de la réussite » incluant des lycéens, avec une attention particulière sur les projets dont les thématiques répondent aux priorités régionales (diffusion de la culture scientifique et plan climat régional).&lt;br /&gt; &lt;br /&gt; Au préalable, conformément à la concertation Etat-Région, le projet de cordée doit passer en commission pédagogique et en commission financière.&lt;br /&gt; &lt;br /&gt; L&amp;#039;aide de la Région sera réservée aux projets incluant des lycéens parmi leur public cible.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Une attention particulière sera portée aux projets :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;destinés à être mis en œuvre dans les lycées installés sur des territoires fragiles (notamment les territoire ruraux),&lt;/li&gt; 	&lt;li&gt;portant des actions relevant des thématiques du plan climat régional,&lt;/li&gt; 	&lt;li&gt; de diffusion de la culture scientifique&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Le projet de cordée doit faire l&amp;#039;objet d&amp;#039;une validation pédagogique en région académique.&lt;br /&gt; La sous commission se prononce sur la qualité et la cohérence du projet d&amp;#039;actions des cordées candidate à l&amp;#039;appel à projet de l&amp;#039;année en cours. La demande doit être adressée au Rectorat de la région académique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/cordees-de-la-reussite</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Laury TOMAS: &lt;a href="mailto:latomas&amp;#64;maregionsud.fr"&gt;latomas&amp;#64;maregionsud.fr&lt;/a&gt; &lt;/p&gt;
 &lt;p&gt;Sandrine Denis: &lt;a href="mailto:sadenis&amp;#64;maregionsud.fr"&gt;sadenis&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cordees-de-la-reussite/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>162804</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Soutenir les centres de formation des clubs professionnels</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Soutien aux centres de formation des clubs professionnels</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’exécutif régional a décidé d&amp;#039;accompagner les centres de formation des clubs professionnels, reconnaissant, par cette initiative, l’importance du niveau professionnel dans la structuration du mouvement sportif français en concentrant son intervention sur sa première compétence, la formation.&lt;/p&gt;
 &lt;p&gt;En effet, la formation est un élément déterminant dans la construction sportive et personnelle de nos futurs grands sportifs. Ce modèle français du double projet (sportif et personnel) a fait école dans de nombreux pays car il apporte au sportif un ensemble de valeurs et lui offre la possibilité de se construire un avenir professionnel à la fin de sa carrière sportive.&lt;/p&gt; &lt;p&gt;Il s’agit des associations affiliées à une fédération sportive délégataire agréée par le ministère&lt;br /&gt; chargé des sports, ainsi que des sociétés sportives prévues à l’article L122-2 du Code du sport,&lt;br /&gt; au titre de leur centre de formation.&lt;/p&gt; &lt;p&gt;Le dispositif concerne les centres de formation de clubs professionnels titulaires d’un&lt;br /&gt; agrément ministériel en cours de validité.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;L’aide de la Région contribue à :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Garantir les conditions optimales du double projet sportif et professionnel des jeunes sportifs accueillis dans les centres de formation de clubs professionnels agréés ;&lt;/li&gt; 	&lt;li&gt; Assurer leur scolarisation effective dans l’enseignement scolaire, universitaire ou dans une formation professionnelle ;&lt;/li&gt; 	&lt;li&gt; Assurer un accompagnement en termes de tutorat, de cours de soutien, d’aide aux devoirs ou de tout autre dispositif contribuant à la réussite du projet éducatif des sportifs, y compris pour les jeunes inscrits en enseignement à distance ou auprès d’organisme de formation ;&lt;/li&gt; 	&lt;li&gt; Mettre en place un système de suivi personnalisé des jeunes, notamment au niveau de leur insertion professionnelle,&lt;/li&gt; 	&lt;li&gt; Assurer une sensibilisation et favoriser l’engagement des jeunes dans des actions de démarche écoresponsable, de lutte contre les phénomènes de violence ou de discrimination dans le sport, ou de lutte contre le harcèlement en milieu scolaire et/ou associatif ;&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P202" s="1" t="inlineStr">
+      <c r="P183" s="1" t="inlineStr">
         <is>
           <t>21/05/2024</t>
         </is>
       </c>
-      <c r="R202" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le dispositif concerne les centres de formation de clubs professionnels titulaires d’un&lt;br /&gt; agrément ministériel en cours de validité.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;L’aide de la Région contribue à :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Garantir les conditions optimales du double projet sportif et professionnel des jeunes sportifs accueillis dans les centres de formation de clubs professionnels agréés ;&lt;/li&gt; 	&lt;li&gt; Assurer leur scolarisation effective dans l’enseignement scolaire, universitaire ou dans une formation professionnelle ;&lt;/li&gt; 	&lt;li&gt; Assurer un accompagnement en termes de tutorat, de cours de soutien, d’aide aux devoirs ou de tout autre dispositif contribuant à la réussite du projet éducatif des sportifs, y compris pour les jeunes inscrits en enseignement à distance ou auprès d’organisme de formation ;&lt;/li&gt; 	&lt;li&gt; Mettre en place un système de suivi personnalisé des jeunes, notamment au niveau de leur insertion professionnelle,&lt;/li&gt; 	&lt;li&gt; Assurer une sensibilisation et favoriser l’engagement des jeunes dans des actions de démarche écoresponsable, de lutte contre les phénomènes de violence ou de discrimination dans le sport, ou de lutte contre le harcèlement en milieu scolaire et/ou associatif ;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Date de dépôt des dossiers :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-centres-de-formation-des-clubs-professionnels</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-centres-de-formation-des-clubs-professionnels/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>162809</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Bénéficier du Fonds d'innovation pour la formation</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Fonds d'innovation pour la formation</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez un projet d’innovation formative répondant aux besoins en compétences des filières et métiers stratégiques régionaux (filières fortement pourvoyeuses d’emplois et d’enjeux d’avenir, nouveau métier ou métier en forte évolution, métiers en tension de recrutement).&lt;/p&gt;
 &lt;p&gt;Vous êtes organisme de formation, entreprise, Campus des métiers et qualifications et vous souhaitez éprouver un nouveau référentiel de formation, de nouvelles modalités pédagogiques ou encore proposer et tester un outillage innovant de l’approche par les compétences. Le Fonds d’innovation pour la formation vous permet de financer la recherche appliquée ou le développement expérimental avec une subvention pouvant aller jusqu’à 70% du coût du projet maximum, et 50% des investissements nécessaires à l’expérimentation.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Un organisme de formation, agissant en propre ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Un campus des métiers, ou un membre d’un campus des métiers, agissant au nom du campus ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Une entreprise, un groupement d’intérêt économique, une association, une société coopérative d’intérêt collective, ou d’autres formes de groupements d’entreprises, agissant comme mandataire d’un groupement associant au moins un organisme de formation continue ou initiale.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Tourisme
 Santé
 Education et renforcement des compétences
 Formation professionnelle
 Agriculture et agroalimentaire
 Biodiversité
 Emploi
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P203" s="1" t="inlineStr">
+      <c r="P184" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R203" s="1" t="inlineStr">
+      <c r="R184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Par mail adressé à innovation-formation&amp;#64;maregionsud.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/fonds-dinnovation-pour-la-formation</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:innovation-formation&amp;#64;maregionsud.fr"&gt;innovation-formation&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-dinnovation-pour-la-formation/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>162842</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Soutenir les stagiaires entrés dans des formations de conducteur de bus et de mécanicien d'entretien des bus</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Aide à la formation vers les métiers en tension (opérateurs IDFM)</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="center"&gt;La Région soutient les stagiaires entrés dans des formations de conducteur de bus et de mécanicien d&amp;#039;entretien des bus opérées par un opérateur de transports en commun délégataires d&amp;#039;Île-de-France Mobilités (IDFM).&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R204" s="1" t="inlineStr">
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;Les stagiaires en contrat de professionnalisation dans les formations dispensées par les opérateurs IDFM et ayant été demandeur d’emploi dans le mois précédent la signature de leur contrat de professionnalisation.&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;L’aide est d’un montant de 2.000€ maximum, versé en 2 fois :&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;► 1er versement : 600€ &lt;/strong&gt;après dépôt du dossier sur mesdemarches et vérification de l’éligibilité du demandeur.&lt;br /&gt;&lt;br /&gt;►&lt;strong&gt; 2d versement : 1.400€&lt;/strong&gt; après dépôt du complément de dossier sur mesdemarches et si le stagiaire répond aux 2 conditions cumulatives suivantes : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;La formation est ≥ à 300h,&lt;/li&gt;&lt;li&gt;Le stagiaire a conclu un contrat de travail à l’issue de sa formation (dans les 3 mois suivants la date de fin de formation) avec une société dépendant des opérateurs de transport publics IDFM.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans le cas où le stagiaire ne répond pas à ces conditions cumulatives, il ne percevra que le 1er versement de l’aide, d’un montant de 600€.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p align="center"&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Vous suivez une formation de « Conducteur de bus » ou « Mécanicien d’entretien des bus » opérée par un opérateur de transports en commun délégataire &lt;/span&gt;&lt;span&gt;d&amp;#039;Île-de-France Mobilité (&lt;/span&gt;RATP, TRANSDEV, LACROIX-SAVAC et KEOLIS) &lt;span&gt;dans le cadre d’un contrat de professionnalisation ? &lt;/span&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Vous pouvez peut-être bénéficier de l’aide à la formation vers un métier en tension.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;La demande de versement de l’aide est effectuée directement par le bénéficiaire sur la plateforme &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt;.&lt;br /&gt;&lt;br /&gt;Lors de son entrée en formation, le stagiaire s’inscrit sur &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; et remplit un formulaire de demande d’aide en ligne.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Pour le 1er versement, &lt;/strong&gt;d&amp;#039;un montant de 600€,&lt;strong&gt; &lt;/strong&gt;le stagiaire dépose sur &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; les documents suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Scan de sa carte d’identité ou de son titre de séjour,&lt;/li&gt;&lt;li&gt;Avis de situation Pôle emploi datant du mois précédent la signature de son contrat de professionnalisation,&lt;/li&gt;&lt;li&gt;Copie du contrat de professionnalisation mentionnant l’intitulé de la formation et le nom de l’organisme,&lt;/li&gt;&lt;li&gt;Attestation de présence employeur,&lt;/li&gt;&lt;li&gt;RIB ou IBAN.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Pour le 2d versement,&lt;/strong&gt; d’un montant de 1.400€ (si le stagiaire remplit les conditions supra), le stagiaire accède à son dossier sur &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; dans les 3 mois suivant la date de fin de formation et dépose les pièces suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Attestation de formation (mentionnant la durée de formation suivie),&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Contrat de travail&lt;/li&gt;&lt;li&gt;Attestation de présence en emploi.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les dossiers sont instruits et payés par l’Agence de services et de paiement (ASP).&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-formation-vers-les-metiers-en-tension-operateurs-idfm</t>
         </is>
       </c>
-      <c r="W204" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Organisme de formation/employeur : &lt;/strong&gt;contactez votre organisme de formation/employeur pour toute question sur le dispositif, les formations éligibles et les justificatifs à déposer sur la plateforme &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; (copie du contrat de professionnalisation, contrat de travail, attestation de présence...).&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Agence de services et de paiement (ASP) : &lt;/strong&gt;contactez l’ASP pour toute réclamation liée à l’instruction de votre dossier et au versement de l’aide (en indiquant « Assistance &amp;#43; n° dossier » dans l’objet du mail) : &lt;a href="mailto:metierentension-idf&amp;#64;asp-public.fr" target="_blank"&gt;metierentension-idf&amp;#64;asp-public.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Région Île-de-France : &lt;/strong&gt;pour des questions en lien avec les aides de la Région Île-de-France pour la formation professionnelle, &lt;a href="https://www.iledefrance.fr/form/contact" target="_blank"&gt;contactez-nous via notre plateforme de contact&lt;/a&gt; en sélectionnant « Formation professionnelle ».&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-formation-vers-les-metiers-en-tension-operateurs-idfm-1/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>162926</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Investir dans les lycées agricoles publics</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Aide aux investissements des lycées agricoles publics</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Sud est fortement mobilisée sur la formation des professionnels agricoles de demain. Pour cela, elle s&amp;#039;attache à avoir des exploitations agricoles vitrines dans les lycées agricoles régionaux, afin que ces exploitations soient des supports pédagogiques pertinents pour la valorisation, la mise en pratique et la diffusion des innovations de l&amp;#039;agriculture de demain, durable d&amp;#039;un point de vue environnemental, social et économique.&lt;/p&gt; &lt;p&gt;Lycées agricoles publics de la région Sud.&lt;/p&gt; &lt;p&gt;Investissements en matériels, équipements et aménagements spécifiques agricoles nécessaires à l’activité agricole de l’exploitation.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P205" s="1" t="inlineStr">
+      <c r="P186" s="1" t="inlineStr">
         <is>
           <t>09/06/2024</t>
         </is>
       </c>
-      <c r="R205" s="1" t="inlineStr">
+      <c r="R186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Investissements en matériels, équipements et aménagements spécifiques agricoles nécessaires à l’activité agricole de l’exploitation.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;La DRAAF, Service régional de la formation et du développement, pôle animation des établissements, se charge de la coordination des demandes des lycées publics. &lt;/li&gt; 	&lt;li&gt;Le dossier devra être déposé en ligne.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V205" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-investissements-lycees-agricoles</t>
         </is>
       </c>
-      <c r="X205" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Yohanna MARTINIE - Chargée de mission foncier, lycées agricoles et maisons familiales rurales &lt;br /&gt; &lt;a href="mailto:ymartinie&amp;#64;maregionsud.fr"&gt;ymartinie&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y205" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z205" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-investissements-des-lycees-agricoles-publics/</t>
         </is>
       </c>
-      <c r="AA205" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-      <c r="A206" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>162927</v>
       </c>
-      <c r="B206" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Investir dans les lycées agricoles privés et maisons familiales rurales</t>
         </is>
       </c>
-      <c r="D206" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Aide aux investissements des lycées agricoles privés et maisons familiales rurales</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Sud est fortement mobilisée sur la formation des professionnels agricoles de demain. Pour cela, elle s&amp;#039;attache à avoir des exploitations agricoles vitrines dans les lycées agricoles régionaux et les maisons familiales rurales, afin que ces outils soient des supports pédagogiques pertinents pour la valorisation, la mise en pratique et la diffusion des innovations de l&amp;#039;agriculture de demain, durable d&amp;#039;un point de vue environnemental, social et économique.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Lycées agricoles privés régionaux ;&lt;/li&gt; 	&lt;li&gt;maisons familiales rurales régionaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Investissements en matériels, équipements et aménagements spécifiques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P206" s="1" t="inlineStr">
+      <c r="P187" s="1" t="inlineStr">
         <is>
           <t>09/06/2024</t>
         </is>
       </c>
-      <c r="R206" s="1" t="inlineStr">
+      <c r="R187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Investissements en matériels, équipements et aménagements spécifiques.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Le CNEAP se charge de la coordination des demandes des lycées agricoles privés.&lt;/li&gt; 	&lt;li&gt;Le réseau régional Maisons Familiales Rurales se charge de la coordination des demandes des Maisons Familiales Rurales.&lt;/li&gt; 	&lt;li&gt;Le dossier doit ensuite être déposé sur la plateforme AIDEN &lt;a href="https://entreprises.maregionsud.fr/aides-et-appels-a-projet"&gt;Aides et Appels à projet - Entreprise (maregionsud.fr)&lt;/a&gt;&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S206" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/aide-aux-investissements-des-lycees-agricoles-prives-et-maisons-familiales-rurales</t>
         </is>
       </c>
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Yohanna MARTINIE - Chargée de mission foncier, lycées agricoles et maisons familiales rurales &lt;/p&gt;
 &lt;p&gt;&lt;a href="mailto:ymartinie&amp;#64;maregionsud.fr"&gt;ymartinie&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-investissements-des-lycees-agricoles-prives-et-maisons-familiales-rurales/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>162982</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C207" s="1" t="inlineStr">
+      <c r="C188" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I207" s="1" t="inlineStr">
+      <c r="I188" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -36193,581 +33473,581 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P207" s="1" t="inlineStr">
+      <c r="P188" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q207" s="1" t="inlineStr">
+      <c r="Q188" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R207" s="1" t="inlineStr">
+      <c r="R188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T207" s="1" t="inlineStr">
+      <c r="T188" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>162989</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Accompagner l’inclusion des jeunes vers le monde professionnel</t>
         </is>
       </c>
-      <c r="C208" s="1" t="inlineStr">
+      <c r="C189" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D208" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Fiche 11 - FEDER</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I208" s="1" t="inlineStr">
+      <c r="I189" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J208" s="1" t="inlineStr">
+      <c r="J189" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;La part des jeunes en formation (16 – 25 ans) est plus faible sur le
 territoire qu’en Gironde. Cela est dû à l’absence d’établissement
 d’enseignement supérieur ce qui amène les jeunes à poursuivre leur scolarité et
 formation à l’extérieur du territoire et notamment dans les espaces urbains
 (Bordeaux, Pau, La Rochelle). &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;L’arrivée du lycée à Créon pourrait être une opportunité de développer
 des filières de formations locales ou de servir de plateforme de formations.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Enfin, le chômage des jeunes reste important et touche principalement sur
 le territoire les jeunes sans (ou avec peu) de formation et/ou de qualification
 scolaire et professionnelle.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficulté&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
 professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M208" s="1" t="inlineStr">
+      <c r="M189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et aménagements d’espaces relatifs à la
 formation et à l’apprentissage des métiers sur le territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement et
 animation territoriale pour impulser des dynamiques locales pour l’emploi, la
 formation et les compétences des habitants et notamment des jeunes&lt;/span&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou
 aménagements de logements spécifiques pour des publics de jeunes travailleurs
 ou en formation ou en insertion&lt;em&gt;&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Famille et enfance
 Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P208" s="1" t="inlineStr">
+      <c r="P189" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q208" s="1" t="inlineStr">
+      <c r="Q189" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R208" s="1" t="inlineStr">
+      <c r="R189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T208" s="1" t="inlineStr">
+      <c r="T189" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-linclusion-des-jeunes-vers-le-monde-professionnel/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>162990</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Proposer une offre pour insérer les jeunes dans le monde économique</t>
         </is>
       </c>
-      <c r="C209" s="1" t="inlineStr">
+      <c r="C190" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Fiche 12 - FEADER</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I209" s="1" t="inlineStr">
+      <c r="I190" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J209" s="1" t="inlineStr">
+      <c r="J190" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les jeunes actifs sont le public le plus durement touché sur le
 territoire du Cœur Entre-deux-Mers par le chômage et la précarité économique.
 Il convient donc d’agir ensemble en associant avant tout les jeunes mais aussi
 les acteurs et structures qui les accompagnent (collectivités, Missions
 Locales, …). &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour favoriser l’emploi et l’insertion des jeunes, les domaines d’actions
 seront nombreux et concerneront notamment le développement d’une approche
 globale dans l’accompagnement des jeunes dans leurs parcours personnels (suivi
 de formation locale, mobilité, logement, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficultés&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
 professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M209" s="1" t="inlineStr">
+      <c r="M190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Solutions et
 amélioration de la mobilité notamment des jeunes et jeunes actifs du territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Equipements,
 matériels et matériaux nécessaires à l’organisation de « chantiers
 formations », de « chantiers d’insertion » et de
 « chantiers de jeunes »&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animations territoriales notamment auprès des jeunes
 et jeunes actifs pour découvrir les métiers, les formations et développer leur
 capacité à entreprendre &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Formation professionnelle
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P209" s="1" t="inlineStr">
+      <c r="P190" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q209" s="1" t="inlineStr">
+      <c r="Q190" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R209" s="1" t="inlineStr">
+      <c r="R190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S209" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T209" s="1" t="inlineStr">
+      <c r="T190" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V209" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X209" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y209" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z209" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-2/</t>
         </is>
       </c>
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-      <c r="A210" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>163004</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’économie et les services notamment en favorisant l’innovation sociale</t>
         </is>
       </c>
-      <c r="C210" s="1" t="inlineStr">
+      <c r="C191" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F210" s="1" t="inlineStr">
+      <c r="F191" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I210" s="1" t="inlineStr">
+      <c r="I191" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J210" s="1" t="inlineStr">
+      <c r="J191" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Renforcer l’économie et les services notamment en favorisant l’innovation sociale&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Fort
 d’un dynamisme entrepreneurial, le Pays d’Ancenis entend conforter son
 positionnement économique et l’accompagner dans ses mutations et ses synergies.
 Dans ce dessein, la stratégie de développement économique local est tournée
 vers l’innovation sociale au service des emplois et du bien-vivre des
 habitants :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;En
      capitalisant sur la dynamique existante pour la conforter et l’accompagner
      dans ses mutations, et en développant de nouvelles filières en faveur du
      développement durable et de l’innovation sociale,&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      permettant l’accès aux services, aux commerces et à l’artisanat pour tous
      les habitants et en renforçant la proximité, &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;En
      favorisant l’expérimentation de nouvelles approches, notamment sur la
      mutualisation ou l’itinérance.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Renforcer
      la proximité, la modernisation et les synergies entre acteurs en
      accompagnant les projets innovants des petites et moyennes entreprises
      industrielles, artisanales, commerciales et des associations, et les
      initiatives du secteur de l’économie sociale et solidaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser
      le partage, la mutualisation de ressources (à titre d’exemples : espaces,
      lieux, compétences, accès au numérique) et l’itinérance des services &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner
      les mutations de l’économie et l’accès à l’emploi notamment par la
      formation&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir
      et soutenir une agriculture performante et pérenne, soucieuse de
      l’environnement, en accompagnant ses mutations et en valorisant ses
      initiatives et ses métiers&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer
      l’accès à une alimentation de qualité sur le territoire en veillant
      notamment au renforcement des circuits courts&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M210" s="1" t="inlineStr">
+      <c r="M191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes visant à
 consolider le projet du porteur de projet dans le domaine du développement
 économique, de l’innovation sociale et des services : diagnostics
 préalables, études de faisabilité, études de marchés, par exemple&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 d’animation, de communication, d’information collective et organisation
 d’évènements &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mise en place
 et animation de réseaux d’acteurs économiques ou associatifs &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
 relevant du Projet Alimentaire Territorial (PAT)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Travaux de
 construction, de rénovation, achat de matériel et équipements :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;ul type="circle"&gt;
   &lt;li&gt;&lt;span&gt;Pour développer, expérimenter des
       productions de biens, de services, de process sur le territoire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets concourant au
       développement des circuits courts alimentaires et les initiatives en
       matière d’économie circulaire&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour conforter, moderniser et dynamiser
       le commerce de proximité et l’artisanat&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets en matière de
       mutualisation de services et d’équipements pour les entreprises, les
       associations et autres acteurs de l’innovation sociale (notamment
       tiers-lieux, espaces de travail partagés, dispositifs pour faciliter
       l’accueil des salariés et de leurs familles, par exemple)&lt;/span&gt;&lt;/li&gt;
   &lt;li&gt;&lt;span&gt;Pour des projets d’accès au commerce ou
       au service (par le numérique ou l’itinérance par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Pour des actions d’insertion par l’emploi, de
 formation ou d’apprentissage&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P210" s="1" t="inlineStr">
+      <c r="P191" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q210" s="1" t="inlineStr">
+      <c r="Q191" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R210" s="1" t="inlineStr">
+      <c r="R191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de
 personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès
 lors que le personnel affecte au moins 5% de son temps de travail total au
 projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de
 personnel hors coûts simplifiés (gratifications des stagiaires et salaires des
 apprentis) dès lors que le personnel affecte au moins 5% de son temps de
 travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à
 disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement,
 construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou
 location de véhicule&lt;/li&gt;&lt;li&gt;Location ou
 acquisition de biens immeubles bâtis (en cas d’acquisition : dans la
 limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de
 services, prestations intellectuelles dont la formation et la communication
 (par exemple création et conception de support, édition, diffusion d’outils,
 frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de
 notaire, expertise juridique technique et financière, honoraire de tenue et de
 certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la
 Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des
 dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides
 d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects
 pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes
 éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan
 Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en
@@ -36784,784 +34064,784 @@
 frais de change ;&lt;/li&gt;&lt;li&gt;Les
 investissements immobiliers dont l’acquisition est réalisée par le biais d’une
 vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de
 coût unitaires pour les dépenses de personnel : Les frais directs liés aux
 dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les
 porteurs de projet publics : les dépenses éligibles sont présentées en
 Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures
 totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le
 cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;hr align="left" size="1" width="33%" /&gt;
 &lt;p id="ftn1"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p id="ftn2"&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
 du règlement disponible sur demande&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le
 comité de programmation du GAL, selon les critères et les modalités
 préalablement définis dans sa grille de sélection. La grille de sélection est
 envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la
 sélection en comité de programmation. Les projets doivent être en cohérence
 avec la stratégie de développement LEADER. Si le projet n’obtient pas la note
 ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut
 alors pas faire l’objet d’une aide du programme LEADER.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T210" s="1" t="inlineStr">
+      <c r="T191" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;leader&amp;#64;pays-ancenis.com&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-      <c r="A211" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>163060</v>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création et la production d’œuvres d’animation</t>
         </is>
       </c>
-      <c r="D211" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Soutien à la création et à la production d’œuvres d’animation</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G211" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H211" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K211" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En partenariat avec le CNC (Centre national du cinéma et de l’image animée), la Région Sud aide à la création et à la production d’œuvres cinématographiques et audiovisuelles de qualité dans toute leur diversité.&lt;/p&gt;
 &lt;p&gt;Le fonds d’aide à la création et à la production d’œuvres d’animation a pour but de contribuer :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;au soutien des œuvres de qualité ;&lt;/li&gt; 	&lt;li&gt;au développement de la diversité culturelle ;&lt;/li&gt; 	&lt;li&gt;à l’émergence de nouveaux talents ;&lt;/li&gt; 	&lt;li&gt;à la structuration en Provence-Alpes-Côte d’Azur d’une filière professionnelle solide et reconnue au niveau national et international (auteurs, réalisateurs, techniciens, producteurs, prestataires de services) ;&lt;/li&gt; 	&lt;li&gt;au dynamisme et à l’attractivité de son territoire en favorisant l’accueil et la localisation des tournages générateurs d’emplois, de retombées économiques, touristiques et d’image ;&lt;/li&gt; 	&lt;li&gt;à la transition écologique et énergétique dans le secteur de l’animation.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Le dispositif comprend trois types d’aides : à l’écriture, au développement et à la production.&lt;/p&gt; &lt;p&gt;Les sociétés de production déléguée disposant d’un code APE de production de films cinématographiques (siège social en France ou dans un autre état membre de l’Union européenne ou de l’Espace économique européen) qui présentent des œuvres d’animation et sont détentrice de la majorité des droits sur l’œuvre ou sont cosignataires des contrats de cession ou d’option de droits d’auteurs. Le demandeur ne peut avoir plus de trois aides régionales en cours sans signe d’avancement.&lt;/p&gt;
 &lt;p&gt;Dans le cas d’une demande d’aide à la production d’une œuvre cinématographique de longue durée, la société de production doit être constituée sous forme de société commerciale avec un capital social d&amp;#039;un montant minimum de 45 000 €, conformément au Règlement général des aides financières du Centre National du Cinéma et de l’image animée.&lt;/p&gt;
 &lt;p&gt;Dans le cas d’une coproduction, la société sollicitant l’aide doit être la société de production déléguée signataire de l’accord de préachat avec le diffuseur ainsi que des contrats de cession de droits d’auteurs.&lt;/p&gt;
 &lt;p&gt;Pour la bourse d’écriture en résidence : des autrices et auteurs, réalisatrices et réalisateurs ou scénaristes uniquement (un seul projet par session, une bourse maximum par année civile). L’auteur, réalisateur ou scénariste doit avoir été accepté par une résidence d’écriture pour des professionnels (hors action de formation professionnelle financée par un opérateur de compétence).&lt;/p&gt; &lt;h2&gt;Ecrire son film &lt;/h2&gt;
 &lt;p&gt;L’écriture d’un scénario est un moment déterminant dans le processus de création et de fabrication d’un film.  &lt;br /&gt; Les aides à l’écriture sont destinées aux projets de long métrage de fiction, de documentaire, d’animation et d’œuvres immersives ou interactives (ex nouveaux médias).  Elles peuvent prendre la forme de bourse directe aux auteurs avec ou sans résidence ou d’aide à l’écriture attribuée à une société de production. Les conditions précises sont décrites dans les fiches de renseignement ci-dessous. &lt;/p&gt;
 &lt;h2&gt;Développer son film&lt;/h2&gt;
 &lt;p&gt;Le développement est le moment le plus critique de la vie d’un projet. Les choix artistiques, techniques et financiers faits à cette étape détermineront la nature et la portée de l’œuvre en termes de production, budget et diffusion. &lt;/p&gt;
 &lt;p&gt;Pour aider les porteurs de projets à mener à bien cette phase sensible, la Région Sud accorde des aides au développement aux sociétés de production pour les projets :  &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;de long métrage de fiction ; &lt;/li&gt; 	&lt;li&gt;de fiction audiovisuelle (unitaire ou de série) ;  &lt;/li&gt; 	&lt;li&gt;de documentaire (unitaire, série audiovisuelle ou long métrage) ; &lt;/li&gt; 	&lt;li&gt;d’œuvres immersives ou interactives (ex nouveaux médias) ; &lt;/li&gt; 	&lt;li&gt;d’animation. &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Des aides spécifiques au développement en coproduction internationale ou de projets innovants permettent d’accompagner les producteurs qui assument des coûts supplémentaires engendrés par le développement des projets en partenariat avec des producteurs étrangers et des projets faisant appel à des techniques visuelles innovantes (effets spéciaux numériques, réalité virtuelle, 360°).  &lt;/p&gt;
 &lt;p&gt;La Région Sud soutient financièrement les producteurs afin qu’ils développent un catalogue de productions cohérent et ambitieux grâce à l’aide aux projets groupés (ou slate-funding). Ce catalogue, composé au minimum de trois projets, peut contenir des œuvres de tous genres et formats. &lt;/p&gt;
 &lt;h2&gt;Produire son film&lt;/h2&gt;
 &lt;p&gt;Afin d’accompagner efficacement la production de films de qualité, la Région Sud apporte son aide à une large diversité d’œuvres quels que soient leur format, contenu ou mode de diffusion :  &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Format :  	&lt;ul&gt; 		&lt;li&gt;Long métrage &lt;/li&gt; 		&lt;li&gt;Court métrage&lt;/li&gt; 		&lt;li&gt; Série&lt;/li&gt; 		&lt;li&gt;Unitaire&lt;br /&gt; 		 &lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;Contenu ou traitement :  	&lt;ul&gt; 		&lt;li&gt;Fiction &lt;/li&gt; 		&lt;li&gt;Animation &lt;/li&gt; 		&lt;li&gt;Documentaire &lt;/li&gt; 		&lt;li&gt;Œuvres immersives &lt;/li&gt; 		&lt;li&gt;Jeu vidéo&lt;br /&gt; 		 &lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;Mode de diffusion :  	&lt;ul&gt; 		&lt;li&gt;Salles de cinéma &lt;/li&gt; 		&lt;li&gt;Festivals &lt;/li&gt; 		&lt;li&gt;Télévision&lt;/li&gt; 		&lt;li&gt;Plateformes web &lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Bourse d’écriture&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit répondre à au moins 2 des 3 conditions suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;l’auteur est fiscalement domicilié en région ;&lt;/li&gt; 	&lt;li&gt;un projet précédent de l’auteur a obtenu une aide à la production de la Région Provence-Alpes-Côte d’Azur durant les cinq dernières années civiles échues ;&lt;/li&gt; 	&lt;li&gt;le projet a un lien culturel ou géographique avec Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
 &lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à l’écriture&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses sur le territoire régional à hauteur de 100 % du montant de la subvention dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes : &lt;span&gt;1)&lt;/span&gt; l&amp;#039;auteur est fiscalement domicilié en région &lt;span&gt;2) &lt;/span&gt;le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3) &lt;/span&gt;la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; un projet précédent de l’auteur a obtenu une aide à la production de la Région Provence- Alpes-Côte d’Azur durant les 5 dernières années civiles échues.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses sur le territoire régional à hauteur de 160 % du montant de la subvention dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes : &lt;span&gt;1)&lt;/span&gt; l&amp;#039;auteur est fiscalement domicilié en région &lt;span&gt;2) &lt;/span&gt;le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3) &lt;/span&gt;la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement de projets d&amp;#039;animation&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses sur le territoire régional à hauteur de 100 % du montant de la subvention dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;être un projet de long métrage, d’unitaire ou série d’animation ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes : &lt;span&gt;1)&lt;/span&gt; l&amp;#039;auteur est fiscalement domicilié en région &lt;span&gt;2) &lt;/span&gt;le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3) &lt;/span&gt;la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande&lt;span&gt; 4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise lors du dépôt de dossier.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à la production&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Ces aides concernent les projets d’œuvres d’animation :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;avec un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avec un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;n’ayant pas commencé la fabrication au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne dépassant pas les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;ayant établi un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;ayant réalisé un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifiant lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N211" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O211" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R211" s="1" t="inlineStr">
+      <c r="R192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Bourse d’écriture&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit répondre à au moins 2 des 3 conditions suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;l’auteur est fiscalement domicilié en région ;&lt;/li&gt; 	&lt;li&gt;un projet précédent de l’auteur a obtenu une aide à la production de la Région Provence-Alpes-Côte d’Azur durant les cinq dernières années civiles échues ;&lt;/li&gt; 	&lt;li&gt;le projet a un lien culturel ou géographique avec Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
 &lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à l’écriture&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses sur le territoire régional à hauteur de 100 % du montant de la subvention dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes : &lt;span&gt;1)&lt;/span&gt; l&amp;#039;auteur est fiscalement domicilié en région &lt;span&gt;2) &lt;/span&gt;le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3) &lt;/span&gt;la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; un projet précédent de l’auteur a obtenu une aide à la production de la Région Provence- Alpes-Côte d’Azur durant les 5 dernières années civiles échues.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses sur le territoire régional à hauteur de 160 % du montant de la subvention dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes : &lt;span&gt;1)&lt;/span&gt; l&amp;#039;auteur est fiscalement domicilié en région &lt;span&gt;2) &lt;/span&gt;le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3) &lt;/span&gt;la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement de projets d&amp;#039;animation&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses sur le territoire régional à hauteur de 100 % du montant de la subvention dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;être un projet de long métrage, d’unitaire ou série d’animation ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes : &lt;span&gt;1)&lt;/span&gt; l&amp;#039;auteur est fiscalement domicilié en région &lt;span&gt;2) &lt;/span&gt;le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3) &lt;/span&gt;la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande&lt;span&gt; 4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise lors du dépôt de dossier.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à la production&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Ces aides concernent les projets d’œuvres d’animation :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;avec un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avec un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;n’ayant pas commencé la fabrication au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne dépassant pas les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;ayant établi un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;ayant réalisé un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifiant lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S211" s="1" t="inlineStr">
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U211" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V211" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-la-creation-et-a-la-production-doeuvres-danimation</t>
         </is>
       </c>
-      <c r="X211" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Florian Cabane : &lt;a href="mailto:fcabane&amp;#64;maregionsud.fr"&gt;fcabane&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;Isabelle Manca : &lt;a href="mailto:imanca&amp;#64;maregionsud.fr"&gt;imanca&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y211" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z211" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-creation-et-a-la-production-doeuvres-danimation/</t>
         </is>
       </c>
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="212" spans="1:27" customHeight="0">
-      <c r="A212" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>163066</v>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création et à la production d’œuvres de web-création</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Soutien à la création et à la production d’œuvres de web-création</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H212" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En partenariat avec le CNC (Centre national du cinéma et de l’image animée), la Région Sud aide à la création et à la production d’œuvres cinématographiques et audiovisuelles de qualité dans toute leur diversité.&lt;/p&gt;
 &lt;p&gt;Le fonds d’aide à la production de court métrage de fiction a pour but de contribuer :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;au soutien d’œuvres de qualité ;&lt;/li&gt; 	&lt;li&gt;au développement de la diversité culturelle ;&lt;/li&gt; 	&lt;li&gt;à l’émergence de nouveaux talents ;&lt;/li&gt; 	&lt;li&gt;à la structuration en Provence-Alpes-Côte d’Azur d’une filière professionnelle solide et reconnue au niveau national et international (auteurs, réalisateurs, techniciens, producteurs, prestataires de services) ;&lt;/li&gt; 	&lt;li&gt;au dynamisme et à l’attractivité de son territoire en favorisant l’accueil et la localisation des tournages générateurs d’emplois, de retombées économiques, touristiques et d’image ;&lt;/li&gt; 	&lt;li&gt;à la transition écologique et énergétique dans les secteurs du cinéma et de l’audiovisuel.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les sociétés de production déléguée disposant d’un code APE de production de films cinématographiques (siège social en France ou dans un autre état membre de l’Union européenne ou de l’Espace économique européen) qui présentent des œuvres de web-création et sont détentrice de la majorité des droits sur l’œuvre ou sont cosignataires des contrats de cession ou d’option de droits d’auteurs. Le demandeur ne peut avoir plus de trois aides régionales en cours sans signe d’avancement.&lt;/li&gt; 	&lt;li&gt;Des associations dont l’activité principale est la production d’œuvres audiovisuelles et disposant d’un code APE de production de films cinématographiques ou de vidéos et   de programmes audiovisuels.&lt;/li&gt; 	&lt;li&gt;Dans le cas d’une coproduction, la société sollicitant l’aide doit être la société de production déléguée signataire des contrats de cession de droits d’auteurs.&lt;/li&gt; 	&lt;li&gt;Le créateur vidéo du projet devra justifier d’au moins 10.000 abonnées sur sa chaine ou avoir été primé dans un festival de catégorie 1 (tel que défini par le CNC) au cours des cinq dernières années (voir liste des festivals éligibles en annexe) ou avoir participé à une résidence d’écriture qui répond aux critères de qualité définis dans l’annexe de ce document.&lt;/li&gt; 	&lt;li&gt;Pour la bourse d’écriture en résidence : des autrices et auteurs, réalisatrices et réalisateurs ou scénaristes uniquement (un seul projet par session, une bourse maximum par année civile). L’auteur, réalisateur ou scénariste doit avoir été accepté par une résidence d’écriture pour des professionnels (hors action de formation professionnelle financée par un opérateur de compétence).&lt;/li&gt; 	&lt;li&gt;La proportion de l’apport d’aide publique ne pourra excéder 50% du budget total prévisionnel et définitif.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;em&gt;Les projets éligibles doivent être d’expression originale française de tous formats (court, moyen, long métrage, web-série…) et de tous genres (fiction, documentaire, docu-fiction, etc.), avec un travail de scénarisation, de réalisation, un intérêt culturel et une vraie réflexion. Sont exclus : les projets institutionnels et promotionnels, les clips vidéo et captation de concerts.&lt;/em&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
 &lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à la production de web-création&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Ces aides concernent les projets d’œuvres :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;avec un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avec un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;n’ayant pas commencé la fabrication au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne dépassant pas les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;ayant établi un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;ayant réalisé un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifiant lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R212" s="1" t="inlineStr">
+      <c r="R193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;Les projets éligibles doivent être d’expression originale française de tous formats (court, moyen, long métrage, web-série…) et de tous genres (fiction, documentaire, docu-fiction, etc.), avec un travail de scénarisation, de réalisation, un intérêt culturel et une vraie réflexion. Sont exclus : les projets institutionnels et promotionnels, les clips vidéo et captation de concerts.&lt;/em&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
 &lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à la production de web-création&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Ces aides concernent les projets d’œuvres :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;avec un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avec un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;n’ayant pas commencé la fabrication au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne dépassant pas les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;ayant établi un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;ayant réalisé un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifiant lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S212" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-la-creation-et-a-la-production-doeuvres-de-web-creation</t>
         </is>
       </c>
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Florian Cabane :&lt;a href="mailto:fcabane&amp;#64;maregionsud.fr"&gt; &lt;/a&gt;&lt;a href="mailto:fcabane&amp;#64;maregionsud.fr"&gt;fcabane&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;Isabelle Manca : &lt;a href="mailto:imanca&amp;#64;maregionsud.fr"&gt;imanca&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-creation-et-a-la-production-doeuvres-de-web-creation/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-      <c r="A213" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>163068</v>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création et à la production de long métrage de fiction</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Soutien à la création et à la production de long métrage de fiction</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H213" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K213" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En partenariat avec le CNC (Centre national du cinéma et de l’image animée), la Région Sud aide à la création et à la production d’œuvres cinématographiques et audiovisuelles de qualité dans toute leur diversité.&lt;/p&gt;
 &lt;p&gt;Le fonds d’aide à la creation et à la production de longs métrages de fiction a pour but de contribuer :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;au soutien des œuvres de longue durée telles que définies à l’article D.210-1 du Code du cinéma et de l’image animée ;&lt;/li&gt; 	&lt;li&gt;au soutien d’œuvres de qualité ;&lt;/li&gt; 	&lt;li&gt;au développement de la diversité culturelle ;&lt;/li&gt; 	&lt;li&gt;à l’émergence de nouveaux talents ;&lt;/li&gt; 	&lt;li&gt;à la structuration en Provence-Alpes-Côte d’Azur d’une filière professionnelle solide et reconnue au niveau national et international (auteurs, réalisateurs, techniciens, producteurs, prestataires de services) ;&lt;/li&gt; 	&lt;li&gt;au dynamisme et à l’attractivité de son territoire en favorisant l’accueil et la localisation des tournages générateurs d’emplois, de retombées économiques, touristiques et d’image ;&lt;/li&gt; 	&lt;li&gt;à la transition écologique et énergétique dans les secteurs du cinéma et de l’audiovisuel.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Principalement des sociétés de production déléguée disposant d’un code APE de production de films cinématographiques (siège social en France ou dans un autre état membre de l’Union européenne ou de l’Espace économique européen) qui présentent des œuvres de long métrage et sont détentrice de la majorité des droits sur l’œuvre ou sont cosignataires des contrats de cession ou d’option de droits d’auteurs. Le demandeur ne peut avoir plus de trois aides régionales en cours sans signe d’avancement. Dans le cas d’une demande d’aide à la production de long métrage, la société de production doit être constituée sous forme de société commerciale avec un capital social d&amp;#039;un montant minimum de 45 000 €, conformément au Règlement général des aides financières du Centre National du Cinéma et de l’image animée. Dans le cas d’une coproduction, la société sollicitant l’aide doit être la société de production déléguée signataire de l’accord de préachat avec le diffuseur ainsi que des contrats de cession de droits d’auteurs.&lt;/li&gt; 	&lt;li&gt;Pour la bourse d’écriture avec ou sans résidence : des autrices et auteurs, réalisatrices et réalisateurs ou scénaristes uniquement (un seul projet par session, une bourse maximum par année civile). L’auteur - et le co-auteur le cas échéant - doit avoir écrit ou réalisé au moins deux courts métrages (dont au moins une fiction) sélectionnés en festival de catégorie 1, soutenus par la Région, distribués en salle ou en diffusion audiovisuelle. En cas de co-écriture, un seul auteur bénéficiaire est désigné lors de la demande, accompagné d’une attestation de répartition de la subvention potentielle entre les coauteurs. Pour être éligible, tout auteur ayant déjà bénéficié d’une bourse octroyée par la Région Provence-Alpes-Côte d’Azur doit avoir procédé à la remise des pièces conditionnant le versement du solde pour pouvoir demander une nouvelle bourse à l’écriture pour un autre projet. Pour la bourse d’écriture en résidence, l’auteur, réalisateur ou scénariste doit avoir été accepté par une résidence d’écriture pour des professionnels (hors action de formation professionnelle financée par un opérateur de compétence).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Bourse d’écriture&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit répondre à au moins 2 des 3 conditions suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;l’auteur est fiscalement domicilié en région ;&lt;/li&gt; 	&lt;li&gt;un projet précédent de l’auteur a obtenu une aide à la production de la Région Provence-Alpes-Côte d’Azur durant les cinq dernières années civiles échues ;&lt;/li&gt; 	&lt;li&gt;le projet a un lien culturel ou géographique avec Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
 &lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à l’écriture&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses sur le territoire régional à hauteur de 100 % du montant de la subvention dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes : &lt;span&gt;1)&lt;/span&gt; l&amp;#039;auteur est fiscalement domicilié en région &lt;span&gt;2)&lt;/span&gt; le projet a un lien géographique ou culturel fort avec le territoire&lt;span&gt; 3)&lt;/span&gt; la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; un projet précédent de l’auteur a obtenu une aide à la production de la Région Provence- Alpes-Côte d’Azur durant les 5 dernières années civiles échues.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes :&lt;span&gt; 1) &lt;/span&gt;l&amp;#039;auteur ou le réalisateur est fiscalement domicilié en région &lt;span&gt;2)&lt;/span&gt; le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3)&lt;/span&gt; la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement de projets en coproduction internationale&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses à hauteur de 100 % de la subvention sur le territoire régional dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;faire l’objet d’un contrat de coproduction ou de codéveloppement signé entre la structure portant le projet auprès de la Région et une société de production déléguée issue d’un pays étranger. Le contrat doit contenir une clause de copropriété des droits matériels et immatériels de l’œuvre, au prorata de la part de coproduction dans le financement de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes :&lt;span&gt; 1) &lt;/span&gt;l&amp;#039;auteur ou le réalisateur est domicilié fiscalement en région &lt;span&gt;2)&lt;/span&gt; le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3)&lt;/span&gt; la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise lors du dépôt de dossier.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Le montant des dépenses exigibles en région correspond au minimum à 100% du montant de la subvention.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement de projets innovants&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;proposer un usage intensif ou innovant d’effets spéciaux numériques, d’animation ou d&amp;#039;autres techniques visuelles innovantes qui font partie de la démarche de création du projet ;&lt;/li&gt; 	&lt;li&gt;générer des dépenses à hauteur de 160 % de la subvention sur le territoire régional dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes :&lt;span&gt; 1) &lt;/span&gt;l&amp;#039;auteur ou le réalisateur est domicilié fiscalement en région &lt;span&gt;2)&lt;/span&gt; le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3)&lt;/span&gt; la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise lors du dépôt de dossier.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à la production&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;avoir un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avoir un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;ne pas avoir commencé le tournage au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne pas dépasser les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;établir un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;réaliser un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifier lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O213" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R213" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Bourse d’écriture&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit répondre à au moins 2 des 3 conditions suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;l’auteur est fiscalement domicilié en région ;&lt;/li&gt; 	&lt;li&gt;un projet précédent de l’auteur a obtenu une aide à la production de la Région Provence-Alpes-Côte d’Azur durant les cinq dernières années civiles échues ;&lt;/li&gt; 	&lt;li&gt;le projet a un lien culturel ou géographique avec Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
 &lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à l’écriture&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses sur le territoire régional à hauteur de 100 % du montant de la subvention dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes : &lt;span&gt;1)&lt;/span&gt; l&amp;#039;auteur est fiscalement domicilié en région &lt;span&gt;2)&lt;/span&gt; le projet a un lien géographique ou culturel fort avec le territoire&lt;span&gt; 3)&lt;/span&gt; la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; un projet précédent de l’auteur a obtenu une aide à la production de la Région Provence- Alpes-Côte d’Azur durant les 5 dernières années civiles échues.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes :&lt;span&gt; 1) &lt;/span&gt;l&amp;#039;auteur ou le réalisateur est fiscalement domicilié en région &lt;span&gt;2)&lt;/span&gt; le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3)&lt;/span&gt; la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement de projets en coproduction internationale&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;générer des dépenses à hauteur de 100 % de la subvention sur le territoire régional dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;faire l’objet d’un contrat de coproduction ou de codéveloppement signé entre la structure portant le projet auprès de la Région et une société de production déléguée issue d’un pays étranger. Le contrat doit contenir une clause de copropriété des droits matériels et immatériels de l’œuvre, au prorata de la part de coproduction dans le financement de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes :&lt;span&gt; 1) &lt;/span&gt;l&amp;#039;auteur ou le réalisateur est domicilié fiscalement en région &lt;span&gt;2)&lt;/span&gt; le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3)&lt;/span&gt; la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise lors du dépôt de dossier.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Le montant des dépenses exigibles en région correspond au minimum à 100% du montant de la subvention.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Aide au développement de projets innovants&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;proposer un usage intensif ou innovant d’effets spéciaux numériques, d’animation ou d&amp;#039;autres techniques visuelles innovantes qui font partie de la démarche de création du projet ;&lt;/li&gt; 	&lt;li&gt;générer des dépenses à hauteur de 160 % de la subvention sur le territoire régional dans la limite de 80 % du budget de production ;&lt;/li&gt; 	&lt;li&gt;répondre à au moins 2 des 4 conditions suivantes :&lt;span&gt; 1) &lt;/span&gt;l&amp;#039;auteur ou le réalisateur est domicilié fiscalement en région &lt;span&gt;2)&lt;/span&gt; le projet a un lien géographique ou culturel fort avec le territoire &lt;span&gt;3)&lt;/span&gt; la société de production déléguée dispose de son siège social en région ou d’un établissement stable en région depuis un an au moment de la demande &lt;span&gt;4)&lt;/span&gt; le projet justifie d’une aide sélective au développement ou à l’écriture acquise lors du dépôt de dossier.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Aide à la production&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Le projet doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;avoir un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avoir un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;ne pas avoir commencé le tournage au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne pas dépasser les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;établir un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;réaliser un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifier lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S213" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-la-creation-et-a-la-production-de-long-metrage-de-fiction</t>
         </is>
       </c>
-      <c r="X213" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Charlotte Le Bos-Schneegans : &lt;a href="mailto:clebos&amp;#64;maregionsud.fr"&gt;clebos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;Isabelle Manca : &lt;a href="mailto:imanca&amp;#64;maregionsud.fr"&gt;imanca&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z213" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-creation-et-a-la-production-de-long-metrage-de-fiction/</t>
         </is>
       </c>
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-      <c r="A214" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>163104</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Erasmus sanitaire et social</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier</t>
         </is>
       </c>
-      <c r="H214" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région a été sélectionnée pour piloter jusqu’en 2027 un projet Erasmus&amp;#43; de mobilité européenne et internationale dans le but de favoriser l’attractivité des formations sanitaires et sociales et le rayonnement international des établissements régionaux.&lt;/p&gt;
 &lt;p&gt;Ce projet de consortium, actuellement composé de 9 établissements régionaux de formation sanitaire et sociale, piloté par la Région pourra s’ouvrir à d’autres établissements jusqu’en 2027.&lt;/p&gt;
 &lt;p&gt;L’objectif principal est d&amp;#039;améliorer la qualité des formations sanitaires et sociales agréées par la Région en proposant une plus-value européenne et internationale au contenu de formation et en favorisant l&amp;#039;acquisition de compétences transversales (ouverture interculturelle, esprit d&amp;#039;initiative, capacité d&amp;#039;adaptation, amélioration de la maîtrise d&amp;#039;une langue étrangère, curiosité, indépendance, autonomie…).&lt;/p&gt;
 &lt;p&gt;Les financements européens jouent un rôle majeur dans le financement de nombreux projets pour les opérateurs du territoire régional. Ce projet s’inscrit dans la politique régionale ambitieuse de captation des fonds européens, adoptée en décembre 2021 « Stratégie Europe 2030 : objectif 10 milliards ».&lt;/p&gt; &lt;p&gt;Les étudiants et le personnel administratif et académique des établissements régionaux de formation sanitaire et sociale membres du projet Erasmus &amp;#43; coordonné par la Région.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Santé
 Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P214" s="1" t="inlineStr">
+      <c r="P195" s="1" t="inlineStr">
         <is>
           <t>15/07/2024</t>
         </is>
       </c>
-      <c r="Q214" s="1" t="inlineStr">
+      <c r="Q195" s="1" t="inlineStr">
         <is>
           <t>31/07/2026</t>
         </is>
       </c>
-      <c r="R214" s="1" t="inlineStr">
+      <c r="R195" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt;Etre étudiant (préparant un diplôme post-bac) ou personnel d&amp;#039;un établissement membre du consortium piloté par la Région.&lt;/li&gt; 	&lt;li&gt;Effectuer une mobilité européenne d&amp;#039;une durée minimum de deux mois pour les étudiants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La demande de bourse de mobilité Erasmus Sanitaire et Social s&amp;#039;effectue par le biais de la plateforme de demande d&amp;#039;aide individuelle en ligne sur le site de la Région Sud.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S214" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/erasmus-sanitaire-et-social</t>
         </is>
       </c>
-      <c r="W214" s="1" t="inlineStr">
+      <c r="W195" s="1" t="inlineStr">
         <is>
           <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_ERASMUS/depot/simple</t>
         </is>
       </c>
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:maguiral&amp;#64;maregionsud.fr"&gt;maguiral&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-sanitaire-et-social/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="215" spans="1:27" customHeight="0">
-      <c r="A215" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>163138</v>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Organiser un Forum Entreprendre dans la Culture</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Entrepreneuriat culturel - Forums Entreprendre dans la Culture</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F215" s="1" t="inlineStr">
+      <c r="F196" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G215" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H215" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J215" s="1" t="inlineStr">
+      <c r="J196" s="1" t="inlineStr">
         <is>
           <t>La subvention accordée sera comprise entre 10.000 et 25.000 euros maximum.</t>
         </is>
       </c>
-      <c r="K215" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L215" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que l&amp;#039;entrepreneuriat culturel ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entrepreneuriat culturel désigne l&amp;#039;action d&amp;#039;entreprendre et de mener à bien une initiative et de fédérer des individus autour d’un projet commun, de manière à générer une valeur esthétique, culturelle, sociale et/ou économique. &lt;/p&gt;&lt;p&gt;Les Forums Entreprendre dans la Culture sont des rencontres professionnelles qui ont pour objectifs de valoriser l’entrepreneuriat culturel, d’une part, et d’apporter des informations pratiques et concrètes aux entrepreneurs et aux porteurs de projets, d’autre part, afin de favoriser leur professionnalisation et le développement de leur structure ou de leur activité. &lt;/p&gt;&lt;p&gt;Cette démarche s&amp;#039;adresse ainsi aux structures en capacité d’organiser un Forum Entreprendre dans la Culture.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Outre la qualité et la richesse de la création artistique et culturelle française, le poids économique direct de la culture repose sur la vitalité et le dynamisme d’un tissu particulièrement dense de plus de 263 400 associations actives sur le champ culturel et 150 000 très petites entreprises (TPE) et petites et moyennes entreprises (PME) qu’il est essentiel d’accompagner dans leur structuration et leur développement.&lt;/p&gt;&lt;p&gt;En effet, les mutations induites par les transformations numériques et l’évolution des usages, nécessitent de reconsidérer un grand nombre de modèles économiques traditionnels et transforment en profondeur certains moyens de production, de distribution et de diffusion. Cette évolution a mis en exergue un déficit de professionnalisation des entrepreneurs culturels et de structuration de leurs entreprises.&lt;/p&gt;&lt;p&gt;Par ailleurs, il n’est pas toujours naturel pour un entrepreneur culturel de s’affirmer comme tel, et les bénéfices d’une structuration économique solide ne sont pas toujours suffisamment perçus par les porteurs de projets. Les objectifs esthétiques, culturels et sociaux apparaissent en outre parfois plus importants que les visées économiques ou financières, ce qui fragilise d’autant plus certaines structures culturelles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’accès au financement, qui reste le problème majeur de toute entreprise, la formation à l’entrepreneuriat, l’accès aux conseils juridiques, sociaux et comptables, la difficulté à accéder à des locaux professionnels ainsi que la prévention de l’isolement sont des enjeux fondamentaux pour les entrepreneurs culturels.&lt;/p&gt;&lt;p&gt;Ce sont les objectifs principaux des Forums Entreprendre dans la Culture.&lt;/p&gt;&lt;p&gt;Articulé autour de témoignages d’entrepreneurs culturels et de conseils d’experts, et entièrement gratuit, l’événement devra proposer des rondes et des ateliers sectoriels et transversaux. Le Forum devra aborder ainsi les thèmes du financement, de l’accompagnement, de la structuration, des modèles économiques de la culture, de l&amp;#039;évolution du secteur culturel face aux nouveaux usages et à la transition numérique, des défis environnementaux, de la responsabilité sociétale des entreprises (RSE) et du développement à l’international.  &lt;/p&gt;&lt;p&gt;Le public ciblé par le Forum est celui des entrepreneurs, afin de les aider dans leur professionnalisation et la structuration de leur entreprise ou de leur activité, des étudiants ou des jeunes diplômés qui ont le projet d’entreprendre dans ces secteurs, ou encore des institutionnels qui souhaitent transmettre une information fiable à leurs interlocuteurs.   &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention accordée sera comprise entre 10.000 et 25.000 euros maximum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention est versée en une fois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Formation professionnelle
 Emploi
 Artisanat
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O215" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R215" s="1" t="inlineStr">
+      <c r="R196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État&lt;/li&gt;&lt;li&gt;Agences culturelles régionales &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La structure en mesure d&amp;#039;accueillir un forum, devra avoir dans ses missions principales la professionnalisation et l’accompagnement des entrepreneurs culturels régionaux ainsi que la structuration de leur entreprise ou leur activité.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les critères d’éligibilité du projet reposent sur :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la pertinence des actions et des rencontres professionnelles proposées par le demandeur au regard des objectifs de l’événement ;&lt;/li&gt;&lt;li&gt;la cohérence budgétaire ;&lt;/li&gt;&lt;li&gt;la qualité des partenariats.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les structures dont la résidence fiscale n&amp;#039;est pas située en France ;&lt;/li&gt;&lt;li&gt;les personnes physiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Location de salle ou d’équipement&lt;/li&gt;&lt;li&gt;Rémunération des intervenants&lt;/li&gt;&lt;li&gt;Défraiement des intervenants&lt;/li&gt;&lt;li&gt;Communication&lt;/li&gt;&lt;li&gt;Frais de traiteur &lt;/li&gt;&lt;li&gt;Les frais liés à l’organisation de l’événement exclusivement&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S215" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T215" s="1" t="inlineStr">
+      <c r="T196" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U215" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V215" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/entrepreneuriat-culturel-forums-entreprendre-dans-la-culture</t>
         </is>
       </c>
-      <c r="W215" s="1" t="inlineStr">
+      <c r="W196" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture-2024</t>
         </is>
       </c>
-      <c r="X215" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question sur l’entrepreneuriat culturel, vous êtes invités à vous adresser à la Direction générale des médias et industries culturelles (DGMIC) - Délégation aux entreprises culturelles : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Philippe TILLY, adjoint au délégué aux entreprises culturelles (DEC/DGMIC) : &lt;a href="mailto:philippe.tilly&amp;#64;culture.gouv.fr" target="_self"&gt;philippe.tilly&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;182 rue Saint-Honoré, 75001 Paris&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Auvergne-Rhône-Alpes : Marion WOLF : marion.wolf&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Bourgogne-Franche-Comté : Laurence DELOIRE : laurence.deloire&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Bretagne : Stéphanie CARNET : stephanie.carnet&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Centre-Val de Loire : Benoît LECERF : benoit.lecerf&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Corse : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Grand-Est : Claire ANTONY : claire.antony&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Hauts-de-France : Benjamin ORLIANGE : benjamin.orliange&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Ile-de-France : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Normandie : Damien EUCHI : damien.euchi&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Nouvelle-Aquitaine : Anne-Claire Rocton : anne-claire.rocton&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Occitanie : Silvy CASTEL : Silvy.castel&amp;#64;culture.gouv.fr / Emmanuel PIDOUX : emmanuel.pidoux&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Pays de la Loire : Thierry CHEVALIER : thierry.chevalier&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Provence-Alpes-Côte d&amp;#039;Azur : Jérémie CHOUKROUN : jeremie.choukroun&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Guadeloupe : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Guyane : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;La Réunion : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Martinique : Audrey PHIBEL : audrey.phibel&amp;#64;culture.gouv.fr / Yolande-Salomé TOUMSON : yolande-salome.toumson&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Mayotte : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Nouvelle-Calédonie : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Polynésie française : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y215" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z215" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/entrepreneuriat-culturel-forums-entreprendre-dans-la-culture/</t>
         </is>
       </c>
-      <c r="AA215" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="216" spans="1:27" customHeight="0">
-      <c r="A216" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>163140</v>
       </c>
-      <c r="B216" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Développer des réseaux collaboratifs européens de centres d'excellence professionnelle</t>
         </is>
       </c>
-      <c r="C216" s="1" t="inlineStr">
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>AP Centres d'Excellence Professionnelle Erasmus+ (Centres of Vocational Excellence- CoVE)</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
         </is>
       </c>
-      <c r="G216" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H216" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I216" s="1" t="inlineStr">
+      <c r="I197" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J216" s="1" t="inlineStr">
+      <c r="J197" s="1" t="inlineStr">
         <is>
           <t>80%</t>
         </is>
       </c>
-      <c r="K216" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L216" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les projets de
 centres d’excellence professionnelle Erasmus&amp;#43; visent à répondre à la priorité
 sur l&amp;#039;excellence professionnelle en soutenant les réformes dans le secteur de
 l&amp;#039;Enseignement et Formation Professionnels (EFP) et en garantissant des
 aptitudes et des compétences de haute qualité et qui répondent aux besoins
 d’une économie innovante, inclusive et durable. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Cette action soutient
 la mise en place progressive et le développement de réseaux collaboratifs
 internationaux de centres d’excellence professionnelle.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Ces centres d’excellence professionnelle opéreront à
 deux niveaux :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;1.&lt;span&gt;      &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Au niveau national&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;, en associant un large éventail de parties prenantes locales, créant des
 écosystèmes de compétences pour l’innovation, le développement régional et
 l’inclusion sociale tout en collaborant avec les centres d&amp;#039;excellence
 professionnelle d’autres pays par l’intermédiaire de réseaux de collaboration
 internationaux&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;2.&lt;span&gt;      &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Au niveau européen/international&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;, en rassemblant les centres qui partagent un intérêt commun pour : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;des secteurs ou des écosystèmes
 industriels spécifiques,&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;ou des approches innovantes
 pour relever les défis économiques et sociétaux (par exemple le changement
 climatique, la numérisation, l’intelligence artificielle, les objectifs de développement
 durable, l’intégration des migrants et des groupes défavorisés, le
 développement des compétences des personnes ayant un niveau de qualification
 peu élevé, etc.)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les centres d’excellence professionnelle sont
 caractérisés par l’adoption d’une approche systémique qui reflète la mise en
 œuvre d’un large éventail d’activités réparties en 3 groupes (liste
 d’activités non exhaustive) :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
@@ -37572,365 +34852,365 @@
 l’EFP, concevoir des programmes d’études et des certifications d’EFP en
 permettant une certaine flexibilité et l’individualisation de l’enseignement,
 mettre au point du matériel et des méthodes d’enseignement et d’apprentissage
 innovants centrés sur l’apprenant, investir dans le développement professionnel
 initial et continu des enseignants et des formateurs,  mettre en place des
 mécanismes solides d’assurance de la qualité, mettre en place des mécanismes de
 retour d’informations efficaces et des systèmes de suivi des diplômés, fournir
 des services d’orientation…&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Groupe 2 / Coopérations et
 partenariats &lt;/span&gt;&lt;/strong&gt;&lt;span&gt;: établir des partenariats entre
 le monde des entreprises et l’enseignement, recherche appliquée et innovation,
 internationalisation de l’EFP et mobilité à l’étranger, encourager les
 compétences et les initiatives entrepreneuriales, améliorer l’attractivité de
 l’EFP...&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Groupe 3 / Gouvernance et
 financement&lt;/span&gt;&lt;/strong&gt;&lt;span&gt; : autonomie et gouvernance
 efficace en matière d’EFP, approche stratégique du développement et de la
 gouvernance des compétences, cocréer des écosystèmes de compétences, élaborer
 des modèles financiers durables, tirer pleinement parti des instruments
 financiers nationaux et de l’UE…&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Les activités proposées dans la
 candidature devront apporter une valeur ajoutée et auront un impact direct sur
 les résultats du projet. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Durée du projet : 4 ans&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Subvention maximale de l&amp;#039;UE: 4M€&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;font face="Gotham Rounded, Gotham Rounded Book"&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M216" s="1" t="inlineStr">
+      <c r="M197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Liste des projets CoVEs financés : &lt;a href="https://ec.europa.eu/social/BlobServlet?docId&amp;#61;27311&amp;amp;langId&amp;#61;en" target="_self"&gt;https://ec.europa.eu/social/BlobServlet?docId&amp;#61;27311&amp;amp;langId&amp;#61;en&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Site du projet &amp;#34;MOSAIC&amp;#34; coordonné par la SEPR à Lyon : &lt;a href="https://mosaiceuproject.eu/" target="_self"&gt;https://mosaiceuproject.eu/&lt;/a&gt;  &lt;/p&gt;&lt;p&gt;Vidéo de présentation des CoVEs :  &lt;a href="https://audiovisual.ec.europa.eu/en/video/I-191615?language&amp;#61;EN" target="_self"&gt;https://audiovisual.ec.europa.eu/en/video/I-191615?language&amp;#61;EN&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N216" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Innovation, créativité et recherche
 International</t>
         </is>
       </c>
-      <c r="O216" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P216" s="1" t="inlineStr">
+      <c r="P197" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="Q216" s="1" t="inlineStr">
+      <c r="Q197" s="1" t="inlineStr">
         <is>
           <t>01/06/2026</t>
         </is>
       </c>
-      <c r="R216" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er juin demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025Pour être éligibles, les demandeurs doivent : &lt;/p&gt;&lt;p&gt;·       
 Être une entité juridique
 (organismes publics ou privés) active dans le domaine de l&amp;#039;enseignement et de
 la formation professionnels ou dans le monde du travail&lt;/p&gt;&lt;p&gt;·       
 Être établi dans un État membre
 de l&amp;#039;UE ou dans un pays tiers associé au programme.&lt;/p&gt;&lt;p&gt;Le partenariat doit
 comprendre au moins&lt;strong&gt; 8 partenaires à part entière issus d&amp;#039;au moins
 4 États membres de l’UE ou pays tiers associés au programme&lt;/strong&gt; avec :&lt;/p&gt;&lt;p&gt;·        &lt;strong&gt;Au moins une entreprise, une
 industrie ou une organisation représentative d’un secteur&lt;/strong&gt;, et&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;·       
 &lt;strong&gt;Au moins un prestataire
 d&amp;#039;enseignement et de formation professionnels &lt;/strong&gt;(au niveau secondaire et/ou supérieur).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S216" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T216" s="1" t="inlineStr">
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V216" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/centres-vocational-excellence</t>
         </is>
       </c>
-      <c r="W216" s="1" t="inlineStr">
+      <c r="W197" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
         </is>
       </c>
-      <c r="X216" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-VET&amp;#64;ec.europa.eu" target="_blank"&gt;&lt;span&gt;EACEA-EPLUS-VET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y216" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z216" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lexcellence-dans-la-formation-professionnelle/</t>
         </is>
       </c>
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-      <c r="A217" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>163180</v>
       </c>
-      <c r="B217" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'attractivité et la diversification des métiers de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C217" s="1" t="inlineStr">
+      <c r="C198" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G217" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H217" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I217" s="1" t="inlineStr">
+      <c r="I198" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K217" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L217" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Malgré un
 réel dynamisme, les métiers de la pêche et de l’aquaculture sont peu connus
 dans le département du Calvados. La main-d&amp;#039;œuvre est parfois limitante, ne
 permettant pas aux entreprises de valoriser au mieux les productions locales.
 Les professionnels sont ainsi nombreux à se poser la question de l’attractivité
 de leur métier auprès des jeunes générations et de la pérennisation de leurs
 savoir-faire.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M217" s="1" t="inlineStr">
+      <c r="M198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Identifier des ambassadeurs pour promouvoir les
      métiers et/ou les formations auprès des élèves (collège, lycée)&lt;/li&gt;&lt;li&gt;Participation à des portes ouvertes au sein des
      entreprises et des criées&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; Étude&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Étudier la pertinence d’un projet avant son
      déploiement&lt;/li&gt;&lt;li&gt;Étudier le développement prévisionnel des emplois
      du secteur de la pêche et de l’aquaculture sur le territoire&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Améliorer l’accessibilité des zones d’emploi
      (transport, logement)&lt;/li&gt;&lt;li&gt;Créer un groupement d’employeurs&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; Mise en réseau&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;Créer des points de contacts avec les futurs
      employés (forum des métiers, bourses à l’emploi, stage découverte,
      apprentissage …)&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;Coopérer avec des territoires
 extérieurs répondant à la stratégie du GALPA et permettant d’apporter une
 plus-value au territoire &lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N217" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Emploi
 Mers et océans</t>
         </is>
       </c>
-      <c r="O217" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R217" s="1" t="inlineStr">
+      <c r="R198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses
 conformes au décret fixant les règles nationales d’éligibilité des dépenses
 dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Dépenses de personnel&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Coûts directs en lien avec
      l’opération dont : &lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Coûts indirects&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les projets existants ne
      proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les dépenses de fonctionnement
      courantes des structures, en dehors du forfait sur les dépenses de
      personnel&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les investissements immobiliers&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;Les travaux et études portant
      sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
 investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
 ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
 communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
 externes&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Couts indirects : un taux
 forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
 coûts indirects liés à l’opération (frais de fonctionnement internes à la
 structure)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
 projets de coopération uniquement, les frais de déplacement, d’hébergement et
 de restauration seront également éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
 pas éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les porteurs de projet
 devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
 d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
 maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S217" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T217" s="1" t="inlineStr">
+      <c r="T198" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U217" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V217" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
         </is>
       </c>
-      <c r="X217" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Margaux Marie&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;Téléphones : 06 59 48 87 24&lt;/strong&gt; / &lt;strong&gt;02 31 57 18 06&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y217" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>galpa-calvados@calvados.fr</t>
         </is>
       </c>
-      <c r="Z217" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-diversification-des-metiers-de-la-peche-et-de-laquaculture/</t>
         </is>
       </c>
-      <c r="AA217" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="218" spans="1:27" customHeight="0">
-      <c r="A218" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>163199</v>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C218" s="1" t="inlineStr">
+      <c r="C199" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G218" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H218" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I218" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K218" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L218" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N218" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -37967,3146 +35247,2859 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O218" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q218" s="1" t="inlineStr">
+      <c r="Q199" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R218" s="1" t="inlineStr">
+      <c r="R199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S218" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T218" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U218" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V218" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X218" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y218" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z218" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA218" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="219" spans="1:27" customHeight="0">
-      <c r="A219" s="1">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
         <v>163264</v>
       </c>
-      <c r="B219" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Être formé dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale (élus et personnels territoriaux)</t>
         </is>
       </c>
-      <c r="D219" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Être formé dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale (élus et personnels territoriaux)</t>
         </is>
       </c>
-      <c r="E219" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;OPÉRATIONS CONCERNÉES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Formation dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale et environnementale des bâtiments, de la conduite de projets, …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;br /&gt;&lt;p&gt;&lt;strong&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;li&gt;Contact téléphonique ou mail&lt;/li&gt;
 &lt;li&gt;Rendez-vous et rencontre avec les acteurs&lt;/li&gt;
 &lt;li&gt;Echanges sur les enjeux, les partenaires à associer, les publics visés, …&lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;&lt;p&gt;&lt;strong&gt;DEUX NIVEAUX D&amp;#039;INTERVENTION  &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Soit le CAUE contribue au programme de formation:&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;aide à la définition des objectifs et du programme de formation&lt;/li&gt;
 &lt;li&gt;appui à la recherche d’intervenants et de visites&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Soit le CAUE organise le programme de formation:&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;définition des objectifs et du programme de formation&lt;/li&gt;
 &lt;li&gt;recherche d’intervenants et de visites adaptés&lt;/li&gt;
 &lt;li&gt;réalisation des supports de formation&lt;/li&gt;
 &lt;li&gt;organisation logistique&lt;/li&gt;
 &lt;li&gt;évaluation et bilan&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N219" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Formation professionnelle
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage</t>
         </is>
       </c>
-      <c r="O219" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S219" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V219" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/formation-des-elus-et-des-personnels-territoriaux/</t>
         </is>
       </c>
-      <c r="W219" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X219" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil d’Architecture, d’Urbanisme et d’Environnement&lt;br /&gt;
 (CAUE) de la DROME&lt;br /&gt;
 04 75 79 04 03 &lt;/p&gt;
 &lt;p&gt;&lt;a href="http://caue.dromenet.org/"&gt;caue.dromenet.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y219" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z219" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-des-elus-et-des-personnels-territoriaux/</t>
         </is>
       </c>
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-      <c r="A220" s="1">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
         <v>163266</v>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Renforcer les capacités des organisations d'Enseignement et de Formation Professionnels dans les pays hors Europe</t>
         </is>
       </c>
-      <c r="C220" s="1" t="inlineStr">
+      <c r="C201" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>AP Renforcement des capacités dans le domaine de l'Enseignement et la Formation Professionnels</t>
         </is>
       </c>
-      <c r="E220" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I220" s="1" t="inlineStr">
+      <c r="I201" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K220" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets de renforcement des
 capacités sont des projets de coopération internationale fondés sur des
 partenariats multilatéraux entre des organismes actifs dans le domaine de l’Enseignement
 et la Formation Professionnels (EFP) dans des États membres et des pays tiers
 associés au programme, et des pays tiers non associés au programme. Ils visent
 à soutenir la pertinence, l’accessibilité et la réactivité des établissements
 et systèmes d’EFP dans les pays tiers non associés au programme, en tant que
 catalyseurs du développement socio-économique durable.&lt;/p&gt;&lt;p&gt;Ces projets visent le renforcement
 des capacités dans les domaines de la gestion, de la gouvernance, de
 l’inclusion, de l’assurance de la qualité et de l’innovation.&lt;/p&gt;&lt;p&gt;Plus particulièrement, les
 projets de renforcement des capacités EFP visent à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcer les capacités des prestataires d’EFP
 pour améliorer la coopération entre les parties prenantes privées et publiques
 dans le domaine de l’enseignement et de la formation professionnels afin de
 concevoir des interventions axées sur la demande et sur les nouvelles
 perspectives dans le domaine de l’EFP&lt;/li&gt;&lt;li&gt;Améliorer la qualité et la réactivité de l’EFP
 face aux évolutions économiques et sociales afin d’accroître la pertinence de
 l’offre de compétences sur le marché du travail&lt;/li&gt;&lt;li&gt;Aligner l’offre d’EFP sur les stratégies de
 développement locales, régionales et nationales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Des objectifs par zone
 géographique (Balkans occidentaux, Voisinage Est, Pays du sud de la
 Méditerranée, Afrique subsaharienne, Amérique latine, Caraïbes) sont fixés pour
 cette action.&lt;/p&gt;&lt;p&gt;La durée du projet est de 1, 2 ou 3 ans.&lt;/p&gt;&lt;p&gt;La subvention de l&amp;#039;UE varie entre un minimum de 100 000€ et un maximum de 400 000€ &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M220" s="1" t="inlineStr">
+      <c r="M201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Liste des projets &amp;#34;Renforcement des Capacités dans le domaine de l&amp;#039;EFP&amp;#34; financés : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects" target="_self"&gt;https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N220" s="1" t="inlineStr">
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O220" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P220" s="1" t="inlineStr">
+      <c r="P201" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="Q220" s="1" t="inlineStr">
+      <c r="Q201" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R220" s="1" t="inlineStr">
+      <c r="R201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025. &lt;/p&gt;&lt;p&gt;Tout organisme public ou privé
 actif dans le domaine de l’EFP et légalement établi dans un État membre de l’UE
 ou un pays tiers éligible associé au programme peut candidater. Les
 organisations participantes éligibles peuvent être des prestataires
 d’enseignement et de formation professionnels, d’autres organismes publics ou
 privé actif dans le domaine de l’EFP et sur le marché du travail et des
 partenaires associés du secteur public ou privé.&lt;/p&gt;&lt;p&gt;Les projets de renforcement des
 capacités sont transnationaux et associent au moins 4 organismes de 3 pays au
 minimum : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins deux États membres de l’UE ou pays
 tiers associé au programme. Chacun des pays participants doit associer au moins
 une organisation &lt;/li&gt;&lt;li&gt;Au moins un pays tiers éligible non associé au
 programme et au moins deux organisations issues du (ou des) pays tiers
 éligibles participants non associés au programme de la même région.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Le nombre d’organisations des
 États membres de l’UE et de pays tiers associés au programme ne doit pas être
 supérieur au nombre d’organisations de pays tiers éligibles non associés au
 programme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S220" s="1" t="inlineStr">
+      <c r="S201" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T220" s="1" t="inlineStr">
+      <c r="T201" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V220" s="1" t="inlineStr">
+      <c r="V201" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/programme-guide/part-b/key-action-2/capacity-building-vet</t>
         </is>
       </c>
-      <c r="W220" s="1" t="inlineStr">
+      <c r="W201" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
         </is>
       </c>
-      <c r="X220" s="1" t="inlineStr">
+      <c r="X201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu"&gt;&lt;span lang="EN-IE"&gt;EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y220" s="1" t="inlineStr">
+      <c r="Y201" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z220" s="1" t="inlineStr">
+      <c r="Z201" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-capacites-des-organisations-denseignement-et-de-formation-professionnels-dans-les-pays-hors-europe/</t>
         </is>
       </c>
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-      <c r="A221" s="1">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
         <v>163647</v>
       </c>
-      <c r="B221" s="1" t="inlineStr">
+      <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Programme Usine du Futur</t>
         </is>
       </c>
-      <c r="E221" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G221" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="K221" s="1" t="inlineStr">
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme Usine du Futur évolue : Agissons, aujourd&amp;#039;hui, pour une industrie durable et compétitive.
 Vous souhaitez améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales ?
 La Région Nouvelle-Aquitaine fait évoluer son programme Usine du Futur pour vous accompagner  dans la mise en oeuvre de vos actions prioritaires, vous faire gagner en performance  globale et vous adapter aux transitions. Vous avez un/des projet(s) en lien avec l’amélioration de vos performances économiques, environnementales, sociales et sociétales? La Région Nouvelle-Aquitaine vous propose de participer au programme Usine du Futur afin de :
 	Garantir et améliorer votre compétitivité et votre performance industrielle dans un environnement changeant.
 	Vous adapter aux contraintes et saisir les opportunités liées aux transitions sociétales et environnementales.
 	Développer et/ou faire évoluer votre activité, votre organisation et/ou votre modèle économique pour des avantages concurrentiels durables.
 	Améliorer votre ancrage territorial et identifier des ressources locales pour créer de nouvelles alliances.
 En intégrant le programme, vous bénéficiez d&amp;#039;un accompagnement sur 1 à 5 leviers (performance stratégique, performance industrielle, performance du collectif, performance de la donnée, performance technologique) et de solutions adaptées à vos projets, grâce à :
 	5 jours d’analyse &amp;#34;terrain” de vos besoins, problématiques et/ou projets avec des recommandations et un plan d&amp;#039;actions structuré pour l&amp;#039;amélioration de vos performances (sur 12 semaines maximum).
 	5 jours d’appui méthodologique pour l’amorçage de votre plan d’actions et la conduite du changement au sein de vos équipes (sur 6 mois maximum).
 	Un référent Usine du Futur pour vous aider à identifier et mobiliser des dispositifs et des financements pour vos projets.
 	Des informations et échanges entre pairs grâce à la communauté Usine du Futur.
 L&amp;#039;analyse terrain et l&amp;#039;accompagnement méthodologique seront réalisés par un consultant externe sélectionné et pris en charge à 100% par la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N221" s="1" t="inlineStr">
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Formation professionnelle
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Innovation, créativité et recherche
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O221" s="1" t="inlineStr">
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q221" s="1" t="inlineStr">
+      <c r="Q202" s="1" t="inlineStr">
         <is>
           <t>18/09/2026</t>
         </is>
       </c>
-      <c r="R221" s="1" t="inlineStr">
+      <c r="R202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ETI et PME industrielles et de services à l’industrie, de 10 à 500 salariés (effectif consolidé), localisées en Nouvelle-Aquitaine.
 Les entreprises ayant déjà bénéficié d’un diagnostic Usine du Futur peuvent de nouveau candidater à condition que leur précédent diagnostic date d’au moins 2 ans.
 Si une entreprise a plusieurs sites, le périmètre de l&amp;#039;accompagnement sera précisé avec l&amp;#039;entreprise. Engagement et disponibilité du dirigeant et de ses équipes à s&amp;#039;investir dans la conduite d&amp;#039;actions d&amp;#039;amélioration de performance de l&amp;#039;analyse terrain jusqu&amp;#039;au bilan.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U221" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V221" s="1" t="inlineStr">
+      <c r="V202" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/usine-du-futur-agissons-aujourd-hui-pour-une-industrie-durable-et-competitive</t>
         </is>
       </c>
-      <c r="W221" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X221" s="1" t="inlineStr">
+      <c r="X202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme Usine du Futur évolue : Agissons, aujourd&amp;#039;hui, pour une industrie durable et compétitive.
 Vous souhaitez améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales ?
 La Région Nouvelle-Aquitaine fait évoluer son programme Usine du Futur pour vous accompagner  dans la mise en oeuvre de vos actions prioritaires, vous faire gagner en performance  globale et vous adapter aux transitions. Vous avez un/des projet(s) en lien avec l’amélioration de vos performances économiques, environnementales, sociales et sociétales? La Région Nouvelle-Aquitaine vous propose de participer au programme Usine du Futur afin de :
 	Garantir et améliorer votre compétitivité et votre performance industrielle dans un environnement changeant.
 	Vous adapter aux contraintes et saisir les opportunités liées aux transitions sociétales et environnementales.
 	Développer et/ou faire évoluer votre activité, votre organisation et/ou votre modèle économique pour des avantages concurrentiels durables.
 	Améliorer votre ancrage territorial et identifier des ressources locales pour créer de nouvelles alliances.
 En intégrant le programme, vous bénéficiez d&amp;#039;un accompagnement sur 1 à 5 leviers (performance stratégique, performance industrielle, performance du collectif, performance de la donnée, performance technologique) et de solutions adaptées à vos projets, grâce à :
 	5 jours d’analyse &amp;#34;terrain” de vos besoins, problématiques et/ou projets avec des recommandations et un plan d&amp;#039;actions structuré pour l&amp;#039;amélioration de vos performances (sur 12 semaines maximum).
 	5 jours d’appui méthodologique pour l’amorçage de votre plan d’actions et la conduite du changement au sein de vos équipes (sur 6 mois maximum).
 	Un référent Usine du Futur pour vous aider à identifier et mobiliser des dispositifs et des financements pour vos projets.
 	Des informations et échanges entre pairs grâce à la communauté Usine du Futur.
 L&amp;#039;analyse terrain et l&amp;#039;accompagnement méthodologique seront réalisés par un consultant externe sélectionné et pris en charge à 100% par la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y221" s="1" t="inlineStr">
+      <c r="Y202" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z221" s="1" t="inlineStr">
+      <c r="Z202" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-usine-du-futur-2024/</t>
         </is>
       </c>
-      <c r="AA221" s="1" t="inlineStr">
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="222" spans="1:27" customHeight="0">
-      <c r="A222" s="1">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
         <v>163686</v>
       </c>
-      <c r="B222" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de bourses d’études sur critères sociaux (étudiants en formations sociales, paramédicales et de santé)</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Bourses d’études sur critères sociaux (étudiants en formations sociales, paramédicales et de santé)</t>
         </is>
       </c>
-      <c r="E222" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G222" s="1" t="inlineStr">
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H222" s="1" t="inlineStr">
+      <c r="H203" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K222" s="1" t="inlineStr">
+      <c r="K203" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L222" s="1" t="inlineStr">
+      <c r="L203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif vous concerne si vous effectuez vos études dans le secteur social, paramédical ou de santé dans un institut agréé par la Région Nouvelle-Aquitaine. La bourse d&amp;#039;études sur critères sociaux est une aide financière apportée par la Région Nouvelle-Aquitaine aux étudiants dont le niveau de ressources personnelles et/ou familiales est reconnu insuffisant au regard de leurs charges.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La Région souhaite garantir des conditions de vie satisfaisantes à chaque personne préparant un diplôme en travail social, paramédical ou de santé, en Nouvelle-Aquitaine, pour lui permettre d’acquérir une qualification professionnelle quel que soit son statut : étudiant, demandeur d’emploi ou salarié.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La bourse d&amp;#039;études sur critères sociaux offerte par la Région aux élèves et aux étudiants, quel que soit le niveau de diplôme préparé, constitue une aide complémentaire à celle de la famille. Elle vise à favoriser l’accès aux études, améliorer les conditions de vie durant la formation et contribuer à la réussite des bénéficiaires.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N222" s="1" t="inlineStr">
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Santé
 Education et renforcement des compétences
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O222" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P222" s="1" t="inlineStr">
+      <c r="P203" s="1" t="inlineStr">
         <is>
           <t>05/06/2025</t>
         </is>
       </c>
-      <c r="Q222" s="1" t="inlineStr">
+      <c r="Q203" s="1" t="inlineStr">
         <is>
           <t>28/11/2025</t>
         </is>
       </c>
-      <c r="R222" s="1" t="inlineStr">
+      <c r="R203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les étudiants (sans condition d&amp;#039;âge, ni de résidence) inscrits en formation initiale dans un institut de formation du secteur social, paramédical ou de santé financée par la Région (Article1 du règlement ci-dessous) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les salariés et demandeurs d&amp;#039;emploi bénéficiant des dispositifs qui leur sont ouverts dans le droit commun et financés selon les cas par les OPCO (Opérateurs de Compétences), les employeurs ou au titre de la rémunération des stagiaires de la formation professionnelle, par la Région ou France Travail.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Sont exclus :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les salariés fonctionnaires ou stagiaires et agents titulaires ou contractuels des fonctions publiques d&amp;#039;Etat, Territoriale ou Hospitalière, en exercice, en congé de formation, en disponibilité ou en congé sans traitement ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les salariés qui suivent leur formation en cours d’emploi dans le cadre du plan de formation de leur employeur et/ou qui bénéficient d’une prise en charge par un OPCO ou qui bénéficient d’un congé de Transition Professionnelle ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les salariés en congé sans solde, en disponibilité ou en congé parental ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les demandeurs d’emploi indemnisés au titre de l’assurance chômage par France Travail ou tout employeur public pendant la durée de la formation (Rectorat, établissement hospitalier, autre ministère, etc.) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les demandeurs d’emploi bénéficiaires d’une rémunération au titre de la formation professionnelle ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires d’un contrat aidé ou en alternance (contrat de professionnalisation, contrat d’apprentissage…) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les apprenants dont la formation est éligible à une bourse du CROUS ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les personnes percevant une pension de retraite. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Vous pouvez prendre connaissance du règlement téléchargeable ci-dessous pour vérifier si les conditions d’obtention sont réunies.&lt;/p&gt;&lt;p&gt;La bourse est attribuée sous conditions de ressources :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;du ou des parents (pour l’étudiant de moins de 26 ans fiscalement rattaché à ses parents ou qui n’est pas indépendant financièrement),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;de l’étudiant ou du couple de l’étudiant (pour les étudiants de plus de 26 ans ou indépendants financièrement).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Des situations particulières relatives aux parents (parents isolés, parents divorcés/séparés/remariés, etc.) ou à l&amp;#039;étudiant (enfants à charge, tutelle, orphelin, rupture familiale, en situation de handicap ou aidant d’un parent en situation de handicap, etc.) sont prises en compte pour le calcul des ressources.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U222" s="1" t="inlineStr">
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V222" s="1" t="inlineStr">
+      <c r="V203" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/bourses-detudes-sur-criteres-sociaux-etudiants-en-formations-sociales-paramedicales-et-de-sante-0</t>
         </is>
       </c>
-      <c r="W222" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X222" s="1" t="inlineStr">
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Avant toute démarche, il convient de prendre connaissance du règlement en vigueur et des pièces justificatives demandées selon les situations (téléchargeable ci-dessous).&lt;/p&gt;&lt;p&gt;A partir du 5 juin, en cas d’éligibilité, créez votre compte et déposez une demande dématérialisée en cliquant sur le bouton &amp;#34;Créer un nouveau dossier&amp;#34; accessible via le bouton ci-dessous. &lt;/p&gt;&lt;p&gt;Une fois la demande complétée et finalisée, un mail d’accusé de réception sera adressé.&lt;/p&gt;&lt;p&gt;Si votre dossier est éligible et complet avant votre entrée en formation, une notification conditionnelle vous sera adressée par mail.&lt;/p&gt;&lt;p&gt;Le dépôt d&amp;#039;une demande ne vaut pas acceptation.&lt;/p&gt;&lt;p&gt;Après instruction de votre dossier, la notification définitive vous sera adressée par mail après confirmation de votre entrée en formation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En cas d’accord, les modalités de versement de l’aide vous seront transmises dans le courrier de notification de décision qu’il vous faudra conserver.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y222" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z222" s="1" t="inlineStr">
+      <c r="Z203" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bourses-detudes-sur-criteres-sociaux-etudiants-en-formations-sociales-paramedicales-et-de-sante/</t>
         </is>
       </c>
-      <c r="AA222" s="1" t="inlineStr">
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="223" spans="1:27" customHeight="0">
-      <c r="A223" s="1">
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
         <v>163725</v>
       </c>
-      <c r="B223" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Soutenir le logement social étudiant</t>
         </is>
       </c>
-      <c r="D223" s="1" t="inlineStr">
+      <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Le logement social étudiant</t>
         </is>
       </c>
-      <c r="E223" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G223" s="1" t="inlineStr">
+      <c r="G204" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="K223" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L223" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les étudiants et la rénovation globale des résidences universitaires. Accélérer le développement de l’offre dans les secteurs en tension, où le foncier est difficilement mobilisable
 	Diffuser et accompagner l’offre autour des pôles territoriaux en fonction des besoins actuels et futurs
 	Veiller à la maitrise des restes à charges pour les plus précaires
 	Encourager les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc…) et démontrant un impact positif sur le reste à charge des locataires
 	Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M223" s="1" t="inlineStr">
+      <c r="M204" s="1" t="inlineStr">
         <is>
           <t>Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les étudiants et la rénovation globale des résidences universitaires. Accélérer le développement de l’offre dans les secteurs en tension, où le foncier est difficilement mobilisable
 	Diffuser et accompagner l’offre autour des pôles territoriaux en fonction des besoins actuels et futurs
 	Veiller à la maitrise des restes à charges pour les plus précaires
 	Encourager les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc…) et démontrant un impact positif sur le reste à charge des locataires
 	Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)</t>
         </is>
       </c>
-      <c r="N223" s="1" t="inlineStr">
+      <c r="N204" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Transition énergétique
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O223" s="1" t="inlineStr">
+      <c r="O204" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R223" s="1" t="inlineStr">
+      <c r="R204" s="1" t="inlineStr">
         <is>
           <t>Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les étudiants et la rénovation globale des résidences universitaires. Accélérer le développement de l’offre dans les secteurs en tension, où le foncier est difficilement mobilisable
 	Diffuser et accompagner l’offre autour des pôles territoriaux en fonction des besoins actuels et futurs
 	Veiller à la maitrise des restes à charges pour les plus précaires
 	Encourager les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc…) et démontrant un impact positif sur le reste à charge des locataires
 	Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)</t>
         </is>
       </c>
-      <c r="U223" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V223" s="1" t="inlineStr">
+      <c r="V204" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/le-logement-social-etudiant</t>
         </is>
       </c>
-      <c r="W223" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X223" s="1" t="inlineStr">
+      <c r="X204" s="1" t="inlineStr">
         <is>
           <t>Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les étudiants et la rénovation globale des résidences universitaires. Accélérer le développement de l’offre dans les secteurs en tension, où le foncier est difficilement mobilisable
 	Diffuser et accompagner l’offre autour des pôles territoriaux en fonction des besoins actuels et futurs
 	Veiller à la maitrise des restes à charges pour les plus précaires
 	Encourager les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc…) et démontrant un impact positif sur le reste à charge des locataires
 	Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)</t>
         </is>
       </c>
-      <c r="Y223" s="1" t="inlineStr">
+      <c r="Y204" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z223" s="1" t="inlineStr">
+      <c r="Z204" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/le-logement-social-etudiant/</t>
         </is>
       </c>
-      <c r="AA223" s="1" t="inlineStr">
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="224" spans="1:27" customHeight="0">
-      <c r="A224" s="1">
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
         <v>163726</v>
       </c>
-      <c r="B224" s="1" t="inlineStr">
+      <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Soutenir la production d'offre de logements et d'hébergements pour les jeunes</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E224" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;apos;offre de logements et d&amp;apos;hébergements pour les jeunes</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G224" s="1" t="inlineStr">
+      <c r="G205" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="K224" s="1" t="inlineStr">
+      <c r="K205" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L224" s="1" t="inlineStr">
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les jeunes et la rénovation globale des résidences jeunes.
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Poursuivre le développement  d’une offre inclusive d’hébergements et logements Jeunes optimisant les outils et les moyens et favoriser sa reconversion &lt;/p&gt;&lt;p&gt;Conforter le maillage de l’offre d’hébergement au plus près des besoins en formation, et d’emploi&lt;/p&gt;&lt;p&gt;Encourager  les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc….) et démontrant un impact positif sur le reste à charge des locataires&lt;/p&gt;&lt;p&gt;Développer des solutions favorisant la mobilité des jeunes néo-aquitains  &lt;/p&gt;&lt;p&gt;Veiller à la maitrise des restes à charges pour le public accueilli&lt;/p&gt;&lt;p&gt;Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M224" s="1" t="inlineStr">
+      <c r="M205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;UNE AIDE SOCLE TERRITORIALISEE (investissement)&lt;/p&gt;&lt;p&gt;Pour la rénovation globale des résidences jeunes, concourant à l’objectif visé : 4 000€ par place (nombre de places après réhabilitation), dans la limite de :&lt;/p&gt;&lt;p&gt;20% du montant prévisionnel dans les territoires&lt;/p&gt;&lt;p&gt;15% du montant prévisionnel en communauté d’agglomération&lt;/p&gt;&lt;p&gt;10% du montant prévisionnel en métropole&lt;/p&gt;&lt;p&gt;et de 500 000€ de subvention par opération&lt;/p&gt;&lt;p&gt;Pour l’offre nouvelle concourant aux objectifs visés, y compris celle produite par recyclage immobilier :&lt;/p&gt;&lt;p&gt;• Pour les structures (Foyer de jeunes travailleurs, Résidence Habitat jeunes, etc….) :&lt;/p&gt;&lt;p&gt;5 000€ par place sur la métropole et les communautés d’agglomération &lt;/p&gt;&lt;p&gt;6 000€ par place sur le reste du territoire  &lt;/p&gt;&lt;p&gt;• Pour l’offre en diffus à caractère social (respect des loyers-plafonds, accueil de jeunes  sous plafond de ressources), notamment dans le cadre de l’article 109 de la loi ELAN&lt;/p&gt;&lt;p&gt;4000€ par place à caractère social (niveaux PLUS/PLAI) sur la métropole et les communautés d’agglomération &lt;/p&gt;&lt;p&gt;5000€ par place à caractère social (niveau PLUS/PLAI) sur le reste du territoire&lt;/p&gt;&lt;p&gt;• Dans la limite de :&lt;/p&gt;&lt;p&gt;20% du montant prévisionnel dans les territoires&lt;br /&gt;&lt;/p&gt;&lt;p&gt;15% du montant prévisionnel en communauté d’agglomération&lt;/p&gt;&lt;p&gt;10% du montant prévisionnel dans la métropole&lt;/p&gt;&lt;p&gt;et de de 500 000 € par opération&lt;/p&gt;&lt;p&gt; UNE BONIFICATION &amp;#34;OFFRE INNOVANTE&amp;#34; (sur analyse du dossier)&lt;/p&gt;&lt;p&gt;Pour impulser des usages et des modes de gestion innovants, coopératifs, réversibles…(captation de logement dans le parc privé, intermédiation locative dédiée, colocations, amorçage de services d’hébergement chez l’habitant dans le cadre du dispositif régional 1,2,Toit…..)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les innovations foncières, innovation sociales, économiques (lien avec les entreprises du secteur…), opérations multi-usages, ambition environnementale (niveau argent ou Or du label BDNA),&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En investissement : &amp;#43; 1000€/place dédiée à caractère social dans une opération innovante, dans la limite des plafonds&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En fonctionnement : 50% du coût de l’ingénierie d’amorçage, dans une limite de 15 000  € répartie sur les 3 premières années du dispositif (par exemple année 1 : 60%, année 2 : 25%, année 3 : 15%)&lt;/p&gt;&lt;p&gt;ASSIETTE ELIGIBLE&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous travaux liés à l’Habitat, y compris les frais de maitrise d’œuvre&lt;/p&gt;&lt;p&gt;Les coûts sont entendus HT.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N224" s="1" t="inlineStr">
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Transition énergétique
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Logement et habitat
 Emploi</t>
         </is>
       </c>
-      <c r="O224" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R224" s="1" t="inlineStr">
+      <c r="R205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Organismes de logements sociaux&lt;/p&gt;&lt;p&gt;SEM&lt;/p&gt;&lt;p&gt;Associations&lt;/p&gt;&lt;p&gt;Collectivités territoriales et EPCI&lt;/p&gt;&lt;p&gt;Tout organisme œuvrant dans le champ du logement social et de l’habitat jeunes (FJT, RHJ, Auberges de Jeunesse….)&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;PROJETS CIBLES :&lt;/p&gt;&lt;p&gt;L’offre de logement ou d’hébergement des jeunes peut être plurielle :&lt;/p&gt;&lt;p&gt;en structure : FJT, Résidence Sociale Jeunes actifs, auberge de jeunesse&lt;/p&gt;&lt;p&gt;en diffus : colocation, cohabitation, logement social diffus fléchés « jeunes » (art 109 loi ELAN)…  &lt;/p&gt;&lt;p&gt;Les opérations sont dédiées au public jeune, prennent en compte les besoins de mobilité et favorisent l’inclusion. &lt;/p&gt;&lt;p&gt;NB : l’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U224" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V224" s="1" t="inlineStr">
+      <c r="V205" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/loffre-de-logements-et-dhebergements-pour-les-jeunes</t>
         </is>
       </c>
-      <c r="W224" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X224" s="1" t="inlineStr">
+      <c r="X205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Le porteur de projet dépose son dossier de demande de subvention (à télécharger dans le présent guide des aides) complété et accompagné des pièces requises auprès des services de la Région Nouvelle-Aquitaine à l&amp;#039;adresse suivante : logement-jeunes&amp;#64;nouvelle-aquitaine.fr. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y224" s="1" t="inlineStr">
+      <c r="Y205" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z224" s="1" t="inlineStr">
+      <c r="Z205" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/loffre-de-logements-et-dhebergements-pour-les-jeunes/</t>
         </is>
       </c>
-      <c r="AA224" s="1" t="inlineStr">
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="225" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C225" s="1" t="inlineStr">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>163770</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'étranger - Projet de mobilité de courte durée</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D225" s="1" t="inlineStr">
-[...108 lines deleted...]
-      <c r="D226" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Projet de mobilité de courte durée - Action Clé 1</t>
         </is>
       </c>
-      <c r="E226" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G226" s="1" t="inlineStr">
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H226" s="1" t="inlineStr">
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I226" s="1" t="inlineStr">
+      <c r="I206" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J226" s="1" t="inlineStr">
+      <c r="J206" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés.</t>
         </is>
       </c>
-      <c r="K226" s="1" t="inlineStr">
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L226" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de mobilité dans les domaines de l’éducation et de la formation. Il est possible de partir en mobilité en Europe et au-delà pour se former, découvrir des systèmes éducatifs différents, de nouvelles approches et méthodes de travail, approfondir ses compétences linguistiques et professionnelles, ou tout simplement s’ouvrir à une autre culture. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le projet de mobilité de courte durée est un moyen simple et direct de permettre à des organismes de bénéficier d’une subvention Erasmus&amp;#43; pour faire partir personnels et apprenants (usagers) vers un pays membre du programme Erasmus&amp;#43;. L’objectif principal est d&amp;#039;organiser facilement des activités de mobilité et d&amp;#039;acquérir ainsi de l&amp;#039;expérience dans le programme Erasmus&amp;#43;. Ces projets concernent aussi bien les secteurs de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et celui de l&amp;#039;éducation tout au long de la vie des adultes.&lt;/p&gt;&lt;p&gt;Ces projets de mobilité de courte durée limitent le nombre de participants (30 mobilités maximum) et la durée du projet (de 6 à 18 mois). Un seul organisme peut organiser des mobilités pour ses personnels ou ses apprenants/usagers.&lt;/p&gt;&lt;p&gt;Le financement Erasmus&amp;#43; couvre les frais de déplacement, les frais d’hébergement, de restauration et de transport sur place. Ils peuvent également prendre en charge les frais d’inscription à des cours ou à des séminaires de formation. Un montant forfaitaire soutient par ailleurs les dépenses de la collectivité territoriale pour la gestion administrative et financière du projet européen.&lt;/p&gt;&lt;p&gt;Les cofinancements ne sont pas obligatoires mais sont à privilégier. Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides, nationales ou locales.&lt;/p&gt;&lt;p&gt;Pour chaque appel à propositions, un seul projet de mobilité de courte durée peut être porté par un organisme candidat pour un même secteur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M226" s="1" t="inlineStr">
+      <c r="M206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Avec son projet &amp;#34;Repenser l&amp;#039;attractivité dans les périphéries des métropoles&amp;#34;, &lt;strong&gt;la ville d&amp;#039;Evry-Courcouronnes&lt;/strong&gt; &lt;span&gt;souhaite prendre appui sur une meilleure connaissance
 d’autres villes européennes afin d’y puiser de l’inspiration,
 créer des contacts et des échanges et ainsi jeter les bases d’un réseau européen
 de villes partageant des problématiques d’attractivité plus ou moins similaires. Les participants
 concernés par les mobilités sont de deux catégories : des agents de la
 commune, travaillant dans divers services en lien avec la notion d’attractivité, voire certains habitants, membres de conseils citoyens, de tous âges,
 genres, quartiers de résidence et d’origines diverses. Pour en savoir plus : &lt;/span&gt;&lt;span&gt;&lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2022-1-FR01-KA122-ADU-000070697" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;commune de Toulouges&lt;/strong&gt; (7255 habitants) porte un projet
 Erasmus&amp;#43; au bénéfice de 11 Agents Territoriaux Spécialisés des Ecoles. L&amp;#039;équipe
 d&amp;#039;ATSEM souhaite faire évoluer ses pratiques, ses connaissances, ses
 compétences dans le but d&amp;#039;améliorer leur école. Pour la réussite des élèves,
 elle entend observer de nouvelles pratiques éducatives italiennes et espagnoles
 afin d&amp;#039;en transposer les plus pertinentes au sein de leur établissement, tout
 en visant l&amp;#039;inclusion des élèves dans un parcours éducatif de qualité. Pour en savoir plus : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2023-1-FR01-KA122-SCH-000120068" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour consultez d&amp;#039;autres exemples de projets, consultez &lt;a href="https://agence.erasmusplus.fr/publications/recueil-de-projets-erasmus-collectivites-territoriales/" target="_self"&gt;le recueil de projets Erasmus&amp;#43; portés par des collectivités territoriales&lt;/a&gt;.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N226" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O226" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q226" s="1" t="inlineStr">
+      <c r="Q206" s="1" t="inlineStr">
         <is>
           <t>01/02/2026</t>
         </is>
       </c>
-      <c r="R226" s="1" t="inlineStr">
+      <c r="R206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date &lt;span&gt;précise &lt;/span&gt;&lt;span&gt;de clôture  de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er février demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S226" s="1" t="inlineStr">
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T226" s="1" t="inlineStr">
+      <c r="T206" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U226" s="1" t="inlineStr">
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V226" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
         <is>
           <t>https://monprojet.erasmusplus.fr/mobilite</t>
         </is>
       </c>
-      <c r="W226" s="1" t="inlineStr">
+      <c r="W206" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X226" s="1" t="inlineStr">
+      <c r="X206" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y226" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z226" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger-1/</t>
         </is>
       </c>
-      <c r="AA226" s="1" t="inlineStr">
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="227" spans="1:27" customHeight="0">
-      <c r="A227" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>163772</v>
       </c>
-      <c r="B227" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Développer des outils innovants et renforcer son réseau de partenaires européens</t>
         </is>
       </c>
-      <c r="C227" s="1" t="inlineStr">
+      <c r="C207" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D227" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Partenariats de coopération - Action clé 2</t>
         </is>
       </c>
-      <c r="E227" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>Agence Erasmus+ France Jeunesse et Sport
 Agence Erasmus+ France / Education &amp; Formation</t>
         </is>
       </c>
-      <c r="G227" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H227" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I227" s="1" t="inlineStr">
+      <c r="I207" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J227" s="1" t="inlineStr">
+      <c r="J207" s="1" t="inlineStr">
         <is>
           <t>Les co-financements sont recommandés</t>
         </is>
       </c>
-      <c r="K227" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L227" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats de coopération dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats de coopération offrent la possibilité de développer des collaborations avec des organismes travaillant dans les champs de l&amp;#039;éducation, de la formation, de la jeunesse et du sport en Europe et parfois au delà. Ces partenariats peuvent impliquer des acteurs de tout type : entreprises, associations, ONG, établissements et organismes d’éducation et de formation, collectivités, etc.&lt;/p&gt;&lt;p&gt;Ces projets permettent aux organisations participantes de mettre en œuvre leur stratégie de coopération internationale en développant leur réseau et de renforcer leurs capacités par la construction d&amp;#039;outils ou de méthodes innovantes d&amp;#039;éducation, de formation ou d&amp;#039;accompagnement.&lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe trois forfaits au choix : 120 000€, 250 000€ ou 400 000€.&lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, au développement et à l&amp;#039;expérimentation d&amp;#039;outils pédagogiques, à la construction d&amp;#039;une plateforme en ligne par exemple.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M227" s="1" t="inlineStr">
+      <c r="M207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet de la &lt;strong&gt;ville de Saint-Denis&lt;/strong&gt; a pour objectif d’apporter des solutions au problème de surexposition aux écrans chez les enfants, particulièrement présent dans les quartiers défavorisés. Le projet regroupe différents partenaires issus de 5 pays européens et se proposent développer des outils de formation innovants dédiés aux éducateurs qui travaillent avec les jeunes parents vivant dans les zones urbaines périphériques des grandes villes et dans des situations précaires. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2021-1-FR01-KA220-ADU-000033578" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet Street
 for the youth de Saint-Brieuc Armor Agglomération, porté par la Direction
 Prospective, vise à favoriser la participation des jeunes européens de 15 à 20
 ans à la construction de la ville de demain ; une ville adaptable,
 accueillante et résiliente,  qui répond aux besoins des usagers. Le projet
 créera des liens entre les jeunes, les professionnels de l’urbanisme et les
 élus locaux et leur permettra de co-construire et tester des méthode innovantes
 d’implication des jeunes dans le développement et l’aménagement d’espaces
 urbains. Ce projet rassemble quatre collectivités locales de quatre pays
 européens (France, Pologne, Belgique, Portugal). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA220-YOU-000245435"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N227" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Formation professionnelle
 Innovation, créativité et recherche
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O227" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q227" s="1" t="inlineStr">
+      <c r="Q207" s="1" t="inlineStr">
         <is>
           <t>01/03/2026</t>
         </is>
       </c>
-      <c r="R227" s="1" t="inlineStr">
+      <c r="R207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La date précise de clôture de l&amp;#039;appel à projets n&amp;#039;étant pas encore connue, la date du 1er mars demeure indicative et sera actualisée dès la publication du guide Erasmus&amp;#43; prévue courant novembre 2025.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S227" s="1" t="inlineStr">
+      <c r="S207" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T227" s="1" t="inlineStr">
+      <c r="T207" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U227" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V227" s="1" t="inlineStr">
+      <c r="V207" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-b/key-action-2/cooperation-partnerships</t>
         </is>
       </c>
-      <c r="W227" s="1" t="inlineStr">
+      <c r="W207" s="1" t="inlineStr">
         <is>
           <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
         </is>
       </c>
-      <c r="X227" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse :  &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="Y227" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>promotion.formpro@agence-erasmus.fr</t>
         </is>
       </c>
-      <c r="Z227" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-outils-innovants-et-renforcer-son-reseau-de-partenaires-europeens/</t>
         </is>
       </c>
-      <c r="AA227" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="228" spans="1:27" customHeight="0">
-      <c r="A228" s="1">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
         <v>163855</v>
       </c>
-      <c r="B228" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Proposer des actions de formation en relation avec les besoins d’employeurs préalablement identifiés, pour assurer aux bénéficiaires un emploi à la sortie</t>
         </is>
       </c>
-      <c r="C228" s="1" t="inlineStr">
+      <c r="C208" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D228" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Dispositif 1 emploi = 1 formation</t>
         </is>
       </c>
-      <c r="E228" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G228" s="1" t="inlineStr">
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H228" s="1" t="inlineStr">
+      <c r="H208" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K228" s="1" t="inlineStr">
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L228" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Une offre de formation souple et adaptable, pour répondre aux besoins des employeurs.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les formations sont construites directement avec les employeurs qui s’engagent à recruter à l’issue de la formation. Elles sont individualisées, pour répondre tant aux besoins des demandeurs d’emploi qu’à ceux exprimés par les employeurs. &lt;br /&gt;Les sessions peuvent se dérouler au sein d’organismes de formation, voire en entreprise. Elles peuvent viser une certification complète ou uniquement certains blocs de compétences, voire être professionnalisantes. &lt;br /&gt;La Région, à travers ce dispositif, vise un objectif : la formation professionnelle continue doit déboucher sur l’emploi. Les sessions de formation ne sont désormais commandées aux organismes de formation titulaires des marchés Région que sous condition d’intentions d’embauche préalables des employeurs.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;ul&gt;
 &lt;li&gt;Toute personne en recherche d’emploi.&lt;/li&gt;
 &lt;li&gt;En priorité les demandeurs d’emploi de longue durée ou non qualifiés, les bénéficiaires du Revenu de solidarité active, les personnes reconnues travailleurs handicapés, les personnes résidant dans les quartiers prioritaires de la politique de la ville, les séniors, les personnes suivies par le Réseau des acteurs de l’insertion et de l’emploi et leurs partenaires. &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Les formations devront conduire à un contrat d’au moins 24 heures hebdomadaires, sous forme de CDI, de CDD d’au moins six mois ou de contrats en alternance. &lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N228" s="1" t="inlineStr">
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Revitalisation
 Emploi</t>
         </is>
       </c>
-      <c r="O228" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P228" s="1" t="inlineStr">
+      <c r="P208" s="1" t="inlineStr">
         <is>
           <t>01/02/2024</t>
         </is>
       </c>
-      <c r="R228" s="1" t="inlineStr">
+      <c r="R208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’organisme de formation planifie une session correspondant aux attendus du ou des employeurs qui ont exprimé une intention d’embauche liée à des besoins identifiés.&lt;/p&gt;
 &lt;p&gt;La formation est financée en totalité par la Région.&lt;/p&gt;
 &lt;p&gt;L’employeur accueille les stagiaires en immersion durant la formation et participe, par exemple :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;à la sélection des candidats,&lt;/li&gt;
 &lt;li&gt;à la présentation du métier,&lt;/li&gt;
 &lt;li&gt;aux jurys de fin de formation,&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;et il recrute les stagiaires à la sortie.&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U228" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="X228" s="1" t="inlineStr">
+      <c r="X208" s="1" t="inlineStr">
         <is>
           <t>Direction de l&amp;#039;emploi, formation professionnelle et apprentissage&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;sfpc&amp;#64;paysdelaloire.fr&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;ul&gt;&lt;/ul&gt; &lt;p&gt;Prenez contact avec un conseiller de la plateforme « &lt;a href="https://dora.inclusion.beta.gouv.fr/services/carif-oref-pays-de-l-choisir-mon-metier-a"&gt;Choisir mon métier à votre écoute&lt;/a&gt; »&lt;br /&gt;&amp;#43;33 800 20 03 03&lt;br /&gt;info&amp;#64;cariforef-pdl.org&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y228" s="1" t="inlineStr">
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z228" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-1-emploi-1-formation/</t>
         </is>
       </c>
-      <c r="AA228" s="1" t="inlineStr">
+      <c r="AA208" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="229" spans="1:27" customHeight="0">
-      <c r="A229" s="1">
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
         <v>163926</v>
       </c>
-      <c r="B229" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C229" s="1" t="inlineStr">
+      <c r="C209" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D229" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°1 - Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture, pour en faire un atout environnemental, économique, culturel et touristique</t>
         </is>
       </c>
-      <c r="E229" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G229" s="1" t="inlineStr">
+      <c r="G209" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H229" s="1" t="inlineStr">
+      <c r="H209" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I229" s="1" t="inlineStr">
+      <c r="I209" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J229" s="1" t="inlineStr">
+      <c r="J209" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K229" s="1" t="inlineStr">
+      <c r="K209" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L229" s="1" t="inlineStr">
+      <c r="L209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette aide met l’accent sur la promotion des métiers de la mer et des
 produits, un pilier incontournable pour garder un territoire vivant et attractif. Il vise
 à créer de la richesse économique, environnementale et sociale par la valorisation
 conjointe de produits de qualité du territoire, les métiers et le tourisme. Cette fiche
 action contribue à revitaliser la filière pêche et aquaculture, nos territoires littoraux
 et contribuer à améliorer l’image des gens de mer. Cette image vivante du
 territoire, associée à la richesse de son passé halieutique, est au centre de
 l’attractivité du territoire et de son potentiel d’attractivité. Il est donc important de
 structurer l’offre touristique bleue et durable, pour attirer les touristes sur notre
 territoire.
 En parallèle, le nombre de professionnels de la pêche et de l’aquaculture, que ce
 soit en mer comme à terre a fortement baissé depuis ces dernières années, et la
 moyenne d’âge des pêcheurs est élevée. L’attrait des métiers est de plus en plus
 difficile, et la transmission des entreprises, notamment pour les marins-pêcheurs
 devient un problème primordial pour les années à venir. Il est nécessaire de donner
 les moyens à la mise en avant des métiers et des formations liés à la pêche et à
 l’aquaculture (y compris le mareyage, la vente, la poissonnerie, etc.) afin d’attirer
 de nouveaux professionnels, en reconversion professionnelle ou en formation
 initiale et de permettre à chacun de se faire sa propre opinion sur les métiers de la
 pêche et de l’aquaculture.
 Il s’agira également d’enrichir et diversifier l’offre de produit de qualité à partir des
 ressources halieutiques pêchées et élevées sur notre territoire… qui ne sont pas
 encore valorisées. Il s’agira de soutenir les démarches collectives de promotion qui
 visent en particulier à développer les liens entre produits, savoir-faire et territoire
 et donc à renforcer la notoriété conjointe des produits et du territoire. Des efforts
 spécifiques de communication et sensibilisation doivent ainsi permettre de faire
 connaître et comprendre aux consommateurs la singularité et la spécificité de ses
 produits (qui combinent leur qualité à un lieu singulier)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter la population à s’orienter vers
 les métiers de la pêche et de l’aquaculture, valorisant l’image des gens de mer&lt;/li&gt;&lt;li&gt; Soutenir les démarches collectives de
 valorisation et promotion des produits de la pêche et de l’aquaculture &lt;/li&gt;&lt;li&gt;Développer une offre touristique bleue et
 durable, de découverte des activités maritimes&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accroissement des formations maritimes
 dans l’orientation des jeunes, des femmes et des personnes en réinsertion &lt;/li&gt;&lt;li&gt;&lt;span&gt;Amélioration de l’environnement
 économique de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accroissement des démarches de qualité
 (label, IGP, promotion) pour les produits de la mer locaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’une offre touristique
 bleue et durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M229" s="1" t="inlineStr">
+      <c r="M209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de sensibilisation et de communication aux métiers en mer comme à
 terre&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 de partenariats entre les acteurs socio-professionnels de la filière pêche et
 aquaculture, la formation et l’emploi&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien
 des savoir-faire et des compétences de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coordination
 entre le secteur de la pêche et le tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’une identité touristique « Côte d’Albâtre » en lien avec la filière pêche et
 aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
 d’actions de valorisation et promotions des produits de la mer locaux (label,
 IGP, etc.)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la création de nouvelles filières de valorisation et de promotion de produits
 de la mer « méconnus »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
 à la mise en place de concours culinaire visant à promouvoir les métiers
 et  des produits&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre
 en valeur les savoir-faire locaux et artisanaux de l’ensemble de la filière&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N229" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O229" s="1" t="inlineStr">
+      <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P229" s="1" t="inlineStr">
+      <c r="P209" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q229" s="1" t="inlineStr">
+      <c r="Q209" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R229" s="1" t="inlineStr">
+      <c r="R209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S229" s="1" t="inlineStr">
+      <c r="S209" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T229" s="1" t="inlineStr">
+      <c r="T209" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U229" s="1" t="inlineStr">
+      <c r="U209" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V229" s="1" t="inlineStr">
+      <c r="V209" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X229" s="1" t="inlineStr">
+      <c r="X209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y229" s="1" t="inlineStr">
+      <c r="Y209" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z229" s="1" t="inlineStr">
+      <c r="Z209" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture-pour-en-faire-un-atout-environnemental-economique-culturel-et-touristique/</t>
         </is>
       </c>
-      <c r="AA229" s="1" t="inlineStr">
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="230" spans="1:27" customHeight="0">
-      <c r="A230" s="1">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
         <v>163961</v>
       </c>
-      <c r="B230" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="C230" s="1" t="inlineStr">
+      <c r="C210" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D230" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°2 - Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
         </is>
       </c>
-      <c r="E230" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G230" s="1" t="inlineStr">
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H230" s="1" t="inlineStr">
+      <c r="H210" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I230" s="1" t="inlineStr">
+      <c r="I210" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J230" s="1" t="inlineStr">
+      <c r="J210" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K230" s="1" t="inlineStr">
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L230" s="1" t="inlineStr">
+      <c r="L210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Face
 à une demande des consommateurs pour les produits et services de qualité, cette
 2ème fiche action est indissociable de
 la première pour garantir et maintenir la qualité de notre territoire. Elle
 repose donc sur l’offre de commercialisation et de consommation avec le
 développement de synergies et de mise en réseau entre les acteurs et filières à
 l’intérieur comme à l’extérieur du territoire.&lt;/p&gt;&lt;p&gt;Il
 s’agira de conforter et animer la démarche de circuits courts existante en
 augmentant le nombre de producteurs concernés et le nombre de lieux. La vente
 directe est un réel moyen de valoriser les produits, mais aussi le savoir-faire
 et les métiers, auprès de consommateurs friands des produits locaux. Afin de
 faciliter la vente directe, il sera nécessaire d’améliorer les conditions de
 vente en matière de structuration des étals, qui protégeront les vendeurs,
 consommateurs et produits. &lt;/p&gt;&lt;p&gt;Premier
 metteur en marchés des espèces halieutiques locales, la Criée de Fécamp Côte
 d’Albâtre organise des ramasses sur l’ensemble du littoral Normand. Il s’agit
 ainsi d’assurer la cohésion dans les sites de débarquement, à l’échelle de
 Fécamp et du Tréport, et bien au-delà avec un partenariat possible entre les
 criées normandes. Au-delà, il s’agira de structurer une offre de
 commercialisation globale sur notre territoire, pour élargir la vente et
 valoriser les produits de la mer. En partenariat avec les organismes de
 formation, des compétences spécifiques liées à la vente et à la préparation du
 produit pourraient être développés afin de permettre une montée en puissance du
 secteur. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;D’un
 point de vue de la consommation de produits locaux issus de la pêche et de
 l’aquaculture, elle est assez basse sur notre territoire. Il est primordial de
 faire découvrir nos produits aux consommateurs locaux en coordonnant le secteur
 de la pêche avec la restauration collective des structures publiques pour
 mettre à l’honneur les poissons locaux dans leurs cuisines. À cela, s’ajoute
 une volonté de faire mettre en avant par les chefs cuisiniers locaux les
 produits de la mer, avec la création de recettes emblématiques de notre
 territoire.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Renforcer
 les circuits courts et la vente directe&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Accompagner
 les restaurateurs locaux dans l’utilisation de produits de la mer locaux&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Améliorer
 la commercialisation des espèces locales&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Augmentation
 des points de vente des produits de la mer locaux &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
 de l’offre de commercialisation des produits de la mer sur notre territoire&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
 de la consommation locale des produits issus de la filière pêche et aquaculture
 locale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la visibilité des produits de la mer sur le territoire&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M230" s="1" t="inlineStr">
+      <c r="M210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Progression
 des conditions de vente directe de produits halieutiques en matière de
 structuration des étals, notamment avec des étals/halles à poissons&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
 de partenariats avec des chefs cuisiniers reconnus autour d’un produit de la
 mer &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
 de la part de produits locaux issus de la pêche et aquaculture dans la
 préparation des restaurants et de la restauration collective.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
 des sites de débarquement liée à la commercialisation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la visibilité auprès du consommateur la vente directe et les circuits courts&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N230" s="1" t="inlineStr">
+      <c r="N210" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Artisanat
 Mers et océans</t>
         </is>
       </c>
-      <c r="O230" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P230" s="1" t="inlineStr">
+      <c r="P210" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q230" s="1" t="inlineStr">
+      <c r="Q210" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R230" s="1" t="inlineStr">
+      <c r="R210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S230" s="1" t="inlineStr">
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T230" s="1" t="inlineStr">
+      <c r="T210" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U230" s="1" t="inlineStr">
+      <c r="U210" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V230" s="1" t="inlineStr">
+      <c r="V210" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X230" s="1" t="inlineStr">
+      <c r="X210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y230" s="1" t="inlineStr">
+      <c r="Y210" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z230" s="1" t="inlineStr">
+      <c r="Z210" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture/</t>
         </is>
       </c>
-      <c r="AA230" s="1" t="inlineStr">
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="231" spans="1:27" customHeight="0">
-      <c r="A231" s="1">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
         <v>164097</v>
       </c>
-      <c r="B231" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'économie de proximité dans le contexte de mutation socio-économiques du territoire</t>
         </is>
       </c>
-      <c r="C231" s="1" t="inlineStr">
+      <c r="C211" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D231" s="1" t="inlineStr">
+      <c r="D211" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche Action 4</t>
         </is>
       </c>
-      <c r="E231" s="1" t="inlineStr">
+      <c r="E211" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G231" s="1" t="inlineStr">
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H231" s="1" t="inlineStr">
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I231" s="1" t="inlineStr">
+      <c r="I211" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K231" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L231" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention européenne .&lt;/span&gt;&lt;br /&gt;&lt;span&gt;plancher d&amp;#039;aide : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Plafond d&amp;#039;aide : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Stimuler les démarches de modernisation des entreprises &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faciliter la création, les cessions et les reprises d’entreprises du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accroître le poids de l’Economie Sociale et Solidaire dans l’économie locale&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnel&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer la formation et l’accompagnement :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire de chefs d’entreprises et salariés formés &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’ingénierie de proximité en termes d’aides aux entreprises dans le cadre d’un développement, d’une création, d’une transmission ou d’une reprise d’entreprises &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Permettre aux entreprises d’anticiper les mutations socio-économiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’image des activités commerciales et des savoir-faire locaux &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Accompagner le développement et la consolidation des associations et des entreprises de l’ESS&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager l’entreprenariat chez les jeunes de moins de 30 ans&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer et maintenir de l’emploi :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Créer et maintenir de l’emploi non délocalisable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Augmenter le taux de création et de reprise d’entreprises sur le territoire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M231" s="1" t="inlineStr">
+      <c r="M211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 4&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N231" s="1" t="inlineStr">
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O231" s="1" t="inlineStr">
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q231" s="1" t="inlineStr">
+      <c r="Q211" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R231" s="1" t="inlineStr">
+      <c r="R211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour être éligible, le projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement du Pays du Calaisis et répondre aux critères de la grille de sélection: partenariats et mise en réseau, impact géographique, niveau d&amp;#039;innovation, effet du projet, emploi, transition décarbonée et durable , formation du chef d&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S231" s="1" t="inlineStr">
+      <c r="S211" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T231" s="1" t="inlineStr">
+      <c r="T211" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U231" s="1" t="inlineStr">
+      <c r="U211" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V231" s="1" t="inlineStr">
+      <c r="V211" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X231" s="1" t="inlineStr">
+      <c r="X211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y231" s="1" t="inlineStr">
+      <c r="Y211" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z231" s="1" t="inlineStr">
+      <c r="Z211" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-deconomie-de-proximite-dans-le-contexte-de-mutation-socio-economiques-du-territoire/</t>
         </is>
       </c>
-      <c r="AA231" s="1" t="inlineStr">
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="232" spans="1:27" customHeight="0">
-      <c r="A232" s="1">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
         <v>164110</v>
       </c>
-      <c r="B232" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de développement et d'attractivité économique locale</t>
         </is>
       </c>
-      <c r="C232" s="1" t="inlineStr">
+      <c r="C212" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D232" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
         </is>
       </c>
-      <c r="E232" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G232" s="1" t="inlineStr">
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H232" s="1" t="inlineStr">
+      <c r="H212" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I232" s="1" t="inlineStr">
+      <c r="I212" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J232" s="1" t="inlineStr">
+      <c r="J212" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K232" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L232" s="1" t="inlineStr">
+      <c r="L212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M232" s="1" t="inlineStr">
+      <c r="M212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N232" s="1" t="inlineStr">
+      <c r="N212" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Information voyageur, billettique multimodale
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O232" s="1" t="inlineStr">
+      <c r="O212" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R232" s="1" t="inlineStr">
+      <c r="R212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S232" s="1" t="inlineStr">
+      <c r="S212" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T232" s="1" t="inlineStr">
+      <c r="T212" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U232" s="1" t="inlineStr">
+      <c r="U212" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V232" s="1" t="inlineStr">
+      <c r="V212" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X232" s="1" t="inlineStr">
+      <c r="X212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y232" s="1" t="inlineStr">
+      <c r="Y212" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z232" s="1" t="inlineStr">
+      <c r="Z212" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
         </is>
       </c>
-      <c r="AA232" s="1" t="inlineStr">
+      <c r="AA212" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="233" spans="1:27" customHeight="0">
-      <c r="A233" s="1">
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
         <v>164385</v>
       </c>
-      <c r="B233" s="1" t="inlineStr">
+      <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions collectives de formation pour les entreprises d'une filière</t>
         </is>
       </c>
-      <c r="D233" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E233" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Actions collectives de formation pour les entreprises d&amp;apos;une filière</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G233" s="1" t="inlineStr">
+      <c r="G213" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H233" s="1" t="inlineStr">
+      <c r="H213" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K233" s="1" t="inlineStr">
+      <c r="K213" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L233" s="1" t="inlineStr">
+      <c r="L213" s="1" t="inlineStr">
         <is>
           <t>Soutien aux actions collectives de formation au sein d&amp;#039;une même filière ou inter-filières. Les actions collectives de formation doivent s&amp;#039;inscrire dans une approche globale des questions d&amp;#039;emploi et de qualifications au sein d&amp;#039;une filière économique ou inter-filières sur un territoire/bassin d&amp;#039;emploi déterminé,
 	Elles doivent ainsi permettre aux salariés de maintenir et développer leurs compétences au sein d’un secteur d’activité,
 	Un effort particulier sera poursuivi pour les entreprises ayant des enjeux en termes d’emploi et de recrutement ou confrontées à des problématiques d’adaptation des compétences des salariés en raison du développement de leurs activités.</t>
         </is>
       </c>
-      <c r="M233" s="1" t="inlineStr">
+      <c r="M213" s="1" t="inlineStr">
         <is>
           <t>Les dépenses de diagnostic et d&amp;#039;ingénierie pédagogique : taux d&amp;#039;intervention retenu qui ne peut excéder 50 % des dépenses,
 	Les coûts pédagogiques (coûts de personnel de formateurs, frais de déplacement des formateurs, autres dépenses courantes,matériaux, fournitures) hors rémunération des salariés en formation : le taux maximal d’intervention retenu ne saurait excéder 50 % des dépenses dans la limite d’un plafonnement de 50 € de l’heure par stagiaire, à l&amp;#039;exception des formations TEE (NéoTerra) et des formations certifiantes et qualifiantes.</t>
         </is>
       </c>
-      <c r="N233" s="1" t="inlineStr">
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O233" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R233" s="1" t="inlineStr">
+      <c r="R213" s="1" t="inlineStr">
         <is>
           <t>Entreprises cibles :de moins de 250 salariés (effectifs consolidés au niveau du groupe en ETP) dont le siège social et ou les établissements sont en Nouvelle-Aquitaine.
 Les porteurs de projets éligibles sont:
 	Branches professionnelles,
 	Opérateurs de Compétences (OPCO),
 	Pôles de compétitivité, clusters,
 	Groupements d’IntérêtEconomique,
 	Chambres consulaires,
 	Associations.
  Deux catégories d&amp;#039;action:
 	Les dépenses de diagnostic et d&amp;#039;ingénierie pédagogique liées à la construction de démarches, d&amp;#039;actions, d&amp;#039;outils visant le développement de l&amp;#039;emploi et des compétences
 	Les coûts pédagogiques (coûts de personnel de formateurs, frais de déplacement des formateurs, autres dépenses courantes, matériaux, fournitures) hors rémunération des salariés en formation. Les formations externes et internes sont éligibles à l&amp;#039;aide régionale.
 Actions dont les dépenses sont non éligibles:
 	durée inférieure à 7 heures ;
 	formation syndicale (CES, CHSCT…) ;
 	information (conférences, colloques…), présentation de nouveaux matériels par des fournisseurs ;
 	généralistes dans le domaine du développement personnel (stages de survie, stages de motivation personnelle ou de « dépassement de soi ») ;
 	relatives à la réglementation et à la sécurité individuelle au travail (prévention des risques d’accident du travail) ;
 	relatives à des questions de société (addictions, lutte contre la violence routière…).
 	frais de gestion liés au montage des projets.</t>
         </is>
       </c>
-      <c r="T233" s="1" t="inlineStr">
+      <c r="T213" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U233" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V233" s="1" t="inlineStr">
+      <c r="V213" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/actions-collectives-de-formation-pour-les-entreprises-dune-filiere</t>
         </is>
       </c>
-      <c r="W233" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X233" s="1" t="inlineStr">
+      <c r="X213" s="1" t="inlineStr">
         <is>
           <t>Prise de contact avec le référent de votre secteur d&amp;#039;activité, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
         </is>
       </c>
-      <c r="Y233" s="1" t="inlineStr">
+      <c r="Y213" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z233" s="1" t="inlineStr">
+      <c r="Z213" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/actions-collectives-de-formation-pour-les-entreprises-dune-filiere/</t>
         </is>
       </c>
-      <c r="AA233" s="1" t="inlineStr">
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="234" spans="1:27" customHeight="0">
-      <c r="A234" s="1">
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
         <v>164386</v>
       </c>
-      <c r="B234" s="1" t="inlineStr">
+      <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de GPEC</t>
         </is>
       </c>
-      <c r="D234" s="1" t="inlineStr">
+      <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Soutien aux projets de GPEC</t>
         </is>
       </c>
-      <c r="E234" s="1" t="inlineStr">
+      <c r="E214" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G234" s="1" t="inlineStr">
+      <c r="G214" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H234" s="1" t="inlineStr">
+      <c r="H214" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K234" s="1" t="inlineStr">
+      <c r="K214" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L234" s="1" t="inlineStr">
+      <c r="L214" s="1" t="inlineStr">
         <is>
           <t>Soutien aux projets de GPEC inter-entreprises au sein d&amp;#039;une même filière. Il s’agit d’accompagner l’anticipation et l’adaptation des compétences des entreprises d’une même filière qui sont confrontées à des enjeux économiques ou d’emplois communs, autour d’un projet collectif, cohérent, répondant aux caractéristiques du secteur d’activité. Ce dispositif s&amp;#039;adresse aux inter-entreprises au sein d&amp;#039;une même filière.</t>
         </is>
       </c>
-      <c r="M234" s="1" t="inlineStr">
+      <c r="M214" s="1" t="inlineStr">
         <is>
           <t>Le financement de la Région ne pourra pas excéder 50 % des dépenses éligibles.
 L&amp;#039;intervention de la Région viendra en complémentarité des dispositifs d&amp;#039;aide de l&amp;#039;Etat lorsque ceux-ci sont mobilisables.</t>
         </is>
       </c>
-      <c r="N234" s="1" t="inlineStr">
+      <c r="N214" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O234" s="1" t="inlineStr">
+      <c r="O214" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R234" s="1" t="inlineStr">
+      <c r="R214" s="1" t="inlineStr">
         <is>
           <t>Entreprises cibles :de moins de 250 salariés dont le siège social et ou les établissements sont en Nouvelle-Aquitaine.
 Les porteurs de projets éligibles sont :
 	Branches professionnelles,
 	Opérateurs de Compétences (OPCO),
 	Pôles de compétitivité, clusters,
 	Groupements d’Intérêts Economiques,
 	Chambres consulaires,
 	Associations.
  Les dépenses éligibles à l&amp;#039;aide régionale sont les dépenses d&amp;#039;ingénierie, de conseils et d&amp;#039;études dans le cadre de prestations externes.</t>
         </is>
       </c>
-      <c r="U234" s="1" t="inlineStr">
+      <c r="U214" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V234" s="1" t="inlineStr">
+      <c r="V214" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-aux-projets-de-gpec</t>
         </is>
       </c>
-      <c r="W234" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X234" s="1" t="inlineStr">
+      <c r="X214" s="1" t="inlineStr">
         <is>
           <t>Prise de contact avec le référent de votre secteur d&amp;#039;activité, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
         </is>
       </c>
-      <c r="Y234" s="1" t="inlineStr">
+      <c r="Y214" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z234" s="1" t="inlineStr">
+      <c r="Z214" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-projets-de-gpec/</t>
         </is>
       </c>
-      <c r="AA234" s="1" t="inlineStr">
+      <c r="AA214" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="235" spans="1:27" customHeight="0">
-      <c r="A235" s="1">
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
         <v>164387</v>
       </c>
-      <c r="B235" s="1" t="inlineStr">
+      <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Accompagner les entreprises sur la formation des salariés</t>
         </is>
       </c>
-      <c r="D235" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E235" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de l&amp;apos;entreprise sur la formation des salariés</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G235" s="1" t="inlineStr">
+      <c r="G215" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H235" s="1" t="inlineStr">
+      <c r="H215" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K235" s="1" t="inlineStr">
+      <c r="K215" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L235" s="1" t="inlineStr">
+      <c r="L215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette aide régionale soutient les plans de développement des compétences et des qualifications pour la formation des salariés au sein d&amp;#039;une entreprise du secteur industriel.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner les entreprises à mettre en œuvre des formations permettant de développer et maintenir les compétences des salariés pour faire face aux évolutions et aux transitions économiques, écologiques, technologiques, numériques et organisationnelles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;accompagnement de la Région, au regard de l&amp;#039;effort de formation des entreprises pour adapter et élever le niveau de qualification des salariés, constitue un levier pour l&amp;#039;adaptation des entreprises aux évolutions du marché pour le développement économique de la Région.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M235" s="1" t="inlineStr">
+      <c r="M215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant
 &lt;/p&gt;&lt;p&gt;Intensité maximale de l&amp;#039;aide Régionale : 30 à 60 % des dépenses éligibles avec un plafond de subvention:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Petites Entreprises: taux maximum de 60 % avec un plafond de subvention de 40 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Moyennes Entreprises: taux maximum de 50 % avec un plafond de subvention de 50 000 €&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de Taille Intermédiaire: taux maximum de 40 % avec un plafond de subvention de 60 000 € &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Grandes Entreprises: taux maximum de 30 % avec un plafond de subvention de 60 000 €, accompagnements pouvant être envisagés pour des formations en lien avec les transitions énergétiques et écologiques (NéoTerra) et des formations certifiantes et qualifiantes.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les coûts pédagogiques sont plafonnés à 50 € de l’heure/stagiaire, à l’exception des formations TEE (Néo Terra) et des formations certifiantes et qualifiantes (validation totale ou partielle)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Durée maximale d&amp;#039;accompagnement fixée à 3 aides consécutives sur une période de 5 ans révolue pour les entreprises de moins de 250 salariés en ETP, 2 aides consécutives sur une période de 5 ans révolue pour les entreprises de plus de 250 salariés en ETP.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N235" s="1" t="inlineStr">
+      <c r="N215" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O235" s="1" t="inlineStr">
+      <c r="O215" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R235" s="1" t="inlineStr">
+      <c r="R215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les entreprises de production et de transformation relevant de l&amp;#039;Industrie dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Prioritairement les salariés (CDI) de premier niveau de qualification au sein des entreprises. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;Critères de sélection&lt;p&gt;&lt;br /&gt;&lt;span&gt; Les dépenses éligibles sont celles liées aux coûts pédagogiques (coûts de personnel des formateurs, frais de déplacement des formateurs et autres dépenses courantes, matériaux, fournitures), hors rémunération des salariés en formation. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les formations externes et internes sont éligibles à l’aide régionale. &lt;/span&gt;Pour les formations externes, les organismes de formations doivent obligatoirement être certifiés Qualiopi (article L6316-1 du code du travail). &lt;/p&gt;&lt;p&gt;&lt;span&gt; Actions dont les dépenses sont non éligibles: &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les actions d’une durée inférieure à 7 heures &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions de formation syndicale (CES, CHSCT…) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions d’information (conférences, colloques…), de présentation de nouveaux matériels par des fournisseurs &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions généralistes dans le domaine du développement personnel (stages de survie, stages de motivation personnelle ou de « dépassement de soi ») &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions relatives à la réglementation et à la sécurité individuelle au travail (prévention des risques d’accident du travail) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions relatives à des questions de société (addictions, lutte contre la violence routière…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U235" s="1" t="inlineStr">
+      <c r="U215" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V235" s="1" t="inlineStr">
+      <c r="V215" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-la-formation-des-salaries</t>
         </is>
       </c>
-      <c r="W235" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X235" s="1" t="inlineStr">
+      <c r="X215" s="1" t="inlineStr">
         <is>
           <t>Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
         </is>
       </c>
-      <c r="Y235" s="1" t="inlineStr">
+      <c r="Y215" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z235" s="1" t="inlineStr">
+      <c r="Z215" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-la-formation-des-salaries/</t>
         </is>
       </c>
-      <c r="AA235" s="1" t="inlineStr">
+      <c r="AA215" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="236" spans="1:27" customHeight="0">
-      <c r="A236" s="1">
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
         <v>164388</v>
       </c>
-      <c r="B236" s="1" t="inlineStr">
+      <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Accompagner les entreprises sur l'ingénierie de formation</t>
         </is>
       </c>
-      <c r="D236" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E236" s="1" t="inlineStr">
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de l&amp;apos;entreprise sur l&amp;apos;ingénierie de formation</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G236" s="1" t="inlineStr">
+      <c r="G216" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H236" s="1" t="inlineStr">
+      <c r="H216" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K236" s="1" t="inlineStr">
+      <c r="K216" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L236" s="1" t="inlineStr">
+      <c r="L216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le contexte actuel est un tournant dans la gestion des ressources humaines. Face à ces changements sociétaux et de rapport au travail, les entreprises doivent se structurer au niveau des ressources humaines pour répondre aux nouveaux enjeux tels que la Responsabilité Sociétale des Entreprises (RSE), la Transition Ecologique des Entreprises (TEE), la Qualité de Vie au Travail (QVT), la Marque Employeur, etc. Le dispositif AIE Structuration RH / RSE vise à répondre à cet enjeu en soutenant la phase de diagnostic afin d&amp;#039;évaluer la stratégie RH en amont de l&amp;#039;action de formation au bénéfice des personnes en charge des Ressources Humaines. Il s&amp;#039;adresse aux entreprises industrielles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Structuration des ressources humaines des entreprises en soutenant la réalisation d&amp;#039;une phase de diagnostic pour évaluer la stratégie RH et le développement des compétences des salariés de l&amp;#039;entreprise, en amont de l&amp;#039;action de formation des salariés au bénéfice des personnes en charge des Ressources Humaines dans l&amp;#039;entreprise.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M236" s="1" t="inlineStr">
+      <c r="M216" s="1" t="inlineStr">
         <is>
           <t>Le taux maximal d&amp;#039;intervention retenu ne saurait excéder 50 % de la dépense éligible.
 L&amp;#039;aide sera plafonnée à 6 000 € pour les entreprises de moins de 250 salariés (en ETP) et à 4 000 € pour les entreprises de plus de 250 salariés (en ETP). Effectifs consolidés au niveau du groupe en ETP.</t>
         </is>
       </c>
-      <c r="N236" s="1" t="inlineStr">
+      <c r="N216" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O236" s="1" t="inlineStr">
+      <c r="O216" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R236" s="1" t="inlineStr">
+      <c r="R216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les entreprises de production et de transformation relevant de l&amp;#039;industrie dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/p&gt;&lt;p&gt; Les dépenses éligibles sont les dépenses d&amp;#039;ingénierie : prestations internes (rémunération : salaire brut chargé) au prorata du temps passé sur la période.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U236" s="1" t="inlineStr">
+      <c r="U216" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V236" s="1" t="inlineStr">
+      <c r="V216" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-lingenierie-de-formation</t>
         </is>
       </c>
-      <c r="W236" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X236" s="1" t="inlineStr">
+      <c r="X216" s="1" t="inlineStr">
         <is>
           <t>Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.</t>
         </is>
       </c>
-      <c r="Y236" s="1" t="inlineStr">
+      <c r="Y216" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z236" s="1" t="inlineStr">
+      <c r="Z216" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-lingenierie-de-formation/</t>
         </is>
       </c>
-      <c r="AA236" s="1" t="inlineStr">
+      <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="237" spans="1:27" customHeight="0">
-      <c r="A237" s="1">
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
         <v>164389</v>
       </c>
-      <c r="B237" s="1" t="inlineStr">
+      <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Accompagner les entreprises sur la structuration RH et la RSE</t>
         </is>
       </c>
-      <c r="D237" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E237" s="1" t="inlineStr">
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de l&amp;apos;entreprise sur la structuration RH et la RSE</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G237" s="1" t="inlineStr">
+      <c r="G217" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H237" s="1" t="inlineStr">
+      <c r="H217" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K237" s="1" t="inlineStr">
+      <c r="K217" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L237" s="1" t="inlineStr">
+      <c r="L217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le contexte actuel est un tournant dans la gestion des ressources humaines. Face à ces changements sociétaux et de rapport au travail, les entreprises doivent se structurer au niveau des ressources humaines pour répondre aux nouveaux enjeux tels que la Responsabilité Sociétale des Entreprises (RSE), la Transition Ecologique des Entreprises (TEE), la Qualité de Vie au Travail (QVT), la Marque Employeur, etc.
 Le dispositif AIE Structuration RH / RSE vise à répondre à cet enjeu en soutenant la phase de diagnostic afin d&amp;#039;évaluer la stratégie RH en amont de l&amp;#039;action de formation au bénéfice des personnes en charge des Ressources Humaines. Il s&amp;#039;adresse aux entreprises industrielles. &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;Structuration des ressources humaines des entreprises en soutenant la réalisation d&amp;#039;une phase de diagnostic pour évaluer la stratégie RH et le développement des compétences des salariés de l&amp;#039;entreprise, en amont de l&amp;#039;action de formation des salariés au bénéfice des personnes en charge des Ressources Humaines dans l&amp;#039;entreprise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M237" s="1" t="inlineStr">
+      <c r="M217" s="1" t="inlineStr">
         <is>
           <t>Le taux maximal d&amp;#039;intervention retenu ne saurait excéder 50 % des dépenses éligibles.
 L&amp;#039;aide sera plafonnée à 2 500 € par entreprise pour un maximum de 5 jours de prestation.
 Les modules de formation qui découlent du diagnostic dans le plan d&amp;#039;action seront pris en charge dans l&amp;#039;AIE Formation pour les publics suivants : Manager Intermédiaire/Manager de proximité, Assistant(e) RH, Responsable RH, Responsable formation, chargé(e) de développement des compétences.</t>
         </is>
       </c>
-      <c r="N237" s="1" t="inlineStr">
+      <c r="N217" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O237" s="1" t="inlineStr">
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R237" s="1" t="inlineStr">
+      <c r="R217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les entreprises de production et de transformation relevant de l&amp;#039;industrie de moins de 250 salariés dont le siège social et/ou les établissements sont en Nouvelle Aquitaine. &lt;/p&gt;&lt;p&gt; Les dépenses éligibles sont les dépenses d&amp;#039;ingénierie, de conseils et d&amp;#039;études, dans le cadre de prestations externes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U237" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V237" s="1" t="inlineStr">
+      <c r="V217" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-de-lentreprise-sur-la-structuration-rh-et-la-rse</t>
         </is>
       </c>
-      <c r="W237" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X237" s="1" t="inlineStr">
+      <c r="X217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prise de contact avec le référent du lieu d&amp;#039;implantation de l&amp;#039;entreprise, dont les coordonnées sont indiquées dans le dépliant en téléchargement ci-dessous. Le référent vous indiquera comment renseigner votre dossier et les pièces administratives à joindre.
 &lt;/p&gt;&lt;p&gt;Service Relations aux Usagers&lt;/p&gt;&lt;p&gt;Direction Emploi et Evolution Professionnelle&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y237" s="1" t="inlineStr">
+      <c r="Y217" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z237" s="1" t="inlineStr">
+      <c r="Z217" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-de-lentreprise-sur-la-structuration-rh-et-la-rse/</t>
         </is>
       </c>
-      <c r="AA237" s="1" t="inlineStr">
+      <c r="AA217" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="238" spans="1:27" customHeight="0">
-      <c r="A238" s="1">
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
         <v>164746</v>
       </c>
-      <c r="B238" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Concrétiser votre expérience entrepreneuriale avec la Prime Booster</t>
         </is>
       </c>
-      <c r="D238" s="1" t="inlineStr">
+      <c r="D218" s="1" t="inlineStr">
         <is>
           <t>Prime Booster</t>
         </is>
       </c>
-      <c r="E238" s="1" t="inlineStr">
+      <c r="E218" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G238" s="1" t="inlineStr">
+      <c r="G218" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H238" s="1" t="inlineStr">
+      <c r="H218" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K238" s="1" t="inlineStr">
+      <c r="K218" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L238" s="1" t="inlineStr">
+      <c r="L218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;La Région a pour ambition d’aider les étudiants à concrétiser leur expérience entrepreneuriale.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Elle propose une prime individuelle d’un montant de 1 000 € aux étudiants pour accompagner les projets d’entrepreneuriat les plus matures et lever les freins à la création d’activité.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;La prime est destinée aux étudiants détenteurs du Statut National d’Etudiant Entrepreneur (SNEE) et accompagnés par Pépite Pays de la Loire dans le cadre du programme Starter.&lt;/p&gt;
 &lt;p&gt;Cette prime n’est pas un droit. Elle est attribuée dans la limite du budget annuel voté par le Conseil régional.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N238" s="1" t="inlineStr">
+      <c r="N218" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O238" s="1" t="inlineStr">
+      <c r="O218" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P238" s="1" t="inlineStr">
+      <c r="P218" s="1" t="inlineStr">
         <is>
           <t>28/02/2025</t>
         </is>
       </c>
-      <c r="Q238" s="1" t="inlineStr">
+      <c r="Q218" s="1" t="inlineStr">
         <is>
           <t>28/02/2055</t>
         </is>
       </c>
-      <c r="R238" s="1" t="inlineStr">
+      <c r="R218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La demande est à déposer en ligne sur le portail des aides régionales au plus tard 1 mois après le début du programme Starter.&lt;/p&gt;
 &lt;ul&gt;&lt;/ul&gt;
 &lt;p&gt;Un accusé de réception sera adressé par mail au porteur de la demande et l’informera de son éligibilité à la prime Booster.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U238" s="1" t="inlineStr">
+      <c r="U218" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V238" s="1" t="inlineStr">
+      <c r="V218" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/prime-booster#:~:text=Objectifs,à%20la%20création%20d'activité.</t>
         </is>
       </c>
-      <c r="W238" s="1" t="inlineStr">
+      <c r="W218" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_PRIME_BOOSTER/depot/simple</t>
         </is>
       </c>
-      <c r="X238" s="1" t="inlineStr">
+      <c r="X218" s="1" t="inlineStr">
         <is>
           <t>Direction de l&amp;#039;enseignement supérieur et de la recherche&lt;br /&gt; Service Enseignement supérieur, mobilité internationale et vie étudiante&lt;br /&gt; Pôle Enseignement supérieur et vie étudiante&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;booster&amp;#64;paysdelaloire.fr&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y238" s="1" t="inlineStr">
+      <c r="Y218" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z238" s="1" t="inlineStr">
+      <c r="Z218" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prime-booster/</t>
         </is>
       </c>
-      <c r="AA238" s="1" t="inlineStr">
+      <c r="AA218" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="239" spans="1:27" customHeight="0">
-[...123 lines deleted...]
-      <c r="A240" s="1">
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
         <v>164847</v>
       </c>
-      <c r="B240" s="1" t="inlineStr">
+      <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle</t>
         </is>
       </c>
-      <c r="C240" s="1" t="inlineStr">
+      <c r="C219" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D240" s="1" t="inlineStr">
+      <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Erasmus+ Stage - Apprentis</t>
         </is>
       </c>
-      <c r="E240" s="1" t="inlineStr">
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G240" s="1" t="inlineStr">
+      <c r="G219" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H240" s="1" t="inlineStr">
+      <c r="H219" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K240" s="1" t="inlineStr">
+      <c r="K219" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L240" s="1" t="inlineStr">
+      <c r="L219" s="1" t="inlineStr">
         <is>
           <t>La Région souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi. 
 La Région pilote et anime un Consortium d’établissements d’enseignement et de formation professionnelle. Les mobilités organisées en Europe dans le cadre des cursus sont financées par la Commission Européenne, représentée par l’Agence Erasmus&amp;#43; France, et la Région. Contribuer à la réalisation d&amp;#039;un stage professionnel à l&amp;#039;étrangerd&amp;#039;une durée de 2 semaines à 6 mois pour les bénéficiaires inscrits dans un établissement d’enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.</t>
         </is>
       </c>
-      <c r="M240" s="1" t="inlineStr">
+      <c r="M219" s="1" t="inlineStr">
         <is>
           <t>Le montant de la bourse est fixé en Commission Permanente du Conseil Régional annuellement lors de l&amp;#039;affectation des financements obtenus.
 Il se décompose en frais de voyage et frais de séjour. Il est défini en fonction de la durée de la mobilité et selon les destinations qui sont réparties en trois groupes pays conformément aux dispositions du programme Erasmus&amp;#43;.
 Règle de calcul : montant forfaitaire de séjour &amp;#43; forfait de voyage.
 Des bonifications pour l’inclusion et l’utilisation de transports écoresponsables (transports à moindre empreinte carbone) peuvent s’y ajouter dans les conditions prévues par le programme Erasmus&amp;#43;.</t>
         </is>
       </c>
-      <c r="N240" s="1" t="inlineStr">
+      <c r="N219" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O240" s="1" t="inlineStr">
+      <c r="O219" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R240" s="1" t="inlineStr">
+      <c r="R219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Apprenti de niveau 3 et 4 inscrit dans un établissement d’enseignement et de formation professionnelle de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprenti jeune diplômé (maximum 12 mois après l’obtention du diplôme) ayant été inscrit dans un établissement d&amp;#039;enseignement et de formation professionnelle supérieur de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année précédant la mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnel membre de l’équipe de l’établissement d&amp;#039;enseignement et de formation professionnels  de la Région Nouvelle-Aquitaine faisant partie du Consortium régional durant l’année de mobilité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les apprenants :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour les mobilités courtes, les stages sont d’une durée de 2 à 4 semaines,&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les mobilités longues, les stages sont d’une durée de 3 à 6 mois.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les personnels :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour des mobilités de type « accompagnateur » :&lt;/p&gt;&lt;p&gt;Pour accompagner les apprentis en mobilité courte, les aides attribuées correspondent à une durée maximum de 10 jours.&lt;/p&gt;&lt;p&gt;Pour accompagner les apprentis en mobilité longue, les aides attribuées correspondent à une durée maximum de 5 jours.&lt;/p&gt;&lt;p&gt;Pour réaliser des visites préalables préparatoires, les aides attribuées sont forfaitaires : avec un maximum de 3 participants par visite.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour des périodes de stage d’observation ou de formation, la durée est de minimum 2 jours et maximum 60 jours.&lt;/p&gt;&lt;p&gt;Les mobilités se dérouleront dans l’un des pays éligibles au programme Erasmus&amp;#43; (ces pays sont répartis en trois groupes - se référer aux dispositions du programme). Conformément au guide du programme Erasmus&amp;#43;, quelques mobilités peuvent être réalisées en dehors de l’Union Européenne en fonction du budget accordé annuellement par l’Agence Erasmus&amp;#43;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T240" s="1" t="inlineStr">
+      <c r="T219" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U240" s="1" t="inlineStr">
+      <c r="U219" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V240" s="1" t="inlineStr">
+      <c r="V219" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/erasmus-stage-apprentis</t>
         </is>
       </c>
-      <c r="W240" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X240" s="1" t="inlineStr">
+      <c r="X219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Dépôt de la demande sur internet avant la date de début de stage. Les demandes soumises à la Région au-delà de la date de début de stage sont déclarées irrecevables.&lt;/p&gt;&lt;p&gt;La candidature individuelle doit être validée par l&amp;#039;établissement d&amp;#039;enseignement ou de formation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Liste des pièces justificatives à fournir&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les apprenants et les personnels en mobilité stage d’observation et/ou formation :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le «Contrat pédagogique avant la mobilité» dûment complété et signé par toutes les parties,&lt;/p&gt;&lt;p&gt;Le «Contrat financier» de la période concernée, dûment complété et signé,&lt;/p&gt;&lt;p&gt;La Carte Européenne d&amp;#039;Assurance Maladie (CEAM),&lt;/p&gt;&lt;p&gt;Une Assurance Responsabilité Civile et Accident du Travail conformément aux articles concernés du Contrat de Mobilité.&lt;/p&gt;&lt;p&gt;Pour le critère &amp;#34;inclusion&amp;#34; &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;1. En situation de handicap ou d’affection de longue durée (ALD) : Attestation de décision MDPH ou attestation de maladie longue durée ou carte invalidité, etc.&lt;/p&gt;&lt;p&gt;2. Habitant dans une commune classée Zones de revitalisation rurale (ZRR) : Attestation de domicile de moins de 3 mois (facture d&amp;#039;énergie, d&amp;#039;eau, assurance habitation, etc.). Si le nom du participant ne figure pas sur l’attestation de domicile, celle-ci est à compléter par une attestation sur l’honneur au nom de l’hébergeant ou un certificat administratif de l’établissement d’envoi, etc.&lt;/p&gt;&lt;p&gt;3. Habitant à une adresse classée Quartiers Prioritaires de la Ville : Attestation de domicile de moins de 3 mois (facture d&amp;#039;énergie, d&amp;#039;eau, assurance habitation, etc.). Si le nom du participant ne figure pas sur l’attestation de domicile, celle-ci est à compléter par une attestation sur l’honneur au nom de l’hébergeant ou un certificat administratif de l’établissement d’envoi, etc.&lt;/p&gt;&lt;p&gt;4. Bénéficiaire d’une bourse de lycée (échelons 4 à 6) : notification d’attribution de bourse nationale.&lt;/p&gt;&lt;p&gt;5. Appartenant à un foyer dont le Quotient familial CAF est inférieur ou égal à 551€ : Attestation CAF de quotient familial pour l’année scolaire concernée par la demande de mobilité.&lt;/p&gt;&lt;p&gt;Pour les personnels accompagnateurs&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ordre de mission.&lt;/p&gt;&lt;p&gt;Ces pièces justificatives devront être déposées sur le site sous la forme de fichiers joints. Le dossier ne sera validé définitivement qu&amp;#039;à réception de l&amp;#039;ensemble des pièces demandées et après co-instruction favorable de l&amp;#039;établissement d’enseignement ou de formation professionnelle.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y240" s="1" t="inlineStr">
+      <c r="Y219" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z240" s="1" t="inlineStr">
+      <c r="Z219" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-stage-apprentis/</t>
         </is>
       </c>
-      <c r="AA240" s="1" t="inlineStr">
+      <c r="AA219" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="241" spans="1:27" customHeight="0">
-      <c r="A241" s="1">
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
         <v>164854</v>
       </c>
-      <c r="B241" s="1" t="inlineStr">
+      <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Abonder son CPF VAE</t>
         </is>
       </c>
-      <c r="D241" s="1" t="inlineStr">
+      <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Abondement de CPF VAE</t>
         </is>
       </c>
-      <c r="E241" s="1" t="inlineStr">
+      <c r="E220" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G241" s="1" t="inlineStr">
+      <c r="G220" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H241" s="1" t="inlineStr">
+      <c r="H220" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K241" s="1" t="inlineStr">
+      <c r="K220" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L241" s="1" t="inlineStr">
+      <c r="L220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région soutient les demandeurs d’emploi qui engage une démarche de Validation des acquis de l’expérience (VAE).&lt;/p&gt;
 &lt;p&gt;La Région apporte une aide financière aux demandeurs d’emploi qui achète individuellement une prestation d’accompagnement à la VAE, en complétant les euros déjà acquis sur le Compte personnel de formation (CPF). L’aide couvre 90% du reste à payer après mobilisation du CPF (dans la limite d’un plafond d’aide de 2 000 €.&lt;/p&gt;
 &lt;p&gt;Cette aide prend la forme d’un abondement du CPF par la Région, proposé automatiquement sur la plateforme « &lt;a href="https://www.moncompteformation.gouv.fr/espace-public/aide/mon-compte"&gt;Mon Compte Formation&lt;/a&gt; »&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Pour bénéficier d’un abondement automatisé de CPF par la Région, vous devez répondre à l’ensemble des critères suivants :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;résider en Pays de la Loire ;&lt;/li&gt;
 &lt;li&gt;relever du statut de demandeur d’emploi (toutes catégories confondues) inscrit à France Travail ;&lt;/li&gt;
 &lt;li&gt;acheter sur la plateforme « &lt;a href="https://www.moncompteformation.gouv.fr/espace-public/aide/mon-compte"&gt;Mon Compte Formation&lt;/a&gt; » une prestation d’accompagnement à la Validation des acquis de l’expérience (VAE) et délivrées dans un lieu de formation se situant en France hexagonale (Corse comprise).&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Les prestations doivent avoir une date de démarrage avant le 31 décembre 2025 et une date de fin intervenant au plus tard le 30 juin 2027.&lt;/p&gt;
 &lt;p&gt;Vous pourrez alors bénéficier pour compléter vos droits CPF en euros inscrits sur votre compte, d’un abondement automatisé par la Région couvrant 90% du reste à payer après mobilisation de vos euros acquis sur votre CPF, dans la limite d’un plafond d’abondement fixé par la Région à 2 000 €.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N241" s="1" t="inlineStr">
+      <c r="N220" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O241" s="1" t="inlineStr">
+      <c r="O220" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P241" s="1" t="inlineStr">
+      <c r="P220" s="1" t="inlineStr">
         <is>
           <t>04/03/2025</t>
         </is>
       </c>
-      <c r="Q241" s="1" t="inlineStr">
+      <c r="Q220" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R241" s="1" t="inlineStr">
+      <c r="R220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les demandeurs d’emploi font la démarche d’acheter individuellement leur prestation d’accompagnement à la VAE sur l’application « &lt;a href="https://www.moncompteformation.gouv.fr/espace-public/aide/mon-compte"&gt;Mon Compte Formation&lt;/a&gt; » selon les étapes suivantes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Se connecter avec vos identifiants sécurisés créés sur « &lt;a href="https://franceconnect.gouv.fr/franceconnect"&gt;France Connect&lt;/a&gt; »,&lt;/li&gt;
 &lt;li&gt;Sélectionner la prestation d’accompagnement à la VAE recherchée dans l’onglet formation,&lt;/li&gt;
 &lt;li&gt;L’affichage du logo de la Région Pays de la Loire confirme l’éligibilité à l’abondement de la Région,&lt;/li&gt;
 &lt;li&gt;Adresser la demande de prestation à l’organisme de formation qui confirme rapidement la commande de prestation,&lt;/li&gt;
 &lt;li&gt;Sélectionner l&amp;#039;aide de la Région, en complément du montant déjà acquis sur le Compte pour financer la prestation.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Je peux commencer mon accompagnement à la date établie sur la fiche de la prestation commandée.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U241" s="1" t="inlineStr">
+      <c r="U220" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V241" s="1" t="inlineStr">
+      <c r="V220" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/abondement-de-cpf-vae</t>
         </is>
       </c>
-      <c r="W241" s="1" t="inlineStr">
+      <c r="W220" s="1" t="inlineStr">
         <is>
           <t>https://www.moncompteformation.gouv.fr/espace-prive/html/#/</t>
         </is>
       </c>
-      <c r="X241" s="1" t="inlineStr">
+      <c r="X220" s="1" t="inlineStr">
         <is>
           <t>Direction de l&amp;#039;emploi, formation professionnelle et apprentissage&lt;br /&gt; Service Partenariats emploi - formation&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;info&amp;#64;cariforef-pdl.org&lt;br /&gt; &amp;#43;33 800 20 03 03&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y241" s="1" t="inlineStr">
+      <c r="Y220" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z241" s="1" t="inlineStr">
+      <c r="Z220" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/abondement-de-cpf-vae/</t>
         </is>
       </c>
-      <c r="AA241" s="1" t="inlineStr">
+      <c r="AA220" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="242" spans="1:27" customHeight="0">
-      <c r="A242" s="1">
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
         <v>164951</v>
       </c>
-      <c r="B242" s="1" t="inlineStr">
+      <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Renforcer une politique économique locale basée sur les spécificités du territoire</t>
         </is>
       </c>
-      <c r="C242" s="1" t="inlineStr">
+      <c r="C221" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D242" s="1" t="inlineStr">
+      <c r="D221" s="1" t="inlineStr">
         <is>
           <t>Appel à projets n°2.2</t>
         </is>
       </c>
-      <c r="E242" s="1" t="inlineStr">
+      <c r="E221" s="1" t="inlineStr">
         <is>
           <t>GAL Castelroussin-Valençay</t>
         </is>
       </c>
-      <c r="G242" s="1" t="inlineStr">
+      <c r="G221" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H242" s="1" t="inlineStr">
+      <c r="H221" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I242" s="1" t="inlineStr">
+      <c r="I221" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K242" s="1" t="inlineStr">
+      <c r="K221" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L242" s="1" t="inlineStr">
+      <c r="L221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;La stratégie du GAL spécifique à cet appel à projets - « Renforcer une politique économique locale basée sur les spécificités du territoire »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;La stratégie de la fiche action n°2 du programme LEADER du GAL Castelroussin-Valençay vise à :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;• Accompagner les filières du territoire et soutenir l’émergence et la structuration de nouvelles activités.&lt;/p&gt;&lt;p&gt;• Promouvoir le tourisme durable et les patrimoines culturels et naturels à destination des clientèles touristiques.&lt;/p&gt;&lt;p&gt;• Accompagner la création, le renforcement des compétences à travers la formation, l’installation des actifs et la réinsertion ou réorientation professionnelle.&lt;/p&gt;&lt;p&gt;• Développer les tiers-lieux (économiques, culturels et sociaux) permettant la rencontre et la synergie entre acteurs et ainsi contribuer au développement économique et l’activation des ressources locales et la coopération.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M242" s="1" t="inlineStr">
+      <c r="M221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Lors de l’élaboration du dossier de candidature LEADER, la liste d’opérations suivantes avaient été retenues :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe de l’accompagnement aux filières du territoire et du soutien à l’émergence et la structuration de nouvelles filières :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions dans l’innovation et la structuration à la professionnalisation économique des filières du territoire (aide à la logistique, revitalisation des marchés locaux...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Promouvoir le tourisme durable et les patrimoines culturels, cultuels et naturels à destination des clientèles &lt;/strong&gt;&lt;strong&gt;touristiques :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives de mutualisation et de mise en réseau du tourisme et du patrimoine.&lt;/p&gt;&lt;p&gt;• Actions visant à améliorer la qualité de l’accueil touristique et la mise en œuvre de projets touristiques durables (itinéraires vélos, circuits et parcours nature).&lt;/p&gt;&lt;p&gt;• Actions visant à soutenir le développement d’une ingénierie touristique et écologique (communication sur les atouts du territoire, mettre en place des actions de communication autour du savoir-faire et produits du terroir, animateur environnement...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagner la création, le renforcement des compétences à travers la formation, l’installation des actifs et la réinsertion ou réorientation professionnelle :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Soutien aux actions de mise en réseau des actifs agricoles pour soutenir la professionnalisation et la pérennité des emplois agricoles (speed dating, échanges internationaux, formations...).&lt;/p&gt;&lt;p&gt;• Initiatives d’accompagnement de l’installation des artisans, commerces et PME.&lt;/p&gt;&lt;p&gt;• Actions dans l’innovation sur la mobilité des actifs et des compétences locales diverses (Loi Egalim...).&lt;/p&gt;&lt;p&gt;• Actions visant à l’accueil des nouveaux habitants et actifs et référents « nouveaux arrivants ».&lt;/p&gt;&lt;p&gt;• Actions de mutualisation des besoins en RH.&lt;/p&gt;&lt;p&gt;• Actions dans le domaine des transferts de savoir entre Châteauroux et le territoire du GAL (dispositif «Rejoindre » destinés aux nouveaux salariés).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer les « lieux multiusages » (économiques, culturels, sociaux) permettant la rencontre et la synergie entre acteurs et ainsi contribuer au développement économique et l’activation des ressources locales et la coopération :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions innovantes sur l’accompagnement et la mise en réseau de lieux existant ou en projet (réalisation de cafés associatifs, de ressourceries) ou tout autre lieu visant des espaces de sociabilité, de lutte contre l’isolement et à la création de partage de ressources, compétences et de savoirs.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N242" s="1" t="inlineStr">
+      <c r="N221" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Formation professionnelle
 Tiers-lieux
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O242" s="1" t="inlineStr">
+      <c r="O221" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P242" s="1" t="inlineStr">
+      <c r="P221" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q242" s="1" t="inlineStr">
+      <c r="Q221" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R242" s="1" t="inlineStr">
+      <c r="R221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Associations loi 1901, agréées, étrangères.&lt;/p&gt;&lt;p&gt;• Collectivités territoriales (communes, EPCI...).&lt;/p&gt;&lt;p&gt;• Établissements publics, dont les chambres consulaires.&lt;/p&gt;&lt;p&gt;• Micro entreprises, TPE, PME, groupements d’entreprises (qui restent des PME).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Syndicats professionnels ou interprofessionnels (salariés et patronaux).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;• Offices de tourisme.&lt;/p&gt;&lt;p&gt;• Sociétés agricoles, exploitants agricoles et groupements d’agriculteurs (études uniquement).&lt;/p&gt;&lt;p&gt;• Organismes de formation avec numéro d’agrément.&lt;/p&gt;&lt;p&gt;• Organismes d’enseignement.&lt;/p&gt;&lt;p&gt;• Fondations.&lt;/p&gt;&lt;p&gt;• Établissements privés à but non lucratif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Autres conditions d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D’ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d’aide publique. Au moment du paiement, le montant d’aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;/p&gt;&lt;p&gt;• Plafond maximum de dépenses publiques pour les projets d’investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;• Plafond maximum d’attribution d’une aide Leader sur le territoire du GAL Castelroussin-Valençay : 80 000 €&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt; les dépenses éligibles sont déterminées lors de l’instruction. Le seuil est donc vérifié à cette étape et non lors du dépôt de dossier. Le seuil est vérifié à nouveau lors de la demande de paiement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense. Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, l&amp;#039;investissement doit être réalisé sur le périmètre du GAL Castelroussin-Valençay (hors projet de coopération).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À noter :&lt;/strong&gt; possibilité de mise en place d&amp;#039;actions hors périmètre du GAL à condition que les bénéfices resurgissent sur le territoire de celui-ci.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;DÉPENSES ÉLIGIBLES SUR FACTURE : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  •    Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;
  &lt;br /&gt;
  •    Prestation de services et frais d&amp;#039;honoraires en accompagnement 
 comptable, juridique, et technique nécessaire à la réalisation de 
 l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;
  &lt;br /&gt;
  •    Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;
  &lt;br /&gt;
  •    Frais de conception et d&amp;#039;aménagement de stands ;
  &lt;br /&gt;
  •    Frais de communication (encart publicitaire, frais d&amp;#039;impression, 
 affranchissement pour envoi en nombre, conception de supports de 
 communication), de promotion, d&amp;#039;information (guide, film, site 
 internet...) ;
  &lt;br /&gt;
  •    Acquisition de matériel/outillage industriel, mobilier, 
 fournitures (hors acquisition d&amp;#039;occasion et hors investissement 
 agricole) ;
  &lt;br /&gt;
  •    Investissement immatériel (logiciels et brevets) ;
  &lt;br /&gt;
  •    Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;
  &lt;br /&gt;
@@ -41114,2264 +38107,2979 @@
  &lt;br /&gt;
  •    Location de biens meubles ou immeubles ;
  &lt;br /&gt;
  •    Véhicule en lien direct avec le projet (maximum 1 par opération) 
 et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention
  et dans le périmètre éligible au programme LEADER.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  DÉPENSES ÉLIGIBLES DE PERSONNEL :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  •    Frais de personnels nécessaires à la réalisation de l&amp;#039;opération et
  comportant un lien démontré avec celle-ci (salaires, charges liées et 
 traitements accessoires, un justificatif de temps de travail sera 
 demandé) ;
  &lt;br /&gt;
  •    Coûts indirects selon un taux forfaitaire de 15 % des frais de 
 personnels directs éligibles (option de coûts simplifiés (OCS) 
 conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux 
 plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 
 2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;
  &lt;br /&gt;
  •    Notes de frais des personnels ou bénévoles.
 &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S242" s="1" t="inlineStr">
+      <c r="S221" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T242" s="1" t="inlineStr">
+      <c r="T221" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U242" s="1" t="inlineStr">
+      <c r="U221" s="1" t="inlineStr">
         <is>
           <t>GAL Castelroussin-Valençay</t>
         </is>
       </c>
-      <c r="V242" s="1" t="inlineStr">
+      <c r="V221" s="1" t="inlineStr">
         <is>
           <t>https://www.payscastelroussin.fr/actions/leader.html</t>
         </is>
       </c>
-      <c r="W242" s="1" t="inlineStr">
+      <c r="W221" s="1" t="inlineStr">
         <is>
           <t>https://nosaidesenligneregion.centre-valdeloire.fr/</t>
         </is>
       </c>
-      <c r="X242" s="1" t="inlineStr">
+      <c r="X221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Thibault MOURIER&lt;/p&gt;&lt;p&gt;Gestionnaire / Animateur&lt;/p&gt;&lt;p&gt;Tél : 02.34.68.04.70&lt;/p&gt;&lt;p&gt;Courriel : leader&amp;#64;payscastelroussin.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y242" s="1" t="inlineStr">
+      <c r="Y221" s="1" t="inlineStr">
         <is>
           <t>leader@payscastelroussin.fr</t>
         </is>
       </c>
-      <c r="Z242" s="1" t="inlineStr">
+      <c r="Z221" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-une-politique-economique-locale-basee-sur-les-specificites-du-territoire/</t>
         </is>
       </c>
-      <c r="AA242" s="1" t="inlineStr">
+      <c r="AA221" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="243" spans="1:27" customHeight="0">
-[...37 lines deleted...]
-      <c r="H243" s="1" t="inlineStr">
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>165067</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Aide individuelle régionale à la formation</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Aide individuelle régionale à la formation</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K243" s="1" t="inlineStr">
-[...212 lines deleted...]
-      <c r="K245" s="1" t="inlineStr">
+      <c r="K222" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L245" s="1" t="inlineStr">
+      <c r="L222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides individuelles régionales à la formation permettent de financer les parcours de formation qualifiants qui ne sont pas proposés dans l&amp;#039;offre collective régionale. Les formations financées par l&amp;#039;offre collective de la Région Nouvelle-Aquitaine sont consultables sur ce site : www.cmaformation-na.fr (faites votre recherche et sélectionnez le filtre &amp;#34;candidature libre&amp;#34; en bas à gauche de l&amp;#039;écran, si la formation est proposée, votre inscription devra être réalisée directement sur ce site). 
 Nous vous recommandons de vous faire accompagner dans cette démarche par un Conseiller en évolution professionnelle auprès de France Travail Cap Emploi, une mission locale, l&amp;#039;APEC, ou une structure d&amp;#039;accompagnement : Plan Local Insertion Emploi (PLIE), Département. 
 En cas d&amp;#039;accord, l&amp;#039;aide est directement versée à l&amp;#039;organisme de formation. &lt;/p&gt;&lt;p&gt;Objectifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser l&amp;#039;accès à la formation et à l&amp;#039;emploi, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir une qualification reconnue, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutenir les parcours individuels de formation.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M245" s="1" t="inlineStr">
+      <c r="M222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide s&amp;#039;élève à 5 000 € maximum par année de formation. &lt;/p&gt;&lt;p&gt;Elle peut être sollicitée sur une période maximale de 2 années de formation (soit 10 000 €).
 	&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Dépenses prises en compte : frais pédagogiques (ou frais de scolarité), &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Dépenses non prises en compte : frais ou droits d&amp;#039;inscription, de sélection, de concours, de dossier, d&amp;#039;équipement. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Des cofinancements sont possibles (financement personnel et organismes de financement). Le Compte Personnel de Formation (CPF) ne pourra pas être mobilisé en cofinancement.
 En cas d&amp;#039;accord, l&amp;#039;aide est versée à l&amp;#039;organisme de formation à l&amp;#039;issue de la formation. Le montant dû est ajusté au nombre d&amp;#039;heures réalisées par le bénéficiaire au sein de sa structure de formation.&lt;/span&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N245" s="1" t="inlineStr">
+      <c r="N222" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O245" s="1" t="inlineStr">
+      <c r="O222" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R245" s="1" t="inlineStr">
+      <c r="R222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires: &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les personnes sans activité, en recherche d&amp;#039;emploi, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les personnes en situation de handicap, la Région Nouvelle-Aquitaine, en partenariat avec l&amp;#039;AGEFIPH, se mobilise pour que votre situation de handicap soit prise en compte durant votre formation, si vous en exprimez le besoin.
 	Vous êtes invitésà vous rapprocher du Référent Handicap du centre de formation ou bienvotre conseiller à l&amp;#039;emploi pour en parler et anticiper les aménagements nécessaires à votre situation. Pour consulter la liste des organismes de formation engagés au côté de la Région Nouvelle-Aquitaine et de l&amp;#039;AGEFIPH, pour l&amp;#039;accueil des personnes en situation de handicap, veuillez consulter le site du CRFH. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;strong&gt;Critères de sélection :&lt;/strong&gt;&lt;/span&gt;&lt;p&gt;&lt;span&gt; Le service instructeur de la Région étudie l&amp;#039;ensemble de votre dossier de demande et les pièces justificatives fournies.
 L&amp;#039;attribution de l&amp;#039;aide repose sur les critères suivants : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Critères liés au demandeur : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etre sans activité, à la recherche d&amp;#039;un emploi, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;Résider sur le territoire de la Nouvelle-Aquitaine, &lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir suivi de formation financée par la Région Nouvelle-Aquitaine sur les 6 mois précédantla demande. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les personnes sous statut scolaire ou étudiant ne sont pas éligibles aux aides individuelles régionales à la formation. &lt;/span&gt;&lt;p&gt;&lt;span&gt; Critères liés à la formation : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Elle doit se dérouler sur le territoire de la Nouvelle-Aquitaine (sauf si celle-ci n&amp;#039;existe pas), &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Elle doit viser l&amp;#039;obtention d&amp;#039;une qualification et être délivrée par un organisme de formation certifié Qualiopi, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Elle ne doit pas être déjà financée par un autre dispositif de la Région Nouvelle-Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Pour consulter les formations déjà financées par la Région Nouvelle-Aquitaine :&lt;a href="https://www.cmaformation-na.fr/" target="_self"&gt;CMaFormation en Nouvelle-Aquitaine (cmaformation-na.fr)&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S245" s="1" t="inlineStr">
+      <c r="S222" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T245" s="1" t="inlineStr">
+      <c r="T222" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U245" s="1" t="inlineStr">
+      <c r="U222" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V245" s="1" t="inlineStr">
+      <c r="V222" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-individuelle-regionale-la-formation</t>
         </is>
       </c>
-      <c r="W245" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X245" s="1" t="inlineStr">
+      <c r="X222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Nous vous recommandons de vous faire accompagner par un conseiller en évolution professionnelle (conseiller France Travail, Cap Emploi, Mission Locale, APEC) ou une structure d&amp;#039;accompagnement dédiée (PLIE, Département …). Il complètera et vous remettra l&amp;#039;attestation &amp;#34;CEP- structure d&amp;#039;accompagnement&amp;#34; (dont le modèle est à télécharger ci-dessous). Ce document pourra être joint à votre dossier de demande. &lt;/p&gt;&lt;p&gt;Le dépôt de votre dossier s&amp;#039;effectue ensuite sur notre plateforme en ligne Mes démarches en Nouvelle-Aquitaine. Cette plateforme est accessible par le bouton « Créer mon dossier », en bas de cette page.&lt;/p&gt;&lt;p&gt;Pour déposer votre demande, il est nécessaire de créer un compte sur notre plateforme, si vous n&amp;#039;en possédez pas déjà un.&lt;/p&gt;&lt;p&gt;Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par la suite, vous pourrez suivre l&amp;#039;avancée du traitement de votre demande en vous connectant à votre compte.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un tutoriel d&amp;#039;aide « Procédure de dépôt d&amp;#039;une demande d&amp;#039;aide » est à votre disposition, en pièce-jointe au bas de la page, pour vous accompagner dans cette démarche.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le formulaire de demande est à compléter et à soumettre en ligne, accompagné des pièces suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;une pièce d&amp;#039;identité, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un Curriculum Vitae (CV), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un justificatif de moins de 3 mois permettant d&amp;#039;attester le lieu de votre résidence principale,  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l&amp;#039;attestation du conseiller complétée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un devis personnalisé de l&amp;#039;action de formation établi par l&amp;#039;organisme de formation à votre nom/prénom, document à remettre à l&amp;#039;organisme de formation pour garantir la conformité du devis, à télécharger ci-dessous (devis type),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une attestation de l’organisme de formation indiquant le statut du demandeur durant la formation : stagiaire de la formation professionnelle continue ou scolaire/étudiant,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la copie écran du montant de votre CPF disponible sur l&amp;#039;applicatif &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;moncompteformation.gouv.fr. &lt;/span&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le dépôt d&amp;#039;un dossier de demande est possible tout au long de l&amp;#039;année. &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Il devra être déposé complet : 5 semaines avant la date d&amp;#039;entrée en formation. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y245" s="1" t="inlineStr">
+      <c r="Y222" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z245" s="1" t="inlineStr">
+      <c r="Z222" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-individuelle-regionale-a-la-formation/</t>
         </is>
       </c>
-      <c r="AA245" s="1" t="inlineStr">
+      <c r="AA222" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="246" spans="1:27" customHeight="0">
-      <c r="A246" s="1">
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
         <v>165089</v>
       </c>
-      <c r="B246" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Soutenir la découverte et la promotion des métiers et des formations - Volet territorial</t>
         </is>
       </c>
-      <c r="D246" s="1" t="inlineStr">
+      <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Soutien à la découverte et à la promotion des métiers et des formations - Volet territorial</t>
         </is>
       </c>
-      <c r="E246" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G246" s="1" t="inlineStr">
+      <c r="G223" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="I246" s="1" t="inlineStr">
+      <c r="I223" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K246" s="1" t="inlineStr">
+      <c r="K223" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L246" s="1" t="inlineStr">
+      <c r="L223" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien une action de découverte et de promotion des métiers sur un territoire rattaché à l&amp;#039;une des 12 Maisons de la Région Grand Est ? &lt;/h2&gt;&lt;p&gt;Bénéficiez d’une souplesse dans la programmation de votre projet avec :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;2 campagnes de dépôt des dossiers&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une structure membre du Service Public Régional de l’Orientation (SPRO) Grand Est,&lt;/li&gt;
 &lt;li&gt;une association,&lt;/li&gt;
 &lt;li&gt;une branche professionnelle&lt;/li&gt;
 &lt;li&gt;une collectivité territoriale.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Les organismes de formation, les structures non implantées dans la Région Grand Est ne sont pas éligibles.&lt;/p&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;La découverte et la connaissance des métiers et des formations notamment des secteurs professionnels stratégiques, ou la valorisation de savoir-faire d’exception&lt;/li&gt;
 &lt;li&gt;L’expérience immersive dans le monde économique et professionnel, y compris dans un format collectif permettant la découverte des métiers en groupe&lt;/li&gt;
 &lt;li&gt;L’égalité professionnelle et la mixité des métiers&lt;/li&gt;
 &lt;li&gt;L’engagement des jeunes dans des projets, avec une immersion en situation réelle pour « apprendre en faisant » et sensibiliser à l’entreprenariat&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous abordez ces thématiques prioritaires, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal, &lt;/strong&gt;selon l’intérêt et la conformité de la proposition :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;70 % maximum du montant total&lt;/strong&gt; de l’action pour les actions dont le montant est inférieur à 25 000 € TTC&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;jusqu’à 40 %&lt;/strong&gt; si le montant total de l’action est supérieur à 25 000 € TTC.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Pour bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches, &lt;strong&gt;prenez contact dès à présent avec le Chargé de Mission Orientation de la Maison de la Région de votre territoire&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N246" s="1" t="inlineStr">
+      <c r="N223" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O246" s="1" t="inlineStr">
+      <c r="O223" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P246" s="1" t="inlineStr">
+      <c r="P223" s="1" t="inlineStr">
         <is>
           <t>03/04/2025</t>
         </is>
       </c>
-      <c r="Q246" s="1" t="inlineStr">
+      <c r="Q223" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="S246" s="1" t="inlineStr">
+      <c r="S223" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U246" s="1" t="inlineStr">
+      <c r="U223" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V246" s="1" t="inlineStr">
+      <c r="V223" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/appel-a-projet/decouverte-promotion-metiers-formations-territorial/</t>
         </is>
       </c>
-      <c r="W246" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X246" s="1" t="inlineStr">
+      <c r="X223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contactez un chargé de mission orientation : https://www.grandest.fr/wp-content/uploads/2025/03/plaquette-reseau-cmo.pdf&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y246" s="1" t="inlineStr">
+      <c r="Y223" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z246" s="1" t="inlineStr">
+      <c r="Z223" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-decouverte-et-a-la-promotion-des-metiers-et-des-formations-volet-territorial/</t>
         </is>
       </c>
-      <c r="AA246" s="1" t="inlineStr">
+      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="247" spans="1:27" customHeight="0">
-      <c r="A247" s="1">
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
         <v>165090</v>
       </c>
-      <c r="B247" s="1" t="inlineStr">
+      <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Soutenir la découverte et la promotion des métiers et des formations - Volet régional</t>
         </is>
       </c>
-      <c r="D247" s="1" t="inlineStr">
+      <c r="D224" s="1" t="inlineStr">
         <is>
           <t>Soutien à la découverte et à la promotion des métiers et des formations - Volet régional</t>
         </is>
       </c>
-      <c r="E247" s="1" t="inlineStr">
+      <c r="E224" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G247" s="1" t="inlineStr">
+      <c r="G224" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="I247" s="1" t="inlineStr">
+      <c r="I224" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K247" s="1" t="inlineStr">
+      <c r="K224" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L247" s="1" t="inlineStr">
+      <c r="L224" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien une action de découverte des métiers et des formations ? &lt;br /&gt;
 &lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale pouvant aller &lt;strong&gt;jusqu’à 70% du montant de votre projet. &lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Membre du SPRO,&lt;/li&gt;
 &lt;li&gt;Une structure du champ de l’éducation, de l’orientation, de la formation et de l’insertion,&lt;/li&gt;
 &lt;li&gt;Une collectivité territoriale,&lt;/li&gt;
 &lt;li&gt;Un organisme de droit privé ou établissement public reconnu pour son expertise dans le domaine des salons post bac,&lt;/li&gt;
 &lt;li&gt;Un établissement public tel université, fédération, branche professionnelle,&lt;/li&gt;
 &lt;li&gt;Un pôle de compétitivité rattaché à une filière,&lt;/li&gt;
 &lt;li&gt;Un Opérateur de Compétences (OPCO),&lt;/li&gt;
 &lt;li&gt;Un Campus des Métiers et des Qualifications (CMQ), ….&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;La découverte et la connaissance des métiers et des formations, notamment des secteurs professionnels stratégiques, ou la valorisation de savoir-faire d’exception&lt;/li&gt;
 &lt;li&gt;L’information sur les filières de formation post bac&lt;/li&gt;
 &lt;li&gt;L’expérience immersive dans le monde économique et professionnel, y compris dans un format collectif permettant la découverte des métiers en groupe&lt;/li&gt;
 &lt;li&gt;L’accompagnement de publics fragiles (décrocheur, handicap, IAE)&lt;/li&gt;
 &lt;li&gt;L’égalité professionnelle et la mixité des métiers&lt;/li&gt;
 &lt;li&gt;L’engagement des jeunes dans des projets avec une immersion en situations réelles pour « apprendre en faisant » et sensibiliser à l’entreprenariat&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous aborder ces thématiques prioritaires, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/h4&gt;
 &lt;p&gt;Un taux sera dédié au projet, selon l’intérêt et la conformité de la proposition.&lt;/p&gt;
 &lt;p&gt;Votre montant d’aide maximal :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;70 % maximum du montant total de l’action pour les actions dont le montant est inférieur à 25000 € TTC&lt;/li&gt;
 &lt;li&gt;40 % si le montant total de l’action est supérieur à 25000 € TTC.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;Aides complémentaires&lt;/h4&gt;
 &lt;p&gt;Une aide complémentaire peut être sollicitée auprès du &lt;strong&gt;FSE&amp;#43;&lt;/strong&gt; dans le cadre du programme &lt;strong&gt;FEDER FSE&amp;#43; FTJ Grand Est&lt;/strong&gt; et &lt;strong&gt;Massif des Vosges 2021-2027&lt;/strong&gt; (cf. la fiche FSE&amp;#43; en annexe 1) et/ou mobiliser d’autres co-financements.&lt;/p&gt;
 &lt;p&gt;Pour plus de détails, consulter le site internet : &lt;a href="http://www.beurope.grandest.fr"&gt;www.beurope.grandest.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services orientation de la Région Grand Est&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
 &lt;h4&gt;PUIS&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne. &lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N247" s="1" t="inlineStr">
+      <c r="N224" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O247" s="1" t="inlineStr">
+      <c r="O224" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P247" s="1" t="inlineStr">
+      <c r="P224" s="1" t="inlineStr">
         <is>
           <t>03/04/2025</t>
         </is>
       </c>
-      <c r="Q247" s="1" t="inlineStr">
+      <c r="Q224" s="1" t="inlineStr">
         <is>
           <t>01/12/2025</t>
         </is>
       </c>
-      <c r="S247" s="1" t="inlineStr">
+      <c r="S224" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U247" s="1" t="inlineStr">
+      <c r="U224" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V247" s="1" t="inlineStr">
+      <c r="V224" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/appel-a-projet/decouverte-promotion-metiers-formations-regional/</t>
         </is>
       </c>
-      <c r="W247" s="1" t="inlineStr">
+      <c r="W224" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0316/depot/simple</t>
         </is>
       </c>
-      <c r="X247" s="1" t="inlineStr">
+      <c r="X224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;spro&amp;#64;grandest.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y247" s="1" t="inlineStr">
+      <c r="Y224" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z247" s="1" t="inlineStr">
+      <c r="Z224" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-decouverte-et-a-la-promotion-des-metiers-et-des-formations-volet-regional/</t>
         </is>
       </c>
-      <c r="AA247" s="1" t="inlineStr">
+      <c r="AA224" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="248" spans="1:27" customHeight="0">
-      <c r="A248" s="1">
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
         <v>165114</v>
       </c>
-      <c r="B248" s="1" t="inlineStr">
+      <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Indemnité en stage des élèves aides-soignants</t>
         </is>
       </c>
-      <c r="D248" s="1" t="inlineStr">
+      <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Indemnité en stage des élèves aides-soignants</t>
         </is>
       </c>
-      <c r="E248" s="1" t="inlineStr">
+      <c r="E225" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G248" s="1" t="inlineStr">
+      <c r="G225" s="1" t="inlineStr">
         <is>
           <t>Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H248" s="1" t="inlineStr">
+      <c r="H225" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K248" s="1" t="inlineStr">
+      <c r="K225" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L248" s="1" t="inlineStr">
+      <c r="L225" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien votre formation conduisant au Diplôme d’Etat d&amp;#039;aide-soignant ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale portant indemnité de stage&lt;/strong&gt;&lt;strong&gt; pour la réalisation de la formation clinique : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Montant 35 € /semaine correspondant à un stage de 35 heures&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes élève aide-soignant :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;inscrit dans un institut de formation d’aides-soignants agréé par la Région Grand Est&lt;/li&gt;
 &lt;li&gt;dont les frais de formation sont pris en charge par la Région Grand Est&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard du règlement régional.&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;L’élève devra faire sa demande d’aide régionale conformément au calendrier suivant :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;au plus tôt à l’issue de la réalisation de chaque stage (4 périodes de stage étant référencées sur la formation aide-soignant)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;ET&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;au plus tard &lt;strong&gt;dans les 8 semaines qui suivent la sortie de chaque stage&lt;/strong&gt;.&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N248" s="1" t="inlineStr">
+      <c r="N225" s="1" t="inlineStr">
         <is>
           <t>Santé
 Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O248" s="1" t="inlineStr">
+      <c r="O225" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P248" s="1" t="inlineStr">
+      <c r="P225" s="1" t="inlineStr">
         <is>
           <t>16/07/2024</t>
         </is>
       </c>
-      <c r="S248" s="1" t="inlineStr">
+      <c r="S225" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T248" s="1" t="inlineStr">
+      <c r="T225" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U248" s="1" t="inlineStr">
+      <c r="U225" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V248" s="1" t="inlineStr">
+      <c r="V225" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/indemnite-stage-eleves-aides-soignants/</t>
         </is>
       </c>
-      <c r="W248" s="1" t="inlineStr">
+      <c r="W225" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0282/depot/simple</t>
         </is>
       </c>
-      <c r="X248" s="1" t="inlineStr">
+      <c r="X225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif prendra effet dès la rentrée scolaire 2024/2025&lt;/p&gt;&lt;p&gt;aidesoignant&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 64 94&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y248" s="1" t="inlineStr">
+      <c r="Y225" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z248" s="1" t="inlineStr">
+      <c r="Z225" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/indemnite-en-stage-des-eleves-aides-soignants/</t>
         </is>
       </c>
-      <c r="AA248" s="1" t="inlineStr">
+      <c r="AA225" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="249" spans="1:27" customHeight="0">
-      <c r="A249" s="1">
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
         <v>165116</v>
       </c>
-      <c r="B249" s="1" t="inlineStr">
+      <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Mener à bien un projet de formation au sein d’un GRETA</t>
         </is>
       </c>
-      <c r="D249" s="1" t="inlineStr">
+      <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Diplôme en accès individuel - DAI</t>
         </is>
       </c>
-      <c r="E249" s="1" t="inlineStr">
+      <c r="E226" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G249" s="1" t="inlineStr">
+      <c r="G226" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="K249" s="1" t="inlineStr">
+      <c r="K226" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L249" s="1" t="inlineStr">
+      <c r="L226" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de formation au sein d’un GRETA de la Région Grand Est ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 100% du coût pédagogique de formation&lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Demandeur d’emploi justifiant de 18 mois d’expérience professionnelle à temps plein ou 36 mois à temps partiel.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Cette expérience professionnelle n’est pas obligatoire pour les demandeurs d’emploi de moins de 30 ans qui souhaitent suivre une formation de niveau CAP ou BAC.&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Votre projet professionnel doit avoir au préalable été validé par votre conseiller France Travail, Mission Locale ou Cap Emploi.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Et si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;p&gt;Une formation certifiante (CAP, BAC, BTS, Certificat de Spécialisation) dispensée par un GRETA de la Région Grand Est &lt;strong&gt;principalement dans :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;les secteurs prioritaires&lt;/strong&gt; : &lt;strong&gt;industrie automobile, sanitaire et social, énergie, agriculture, forêt et agro-alimentaire&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;et &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;les secteurs d’avenir&lt;/strong&gt; &lt;strong&gt;: hôtellerie-restauration-tourisme, transport-logistique, numérique, bâtiment et inter-industrie&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;La Région Grand Est prend en charge 100% des coûts pédagogiques et de fonctionnement des actions de formation.&lt;/p&gt;
 &lt;p&gt;L’aide accordée sera versée directement au GRETA.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Particularités :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;les formations de niveau 6 (niveau supérieur au Bac &amp;#43; 2) &lt;strong&gt;dans le secteur du numérique exclusivement&lt;/strong&gt; pourront être prises en charge dans le cadre du DAI à condition que celles-ci ne soient pas déjà financées par France Travail ou par la Région Grand Est&lt;/li&gt;
 &lt;li&gt;seront autorisées sans délai de carence les suites de parcours des personnes souhaitant intégrer un niveau 4 à l’issue de leur formation de niveau 3 ou des personnes souhaitant  compléter leur formation de niveaux 3 ou 4 par une spécialisation (Exemple : compléter un CAP Boulanger par un CAP Pâtisserie)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;1/ Identifiez la formation qui vous intéresse, sur proposition de votre conseiller France Travail, Mission Locale ou Cap Emploi ou directement sur le site des GRETA :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.greta-cfa-alsace.fr/"&gt;GRETA Alsace&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.academiereims.fr/"&gt;GRETA Champagne-Ardenne&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.greta-lorraine.fr/"&gt;GRETA Lorraine&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt; &lt;/strong&gt;2/ Faites valider votre projet de formation par votre conseiller France Travail, Mission Locale ou Cap Emploi.&lt;/p&gt;
 &lt;p&gt;3/ Remplissez ensemble une fiche « Formation Individuelle Education Nationale » qui sera adressée au GRETA, accompagnée de votre CV et des pièces justificatives requises.&lt;/p&gt;
 &lt;p&gt;4/ Le GRETA émet alors un avis sur la prise en charge de la formation dans le cadre du DAI et en informe la Région Grand Est.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N249" s="1" t="inlineStr">
+      <c r="N226" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O249" s="1" t="inlineStr">
+      <c r="O226" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P249" s="1" t="inlineStr">
+      <c r="P226" s="1" t="inlineStr">
         <is>
           <t>11/07/2024</t>
         </is>
       </c>
-      <c r="S249" s="1" t="inlineStr">
+      <c r="S226" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U249" s="1" t="inlineStr">
+      <c r="U226" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V249" s="1" t="inlineStr">
+      <c r="V226" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/dai/</t>
         </is>
       </c>
-      <c r="W249" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X249" s="1" t="inlineStr">
+      <c r="X226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Votre contact&lt;/p&gt;&lt;p&gt;Dorothée FISCHER&lt;/p&gt;&lt;p&gt;dorothee.fischer&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 64 73&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y249" s="1" t="inlineStr">
+      <c r="Y226" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z249" s="1" t="inlineStr">
+      <c r="Z226" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diplome-en-acces-individuel-dai/</t>
         </is>
       </c>
-      <c r="AA249" s="1" t="inlineStr">
+      <c r="AA226" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="250" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E250" s="1" t="inlineStr">
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
+        <v>165204</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Soutien à la mise en œuvre de la mission pour des villes intelligentes et climatiquement neutres - 2026</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Soutien à la mise en œuvre de la mission pour des villes intelligentes et climatiquement neutres - 2026</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G250" s="1" t="inlineStr">
+      <c r="G227" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H250" s="1" t="inlineStr">
+      <c r="H227" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K250" s="1" t="inlineStr">
+      <c r="K227" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L250" s="1" t="inlineStr">
-[...112 lines deleted...]
-      <c r="L251" s="1" t="inlineStr">
+      <c r="L227" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;37 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 37 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 7 millions et 12 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;strong&gt;Différentes catégories de projets sont éligibles :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;u&gt;TOPICS&lt;/u&gt; :   Ouvert  &lt;ul&gt;    &lt;li&gt;HORIZON-MISS-2026-04-PCP-CIT-01: Stimuler la transformation vers des villes neutres sur le plan climatique, l&amp;#039;économie nette zéro et l&amp;#039;autonomie stratégique ouverte grâce aux achats publics avant commercialisation (APC)&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Pour trouver votre Point de Contact National (PCN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2025/wp-12-missions_horizon-2025_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/HORIZON-MISS-2026-04-PCP-CIT-01?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;HORIZON-MISS-2026-04-PCP&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations :&lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/eu-missions-horizon-europe/climate-neutral-and-smart-cities_en" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N251" s="1" t="inlineStr">
+      <c r="N227" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Transition énergétique
 Education et renforcement des compétences
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 International
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O251" s="1" t="inlineStr">
+      <c r="O227" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P251" s="1" t="inlineStr">
+      <c r="P227" s="1" t="inlineStr">
         <is>
           <t>06/05/2025</t>
         </is>
       </c>
-      <c r="Q251" s="1" t="inlineStr">
+      <c r="Q227" s="1" t="inlineStr">
         <is>
           <t>20/01/2026</t>
         </is>
       </c>
-      <c r="S251" s="1" t="inlineStr">
+      <c r="S227" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U251" s="1" t="inlineStr">
+      <c r="U227" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V251" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y251" s="1" t="inlineStr">
+      <c r="V227" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-soutien-a-la-mise-en-oeuvre-de-la-mission-pour-des-villes-intelligentes-et-climatiquement-neutres-2026/</t>
+        </is>
+      </c>
+      <c r="Y227" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z251" s="1" t="inlineStr">
+      <c r="Z227" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-soutien-a-la-mise-en-oeuvre-de-la-mission-pour-des-villes-intelligentes-et-climatiquement-neutres-2026/</t>
         </is>
       </c>
-      <c r="AA251" s="1" t="inlineStr">
+      <c r="AA227" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="252" spans="1:27" customHeight="0">
-[...110 lines deleted...]
-      <c r="A253" s="1">
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
         <v>165299</v>
       </c>
-      <c r="B253" s="1" t="inlineStr">
+      <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Développer les séjours d'études à l’étranger post bac - année académique 2025-2026</t>
         </is>
       </c>
-      <c r="D253" s="1" t="inlineStr">
+      <c r="D228" s="1" t="inlineStr">
         <is>
           <t>Séjours d'études à l’étranger post bac - année académique 2025-2026</t>
         </is>
       </c>
-      <c r="E253" s="1" t="inlineStr">
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G253" s="1" t="inlineStr">
+      <c r="G228" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="K253" s="1" t="inlineStr">
+      <c r="K228" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L253" s="1" t="inlineStr">
+      <c r="L228" s="1" t="inlineStr">
         <is>
           <t>La Région Nouvelle-Aquitaine souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi. Contribuer à la réalisation d’un séjour d&amp;#039;études à l’étranger, d’une durée de 8 semaines minimum pour les étudiants inscrits dans un établissement d’enseignement ou auprès d’un organisme de formation de la Région Nouvelle-Aquitaine. Afin de renforcer son soutien aux publics les plus précaires, la Région Nouvelle-Aquitaine met en place un «bonus inclusion » à l’attention des jeunes présentant des critères de ressources bas.</t>
         </is>
       </c>
-      <c r="M253" s="1" t="inlineStr">
+      <c r="M228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L’aide de la Région Nouvelle-Aquitaine sera apportée sous la forme d’une enveloppe globale pour l’ensemble du parcours de formation des apprenants, jusqu’au niveau Master2 inclus, dans laquelle ils pourront puiser à l’occasion de chacune de leurs mobilités, dans la limite du plafond prévu. Le montant de cette enveloppe globale régionale est fixé à 3 600 € maximum pour les non boursiers et 4 500 € maximum pour les boursiers (hors prise en compte des situations de handicap).&lt;/p&gt;&lt;p&gt;Le plafond de financement par année académique est de 26 semaines maximum par dispositif.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide régionale est susceptible d’être accordée sous la forme d&amp;#039;une bourse calculée de la façon suivante :&lt;/p&gt;&lt;p&gt;pour les boursiers :&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 110 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;pour les non boursiers :&lt;/p&gt;&lt;p&gt;une aide de 80 € maximum par semaine&lt;/p&gt;&lt;p&gt;une aide de 100 € maximum par semaine (bonus inclusion)&lt;/p&gt;&lt;p&gt;Une semaine est réputée complète lorsqu&amp;#039;elle comporte au minimum trois jours ouvrés.&lt;/p&gt;&lt;p&gt;Les dates de trajet ne sont pas prises en compte dans le calcul de la bourse.&lt;/p&gt;&lt;p&gt;Pour les apprenants en situation de handicap, les frais supplémentaires dans le cadre du stage pourront être pris en charge par la Région sur présentation de factures (hors frais de taxi individuel, dans la limite de 1 000 € par stage) déduction faite des financements spécifiques obtenus par ailleurs.&lt;/p&gt;&lt;p&gt;Cette aide financière de la Région Nouvelle-Aquitaine contribue à la réalisation par l’apprenant du séjour à l’étranger mais ne saurait couvrir l’intégralité des frais afférents. Il convient donc pour l’apprenant de s’assurer avant le départ de disposer d’un budget complémentaire couvrant tous les frais.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La bourse est versée en deux fois :&lt;/p&gt;&lt;p&gt;Premier versement : 80 % de la bourse&lt;/p&gt;&lt;p&gt;Vous recevez 80% de la bourse après que votre dossier a été accepté.&lt;/p&gt;&lt;p&gt;Pour recevoir cette première partie de la bourse dès votre arrivée à l’étranger, et dans un délai maximum de 2 mois après la date de début du séjour d&amp;#039;études, vous devez fournir :&lt;/p&gt;&lt;p&gt;un justificatif nominatif de transport (billet d&amp;#039;avion, ou de train, ticket de péage),&lt;/p&gt;&lt;p&gt;une attestation d&amp;#039;arrivée signée par la structure d&amp;#039;accueil à l&amp;#039;étranger certifiant la présence à l&amp;#039;étranger et la date de début du séjour&lt;/p&gt;&lt;p&gt;Deuxième versement : le reste de la bourse&lt;/p&gt;&lt;p&gt;Vous devez faire une demande en ligne sur le site Mes Démarches en Nouvelle-Aquitaine. Cette démarche doit être effectuée au maximum 2 mois après la date de fin de votre séjour d&amp;#039;études.&lt;/p&gt;&lt;p&gt;Vous devez ajouter 2 documents : &lt;/p&gt;&lt;p&gt;une attestation de fin de séjour&lt;/p&gt;&lt;p&gt;un justificatif nominatif de transport retour&lt;/p&gt;&lt;p&gt;L’attestation de fin de stage doit :&lt;/p&gt;&lt;p&gt;préciser les dates réelles de début et de fin de séjour, &lt;/p&gt;&lt;p&gt;être datée et signée par la structure d’accueil à l’étranger &lt;/p&gt;&lt;p&gt;être contresignée par l’établissement d’étude/formation en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Dans le cas où la durée effectivement réalisée est inférieure à la durée initialement prévue, l&amp;#039;aide au séjour sera automatiquement révisée en fonction de la durée effective.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lorsque la durée effective de la mobilité est supérieure à la durée initialement prévue, la modification ne donne pas lieu à correction du montant de l’allocation. Le dépôt d’un second dossier est possible.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine émettra un titre de recette si le montant de la première avance versée est supérieur au montant définitif de la bourse.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;De même en cas de non-réalisation du séjour, de réalisation partielle ou si la durée minimum n&amp;#039;est pas réalisée, et conformément à l’article L242-2 du code des relations entre le public et l’administration et la procédure de retrait de décision créatrice de droit, un titre de recette sera émis pour le remboursement des sommes déjà versées, sauf circonstances exceptionnelles, notamment accident, décès d’un proche, rapatriement, catastrophes naturelles, dûment attestées, et après instruction.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Toute remise des documents demandés au-delà du délai maximum de 2 mois après la date de fin de mobilité pourra entrainer une demande de remboursement des sommes déjà perçues.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N253" s="1" t="inlineStr">
+      <c r="N228" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O253" s="1" t="inlineStr">
+      <c r="O228" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R253" s="1" t="inlineStr">
+      <c r="R228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;étudiant&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;apprenti&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Inscrit dans un établissement d’enseignement ou de formation de la Région Nouvelle-Aquitaine et réalisant un séjour d&amp;#039;études à l’étranger dans le cadre de son cursus en formation initiale ou continue.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt; Le bénéficiaire doit être inscrit dans un établissement reconnu et habilité par l’Etat à délivrer des diplômes, ou reconnu et/ou agréé par la Région Nouvelle-Aquitaine pour les formations sanitaires et sociales. En outre, le diplôme préparé doit être reconnu par l’Etat au titre d’une formation diplômante enregistrée au Répertoire National des Certifications Professionnelles (RNCP).&lt;/p&gt;&lt;p&gt;Sont inéligibles les mobilités des étudiants domiciliés hors Nouvelle-Aquitaine inscrits dans des formations réalisées à distance et proposées par des établissements du territoire de la Région Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire doit être âgé de moins de 31 ans à la date du début de sa mobilité.&lt;/p&gt;&lt;p&gt;Le plafond des revenus est fixé à 50 000€ (revenu fiscal de référence, pondéré par les points de charge - cf. point 2 Conditions de ressources et points de charge du Règlement régional séjours d&amp;#039;études à l&amp;#039;étranger post bac à télécharger en bas de page).&lt;/p&gt;&lt;p&gt;Le niveau de ressources apprécié est celui du ou des parents de l’étudiant, sauf si ce dernier est indépendant financièrement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt; Le séjour d&amp;#039;études doit se dérouler hors du territoire français. Les séjours d&amp;#039;études se déroulant dans un territoire, département, région ou collectivité d’outre-mer ne sont pas éligibles. En outre, les séjours d&amp;#039;études dans des établissements étrangers, effectués en distanciel depuis la France, ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Un séjour d&amp;#039;études faisant l&amp;#039;objet d&amp;#039;une participation financière d&amp;#039;un Opérateur de Compétences (OPCO) supérieure ou égale à 700€ n&amp;#039;est pas éligible&lt;/p&gt;&lt;p&gt;La durée du séjour d&amp;#039;études doit être au minimum de 8 semaines consécutives.&lt;/p&gt;&lt;p&gt;Le séjour d&amp;#039;études doit être réalisé au sein d&amp;#039;un seul établissement et faire l’objet d’un contrat d&amp;#039;études ou de formation.&lt;/p&gt;&lt;p&gt;Le séjour d&amp;#039;études doit être validant pour l&amp;#039;obtention du diplôme préparé.&lt;/p&gt;&lt;p&gt;Les séjours d&amp;#039;étude réalisés au cours d’une année de césure et qui ne génèrent pas de crédits ECTS ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Les demandes doivent être déposées et envoyées sur la plateforme de gestion des aides régionales avant le début du séjour d&amp;#039;études. Toute demande envoyée après la date de début du séjour d&amp;#039;études sera automatiquement refusée&lt;/p&gt;&lt;p&gt;Les demandeurs disposent ensuite d’un délai maximum de 2 mois après la date de début du séjour d&amp;#039;études pour transmettre les documents complémentaires demandés par le service instructeur. Passé ce délai, la demande sera automatiquement refusée.&lt;/p&gt;&lt;p&gt;Les demandes doivent être co-instruites favorablement sur la plateforme de gestion des aides régionales par l&amp;#039;établissement d&amp;#039;enseignement ou de formation qui, en cas de situation particulière, sollicitera l’avis de la Région quant à la pertinence de l’octroi d’une aide financière régionale.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants de nationalité étrangère pour la réalisation d&amp;#039;un stage dans leur pays d&amp;#039;origine ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;étudiants dont la structure d&amp;#039;accueil est située à moins de 100 km du lieu de résidence en France sont éligibles si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni. &lt;/p&gt;&lt;p&gt;Pour les étudiants français effectuant un séjour d&amp;#039;études dans un pays dont ils ont également la nationalité, l&amp;#039;aide régionale sera accordée si un contrat de location d&amp;#039;un logement à l&amp;#039;étranger est fourni.&lt;/p&gt;&lt;p&gt;Toute demande non complète dans un délai maximum de 2 mois après la date de début du séjour d&amp;#039;études sera automatiquement refusée.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U253" s="1" t="inlineStr">
+      <c r="U228" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V253" s="1" t="inlineStr">
+      <c r="V228" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/sejours-detudes-letranger-post-bac-annee-academique-2025-2026</t>
         </is>
       </c>
-      <c r="W253" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X253" s="1" t="inlineStr">
+      <c r="X228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pour les bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le dépôt de votre demande d&amp;#039;aide s’effectue sur notre plateforme en ligne Mes démarches en Nouvelle-Aquitaine avant la date de début du séjour d&amp;#039;études. Les demandes déposées et envoyées après la date de début du séjour d&amp;#039;études seront refusées.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La plateforme est accessible par le bouton «Créer mon dossier» en bas de cette page.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour déposer votre demande d’aide, il est nécessaire de créer un compte sur notre plateforme, si vous n’en possédez pas déjà un. Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme.&lt;/p&gt;&lt;p&gt;Un tutoriel d’aide «Procédure de dépôt d&amp;#039;une demande d&amp;#039;aide» est à votre disposition, dans les documents à télécharger, au bas de la page pour vous accompagner dans cette démarche.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après l’envoi de votre demande, une attestation de dépôt vous sera adressée par mail pour vous confirmer la bonne réception par nos services.Le dépôt d&amp;#039;une demande ne vaut pas acceptation.&lt;/p&gt;&lt;p&gt;Une fois la demande finalisée par vos soins (bouton &amp;#34;envoyer&amp;#34;), et validée par votre établissement d&amp;#039;enseignement ou de formation, le service instructeur de la Région vérifiera si votre dossier est complet. Des informations complémentaires pourront vous être demandées. Votre dossier sera ensuite étudié par nos services.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Liste des pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;un CV (Curriculum Vitae)&lt;/p&gt;&lt;p&gt;la carte d&amp;#039;identité (recto-verso) ou passeport, ou la carte de séjour pour les ressortissants étrangers, en cours de validité&lt;/p&gt;&lt;p&gt;l’avis imposition du ou des parents du demandeur (ou celui du demandeur si indépendant financièrement) sur les revenus de l’année qui précède l’année académique de la mobilité (exemple pour l&amp;#039;année académique 2025/2026, les revenus étudiés seront ceux de l&amp;#039;année 2024 &lt;/p&gt;&lt;p&gt;un relevé d&amp;#039;identité bancaire au nom du bénéficiaire avec logo de la banque et datant de moins de 3 mois&lt;/p&gt;&lt;p&gt;le contrat d&amp;#039;études/formation ou tout document attestant du séjour précisant les dates de début et de fin de la période d&amp;#039;accueil dans l&amp;#039;établissement étranger ainsi que la destination&lt;/p&gt;&lt;p&gt;En supplément, le cas échéant :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;les justificatifs de la scolarité pour l’année académique en cours des frères et sœurs du demandeur, étudiant dans l’enseignement supérieur,&lt;/p&gt;&lt;p&gt;l’attestation définitive d’attribution de bourses sur critères sociaux de l’année académique de l’année de la mobilité, délivrée en France,&lt;/p&gt;&lt;p&gt;un contrat de location à l’étranger si l’entreprise d’accueil est située à moins de 100 km du lieu de résidence en France,&lt;/p&gt;&lt;p&gt;un contrat de location à l’étranger si l’apprenant français effectue un stage dans un des pays dont il a également la nationalité (plurinationaux)&lt;/p&gt;&lt;p&gt;une carte d’invalidité.&lt;/p&gt;&lt;p&gt;Le demandeur dispose d’un délai de deux mois maximum à compter de sa date de début de séjour pour fournir l’ensemble des pièces demandées par le service instructeur, passé ce délai le dossier sera refusé.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y253" s="1" t="inlineStr">
+      <c r="Y228" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z253" s="1" t="inlineStr">
+      <c r="Z228" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sejours-detudes-a-letranger-post-bac-annee-academique-2025-2026/</t>
         </is>
       </c>
-      <c r="AA253" s="1" t="inlineStr">
+      <c r="AA228" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="254" spans="1:27" customHeight="0">
-      <c r="A254" s="1">
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
         <v>165300</v>
       </c>
-      <c r="B254" s="1" t="inlineStr">
+      <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Stages à l’étranger infra bac - année académique 2025-2026</t>
         </is>
       </c>
-      <c r="D254" s="1" t="inlineStr">
+      <c r="D229" s="1" t="inlineStr">
         <is>
           <t>Stages à l’étranger infra bac - année académique 2025-2026</t>
         </is>
       </c>
-      <c r="E254" s="1" t="inlineStr">
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G254" s="1" t="inlineStr">
+      <c r="G229" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="K254" s="1" t="inlineStr">
+      <c r="K229" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L254" s="1" t="inlineStr">
+      <c r="L229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle. Une expérience internationale constitue un atout précieux de développement professionnel et personnel, souvent décisif au moment de rechercher un emploi.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Donner aux jeunes les meilleures chances de réussite dans leurs études et leur future insertion professionnelle grâce à une expérience internationale,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribuer à la réalisation d&amp;#039;un stage professionnel à l&amp;#039;étranger d&amp;#039;une durée de 2 semaines minimum pour les jeunes inscrits dans un établissement d&amp;#039;enseignement ou auprès d&amp;#039;un organisme de formation de la Région Nouvelle-Aquitaine et autorisés par dérogation, à cumuler un financement ERASMUS&amp;#43;  pour la même mobilité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M254" s="1" t="inlineStr">
+      <c r="M229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Les actions présentées dans ce volet d’intervention sont mises en place chaque année dans la limite de l’enveloppe budgétaire allouée à la politique « Mobilité Internationale » sur l’année civile.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide régionale est susceptible d’être accordée sous la forme d&amp;#039;une bourse qui se décompose comme suit :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;une aide forfaitaire au séjour de 80 € maximum par semaine complète de stage (une semaine est réputée complète lorsqu&amp;#039;elle comporte au minimum trois jours ouvrés),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un bonus de 20 € maximum par semaine pour les apprenants ayant un statut de boursier, les apprentis et les stagiaires de la formation professionnelle.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les dates de trajet ne sont pas prises en compte dans le calcul de la bourse.&lt;/p&gt;&lt;p&gt;Pour les apprenants en situation de handicap, les frais supplémentaires dans le cadre du stage pourront être pris en charge par la Région sur présentation de factures (hors frais de taxi individuel, dans la limite de 1000 € par stage) déduction faite des financements spécifiques obtenus par ailleurs.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette aide financière de la Région contribue à la réalisation par l’apprenant du séjour à l’étranger mais ne saurait couvrir l’intégralité des frais afférents. Il convient donc pour l’apprenant de s’assurer avant le départ de disposer d’un budget complémentaire couvrant tous les frais.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N254" s="1" t="inlineStr">
+      <c r="N229" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Formation professionnelle
 International</t>
         </is>
       </c>
-      <c r="O254" s="1" t="inlineStr">
+      <c r="O229" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R254" s="1" t="inlineStr">
+      <c r="R229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;lycéen&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;apprenti&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;inscrit dans un établissement d&amp;#039;enseignement ou de formation de la Région Nouvelle-Aquitaine (lycées publics ou privés sous contrat, CFA, MFR, EREA, opérateurs de formation), et réalisant dans le cadre de son cursus en formation initiale ou continue (Infra Bac jusqu’au niveau 4 inclus), un stage professionnel à l&amp;#039;étranger.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Votre formation :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le stage doit s’inscrire dans le cadre d’une formation délivrée par un établissement reconnu et habilité par l’Etat à délivrer des diplômes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Votre situation :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Vous devez avoir moins de 31 ans à la date du début de stage.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Si vous êtes de nationalité étrangère, vous ne pouvez pas faire votre stage dans votre pays d&amp;#039;origine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Si vous êtes de nationalité française, et que vous partez faire un stage dans un pays dont vous avez aussi la nationalité, vous devrez fournir un contrat de location à l&amp;#039;étranger pour recevoir l&amp;#039;aide.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Si votre entreprise de stage est située à moins de 100km de votre domicile en France, vous devrez fournir un contrat de location à l&amp;#039;étranger pour recevoir l&amp;#039;aide.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Votre stage : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le stage doit se dérouler à l&amp;#039;étranger en dehors du territoire français. Les stages se déroulant dans un territoire, département, région ou collectivité d’outre-mer ne sont pas éligibles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les stages auprès d’entreprises étrangères, effectués en télétravail depuis la France, ne sont pas éligibles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le stage doit durer au minimum 2 semaines consécutives.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le stage doit correspondre à une mise en situation professionnelle. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Il doit se faire dans une seule entreprise ou structure d&amp;#039;accueil et vous devez avoir signé une convention de stage.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Votre établissement en Nouvelle-Aquitaine doit vérifier et s&amp;#039;assurer que les conditions d&amp;#039;accueil et de stage sont satisfaisantes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Vous ne pouvez pas recevoir cette bourse si vous avez déjà : &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;une autre aide de la Région Nouvelle-Aquitaine pour le même stage&lt;br /&gt;&lt;/p&gt;&lt;p&gt;un financement d&amp;#039;un OPCO (Opérateur de Compétences). Le financement OPCO lorsqu&amp;#039;il est possible reste la priorité pour les apprentis&lt;/p&gt;&lt;p&gt;une aide Erasmus&amp;#43;&lt;/p&gt;&lt;p&gt;Exception possible si vous êtes :&lt;/p&gt;&lt;p&gt; élève boursier&lt;br /&gt;&lt;/p&gt;&lt;p&gt;stagiaire de la formation professionnelle&lt;/p&gt;&lt;p&gt; ou apprenti (sans financement OPCO pour le même stage)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre demande de bourse : &lt;/p&gt;&lt;p&gt;Vous devez créer votre demande avant la date de début de stage.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si vous créez la demande après la date de début de stage, elle sera automatiquement refusée.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U254" s="1" t="inlineStr">
+      <c r="U229" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V254" s="1" t="inlineStr">
+      <c r="V229" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/stages-letranger-infra-bac-annee-academique-2025-2026</t>
         </is>
       </c>
-      <c r="W254" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X254" s="1" t="inlineStr">
+      <c r="X229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;La demande de bourse régionale doit être créée avant le départ en stage. L’envoi de la demande sera à effectuer dans un délai maximum de 2 mois après la date de fin stage. &lt;/p&gt;&lt;p&gt;La demande de bourse doit être co-instruite favorablement sur la plateforme de gestion des aides régionales par l&amp;#039;établissement d&amp;#039;enseignement ou de formation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La création de votre demande d&amp;#039;aide s&amp;#039;effectue sur notre plateforme en ligne &amp;#34;Mes démarches en Nouvelle-Aquitaine&amp;#34; avant la date de début du stage. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;La plateforme est accessible par le bouton &amp;#34;Créer mon dossier&amp;#34; en bas de cette page. Il est nécessaire de créer un compte sur notre plateforme si vous n&amp;#039;en possédez pas un. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un tutoriel d&amp;#039;aide &amp;#34;Comment bien saisir ma demande&amp;#34; est à votre disposition, dans les documents à télécharger en bas de la page, pour vous accompagner dans cette démarche.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pièces constitutives de la demande :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;un CV (Curriculum Vitae)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la carte d&amp;#039;identité (recto-verso) ou le passeport, ou la carte de séjour pour les ressortissants étrangers, en cours de validité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la convention de stage signée par l’entreprise à l’étranger, l’établissement d’enseignement/de formation de la Région Nouvelle-Aquitaine et le stagiaire (les contrats de travail ne sont pas acceptés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une attestation sur l’honneur du chef d’établissement précisant si l’apprenant bénéficie ou pas d’une bourse ERASMUS&amp;#43; pour la même mobilité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; l’attestation de fin de stage précisant les dates réelles de début et de fin de stage effectué, signée par l’entreprise à l’étranger et contresignée par l’établissement d’enseignement/formation en Nouvelle-Aquitaine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En supplément, le cas échéant :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;l&amp;#039;attestation définitive d&amp;#039;attribution de bourses sur critères sociaux de l&amp;#039;année académique de l&amp;#039;année de la mobilité, délivrée en France&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le contrat d’apprentissage en cours de validité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un justificatif de statut de stagiaire de la formation professionnelle&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une attestation de l&amp;#039;OPCO (Opérateur de Compétences) confirmant le refus d&amp;#039;une aide financière pour la même mobilité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’entreprise d’accueil est située à moins de 100 km du lieu de résidence en France&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un contrat de location à l’étranger si l’apprenant français effectue un stage dans un des pays dont il a également la nationalité (plurinationaux)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une carte d’invalidité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Région se réserve le droit de demander des compléments d&amp;#039;informations ou documents complémentaires et de faire des contrôles aléatoires.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y254" s="1" t="inlineStr">
+      <c r="Y229" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z254" s="1" t="inlineStr">
+      <c r="Z229" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/stages-a-letranger-infra-bac-annee-academique-2025-2026/</t>
         </is>
       </c>
-      <c r="AA254" s="1" t="inlineStr">
+      <c r="AA229" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="255" spans="1:27" customHeight="0">
-      <c r="A255" s="1">
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
         <v>165312</v>
       </c>
-      <c r="B255" s="1" t="inlineStr">
+      <c r="B230" s="1" t="inlineStr">
         <is>
           <t>Aides individuelles aux certifications CléA</t>
         </is>
       </c>
-      <c r="D255" s="1" t="inlineStr">
+      <c r="D230" s="1" t="inlineStr">
         <is>
           <t>Aides individuelles aux certifications CléA</t>
         </is>
       </c>
-      <c r="E255" s="1" t="inlineStr">
+      <c r="E230" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G255" s="1" t="inlineStr">
+      <c r="G230" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="K255" s="1" t="inlineStr">
+      <c r="K230" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L255" s="1" t="inlineStr">
+      <c r="L230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides individuelles régionales aux certifications CléA permettent de développer l&amp;#039;employabilité des personnes peu ou pas qualifiées, par l&amp;#039;obtention d&amp;#039;un certificat directement mobilisable auprès d&amp;#039;un employeur. La certification CléA est obtenue à la suite d&amp;#039;une évaluation des connaissances et des compétences par un organisme évaluateur. 2 certifications sont proposées : CléA Socle de connaissances et compétences professionnelles et CléA Numérique.&lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Reprendre confiance en soi par la reconnaissance de ses connaissances et compétences professionnelles, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accéder si besoin à un parcours de formation et accroître ainsi ses qualifications,  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir une certification reconnue et mobilisable directement auprès des employeurs. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M255" s="1" t="inlineStr">
+      <c r="M230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Il existe 2 types d’évaluation : une évaluation initiale et une évaluation finale. &lt;/p&gt;&lt;p&gt;Si l’évaluation initiale ne conduit pas à l’obtention de la certification visée, une formation pourra vous être proposée à l’issue de laquelle il vous sera possible de représenter votre candidature à une évaluation dite « finale ». &lt;/p&gt;&lt;p&gt;L’aide individuelle est forfaitaire. Son montant s’élève à :  &lt;/p&gt;&lt;p&gt;CléA socle de connaissances et compétences professionnelles : &lt;/p&gt;&lt;p&gt;450 € pour une évaluation initiale&lt;/p&gt;&lt;p&gt;250 € pour une évaluation finale&lt;/p&gt;&lt;p&gt;CléA numérique :  &lt;/p&gt;&lt;p&gt;300 € pour une évaluation initiale&lt;/p&gt;&lt;p&gt;150 € pour une évaluation finale&lt;/p&gt;&lt;p&gt;En cas d&amp;#039;accord, l&amp;#039;aide est versée directement à l&amp;#039;organisme évaluateur à l&amp;#039;issue de l&amp;#039;évaluation. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N255" s="1" t="inlineStr">
+      <c r="N230" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O255" s="1" t="inlineStr">
+      <c r="O230" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R255" s="1" t="inlineStr">
+      <c r="R230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Les néo-aquitains à la recherche d&amp;#039;un emploi. &lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Le service instructeur de la Région étudie l&amp;#039;ensemble de votre dossier de demande et les pièces justificatives fournies.&lt;/p&gt;&lt;p&gt;L&amp;#039;attribution de l&amp;#039;aide repose sur les critères suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;le dossier devra être déposé complet 3 semaines avant la date de démarrage de l&amp;#039;évaluation,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l&amp;#039;organisme évaluateur devra être situé sur le territoire de la Nouvelle-Aquitaine et détenir une habilitation délivrée par Certif Pro permettant de couvrir la durée de l&amp;#039;évaluation présentée dans le dossier de demande.  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U255" s="1" t="inlineStr">
+      <c r="U230" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V255" s="1" t="inlineStr">
+      <c r="V230" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aides-individuelles-aux-certifications-clea</t>
         </is>
       </c>
-      <c r="W255" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X255" s="1" t="inlineStr">
+      <c r="X230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Le dépôt de votre dossier s&amp;#039;effectue sur notre plateforme en ligne, Mes démarches en Nouvelle-Aquitaine. Cette plateforme est accessible via le bouton « Créer mon dossier », en bas de cette page.&lt;/p&gt;&lt;p&gt;Chaque certification (Socle / Numérique) devra faire l&amp;#039;objet d&amp;#039;un dossier de demande. &lt;/p&gt;&lt;p&gt;Chaque type d&amp;#039;évaluation (Initiale / Finale) devra également faire l&amp;#039;objet d&amp;#039;un dossier de demande. &lt;/p&gt;&lt;p&gt;Pour déposer votre demande, il est nécessaire de créer un compte sur notre plateforme, si vous n&amp;#039;en possédez pas déjà un.&lt;/p&gt;&lt;p&gt;Après avoir créé votre compte, vous pourrez renseigner les informations demandées, déposer les pièces justificatives nécessaires et nous transmettre votre dossier au sein de cette même plateforme.&lt;/p&gt;&lt;p&gt;Par la suite, vous pourrez suivre l&amp;#039;avancée du traitement de votre demande en vous connectant à votre compte.&lt;/p&gt;&lt;p&gt;Le formulaire de demande est à compléter et soumettre en ligne, accompagné des pièces suivantes :&lt;/p&gt;&lt;p&gt;une pièce d’identité en cours de validité (carte nationale d’identité, passeport, titre de séjour autorisant à travailler en France métropolitaine),&lt;/p&gt;&lt;p&gt;un justificatif de moins de 3 mois permettant d’attester le lieu de résidence principale,  &lt;/p&gt;&lt;p&gt;un devis établi par l’organisme évaluateur, à vos nom/prénom, le devis type : &amp;#34;DEVIS_TYPE_CLEA&amp;#34; est téléchargeable ci-dessous. &lt;/p&gt;&lt;p&gt;Une fois votre dossier validé, le service instructeur de la Région vérifie la complétude du dossier.&lt;/p&gt;&lt;p&gt;Votre dossier est ensuite instruit. La décision vous est notifiée par mail.&lt;/p&gt;&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Le dépôt d&amp;#039;un dossier de demande est possible tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;Il devra être déposé complet 3 semaines avant la date de démarrage de l&amp;#039;évaluation. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y255" s="1" t="inlineStr">
+      <c r="Y230" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z255" s="1" t="inlineStr">
+      <c r="Z230" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-individuelles-aux-certifications-clea/</t>
         </is>
       </c>
-      <c r="AA255" s="1" t="inlineStr">
+      <c r="AA230" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="256" spans="1:27" customHeight="0">
-      <c r="A256" s="1">
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
         <v>165313</v>
       </c>
-      <c r="B256" s="1" t="inlineStr">
+      <c r="B231" s="1" t="inlineStr">
         <is>
           <t>Utiliser les intelligences artificielles génératives dans sa pratique professionnelle</t>
         </is>
       </c>
-      <c r="D256" s="1" t="inlineStr">
+      <c r="D231" s="1" t="inlineStr">
         <is>
           <t>[FORMATION] Intelligences artificielles génératives, usages et pratiques professionnels</t>
         </is>
       </c>
-      <c r="E256" s="1" t="inlineStr">
+      <c r="E231" s="1" t="inlineStr">
         <is>
           <t>Réseau Canopé : Atelier Canopé 21 Dijon
 Réseau Canopé : Atelier Canopé 25 Besançon
 Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
 Réseau Canopé : Atelier Canopé 58 Nevers
 Réseau Canopé : Atelier Canopé 70 Vesoul
 Réseau Canopé : Atelier Canopé 71 Macon
 Réseau Canopé : Atelier Canopé 89 Auxerre
 Réseau Canopé : Atelier Canopé 90 Belfort
 Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
         </is>
       </c>
-      <c r="G256" s="1" t="inlineStr">
+      <c r="G231" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H256" s="1" t="inlineStr">
+      <c r="H231" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K256" s="1" t="inlineStr">
+      <c r="K231" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L256" s="1" t="inlineStr">
+      <c r="L231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;​​Les intelligences artificielles génératives offrent de nouvelles opportunités pour enrichir les ​pratiques professionnelles des personnels des services administratif, culturel, éducatif ou de ​direction. Durant cette formation d’une journée, à travers des activités pratiques et collaboratives, nos formateurs vous proposent de découvrir les intelligences artificielles génératives, d’apprendre à sélectionner parmi les outils disponibles et à rédiger des prompts efficaces pour une utilisation immédiate en situation professionnelle. &lt;/p&gt;&lt;p&gt;​&lt;strong&gt;Objectifs &lt;/strong&gt;:  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;​Identifier les concepts fondamentaux des IA génératives et leur utilisation dans divers contextes professionnels. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;​Expliquer les avantages et les limites de l’utilisation des IA génératives (éthiques, sociétales…) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;​Utiliser des outils et des applications d’IA générative pour des activités spécifiques adaptées au contexte professionnel​ &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M256" s="1" t="inlineStr">
+      <c r="M231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Formation des personnels d&amp;#039;une collectivité pour un usage raisonné des intelligences artificielles génératives dans le cadre de leurs activités professionnelles : synthèse de documents, production de textes et d&amp;#039;images...&lt;/li&gt;&lt;li&gt;Formation de formateurs pour un usage de l&amp;#039;IA en contexte de formation professionnelle &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N256" s="1" t="inlineStr">
+      <c r="N231" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O256" s="1" t="inlineStr">
+      <c r="O231" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R256" s="1" t="inlineStr">
+      <c r="R231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;​​Effectif de 6 à 15 participants maximum, en présentiel, possibilité de rassembler​ un public intercatégoriel.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S256" s="1" t="inlineStr">
+      <c r="S231" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U256" s="1" t="inlineStr">
+      <c r="U231" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V256" s="1" t="inlineStr">
+      <c r="V231" s="1" t="inlineStr">
         <is>
           <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
         </is>
       </c>
-      <c r="X256" s="1" t="inlineStr">
+      <c r="X231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour plus d&amp;#039;information prenez contact avec l&amp;#039;Atelier Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_self"&gt;https://www.reseau-canope.fr/nous-trouver/&lt;/a&gt; ou &lt;a target="_self"&gt;canope-collectivites&amp;#64;reseau-canope.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y256" s="1" t="inlineStr">
+      <c r="Y231" s="1" t="inlineStr">
         <is>
           <t>christel.renaud@reseau-canope.fr</t>
         </is>
       </c>
-      <c r="Z256" s="1" t="inlineStr">
+      <c r="Z231" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/utiliser-les-intelligences-artificielles-generatives-dans-sa-pratique-professionnelle/</t>
         </is>
       </c>
-      <c r="AA256" s="1" t="inlineStr">
+      <c r="AA231" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="257" spans="1:27" customHeight="0">
-      <c r="A257" s="1">
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
         <v>165318</v>
       </c>
-      <c r="B257" s="1" t="inlineStr">
+      <c r="B232" s="1" t="inlineStr">
         <is>
           <t>Animer un collectif [FORMATION]</t>
         </is>
       </c>
-      <c r="E257" s="1" t="inlineStr">
+      <c r="E232" s="1" t="inlineStr">
         <is>
           <t>Réseau Canopé : Atelier Canopé 21 Dijon
 Réseau Canopé : Atelier Canopé 71 Macon
 Réseau Canopé : Atelier Canopé 58 Nevers
 Réseau Canopé : Atelier Canopé 70 Vesoul
 Réseau Canopé : Atelier Canopé 89 Auxerre
 Réseau Canopé : Atelier Canopé 90 Belfort
 Réseau Canopé : Atelier Canopé 25 Besançon
 Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
 Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
         </is>
       </c>
-      <c r="G257" s="1" t="inlineStr">
+      <c r="G232" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H257" s="1" t="inlineStr">
+      <c r="H232" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K257" s="1" t="inlineStr">
+      <c r="K232" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L257" s="1" t="inlineStr">
+      <c r="L232" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;​​Faire partie d’un groupe ou d’une équipe ne garantit pas une démarche collective. On peut être ensemble mais apprendre de différentes façons : en collaboration, en opposition ou de manière individuelle.   &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Cette formation de 6h permettra de :&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;&lt;li&gt;​Définir les gestes professionnels du facilitateur
 pour favoriser les interactions au sein du collectif, coconstruire des savoirs
 et trouver des solutions &lt;/li&gt;&lt;li&gt;​Identifier des méthodes et outils dynamiques permettant d’impliquer le collectif et de favoriser les échanges au sein du groupe&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;​ &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Contenu de la formation&lt;/strong&gt;  :  &lt;/p&gt;&lt;ul&gt;&lt;li&gt;​Définition des concepts liés à la création et l’engagement d’un collectif &lt;/li&gt;&lt;li&gt;​Exploration des compétences et de la posture d’accompagnement du collectif par le facilitateur  &lt;/li&gt;&lt;li&gt;​Mise en activité autour de méthodes et outils agiles &lt;/li&gt;&lt;li&gt;​Retours réflexifs et échanges de pratique &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M257" s="1" t="inlineStr">
+      <c r="M232" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;​​Fédérer un groupe autour d’un projet commun, le rendre autonome dans la gestion du projet. &lt;/li&gt;&lt;li&gt;Gestion, animation de réunions de travail.​ &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N257" s="1" t="inlineStr">
+      <c r="N232" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O257" s="1" t="inlineStr">
+      <c r="O232" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R257" s="1" t="inlineStr">
+      <c r="R232" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;​​Cette offre de service s’adresse à tout type de structure désireuse de dynamiser l’animation de collectif (groupe de travail, groupe projet, réunion de service…)​ &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S257" s="1" t="inlineStr">
+      <c r="S232" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U257" s="1" t="inlineStr">
+      <c r="U232" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V257" s="1" t="inlineStr">
+      <c r="V232" s="1" t="inlineStr">
         <is>
           <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
         </is>
       </c>
-      <c r="X257" s="1" t="inlineStr">
+      <c r="X232" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_blank" rel="noreferrer noopener"&gt;https://www.reseau-canope.fr/nous-trouver/ &lt;/a&gt; ou adressez votre demande à &lt;a target="_self"&gt;canope-collectivites&amp;#64;reseau-canope.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y257" s="1" t="inlineStr">
+      <c r="Y232" s="1" t="inlineStr">
         <is>
           <t>christel.renaud@reseau-canope.fr</t>
         </is>
       </c>
-      <c r="Z257" s="1" t="inlineStr">
+      <c r="Z232" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-animer-un-collectif/</t>
         </is>
       </c>
-      <c r="AA257" s="1" t="inlineStr">
+      <c r="AA232" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="258" spans="1:27" customHeight="0">
-      <c r="A258" s="1">
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
         <v>165403</v>
       </c>
-      <c r="B258" s="1" t="inlineStr">
+      <c r="B233" s="1" t="inlineStr">
         <is>
           <t>Accompagner les filières économiques et les acteurs en faveur de la valorisation des ressources locales</t>
         </is>
       </c>
-      <c r="C258" s="1" t="inlineStr">
+      <c r="C233" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D258" s="1" t="inlineStr">
+      <c r="D233" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA2</t>
         </is>
       </c>
-      <c r="E258" s="1" t="inlineStr">
+      <c r="E233" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G258" s="1" t="inlineStr">
+      <c r="G233" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H258" s="1" t="inlineStr">
+      <c r="H233" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I258" s="1" t="inlineStr">
+      <c r="I233" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J258" s="1" t="inlineStr">
+      <c r="J233" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K258" s="1" t="inlineStr">
+      <c r="K233" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L258" s="1" t="inlineStr">
+      <c r="L233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;économie des territoires ruraux s&amp;#039;est tournée depuis des dizaines d&amp;#039;années vers l&amp;#039;extérieur et demeure très dépendante de fluctuations sur lesquels ils n&amp;#039;ont aucun contrôle. La crise du Covid puis la crise énergétique ont largement illustré ce fait et la fragilité qu&amp;#039;elles ont provoqué sur le territoire. Certains secteurs sont plus impactés que d&amp;#039;autres. Les acteurs institutionnels et économiques ont entamé, à travers diverses stratégies, un travail pour une autonomie du territoire grâce à la valorisation optimale des ressources présentes localement. Le maintien des activités et le développement de filières de proximité sur les territoires est un enjeu pour les populations et l&amp;#039;attractivité de ces territoires.&lt;/p&gt;&lt;p&gt;Cette fiche action a pour but d&amp;#039;identifier les leviers pour capter le potentiel des ressources directement sur le territoire. Ces ressources concernent notamment:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La requalification des déchets par le réemploi et la réutilisation&lt;/li&gt;&lt;li&gt;La valorisation de la ressource foncière du territoire&lt;/li&gt;&lt;li&gt;La valorisation des productions agricoles et alimentaires grâce à la mise en place de circuits courts et de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;appuyer la création de filières, ainsi que leur développement notamment par le soutien à des chainons manquants dans la chaine de la filière. Ces actions ont aussi pour but de valoriser les dynamiques de création d&amp;#039;emploi, notamment par des initiatives sociales et solidaires : actions de réutilisation des déchets, revalorisation des friches en changeant de destination par exemple, ou encore soutien à des acteurs dans les chaines de valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions:&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.1 : Développer le réemploi des matériaux et déchets&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.1.1 : &lt;/strong&gt;&lt;span&gt;Appui à l&amp;#039;émergence de filières et aux initiatives de réemploi, de réutilisation et de recyclage&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de low-tech&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.3 :&lt;/strong&gt;&lt;span&gt; Appui aux systèmes innovants de lutte contre le gaspillage alimentaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.2 : Revaloriser les friches agricoles, résidentielles et industrielles du territoire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.2.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux actions de valorisation du foncier communal en friche&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.2 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des terres et bâti agricole&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.3 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des bâtiments résidentiels et commerciaux abandonnés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.3 : Accompagner les structures valorisant les ressources locales &lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.3.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation des produits issus de ressources locales&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.2 :&lt;/strong&gt;&lt;span&gt; Actions favorisant l&amp;#039;alimentation en circuit court&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.3 :&lt;/strong&gt;&lt;span&gt; Actions de mise en valeur de la ressource oenotouristique du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.4 : Accompagner les structures valorisant les ressources archéologiques et le patrimoine vernaculaire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.4.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation et restauration du patrimoine archéologique et du patrimoine vernaculaire&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.4.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux projets participatifs permettant la valorisation du patrimoine archéologique et du patrimoine vernaculaire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M258" s="1" t="inlineStr">
+      <c r="M233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ressourcerie du bâtiment, déchets du bâtiment, développement de la consigne, soutien aux démarches de valorisation des déchets verts, formation et ateliers sur les démarches, lowtech, centre lowtech, commerce lowtech, repair café, participation aux évènements et salons lowtech hors territoire, centre de tri et réutilisation des textiles, etc. ;&lt;/li&gt;&lt;li&gt;Etude pour la réouverture d&amp;#039;une friche bâtie agricole, enquêtes de proximité, accompagnement à maitrise d&amp;#039;ouvrage, etc. ;&lt;/li&gt;&lt;li&gt;Création d&amp;#039;une unité de création de biomatériaux locaux, soutien aux entreprises transformant localement des ressources locales, campagne de promotion innovante, soutien de filières émergentes et entreprises de ces filières, accompagnement à la relocalisation de la filière alimentaire, mise en valeur de la ressource oenotouristique du territoire, etc. ;&lt;/li&gt;&lt;li&gt;Chantier participatif de restauration du patrimoine, action de valorisation et de vulgarisation d&amp;#039;un patrimoine archéologique, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N258" s="1" t="inlineStr">
+      <c r="N233" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Friche
 Transition énergétique
 Recyclage et valorisation des déchets
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Bâtiments et construction
 Réhabilitation
 Attractivité économique
 Artisanat
 Médias et communication
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O258" s="1" t="inlineStr">
+      <c r="O233" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P258" s="1" t="inlineStr">
+      <c r="P233" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q258" s="1" t="inlineStr">
+      <c r="Q233" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R258" s="1" t="inlineStr">
+      <c r="R233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous&lt;/u&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S258" s="1" t="inlineStr">
+      <c r="S233" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T258" s="1" t="inlineStr">
+      <c r="T233" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U258" s="1" t="inlineStr">
+      <c r="U233" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V258" s="1" t="inlineStr">
+      <c r="V233" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="W258" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X258" s="1" t="inlineStr">
+      <c r="X233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y258" s="1" t="inlineStr">
+      <c r="Y233" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z258" s="1" t="inlineStr">
+      <c r="Z233" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-filieres-economiques-et-les-acteurs-en-faveur-de-la-valorisation-des-ressources-locales/</t>
         </is>
       </c>
-      <c r="AA258" s="1" t="inlineStr">
+      <c r="AA233" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="259" spans="1:27" customHeight="0">
-      <c r="A259" s="1">
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
         <v>165404</v>
       </c>
-      <c r="B259" s="1" t="inlineStr">
+      <c r="B234" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets collaboratifs et citoyens pour accélérer les mutations et transitions du territoire</t>
         </is>
       </c>
-      <c r="C259" s="1" t="inlineStr">
+      <c r="C234" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D259" s="1" t="inlineStr">
+      <c r="D234" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA3</t>
         </is>
       </c>
-      <c r="E259" s="1" t="inlineStr">
+      <c r="E234" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G259" s="1" t="inlineStr">
+      <c r="G234" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H259" s="1" t="inlineStr">
+      <c r="H234" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I259" s="1" t="inlineStr">
+      <c r="I234" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J259" s="1" t="inlineStr">
+      <c r="J234" s="1" t="inlineStr">
         <is>
           <t>Pour les porteurs de projets publics, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K259" s="1" t="inlineStr">
+      <c r="K234" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L259" s="1" t="inlineStr">
+      <c r="L234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le territoire connait de grands défis à relever pour faire face aux adaptations de nos modes de vies, afin d&amp;#039;atténuer le changement climatique et ses conséquences. La diminution nécessaire de nos émissions de CO2 et la raréfaction des ressources impose un exercice périlleux. En parallèle, la société connait de fortes mutations notamment dans ses modes de vie et ses rapports sociaux s&amp;#039;exprimant déjà à travers des initiatives de mutualisations et de coopération.&lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, elle doit s&amp;#039;appuyer sur ces initiatives citoyennes et collaboratives afin de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser l&amp;#039;émergence des EnR à travers des projets collectifs et citoyens&lt;/li&gt;&lt;li&gt;Participer à faire évoluer les pratiques et surtout les modèles d&amp;#039;organisations agricoles&lt;/li&gt;&lt;li&gt;Inciter au changement de pratiques en faveur de la transition écologique et énergétique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Plutôt que d&amp;#039;être thématique, cette action se veut méthodologique, avec pour maitre mot la mutualisation et la collaboration au sein des projets accompagnés. Elle aborde le montage des projets qui seront accompagnés par LEADER pour une adaptation au plus proche des besoins (mutualiser et optimiser plutôt que produire et consommer) et une pérennité des initiatives menées. Cela afin de favoriser la montée en compétences des habitants et des élus du territoire, développer la capacité d&amp;#039;agir, encourager les dynamiques d&amp;#039;entraide entre les différentes parties prenantes et acteurs du territoire. Elle visera à accompagner la création de dynamiques partenariales, notamment pour de l&amp;#039;animation et de l&amp;#039;expertise au démarrage.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique:&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.1 : Accompagner les projets d&amp;#039;énergie citoyenne locale et renouvelable&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.1.1 : &lt;/strong&gt;Soutien aux actions participant au développement de projets EnR citoyennes et locales&lt;br /&gt;&lt;strong&gt;3.1.2 :&lt;/strong&gt; Accompagnement de concertations locales et animations pour l&amp;#039;émergence de collectifs&lt;br /&gt;&lt;strong&gt;3.1.3 :&lt;/strong&gt; Accompagnement d&amp;#039;ateliers d&amp;#039;auto-construction et d&amp;#039;expérimentations dans le cadre de projets collectifs&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.2 : Développer l&amp;#039;habitat participatif&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.2.1 : &lt;/strong&gt;Aménagement d&amp;#039;espaces, acquisition d&amp;#039;équipements mutualisés, et mise en place de services communs &lt;br /&gt;&lt;strong&gt;3.2.2 : &lt;/strong&gt;Actions participant au développement de l&amp;#039;habitat participatif sur le territoire&lt;br /&gt;&lt;strong&gt;3.2.3 : &lt;/strong&gt;Soutien à la mise en place de chantiers participatifs&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.3 : Mobiliser l&amp;#039;épargne et les ressources financières locales et alternatives&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.3.1 : &lt;/strong&gt;Création et accompagnement d&amp;#039;outils favorisant les financements alternatifs et locaux&lt;br /&gt;&lt;strong&gt;3.3.2 : &lt;/strong&gt;Soutien aux initiatives permettant le développement des financements alternatif ou locaux&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.4 : Développer l&amp;#039;économie collaborative par l&amp;#039;usage plutôt que la possession&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.4.1 : &lt;/strong&gt;Soutien aux créations et développement de services de prêt et de partage, entre habitants et collectivités &lt;br /&gt;&lt;strong&gt;3.4.2 :&lt;/strong&gt; Développement de systèmes de mutualisation de compétences, services, matériels&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.5 : Développer les outils collectifs et mutualisés et le développement de nouveaux modèles agricoles et forestiers&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.5.1 :&lt;/strong&gt; Appui à l&amp;#039;achat et à la mutualisation d&amp;#039;outils productifs, de transformation et distribution mutualisés&lt;br /&gt;&lt;strong&gt;3.5.2 : &lt;/strong&gt;Création et développement de systèmes agricoles et forestiers alternatifs et innovants&lt;br /&gt;&lt;strong&gt;3.5.3 : &lt;/strong&gt;Création, développement et animation d&amp;#039;espaces tests agricoles&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M259" s="1" t="inlineStr">
+      <c r="M234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création de coopérative EnR, accompagnement des collectivités pour favoriser les installations collectives et les boucles d&amp;#039;autoconsommation, levée de fonds pour EnR citoyenne, soutien à un projet d&amp;#039;auto-construction, etc. ;&lt;/li&gt;&lt;li&gt;Accompagnement aux mairies pour PLU favorisant l&amp;#039;habitat participatif, accompagnement de collectifs pour la définition  d&amp;#039;un projet d&amp;#039;habitat participatif, action de communication pour l&amp;#039;habitat participatif, chantier de construction collectif, équipement collectif dans un habitat participatif rural, etc. ;&lt;/li&gt;&lt;li&gt;Soutien à une campagne de publicité et de communication pour capter les ressources financières locales, émergence de clubs deals, accompagnement aux campagnes de crowdfunding, accompagnement à une campagne de capital equity locale, animation territoriale pour faciliter la mobilisation de l&amp;#039;épargne locale, formation d&amp;#039;entreprises, etc. ;&lt;/li&gt;&lt;li&gt;Tiers-lieux thématiques, bibliothèque d&amp;#039;objets, service de prêt entre habitant, véhicules partagés, action de communication pour inciter au prêt, etc. ;&lt;/li&gt;&lt;li&gt;Régie agricole municipale pour alimenter une cuisine collective, accompagnement à l&amp;#039;espace public nourricier, espace test agricole, outil communal de transformation, outil mutualisé de transformation, actions de recensement des arbres fruitiers publics, création d&amp;#039;entreprise pour des forêts en gestions alternatives et vivantes, SCIC forestières, formation à la gestion forestière vivante, etc. ;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N259" s="1" t="inlineStr">
+      <c r="N234" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Personnes âgées
 Cohésion sociale et inclusion
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O259" s="1" t="inlineStr">
+      <c r="O234" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P259" s="1" t="inlineStr">
+      <c r="P234" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q259" s="1" t="inlineStr">
+      <c r="Q234" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R259" s="1" t="inlineStr">
+      <c r="R234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S259" s="1" t="inlineStr">
+      <c r="S234" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T259" s="1" t="inlineStr">
+      <c r="T234" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U259" s="1" t="inlineStr">
+      <c r="U234" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V259" s="1" t="inlineStr">
+      <c r="V234" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="W259" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X259" s="1" t="inlineStr">
+      <c r="X234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y259" s="1" t="inlineStr">
+      <c r="Y234" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z259" s="1" t="inlineStr">
+      <c r="Z234" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-collaboratifs-et-citoyens-pour-accelerer-les-mutations-et-transitions-du-territoire/</t>
         </is>
       </c>
-      <c r="AA259" s="1" t="inlineStr">
+      <c r="AA234" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="260" spans="1:27" customHeight="0">
-      <c r="A260" s="1">
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
         <v>165405</v>
       </c>
-      <c r="B260" s="1" t="inlineStr">
+      <c r="B235" s="1" t="inlineStr">
         <is>
           <t>Agir pour un territoire inclusif et développer la qualité de vie sur le territoire</t>
         </is>
       </c>
-      <c r="C260" s="1" t="inlineStr">
+      <c r="C235" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D260" s="1" t="inlineStr">
+      <c r="D235" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA4</t>
         </is>
       </c>
-      <c r="E260" s="1" t="inlineStr">
+      <c r="E235" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G260" s="1" t="inlineStr">
+      <c r="G235" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H260" s="1" t="inlineStr">
+      <c r="H235" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I260" s="1" t="inlineStr">
+      <c r="I235" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J260" s="1" t="inlineStr">
+      <c r="J235" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K260" s="1" t="inlineStr">
+      <c r="K235" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L260" s="1" t="inlineStr">
+      <c r="L235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le GAL (Groupe d&amp;#039;Action Locale) Via Domitia, a un territoire connaissant un solde migratoire positif (la population augmente de &amp;#43;1% par an en moyenne), ainsi qu&amp;#039;un forte saisonnalité du fait de son caractère touristique. Le développement de ce territoire doit être concomitant avec le développement et l&amp;#039;amélioration de l&amp;#039;accès aux services et infrastructures pour tous et toutes, afin de conserver et contribuer à l&amp;#039;amélioration des conditions de vie de la population, sans impacter l&amp;#039;environnement. &lt;/p&gt;&lt;p&gt;Cette fiche action a pour but de répondre aux enjeux suivants:&lt;br /&gt;Avoir une offre de services favorisant la mixité des populations et accompagnant sa mutation&lt;br /&gt;Développer un territoire inclusif&lt;br /&gt;Lutter contre l&amp;#039;utilisation du tout voiture individuelle en favorisant la mobilité douce au quotidien, accompagner la transition&lt;br /&gt;Faciliter l&amp;#039;accès à une alimentation sain et de qualité&lt;/p&gt;&lt;p&gt;Elle a donc pour objectif de favoriser un accueil de qualité sur le territoire, notamment grâce à des politiques publiques adaptées en matière d&amp;#039;urbanisme, d&amp;#039;aménagement du territoire et d&amp;#039;alimentation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.1 : Lutter contre la précarité énergétique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.2 : Accompagner les initiatives en faveur de l&amp;#039;inclusion sur le territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.3 : Retenir et aider au retour des jeunes sur le territoire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.3.1 : &lt;/strong&gt;Soutenir les projets coconstruits avec les jeunes et leurs accompagnants &lt;br /&gt;&lt;strong&gt;4.3.2 :&lt;/strong&gt; Soutenir les initiatives en faveur de services et offres innovantes adaptées aux jeunes populations&lt;br /&gt;&lt;strong&gt;4.3.3 :&lt;/strong&gt; Appuyer l&amp;#039;émergence et le développement de structures ou d&amp;#039;initiatives en faveur de l&amp;#039;accompagnement des jeunes&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.4 : Contribuer aux actions de solidarité et de résilience alimentaire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.4.1 : &lt;/strong&gt;Contribuer aux initiatives d&amp;#039;éducation à l&amp;#039;alimentation &lt;br /&gt;&lt;strong&gt;4.4.2 : &lt;/strong&gt;Contribuer aux actions de lutte contre la précarité alimentaire valorisant l&amp;#039;autoproduction et l&amp;#039;autoconsommation&lt;br /&gt;&lt;strong&gt;4.4.3 : &lt;/strong&gt;Contribuer aux recensements du potentiel alimentaire communal&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.5 : Améliorer les conditions de mobilité douce au quotidien&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.5.1 :&lt;/strong&gt; Soutien aux aménagements au sein des communes&lt;br /&gt;&lt;strong&gt;4.5.2 :&lt;/strong&gt; Actions, animations et services en faveur de la mobilité douce au quotidien &lt;br /&gt;&lt;strong&gt;4.5.3 : &lt;/strong&gt;Accompagnement aux démarches de démobilité&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M260" s="1" t="inlineStr">
+      <c r="M235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Chantiers participatifs de rénovation du bâti, actions de communication, actions de sensibilisation d&amp;#039;entreprises du bâtiment, action envers les publics défavorisés en ruralité, opération de rénovation du bâti ancien en centre bourg, expérimentations d&amp;#039;adaptations des PLU des centres anciens à l&amp;#039;adaptation climatique, etc. ;&lt;/li&gt;&lt;li&gt;Animation de réseaux professionnels dédiés à des publics spécifiques, action de formation et de sensibilisations, actions de lutte contre les violences sexuelles en milieu rural, action de sensibilisation sur les minorités en milieu rural, action de formation des agents, etc. ;&lt;/li&gt;&lt;li&gt;Aménagements pour jeunes publics, maison des jeunes, &amp;#34;Campus ruraux de projets&amp;#34;, projets d&amp;#039;aménagements et animations co-construits avec les jeunes, etc. ;&lt;/li&gt;&lt;li&gt;Formation de cuisines saine, action de sensibilisation à la précarité alimentaire, expérimentation de sécurité sociale alimentaire, achat d&amp;#039;un support de communication pour une association d&amp;#039;éducation à l&amp;#039;alimentation saine et durable, formation de production potagère à destination des citoyens, projet de jardins d&amp;#039;insertion, projets de jardins familiaux, développement d&amp;#039;une application pour le partage des denrées alimentaires, achat de matériels (irrigation, petits outils) à destination de jardins collectifs, réalisation d&amp;#039;un atlas de la biodiversité comestible, diagnostic des terres au potentiel maraicher, etc .&lt;/li&gt;&lt;li&gt;Aménagements cyclables, action innovante favorisant les déplacements doux pour l&amp;#039;école, schémas directeurs cyclables, plans globaux de déplacement et toutes autres études de mobilités portées par les communes et EPCI, animation favorisant la démobilité, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N260" s="1" t="inlineStr">
+      <c r="N235" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Formation professionnelle
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O260" s="1" t="inlineStr">
+      <c r="O235" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P260" s="1" t="inlineStr">
+      <c r="P235" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q260" s="1" t="inlineStr">
+      <c r="Q235" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R260" s="1" t="inlineStr">
+      <c r="R235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S260" s="1" t="inlineStr">
+      <c r="S235" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T260" s="1" t="inlineStr">
+      <c r="T235" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U260" s="1" t="inlineStr">
+      <c r="U235" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V260" s="1" t="inlineStr">
+      <c r="V235" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="W260" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X260" s="1" t="inlineStr">
+      <c r="X235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y260" s="1" t="inlineStr">
+      <c r="Y235" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z260" s="1" t="inlineStr">
+      <c r="Z235" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-pour-un-territoire-inclusif-et-developper-la-qualite-de-vie-sur-le-territoire/</t>
         </is>
       </c>
-      <c r="AA260" s="1" t="inlineStr">
+      <c r="AA235" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C236" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G236" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H236" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I236" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K236" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N236" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O236" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S236" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T236" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U236" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V236" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W236" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y236" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z236" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA236" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" spans="1:27" customHeight="0">
+      <c r="A237" s="1">
+        <v>165442</v>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Développer la Coopération</t>
+        </is>
+      </c>
+      <c r="C237" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>AAP n°4</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="F237" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G237" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H237" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I237" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K237" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions de coopération permettent de saisir des opportunités de découverte et d&amp;#039;échanges, participant au développement d&amp;#039;un territoire. Le GAL souhaite renforcer sa stratégie territoriale afin de faciliter le transfert de savoir-faire, encourager les pratiques nouvelles et promouvoir le territoire à l&amp;#039;extérieur. Ces objectifs seraient une source de plus-values réciproques pour les territoires souhaitant coopérer. Les projets de coopération devront s&amp;#039;inscrire dans les objectifs définis par le Conseil Régional Centre-Val de Loire lors de l&amp;#039;appel à candidature LEADER. &lt;/p&gt;&lt;p&gt;&lt;em&gt;Afin de répondre à la stratégie du GAL, la fiche action vise à:&lt;/em&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l&amp;#039;accès à des services de proximité (santé, mobilité, alimentation, accueil jeunes, services aux personnes âgées etc.) et appuyer l&amp;#039;innovation sociale pour des territoires inclusifs. &lt;/li&gt;&lt;li&gt;Relocaliser et reterritorialiser l&amp;#039;économie.&lt;/li&gt;&lt;li&gt;Atténuer les effets et adapter le territoire face au dérèglement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;FINANCEMENT:&lt;/strong&gt; Deux modalités de financements sont proposées selon l&amp;#039;origine des fonds:&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Financement via l&amp;#039;enveloppe réservataire de la Région Centre-Val de Loire de 500 000€:&lt;/em&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Territoires limitrophes avec Région CVL: Plafond 10 000€ FEADER&lt;/li&gt;&lt;li&gt;Projet de coopération Nationale: Plafond 20 000€ FEADER&lt;/li&gt;&lt;li&gt;Projet de coopération transnationale: Plafond 30 000€ FEADER&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;br /&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Financement via l&amp;#039;enveloppe du GAL de 71 500€: Projet de coopération impliquant un GAL de la Région Centre-Val de Loire, ou projet ayant reçu un avis défavorable de la Région Centre-Val de Loire, selon les modalités classiques des appels à projets Leader du GAL. &lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets entrant dans cet appel à projet doivent entrer en adéquation avec un/des objectifs des autres appels à projets du GAL Castelroussin-Valençay. Il vise à soutenir des projets de coopération entre territoires dans une logique de mutualisation, de transfert d&amp;#039;innovation et de développement territorial intégré. &lt;/p&gt;&lt;p&gt;Les opérations susceptibles d&amp;#039;être subventionnées sont les opérations subventionnées dans les appels à projets 1.2 - 2.2 et 3.2 du GAL Castelroussin Valençay. Un volet est néanmoins spécifique à la coopération:&lt;/p&gt;&lt;p&gt;&lt;em&gt;Gouvernance et méthodes participatives:&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Echanges de bonnes pratiques entre GAL (gouvernance, animation territoriale).&lt;/li&gt;&lt;li&gt;Formation des équipes LEADER et des porteurs de projets.&lt;/li&gt;&lt;li&gt;Co-Construction d&amp;#039;outils de participation citoyenne (Budget participatif, diagnostics).&lt;/li&gt;&lt;li&gt;Vie locale, participation et cohésion sociale territoriale.&lt;/li&gt;&lt;li&gt;Action innovante en faveur de l&amp;#039;accueil des nouveaux arrivants.&lt;/li&gt;&lt;li&gt;Création d&amp;#039;itinéraires patrimoniaux ou touristiques communs.&lt;/li&gt;&lt;li&gt;Mise en réseau de sites naturels ou culturels similaires.&lt;/li&gt;&lt;li&gt;Valorisation conjointe du patrimoine immatériel (langue, savoir-faire, traditions).&lt;/li&gt;&lt;li&gt;Elaboration d&amp;#039;une identité territoriale partagée (marque, label, communication).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N237" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Santé
+Formation professionnelle
+Tiers-lieux
+Agriculture et agroalimentaire
+Biodiversité
+Attractivité économique
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O237" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q237" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;DÉPENSES ÉLIGIBLES SUR FACTURE :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;&lt;/li&gt;&lt;li&gt;Prestation de services et frais d&amp;#039;honoraires en accompagnement comptable, juridique, et technique nécessaire à la réalisation de l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;&lt;/li&gt;&lt;li&gt;Frais de conception et d&amp;#039;aménagement de stands ;&lt;/li&gt;&lt;li&gt;Frais de communication (encart publicitaire, frais d&amp;#039;impression, affranchissement pour envoi en nombre, conception de supports de communication), de promotion, d&amp;#039;information (guide, film, site internet...) ;&lt;/li&gt;&lt;li&gt;Acquisition de matériel/outillage industriel, mobilier, fournitures (hors acquisition d&amp;#039;occasion et hors investissement agricole) ;&lt;/li&gt;&lt;li&gt;Investissement immatériel (logiciels et brevets) ;&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d&amp;#039;éligibilité définies au niveau régional) ;&lt;/li&gt;&lt;li&gt;Location de biens meubles ou immeubles ;&lt;/li&gt;&lt;li&gt;Véhicule en lien direct avec le projet (maximum 1 par opération) et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention et dans le périmètre éligible au programme LEADER.&lt;/li&gt;&lt;li&gt;Echanges de bonnes pratiques entre GAL (gouvernance, animation territoriale).&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Formation des équipes LEADER et des porteurs de projets.&lt;/li&gt;&lt;li&gt;Co-Construction d&amp;#039;outils de participation citoyenne (Budget participatif, diagnostics).&lt;/li&gt;&lt;li&gt;Vie locale, participation et cohésion sociale territoriale.&lt;/li&gt;&lt;li&gt;Action innovante en faveur de l&amp;#039;accueil des nouveaux arrivants.&lt;/li&gt;&lt;li&gt;Création d&amp;#039;itinéraires patrimoniaux ou touristiques communs.&lt;/li&gt;&lt;li&gt;Mise en réseau de sites naturels ou culturels similaires.&lt;/li&gt;&lt;li&gt;Valorisation conjointe du patrimoine immatériel (langue, savoir-faire, traditions).&lt;/li&gt;&lt;li&gt;Elaboration d&amp;#039;une identité territoriale partagée (marque, label, communication).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;strong&gt;DÉPENSES ÉLIGIBLES DE PERSONNEL:&lt;br /&gt;&lt;/strong&gt;• Frais de personnels ou bénévoles nécessaires à la réalisation de l&amp;#039;opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires, un justificatif de temps de travail sera demandé) ;&lt;br /&gt;• Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;&lt;br /&gt;• Notes de frais des personnels ou bénévoles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D&amp;#039;ÉLIGIBILITÉ:&lt;br /&gt;&lt;/strong&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;• Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;Le financement s&amp;#039;effectue selon la règle suivante: 1€ de fonds publics hors FEADER donne 4€ de FEADER. Aucun autofinancement n&amp;#039;est exigé. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide avant son début d&amp;#039;exécution. Tout commencement d&amp;#039;exécution d&amp;#039;une dépense avant l&amp;#039;accusé de réception de la demande d&amp;#039;aide remet en cause l&amp;#039;éligibilité de cette dépense.&lt;br /&gt;Par « commencement d&amp;#039;exécution de l&amp;#039;opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d&amp;#039;un devis, d&amp;#039;un bon de commande, notification d&amp;#039;un marché public, paiement d&amp;#039;un acompte, d&amp;#039;une facture etc.).&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les opérations susceptibles d&amp;#039;être subventionnées sont les opérations subventionnées dans les appels à projets 1.2 - 2.2 et 3.2 du GAL Castelroussin-Valençay.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S237" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T237" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U237" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="V237" s="1" t="inlineStr">
+        <is>
+          <t>https://www.payscastelroussin.fr/</t>
+        </is>
+      </c>
+      <c r="W237" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr/</t>
+        </is>
+      </c>
+      <c r="X237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thibault MOURIER&lt;br /&gt;Gestionnaire / Animateur&lt;br /&gt;Tél : 02.34.68.04.70&lt;br /&gt;Courriel : &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/leader&amp;#64;payscastelroussin.fr" target="_self"&gt;leader&amp;#64;payscastelroussin.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Marlène HODEE&lt;/p&gt;&lt;p&gt;Animatrice LEADER&lt;/p&gt;&lt;p&gt;Tel: 02.54.00.35.33&lt;/p&gt;&lt;p&gt;Courriel: leader&amp;#64;paysvalencayenberry.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y237" s="1" t="inlineStr">
+        <is>
+          <t>leader@payscastelroussin.fr</t>
+        </is>
+      </c>
+      <c r="Z237" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-cooperation/</t>
+        </is>
+      </c>
+      <c r="AA237" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" spans="1:27" customHeight="0">
+      <c r="A238" s="1">
+        <v>165443</v>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>PPPA - Construire un espace social fiable : lutter contre la désinformation sur les réseaux sociaux pour les jeunes Européens - 2025</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>PPPA - Construire un espace social fiable : lutter contre la désinformation sur les réseaux sociaux pour les jeunes Européens - 2025</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G238" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H238" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K238" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;PPPA - Projets Pilotes et Actions Préparatoires - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;5,985,000 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 5,985,000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 3,1 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 85 %&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Objectifs&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Sensibiliser les jeunes aux menaces qui pèsent sur l&amp;#039;intégrité de l&amp;#039;information, telles que la désinformation, la manipulation et les contenus artificiels&lt;/li&gt;    &lt;li&gt;Créer et diffuser des contenus multilingues attrayants dans toute l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Impliquer les influenceurs et les jeunes dans un processus participatif de création de contenus&lt;/li&gt;    &lt;li&gt;Établir des partenariats entre les influenceurs et les professionnels de l&amp;#039;intégrité de l&amp;#039;information&lt;/li&gt;    &lt;li&gt;Évaluer et partager les meilleures pratiques en matière de promotion de contenus fiables&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : concevoir un processus participatif impliquant les jeunes Européens et les influenceurs&lt;/li&gt;    &lt;li&gt;Priorité 2 : produire des contenus destinés aux jeunes sur les menaces qui pèsent sur l&amp;#039;intégrité de l&amp;#039;information et les moyens de les contrer&lt;/li&gt;    &lt;li&gt;Priorité 3 : développer une vaste campagne transnationale et inclusive sur l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Priorité 4 : garantir le respect des lignes directrices et des normes éthiques en matière d&amp;#039;intégrité de l&amp;#039;information&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Parmi les actions financées&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Organisation d&amp;#039;événements (ateliers de production éphémères, événements parallèles ou stands interactifs lors de festivals pour la jeunesse, événements de lancement et de clôture)&lt;/li&gt;    &lt;li&gt;Production et distribution à l&amp;#039;échelle européenne de contenus multilingues&lt;/li&gt;    &lt;li&gt;Pôles d&amp;#039;engagement communautaire et d&amp;#039;influenceurs&lt;/li&gt;    &lt;li&gt;Réseau de collaboration paneuropéen&lt;/li&gt;    &lt;li&gt;Boucle continue d&amp;#039;évaluation d&amp;#039;impact et d&amp;#039;optimisation&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Éligibilité&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une personne morale&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins 7 candidats, établis dans au moins 7 pays éligibles différents, doit être constitué.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 18 et 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;span&gt;Utile&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/pppa/wp-call/2025/call-fiche_pppa-2025-disinformation-young_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents relatifs à l&amp;#039;appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/PPPA-2025-DISINFORMATION-YOUNG?order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;frameworkProgramme&amp;#61;43637601" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a href="https://www.eacea.ec.europa.eu/grants/2021-2027/pilot-projects-and-preparatory-actions-pppas_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d&amp;#039;informations (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/pppa2027" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N238" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O238" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P238" s="1" t="inlineStr">
+        <is>
+          <t>30/09/2025</t>
+        </is>
+      </c>
+      <c r="Q238" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2025</t>
+        </is>
+      </c>
+      <c r="S238" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U238" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V238" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/pppa-construire-un-espace-social-fiable-lutter-contre-la-desinformation-sur-les-reseaux-sociaux-pour-les-jeunes-europeens-2025/</t>
+        </is>
+      </c>
+      <c r="W238" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/pppa2027</t>
+        </is>
+      </c>
+      <c r="X238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : CNECTI4&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y238" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z238" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pppa-construire-un-espace-social-fiable-lutter-contre-la-desinformation-sur-les-reseaux-sociaux-pour-les-jeunes-europeens-2025/</t>
+        </is>
+      </c>
+      <c r="AA238" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="239" spans="1:27" customHeight="0">
+      <c r="A239" s="1">
+        <v>165491</v>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G239" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H239" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K239" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;MTJ - Mécanisme pour une Transition Juste - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;630 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 630 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic Framework loans :  &lt;ul&gt;    &lt;li&gt;les prêts-cadres demandés à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;pour le topic Standalone projects :  &lt;ul&gt;    &lt;li&gt;les prêts demandés directement à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;les prêts demandés par l&amp;#039;intermédiaire des intermédiaires financiers de la BEI doivent être d&amp;#039;au moins 1 million d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectif&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les initiatives qui répondent aux défis sociaux, économiques et environnementaux liés à la transition vers les objectifs climatiques et énergétiques de l&amp;#039;Union européenne pour 2030&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Investissements dans les énergies renouvelables et la mobilité verte et durable, y compris la promotion de l&amp;#039;hydrogène vert&lt;/li&gt;    &lt;li&gt;Réseau de chauffage urbain efficace&lt;/li&gt;    &lt;li&gt;Recherche publique&lt;/li&gt;    &lt;li&gt;Numérisation&lt;/li&gt;    &lt;li&gt;Infrastructures environnementales pour une gestion intelligente des déchets et de l&amp;#039;eau&lt;/li&gt;    &lt;li&gt;Energie durable, efficacité énergétique et mesures d&amp;#039;intégration, y compris rénovations et conversions de bâtiments&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 24 et 60 mois.&lt;/li&gt;  &lt;/ul&gt;  Des projets d&amp;#039;une durée plus courte ou plus longue peuvent être acceptés dans des cas dûment justifiés.  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/jtm/wp-call/2026/call-fiche_jtm-2026-pslf_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;JTM-2026-PSLF&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://cinea.ec.europa.eu/just-transition-mechanism_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/jtm" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N239" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Transition énergétique
+Accès aux services
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Bâtiments et construction
+Emploi
+International
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O239" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P239" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q239" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2026</t>
+        </is>
+      </c>
+      <c r="R239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;Être des personnes morales (organismes publics ou organismes privés chargés d&amp;#039;une mission de service public) établies dans un État membre de l&amp;#039;UE&lt;/p&gt;&lt;p&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S239" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U239" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V239" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="X239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact: CINEA-JTM-PSLF&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y239" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z239" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="AA239" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" spans="1:27" customHeight="0">
+      <c r="A240" s="1">
+        <v>165498</v>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d'innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d&amp;apos;innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G240" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H240" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K240" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;7 021 561 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 7 021 561 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 80 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Promouvoir la coopération politique et les actions innovantes soutenant tous les volets du programme, en favorisant un environnement médiatique diversifié, indépendant et pluraliste ainsi que l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Encourager les approches innovantes en matière de création, d&amp;#039;accès, de distribution et de promotion de contenus dans les secteurs culturels et créatifs et avec d&amp;#039;autres secteurs&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : encourager de nouvelles formes de création à la croisée de différents secteurs culturels et créatifs&lt;/li&gt;    &lt;li&gt;Priorité 2 : favoriser des approches et des outils intersectoriels innovants&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Longs métrages, animations et documentaires créatifs&lt;/li&gt;    &lt;li&gt;Œuvres audiovisuelles de fiction, animation&lt;/li&gt;    &lt;li&gt;Fiction interactive et non linéaire&lt;/li&gt;    &lt;li&gt;Jeux vidéo narratifs et expériences narratives immersives interactives&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cross-2026-innovlab_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CROSS-2026-INNOVLAB?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;CREA-CROSS-2026-INNOVLAB&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N240" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O240" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P240" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q240" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2026</t>
+        </is>
+      </c>
+      <c r="R240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant au programme Europe créative : États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;      - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays participant au programme Europe créative et détenus directement ou indirectement, en totalité ou en majorité, par des ressortissants de ces pays.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les candidatures individuelles sont autorisées (bénéficiaires uniques), ainsi que les propositions soumises par un consortium d&amp;#039;au moins deux candidats (bénéficiaires ; pas d&amp;#039;entités affiliées).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S240" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U240" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V240" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-laboratoire-dinnovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="X240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CROSS-INNOVLAB&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y240" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z240" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-laboratoire-d-apos-innovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="AA240" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="241" spans="1:27" customHeight="0">
+      <c r="A241" s="1">
+        <v>165500</v>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="D241" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="E241" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G241" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H241" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K241" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L241" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;5 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;La subvention maximale par projet est de 200 000 euros pour un candidat individuel et de 300 000 euros pour un consortium.&lt;/li&gt;  &lt;/ul&gt;  &lt;em&gt;La subvention sera versée sous forme de montant forfaitaire.&lt;/em&gt;  &lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 60 % du total des coûts éligibles.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les projets qui traduisent, publient, distribuent et promeuvent les œuvres de fiction européennes&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : accroître la circulation transnationale et la diversité des œuvres littéraires européennes, par la traduction, la publication, la distribution et la promotion d&amp;#039;œuvres de fiction, en mettant particulièrement l&amp;#039;accent sur celles rédigées dans des langues moins traduites&lt;/li&gt;    &lt;li&gt;Priorité 2 : promouvoir la lecture et la diversité linguistique et culturelle de la littérature européenne auprès d&amp;#039;un large public&lt;/li&gt;    &lt;li&gt;Priorité 3 : soutenir la profession de traducteur littéraire, conformément aux principes de bonnes conditions de travail et de rémunération équitable&lt;/li&gt;    &lt;li&gt;Priorité 4 : accroître la compétitivité du secteur du livre en encourageant la coopération entre les différents acteurs de la chaîne de valeur du livre&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Ensembles de travaux de fiction éligibles à être traduits, publiés, distribués et promus, sur la base d&amp;#039;une stratégie éditoriale, de distribution et de promotion solide&lt;/li&gt;    &lt;li&gt;Activités visant à faciliter la collaboration entre les différents acteurs de la chaîne de valeur du livre et de l&amp;#039;édition&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;Pays participant à Europe créative :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;Pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Autres conditions d&amp;#039;éligibilité :  &lt;ul&gt;    &lt;li&gt;Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;/li&gt;    &lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;/li&gt;  &lt;/ul&gt;      &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cult-2026-lit_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CULT-2026-LIT?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N241" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Formation professionnelle
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O241" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P241" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2025</t>
+        </is>
+      </c>
+      <c r="Q241" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2026</t>
+        </is>
+      </c>
+      <c r="R241" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant à Europe créative :&lt;/p&gt;&lt;p&gt;     - États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;     - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;        - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Autres conditions d&amp;#039;éligibilité :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/p&gt;&lt;p&gt;  - Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S241" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U241" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V241" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="X241" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CREATIVE-EUROPE-TRANSLATIONS&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y241" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z241" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="AA241" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" spans="1:27" customHeight="0">
+      <c r="A242" s="1">
+        <v>165504</v>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE- Accélérer l'utilisation optimale des technologies - 2025</t>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE- Accélérer l&amp;apos;utilisation optimale des technologies - 2025</t>
+        </is>
+      </c>
+      <c r="E242" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G242" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H242" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K242" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;15 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 15 million euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-WALLET: 10 millions euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-MDL: 5 millions euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir la délivrance et la certification des portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE conformément au règlement&lt;/li&gt;    &lt;li&gt;Soutenir le développement des marchés publics dans le contexte des portefeuilles d&amp;#039;entreprise européens&lt;/li&gt;    &lt;li&gt;Financer le développement de solutions modulaires de portefeuille d&amp;#039;identité numérique de l&amp;#039;UE et la fourniture de services d&amp;#039;assistance grâce à la coopération conjointe des États membres&lt;/li&gt;    &lt;li&gt;Soutenir la délivrance et l&amp;#039;acceptation des permis de conduire mobiles délivrés aux portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2025/call-fiche_digital-2025-bestuse-tech-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2025-BESTUSE-TECH-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N242" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Industrie
+Fiscalité des entreprises</t>
+        </is>
+      </c>
+      <c r="O242" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P242" s="1" t="inlineStr">
+        <is>
+          <t>09/10/2025</t>
+        </is>
+      </c>
+      <c r="Q242" s="1" t="inlineStr">
+        <is>
+          <t>09/12/2025</t>
+        </is>
+      </c>
+      <c r="R242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des entités juridiques (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur propositionUn consortium composé :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- d&amp;#039;au moins 5 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué ( DIGITAL-2025-BESTUSE-TECH-09-WALLET)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 2 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doivent être constituées (DIGITAL-2025-BESTUSE-TECH-09-MDL)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S242" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U242" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V242" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-accelerer-lutilisation-optimale-des-technologies-2025/</t>
+        </is>
+      </c>
+      <c r="X242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y242" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z242" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2025/</t>
+        </is>
+      </c>
+      <c r="AA242" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" spans="1:27" customHeight="0">
+      <c r="A243" s="1">
+        <v>165509</v>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G243" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H243" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K243" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N243" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O243" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P243" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q243" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S243" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U243" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V243" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y243" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z243" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA243" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" spans="1:27" customHeight="0">
+      <c r="A244" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C244" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G244" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H244" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I244" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K244" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N244" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O244" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P244" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q244" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S244" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T244" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U244" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V244" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y244" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z244" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA244" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>