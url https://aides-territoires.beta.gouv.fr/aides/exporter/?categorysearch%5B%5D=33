--- v0 (2025-11-19)
+++ v1 (2026-01-17)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA130"/>
+  <dimension ref="A1:AA125"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -2626,596 +2626,398 @@
  Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations : Se reporter sur le site de la Région, à la rubrique &amp;#34;associations d&amp;#039;Occitanie&amp;#34; ou composer le 3010, numéro unique et gratuit.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d621-solutions-association-occitanie-fonds-excepti/</t>
         </is>
       </c>
       <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:27" customHeight="0">
       <c r="A13" s="1">
-        <v>46985</v>
+        <v>50274</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Financer vos projets en zone rurale (LEADER)</t>
-[...5 lines deleted...]
-EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+          <t>Bénéficier d’une offre de prêt dédiée au financement des opérations de production de logements locatifs sociaux</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Prêt PLAI</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Groupe d'action locale Alpes et Azur (GAL)</t>
-[...4 lines deleted...]
-          <t>Groupe d'action locale Alpes et Azur (GAL)</t>
+          <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
-        <is>
-[...190 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose aux organismes de logements sociaux, aux collectivités territoriales et aux organismes à gestion désintéressée le prêt PLAI.
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt PLAI, soit Le Prêt Locatif Aidé d&amp;#039;Intégration, est une offre de prêt dédiée au financement des opérations de production de logements locatifs sociaux. Cette offre permet le financement de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La construction de logements locatifs sociaux  ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;acquisition de logements ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;acquisition de locaux pour les transformer en logements locatifs sociaux ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;acquisition par la formule VEFA (vente en état futur d&amp;#039;achèvement) ;
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation d&amp;#039;opérations de logements en structure collective destinés à des personnes âgées, des personnes handicapées, des étudiants ou des jeunes actifs ;
  &lt;/li&gt;
  &lt;li&gt;
   La construction et l&amp;#039;acquisition-amélioration de centres d&amp;#039;hébergements d&amp;#039;urgence et d&amp;#039;insertion (CHU, CHRS et CADA) qui répondent aux normes du logement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Handicap
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-plai?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=ope_prod_plai_psat</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/78aa-financer-des-operations-de-production-de-loge/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-      <c r="A15" s="1">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>50276</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Construire ou acquérir des logements sociaux avec le prêt Locatif à Usage Social</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Prêt Locatif à Usage Social (PLUS) : financer les opérations de production et construction de logements</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires finance vos projets de construction et d&amp;#039;acquisition de logements locatifs sociaux avec ou sans travaux d&amp;#039;amélioration avec son offre de prêt PLUS.
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt PLUS permet le financement de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La construction de logements sociaux à usage locatif ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;acquisition de logements avec ou sans travaux d&amp;#039;amélioration ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;acquisition de locaux en vue de leur transformation en logements locatifs sociaux ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;acquisition par la formule de vente en état futur d&amp;#039;achèvement (VEFA) ;
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation d&amp;#039;opérations de logements en structure collective destinés à des personnes âgées, des personnes handicapées, des étudiants et des jeunes actifs.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Handicap
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-plus?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=ope_prod_plus_psat</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0d74-trouver-une-offre-de-pret-dediee-au-financeme/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>52290</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissement</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &amp;#34;
   &lt;em&gt;
    Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
@@ -3291,96 +3093,96 @@
   Plus petit crédit : 11 000€
  &lt;/li&gt;
  &lt;li&gt;
   Plus gros crédit : 50 millions €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
  &lt;/li&gt;
  &lt;li&gt;
   Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Social et Petite enfance
   &lt;/strong&gt;
   (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Revitalisation des centres villes
   &lt;/strong&gt;
   (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Rayonnement culturel
   &lt;/strong&gt;
   (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transition énergétique
   &lt;/strong&gt;
   (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement des mobilités douces
   &lt;/strong&gt;
   (Bordeaux Métropole, 33)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement sportif
   &lt;/strong&gt;
   (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3423,392 +3225,392 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Etude de l&amp;#039;adhésion
   &lt;/strong&gt;
   : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Éligibilité à l&amp;#039;adhésion
   &lt;/strong&gt;
   : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vote de la délibération de la collectivité
   &lt;/strong&gt;
   : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Versement de l&amp;#039;Apport en capital initial
   &lt;/strong&gt;
   : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
   &lt;/strong&gt;
   : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W15" s="1" t="inlineStr">
         <is>
           <t>https://portail.agence-france-locale.fr/</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>56129</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Aménager des carrefours routiers avec une signalisation lumineuse</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I17" s="1" t="inlineStr">
+      <c r="I16" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="J17" s="1" t="inlineStr">
+      <c r="J16" s="1" t="inlineStr">
         <is>
           <t>Aide globale plafonnée jusqu'à 10 000€ par carrefour</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les  installations  de  signalisation  lumineuse  des  carrefours  doivent  répondre  à  des  exigences  de  sécurité  particulièrement  importantes.  La  qualité  des  contrats  de  maintenance, la mise aux normes des installations et le règlement spécifique de la loi handicap, sont des priorités proposées par le SDEC ÉNERGIE.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux financés concernent la création, le renouvellement (équipement en LED), les études de comptage, la mise aux normes PMR par exemple.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Handicap
 Equipement public
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes demandeuses doivent être adhérentes au syndicat et doivent lui avoir transféré leur compétence &amp;#34;signalisation lumineuse&amp;#34;.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail : eclairage&amp;#64;sdec-energie.fr
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02 31 06 61 65
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>flemaire@sdec-energie.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7725-raccorder-de-nouveaux-services-au-reseau-decl/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>62848</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
+      <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3854,186 +3656,186 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W18" s="1" t="inlineStr">
+      <c r="W17" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
         <v>63650</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Adapter les logements à la perte d'autonomie</t>
         </is>
       </c>
-      <c r="C19" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Agence Nationale de l'Habitat (ANAH)</t>
         </is>
       </c>
-      <c r="F19" s="1" t="inlineStr">
+      <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I18" s="1" t="inlineStr">
         <is>
           <t> Min : 35 Max : 50</t>
         </is>
       </c>
-      <c r="J19" s="1" t="inlineStr">
+      <c r="J18" s="1" t="inlineStr">
         <is>
           <t>Plafonds de dépenses subventionnables variables</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   1. Préparer votre intervention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous avez sur votre territoire une population en perte d&amp;#039;autonomie (personnes âgées, personnes en situation de handicap) qui souhaite rester vivre chez elle dans les meilleures conditions. Vous souhaitez donc développer un parc de logements adaptés.
  &lt;br /&gt;
  Pour définir une stratégie d&amp;#039;intervention efficace, qui permet de rassembler les partenaires autour du projet, des études préparatoires sont indispensables. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention pertinent, pour calibrer les besoins d&amp;#039;adaptation du parc privé sur votre territoire et convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
  &lt;br /&gt;
  Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Le montant de votre aide
  &lt;/em&gt;
  : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2. Choisir un outil d&amp;#039;intervention
  &lt;/strong&gt;
@@ -4104,422 +3906,422 @@
 &lt;p&gt;
  Une prime variable s&amp;#039;ajoute au montant de la partie fixe .Cette prime est versée en fonction du nombre de logements de propriétaires occupants et bailleurs engagés dans des travaux d&amp;#039;adaptation.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   4. Évaluer votre intervention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier. Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
  &lt;br /&gt;
  L&amp;#039;évaluation permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui d&amp;#039;expliquer les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions. Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
  &lt;br /&gt;
  En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Montant de l&amp;#039;aide
  &lt;/em&gt;
  : 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Association de la rénovation énergétique et de l&amp;#039;adaptation au handicap/vieillissement dans le Calvados :
  &lt;a href="https://www.anah.fr/dossiers/calvados-aide-a-lautonomie-et-habiter-mieux-une-association-efficace/"&gt;
   En savoir plus
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.anah.fr/collectivite/adapter-les-logements-a-la-perte-dautonomie/preparer-votre-intervention/</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
 &lt;/p&gt;
 &lt;p&gt;
  Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
  &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
   https://france-renov.gouv.fr/espaces-conseil-fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/62f3-adapter-les-logements-a-la-perte-dautonomie/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>71796</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les lycéens dans leur orientation - Cordées de la réussite</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Éducation nationale et de la Jeunesse
+Ministère de l'Enseignement supérieur et de la Recherche</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les « cordées de la réussite » ont pour objet d&amp;#039;introduire une plus grande équité sociale dans l&amp;#039;accès aux formations de l&amp;#039;enseignement supérieur et notamment aux filières sélectives.
+&lt;/p&gt;
+&lt;p&gt;
+ Lancées en novembre 2008, les « cordées de la réussite » ont pour objet d&amp;#039;introduire une plus grande équité sociale dans l&amp;#039;accès aux formations de l&amp;#039;enseignement supérieur et notamment aux filières sélectives. Mis en œuvre à la rentrée 2016, les « parcours d&amp;#039;excellence » s&amp;#039;inscrivent dans la complémentarité des cordées de la réussite.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A la rentrée 2020, « cordées de la réussite » et « parcours d&amp;#039;excellence » fusionnent en un seul dispositif sous l&amp;#039;appellation de « cordées de la réussite ».
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En cohérence avec les transformations induites par la réforme du lycée d&amp;#039;enseignement général et technologique, la revalorisation de la voie professionnelle ainsi que la Loi relative à l&amp;#039;orientation et la réussite des étudiants et la création de la plateforme Parcoursup, les nouvelles &amp;#34;Cordées de la réussite visent
+ &lt;strong&gt;
+  à faire de l&amp;#039;accompagnement à l&amp;#039;orientation un réel levier d&amp;#039;égalité des chances
+ &lt;/strong&gt;
+ . Destinées en priorité aux élèves scolarisés en éducation prioritaire ou en quartiers prioritaires politique de la ville (QPV), aux collégiens et lycéens de zone rurale et isolée et aux lycéens professionnels, elles ont pour objectif de lutter contre l&amp;#039;autocensure, de susciter l&amp;#039;ambition scolaire des élèves par un continuum d&amp;#039;accompagnement de la classe de 4e au lycée et jusqu&amp;#039;à l&amp;#039;enseignement supérieur. Cet accompagnement continu et progressif en amont des choix d&amp;#039;orientation est à même de donner à chacun les moyens de sa réussite dans la construction de son parcours, que ce soit vers la poursuite d&amp;#039;études ou l&amp;#039;insertion professionnelle.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une cordée repose sur le partenariat entre une « tête de cordée » qui peut être un établissement d&amp;#039;enseignement supérieur (grandes écoles, universités, IUT) ou un lycée avec des CPGE ou des STS et des établissements dits « encordés » (collèges et lycées de la voie générale, technologique ou professionnelle).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les établissements encordés relèvent plus particulièrement des réseaux d&amp;#039;éducation prioritaire, des quartiers prioritaires de la politique de la ville ou de zones rurales éloignées des métropoles.
+ &lt;/strong&gt;
+ La mise en réseau de collèges, de lycées et d&amp;#039;établissements d&amp;#039;enseignement supérieur sur un projet commun facilite le passage d&amp;#039;un niveau à l&amp;#039;autre : elle permet une gradation dans les actions déployées auprès des élèves par une réflexion sur leur progressivité et leur articulation, notamment lorsque survient la transition entre le collège et le lycée.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour élargir les perspectives d&amp;#039;orientation des élèves et mieux répondre à leurs aspirations tant académiques que professionnelles, un même EPLE peut être encordé à plusieurs têtes de cordée, en veillant à diversifier les établissements d&amp;#039;enseignement supérieur avec lesquels il est en relation, afin d&amp;#039;offrir aux jeunes bénéficiaires du dispositif un vaste horizon sur la diversité des formations : longues ou courtes, sélectives ou non, par apprentissage ou sous statut étudiant, écoles de la fonction publique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le partenariat entre établissements scolaires et établissements d&amp;#039;enseignement supérieur se traduit par un ensemble d&amp;#039;actions d&amp;#039;accompagnement mises en œuvre dans le collège ou le lycée « encordé » en faveur des élèves volontaires.
+ &lt;/strong&gt;
+ Les modes d&amp;#039;accompagnement proposés aident l&amp;#039;élève à construire son propre parcours de réussite du collège au lycée et du lycée vers la poursuite d&amp;#039;études dans l&amp;#039;enseignement supérieur ou vers l&amp;#039;insertion professionnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le suivi des élèves concernés repose sur des actions individuelles de tutorat et d&amp;#039;ouverture culturelle (visites de musées ou d&amp;#039;institutions publiques, conférences, etc.). Pour que les cordées de la réussite soient un véritable soutien à l&amp;#039;orientation choisie, il s&amp;#039;agit de donner aux élèves l&amp;#039;expérience de la mobilité par la découverte de lieux et de secteurs professionnels différents de leur environnement familier ou, le cas échéant, par le recours à l&amp;#039;offre des internats du XXIe siècle. Des actions liées à la découverte des métiers veilleront à faire évoluer la représentation de telle filière ou profession chez les élèves et en particulier à lutter contre les stéréotypes de genre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dispositif ne se limite pas aux seuls élèves ayant les meilleurs résultats scolaires. L&amp;#039;équipe pédagogique et éducative qui encadre le parcours de l&amp;#039;élève au sein de la cordée veille à inciter tous les élèves, notamment ceux n&amp;#039;osant pas le faire spontanément, à s&amp;#039;y engager.
+ &lt;/strong&gt;
+ Une attention particulière est portée aux élèves dont le rapport à l&amp;#039;École est en train d&amp;#039;évoluer positivement et pour lesquels le dispositif constitue un soutien bienvenu.
+ &lt;strong&gt;
+  Le dispositif est pleinement inclusif à l&amp;#039;égard des élèves en situation de handicap.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Handicap
+Cohésion sociale et inclusion
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cordeesdelareussite.fr/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chef d&amp;#039;établissement ou un professeur qui souhaiterait faire adhérer son établissement à une cordée, pourra contacter le référent académique désigné par le recteur d&amp;#039;académie. Celui-ci pourra lui présenter la politique déployée dans l&amp;#039;académie et le mettre en relation avec des EPLE déjà engagés dans le dispositif, et des établissements d&amp;#039;enseignement supérieur qui souhaitent rejoindre le dispositif ou développer les actions qu&amp;#039;ils conduisent déjà avec d&amp;#039;autres EPLE.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez ci-dessous les référents académiques « Cordées de la réussite » :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aix-Marseille	Valérie	GUIDARINI	valerie.guidarini&amp;#64;ac-aix-marseille.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amiens	Florence	BULCKAEN	florence.bulckaen&amp;#64;region-academique-hauts-de-france.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Besançon	Laurent	BERTRAND	laurent.bertrand.ien&amp;#64;ac-besancon.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bordeaux	Sébastien	FOUCHARD	sebastien.fouchard&amp;#64;ac-bordeaux.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clermont-Ferrand	Sylvie	MAISONNET	Sylvie.Maisonnet&amp;#64;ac-clermont.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Corse	Guillaume	COPPIN	guillaume.coppin&amp;#64;ac-corse.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créteil	Sabine	LESTRADE	sabine.lestrade&amp;#64;ac-creteil.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créteil	Kebir	DGAYGUI	kebir.dgaygui&amp;#64;ac-creteil.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dijon	Didier	PERRAULT	didier.perrault&amp;#64;ac-dijon.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Grenoble	Vincent	DUPAYAGE	vincent.dupayage&amp;#64;ac-grenoble.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe	Lydia	LACEMON	lydia.lacemon&amp;#64;ac-guadeloupe.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guyane	Myriam	HO-A-KWIE-MANGAL	csaio&amp;#64;ac-guyane.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lille	Marie	SEILLER	marie.seiller&amp;#64;region-academique-hauts-de-france.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Limoges	Marie-Claude	FANTHOU	Marie-Claude.Fanthou&amp;#64;ac-limoges.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lyon	Florence	BOURGEOIS-FIORITI	florence.fioriti&amp;#64;ac-lyon.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique	Eric	MORTELETTE	eric.mortelette&amp;#64;ac-martinique.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte	Sylvie	MALO	saio&amp;#64;ac-mayotte.fr  / sylvie.malo&amp;#64;ac-mayotte.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montpellier	Olivier	BRUNEL	olivier.brunel&amp;#64;ac-montpellier.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montpellier	Agnès	VRINAT-JEANNEAU	eduprio&amp;#64;ac-montpellier.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nancy-Metz	Dimitri	SYDOR	dimitri.sydor&amp;#64;ac-nancy-metz.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nantes	Dominique	ALLAIS	dominique.allais&amp;#64;ac-nantes.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Normandie	Sylvaine	PERRE	sylvaine.perre&amp;#64;ac-normandie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nice	Nathalie	FETNAN	nathalie.fetnan&amp;#64;ac-nice.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nice	Charlie	GALIBERT	charlie.galibert&amp;#64;ac-nice.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Orléans-Tours	Alexandra	MENEUX	alexandra.meneux&amp;#64;ac-orleans-tours.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paris	Corinne	PASCO	corinne.pasco&amp;#64;ac-paris.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paris	Patrice	BAUDEVIN	patrice.baudevin&amp;#64;ac-paris.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poitiers	Karine	VIARD	continuum&amp;#64;ac-poitiers.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poitiers	Yannick	THEVENET	yannick.thevenet&amp;#64;ac-poitiers.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reims	Yoril	BAUDOIN	yoril.baudoin&amp;#64;ac-reims.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reims	Jacques-Emmanuel	DAUGE	Jacques.Dauge&amp;#64;ac-reims.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rennes	Gwenaelle	HERGOTT	gwenaelle.hergott&amp;#64;ac-rennes.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rennes	Gérald	MOENNER	gerald.moenner&amp;#64;ac-rennes.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réunion	Mario	LEFEBVRE	mario.lefebvre&amp;#64;ac-reunion.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Strasbourg	Virginie	JELTSCH	virginie.jeltsch&amp;#64;ac-strasbourg.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toulouse	Eleonore	TEMPIER	Eleonore.Tempier&amp;#64;ac-toulouse.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Versailles	Frédéric	TEULAT	frederic.teulat&amp;#64;ac-versailles.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Versailles	Marie-Laure	NUMA	Marie-Laure.Numa&amp;#64;ac-versailles.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="Y19" s="1" t="inlineStr">
         <is>
-          <t>dsrt.anah@anah.gouv.fr</t>
+          <t>annelise.brouste@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z19" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/62f3-adapter-les-logements-a-la-perte-dautonomie/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/004d-accompagner-les-lyceens-dans-leur-orientation/</t>
         </is>
       </c>
       <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:27" customHeight="0">
       <c r="A20" s="1">
-        <v>71796</v>
+        <v>71871</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les lycéens dans leur orientation - Cordées de la réussite</t>
-[...4 lines deleted...]
-          <t>France Relance</t>
+          <t>Financer la production de logements locatifs sociaux</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Booster : financer la production de logements</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Ministère de l'Éducation nationale et de la Jeunesse
-Ministère de l'Enseignement supérieur et de la Recherche</t>
+          <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>Etablissement public dont services de l'Etat
-Particulier</t>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière</t>
+          <t>Prêt</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
-        <is>
-[...256 lines deleted...]
-      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  En complément des prêts PLUS, PLAI et PLS, la Banque des Territoires propose les prêts Booster : des solutions de financement pour les projets de production de logements locatifs sociaux dans le cadre du Plan logement. Les opérations éligibles sont celles visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Construire des logements locatifs sociaux avec ou sans acquisition de terrain ;
  &lt;/li&gt;
  &lt;li&gt;
   Faire l&amp;#039;acquisition de logements avec ou sans travaux d&amp;#039;amélioration, y compris en VEFA ;
  &lt;/li&gt;
  &lt;li&gt;
   Acquérir des locaux afin de les transformer en logements locatifs sociaux ;
@@ -4539,174 +4341,174 @@
   Un prêt à taux fixe offrant un différé d&amp;#039;amortissement du capital pendant 20 ans, puis un amortissement du capital pendant 20 à 40 ans au taux du Livret A &amp;#43; 0,60 % ;
  &lt;/li&gt;
  &lt;li&gt;
   Un prêt à taux fixe sans différé d&amp;#039;amortissement sur des durées de 15, 20, 25 ou 30 ans, en échéances constantes avec une possibilité de préfinancement de 3 à 12 mois ;
  &lt;/li&gt;
  &lt;li&gt;
   Un Booster BEI à long terme sur des durées de 35 ou 40 ans.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Prenant la forme d&amp;#039;un prêt sur fonds d&amp;#039;épargne de la Caisse des Dépôts, le Booster est :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Limité à 15 000 € par logement ;
  &lt;/li&gt;
  &lt;li&gt;
   Accordé en complément des autres financements de production de logements sociaux (PLUS, PLAI et PLS).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  À noter : un seul prêt Booster est possible par opération, qu&amp;#039;il soit avec ou sans différé d&amp;#039;amortissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Cohésion sociale et inclusion
 Logement et habitat
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-booster?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=prod_ls_booster_psat</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b04-trouver-un-offre-de-pret-dediee-au-financemen/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-      <c r="A22" s="1">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
         <v>72810</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissements dans les Petites Villes</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
 &lt;/p&gt;
@@ -4743,79 +4545,79 @@
 &lt;p&gt;
  •	Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  •	Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  •	Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
 &lt;/p&gt;
 &lt;p&gt;
  •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •
  &lt;strong&gt;
   Entretien du patrimoine
  &lt;/strong&gt;
  (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
 &lt;/p&gt;
 &lt;p&gt;
  •
  &lt;strong&gt;
   Développement sportif
  &lt;/strong&gt;
  (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
 &lt;/p&gt;
 &lt;p&gt;
  •
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4858,592 +4660,592 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Etude de l&amp;#039;adhésion
  &lt;/strong&gt;
  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Éligibilité à l&amp;#039;adhésion
  &lt;/strong&gt;
  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Vote de la délibération de la collectivité
  &lt;/strong&gt;
  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Versement de l&amp;#039;Apport en capital initial :
  &lt;/strong&gt;
  La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
  &lt;/strong&gt;
  La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W22" s="1" t="inlineStr">
+      <c r="W21" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   Contact :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-      <c r="A23" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>78201</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Adapter l'offre de services et d'équipements de proximité aux besoins de la population</t>
         </is>
       </c>
-      <c r="C23" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Pays Comminges Pyrénées</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
         <is>
           <t> Max : 64</t>
         </is>
       </c>
-      <c r="J23" s="1" t="inlineStr">
+      <c r="J22" s="1" t="inlineStr">
         <is>
           <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des cofinancements publics mobilisés et au moins 15% du montant des dépenses présentées.</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   a) &lt;/strong&gt;Objectif stratégique&lt;/p&gt;&lt;p&gt;Face au renouveau démographique que connaît le territoire depuis les années 2000, le Pays Comminges Pyrénées doit favoriser l’accueil de nouvelles populations (globalement plus jeunes et contenant un nombre plus important de CSP&amp;#43; qu’au sein même de la population commingeoise) tout en maintenant la qualité de vie reconnue du territoire. De fait, la croissance démographique s’est accompagnée d’une offre de services et d’équipements afin de répondre aux besoins de la population et d’accompagner les mutations sociales (vieillissement, nouveaux arrivants, etc.) mais les besoins demeurent insatisfaits, notamment en matière de santé (au sens de l’OMS : bien-être physique, mental et social), enfance/jeunesse et loisirs.&lt;/p&gt;&lt;p&gt;Les enjeux : Renforcer l’offre de proximité en services et équipements sur l’ensemble du territoire en s’appuyant sur les bassins de vie structurants, tout en soutenant l’« aller vers » (déploiement de maisons de services de proximité et de l’offre itinérante).&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPERATIONS&lt;br /&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;2 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;1.1 Maintenir et développer une offre de services de proximité sur l&amp;#039;ensemble du territoire&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1.1.1 Développer et adapter l’accueil d&amp;#039;enfants, de jeunes, de personnes âgées, de personnes en situation de handicap et de personnes fragiles, ainsi que l’habitat de type intergénérationnel, inclusif, solidaire et/ou partagé&lt;/li&gt;&lt;li&gt;1.1.2 Développer et adapter les équipements offrant des services au public&lt;/li&gt;&lt;li&gt;1.1.3 Développer et adapter l’accès des services au public et les espaces mutualisés.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;1.2 Adapter l’offre de santé aux besoins des habitants&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1.2.1 Développer et adapter les services en santé et les services médico- sociaux&lt;/li&gt;&lt;li&gt;1.2.2 Favoriser les actions de prévention et l’accompagnement des aidants&lt;/li&gt;&lt;li&gt;1.2.3 Accompagner la mise en réseau des acteurs et l’accueil de nouveaux&lt;/li&gt;&lt;li&gt;professionnels&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Création d’un pôle enfance jeunesse, création d’aires de jeux et de terrains multisports, rénovation de maisons des associations, extension d’un centre social intercommunal, création d’une maison intergénérationnelle, création d’un habitat partagé solidaire, etc. ;&lt;/p&gt;&lt;p&gt;- Aménagement d’un parcours de santé, construction d’un pôle santé, actions de prévention, etc.&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Lutte contre la précarité
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES&lt;br /&gt;&lt;/strong&gt;Tous sauf SCI ; SA ; SAS ; SARL ; SNC, EI ; EURL ; Les mutuelles sous tous leurs statuts ; Les particuliers.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;br /&gt;&lt;/strong&gt;Les projets d’animation doivent s’inscrire dans une démarche partenariale rassemblant à minima 3 partenaires.&lt;/p&gt;&lt;p&gt;&lt;em&gt;1.2. Adapter l’offre de santé aux besoins des habitants&lt;/em&gt; : Pour les professions médicales, le projet doit respecter les conditions d’agrément de l’Agence Régionale de Santé.&lt;/p&gt;&lt;p&gt;&lt;em&gt;1.2. Adapter l’offre de santé aux besoins des habitants&lt;/em&gt; : Pour les professions paramédicales, le projet devra regrouper à minima 4 professionnels de santé.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues&lt;/strong&gt; : L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>pays@commingespyrenees.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f25b-favoriser-le-maintien-et-la-creation-de-servi/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>92049</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Financer les SPL contribuant à la relance par  des quasi-fonds propres</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Découvrez nos offres pour les Entreprises publiques locales</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose des solutions de financement pour les Sociétés publiques locales (SPL) et leurs projets qui :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Participent au plan de relance ;
  &lt;/li&gt;
  &lt;li&gt;
   Présentent des impacts extra-financiers importants et sont en capacité de les suivre ;
  &lt;/li&gt;
  &lt;li&gt;
   Ont un modèle économique équilibré et affichent des perspectives de développement ;
  &lt;/li&gt;
  &lt;li&gt;
   Ont besoin d&amp;#039;un apport en fonds propre d&amp;#039;au moins 200 000 €.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut participer à votre financement de haut de bilan par des quasi-fonds propres de plusieurs manières :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prêts subordonnés ou super subordonnés à intérêts fixes ou variables ;
  &lt;/li&gt;
  &lt;li&gt;
   Obligations subordonnées ou super subordonnées à intérêts fixes ou variables.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/entreprises-publiques-locales?mtm_campaign=Aides_Territoires&amp;mtm_kwd=EPL&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_spl_at</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a29b-obtenir-un-apport-en-quasi-fonds-propres-pour/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>92586</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I25" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -5482,294 +5284,294 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>92608</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions sportives permettant de promouvoir l’inclusion sociale, l’insertion, la solidarité, la citoyenneté et la santé</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J26" s="1" t="inlineStr">
+      <c r="J25" s="1" t="inlineStr">
         <is>
           <t>30% maximum du budget de l’action</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif vise à aider les actions qui, par le sport, permettent de promouvoir l&amp;#039;inclusion sociale, l&amp;#039;insertion, la solidarité, la citoyenneté et la santé.
 Subvention attribuée dans la limite de l&amp;#039;enveloppe dédiée ne pouvant dépasser 30% du budget de l&amp;#039;action et plafonnée à 10 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
+      <c r="M25" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Projet utilisant le sport comme vecteur d&amp;#039;intégration, d&amp;#039;insertion et valorisation personnelle
  &lt;/li&gt;
  &lt;li&gt;
   Projet utilisant le sport comme support d&amp;#039;une pratique respectueuse de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Projet spécifique lié à l&amp;#039;encouragement de la mixité de genre, sociale et/ou intergénérationnelle dans le sport
  &lt;/li&gt;
  &lt;li&gt;
   Projet favorisant l&amp;#039;accès à la pratique du sport pour les personnes en situation de handicap
  &lt;/li&gt;
  &lt;li&gt;
   Projet spécifique lié à la pratique du sport contribuant au bien-être et à la santé du pratiquant
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Forêts
 Montagne
 Sols
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Risques naturels
 Qualité de l'air
 Lutte contre la précarité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Groupements de communes
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats intercommunaux
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9087-soutenir-les-actions-sportives-permettant-de-/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>94236</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Investir dans un projet santé ou médico-social à impact social positif</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires accompagne le développement des entreprises portant un projet ayant un impact social positif dans l&amp;#039;un des 5 secteurs suivants.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Santé : projet de maisons de répit ou d&amp;#039;accès aux aides techniques par exemple.
  &lt;/li&gt;
  &lt;li&gt;
   Vieillissement : projet de renforcement des liens intergénérationnels ou de services d&amp;#039;accompagnement dans la perte d&amp;#039;autonomie par exemple.
  &lt;/li&gt;
  &lt;li&gt;
   Handicap : projet de solutions techniques de gestion de la perte d&amp;#039;autonomie ou d&amp;#039;emploi de personnes en situation de handicap par exemple.
@@ -5783,1278 +5585,1278 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Le soutien de la Banque des Territoires s&amp;#039;adresse aux entreprises :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   En phase de développement, à condition de présenter au moins 3 années de comptes de résultats et des fonds propres positifs ;
  &lt;/li&gt;
  &lt;li&gt;
   En changement d&amp;#039;échelle, en accord avec un plan de développement établi.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour un projet éligible, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Proposer un accompagnement en ingénierie pour développer le projet avant son financement ;
  &lt;/li&gt;
  &lt;li&gt;
   Investir en fonds propres et/ou quasi-fonds propres dans la structure ou dans le projet.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Handicap
 Santé
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_sante_medico_social_psat</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cdbc-investir-dans-linnovation-sociale-pour-la-san/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>94240</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le développement d'entreprises d'insertion</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>L’investissement dans l’économie inclusive</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires vous propose un accompagnement complet pour développer les entreprises d&amp;#039;insertion sur le territoire. Cet accompagnement peut prendre plusieurs formes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Conseils ;
  &lt;/li&gt;
  &lt;li&gt;
   Investissements directs en fonds propres ;
  &lt;/li&gt;
  &lt;li&gt;
   Investissements directs en quasi-fonds propres.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Handicap
 Emploi</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=entreprise_dinsertion_psat</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
   https://www.banquedesterritoires.fr/directions-regionales
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
   Contactez-nous à travers notre formulaire de contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/41a7-obtenir-un-accompagnement-et-un-investissemen/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
         <v>95203</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités vers le LABEL "AMI DES AÎNÉS"®</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C28" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>LABEL "AMI DES AÎNÉS"®</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Réseau francophone des villes amies des aînés</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sensibilisation aux enjeux de l&amp;#039;adaptation des territoires au vieillissement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La démarche Villes Amies des Aînés (VADA), initiée par l&amp;#039;Organisation Mondiale de la Santé (OMS) et développée en France par le Réseau Francophone des Villes amies des aînés (RFVAA), consiste à
  &lt;strong&gt;
   interroger les particularités territoriales et les politiques locales au prisme des particularités liées au vieillissement de la population
  &lt;/strong&gt;
  . Cette méthodologie, qui s&amp;#039;appuie sur de la conduite de projet, a pour particularité de
  &lt;strong&gt;
   rendre incontournable la consultation des habitants, la transversalité des politiques publiques, le partenariat avec les acteurs du territoire et la lutte contre les stéréotypes liés à l&amp;#039;âge
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Dans ce contexte, les collectivités peuvent s&amp;#039;engager vers le LABEL &amp;#34;AMI DES AÎNÉS&amp;#34;&lt;span&gt;®&lt;/span&gt; pour
  &lt;strong&gt;
   être accompagnées dans l&amp;#039;amélioration de leurs politiques locales et pour affirmer leur volonté d&amp;#039;améliorer l&amp;#039;environnement social et bâti
  &lt;/strong&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  A travers leur appartenance au programme Petites Villes de Demain ou Action Cœur de Ville, les collectivités qui le souhaitent pourront
  &lt;strong&gt;
   bénéficier d&amp;#039;un accompagnement approfondi pour aller vers ce processus de labellisation
  &lt;/strong&gt;
  (facilitation pour la participation aux événements du RFVAA, interlocuteurs dédiés, accès à une banque de bonnes pratiques, organisation de webinaires réservés...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M29" s="1" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour des retours d&amp;#039;expériences de territoires labellisés, rendez-vous sur le numéro spécial de la Gazette des communes grâce au lien suivant : http://villesamiesdesaines-rf.fr/pdf/HS-GazettexRFVAA.pdf
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Egalité des chances
 Cohésion sociale et inclusion
 Santé
 Revitalisation</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être adhérent au Réseau Francophone des Villes Amies des Aînés
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>http://villesamiesdesaines-rf.fr/label-ami-des-aines</t>
         </is>
       </c>
-      <c r="W29" s="1" t="inlineStr">
+      <c r="W28" s="1" t="inlineStr">
         <is>
           <t>http://villesamiesdesaines-rf.fr/</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus contactez :
  &lt;a href="mailto:contact&amp;#64;rfvaa.com" rel="noopener" target="_blank"&gt;
   contact&amp;#64;rfvaa.com
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>agiacomini@rfvaa.com</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/76d9-accompagner-les-collectivites-vers-le-label-a/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
         <v>95205</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Financer le projet de vie sociale et partagée des habitants qui font le choix de vivre dans un habitat inclusif (aide à la vie partagée)</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Conseils départementaux</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide à la vie partagée est destinée aux personnes en situation de handicap et aux personnes âgées de plus de 65 ans qui font le choix de vivre dans un habitat inclusif. Cette aide a vocation à financer leur projet de vie sociale et partagée et, ainsi, les fonctions liées au « partage de vie », au « vivre ensemble » à l&amp;#039;intérieur comme à l&amp;#039;extérieur de l&amp;#039;habitat :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;animation du projet de vie sociale et des temps partagés ;
  &lt;/li&gt;
  &lt;li&gt;
   la participation sociale des habitants, le développement de la citoyenneté et du pouvoir d&amp;#039;agir ;
  &lt;/li&gt;
  &lt;li&gt;
   la facilitation des liens d&amp;#039;une part entre les habitants et d&amp;#039;autre part entre les habitants et l&amp;#039;environnement proche ;
  &lt;/li&gt;
  &lt;li&gt;
   la coordination des intervenants permanents et ponctuels au sein de l&amp;#039;habitat ou à l&amp;#039;extérieur (hors coordination médico-sociale) ;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;interface technique et logistique des logements avec le propriétaire, le bailleur.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Elle n&amp;#039;a pas vocation à financer l&amp;#039;accompagnement social ou médico-social individuel de la personne pour le soutien à l&amp;#039;autonomie, ni le suivi des parcours individuels ou la coordination des interventions médico-sociales.
  &lt;br /&gt;
  Elle n&amp;#039;est pas cumulable, pour un même projet, avec le forfait habitat inclusif.
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;aide à la vie partagée (AVP) est une aide individuelle, versée par le Conseil départemental aux porteurs de projet d&amp;#039;habitats inclusifs conventionnés avec le département, pour financer le projet de vie sociale et partagée des habitants vivant dans un habitat inclusif.
  &lt;br /&gt;
  Le montant de l&amp;#039;aide (jusqu&amp;#039;à 10 000€ par an et par habitant) varie en fonction du contenu du projet de vie partagée élaboré par ou avec les habitants et de l&amp;#039;intensité de l&amp;#039;aide apportée aux habitants. Cette aide ne peut pas se cumuler avec le forfait habitat inclusif.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le déploiement de l&amp;#039;aide à la vie partagée débute en 2021 sur les territoires. Pour les projets, existants ou nouveaux, identifiés par les Départements en 2021 et 2022, les Conseils départementaux pourront bénéficier d&amp;#039;un soutien financier de la CNSA jusqu&amp;#039;à 8000€ par an et par habitant. Pour cela, un accord pour l&amp;#039;habitat inclusif doit être conclu entre le département, l&amp;#039;Etat et la CNSA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Cohésion sociale et inclusion
 Revitalisation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;AVP est destinée :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aux personnes en situation de handicap (bénéficiant de droits ouverts à la MDPH ou d&amp;#039;une pension d&amp;#039;invalidité délivrée par la CPAM) ;
  &lt;/li&gt;
  &lt;li&gt;
   Aux personnes âgées de plus de 65 ans.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Elle est versée par le Conseil départemental directement au porteur de projet de l&amp;#039;habitat inclusif responsable de la mise en oeuvre du projet de vie sociale et partagée, sur la base d&amp;#039;un conventionnement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://www.cnsa.fr/grands-chantiers/habitat-inclusif</t>
         </is>
       </c>
-      <c r="W30" s="1" t="inlineStr">
+      <c r="W29" s="1" t="inlineStr">
         <is>
           <t>https://www.cnsa.fr/budget-et-financement/financement-de-lhabitat-inclusif</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher du Conseil départemental où se situe l&amp;#039;habitat inclusif.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0e85-financer-le-projet-de-vie-sociale-et-partagee/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>95206</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Financer le projet de vie sociale et partagée d'un projet d'habitat inclusif</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Agences régionales de santé (ARS)</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide à la vie partagée est destinée aux personnes en situation de handicap et aux personnes âgées de plus de 65 ans qui font le choix de vivre dans un habitat inclusif. Cette aide a vocation à financer leur projet de vie sociale et partagée et, ainsi, les fonctions liées au « partage de vie », au « vivre ensemble » à l&amp;#039;intérieur comme à l&amp;#039;extérieur de l&amp;#039;habitat :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;animation du projet de vie sociale et des temps partagés ;
  &lt;/li&gt;
  &lt;li&gt;
   la participation sociale des habitants, le développement de la citoyenneté et du pouvoir d&amp;#039;agir ;
  &lt;/li&gt;
  &lt;li&gt;
   la facilitation des liens d&amp;#039;une part entre les habitants et d&amp;#039;autre part entre les habitants et l&amp;#039;environnement proche ;
  &lt;/li&gt;
  &lt;li&gt;
   la coordination des intervenants permanents et ponctuels au sein de l&amp;#039;habitat ou à l&amp;#039;extérieur (hors coordination médico-sociale) ;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;interface technique et logistique des logements avec le propriétaire, le bailleur.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Elle n&amp;#039;a pas vocation à financer l&amp;#039;accompagnement social ou médico-social individuel de la personne pour le soutien à l&amp;#039;autonomie, ni le suivi des parcours individuels ou la coordination des interventions médico-sociales.
 &lt;/p&gt;
 &lt;p&gt;
  Elle n&amp;#039;est pas cumulable, pour un même projet, avec le forfait habitat inclusif.
  &lt;br /&gt;
  &lt;br /&gt;
  Le forfait habitat inclusif a vocation à financer l&amp;#039;animation du projet de vie sociale et partagée :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dans une fourchette comprise entre 3000€ et 8000€ par an et par habitant éligible au forfait, le montant étant déterminé par l&amp;#039;intensité du projet de vie sociale et partagée ;
  &lt;/li&gt;
  &lt;li&gt;
   Dans la limite de 60 000€ par an et par projet.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Cohésion sociale et inclusion
 Revitalisation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le forfait est versé par l&amp;#039;ARS à la personne morale &amp;#34;porteur de projet&amp;#34; dont le projet d&amp;#039;habitat inclusif a été sélectionné dans le cadre d&amp;#039;un appel à candidatures. Il est attribué pour toute personne en situation de handicap ou toute personne âgée en perte d&amp;#039;autonomie selon les conditions suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La personne en situation de handicap doit être majeure et bénéficier d&amp;#039;une allocation pour adulte handicapé (AAH) 1 ou 2, de la prestation de compensation du handicap (PCH), d&amp;#039;une allocation compensatrice pour tierce personne (ACTP), d&amp;#039;une notification d&amp;#039;orientation vers un service ou un établissement social ou médico-social ou d&amp;#039;une pension d&amp;#039;invalidité de 2è et 3è catégorie ;
  &lt;/li&gt;
  &lt;li&gt;
   La personne âgée doit être classée en GIR 1 à 5.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de l&amp;#039;ARS où se situe l&amp;#039;habitat inclusif :
  &lt;a href="mailto:https://www.ars.sante.fr/" rel="noopener" target="_blank"&gt;
   https://www.ars.sante.fr/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cf3f-financer-le-projet-de-vie-sociale-et-partagee/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
         <v>95257</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'accès aux structures d'accueil polyvalent du public</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aude
 Caisse d'assurance retraite et de la santé au travail Languedoc-Roussillon (CARSAT)
 Mutualité sociale agricole (MSA)
 Caisse d'allocations familiales de l'Aude</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J32" s="1" t="inlineStr">
+      <c r="J31" s="1" t="inlineStr">
         <is>
           <t>Une subvention forfaitaire annuelle de fonctionnement de 5000€ sera apportée</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A travers le schéma départemental d&amp;#039;amélioration de l&amp;#039;accessibilité des services au public, le Département s&amp;#039;est engagé dans un programme d&amp;#039;actions pour les années 2016 à 2022 afin de favoriser l&amp;#039;accès des services au public pour tous les usagers.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accessibilité aux services publics étant un enjeu majeur d&amp;#039;égalité de cohésion sociale.
 &lt;/p&gt;
 &lt;p&gt;
  Il est donc proposé de mettre en œuvre un dispositif d&amp;#039;aide au fonctionnement des structures d&amp;#039;accueil polyvalent du public, qui regroupe les MSAP et MFS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Handicap
 Accès aux services
 Cohésion sociale et inclusion</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  structures porteuses de ces lieux d&amp;#039;accueil polyvalent du public à savoir les communautés d&amp;#039;agglomérations, communautés de communes et associations qui ont obtenu la labellisation MSAP ou MFS.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Non éligibles :
  &lt;/strong&gt;
  Les structures portées par les bureaux de poste ou la MSA sont exclues de ce dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Afin de bénéficier de ce dispositif, la structure doit :
  &lt;/li&gt;
  &lt;li&gt;
   Obtenir le
  label MFS ou MSAP
  &lt;/li&gt;
  &lt;li&gt;
   Etre un espace mutualisé d&amp;#039;accès aux services visant à faciliter les démarches des usagers et améliorer la proximité des services publics dans les territoires ruraux, urbains ou péri-urbains en situation de déficit
  &lt;/li&gt;
  &lt;li&gt;
   Assurer une information de premier niveau, orienter vers les services et accompagner l&amp;#039;usager dans ses démarches administratives concernant les différents dispositifs d&amp;#039;intervention départementaux
  &lt;/li&gt;
  &lt;li&gt;
   Participer au réseau partenarial départemental
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Concernant les EPCI porteurs d&amp;#039;une structure, le dispositif de contractualisation solidaire pourra être un critère d&amp;#039;éligibilité afin de bénéficier de l&amp;#039;attribution de l&amp;#039;aide au fonctionnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
  Ce dispositif permet d&amp;#039;apporter une aide au fonctionnement de la structure dans la mise en œuvre de ses actions d&amp;#039;amélioration de l&amp;#039;accessibilité des services au public. A travers ce dispositif peut également être financée l&amp;#039;acquisition de petits matériels (équipement informatiques, mobilier de bureau ...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Assistant de Direction / Comptable - Maeva Homs
 &lt;/p&gt;
 &lt;p&gt;
  Mail : maeva.homs&amp;#64;aude.fr
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04.68.11.69.42
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2ef1-modifier-lattribution-de-subvention-aux-struc/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
         <v>95303</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Apporter une aide aux transports pour les enfants et étudiants handicapés</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aude</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif de ce dispositif est de faciliter le transport, notamment scolaire, visant les enfants et les étudiants handicapés.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département de l&amp;#039;Aude met en place ce projet pour s&amp;#039;assurer que tous les usagers puissent avoir le même accès aux transports, que le principe d&amp;#039;égalité soit respecté.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Handicap</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de bénéficier de la mise en place d&amp;#039;un transport scolaire, l&amp;#039;élève ou l&amp;#039;étudiant en situation de handicap doit être scolarisé, et ne pas pouvoir utiliser les  transports en commun en raison de la gravité de son handicap, médicalement établie.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;élève doit être domicilié sur le département de l&amp;#039;Aude. Seule l&amp;#039;adresse du représentant légal où l&amp;#039;élève a sa résidence habituelle, ou de l&amp;#039;étudiant dès sa majorité peut être prise en compte pour le financement du transport.  Dans le cas d&amp;#039;une double domiciliation (garde partagée), une alternance sera mise en place sous réserve qu&amp;#039;elle concerne l&amp;#039;intégralité de l&amp;#039;année scolaire.
 &lt;/p&gt;
 &lt;p&gt;
  Seuls sont pris en charge les frais de déplacement d&amp;#039;élèves et étudiants en situation de handicap qui fréquentent un établissement d&amp;#039;enseignement général, agricole ou professionnel, public ou privé placé sous contrat,
  ou reconnu aux termes du livre VIII du code rural et de la pêche maritime. Il peut s&amp;#039;agir de structures particulières d&amp;#039;intégration telles que les classes Ulis, relevant de l&amp;#039;éducation nationale.
 &lt;/p&gt;
 &lt;p&gt;
  La prise en charge du transport dans le cas d&amp;#039;une scolarisation dans un établissement spécialisé, est assurée par les organismes de sécurité sociale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas pris en charge par le Département
  &lt;/strong&gt;
  les transports vers des établissements qui ne relèvent pas de sa compétence : vers les IME ou ITEP, vers des centres de soins ou des cabinets de praticiens pour des consultations médicales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://www.aude.fr/handicap-transports-scolaires</t>
         </is>
       </c>
-      <c r="W33" s="1" t="inlineStr">
+      <c r="W32" s="1" t="inlineStr">
         <is>
           <t>https://www.aude.fr/ressources/formulaire-de-demande-de-transport-pour-un-eleve-en-situation-de-handicap</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Maison Départementale des Personnes Handicapées (MDPH) de l&amp;#039;Aude :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Adresse : 18 rue Moulin de la Seigne -
  11855 Carcassonne Cedex 9
   &lt;/li&gt;
   &lt;li&gt;
    Tél : 08.00.77.77.32
   &lt;/li&gt;
   &lt;li&gt;
    Mail :
    &lt;a href="mailto:mdph&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
     mdph&amp;#64;aude.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Concernant la prise en charge :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Direction de l&amp;#039;Autonomie -
  Service de l&amp;#039;Aide Sociale générale
   &lt;/li&gt;
   &lt;li&gt;
    Transport des élèves handicapés
   &lt;/li&gt;
   &lt;li&gt;
    Tel : 04.68.11.81.12
   &lt;/li&gt;
   &lt;li&gt;
    Mail :
    &lt;a href="mailto:transportseh&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
     transportseh&amp;#64;aude.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5188-apporter-une-aide-aux-enfants-et-etudiants-ha/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>97734</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Construire et réhabiliter des logements sociaux</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aude</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département de l&amp;#039;Aude,
  en proposant ses aides,
  a pour objectifs de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner le développement et l&amp;#039;attractivité du territoire en favorisant l&amp;#039;accueil de nouveaux habitants ou le maintien des habitants actuels dans de bonnes conditions de logement.
  &lt;/li&gt;
  &lt;li&gt;
   Participer à l&amp;#039;effort de construction et au dynamisme économique de l&amp;#039;Aude.
  &lt;/li&gt;
  &lt;li&gt;
   Développer une offre locative sociale et très sociale de qualité par l&amp;#039;aide à la construction ou à la réhabilitation.
  &lt;/li&gt;
  &lt;li&gt;
   Aider au maintien dans le logement dans de bonnes conditions.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Construction, réhabilitation et maintien des logements sociaux
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les aides à la construction sont destinées aux bailleurs sociaux et, à défaut, pour certains programmes spécifiques, aux opérateurs du secteur social après évaluation de leur capacité à porter une opération d&amp;#039;investissement immobilier.
  &lt;/li&gt;
  &lt;li&gt;
   Les aides à la réhabilitation sont destinées aux bailleurs sociaux pour l&amp;#039;amélioration de logements sociaux communaux existants.
  &lt;/li&gt;
  &lt;li&gt;
   Les aides au maintien dans le logement dans de bonnes conditions sont destinées aux propriétaires occupants aux ressources modestes pour adapter le logement à la perte d&amp;#039;autonomie ou diminuer la facture énergétique, et aux locataires du parc privé relevant du public du PDALPD pour réaliser de menus travaux sans toutefois se substituer aux obligations du bailleur. Ces aides à l&amp;#039;investissement visent à limiter la nécessité du recours aux aides que le Conseil départemental peut attribuer à des ménages modestes dans le cadre du Fonds Unique Logement ou d&amp;#039;autres dispositifs.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aides aux propriétaires occupants aux ressources modestes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Travaux pour la sécurité et la salubrité de l&amp;#039;habitat. Ils doivent permettre de traiter l&amp;#039;insalubrité ou un péril d&amp;#039;ampleur limitée dont la résolution ne nécessite pas des travaux lourds, ou de répondre à une procédure liée à la mise en sécurité des équipements communs ou liée au risque saturnin.
  &lt;/li&gt;
  &lt;li&gt;
   Travaux pour l&amp;#039;autonomie de la personne. Ils doivent permettre d&amp;#039;adapter le logement et ses accès aux besoins spécifiques d&amp;#039;une personne en situation de handicap ou de perte d&amp;#039;autonomie liée au vieillissement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.aude.fr/ressources/logement</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Tel : 04.68.11.69.81
  &lt;/li&gt;
  &lt;li&gt;
   Mail :
   &lt;a href="mailto:richard.cane&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
    richard.cane&amp;#64;aude.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f9bc-construire-et-rehabiliter-les-logements-socia/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>101387</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Financer la santé numérique et les services liés au prendre soin</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
 entreprise privée (opérateur, investisseur, exploitant ou société de services
 portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
 entreprise à mission ou corporate venture) et vous développez un projet de
@@ -7063,158 +6865,158 @@
 d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
 propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
 service lié à la e-santé et au médico-social, comme la transition numérique des
 établissements de santé, l’usage du numérique pour la prévention, les
 technologies innovantes au service des soignants, ou encore un service à impact
 social lié au prendre soin dans la santé, le vieillissement, le handicap, la
 petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
 « tiers de confiance », la Banque des Territoires propose de financer
 les projets portant une logique d’intérêt général sous la forme d’apports en
 capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
 d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
 aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
 la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
 données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
 de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
 sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
 des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
 &lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
 l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
 transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
 et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Santé
 Technologies numériques et numérisation
 Sécurité</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
+      <c r="T34" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>102581</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Soutenir les acteurs œuvrant dans le domaine social</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Soutien aux acteurs œuvrant dans le domaine social</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département reconnaît le rôle primordial des acteurs sociaux en Charente, favorisant le développement des territoires, encourageant le maintien du lien social et l&amp;#039;apprentissage de la citoyenneté.
 &lt;/p&gt;
 &lt;p&gt;
  Plus particulièrement, la vie associative, fondée sur l&amp;#039;engagement individuel et collectif, la solidarité et l&amp;#039;altruisme, doit ainsi être encouragée et soutenue dans son développement. Au cœur de l&amp;#039;association, l&amp;#039;engagement bénévole doit être soutenu et accompagné dans ses initiatives.
 &lt;/p&gt;
 &lt;p&gt;
  Afin de structurer, de pérenniser et de développer les activités sociales et médico-sociales complémentaires à son action, le Département est susceptible d&amp;#039;accorder son soutien aux porteurs d&amp;#039;un projet dans les secteurs d&amp;#039;activité suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Personnes âgées et handicapées
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  S&amp;#039;agissant du schéma pour l&amp;#039;autonomie et la citoyenneté, il sera tenu compte du respect de ses objectifs et orientations. Les actions financées doivent ainsi permettre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -7300,66 +7102,66 @@
  Subvention de fonctionnement :
 &lt;/p&gt;
 &lt;p&gt;
  Le montant sera établi à partir de critères tels que le nombre d&amp;#039;adhérents et/ou de bénévoles, la nature de l&amp;#039;action sociale et/ou caritative, les projets, l&amp;#039;organisation d&amp;#039;animations ou d&amp;#039;actions sur le territoire départemental, la prise en compte de l&amp;#039;agenda 21 départemental, la réalisation des projets de l&amp;#039;année précédente...
 &lt;/p&gt;
 &lt;p&gt;
  Subvention de fonctionnement affecté à une action :
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total de subvention départementale ne pourra être supérieur à 70% du montant total prévisionnel de l&amp;#039;action.
 &lt;/p&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement :
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total de subvention départementale ne pourra être supérieur à 70% du montant total prévisionnel de l&amp;#039;opération. Il est plafonné à 10.000 euros.
 &lt;/p&gt;
 &lt;p&gt;
  Plafond des subventions publiques :
 &lt;/p&gt;
 &lt;p&gt;
  La subvention départementale éventuellement accordée peut faire l&amp;#039;objet d&amp;#039;un cumul avec d&amp;#039;autres aides publiques (Europe, Etat, Région, intercommunalités, communes...) de telle sorte que le total des subventions accordées pour une même action ne soit pas supérieur à 80% du coût global de l&amp;#039;opération. Cela implique donc un financement propre de l&amp;#039;organisme demandeur d&amp;#039;au moins 20% de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Famille et enfance
 Handicap
 Egalité des chances
 Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour être éligibles à une subvention, les projets devront s&amp;#039;inscrire dans le champ d&amp;#039;un des trois domaines précités : personnes âgées et handicapées, enfance et famille, action sociale. Les projets devront s&amp;#039;inscrire dans le cadre des programmes ou schémas départementaux afférents à ces politiques.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets financés doivent concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le fonctionnement annuel d&amp;#039;une association
  &lt;/li&gt;
  &lt;li&gt;
   des actions, en fonctionnement
  &lt;/li&gt;
  &lt;li&gt;
   des projets expérimentaux, en fonctionnement. En ce cas, il est à noter que le soutien du Département ne vise qu&amp;#039;à rendre possible l&amp;#039;expérimentation et n&amp;#039;engage en aucun cas celui-ci sur la reconduction de son financement
  &lt;/li&gt;
  &lt;li&gt;
   des investissements dans le cas où la demande n&amp;#039;est éligible à aucun autre règlement du Département.
  &lt;/li&gt;
@@ -7502,79 +7304,79 @@
   subvention sans convention :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - versement de 50% du montant total de la subvention à compter de la décision favorable de l&amp;#039;Assemblée délibérante ;
 &lt;/p&gt;
 &lt;p&gt;
  - versement du solde en une seule fois dès production des justificatifs/factures acquittées.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   subvention avec convention : versement au regard des dispositions définies dans la convention
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Caducité :
 &lt;/p&gt;
 &lt;p&gt;
  Fonctionnement et fonctionnement affecté : 1 an à compter de la date de notification de la décision attributive
 &lt;/p&gt;
 &lt;p&gt;
  Investissement : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/06-Insertion_et_action_sociale/soutien_acteurs_domaine_social.pdf</t>
         </is>
       </c>
-      <c r="W36" s="1" t="inlineStr">
+      <c r="W35" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous pouvez utiliser les télé-services :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Subvention d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Subvention de fonctionnement
  &lt;/li&gt;
@@ -7612,105 +7414,105 @@
  Pour rappel, l&amp;#039;organisme de droit privé bénéficiaire d&amp;#039;une subvention de fonctionnement affectée doit produire un compte rendu financier qui atteste de la conformité des dépenses effectuées au regard de l&amp;#039;objet de la subvention. Le compte rendu financier est déposé auprès du Département dans les six mois suivant la fin de l&amp;#039;exercice pour lequel la subvention a été attribuée.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts
 &lt;/p&gt;
 &lt;p&gt;
  Personnes âgées et personnes handicapées : 05 16 09 76 32
 &lt;/p&gt;
 &lt;p&gt;
  Enfance et famille : 05 16 09 69 24
 &lt;/p&gt;
 &lt;p&gt;
  Action sociale : 05 16 09 69 54 ou 69 69
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyens &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d33e-soutenir-les-acteurs-uvrant-dans-le-domaine-s/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-      <c r="A37" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>102937</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Aider à la recherche de financements européens</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Informer
  &lt;/li&gt;
  &lt;li&gt;
   Conseiller
  &lt;/li&gt;
  &lt;li&gt;
   Appuyer au montage d&amp;#039;un projet européen innovant
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La Région propose de vous informer  par l&amp;#039;intermédiaire :
  &lt;br /&gt;
  - du site internet dédié : www.europeid.fr,
  &lt;br /&gt;
@@ -7718,51 +7520,51 @@
  &lt;br /&gt;
  - de rendez-vous individuels.
 &lt;/p&gt;
 &lt;p&gt;
  Elle propose également de vous accompagner tout au long de votre  candidature.
 &lt;/p&gt;
 &lt;p&gt;
  Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
 &lt;/p&gt;
 &lt;p&gt;
  Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
  &lt;br /&gt;
  - l&amp;#039;orientation vers les cellules ressources
  &lt;br /&gt;
  - la recherche de partenaires
  &lt;br /&gt;
  - la rédaction de votre candidature
  &lt;br /&gt;
  - sa relecture critique avant soumission
 &lt;/p&gt;
 &lt;p&gt;
  Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
@@ -7779,315 +7581,315 @@
 Qualité de l'air
 Biodiversité
 Paysage
 International
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une structure francilienne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact au Conseil régional :
 &lt;/p&gt;
 &lt;p&gt;
  europe&amp;#64;iledefrance.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>veronique.hostein@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-      <c r="A38" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>103237</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Acheter des équipements sportifs en faveur des personnes en situation de handicap</t>
         </is>
       </c>
-      <c r="D38" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Aide à l’achat d’équipements sportifs en faveur des personnes en situation de handicap</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I38" s="1" t="inlineStr">
+      <c r="I37" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Île-de-France favorise l&amp;#039;acquisition de matériels destinés à la pratique sportive des personnes en situation de handicap en collaboration avec le mouvement sportif régional.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif vise à:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   offrir les meilleures conditions de pratique aux personnes en situation de handicap ;
  &lt;/li&gt;
  &lt;li&gt;
   aider les ligues et comités régionaux à se doter du matériel nécessaire ;
  &lt;/li&gt;
  &lt;li&gt;
   répondre au besoin ponctuel des ambassadeurs du sport paralympiques en matériels sportifs et aides auxiliaires spécifiques en collaboration étroite avec le Comité Ile-de-France Handisport ou avec le comité ou la ligue de leur discipline et à leur demande ;
  &lt;/li&gt;
  &lt;li&gt;
   mettre gratuitement à disposition des clubs ou associations qui en feront la demande, le matériel régional pour des actions de découverte de la pratique handisport ou de manifestations.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale correspond au maximum à 80% du coût global de la demande.
 &lt;/p&gt;
 &lt;p&gt;
  Le plafond de subvention est fixé 100 000 € par structure. Une subvention complémentaire de 20 000 € est prévue pour les demandes de renouvellement du matériel dédié aux ambassadeurs du sport paralympiques, faites par le Comité Ile-de-France Handisport ou par le comité ou la ligue de leur discipline.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Handicap
 Equipement public</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
  Le mouvement sportif régional relevant du milieu associatif, conventionné avec la Région Ile-de-France dans le cadre du dispositif &amp;#34;Développement de la pratique sportive en faveur de tous les publics&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
  Le dossier doit notamment comprendre les éléments suivants :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une note explicative du projet (usage du matériel, plan d&amp;#039;action),
  &lt;/li&gt;
  &lt;li&gt;
   les modalités permettant de valoriser l&amp;#039;action de la Région dans le cadre du projet,
  &lt;/li&gt;
  &lt;li&gt;
   le descriptif détaillé des matériels à acquérir,
  &lt;/li&gt;
  &lt;li&gt;
   un devis,
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement prévisionnel.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/S1Xj5qb5N</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Sports, des Loisirs et de la Citoyenneté
 &lt;/p&gt;
 &lt;p&gt;
  Jeannie Jacques-André-Coquin :
  &lt;a href="mailto:jeannie.jacques-andre-coquin&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   jeannie.jacques-andre-coquin&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - Tél : 01 53 85 51 53
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d741-aide-a-lachat-dequipements-sportifs-en-faveur/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-      <c r="A39" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>103241</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Soutenir les évènements sportifs s’inscrivant dans une démarche « sport santé, sport bien-être »</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Plan Sport Oxygène - évènements</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I39" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les projets éligibles concernent des manifestations et évènements sportifs s&amp;#039;inscrivant dans une démarche de « sport santé, sport bien-être » et  organisés sur le territoire francilien.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le taux de subvention régionale est de 30% maximum de la dépense éligible, avec un plafond de 30.000€ par projet et par an.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt du dossier de candidature sur la plateforme des aides régionales (
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  ) au plus tard 3 mois avant le début de l&amp;#039;opération.
 &lt;/p&gt;
 &lt;p&gt;
  Ils seront  examinés au regard notamment de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -8113,175 +7915,175 @@
   du caractère innovant de l&amp;#039;évènement...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Chaque dossier doit principalement comprendre les éléments suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une présentation de la structure organisatrice,
  &lt;/li&gt;
  &lt;li&gt;
   un descriptif détaillé de la manifestation,
  &lt;/li&gt;
  &lt;li&gt;
   le budget prévisionnel détaillé et en équilibre de la manifestation,
  &lt;/li&gt;
  &lt;li&gt;
   le bilan et le compte de résultat approuvés de la structure organisatrice,
  &lt;/li&gt;
  &lt;li&gt;
   un plan de communication
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Handicap
 Santé</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P39" s="1" t="inlineStr">
+      <c r="P38" s="1" t="inlineStr">
         <is>
           <t>25/10/2019</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités territoriales, les associations sportives affiliées à une fédération agréée par le Ministère en charge du Sport, les fédérations sportives agréées par le Ministère en charge du Sport ainsi que leurs ligues et comités sportifs régionaux, les associations (loi du 1er juillet 1901) spécialisées dans le secteur médico-social, les associations médico sportives ou associations intervenant dans le monde du handicap, du sport et du sport adapté, les fondations à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  Lorsque l&amp;#039;organisateur appartient au mouvement sportif organisé, la fédération de la discipline concernée doit être agréée par le Ministère des sports.
 &lt;/p&gt;
 &lt;p&gt;
  La ligue ou le comité régional du sport concerné doit avoir signé avec la Région une convention pluriannuelle relative au développement de la pratique et à la formation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/plan-sport-oxygene-evenements</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>Direction des Sports, des Loisirs et de la Citoyenneté
 &lt;br /&gt;
 &lt;br /&gt;
 Didier Pereira :
 &lt;a href="mailto:didier.pereira&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  didier.pereira&amp;#64;iledefrance.fr
 &lt;/a&gt;
 / Tél : 01 53 85 56 53
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ef1-plan-sport-oxygene-evenements/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>103247</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Se doter d'un équipement sportif pour développer la pratique du sport santé et bien-être, notamment pour le public féminin et les personnes en situation de handicap</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Plan Sport Oxygène - équipement</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I39" s="1" t="inlineStr">
         <is>
           <t> Max : 28</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Plan Sport Oxygène de la Région Île-de-France vise à doter chaque commune d&amp;#039;un équipement sportif pour permettre de développer la pratique du sport santé et bien-être, notamment pour le public féminin et les personnes en situation de handicap.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets éligibles concernent des matériels ou équipements dédiés à la promotion et au développement d&amp;#039;activités physiques, sportives ou de bien-être, venant en complémentarité des équipements sportifs en accès libre existants de type parcours de santé, plateaux de fitness, aires de remise en forme extérieures, pataugeoires et miroirs d&amp;#039;eau pourront être subventionnés.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le taux de subvention régionale est de 30% maximum de la dépense éligible, calculée sur un plafond de travaux HT de 100.000€, soit un montant de subvention maximum de 30.000€ par matériel ou équipement.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les communes qui justifieront de l&amp;#039;absence d&amp;#039;équipement sportif sur leur territoire, l&amp;#039;aide régionale sera renforcée par le doublement du taux maximal de subvention, et du montant plafond de la subvention d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -8306,354 +8108,354 @@
  Le dossier doit notamment comprendre les éléments suivants :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une estimation financière ou un devis ;
  &lt;/li&gt;
  &lt;li&gt;
   une délibération de la collectivité sollicitant le financement régional ;
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement prévisionnel ;
  &lt;/li&gt;
  &lt;li&gt;
   un planning prévisionnel comportant une date de démarrage et de fin de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 Dépôt du dossier de candidature sur la plateforme des aides régionales (
 &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
  mesdemarches.iledefrance.fr
 &lt;/a&gt;
 ).
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Handicap</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P40" s="1" t="inlineStr">
+      <c r="P39" s="1" t="inlineStr">
         <is>
           <t>25/10/2019</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités territoriales, les syndicats mixtes, le mouvement sportif (fédérations, ligues, comités régionaux, comités départementaux et clubs associatifs).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/plan-sport-oxygene-equipement</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Sports, des Loisirs et de la Citoyenneté
 &lt;/p&gt;
 &lt;p&gt;
  Didier Pereira :
  &lt;a href="mailto:didier.pereira&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   didier.pereira&amp;#64;iledefrance.fr
  &lt;/a&gt;
  / tél : 01 53 85 56 53
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1175-plan-sport-oxygene-equipement/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-      <c r="A41" s="1">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>103248</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Aider les structures innovantes dans les domaines du handicap et de la dépendance</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Aide aux structures innovantes dans les domaines du handicap et de la dépendance</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I41" s="1" t="inlineStr">
+      <c r="I40" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région s&amp;#039;engage à aider les structures innovantes dans les domaines du handicap et de la dépendance pour permettre à chaque individu d&amp;#039;être au centre d&amp;#039;un projet propre et encourager les actions prônant la flexibilité des accueils et des parcours.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Création, extension, restructuration, étude et/ou équipement et/ou achat de véhicule
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;une subvention en investissement.
 &lt;/p&gt;
 &lt;p&gt;
  La subvention régionale est fixée, pour la charge foncière, les études, travaux et honoraires et pour l&amp;#039;équipement, à 50 % maximum de la dépense envisagée, dans la limite d&amp;#039;un montant de subvention fixé à 300 000 € par service ou établissement, d&amp;#039;un montant adapté à la pertinence du projet proposé.
 &lt;/p&gt;
 &lt;p&gt;
  La subvention régionale est fixée, pour les véhicules, à 50 % maximum du coût d&amp;#039;acquisition, dans la limite d&amp;#039;un plafond de subvention établi à 10 000 € par véhicule.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt du dossier de candidature sur la plateforme des aides régionales (
  &lt;a rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Handicap
 Cohésion sociale et inclusion
 Santé
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Etablissements et services agréés ou autorisés dans le secteur médico-social.
 &lt;/p&gt;
 &lt;p&gt;
  Uniquement pour l&amp;#039;achat de véhicule :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les collectivités locales
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics
  &lt;/li&gt;
  &lt;li&gt;
   Les associations relevant de la loi de 1901
  &lt;/li&gt;
  &lt;li&gt;
   Les fondations
  &lt;/li&gt;
  &lt;li&gt;
   Les groupements de coopération médico-sociale.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-aux-structures-innovantes-dans-les-domaines-du-handicap-et-de-la-dependance</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Délégation handicap
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/066c-aide-aux-structures-innovantes-dans-les-domai/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-      <c r="A42" s="1">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
         <v>103295</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Aider à l’effectivité des droits culturels des personnes en situation de handicap</t>
         </is>
       </c>
-      <c r="D42" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E42" s="1" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Aide pour l'effectivité des droits culturels des personnes en situation de handicap</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient l&amp;#039;accès aux droits culturels des personnes en situation de handicap et, en parallèle, la constitution d&amp;#039;un réseau francilien de coopération entre les structures sanitaires et médico-sociales et les structures culturelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les types de projets soutenus concernent :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La mise en réseau des établissements culturels et des établissements sanitaires et médico-sociaux,
   &lt;/li&gt;
   &lt;li&gt;
    Des actions pour les personnes en situation de handicap, vivant à leur domicile, le but étant de développer l&amp;#039;offre d&amp;#039;accompagnement pour les projets individuels, qu&amp;#039;ils soient pour l&amp;#039;accès à toute proposition culturelle ou pour aider à la création en tant que telle.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Quelle est la nature de l&amp;#039;aide ?
   &lt;/strong&gt;
@@ -8664,182 +8466,182 @@
 &lt;p&gt;
  &lt;strong&gt;
   A noter
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dispositif ouvert en continu
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Procédure dématérialisée sur
  &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Handicap
 Cohésion sociale et inclusion
 Santé</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Qui peut en bénéficier ?
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations loi 1901 de plus d&amp;#039;un an d&amp;#039;existence lors de la demande de subvention et pouvant justifier d&amp;#039;un bilan d&amp;#039;exercice comptable de l&amp;#039;année écoulée,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Collectivités territoriales et leurs groupements,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Établissements publics,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Groupements d&amp;#039;intérêt public (GIP),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Fondations,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Établissements scolaires.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T42" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-pour-leffectivite-des-droits-culturels-des-personnes-en-situation-de-handicap</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Délégation handicap
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/21f7-aide-pour-leffectivite-des-droits-culturels-d/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-      <c r="A43" s="1">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
         <v>103359</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Augmenter l'impact social des entreprises</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Conseil en innovation sociale</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région accompagne les entreprises ayant la volonté de progresser en termes d&amp;#039;impact social, ce qui peut passer par tous types de projets RSE / RH / Organisation (chaîne de valeur) / Produits et services.
 &lt;/p&gt;
 &lt;p&gt;
  Par exemple, si vous souhaitez :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Améliorer votre RSE / votre ancrage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter vos recrutements,
  &lt;/li&gt;
  &lt;li&gt;
   Anticiper les attentes de vos partenaires commerciaux,
  &lt;/li&gt;
  &lt;li&gt;
   Adapter vos produits ou services.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
@@ -8863,177 +8665,177 @@
    Nature de l&amp;#039;aide
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   L&amp;#039;aide prend la forme d&amp;#039;une mission de conseil : la région Île-de-France s&amp;#039;appuie pour cela sur un cabinet de conseil prestataire, spécialiste en impact social et environnemental, expérimenté dans l&amp;#039;accompagnement des entreprises classiques (PME, ETI, grands groupes) dans leurs démarches d&amp;#039;innovation sociale.
  &lt;/p&gt;
  &lt;p&gt;
   Ce cabinet de conseil, missionné par la Région, intervient sur la base d&amp;#039;un enjeu / problématique que vous lui soumettez, puis vous propose un format d&amp;#039;accompagnement et conduit la mission, qui se clôt par la remise d&amp;#039;un rapport comprenant des solutions opérationnelles pour répondre à votre problématique (étude d&amp;#039;opportunité). Ce cabinet de conseil pourra vous mettre directement en relation avec les entrepreneurs sociaux pertinents pour les collaborations proposées.
  &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Demande à adresser par mail à
  &lt;a href="mailto:florence.oules&amp;#64;iledefrance.fr"&gt;
   florence.oules&amp;#64;iledefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En précisant : votre secteur d&amp;#039;activité / la personne portant la démarche auprès de la Région / votre problématique actuelle ou vos réflexions en matière d&amp;#039;innovation sociale (validation de la demande par la Région Île-de-France)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Lutte contre la précarité
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P43" s="1" t="inlineStr">
+      <c r="P42" s="1" t="inlineStr">
         <is>
           <t>15/04/2021</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V43" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/conseil-en-innovation-sociale</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:florence.oules&amp;#64;iledefrance.fr"&gt;
  florence.oules&amp;#64;iledefrance.fr
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/da49-conseil-en-innovation-sociale/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-      <c r="A44" s="1">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
         <v>104710</v>
       </c>
-      <c r="B44" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
-      <c r="C44" s="1" t="inlineStr">
+      <c r="C43" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D44" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;aide publique est fixé par la GAL.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
@@ -9065,196 +8867,196 @@
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Artisanat
 Information voyageur, billettique multimodale
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le taux d&amp;#039;aide publique est fixé par la GAL.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des politiques européennes
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contactez votre GAL référent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-      <c r="A45" s="1">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
         <v>104786</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Accompagner les apprenants en situation de handicap : le rôle de la démarche d’accueil impulsée par la Région et l’AGEFIPH pour créer un réseau de professionnels à votre service</t>
         </is>
       </c>
-      <c r="D45" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Coordination handicap et Ressource Handicap Formation</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Particulier</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les candidats et stagiaires de la formation professionnelle peuvent contacter directement le référent handicap de leur centre ou organisme de formation.
  &lt;br /&gt;
  Le référent handicap s&amp;#039;assure de l&amp;#039;accueil de l&amp;#039;apprenant et du suivi de son parcours.
  &lt;br /&gt;
  Un coordonnateur départemental peut venir en appui sur les parcours de formation des apprenants en situation de handicap en lien avec les partenaires présents sur les territoires.
  &lt;br /&gt;
  En complément, la Ressource Handicap Formation facilite la mobilisation des moyens de compensation en réponse aux différentes situations de handicap tout au long du parcours de formation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Handicap
 Formation professionnelle</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P45" s="1" t="inlineStr">
+      <c r="P44" s="1" t="inlineStr">
         <is>
           <t>01/01/2020</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/coordination-handicap-et-ressource-handicap-formation</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;orientation, animation territoriale et insertion professionnelle
  &lt;/strong&gt;
  &lt;br /&gt;
  Service Décrochage et insertion professionnelle
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Karine Ragneau
    &lt;br /&gt;
    02 40 92 17 54
    &lt;br /&gt;
    &lt;a href="mailto:Karine.ragneau&amp;#64;ccca-btp.fr"&gt;
     Karine.ragneau&amp;#64;ccca-btp.fr
    &lt;/a&gt;
    &lt;br /&gt;
    BTP CFA Loire-atlantique site de Saint6Herblain
    &lt;br /&gt;
    27 rue de la Rivaudière
    &lt;br /&gt;
    44802 Saint-Herblain
    &lt;br /&gt;
@@ -9325,175 +9127,175 @@
    24 rond-point du Coteau
    &lt;br /&gt;
    85000 La Roche-sur-Yon
    &lt;br /&gt;
    AGEFIPH – Ressource Handicap Formation
    &lt;br /&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Damien Gougeon
    &lt;br /&gt;
    02 40 48 30 66
    &lt;br /&gt;
    &lt;a href="mailto:rhf-pays-de-la-loire&amp;#64;agefiph.asso.fr"&gt;
     rhf-pays-de-la-loire&amp;#64;agefiph.asso.fr
    &lt;/a&gt;
    &lt;br /&gt;
    34, quai Magellan
    &lt;br /&gt;
    44000 Nantes
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dcd5-coordination-handicap-et-ressource-handicap-f/</t>
         </is>
       </c>
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-      <c r="A46" s="1">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
         <v>105015</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Soutenir les partenaires du Département</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Soutien aux partenaires du Département</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En dehors des dispositifs de subventions existants, le Département est susceptible d&amp;#039;accorder son soutien aux organismes partenaires, dans la limite des compétences qui sont les siennes. Dans ce cadre, l&amp;#039;octroi d&amp;#039;une subvention reste à l&amp;#039;appréciation discrétionnaire du Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention est attribué en fonction de la nature de la demande.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Foncier
 Voirie et réseaux
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Commerces et services
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Milieux humides
 Cimetières et funéraire
 Protection animale</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les demandes portant sur un projet ou une action clairement définis
  &lt;/li&gt;
  &lt;li&gt;
   les demandes portant sur les frais de fonctionnement de la structure
  &lt;/li&gt;
  &lt;li&gt;
   les projets ayant une résonnance sur le territoire charentais
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -9534,79 +9336,79 @@
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : conformément à la notification de décision attributive
 &lt;/p&gt;
 &lt;p&gt;
  Caducité :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   fonctionnement : 31 décembre de l&amp;#039;année au cours de laquelle la subvention a été attribuée
  &lt;/li&gt;
  &lt;li&gt;
   investissement : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T46" s="1" t="inlineStr">
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Autres_domaines/8500_PARTENAIRES_DEPARTEMENTAUX.pdf</t>
         </is>
       </c>
-      <c r="W46" s="1" t="inlineStr">
+      <c r="W45" s="1" t="inlineStr">
         <is>
           <t>http://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches »
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous pouvez utiliser les télé-services :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Subvention d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Subvention de fonctionnement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Subvention de fonctionnement affectée à une action
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
@@ -9617,222 +9419,222 @@
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : 31 octobre
 &lt;/p&gt;
 &lt;p&gt;
  Direction générale des services ; Tél. : 05 16 09 74 24
 &lt;/p&gt;
 &lt;p&gt;
  Service cohésion territoriale ; Tél. : 05 16 09 75 45
 &lt;/p&gt;
 &lt;p&gt;
  Service patrimoine et tourisme ; Tél. : 05 16 09 74 32
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6a88-soutenir-les-partenaires-du-departement/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-      <c r="A47" s="1">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
         <v>111658</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Soutenir les manifestations sportives</t>
         </is>
       </c>
-      <c r="D47" s="1" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Sport : Mesures en faveur du sport "Jouons collectif"</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I47" s="1" t="inlineStr">
+      <c r="I46" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J47" s="1" t="inlineStr">
+      <c r="J46" s="1" t="inlineStr">
         <is>
           <t>30% maximum du budget prévisionnel</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mesure en faveur du sport &amp;#34;Jouons collectif&amp;#34; : soutien aux manifestations sportives présentant : soit un niveau sportif à minima national ou international, attesté par la Fédération, soit un intérêt spécifique pour le territoire essonnien reconnu par le Département pour son ancrage historique, son nombre de participants ou pour son lien avec les thématiques développées par celui-ci (sport et femmes, sport et handicap, sport de nature, sport santé...).
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2019-02-0013 (AD du 30/09/2019)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Handicap
 Egalité des chances
 Cohésion sociale et inclusion
 Santé</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Projet présentant : soit un niveau national ou international, soit un intérêt spécifique pour le territoire essonnien, reconnu par le Département.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T46" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des sports
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 93 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e817-soutenir-les-manifestations-sportives/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-      <c r="A48" s="1">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
         <v>111757</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -9869,82 +9671,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
+      <c r="M47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -9990,242 +9792,242 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T47" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W48" s="1" t="inlineStr">
+      <c r="W47" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-      <c r="A49" s="1">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
         <v>111995</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
         </is>
       </c>
-      <c r="C49" s="1" t="inlineStr">
+      <c r="C48" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D49" s="1" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Plateforme d'apprentissage Interreg Europe PLP</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F49" s="1" t="inlineStr">
+      <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G49" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
  &lt;/li&gt;
  &lt;li&gt;
   des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
  &lt;/li&gt;
  &lt;li&gt;
   des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
 &lt;/p&gt;
 &lt;p&gt;
  A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M49" s="1" t="inlineStr">
+      <c r="M48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
  &lt;/li&gt;
  &lt;li&gt;
   améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
  &lt;/li&gt;
  &lt;li&gt;
   impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -10270,261 +10072,261 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O49" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
  &lt;a rel="noopener" target="_blank"&gt;
   interregeurope.eu
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S49" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U49" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V49" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
         </is>
       </c>
-      <c r="W49" s="1" t="inlineStr">
+      <c r="W48" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
         </is>
       </c>
-      <c r="X49" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier  &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase    &amp;#43;33 (0) 491 575 606
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z49" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
         </is>
       </c>
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="50" spans="1:27" customHeight="0">
-      <c r="A50" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>112001</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
         </is>
       </c>
-      <c r="C50" s="1" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Projet de coopération territoriale Interreg Europe</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F50" s="1" t="inlineStr">
+      <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I50" s="1" t="inlineStr">
+      <c r="I49" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J50" s="1" t="inlineStr">
+      <c r="J49" s="1" t="inlineStr">
         <is>
           <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M50" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
   https://www.interregeurope.eu/discover-projects/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider le développement de la mobilité électrique au niveau régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer une activité commerciale essentielle en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer les émissions de CO2 en ville liées au domaine de la construction
  &lt;/li&gt;
  &lt;li&gt;
   Développer et favoriser en ville les voies cyclables et piétonnières
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la pollution lumineuse en milieu urbain
  &lt;/li&gt;
  &lt;li&gt;
   Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -10569,823 +10371,716 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les structures éligibles sont les structures publiques ou privées à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T50" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E51" s="1" t="inlineStr">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>112052</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'innovation, de manifestations sportives, parasportives et de promotion du parasport</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Partageons nos sports : soutien aux projets d’innovations, projets de manifestations parasportives et promotion du parasport</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Doubs</t>
         </is>
       </c>
-      <c r="G51" s="1" t="inlineStr">
-[...106 lines deleted...]
-      <c r="G52" s="1" t="inlineStr">
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K52" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutien aux projets d&amp;#039;innovation sociale des personnes en situation de handicap dans la pratique d&amp;#039;activités sportives.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Initiative permettant d&amp;#039;apporter des réponses nouvelles aux besoins rencontrés par les personnes en situation de handicap pour pratiquer des activités physiques.
 &lt;/p&gt;
 &lt;p&gt;
  Ces projets et initiatives pourront tout aussi bien concerner les domaines de l&amp;#039;emploi, la formation, la technologie, le transport, le numérique, la culture, le tourisme, la santé et auront, pour finalité, d&amp;#039;accompagner les personnes en situation de handicap dans la pratique d&amp;#039;activités physiques.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets innovants ou existant au niveau national devront être appliqués sur le territoire doubien.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide ne sera pas renouvelable, elle sera valide pour toute la durée du projet. Seules les associations pourront être éligibles. Toutefois un portage commun avec différentes structures est possible.
 &lt;/p&gt;
 &lt;p&gt;
  Soutien aux projets de manifestations sportives ou d&amp;#039;autres types d&amp;#039;évènements pour la promotion du parasport et/ou des valeurs de l&amp;#039;olympisme
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Evénements et manifestations sportives pour l&amp;#039;inclusion des personnes en situation de handicap par le sport et l&amp;#039;activité physique.
   &lt;/li&gt;
   &lt;li&gt;
    Evénements et manifestations pour la promotion des valeurs de l&amp;#039;olympisme.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les projets devront avoir lieu sur le territoire du Doubs ou à défaut concerner des acteurs doubiens.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent être portés par des associations, des collectivités et des établissements publics.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Handicap</t>
         </is>
       </c>
-      <c r="O52" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S52" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T52" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U52" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>Doubs</t>
         </is>
       </c>
-      <c r="W52" s="1" t="inlineStr">
+      <c r="W50" s="1" t="inlineStr">
         <is>
           <t>https://mademat.doubs.fr/</t>
         </is>
       </c>
-      <c r="X52" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Sport Culture Education Populaire
 &lt;/p&gt;
 &lt;p&gt;
  ☏ : 03.81.25.83.99
 &lt;/p&gt;
 &lt;p&gt;
  ✉ :
  &lt;a href="mailto:desc&amp;#64;doubs.fr" rel="noopener" target="_blank"&gt;
   desc&amp;#64;doubs.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>aide.mademat@doubs.fr</t>
         </is>
       </c>
-      <c r="Z52" s="1" t="inlineStr">
+      <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2888-soutenir-les-projets-dinnovations-projets-de-/</t>
         </is>
       </c>
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-      <c r="A53" s="1">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
         <v>115150</v>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Créer un/des établissements ou services dédiés aux personnes âgées et handicapées</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Projets d'établissements ou de services dédiés aux personnes âgées et handicapées</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G53" s="1" t="inlineStr">
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H53" s="1" t="inlineStr">
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement dans la mise en place de projets d&amp;#039;établissements ou de services pour les personnes âgées et handicapées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Champs d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mise à disposition de données statistiques (liste des établissements présents ou en projets, indicateurs sur les spécificités démographiques et sociales de la population) à l&amp;#039;échelle d&amp;#039;un territoire concerné,
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement à la création, l&amp;#039;extension ou la transformation d&amp;#039;établissements d&amp;#039;accueil de personnes âgées ou handicapées et au développement de services à la personne : conseil sur le cadre règlementaire, la procédure et les démarches à mener, mise à disposition d&amp;#039;un panel d&amp;#039;outils d&amp;#039;aide à la réflexion, conseil sur les choix organisationnels...
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement de projets portés par les acteurs de proximité de la prévention et du maintien à domicile pour permettre aux séniors de bien vieillir dans leur environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Prestation gratuite.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Accès aux services
 Cohésion sociale et inclusion
 Bâtiments et construction
 Logement et habitat
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O53" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises
  &lt;/li&gt;
  &lt;li&gt;
   Personnes porteuses de projets d&amp;#039;établissements d&amp;#039;accueil ou de service à la personne
  &lt;/li&gt;
  &lt;li&gt;
   Bailleurs sociaux
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V53" s="1" t="inlineStr">
+      <c r="V51" s="1" t="inlineStr">
         <is>
           <t>https://www.aube.fr/Aide/99/18-projets-d-etablissements-ou-de-services-dedies-aux-personnes-agees-et-handicapees.htm</t>
         </is>
       </c>
-      <c r="X53" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   departement&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z53" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c6aa-creer-undes-etablissements-ou-services-dedies/</t>
         </is>
       </c>
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-      <c r="A54" s="1">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
         <v>115151</v>
       </c>
-      <c r="B54" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Créer un établissement d'accueil de jeunes enfants</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Projet d'établissements d'accueil de jeunes enfants</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G54" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H54" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement à la création, à l&amp;#039;extension et à la transformation d&amp;#039;un établissement d&amp;#039;accueil des jeunes enfants (- 6 ans) : crèches, micro-crèches, halte-garderie mais aussi à la création de Maisons d&amp;#039;assistants maternels.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Champs d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Informer sur le cadre règlementaire, la procédure et les démarches à mener dans le cadre d&amp;#039;un projet d&amp;#039;établissement d&amp;#039;accueil de jeunes enfants,
   &lt;/li&gt;
   &lt;li&gt;
    Proposer un panel d&amp;#039;outils d&amp;#039;aide à la réflexion (étude de besoin, rétro-planning, règlement de fonctionnement, besoins en personnels...),
   &lt;/li&gt;
   &lt;li&gt;
    Accompagner le porteur de projet dans sa réflexion architecturale et d&amp;#039;aménagement de la structure,
   &lt;/li&gt;
   &lt;li&gt;
    Eclairer sur les choix organisationnels de l&amp;#039;établissement,
   &lt;/li&gt;
   &lt;li&gt;
    Informer sur les possibilités de financement du Département dans le cadre des projets structurants,
   &lt;/li&gt;
   &lt;li&gt;
    Informer sur les partenaires concernés à savoir la Caisse d&amp;#039;Allocations Familiales et la Mutualité Sociale Agricole et les associer à la réflexion.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Prestation gratuite.
   &lt;/strong&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O54" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Communes et EPCI de l&amp;#039;Aube. Entreprises, associations, personnes porteuses de projets d&amp;#039;établissement d&amp;#039;accueil de jeunes enfants ou de Maisons d&amp;#039;assistants maternels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S54" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V54" s="1" t="inlineStr">
+      <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://www.aube.fr/Aide/98/18-projet-d-etablissement-d-accueil-de-jeunes-enfants-eaje.htm</t>
         </is>
       </c>
-      <c r="X54" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   departement&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z54" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b322-creer-un-etablissement-daccueil-de-jeunes-enf/</t>
         </is>
       </c>
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-      <c r="A55" s="1">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
         <v>115157</v>
       </c>
-      <c r="B55" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Equiper les classes d'intégration scolaire (ULIS)</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Equipement des classes d'intégration scolaire (ULIS)</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Equipement en matériel pédagogique.
 &lt;/p&gt;
 &lt;p&gt;
  150€/classe.
 &lt;/p&gt;
 &lt;p&gt;
  Les subventions sont calculées sur la base des propositions de l&amp;#039;Inspection Académique.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les classes d&amp;#039;enfants handicapés, il n&amp;#039;est pas requis de durée minimale du séjour. Les demandes de subvention sont rassemblées et étudiées par la Direction académique des services de l&amp;#039;Éducation nationale de l&amp;#039;Aube, qui remet également le formulaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Famille et enfance
 Handicap
 Egalité des chances
 Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://www.aube.fr/Aide/28/18-equipement-des-classes-d-integration-scolaire-ulis.htm</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   sdtva&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9400-equiper-les-classes-dintegration-scolaire-uli/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-      <c r="A56" s="1">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
         <v>117484</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H56" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseiller aux décideurs locaux (CDL)
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
  &lt;br /&gt;
  &lt;br /&gt;
  La mise en place de ce nouvel interlocuteur permet :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -11398,90 +11093,90 @@
  &lt;li&gt;
   de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M56" s="1" t="inlineStr">
+      <c r="M54" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aide dans la confection d&amp;#039;un budget
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une analyse financière
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de nouveaux moyens de paiement
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la décision en matière financière et fiscale
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Simulations fiscales
  &lt;/li&gt;
  &lt;li&gt;
   Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement le déploiement du nouveau référentiel comptable M57
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement dans la rationalisation des régies
  &lt;/li&gt;
  &lt;li&gt;
   Suivi et gestion des marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Promotion de la démarche partenariale (CSCF et EP)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -11506,268 +11201,268 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P56" s="1" t="inlineStr">
+      <c r="P54" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-      <c r="A57" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
         <v>117553</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Financer la construction et l'acquisition de logements locatifs sociaux</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Prêt PLS</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K57" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;offre de prêts PLS (Prêt Locatif Social) de la Banque des Territoires permet de financer les projets visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Construire des logements locatifs sociaux, et ce, avec ou sans acquisition du terrain ;
  &lt;/li&gt;
  &lt;li&gt;
   Acquérir des logements avec ou sans travaux d&amp;#039;amélioration ;
  &lt;/li&gt;
  &lt;li&gt;
   Acquérir des locaux afin de les transformer en logements locatifs sociaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser des opérations de logements collectifs pour les personnes handicapées, les personnes âgées, les jeunes actifs et les étudiants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les prêts PLS sont des prêts sur fonds d&amp;#039;épargne de la Caisse des Dépôts. Leur montant doit représenter a minima la moitié du prix de revient de l&amp;#039;opération. Un prêt complémentaire au PLS peut être accordé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Handicap
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T57" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-locatif-social?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=locatif_social_psat</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5880-financer-la-construction-et-lacquisition-de-l/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-      <c r="A58" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>119940</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Département</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I58" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Priorités thématiques d&amp;#039;affectation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;p&gt;
    au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
   &lt;/p&gt;
  &lt;/li&gt;
@@ -11784,571 +11479,571 @@
  &lt;li&gt;
   &lt;p&gt;
    à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
    plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
 &lt;/p&gt;
 &lt;p&gt;
  Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M58" s="1" t="inlineStr">
+      <c r="M56" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique et mise aux normes de bâtiments publics
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une voie verte
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de nouveaux arrêts et terminus de bus
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une médiathèque
  &lt;/li&gt;
  &lt;li&gt;
   Réaménagement des locaux de l&amp;#039;office du tourisme
  &lt;/li&gt;
  &lt;li&gt;
   Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie et ouvrages d&amp;#039;art
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Technologies numériques et numérisation
 Tiers-lieux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les collectivités éligibles à la DSID :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La nature des projets éligibles :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
  &lt;/li&gt;
  &lt;li&gt;
   La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
  &lt;/li&gt;
  &lt;li&gt;
   en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
  &lt;/li&gt;
  &lt;li&gt;
   plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de sa préfecture de département ou de région.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-      <c r="A59" s="1">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
         <v>120021</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Accompagner les Communes à la connaissance des conditions de vie des populations de leur territoire</t>
         </is>
       </c>
-      <c r="D59" s="1" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Réalisation d'un portrait sociodémographique</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les Communes à la connaissance des conditions de vie des populations de leur territoire
 &lt;/p&gt;
 &lt;p&gt;
  Durée : 15 jours à 1 mois
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M59" s="1" t="inlineStr">
+      <c r="M57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Déclinaison du portrait social de la Seine-et-Marne dans ses trois grandes dimensions (démographie, conditions de vie et précarités) à l&amp;#039;échelle des communes qui en font la demande.
   &lt;/li&gt;
   &lt;li&gt;
    Les études seront réalisées grâce aux données de l&amp;#039;Observatoire départemental et feront l&amp;#039;objet d&amp;#039;une présentation à la commune ayant fait la demande.
   &lt;/li&gt;
   &lt;li&gt;
    Document non contractuel mais engageant le Département sur la qualité des données partagées dans les diagnostics
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Education et renforcement des compétences
 Formation professionnelle
 Consommation et production
 Lutte contre la précarité
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etre une collectivité de Seine-et-Marne
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W59" s="1" t="inlineStr">
+      <c r="W57" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ID77 - Sylvie ROGNON
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  01 64 14 73 56
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7c04-accompagner-les-communes-a-la-connaissance-de/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-      <c r="A60" s="1">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
         <v>120092</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Être aidé à la prise de licence et à l’adhésion dans les clubs sportifs ornais affiliées à une fédération</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Pass Sportif du CDOS de l'Orne</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Comité départemental olympique et sportif (CDOS) de l'Orne</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Depuis septembre 2018, Le Comité Olympique et Sportif de l&amp;#039;Orne (CDOS 61) met en place une aide financière à la prise de licence et à l&amp;#039;adhésion dans les clubs sportifs ornais affiliées à une fédération, pour les personnes les plus éloignées de la pratique. Ce dispositif s&amp;#039;appelle le PASS&amp;#039; SPORTIF du CDOS Orne.
 &lt;/p&gt;
 &lt;p&gt;
  1/ Le club applique la réduction de 50 € au frais d&amp;#039;inscription. Si le prix de la licence est inférieur à 50€, le montant de l&amp;#039;aide sera alors de 50% du prix de la licence.
 &lt;/p&gt;
 &lt;p&gt;
  2/Le club fait la demande de remboursement par trimestre au CDOS 61 en adressant le formulaire Pass sportif et le justificatif (AAH, RSA ou ALD).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Handicap
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Plus de 18 ans :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    en situation de handicap et bénéficiaire de AAH ou
   &lt;/li&gt;
   &lt;li&gt;
    bénéficiaire du RSA ou de la Garantie Jeune ou
   &lt;/li&gt;
   &lt;li&gt;
    atteint d&amp;#039;une Affection de Longue Durée
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  (Valable une seule fois par club et par personne – non renouvelable tous les ans)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cumul possible avec les autres aides ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    NON avec le Pass Sport (pas le même public)
   &lt;/li&gt;
   &lt;li&gt;
    OUI avec Atouts Normandie
   &lt;/li&gt;
   &lt;li&gt;
    NON avec l&amp;#039;aide de la CAF de l&amp;#039;Orne (pas le même public)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Orne</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>http://cdos61.fr/pass-sportif</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Clément HERMENIER
 &lt;/p&gt;
 &lt;p&gt;
  Chef de Projet
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 06 02 42 63 28
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:orne&amp;#64;franceolympique.com" rel="noopener" target="_blank"&gt;
   orne&amp;#64;franceolympique.com
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>orne@franceolympique.com</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c953-pass-sportif-du-cdos-de-lorne/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-      <c r="A61" s="1">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
         <v>120344</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Aider les clubs de personnes âgées dans leur fonctionnement</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>CLUBS DE PERSONNES AGEES</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectif
 &lt;/h3&gt;
 &lt;p&gt;
  Aider les clubs de personnes âgées dans leur fonctionnement. Opérations éligibles Clubs de retraités et/ou personnes âgées. Exclusions Clubs de résidents d&amp;#039;établissements médico-sociaux. Bénéficiaires Clubs de retraités et/ou personnes
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention de fonctionnement.
 &lt;/p&gt;
 &lt;h3&gt;
  Montant/Taux de l&amp;#039;aide
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Subvention de base de 122 € par club et par an
  &lt;/li&gt;
  &lt;li&gt;
   Complément de 1,90 € par personne âgée de 55 ans et plus fréquentant régulièrement le club
  &lt;/li&gt;
  &lt;li&gt;
   Complément exceptionnel de 77 € accordé aux clubs de création récente
@@ -12391,168 +12086,168 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La subvention totale ne doit pas dépasser le quart du budget de fonctionnement du club. Le club doit bénéficier d&amp;#039;une participation de la commune, en nature ou en espèces pour les clubs des communes de moins de 2 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les communes de plus de 2 000 habitants, la subvention départementale ne doit pas être supérieure à la subvention communale.
 &lt;/p&gt;
 &lt;p&gt;
  Décision de la Commission permanente
 &lt;/p&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Un seul versement pour chaque club.
 &lt;/p&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Délibération du 22 janvier 1996.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;h3&gt;
   Opérations éligibles
  &lt;/h3&gt;
  &lt;p&gt;
   Clubs de retraités et/ou personnes âgées.
  &lt;/p&gt;
  &lt;h3&gt;
   Exclusions
  &lt;/h3&gt;
  &lt;p&gt;
   Clubs de résidents d&amp;#039;établissements médico-sociaux.
  &lt;/p&gt;
 &lt;/h3&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/clubs-de-personnes-agees/</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Maison Départementale de  l&amp;#039;Autonomie – Service Gestion Administrative et Financière Personnes Âgées – Personnes Handicapées
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Nathalie DUPERRAY
   &lt;/strong&gt;
   , Gestionnaire des conventions financières avec les partenaires –
   &lt;strong&gt;
    Tél : 04-75-79-70-99
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1d35-clubs-de-personnes-agees/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-      <c r="A62" s="1">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>120352</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Aider à l'investissement immobilier pour les établissements accueillant des personnes âgées</t>
         </is>
       </c>
-      <c r="D62" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>AIDE À L’INVESTISSEMENT POUR LES ÉTABLISSEMENTS ACCUEILLANT DES PERSONNES ÂGÉES, DES PERSONNES HANDICAPEES, DES ENFANTS CONFIES A L’AIDE SOCIALE A L’ENFANCE : AIDE À L’INVESTISSEMENT IMMOBILIER</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H62" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectif
 &lt;/h3&gt;
 &lt;p&gt;
  L&amp;#039;aide à l&amp;#039;investissement est une aide apportée aux établissements sociaux et médico-sociaux.
 &lt;/p&gt;
 &lt;p&gt;
  Le Conseil départemental soutient les opérations de construction ou de réhabilitation :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Des établissements accueillant des personnes âgées, pour les places habilitées à l&amp;#039;aide sociale, afin de limiter l&amp;#039;impact de ces opérations sur le niveau de participation financière des personnes.
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Des établissements d&amp;#039;hébergement pour personnes handicapées de compétence départementale, exclusive ou conjointe avec l&amp;#039;ARS, inscrits dans la logique de recomposition globale de l&amp;#039;offre pilotée par le Département et l&amp;#039;ARS, pour les places autorisées et occupées par des ressortissants drômois.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Des établissements accueillant des enfants de l&amp;#039;aide sociale à l&amp;#039;enfance pour les places autorisées et occupées par les ressortissants drômois.
  &lt;/li&gt;
 &lt;/ul&gt;
@@ -12678,199 +12373,199 @@
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Aide à l&amp;#039;investissement immobilier
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  30% au démarrage des travaux.
  &lt;br /&gt;
  60% lorsque l&amp;#039;avancement des travaux aura atteint 50% du coût prévisionnel du projet.
  &lt;br /&gt;
  10% sur présentation des procès verbaux de réception et du décompte général et définitif des dépenses visé par le maître d&amp;#039;œuvre, et certifié par le maître d&amp;#039;ouvrage et le comptable, et de la fourniture des plans définitifs u projet des surfaces développées.
 &lt;/p&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Règlement départemental d&amp;#039;aide à l&amp;#039;investissement pour les établissements accueillant des personnes âgées adopté en séance publique le 24 juin 2019
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  – Des constructions, reconstructions totales ou partielles d&amp;#039;un établissement,
  &lt;br /&gt;
  hors études de faisabilités préalables nécessaires à un projet
  &lt;br /&gt;
  d&amp;#039;investissement,
  &lt;br /&gt;
  – Des travaux de réhabilitation sur site,
  &lt;br /&gt;
  – Des travaux d&amp;#039;extension de capacité.
  &lt;br /&gt;
  – les rénovations ou modernisations du système d&amp;#039;information pour les établissements accueillant des enfants.
 &lt;/p&gt;
 &lt;h3&gt;
  Exclusions
 &lt;/h3&gt;
 &lt;p&gt;
  – Les travaux d&amp;#039;entretien courant,
  &lt;br /&gt;
  – Les opérations de création de pôles d&amp;#039;activités et de soins adaptés (PASA) et
  &lt;br /&gt;
  accueil de jour,
  &lt;br /&gt;
  – Les acquisitions d&amp;#039;équipements mobiliers,
  &lt;br /&gt;
  – Les opérations ayant fait l&amp;#039;objet d&amp;#039;un démarrage des travaux avant la
  &lt;br /&gt;
  notification de l&amp;#039;aide,
  &lt;br /&gt;
  – Les acquisitions foncières
  &lt;br /&gt;
  – Les travaux de mise aux normes incendie, chaudières, toitures etc.
  &lt;br /&gt;
  – Les opérations de réhabilitation ou construction à visée d&amp;#039;habitat inclusif
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-linvestissement-pour-les-etablissements-accueillant-des-personnes-agees-des-personnes-handicapees-des-enfants-confies-a-laide-sociale-a-lenfance-aide-a-l/</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Maison Départementale de l&amp;#039;Autonomie – Service Gestion Administrative et Financière Personnes Âgées – Personnes Handicapées
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Cécile BOURDIEU
   &lt;/strong&gt;
   Responsable du Pôle Offre et Accompagnement des Etablissements sociaux et médico-sociaux
  –
   &lt;strong&gt;
    04 75 79 70 30
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dc6e-aide-a-linvestissement-pour-les-etablissement/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-      <c r="A63" s="1">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
         <v>120353</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Aider à l'investissement les établissements accueillant des personnes âgées : subvention au titre des projets innovants bonification</t>
         </is>
       </c>
-      <c r="D63" s="1" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>AIDE À L’INVESTISSEMENT POUR LES ÉTABLISSEMENTS ACCUEILLANT DES PERSONNES ÂGÉES, DES PERSONNES HANDICAPEES, DES ENFANTS CONFIES A L’AIDE SOCIALE A L’ENFANCE : PROJET AU TITRE DE BONIFICATION</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectif
 &lt;/h3&gt;
 &lt;p&gt;
  Cette aide permet de soutenir les reconstructions ou les réhabilitations d&amp;#039;établissements pour les places habilitées à l&amp;#039;aide sociale accueillant des personnes âgées dans le but de limiter l&amp;#039;impact sur le tarif journalier payé par le résident, ainsi que certains projets particuliers portés par les gestionnaires et s&amp;#039;inscrivant dans les priorités du Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  Cette aide concerne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les organismes gestionnaires d&amp;#039;établissements pour personnes âgées (EHPAS, Petite Unité de Vie, Unité de Soins Longue Durée ou Résidence Autonomie), à savoir :
   &lt;ul&gt;
    &lt;li&gt;
     des établissements publics (hôpitaux, CCAS, établissements publics autonomes),
    &lt;/li&gt;
   &lt;/ul&gt;
   &lt;ul&gt;
@@ -12936,66 +12631,66 @@
    Téléservice
   &lt;/strong&gt;
   :Solidarité
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Aide à l&amp;#039;investissement – bonifications
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  La bonification sera accordée et versée en une seule fois après une visite de conformité ou dans le cadre d&amp;#039;une visite afférente au fonctionnement de la structure.
 &lt;/p&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Règlement départemental d&amp;#039;aide à l&amp;#039;investissement pour les établissements accueillant des personnes âgées adopté en séance publique le 24 juin 2019
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Des bonifications supplémentaires pourront être apportées au projet si l&amp;#039;opération intègre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un projet de domotisation exemplaire visant à améliorer la qualité de la prise en charge ;
  &lt;/li&gt;
  &lt;li&gt;
   Un projet particulièrement innovant (ex : plateforme, prise en charge spécifique, interdispositif permettant une continuité du suivi éducatif et évitant les ruptures de parcours, ...) ;
  &lt;/li&gt;
  &lt;li&gt;
   Une construction particulièrement innovante, y compris en terme de normes environnementales ;
  &lt;/li&gt;
  &lt;li&gt;
   Un projet pluridisciplinaire (santé mentale, handicap, pénal...)
  &lt;/li&gt;
  &lt;li&gt;
   Des mutualisations de locaux ou d&amp;#039;espaces extérieurs avec une autre structure pour personnes âgées, handicapées ou enfance ou tout autre opérateur du territoire (crèches, communes,...) ;
  &lt;/li&gt;
@@ -13023,173 +12718,173 @@
   &lt;/ul&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les 2 derniers points doivent permettre une rationalisation des surfaces et des usages qui devra être démontrée.
 &lt;/p&gt;
 &lt;p&gt;
  Les bonifications présentées ne devront pas données lieu à un financement de la part de l&amp;#039;Agence Régionale de Santé ou d&amp;#039;un autre financeur public.
 &lt;/p&gt;
 &lt;p&gt;
  Une description précise du projet devra être adressée ainsi que l&amp;#039;impact financier sur le budget de fonctionnement de la structure et le planning de mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  Une aide supplémentaire sera apportée de 5 000 € par place autorisée et habilitée à l&amp;#039;aide sociale et occupée par un ressortissant drômois. Ces bonifications seront versées au gestionnaire de l&amp;#039;établissement
 &lt;/p&gt;
 &lt;h3&gt;
  Exclusions
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les projets sans caractère innovant (ne seront pas éligibles par exemple les remplacements de volets roulants...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-linvestissement-pour-les-etablissements-accueillant-des-personnes-agees-des-personnes-handicapees-des-enfants-confies-a-laide-sociale-a-lenfance-projet-au-titre-d/</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Maison Départementale de l&amp;#039;Autonomie – Service Gestion Administrative et Financière Personnes Âgées – Personnes Handicapées
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Cécile BOURDIEU
   &lt;/strong&gt;
   Responsable du Pôle Offre et Accompagnement des Etablissements sociaux et médico-sociaux
  –
   &lt;strong&gt;
    04 75 79 70 30
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b70-aide-a-linvestissement-pour-les-etablissement/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-      <c r="A64" s="1">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>120362</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Produire logements locatifs sociaux adaptés aux personnes âgées et/ou handicapées entrant dans la dépendance « expérimentation entre domicile et établissement</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>PRODUCTION DE LOGEMENTS LOCATIFS SOCIAUX FINANCES PAR UN PLUS EN ACQUISITION AMELIORATION</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J64" s="1" t="inlineStr">
+      <c r="J62" s="1" t="inlineStr">
         <is>
           <t>2 400 € par logement</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;objectif est :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider à la production de logements locatifs sociaux et adaptés aux personnes âgées et/ou handicapées entrant dans la dépendance.
  &lt;/li&gt;
  &lt;li&gt;
   Offrir un bouquet de services, une veille bienveillante aux locataires.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS ÉLIGIBLES
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Opérations d&amp;#039;acquisition-amélioration de bâtis existants avec un financement PLUS (prêt locatif à usage social) et agréées par l&amp;#039;État.
   &lt;/li&gt;
   &lt;li&gt;
    Programmation agréée par l&amp;#039;État.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces constitutives du dossier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Note de présentation du projet précisant notamment l&amp;#039;adresse des travaux, complétée par un plan de situation
   &lt;/li&gt;
   &lt;li&gt;
@@ -13210,157 +12905,157 @@
    Versement
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Un acompte de 50% peut-être versé au démarrage des travaux : pas d&amp;#039;acomptes inférieurs à 10 000€ et sur justificatifs : ordre de service de démarrage des travaux
  &lt;/p&gt;
  &lt;p&gt;
   &lt;span&gt;
    Le solde (50%) sera versé à l&amp;#039;achèvement des travaux, sur justificatifs :
   &lt;/span&gt;
   &lt;br /&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     Attestation de mise en service certifiant une réalisation conforme de l&amp;#039;opération subventionnée établie par le Maître d&amp;#039;Ouvrage, ou à titre exceptionnel une attestation de logement construit établie par le Maître d&amp;#039;Ouvrage,
    &lt;/li&gt;
    &lt;li&gt;
     un état de la dépense totale payée (montant HT et TTC), signé en original par le Maître d&amp;#039;Ouvrage
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;p&gt;
   &lt;br /&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T64" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/production-de-logements-locatifs-sociaux-finances-par-un-plus-en-acquisition-amelioration/</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Direction des Politiques Territoriales – Service Habitat-Territoires : habitat&amp;#64;ladrome.fr
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Nathalie BRUNET – Gestionnaire de subventions – Tél : 04 75 79 26 91
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Véronique REYNAUD – Gestionnaire de subventions – Tél : 04 75 79 82 12
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Aurélie BONNET – Responsable administratif, budgétaire et financier – Tél : 04 75 79 27 68
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/731d-production-de-logements-locatifs-sociaux-adap/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-      <c r="A65" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>120370</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Soutenir les opérations d'habitat groupé adapté comportant un espace partagé</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>SOUTIEN AUX OPERATIONS D'HABITAT GROUPE ADAPTE COMPORTANT UN ESPACE PARTAGE</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J65" s="1" t="inlineStr">
+      <c r="J63" s="1" t="inlineStr">
         <is>
           <t>Forfait de 2.500€/logement créé</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Aider les opérations groupées de logements locatifs conventionnés dédiés aux personnes âgées ou en situation de handicap, selon les dispositifs « Veille Bienveillante » ou « Habitat Inclusif » en lien avec le schéma départemental de l&amp;#039;autonomie, et nécessitant la réalisation d&amp;#039;un espace partagé.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide :
  &lt;/strong&gt;
  Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant/Taux de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Forfait de 2 500€ supplémentaires par logement créé (déjà financés dans le cadre de la perte d&amp;#039;autonomie : cf fiche 17) pour inclure la réalisation d&amp;#039;un espace partagé.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces constitutives du dossier
  &lt;/strong&gt;
@@ -13406,125 +13101,125 @@
   &lt;li&gt;
    Attestation de mise en service certifiant une réalisation conforme de l&amp;#039;opération subventionnée ou à titre exceptionnel une attestation de logement construit établie par le Maître d&amp;#039;Ouvrage
   &lt;/li&gt;
   &lt;li&gt;
    Attestation de l&amp;#039;inscription du ou des logements sur la base de données ADALOGIS
   &lt;/li&gt;
   &lt;li&gt;
    Un état de la dépense totale payée, montant HT et TTC, signé en original par le Maître d&amp;#039;Ouvrage
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Règlement financier du Département en vigueur.
  &lt;/li&gt;
  &lt;li&gt;
   Délibération Dispositif départemental d&amp;#039;intervention en faveur de l&amp;#039;habitat « Aides à la Pierre » du 21 novembre 2022.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M65" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Opérations groupées de construction ou d&amp;#039;acquisition-amélioration de logements locatifs conventionnés adaptés aux besoins spécifiques d&amp;#039;une personne en situation de perte d&amp;#039;autonomie, âgée et/ou handicapée, financées avec un PLAi ou un PLUS agréés par l&amp;#039;État, incluant la réalisation d&amp;#039;un espace partagé permettant de déployer le dispositif Veille Bienveillante ou d&amp;#039;un projet social éligible à l&amp;#039;appel à projet départemental « habitat inclusif »
    &lt;/span&gt;
    Opérations validées par la MDA.
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Le projet doit s&amp;#039;inscrire dans une vision élargie des besoins dans le territoire et doit justifier de l&amp;#039;opportunité de la localisation dans la commune (niveau d&amp;#039;équipement et services).
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Exclusions :
   &lt;/strong&gt;
   Opération non conforme au cahier des charges de la MDA pour la Veille Bienveillante ou l&amp;#039;habitat inclusif (cahiers des charges annexés)
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Logement et habitat
 Accessibilité</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  Associations agréées par l&amp;#039;État pour la maîtrise d&amp;#039;ouvrage ou bailleurs sociaux, dont la programmation ou le conventionnement des logements a été agréé par l&amp;#039;État.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T65" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/soutien-aux-operations-dhabitat-groupe-adapte-comportant-un-espace-partage/</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Politiques Territoriales-Service Habitat-Territoires :
  &lt;a href="mailto:habitat&amp;#64;ladrome.fr"&gt;
   habitat&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nathalie BRUNET
  &lt;/strong&gt;
  – Gestionnaire de subventions –
  &lt;strong&gt;
   Tél :
  &lt;/strong&gt;
  &lt;strong&gt;
   04 75 79 26 91
  &lt;/strong&gt;
  –
  &lt;br /&gt;
  &lt;strong&gt;
   Véronique REYNAUD
  &lt;/strong&gt;
  – Gestionnaire de subventions –
  &lt;strong&gt;
@@ -13559,108 +13254,108 @@
    Délibération de la Commission permanente.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les demandes de subvention s&amp;#039;effectuent sur la plate-forme dématérialisée en se connectant à
    &lt;a href="https://mesdemarches.ladrome.fr/" rel="noopener" target="_blank"&gt;
     https://mesdemarches.ladrome.fr/
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Téléservice : Habitat (entité : Association / entreprise)
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Dispositif : Offre nouvelle PLAI PLUS (aide territorialisée)
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3167-etudes-et-diagnostics-habitat/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-      <c r="A66" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
         <v>120417</v>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Apporter un soutien financier au titre du fonctionnement de l'organisme en faveur des personnes âgées et personnes handicapées</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>SUBVENTION DE FONCTIONNEMENT en faveur des PERSONNES AGEES/PERSONNES HANDICAPEES</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G66" s="1" t="inlineStr">
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J66" s="1" t="inlineStr">
+      <c r="J64" s="1" t="inlineStr">
         <is>
           <t>Taux : définit par le Département en fonction de la demande</t>
         </is>
       </c>
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif
  &lt;/strong&gt;
  : Apporter un soutien financier au titre du  fonctionnement de l&amp;#039;organisme en faveur des personnes âgées et personnes financier
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide et montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Subvention de fonctionnement
   &lt;/li&gt;
   &lt;li&gt;
    Taux : définit  par le Département en fonction de la demande
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;h3&gt;
  Pièces constitutives du dossier
 &lt;/h3&gt;
 &lt;ul&gt;
@@ -13692,191 +13387,191 @@
  &lt;/a&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Téléservice
   &lt;/strong&gt;
   :Solidarité
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Fonctionnement des associations Personnes Agées et Personnes Handicapées
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;p&gt;
  Un seul versement après passage en Commission Permanente ou après signature d&amp;#039;une convention (suivant  l&amp;#039;article faisant référence au versement de la subvention).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M66" s="1" t="inlineStr">
+      <c r="M64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Opérations éligibles : Toute action ou besoin en lien avec l&amp;#039;activité de l&amp;#039;organisme en faveur des personnes âgées et personnes handicapées
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Associations
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     fédérations
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     collectivités
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
+      <c r="T64" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V66" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/subvention-de-fonctionnement-en-faveur-des-personnes-agees-personnes-handicapees/</t>
         </is>
       </c>
-      <c r="X66" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Maison Départementale de l&amp;#039;Autonomie – Service Gestion Administrative et Financière Personnes Âgées – Pôle Gestion financière et autonomie
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Nathalie DUPERRAY,
   Gestionnaire des conventions financières avec les partenaires
   – 04-75-79-70-99
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z66" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/177d-subvention-de-fonctionnement-en-faveur-des-pe/</t>
         </is>
       </c>
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-      <c r="A67" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>120420</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Aider à l'acquisition de véhicules pour le portage de repas au domicile des personnes âgées</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>ACQUISITION DE VEHICULES POUR LE PORTAGE DE REPAS AU DOMICILE DES PERSONNES AGEES</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Favoriser le maintien à domicile des personnes âgées via une facilitation du portage de repas à domicile.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide et montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Subvention d&amp;#039;investissement
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Coût HT ou TTC du véhicule selon le régime de récupération de la TVA du bénéficiaire
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -13917,204 +13612,204 @@
  &lt;li&gt;
   Téléservice : Solidarité
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   Dispositif : Acquisition de véhicule portage de repas pour Personnes Agées
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;span&gt;
   Instruction technique par la Maison Départementale de l&amp;#039;Autonomie
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Délibération de la Commission Permanente
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Versement sur présentation de la facture .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M67" s="1" t="inlineStr">
+      <c r="M65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
  Acquisition de véhicules destinés au portage de repas.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles à l&amp;#039;aide : organismes faisant l&amp;#039;acquisition de véhicules destinés au portage de repas.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide du Département n&amp;#039;intervient que s&amp;#039;il y a participation de la ou les Commune(s) ou intercommunalité(s) concernée(s).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S67" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T67" s="1" t="inlineStr">
+      <c r="T65" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/acquisition-de-vehicules-pour-le-portage-de-repas-au-domicile-des-personnes-agees/</t>
         </is>
       </c>
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Maison Départementale de l&amp;#039;Autonomie – Service Gestion Administrative et Financière Personnes Âgées – Personnes Handicapées
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nathalie DUPERRAY
  &lt;/strong&gt;
  , Gestionnaire des conventions financières avec les partenaires –
  &lt;strong&gt;
   Tél : 04-75-79-70-99
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3039-acquisition-de-vehicules-pour-le-portage-de-r/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-      <c r="A68" s="1">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
         <v>120596</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I68" s="1" t="inlineStr">
+      <c r="I66" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J68" s="1" t="inlineStr">
+      <c r="J66" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -14142,66 +13837,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P68" s="1" t="inlineStr">
+      <c r="P66" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q68" s="1" t="inlineStr">
+      <c r="Q66" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -14213,152 +13908,152 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T68" s="1" t="inlineStr">
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-      <c r="A69" s="1">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
         <v>120656</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Mener des actions de coopérations entre le secteur culturel et les milieux de santé</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Culture &amp;amp; Santé, handicap et dépendance</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F69" s="1" t="inlineStr">
+      <c r="F67" s="1" t="inlineStr">
         <is>
           <t>Agence régionale de santé (ARS) — Occitanie
 Direction régionale des Affaires culturelles (DRAC) — Occitanie</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme régional Culture et Santé offre l&amp;#039;opportunité aux établissements éligibles qui le souhaitent, d&amp;#039;inscrire une démarche artistique et culturelle dans leur projet d&amp;#039;établissement et de santé. Les appels à candidature régionaux Culture Santé s&amp;#039;inscrivent dans le cadre de la politique interministérielle initiée en 1999 et renouvelée en 2010 par la convention nationale Culture Santé entre le Ministère de la Santé et le Ministère de la Culture.
 &lt;/p&gt;
 &lt;h4&gt;
  Qu&amp;#039;est-ce que Culture et Santé ?
 &lt;/h4&gt;
 &lt;p&gt;
  Le ministère de la Culture et le ministère de la Santé mènent depuis plus de vingt ans une politique commune d&amp;#039;accès à la culture pour tous les publics en milieu hospitalier et médico-social.
 &lt;/p&gt;
 &lt;p&gt;
  Destinée à promouvoir les actions en faveur du rayonnement et de la visibilité de la thématique &amp;#34;Culture et Santé&amp;#34;, cette politique interministérielle participe à amener la Culture « près » des citoyens et à développer le partage d&amp;#039;expériences entre les acteurs. L&amp;#039;ensemble de la communauté sanitaire est visée : personnes hospitalisées, personnes âgées, familles, professionnels de la santé et du médico-social.
 &lt;/p&gt;
 &lt;p&gt;
  Dans chaque région,
  &lt;strong&gt;
   la déclinaison de ce programme est confiée aux Directions Régionales des Affaires Culturelles
  &lt;/strong&gt;
  (DRAC/DAC)
  &lt;strong&gt;
   et aux Agences régionales de Santé
  &lt;/strong&gt;
  (ARS) qui définissent conjointement leurs axes de priorités. Ainsi des appels à candidature régionaux permettent de soutenir des actions de coopérations entre le secteur culturel et les milieux de santé.
 &lt;/p&gt;
 &lt;h4&gt;
@@ -14403,391 +14098,391 @@
 &lt;/h5&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Date limite de dépôt des dossiers : 31 décembre 2022, 23h59 (heure de Paris)
   &lt;/strong&gt;
   . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
  &lt;/li&gt;
  &lt;li&gt;
   Notification de subvention : à compter d&amp;#039;avril 2023
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h5&gt;
  Comment déposer un dossier ?
 &lt;/h5&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; correspondant à votre situation en bas de page.
  &lt;/li&gt;
  &lt;li&gt;
   Connectez-vous ou créez un compte, puis laissez-vous guider.
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="M69" s="1" t="inlineStr">
+      <c r="M67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Nos voix à ciel ouvert entre Loire et Forêt (Centre-Val de Loire, 2022)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention : 5 800 €
 &lt;/p&gt;
 &lt;p&gt;
  Ce projet propose une découverte de sa voix au sein de la nature en lien avec celles des autres. Il se déploiera en trois volets:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des ateliers chants et des résidences avec l&amp;#039;équipe artistique, l&amp;#039;équipe éducative, les résidents et les jeunes de deux institutions et un réalisateur
  &lt;/li&gt;
  &lt;li&gt;
   quatre concerts-restitutions en extérieur avec chant partagé avec le public
  &lt;/li&gt;
  &lt;li&gt;
   un film artistique témoignant de cette aventure en plein nature entre Forêt et Loire. Le répertoire s&amp;#039;étend de la chanson, à l&amp;#039;opéra et au rap.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Handicap
 Egalité des chances
 Santé
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R69" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les établissements sanitaires publics, ESPIC ou associatifs peuvent déposer un dossier.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements à vocation sociale et établissements privés à but lucratif sont éligibles uniquement s&amp;#039;ils sont associés à un établissement sanitaire public, ESPIC ou associatif.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour en savoir plus sur les critères d&amp;#039;éligibilité des porteurs et du projet, vous êtes invités à vous référer aux cahiers des charges ci-dessous.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T69" s="1" t="inlineStr">
+      <c r="T67" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-sante-handicap-et-dependance</t>
         </is>
       </c>
-      <c r="W69" s="1" t="inlineStr">
+      <c r="W67" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/2022-12-appel-a-projet-culture-sante</t>
         </is>
       </c>
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Pour toute question sur le dispositif Culture et Santé en Occitanie, vous êtes invités à vous adresser à :
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;lamecano.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;lamecano.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   06 12 22 64 11
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4937-culture-sante-handicap-et-dependance/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-      <c r="A70" s="1">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
         <v>120661</v>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Accompagner les structures de l'Economie Sociale et Solidaire dans leur développement et la consolidation de leurs emplois</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>DLA (Dispositif Local d'Accompagnement)</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Ligue de l'enseignement de l'Aube</t>
         </is>
       </c>
-      <c r="G70" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H70" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Dispositif Local d&amp;#039;Accompagnement de l&amp;#039;ESS (DLA) est une aide publique ayant pour objectif d&amp;#039;accompagner toute structure employeuse de l&amp;#039;Economie Sociale et Solidaire dans le développement de ses activités et la pérennisation de ses emplois.
 &lt;/p&gt;
 &lt;p&gt;
  Pour qui ? Associations employeuses, coopératives, structures d&amp;#039;insertion, entreprises  agréées ESUS - tout secteur d&amp;#039;activité (culture, insertion, médico-social, environnement, sport, éducation, etc)
 &lt;/p&gt;
 &lt;p&gt;
  Quels besoins ? Faire évoluer son organisation interne ou son modèle économique, créer une nouvelle activité, redynamiser sa gouvernance, revoir son projet associatif, etc
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans l&amp;#039;Aube, le DLA est porté par la Ligue de l&amp;#039;Enseignement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M70" s="1" t="inlineStr">
+      <c r="M68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Ex 1 : Accompagner une association en territoire rural proposant des ateliers sport-bien être pour des personnes ayant eu un cancer, dans l&amp;#039;élaboration de son projet associatif &amp;#61;&amp;#61;&amp;gt; résultat : intégration de nouveaux bénévoles dans la gouvernance, construction de nouveaux partenaires
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ex 2 : Accompagner une radio associative locale dans la restructuration de son modèle économique &amp;#61;&amp;#61;&amp;gt; résultat : maintien des 2 emplois salariés ,construction de nouveaux partenaires
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Tourisme
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Tiers-lieux
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Biodiversité
 Lutte contre la précarité
 Emploi
 Valorisation d'actions
 Mobilité pour tous
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ol&gt;
   &lt;li&gt;
    Être une structure de l&amp;#039;Economie Sociale et Solidaire (ESS) d&amp;#039;utilité sociale : association, coopérative (CAE, SCOP, SCIC), structure d&amp;#039;insertion, entreprise agréée ESUS
   &lt;/li&gt;
   &lt;li&gt;
    Avoir au moins 1 emploi ou souhaitant en créer un à court terme
   &lt;/li&gt;
   &lt;li&gt;
    Avoir son siège social dans l&amp;#039;Aube
   &lt;/li&gt;
   &lt;li&gt;
    Être volontaire pour être accompagné
   &lt;/li&gt;
  &lt;/ol&gt;
 </t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
         <is>
           <t>https://www.laligue10.org/dla/</t>
         </is>
       </c>
-      <c r="X70" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter la Chargée de mission DLA
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   dla10&amp;#64;laligue10.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  03.25.82.68.63
  &lt;br /&gt;
  &lt;br /&gt;
  Ligue de l&amp;#039;Enseignement de l&amp;#039;Aube
  &lt;br /&gt;
  15 avenue d&amp;#039;Echenilly - 10120 Saint-André-les-Vergers
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>dla10@laligue10.org</t>
         </is>
       </c>
-      <c r="Z70" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8e80-accompagner-les-structures-de-leconomie-socia/</t>
         </is>
       </c>
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-      <c r="A71" s="1">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
         <v>120979</v>
       </c>
-      <c r="B71" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Prêt social</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G71" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K71" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
   Qu&amp;#039;est-ce que le prêt social ?
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
  &lt;/li&gt;
  &lt;li&gt;
   Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
  &lt;/li&gt;
  &lt;li&gt;
   Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Choisissez une
   &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
@@ -14809,258 +14504,258 @@
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   et dotée d&amp;#039;une trajectoire de décarbonation.
  &lt;/li&gt;
  &lt;li&gt;
   5 thématiques éligibles :
  &lt;/li&gt;
  &lt;li&gt;
   1) L&amp;#039;action sanitaire, sociale et familiale,
  &lt;/li&gt;
  &lt;li&gt;
   2) Le développement et la cohésion territoriale,
  &lt;/li&gt;
  &lt;li&gt;
   3) L&amp;#039;enseignement et la formation professionnelle,
  &lt;/li&gt;
  &lt;li&gt;
   4) Le sport, culture et vie associative,
  &lt;/li&gt;
  &lt;li&gt;
   5) Les services d&amp;#039;incendies et de secours.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Friche
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Valorisation d'actions
 Bibliothèques et livres
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O71" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R71" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après étude et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 300 000 euros
 &lt;/p&gt;
 &lt;p&gt;
  Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
  &lt;/li&gt;
  &lt;li&gt;
   Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
  &lt;/li&gt;
  &lt;li&gt;
   Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
  &lt;/li&gt;
  &lt;li&gt;
   Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T71" s="1" t="inlineStr">
+      <c r="T69" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V71" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
         </is>
       </c>
-      <c r="W71" s="1" t="inlineStr">
+      <c r="W69" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X71" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z71" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
         </is>
       </c>
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-      <c r="A72" s="1">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
         <v>121006</v>
       </c>
-      <c r="B72" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Subzen</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G72" s="1" t="inlineStr">
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H72" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K72" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale vous propose
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
   l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
  &lt;/li&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
  &lt;/li&gt;
  &lt;li&gt;
   Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M72" s="1" t="inlineStr">
+      <c r="M70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N70" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -15081,153 +14776,153 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
+      <c r="R70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
 &lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
 &lt;p&gt;
  Après étude et acceptation de votre dossier par La Banque Postale.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T72" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
         </is>
       </c>
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>121961</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Contribuer aux études préalables d'aide à la décision pour développer des logements locatifs pour personnes âgées ou en situation de handicap</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>CONTRIBUTIONS AUX ETUDES PREALABLES D'AIDE A LA DECISION</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J73" s="1" t="inlineStr">
+      <c r="J71" s="1" t="inlineStr">
         <is>
           <t>Plafond de 5000€</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aider les opérations groupées de logements locatifs conventionnés dédiés aux personnes âgées ou en situation de handicap, selon les dispositifs « Veille Bienveillante » ou « Habitat Inclusif » en lien avec le schéma départemental de l&amp;#039;autonomie, et nécessitant la réalisation d&amp;#039;un espace partagé.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide
  &lt;/strong&gt;
  &lt;strong&gt;
   :
  &lt;/strong&gt;
  subvention d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant / Taux de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -15245,154 +14940,154 @@
   Versement
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention est versée en une fois sur justificatifs :
 &lt;/p&gt;
 &lt;p&gt;
  – Un état de la dépense totale payée, montant HT et TTC, signé en original par le Maitre d&amp;#039;ouvrage.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Règlement financier du Département en vigueur.
  &lt;/li&gt;
  &lt;li&gt;
   Délibération « Dispositif départemental d&amp;#039;intervention en faveur de l&amp;#039;habitat » du 21 novembre 2022.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M73" s="1" t="inlineStr">
+      <c r="M71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Etudes d&amp;#039;élaboration de PLH (ou renouvellement) / diagnostics habitat intercommunaux.
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Etudes pré-opérationnelles intercommunales : OPAH ou PIG de rang intercommunal
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Etudes thématiques : besoins des personnes en perte d&amp;#039;autonomie liée au vieillissement, situation des copropriétés dans l&amp;#039;EPCI, logement des jeunes en insertion et des saisonniers, logement et hébergement d&amp;#039;insertion
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement par l&amp;#039;EPCI ou la Commune selon les modalités prévues par la convention avec le Département
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Exclusions :
  &lt;/strong&gt;
  Études réalisées dans le cadre du suivi du PLH
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Cohésion sociale et inclusion
 Logement et habitat
 Accessibilité</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pièces constitutives du dossier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Copie du devis accompagné de la lettre de commande ou de l&amp;#039;acte d&amp;#039;engagement accompagné du détail estimatif
  &lt;/li&gt;
  &lt;li&gt;
   Délibération de l&amp;#039;EPCI.
  &lt;/li&gt;
  &lt;li&gt;
   RIB
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bases réglementaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Règlement financier du Département en vigueur.
  &lt;/li&gt;
  &lt;li&gt;
   Délibération « Dispositif départemental d&amp;#039;intervention en faveur de l&amp;#039;habitat » du 21 novembre 2022.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T73" s="1" t="inlineStr">
+      <c r="T71" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/contributions-aux-etudes-prealables-daide-a-la-decision/</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Direction des Politiques Territoriales-Service Habitat-Territoires :
  &lt;a href="mailto:habitat&amp;#64;ladrome.fr"&gt;
   habitat&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nathalie BRUNET
  &lt;/strong&gt;
  – Gestionnaire de subventions –
  &lt;strong&gt;
   Tél :
  &lt;/strong&gt;
  &lt;strong&gt;
   04 75 79 26 91
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;strong&gt;
@@ -15422,321 +15117,321 @@
   Instruction des dossiers/ Demande dématérialisée
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Instruction du dossier par le Service Habitat-Territoires.
  &lt;/li&gt;
  &lt;li&gt;
   Délibération de la Commission permanente.
  &lt;/li&gt;
  &lt;li&gt;
   Les demandes de subvention s&amp;#039;effectuent sur la plate-forme dématérialisée en se connectant à
   &lt;a href="https://mesdemarches.ladrome.fr/" rel="noopener" target="_blank"&gt;
    https://mesdemarches.ladrome.fr/
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléservice : Habitat (entité : Collectivité)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bc08-contributions-aux-etudes-prealables-daide-a-l/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>122825</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Participer au label national Territoires, Villes et Villages Internet</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Villes Internet</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Label national Territoires, Villes et Villages Internet est une évaluation des politiques publiques numériques territoriales, unique en Europe.
 &lt;/p&gt;
 &lt;p&gt;
  La marque territoriale « Label National Territoires, Villes et Villages Internet » concerne les villages comme les grandes villes, dès les premiers services connectés aux habitants et usagers du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Ce label national prend la forme d&amp;#039;un panneau en entrée de ville avec 1 à 5 arobases (&amp;#64;) millésimé chaque année. Il se base sur un référentiel de 16 enjeux thématiques et 139 services numériques conçu par des universitaires avec l&amp;#039;association et créé avec l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  Pour participer, les collectivités référencent leurs actions sur la plateforme
   villes-internet.net. Le référentiel sert d&amp;#039;auto-évaluation et de feuille de route quotidienne aux décideurs publics et à leurs agents.
  &lt;br /&gt;
  &lt;br /&gt;
  Chaque année un jury d&amp;#039;experts indépendant étudie plus de 250 dossiers de collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Le label national est soutenu depuis près de 25 ans par plusieurs ministères et traditionnellement remis par un membre du gouvernement.
 &lt;/p&gt;
 &lt;p&gt;
  La participation est ouverte à tout EPCI, ville ou village, de toutes tailles et toutes les régions françaises et territoires ultramarins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.villes-internet.net/site/label-territoires-villes-villages-internet/reglement/" rel="noopener" target="_blank"&gt;
   Consultez le règlement du Label national Territoires, Villes et Villages Internet
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M74" s="1" t="inlineStr">
+      <c r="M72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions de toutes les collectivités sont recensées en accès libre et de manière géolocalisée et thématique dans l&amp;#039;ATLAAS.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.villes-internet.net/atlaas" rel="noopener" target="_blank"&gt;
   Consultez plus de 30 000 actions de collectivités
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.villes-internet.net/site/evaluer/" rel="noopener" target="_blank"&gt;
   Consultez le palmarès des éditions antérieures
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Handicap
 Egalité des chances
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Tiers-lieux
 Innovation, créativité et recherche
 Equipement public
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Médias et communication
 Réduction de l'empreinte carbone
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://www.villes-internet.net/site/participez-au-label/</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour participer rendez-vous sur la page &amp;#34;Participer au label&amp;#34;
  (voir le bouton &amp;#34;descriptif complet&amp;#34; en bas de page) et cliquez sur le bouton &amp;#34;Ma collectivité souhaite participer&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Ou contactez directement l&amp;#039;association Villes Internet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   01 55 06 09 30 |  coordination&amp;#64;villes-internet.net
  &lt;/li&gt;
  &lt;li&gt;
   68 boulevard Malesherbes 75008 Paris
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>fpoznanski@villes-internet.net</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb5f-label-national-territoires-villes-et-villages/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
         <v>126141</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Enveloppes territorialisées</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
  &lt;/li&gt;
  &lt;li&gt;
   les modes doux,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation du patrimoine ligérien (naturel et bâti protégé),
  &lt;/li&gt;
  &lt;li&gt;
   le développement touristique local,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de proximité,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements d&amp;#039;espaces publics (traversées de bourg...),
  &lt;/li&gt;
  &lt;li&gt;
   les études.
  &lt;/li&gt;
 &lt;/ul&gt;
 Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -15749,165 +15444,165 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T75" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W75" s="1" t="inlineStr">
+      <c r="W73" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>126142</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
         </is>
       </c>
-      <c r="D76" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus seront en cohérence avec les politiques et compétences départementales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -15919,175 +15614,175 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   EPCI et/ou communes de la Loire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets portés par les communes doivent avoir un rayonnement intercommunal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T76" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W76" s="1" t="inlineStr">
+      <c r="W74" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>126143</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -16099,212 +15794,217 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
+      <c r="T75" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>126866</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D78" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d’investissement de communes et groupements de communes dans le milieu rural en Meurthe-et-Moselle – DETR 2026</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Dotation d'équipement des territoires ruraux</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Préfecture de Meurthe-et-Moselle</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I78" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J78" s="1" t="inlineStr">
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
         <is>
           <t>Bonifications possibles - existence de plafonds</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En Meurthe-et-Moselle, la DETR peut financer des projets d&amp;#039;investissement dans le milieu rural qui répondent aux thématiques suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   transition écologique
  &lt;/li&gt;
  &lt;li&gt;
   aménagement urbain et patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   services publics
  &lt;/li&gt;
  &lt;li&gt;
   voirie
  &lt;/li&gt;
  &lt;li&gt;
   sécurité
  &lt;/li&gt;
  &lt;li&gt;
   accueil des gens du voyage
  &lt;/li&gt;
  &lt;li&gt;
   économie
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
+&lt;br /&gt;&lt;p&gt;
 Il est tenu compte de :
-&lt;br /&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la nature des projets,
  &lt;/li&gt;
  &lt;li&gt;
   leur degré de maturité,
  &lt;/li&gt;
  &lt;li&gt;
   leur inscription dans une démarche de contractualisation avec l&amp;#039;État,
  &lt;/li&gt;
  &lt;li&gt;
   leur ordre de priorité indiqué par les porteurs.
  &lt;/li&gt;
-&lt;/ul&gt;</t>
-[...2 lines deleted...]
-      <c r="N78" s="1" t="inlineStr">
+&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/34876/263626/file/Appel%20à%20projets%20DETR%202026.pdf" target="_self"&gt;Appel à projet 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/34877/263631/file/Annexe%201%20-%20Règlement%20DETR%202026.pdf" target="_self"&gt;Reglement DETR 2026&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/34422/260377/file/Liste%20récapitulative%20dossiers%20DETR%20subventionnés%20au%2031%2007%202025.xlsx" target="_self"&gt;Liste récapitulative des dossiers DETR subventionnés au 31.07.2025&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Education et renforcement des compétences
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
@@ -16312,188 +16012,178 @@
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Inclusion numérique
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
-[...10 lines deleted...]
- La rubrique mentionne notamment :
+      <c r="P76" s="1" t="inlineStr">
+        <is>
+          <t>17/10/2025</t>
+        </is>
+      </c>
+      <c r="Q76" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité des bénéficiaires :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En référence à l’article L. 2334-33 du CGCT, ils sont fondés sur la population et la richesse fiscale des communes et EPCI à fiscalité propre.&lt;/p&gt;&lt;p&gt;En Meurthe-et-Moselle, les porteurs de projets suivants sont éligibles :&lt;/p&gt;&lt;p&gt;- communes de - 2000 habitants ;&lt;/p&gt;&lt;p&gt;- communes entre 2000 et 20 000 habitants, à l’exclusion de celles dont le potentiel financier par habitant excède le plafond défini chaque année ;&lt;/p&gt;&lt;p&gt;- EPCI à fiscalité propre de - 75 000 habitants ;&lt;/p&gt;&lt;p&gt;- syndicats mixtes et syndicats de communes.&lt;/p&gt;&lt;p&gt;Les collectivités inéligibles à la DETR en Meurthe-et-Moselle sont : &lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/28358/215363/file/Liste%20communes%20inéligibles.pdf" target="_self"&gt;Télécharger la liste des collectivités inéligibles à la DETR 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Appel à projets DETR 2026 et catégories éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La commission des élus DETR détermine chaque année la liste des opérations éligibles ainsi que les taux des subventions. Vous pouvez consulter le règlement présentant les catégories éligibles ci-dessous.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si vous souhaitez candidater pour obtenir une subvention au titre de la DETR pour 2026, vous pouvez effectuer votre demande entre le 17 octobre 2025 et le 23 janvier 2026 inclus.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’opération ne doit pas connaître de commencement d’exécution (signature du 1er acte juridique tel qu’un bon de commande, acte d’engagement, devis &amp;#34;bon pour accord&amp;#34;...) tant que le service instructeur n’a pas délivré d’accusé de réception du dossier.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités de versement de la subvention :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;pour le solde :&lt;/p&gt;&lt;p&gt;Une avance représentant 30 % du montant prévisionnel de la subvention pourra être versée à la collectivité sur présentation des pièces suivantes :&lt;/p&gt;&lt;p&gt;- une attestation de commencement d’exécution faisant apparaitre la date exacte de début d’exécution de l&amp;#039;opération (date correspondant à l&amp;#039;acceptation d&amp;#039;un devis ou ordre de service ou signature d&amp;#039;un marché) ;&lt;/p&gt;&lt;p&gt;- un justificatif de démarrage de l’opération : copie du devis signé ou de la notification du marché de travaux.&lt;/p&gt;&lt;p&gt;Des acomptes n&amp;#039;excédant pas au total 80 % du montant prévisionnel de la subvention, pourront être versés en fonction de l&amp;#039;état d&amp;#039;avancement de l&amp;#039;opération au vu des pièces justificatives des paiements effectués par la collectivité :&lt;/p&gt;&lt;p&gt;- un état récapitulatif des paiements daté et certifié par la trésorerie et par le maire ou le président de l&amp;#039;établissement public de coopération intercommunale ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- la copie des factures.&lt;/p&gt;&lt;p&gt;Le solde de la subvention sera versé après transmission des pièces justificatives suivantes :&lt;/p&gt;&lt;p&gt;- un état récapitulatif global des paiements daté et certifié par la trésorerie et par la maire ou le président de l&amp;#039;établissement public de coopération intercommunale ;&lt;/p&gt;&lt;p&gt;- la copie des factures ;&lt;/p&gt;&lt;p&gt;- un certificat daté et signé par le maire ou le président de l&amp;#039;établissement public de coopération intercommunale attestant de l&amp;#039;achèvement de l&amp;#039;opération, ainsi que de la conformité de ses caractéristiques par rapport à l&amp;#039;arrêté attributif et précisant la date exacte de fin de l&amp;#039;opération. En cas de demande de paiement unique, indiquer en plus la date de début d’exécution de l&amp;#039;opération (date correspondant à l’acceptation d&amp;#039;un devis ou ordre de service ou signature d&amp;#039;un marché) ;&lt;/p&gt;&lt;p&gt;- le plan de financement définitif daté et signé par le maire ou le président de l&amp;#039;établissement public de coopération intercommunale.&lt;/p&gt;&lt;p&gt;- éventuellement les courriers d&amp;#039;attribution de subventions obtenues par la collectivité pour le financement de l&amp;#039;opération.&lt;/p&gt;&lt;p&gt;À l’instar de vos demandes de subvention, il convient d’adresser vos demandes de versement, pour l’ensemble des collectivités du département sous démarches-simplifiees.fr, à l’adresse suivante  :&lt;/p&gt;&lt;p&gt;https://www.demarches-simplifiees.fr/commencer/prefecture-54-subventions-paiements&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Meurthe-et-Moselle</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.meurthe-et-moselle.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Concours-financiers/La-dotation-d-equipement-des-territoires-ruraux-DETR/La-dotation-d-equipement-des-territoires-ruraux-DETR</t>
+        </is>
+      </c>
+      <c r="W76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La préfecture de Meurthe-et-Moselle et les sous-préfectures sont à disposition des collectivités pour leur apporter tout précision, aide ou conseil. Vous pouvez faire appel :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  les critères d&amp;#039;éligibilité des bénéficiaires,
-[...41 lines deleted...]
- &lt;li&gt;
   Pour l&amp;#039;arrondissement de Nancy : pref-dclc1&amp;#64;meurthe-et-moselle.gouv.fr
  &lt;/li&gt;
  &lt;li&gt;
   Pour l&amp;#039;arrondissement de Val-de-Briey : sp-briey-coordination&amp;#64;meurthe-et-moselle.gouv.fr
  &lt;/li&gt;
  &lt;li&gt;
   Pour l&amp;#039;arrondissement de Lunéville : sp-luneville&amp;#64;meurthe-et-moselle.gouv.fr
  &lt;/li&gt;
  &lt;li&gt;
   Pour l&amp;#039;arrondissement de Toul : sp-toul&amp;#64;meurthe-et-moselle.gouv.fr
  &lt;/li&gt;
-&lt;/ul&gt;
+&lt;/ul&gt;&lt;p&gt;La liste des documents à joindre pour candidater est disponible en cliquant sur &amp;#34;plus d&amp;#039;informations&amp;#34;&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>lydie-anne.frati@meurthe-et-moselle.gouv.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/07b8-financer-des-projets-dinvestissement-des-comm/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>126868</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'investissement des établissements médico-sociaux pour personnes âgées et personnes en situation de handicap</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Soutien à l'investissement en faveur des établissements médico-sociaux pour personnes âgées et personnes en situation de handicap</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I79" s="1" t="inlineStr">
+      <c r="I77" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 20</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BENEFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pourront prétendre à une aide à l&amp;#039;investissement du Département de la Charente les opérateurs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les établissements médico-sociaux publics ou privés à but non lucratif autorisés exclusivement ou conjointement par le Conseil départemental de la Charente, accueillant des personnes âgées et habilités à recevoir des bénéficiaires de l&amp;#039;aide sociale départementale à l&amp;#039;issue du projet.
  &lt;/li&gt;
  &lt;li&gt;
   les établissements médico-sociaux publics et privés non lucratifs autorisés exclusivement ou conjointement par le Conseil départemental de la Charente accueillant des personnes en situation de handicap,
  &lt;/li&gt;
  &lt;li&gt;
   les propriétaires publics ou privés non lucratifs louant des bâtiments à un gestionnaire d&amp;#039;établissement social ou médico-social public ou privé à but non lucratif, habilité à recevoir des bénéficiaires de l&amp;#039;aide sociale, les locaux devant être affectés en majorité à l&amp;#039;accueil des personnes âgées ou des personnes handicapées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque le propriétaire n&amp;#039;est pas le gestionnaire, le courrier de demande de subvention sera co-signé par le propriétaire et le gestionnaire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -16525,68 +16215,68 @@
  Pour les montants de travaux supérieurs à 5 millions d&amp;#039;euros HT, la subvention est calculée à hauteur de 10 % de la dépense HT
 &lt;/p&gt;
 &lt;p&gt;
  Pour les montants de travaux inférieurs à 5 millions d&amp;#039;euros HT, la subvention est calculée à hauteur de 20 % de la dépense HT
 &lt;/p&gt;
 &lt;p&gt;
  Les établissements conventionnés partiellement à l&amp;#039;aide sociale sont aidés proportionnellement au nombre de places habilitées à l&amp;#039;issue de l&amp;#039;opération.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Secteur des personnes en situation de handicap :
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Pour les montants de travaux supérieurs à 1 millions d&amp;#039;euros HT, la subvention est calculée à hauteur de 10 % de la dépense HT
 &lt;/p&gt;
 &lt;p&gt;
  Pour les montants de travaux inférieurs à 1 millions d&amp;#039;euros HT, la subvention est calculée à hauteur de 20 % de la dépense HT
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q79" s="1" t="inlineStr">
+      <c r="Q77" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPERATIONS CONCERNEES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles, les opérations de création, reconstruction, extension, restructuration importante ou rénovation énergétique des établissements pré-cités. Il doit s&amp;#039;agir de travaux lourds des locaux privatifs attribués aux résidents, des locaux collectifs et des espaces extérieurs participant à leur bien-être, ne relevant pas de l&amp;#039;entretien courant et de la maintenance des bâtiments.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent être viables économiquement, avec notamment un prix de journée applicable aux places habilitées à l&amp;#039;aide sociale validé par les services du Département au travers d&amp;#039;un Plan Pluriannuel d&amp;#039;Investissement (PPI).
 &lt;/p&gt;
 &lt;p&gt;
  Ils doivent également bénéficier de co-financements d&amp;#039;autres partenaires financiers ou de fonds propres de la structure.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus devront impérativement répondre à des critères d&amp;#039;éco-responsabilité et de qualité destinés à favoriser les établissements de nouvelle génération : sentiment d&amp;#039;être chez soi, ouverture sur l&amp;#039;extérieur, qualité de conception, bâtiment basse consommation, énergies renouvelables, matériels bio-sourcés et géo-sourcés, performance environnementale, gestion de l&amp;#039;eau (cf critères détaillés en annexe 1). Ces critères pourront être vérifiés à tout moment par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  Ne sont pas éligibles les coûts d&amp;#039;acquisition foncière et immobilière, les travaux d&amp;#039;entretien courant, les équipements matériels et mobiliers, les frais de timbre et de notaire, ainsi que d&amp;#039;autres frais de type publicité, reprographie, consultation, contentieux et mémoire en réclamation.... Les études pouvant être financées par d&amp;#039;autres dispositifs (géothermie...) sont également exclues.
 &lt;/p&gt;
 &lt;p&gt;
  Les différentes phases de travaux ne devront pas être achevées avant l&amp;#039;accord de subvention. Pour les projets déjà débutés, une appréciation plus souple des critères pourra être réalisée.
 &lt;/p&gt;
 &lt;p&gt;
@@ -16677,386 +16367,386 @@
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : Les dossiers déposés seront instruits globalement
 &lt;/p&gt;
 &lt;p&gt;
  Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : L&amp;#039;aide financière est accordée sous la forme d&amp;#039;une subvention et fera l&amp;#039;objet d&amp;#039;une convention entre le bénéficiaire et le Département.
 &lt;/p&gt;
 &lt;p&gt;
  Cette subvention donne lieu au versement d&amp;#039;un premier acompte de 20 % à compter de la signature de la convention. 30 % seront versés au début des travaux, le solde versé à l&amp;#039;issue de la réalisation des travaux (attestation de parfait achèvement des travaux).
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : En l&amp;#039;absence de démarrage des travaux 1 an après la signature de la convention, la quotité de subvention versée devra être remboursée.
 &lt;/p&gt;
 &lt;p&gt;
  La fermeture ou cession de l&amp;#039;établissement peut entraîner, sur décision du Conseil départemental, le remboursement de la subvention au prorata de l&amp;#039;amortissement restant à effectuer.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T79" s="1" t="inlineStr">
+      <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/11-Solidarites_Autonomie/soutien_a_l_investissement_en_faveur_des_ESMS.pdf</t>
         </is>
       </c>
-      <c r="W79" s="1" t="inlineStr">
+      <c r="W77" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches »
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : 31/12/2027
 &lt;/p&gt;
 &lt;p&gt;
  Contact : les référents budgétaires de chaque établissement et service
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyens &amp;gt; contactez-nous
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/94c1-soutenir-linvestissement-des-etablissements-m/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
         <v>129731</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Répondre collectivement aux défis éducatifs des enfants et des jeunes - Cité éducative de Chambéry</t>
         </is>
       </c>
-      <c r="C80" s="1" t="inlineStr">
+      <c r="C78" s="1" t="inlineStr">
         <is>
           <t>Cités éducatives
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>Caisse des écoles de Chambéry</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I80" s="1" t="inlineStr">
+      <c r="I78" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="J80" s="1" t="inlineStr">
+      <c r="J78" s="1" t="inlineStr">
         <is>
           <t>Taux moyen de 50%, autofinancement et/ou cofinancements obligatoires</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions accordées par la cité éducative doivent contribuer à un ou plusieurs des objectifs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   faciliter les coopérations entre les membres de la communauté éducative
  &lt;/li&gt;
  &lt;li&gt;
   faciliter l&amp;#039;engagement des jeunes et des parents dans la vie des associations et des institutions du champ éducatif (sport, culture, éducation populaire...)
  &lt;/li&gt;
  &lt;li&gt;
   soutenir les parents dans la relation avec leurs enfants et sur les questions éducatives
  &lt;/li&gt;
  &lt;li&gt;
   enrichir les parcours d&amp;#039;éducation et d&amp;#039;insertion des enfants et des jeunes (sport, culture, numérique, santé, citoyenneté, écologie...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le projet doit répondre à des besoins des enfants et des jeunes de 0 à 25 ans ou des parents des quartiers prioritaires qui ne trouvent pas de réponse dans l&amp;#039;offre de service existante ou renforcer un service existant.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M80" s="1" t="inlineStr">
+      <c r="M78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Renforcement de l&amp;#039;animation de rue à destination des jeunes, renforcement de l&amp;#039;offre culturelle, sportive, numérique et de plein air, découverte du monde professionnel, actions favorisant l&amp;#039;acquisition du langage chez les tout-petits, soutien aux parents et aux professionnels (usage des écrans par les enfants et les jeunes, égalité filles-garçons...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Lutte contre la précarité
 Animation et mise en réseau
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit impliquer plusieurs établissements, associations, institutions ou entreprises compétents sur la thématique du projet, en particulier pour améliorer la continuité éducative entre école et temps libre ou pour faciliter le passage de la petite enfance à l&amp;#039;enfance, de l&amp;#039;enfance à l&amp;#039;adolescence ou de l&amp;#039;adolescence à l&amp;#039;âge adulte.
 &lt;/p&gt;
 &lt;p&gt;
  Des enfants, des jeunes ou des parents des quartiers prioritaires doivent participer au moins à l&amp;#039;évaluation du projet, à sa définition (au sein de focus groupes, groupes de travail, panels d&amp;#039;usagers...) et si possible à la mise en oeuvre (assurer des permanences, être relais d&amp;#039;information, former ses pairs, participer à l&amp;#039;animation ou l&amp;#039;organisation d&amp;#039;événements...).
 &lt;/p&gt;
 &lt;p&gt;
  Les actions doivent se dérouler dans un ou plusieurs quartiers prioritaires : Hauts de Chambéry, Biollay, Bellevue. Si ce n&amp;#039;est pas le cas, le projet doit agir sur les freins qui limiteraient l&amp;#039;accès des habitants des quartiers prioritaires aux actions proposées.
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet et l&amp;#039;ensemble de ses partenaires doivent respecter les valeurs de la république et les principes de laïcité et intégrer la question de l&amp;#039;égalité entre les femmes et les hommes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
+      <c r="T78" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>Chambéry</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://www.chambery.fr/3704-chambery-cite-educative.htm</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les habitants, les associations, les institutions autres que l&amp;#039;Education Nationale :
 &lt;/p&gt;
 &lt;p&gt;
  Clémentine Mouilleron, 07 84 06 20 47, cite.educative&amp;#64;mairie-chambery.fr
 &lt;/p&gt;
 &lt;p&gt;
  Pour l&amp;#039;Education Nationale :
 &lt;/p&gt;
 &lt;p&gt;
  Gisèle Beck, 06 10 81 42 23, referenten.citeduc&amp;#64;ac-grenoble.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>c.mouilleron@mairie-chambery.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/feee-cite-educative-de-chambery/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>132278</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -17085,459 +16775,459 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T81" s="1" t="inlineStr">
+      <c r="T79" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V79" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W81" s="1" t="inlineStr">
+      <c r="W79" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
         <v>138035</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de la Carte Mobilité Inclusion</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Carte Mobilité Inclusion (CMI)</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La carte mobilité inclusion (CMI) a pour but de faciliter vos déplacements si vous êtes en perte d&amp;#039;autonomie. Il existe 3 CMI différentes. La CMI stationnement permet de se garer gratuitement. La CMI priorité permet d&amp;#039;éviter les files d&amp;#039;attente ou d&amp;#039;avoir une place assise. La CMI invalidité vous concerne si vous avez une perte d&amp;#039;autonomie importante, elle offre les mêmes avantages que la CMI priorité avec en plus des réductions dans les transports et des avantages fiscaux notamment.Il est possible d&amp;#039;avoir jusqu&amp;#039;à 2 CMI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes atteint d&amp;#039;un handicap qui réduit de manière importante et durable votre capacité de déplacement ou devez être accompagné par par une personne dans tous vos déplacements: dans ce cas là, votre demande doit être adressée à la Maison Départementale des Personnes en situation de Handicap (MDPH).&lt;/li&gt;&lt;li&gt;Vous êtes demandeur ou bénéficiaire de l&amp;#039;Allocation Personnalisée d&amp;#039;Autonomie à domicile: dans ce cas là , votre demande doit être adressée à la Maison départementale de l&amp;#039;Autonomie (MDA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;A noter que les bénéficiaires de l&amp;#039;APAD classés en GIR 1 ou en GIR 2  peuvent bénéficier automatiquement de la CMI invalidité et de la CMI stationnement à titre définitif. Cependant, il est nécessaire d&amp;#039;en faire la demande.&lt;/p&gt;&lt;p&gt;Par ailleurs, vous devez résider dans le département dans lequel vous faites la demande.
  &lt;br /&gt;
  &lt;br /&gt;
  Vous devez être de nationalité française ou ressortissant de l&amp;#039;Espace économique européen (EEE) ou avoir un titre de séjour valide si vous êtes de nationalité étrangère.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir :
  &lt;/strong&gt;
  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si la demande est adressée à la MDPH:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Justificatif d&amp;#039;identité&lt;/li&gt;&lt;li&gt;Certificat médical de moins de 1 an&lt;/li&gt;&lt;li&gt;Justificatif de domicile de moins de 6 mois&lt;/li&gt;&lt;li&gt;Dossier de demande dument complété et signé&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si la demande est adressée à la Maison départementale de l&amp;#039;Autonomie (MDA) dans le cadre de la demande d&amp;#039;aides à l&amp;#039;autonomie à domicile:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Justificatif d&amp;#039;identité&lt;/li&gt;&lt;li&gt;
   Photocopie de votre dernier avis d&amp;#039;imposition ou de non imposition sur le revenu&lt;/li&gt;&lt;li&gt;Photocopie de votre dernier avis de taxe foncière ( hors habitation principale)
  &lt;/li&gt;
  &lt;li&gt;
   Relevé d&amp;#039;identité bancaire (RIB)
  &lt;/li&gt;&lt;li&gt;Certificat médical&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T82" s="1" t="inlineStr">
+      <c r="T80" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
         </is>
       </c>
-      <c r="W82" s="1" t="inlineStr">
+      <c r="W80" s="1" t="inlineStr">
         <is>
           <t>https://www.action-sociale.org/documents/demande_mdph.pdf</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction des Solidarités Humaines (DSH)/Maison De l&amp;#039;Autonomie (MDA)
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.21.80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a2bd-beneficier-de-la-carte-mobilite-inclusion/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>138036</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l'aide sociale à domicile des personnes en situation de handicap : aide-ménagère</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Aide sociale à domicile des personnes en situation de handicap : aide-ménagère</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide-ménagère est destinée à toute personne privée de ressources suffisantes et qui a besoin d&amp;#039;une aide matérielle de nature à permettre son maintien à domicile. Elle est accordée sous forme de services ménagers. L&amp;#039;aide à apporter est appréciée en fonction des besoins de la personne et après une visite sur place effectuée par un travailleur social.
 Elle est subsidiaire et son obtention est conditionnée par 
 l&amp;#039;impossibilité pour l&amp;#039;entourage ou la personne vivant avec elle 
 d&amp;#039;apporter l&amp;#039;aide nécessaire.&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  Toute personne résidant en France et ayant son domicile de secours en Haute-Loire, de nationalité française ou ressortissante de la Communauté Européenne (C.E.) ou étrangère hors C.E, titulaire d&amp;#039;un titre de séjour en cours de validité. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;âge :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Toute personne en situation de handicap âgée de 20 à 60 ans dont l&amp;#039;incapacité permanente est au moins égale ou supérieure à 80% ou qui, compte tenu de son handicap, est dans l&amp;#039;impossibilité de se procurer un emploi. Cette seconde condition sera attestée par un taux d&amp;#039;incapacité compris entre 50 et 79% et une reconnaissance de la restriction substantielle et durable pour l&amp;#34;accès à l&amp;#039;emploi (RSDAE) ou d&amp;#039;une pension d&amp;#039;invalidité de catégorie 22 ou3. &lt;/li&gt;&lt;li&gt;Toute personne d&amp;#039;au moins 60 ans bénéficiant d&amp;#039;une retraite pour inaptitude&lt;/li&gt;&lt;li&gt;Toute personne âgée d&amp;#039;au moins 65 ans&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;
  &lt;strong&gt;
   &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Liste des documents obligatoires pour l&amp;#039;ensemble des demandeurs:&lt;br /&gt;&lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le dossier de demande dument complété et signé ( par le demandeur et le CCAS  ou la Mairie de résidence) &lt;/li&gt;&lt;li&gt;un justificatif identité&lt;/li&gt;&lt;li&gt;Les justificatifs de ressources nécessaires ( dernier avis d&amp;#039;imposition, attestations des caisses de retraites indiquant le dernier montant versé, les 3 derniers relevés de compte...); le cas échéant, le titre de pension de retraite principale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Liste des documents obligatoires pour les demandeurs en situation de handicap: personnes entre 20 et 60 ans:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Tout document indiquant de manière claire un taux d&amp;#039;incapacité supérieur ou égal à 80%&lt;/li&gt;&lt;li&gt;ou Tout document indiquant de manière claire un taux d&amp;#039;incapacité compris entre 50 et 79 % accompagné d ela mention de restriction substantielle et durable d&amp;#039;accès à l&amp;#039;emploi ( RSDAE) &lt;/li&gt;&lt;li&gt;ou Tout justificatif précisant la perception d&amp;#039;une pension d&amp;#039;invalidité de 2ème ou 3ème catégorie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Liste des documents obligatoires pour les demandeurs entre 60 et 65 ans:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Tout justificatif indiquant que la personne perçoit une retraite pour inaptitude.&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Handicap
 Santé
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T83" s="1" t="inlineStr">
+      <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
         </is>
       </c>
-      <c r="W83" s="1" t="inlineStr">
+      <c r="W81" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/sites/cg43/IMG/pdf/aide-menagere-dossier-fev-2020.pdf</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction des Solidarités Humaines (DSH)/Maison Départementale de l&amp;#039;Autonomie (MDA)
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.21.80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a7e4-beneficier-de-laide-sociale-a-domicile-des-pe/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
         <v>138037</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l'aide sociale à l’hébergement en faveur des personnes en situation de handicap</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Aide sociale à l’hébergement en faveur des personnes en situation de handicap</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide sociale à l&amp;#039;hébergement pour les personnes en situation de handicap est un dispositif destiné à la prise en charge des frais de séjour des personnes handicapées ne disposant pas de ressources suffisantes pour couvrir les frais de leur hébergement, dans des établissements autorisés et habilités à accueillir des bénéficiaires de l&amp;#039;aide sociale en accueil permanent, accueil de jour, accueil temporaire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  Toute personne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Résidant en France et ayant son domicile/logement de secours en Haute-Loire, de nationalité française ou ressortissante de la Communauté Européenne (C.E.) ou étrangère hors C.E, titulaire d&amp;#039;un titre de séjour en cours de validité.
  &lt;/li&gt;
  &lt;li&gt;
   Âgé d&amp;#039;au moins 20 ans, ou 16 ans sous réserve de bénéficier des prestations sociales prévues pour les adultes en situation d&amp;#039;handicap. L&amp;#039;admission des jeunes de moins de 20 ans est soumise à l&amp;#039;accord préalable de la Présidente du Conseil Départemental.
  &lt;/li&gt;
  &lt;li&gt;
   Bénéficier d&amp;#039;une orientation en établissement en cours de validité délivrée par la Commission des droits et de l&amp;#039;autonomie des personnes handicapées (CDAPH) prononcée par la MDPH du lieu du domicile de secours.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir :
  &lt;/strong&gt;
@@ -17548,361 +17238,361 @@
  &lt;/li&gt;
  &lt;li&gt;
   Un justificatif de domicile
  &lt;/li&gt;
  &lt;li&gt;
   Un avis d&amp;#039;imposition ou de non-imposition ainsi que celui du conjoint et des obligés alimentaires
  &lt;/li&gt;
  &lt;li&gt;
   Des justificatifs de pensions
  &lt;/li&gt;
  &lt;li&gt;
   Les salaires des 3 derniers mois du demandeur, de son conjoint et de ses obligés alimentaires
  &lt;/li&gt;
  &lt;li&gt;
   La liste des obligés alimentaires selon ce qui figure sur le livret de famille
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Handicap
 Santé
 Logement et habitat
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
         </is>
       </c>
-      <c r="W84" s="1" t="inlineStr">
+      <c r="W82" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/sites/cg43/IMG/pdf/demande-aide-sociale-hebergement-ph.pdf</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction des Solidarités Humaines (DSH)/Maison Départementale De l&amp;#039;Autonomie (MDA)
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.21.80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3cd6-beneficier-de-laide-sociale-a-lhebergement-en/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>138038</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de la prestation de compensation du handicap</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Prestation de compensation du handicap</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La prestation de compensation du handicap vise à compenser les conséquences du handicap quels que soient l&amp;#039;origine, la nature et sa déficience, ou son mode de vie. Son attribution est personnalisée. C&amp;#039;est une prestation en nature. Elle n&amp;#039;est pas libre d&amp;#039;emploi mais affectée à certaines charges et son utilisation est contrôlée.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  Les personnes résidant en France de façon stable et régulière depuis plus de trois mois, âgées de moins de 60 ans et répondant aux critères d&amp;#039;handicap nécessaire peuvent prétendre à cette prestation.
  &lt;br /&gt;
  Cas particuliers : Vous pouvez toutefois demander la PCH au-delà de 60 ans et sans limite d&amp;#039;âge si vous remplissiez déjà les conditions d&amp;#039;attribution avant 60 ans ou si vous effectuez une activité professionnelle après 60 ans.
 &lt;/p&gt;
 &lt;p&gt;
  Les enfants et les jeunes âgées de moins de 20 ans peuvent être bénéficiaires de la Prestation de Compensation du Handicap.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une photocopie recto-verso de votre pièce d&amp;#039;identité ;
  &lt;/li&gt;
  &lt;li&gt;
   Un justificatif de domicile ;
  &lt;/li&gt;
  &lt;li&gt;
   Un relevé d&amp;#039;identité bancaire RIB au nom du bénéficiaire ou de ses parents ;
  &lt;/li&gt;&lt;li&gt;Un certificat médical de moins de 6 mois prévu pour les demandes MDPH https://www.monparcourshandicap.gouv.fr/sites/default/files/2022-05/cerfa_Certificat%20m%C3%A9dical%20MDPH_15695_accessible.pdf&lt;/li&gt;&lt;li&gt;Attestation de jugement en protection juridique    &lt;br /&gt;&lt;/li&gt;&lt;li&gt;En fonction de la demande des pièces supplémentaires peuvent etre demandées ( cf formulaire de demande)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Handicap
 Santé</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les demandeurs doivent présenter une difficulté absolue pour la réalisation d&amp;#039;une activité essentielle de la vie quotidienne ou une difficulté grave pour la réalisation d&amp;#039;au moins deux activités déterminées par l&amp;#039;équipe pluridisciplinaire à l&amp;#039;aide du guide d&amp;#039;évaluation multidimensionnelle. Les difficultés doivent être définitives, ou d&amp;#039;une durée prévisible d&amp;#039;au moins un an.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les personnes en établissement, ces dispositions s&amp;#039;appliquent aux personnes hébergées ou accompagnées dans un établissement social ou médico-social ou hospitalisées dans un établissement de santé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T85" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Le-reglement-departemental-d-aides.html</t>
         </is>
       </c>
-      <c r="W85" s="1" t="inlineStr">
+      <c r="W83" s="1" t="inlineStr">
         <is>
           <t>https://www.action-sociale.org/documents/demande_mdph.pdf</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction des Solidarités Humaines (DSH)/Maison Départementale de l&amp;#039;Autonomie (MDA)
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.21.80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7014-beneficier-de-la-prestation-de-compensation-d/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
         <v>139927</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -17948,168 +17638,168 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P86" s="1" t="inlineStr">
+      <c r="P84" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q86" s="1" t="inlineStr">
+      <c r="Q84" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R86" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T86" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>142693</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Co-construire votre projet de territoire intelligent avec l'ensemble des parties prenantes</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La transformation numérique représente une révolution culturelle. Elle constitue également un enjeu politique majeur pour la transition écologique et solidaire de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans l&amp;#039;élaboration de votre projet de territoire intelligent, depuis l&amp;#039;identification des besoins collectifs jusqu&amp;#039;à la mise en place des solutions technologiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mettre le numérique au service de votre projet de territoire : par où commencer ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment choisir les solutions les plus adaptées ?
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement vers de nouvelles pratiques : comment réussir la conduite du changement ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment rendre l&amp;#039;usage de la donnée pertinent pour favoriser la prise de décision ?
@@ -18149,408 +17839,408 @@
   Identification et priorisation de vos besoins
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Co-construction de la stratégie numérique au service du projet de territoire
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mobilisation des parties prenantes
  &lt;/li&gt;
  &lt;li&gt;
   Animation d&amp;#039;ateliers d&amp;#039;intelligence collective : vision partagée, grandes orientations
  &lt;/li&gt;
  &lt;li&gt;
   Formalisation du plan d&amp;#039;actions opérationnel (démarche itérative)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des services et montée en compétence des agents
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la rédaction des cahiers des charges pour le choix des solutions techniques adaptées
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M87" s="1" t="inlineStr">
+      <c r="M85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Grand Bassin de Bourg-en-Bresse
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un séminaire pour les élus : intégrer la transformation numérique dans le projet de territoire du Grand Bassin de Bourg-en-Bresse
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Espace public
 Voirie et réseaux
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Commerces et services
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Médias et communication
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/co-construire-votre-projet-territoire-intelligent-ensemble</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e9b1-co-construire-votre-projet-de-territoire-inte/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>143860</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Makesense</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) Mobilisez les parties prenantes autour de vos politiques publiques
  &lt;/strong&gt;
  : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
  &lt;/strong&gt;
  Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3) Faites émerger des projets impactants sur votre territoire :
  &lt;/strong&gt;
  Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M88" s="1" t="inlineStr">
+      <c r="M86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous trouverez des exemples
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   ici
 &lt;/a&gt;ou encore :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
  &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
   programme
  &lt;/a&gt;
  a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si vous vous reconnaissez dans ces expériences qui guident nos projets :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
  Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
  &lt;/li&gt;&lt;li&gt;
  Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
 &lt;/li&gt;&lt;li&gt;
  Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
  &lt;/li&gt;&lt;li&gt;
  Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://france.makesense.org/organisations/collectivites/</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>sylvia.garzon@makesense.org</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>144547</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M89" s="1" t="inlineStr">
+      <c r="M87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -18593,371 +18283,371 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T89" s="1" t="inlineStr">
+      <c r="T87" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V89" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W89" s="1" t="inlineStr">
+      <c r="W87" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-      <c r="A90" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>147706</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C90" s="1" t="inlineStr">
+      <c r="C88" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D90" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G90" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I90" s="1" t="inlineStr">
+      <c r="I88" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P90" s="1" t="inlineStr">
+      <c r="P88" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q90" s="1" t="inlineStr">
+      <c r="Q88" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
+      <c r="R88" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T90" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X90" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z90" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-      <c r="A91" s="1">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
         <v>150687</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G91" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -18998,600 +18688,6885 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R91" s="1" t="inlineStr">
+      <c r="R89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S91" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T91" s="1" t="inlineStr">
+      <c r="T89" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X91" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>162921</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions en faveur de la cohésion sociale</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Actions en faveur de la cohésion sociale (politique territoriale 2022-2028)</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NATURE DES PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Tout projet innovant et/ou expérimental, en lien avec les compétences du Département, à destination des publics prioritaires suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Personnes âgées,&lt;/li&gt;&lt;li&gt;Personnes en situation de handicap,&lt;/li&gt;&lt;li&gt;Aidants,&lt;/li&gt;&lt;li&gt;Petite enfance, enfance, jeunes et leurs familles,&lt;/li&gt;&lt;li&gt;Personnes en insertion sociale et/ou professionnelle.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Ces actions peuvent concerner les thématiques suivantes (liste non exhaustive) :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le développement de la prévention par le lien social et le lien intergénérationnel, notamment à visée apprenante (ateliers d’écriture, de lecture, de sculpture, de peinture…), permettant de lutter contre l’isolement ;&lt;/li&gt;&lt;li&gt;L’entraide, les échanges de bonnes pratiques (partage d’expérience, interconnaissance…) ;&lt;/li&gt;&lt;li&gt;La prévention de la perte d’autonomie ;&lt;/li&gt;&lt;li&gt;L’insertion professionnelle et sociale ;&lt;/li&gt;&lt;li&gt;L’analyse des besoins sociaux ;&lt;/li&gt;&lt;li&gt;La prévention en matière de santé (santé mentale, suicide, addiction, activités physiques adaptées, lutte contre la dénutrition, …).&lt;/li&gt;&lt;/ul&gt;Le soutien financier du Département concerne, dans ce cadre, essentiellement des crédits de fonctionnement qui peuvent être ponctuels ou pluriannuels, pour une durée maximale de trois ans. Des investissements peuvent également être pris en compte selon la nature du projet.&lt;br /&gt;&lt;strong&gt;MODALITES FINANCIERES&lt;br /&gt;&lt;/strong&gt;Fonctionnement – Financement de postes :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Participation du conseil départemental limitée dans le temps (trois ans maximum) et de manière dégressive avec un taux de 40 % en première année, 30 % en seconde année et 20 % sur la dernière année, sur la base maximum d’une assiette éligible de 35 000 €/an correspondant à la masse salariale affectée à l’opération (coût du poste chargé).&lt;/li&gt;&lt;/ul&gt;Fonctionnement – Financement d’études :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Participation du conseil départemental sur la base des dépenses éligibles TTC avec application d’un taux fixe de 50% avec une aide plafonnée à 15 000 €.&lt;/li&gt;&lt;/ul&gt;Fonctionnement – Prestations de services :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Participation du conseil départemental sur la base des dépenses éligibles TTC avec application d’un taux fixe de 10% à 40 %.&lt;/li&gt;&lt;/ul&gt;Investissement :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Participation du conseil départemental sur la base des dépenses éligibles HT avec application d’un taux fixe de 10% à 40 %.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour les financements de poste : Fiche de poste et CV du candidat retenu&lt;br /&gt;Pour les financements d’étude : Cahier des charges de l&amp;#039;étude et proposition du cabinet retenu&lt;br /&gt;Pour les financements d’investissement : Document de diagnostic énergétique en cas de rénovation d’un bâtiment&lt;br /&gt;Pièces justifiant de la bonification si sollicitation&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet devra concerner a minima l’une des cibles susmentionnées.&lt;br /&gt;Le projet devra être travaillé avec l’écosystème territorial et institutionnel. Les Centres médico-sociaux (CMS) du Département devront être a minima informés du projet, voir impliqués dans l’élaboration et les mises en œuvre des actions.&lt;/p&gt;&lt;p&gt;Il est à noter que chaque année, le Département lance également des appels à projets sur différentes thématiques : culture, environnement, transition écologique, insertion, maintien de l’autonomie, protection de l’enfance, sport… Le porteur de projet devra s’assurer que son action n’est pas finançable par le biais d’un autre dispositif départemental.&lt;/p&gt;&lt;p&gt;Il est précisé que le Fonds d’investissement rural (FIR) n’est pas éligible aux subventions de fonctionnement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;CONDITIONS DE BONIFICATION&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Concernant les projets mobilisant des crédits de fonctionnement, eu égard à la nature des crédits mobilisés, le financement de ces projets n’est pas éligible à une éventuelle bonification.&lt;/p&gt;&lt;p&gt;Concernant les projets mobilisant des crédits d’investissement, ils devront s’inscrire dans une démarche d’innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Un examen au cas par cas de la demande de bonification sera étudié par le groupe de travail Politique territoriale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Fonctionnement&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépenses de création de postes ou d’augmentation d’un temps de travail d’un poste déjà existant, sur une durée maximale de trois ans ;&lt;/li&gt;&lt;li&gt;Frais d’études ;&lt;/li&gt;&lt;li&gt;Frais de prestations de services.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Investissement&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Toutes dépenses d’investissement inhérentes à la mise en place du projet innovant et/ou expérimental.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/actions-en-faveur-de-la-cohesion-sociale-politique-territoriale-2022-2028/</t>
+        </is>
+      </c>
+      <c r="W90" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Formulaire de contact : &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;https://www.manche.fr/contacter-le-departement/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 02 33 05 96 79&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/actions-en-faveur-de-la-cohesion-sociale-politique-territoriale-2022-2028/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>162977</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le bien-être et le cadre de vie des Coëvronnais</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;La population des Coëvrons est en diminution, plutôt vieillissante, et rencontre des fragilités sociales. L’offre de soin est insuffisante. L’enjeu est d’adapter et de développer des soins et des services pour la population à toutes les étapes de la vie, de favoriser le vivre ensemble et l’échange entre les générations.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Faciliter les démarches partenariales pour améliorer la prévention et l&amp;#039;offre de soins sur le territoire&lt;/li&gt;&lt;li&gt;Favoriser l’inclusion sociale, l’insertion et les échanges entre les générations&lt;/li&gt;&lt;li&gt;Prévenir la rupture sociale&lt;/li&gt;&lt;li&gt;Développer l’offre petite enfance et enfance jeunesse&lt;/li&gt;&lt;li&gt;Soutenir l’offre de loisirs et sportive pour tous&lt;/li&gt;&lt;li&gt;Soutenir la vie associative&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Amélioration de la prévention et de l&amp;#039;offre de soins :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions innovantes telles que la télémédecine et unité mobile de soin&lt;/li&gt;&lt;li&gt;Actions d’aide à l’installation des professionnels de santé&lt;/li&gt;&lt;li&gt;Actions de prévention, d’information, de communication et de formation&lt;/li&gt;&lt;li&gt;Mise en réseau des professionnels de santé et des acteurs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Renforcement de l’inclusion sociale et des échanges entre les générations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur de l’inclusion sociale et de l’insertion&lt;/li&gt;&lt;li&gt;Services innovants en faveur des jeunes, de l’intergénérationnel et des personnes âgées (ex : habitats partagés, structures EHPAD/crèche, système de parrainage)&lt;/li&gt;&lt;li&gt;Actions en faveur du handicap et de la santé mentale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Développement de l’offre petite enfance et enfance jeunesse :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets en lien avec l’accueil des enfants en situations de handicap (ex : structure de type Loisirs Pluriel), évènements et actions inclusives&lt;/li&gt;&lt;li&gt;Actions d’amélioration de l’offre actuelle&lt;/li&gt;&lt;li&gt;Nouveaux services et équipements&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Soutien d’une pratique sportive et de loisirs pour tous :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositifs et actions pour soutenir les pratiques amateurs&lt;/li&gt;&lt;li&gt;Actions en faveur de l’intergénérationnel&lt;/li&gt;&lt;li&gt;Acquisition d&amp;#039;équipements pour permettre une pratique inclusive&lt;/li&gt;&lt;li&gt;Développement d’offres de loisirs et sportives innovantes&lt;/li&gt;&lt;li&gt;Actions liées au développement de synergie entre les acteurs de la culture et des loisirs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P91" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q91" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y91" s="1" t="inlineStr">
         <is>
-          <t>a.marin@petr-garriguescostieres.org</t>
+          <t>njoly@coevrons.fr</t>
         </is>
       </c>
       <c r="Z91" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-transition-ecologique/</t>
         </is>
       </c>
       <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:27" customHeight="0">
       <c r="A92" s="1">
-        <v>150688</v>
+        <v>162982</v>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les investissements des communes samariennes</t>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>Fonds d'appui aux communes</t>
+          <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Somme</t>
+          <t>GAL des Coëvrons</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>Commune</t>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
-          <t> Min : 1 Max : 40</t>
+          <t> Max : 80</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...70 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N92" s="1" t="inlineStr">
         <is>
-          <t>Eau pluviale
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P92" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q92" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>163009</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Proposer une offre de logements adaptée aux besoins spécifiques des habitants et explorer de nouveaux types d’habitat</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J93" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Proposer une offre de logements adaptée aux besoins spécifiques des habitants et explorer de nouveaux types d’habitat &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le dynamisme
+démographique du Pays d’Ancenis met en tension l’offre d’habitat, en nombre et
+en qualité. Les typologies de logement doivent tout particulièrement s’adapter
+aux besoins spécifiques (desserrement des ménages, vieillissement de la
+population, situations d’urgence, jeunes travailleurs, etc.) qu’il s’agisse du parc
+privé ou du parc social. Par ailleurs, l’innovation dans le domaine du logement
+et de l’habitat est un facteur d’adaptation du parc aux demandes émergentes
+afin de faire du Pays d’Ancenis un territoire accueillant pour tous et afin de
+lutter contre l’isolement et la dépendance. En outre, les questions
+énergétiques sont primordiales et nécessitent de valoriser une offre de
+logements à haute performance énergétique, voire productrice d’énergie et de
+haute qualité environnementale.&lt;/span&gt; &lt;font face="Arial Narrow, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer et renforcer une offre de logements
+adaptée aux besoins spécifiques et aux différents bassins de vie, en
+particulier à destination : des jeunes travailleurs, personnes âgées,
+saisonniers, voyageurs, personnes en situation d’urgence, personnes en situation
+de handicap, par exemple&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Innover
+par des nouvelles formes d’habitat permettant une maîtrise de l’étalement
+urbain&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;Études préalables et maîtrise d’œuvre
+     pour l’aménagement ou la rénovation de logements (partagé, modulaire,
+     intergénérationnel, multifonctionnel, d’urgence, par exemple) &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Actions de sensibilisation, d’animation,
+     d’accompagnement de communication et organisation d’évènements pour la
+     promotion des innovations afin de lutter contre l’isolement et la
+     dépendance sur le plan de l’habitat et du logement&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Expérimentation d’actions d’accueil de
+     populations aux besoins spécifiques (jeunes travailleurs, saisonniers,
+     personnes âgées, voyageurs, situations d’urgence, personnes en situation
+     de handicap, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux de construction, de rénovation et
+     d’équipements pour créer de l’habitat (partagé, modulaire,
+     intergénérationnel, multifonctionnel, d’urgence, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions de mise en réseau d’acteurs pour
+     favoriser l’innovation dans l’habitat&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Cohésion sociale et inclusion
+Logement et habitat
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P93" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q93" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-mobilites-durables-adaptees-aux-besoins-des-habitants/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>163010</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'accès et la prévention en santé</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Renforcer l&amp;#039;accès et la prévention en santé &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les habitants du Pays
+d’Ancenis connaissent des difficultés d’accès aux soins de premier recours et
+le territoire doit anticiper à moyen terme une baisse de sa densité médicale.
+La prise de conscience de la nécessité d’agir activement est partagée par des
+professionnels de santé et les élus, et les nouvelles initiatives doivent être
+encouragées en vue d’améliorer la prise en charge des patients et la prévention
+en santé et afin de développer la coordination pluri professionnelle.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La prévention de la santé : lutter contre le non-recours aux
+soins, aux aides sociales, et aux droits, développer et animer une politique de
+prévention de la santé et de lutte contre les addictions, prendre en compte
+l’environnement et l’alimentation dans la santé des populations&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;L’accès aux soins et l’offre de santé : conforter la place
+     de l’hôpital, attirer et pérenniser la présence des professionnels de
+     santé et des professionnels du secteur sanitaire et social, réduire le
+     taux de vacance des locaux destinés aux professionnels de santé&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;L’inclusion de tous dans la vie sociale, économique et culturelle :
+     anticiper le vieillissement et la perte d’autonomie, favoriser l’inclusion
+     de tous aux services (services publics, animations du territoire, offre
+     culturelle, par exemple), prise en compte de la santé en urbanisme et dans
+     le bâtiment, lutte contre la précarité énergétique, prévention du
+     harcèlement scolaire&lt;/span&gt;&lt;em&gt;&lt;span&gt;&lt;/span&gt;&lt;/em&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes visant à consolider le projet du porteur de projet dans le
+domaine de la santé, le secteur médico-social : études stratégiques,
+diagnostics préalables, études de faisabilité, études de marchés, projets de
+santé&lt;/li&gt;&lt;li&gt;Etudes visant à prendre en compte la santé dans les projets
+d’aménagement : démarches de type évaluation impact santé&lt;/li&gt;&lt;li&gt;Actions d’animation, de communication et organisation d’évènements
+auprès de réseaux d’acteurs (actions de promotion du territoire auprès des
+professionnels de santé, coordination, actions de valorisation des métiers du secteur
+sanitaire et social, par exemple)&lt;/li&gt;&lt;li&gt;Actions d’animation, de sensibilisation, de prévention et
+     organisation d’évènements en matière de santé et de « bien
+     vivre » auprès de tous les publics (familles, jeunes, personnes
+     âgées, personnes en situation de handicap, par exemple)&lt;/li&gt;&lt;li&gt;Travaux de construction,
+de rénovation et équipements visant à conforter et moderniser l’offre de soins
+de proximité (équipements médicaux, équipements de télémédecine, e-santé,
+création de services mutualisés, par exemple)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
 Handicap
 Accès aux services
+Cohésion sociale et inclusion
+Santé
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P94" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q94" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/proposer-une-offre-de-logements-adaptee-aux-besoins-specifiques-des-habitants-et-explorer-de-nouveaux-types-dhabitat/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>163042</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Garantir la qualité et l'accessibilité des services de proximité sur l'ensemble du territoire du Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F95" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le vieillissement de la population, l’exode des jeunes et l’installation massive de nouveaux ménages (couples avec ou sans enfants) dans le Pays d’Auge font émerger de nouveaux besoins qui nécessitent d’adapter les services et les équipements. Pour accompagner les mutations sociodémographiques, faire de l’offre de services un vecteur d’équilibre des territoires et d’égalité pour les habitants au sens des objectifs poursuivis dans le SRADDET, cette fiche-action n°3 de la stratégie locale du Pays d&amp;#039;Auge met l’accent sur la qualité de vie des habitants, le maintien des liens de proximité et le développement de la mixité sociale et générationnelle. Il convient alors de développer, sur l’ensemble du territoire, une offre de services de qualité et accessible à tous. Les effets du changement climatique sur la santé et les inégalités d’accès aux soins décrits dans les synthèses du GIEC normand rendent indispensables des actions dans le domaine de la santé. C’est également dans les domaines de la petite enfance et de l’inclusion des personnes âgées et/ou en situation de handicap que les besoins sont les plus prégnants et nécessitent un accompagnement fort. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Initiatives visant à faciliter l’&lt;strong&gt;installation en zone rurale des professionnels de santé&lt;/strong&gt; et développement des nouveaux modes d’exercice&lt;/li&gt;&lt;li&gt;Création, développement et &lt;strong&gt;animation d’évènements et de lieux dédiés à la culture et aux loisirs&lt;/strong&gt; favorisant la mixité et élargissant l’offre en zone rurale &lt;/li&gt;&lt;li&gt;Services nouveaux sur le territoire et/ou innovants facilitant l’&lt;strong&gt;accueil des jeunes enfants &lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Projets innovants permettant le &lt;strong&gt;développement de liens intergénérationnels ou renforçant l’inclusion et l’autonomie&lt;/strong&gt; des personne âgées et publics éloignés&lt;/li&gt;&lt;li&gt;Soutien à la création, à l’expérimentation et au développement de &lt;strong&gt;solutions mobiles et de dispositifs d’aller-vers pour les services publics et de proximité&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Projets visant à favoriser l’a&lt;strong&gt;ccessibilité numérique, l’inclusion numérique et la sobriété numérique&lt;/strong&gt; dont les projets visant à développer le télétravail&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination et la coopération entre les acteurs locaux &lt;/strong&gt;contribuant aux services de proximité &lt;/li&gt;&lt;li&gt;Soutien à l’élaboration de &lt;strong&gt;plans d’actions locaux inter-collectivités &lt;/strong&gt;pour développer de nouveaux services &lt;/li&gt;&lt;li&gt;Actions de promotion et de &lt;strong&gt;valorisation de l’offre de services&lt;/strong&gt; disponible sur le territoire &lt;/li&gt;&lt;li&gt;Projets renforçant l&lt;strong&gt;’inclusion, la mixité et l’accessibilité des lieux publics&lt;/strong&gt; (hors PMR)&lt;/li&gt;&lt;li&gt;Initiatives favorisant le lien social et valorisant l’&lt;strong&gt;engagement bénévole et l’implication citoyenne&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Opérations de &lt;strong&gt;prévention&lt;/strong&gt; auprès du grand public et des entreprises en matière de &lt;strong&gt;transition écologique, de santé publique et de lutte contre les discriminations&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions visant au &lt;strong&gt;réemploi et au tri des déchets&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
 Commerces et services
+Economie sociale et solidaire
+Equipement public
+Accessibilité
+Lutte contre la précarité
+Spectacle vivant
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet d&amp;#039;améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (marchés publics).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/garantir-la-qualite-et-laccessibilite-des-services-de-proximite-sur-lensemble-du-territoire-du-pays-dauge/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>163085</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets qui favorisent le partage des richesses culturelles et la vie locale</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l’offre culturelle locale (dont le patrimoine), les services aux habitants pour favoriser le bien vivre ensemble dans les villages. Il vise également à trouver des solutions de mobilité durables qui permettent aux habitants d’accéder aux opportunités proches de chez eux. Enfin, il vise à renforcer le lien social, à favoriser la mixité, l’entraide et la solidarité.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Sauvegarder et transmettre les patrimoines matériels et immatériels&lt;/p&gt;&lt;p&gt;- Créer une offre culturelle locale favorisant les échanges&lt;/p&gt;&lt;p&gt;- Renforcer le lien social et les actions en faveur de la jeunesse&lt;/p&gt;&lt;p&gt;- Développer les services aux habitants&lt;/p&gt;&lt;p&gt;- Favoriser les mobilités alternatives au service du lien social ou de la vie locale&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le
+projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné
+par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union
+Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre
+cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds
+propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Restauration de patrimoine permettant de créer du lien social, recueil de récits et valorisation, etc.&lt;/p&gt;&lt;p&gt;‐ Création artistique sur le territoire, etc.&lt;/p&gt;&lt;p&gt;‐ Activités intergénérationnelles, tiers-lieu culturel, etc.&lt;/p&gt;&lt;p&gt;‐ Bibliothèque itinérante, activités inter-villages, etc.&lt;/p&gt;&lt;p&gt;‐ Rosalies, installations de racks à vélo et bornes de réparation, autopartage, navette mutualisée, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Architecture
+Paysage
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q96" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet
+se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité
+temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de
+la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte,
+notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de
+promotion et communication, formation, animation, prestation de service,
+équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou
+exemplaire &lt;/strong&gt;pour le territoire ET le projet f&lt;strong&gt;avoriser les interactions et crée du
+lien social.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement
+appeler en contrepartie un cofinancement auprès d’une structure publique (Etat,
+Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;PETR Garrigues et Costières de Nîmes&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;/span&gt;&lt;/span&gt;&lt;br /&gt;&lt;span&gt;1 rue du Colisée - &lt;/span&gt;&lt;span&gt;30900 NÎMES&lt;/span&gt;&lt;br /&gt;06 30 07 33 52  | 04 &lt;span&gt;66 02 54 12&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-un-programme-europeen-au-service-des-ruralites/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>163142</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
+mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
+territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
+au profit des collectivités seine-et-marnaises pour un accompagnement dans la
+mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
+orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
+un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
+Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
+potentialités offertes pour poursuivre son développement, tout en conservant
+ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
+réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
+l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
+initiatrice de la demande, puis auprès des communes volontaires si elles en
+estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
+pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
+leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
+collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
 Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
 Bibliothèques et livres
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O92" s="1" t="inlineStr">
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P92" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="S92" s="1" t="inlineStr">
+      <c r="Q98" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>164103</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le territoire par l'offre de services à la population et les initiatives solidaires//</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche action  9</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Aide plafond:  30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer une offre de services en adéquation avec les besoins préalablement identifiés de la population locale tout en réduisant l’impact sur l’environnement &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir et conforter les services à la population existants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer la coopération et la solidarité entre les territoires du Calaisis&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir les initiatives permettant d&amp;#039;accroître et de consolider une offre de services sur la santé &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Faciliter l’accès pour tous aux services publics, aux services de soins et aux services de préventions sanitaires&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Sensibiliser, communiquer sur les dispositifs sociaux existants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner les actions de mutualisation, de partenariats, de mise en réseau des structures sur les politiques jeunesse &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir les initiatives solidaires  &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Proposer des solutions de mobilité durable, alternatives à la voiture individuelle&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/87855c78-6497-4672-b568-576afb84dfe5/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 9&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Lutte contre la précarité
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q99" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/cff056a0-dca4-4a03-8b5a-46727b5d1995/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 9&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T92" s="1" t="inlineStr">
-[...42 lines deleted...]
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-dynamiser-le-territoire-par-loffre-de-services-a-la-population-et-les-initiatives-solidaires/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G93" s="1" t="inlineStr">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>164421</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.1 "Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire"</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...7 lines deleted...]
-      <c r="K93" s="1" t="inlineStr">
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J100" s="1" t="inlineStr">
+        <is>
+          <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
-[...66 lines deleted...]
-      <c r="O93" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
+transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être identifiés tels que :&lt;/p&gt;&lt;p&gt;− La diversification du tissu touristique autour de valeurs partagées ;&lt;/p&gt;&lt;p&gt;− La montée en gamme de l’offre proposée à la fois par une meilleure structuration de celle-ci et une meilleure valorisation des atouts du territoire ;&lt;/p&gt;&lt;p&gt;− L&amp;#039;amélioration de la capacité d’accueil notamment en prenant en compte tous les types de publics (famille, séniors, personnes en situation de handicap, affinitaires, couples jeunes sans enfants, etc.) ;&lt;/p&gt;&lt;p&gt;− La nécessité de faire redécouvrir le territoire aux habitants en faisant également des sites touristiques des lieux de vie, de loisirs et de rencontre pour les populations locales.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la médiation et l’accessibilité des sites pour un accueil facilité de tous&lt;/p&gt;&lt;p&gt;− Mettre en valeur et préserver de manière innovante les sites et patrimoines emblématiques&lt;/p&gt;&lt;p&gt;− Faire découvrir le territoire à travers les itinérances&lt;/p&gt;&lt;p&gt;− Garantir une qualité d’accueil&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la biodiversité dans les projets d’aménagement touristique&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources (foncier, eau, énergie…)&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets structurants de :&lt;/p&gt;&lt;p&gt;− Valorisation touristique et d’amélioration de conditions d’accueil des visiteurs sur des sites patrimoniaux ;&lt;/p&gt;&lt;p&gt;− Développement de l’offre touristique et d’amélioration de conditions d’accueil des visiteurs en lien avec des sites et activités de pleine nature, des grandes itinérances, des circuits patrimoniaux locaux et leurs connexions entre eux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisitions de matériels et d’équipement ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;− Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de développement touristique éligibles au dispositif 7.5.2.5 du FEDER.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− La création, rénovation ou modernisation d’hébergements touristiques (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel non liées à une activité touristique (éligible à l’AAP 1.1) ;&lt;/p&gt;&lt;p&gt;− Les initiatives culturelles particulièrement innovantes dont l’objectif principal est la valorisation des centres-bourgs et favorisant le bien-vivre ensemble (éligible à l’AAP 3.1-2) ;&lt;/p&gt;&lt;p&gt;− Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Projet structurant&lt;/strong&gt; : un projet structurant est un projet dont la finalité est de participer à l’attractivité du territoire. Cette notion peut s’apprécier au regard des critères suivants :&lt;/p&gt;&lt;p&gt;− Le périmètre de son rayonnement participant à l’attractivité du territoire ;&lt;/p&gt;&lt;p&gt;− La mise en place des organisations, réseaux ou des outils ayant un impact en termes de synergie et de développement pour une communauté, une filière, le territoire ;&lt;/p&gt;&lt;p&gt;− Générer ou appuyer d’autres projets ;&lt;/p&gt;&lt;p&gt;− Fédérer des acteurs locaux d’horizons différents autour d’un objectif commun.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Handicap
+Accès aux services
+Paysage
+Accessibilité
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P93" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="S93" s="1" t="inlineStr">
+      <c r="P100" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q100" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets concernant des musées devront justifier d’un projet d’établissement ou d’une démarche scientifique et culturelle valide ou en cours d’élaboration. Un justificatif sera demandé au porteur de projet à la demande d’aide.&lt;/p&gt;&lt;p&gt;• Seront éligibles uniquement les projets répondant à la définition des sites et activités présentés à l’annexe 1.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à la définition de projet structurant (cf. 1.3. Définition). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les acquisitions de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie, réseaux divers et d’entretien des chemins ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Ce taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T93" s="1" t="inlineStr">
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.1_VALORISATION_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+04 74 87 52 01&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-le-patrimoine-local-les-activites-touristiques-en-ameliorant-les-conditions-daccueil-des-visiteurs-du-gal-loire/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>165332</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir un développement qualitatif et vertueux de l'hôtellerie de plein air et des gîtes d'étape</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - Soutenir un développement qualitatif et vertueux de l'hôtellerie de plein air et des gîtes d'étape</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J101" s="1" t="inlineStr">
+        <is>
+          <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;&lt;a name="_Toc199161062"&gt;Contexte et descriptif du dispositif&lt;/a&gt; &lt;/h1&gt;&lt;p&gt;&lt;a name="_Toc199161062"&gt;&lt;br /&gt;&lt;/a&gt;&lt;/p&gt;&lt;h2&gt;&lt;a name="_Toc199161063"&gt;1.       Contexte&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations
+touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui
+partagent des caractéristiques communes :   &lt;/p&gt;&lt;p&gt;-      
+Elles s’appuient sur
+un patrimoine riche et l’offre pleine nature y est un marqueur
+important ;  &lt;/p&gt;&lt;p&gt;-      
+Elles tendent vers un tourisme quatre saisons
+durable, respectueux de l’environnement ;  &lt;/p&gt;&lt;p&gt;-      
+Elles valorisent des offres expérientielles et le
+slow tourisme ;  &lt;/p&gt;&lt;p&gt;-      
+Leur clientèle est principalement composée de
+visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne,
+Clermont-Ferrand).   &lt;/p&gt;&lt;br /&gt;&lt;p&gt;Face à cette
+convergence, des enjeux communs ont donc pu être identifiés tels que :   &lt;/p&gt;&lt;p&gt;-      
+La diversification du
+tissu touristique autour de valeurs partagées ;  &lt;/p&gt;&lt;p&gt;-      
+La montée en gamme de
+l’offre proposée à la fois par une meilleure structuration de celle-ci et une
+meilleure valorisation des atouts du territoire ;  &lt;/p&gt;&lt;p&gt;-      
+L&amp;#039;amélioration de la
+capacité d’accueil notamment en prenant en compte tous les types de publics
+(famille, séniors, personnes en situation de handicap, affinitaires, couples
+jeunes sans enfants, etc.) ;  &lt;/p&gt;&lt;p&gt;-       La nécessité de faire
+redécouvrir le territoire aux habitants en faisant également des sites
+touristiques des lieux de vie, de loisirs et de rencontre pour les populations
+locales. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Partant des constats que
+le territoire du GAL Loire souffre : &lt;/p&gt;&lt;p&gt;-      
+D’un
+déficit en hébergements touristiques « marchands » (hébergements donnant lieu à
+une rémunération de la prestation entre le loueur et l’hébergeur) et d’une
+capacité d’accueil réduite (2,5% des lits marchands de la Région Auvergne-Rhône
+Alpes), &lt;/p&gt;&lt;p&gt;-      
+D’un
+grand nombre d’excursionnistes qui ne séjourne pas sur le territoire faute de
+proposition, &lt;/p&gt;&lt;p&gt;-       D’une
+offre d’hôtellerie de plein air très peu équipée en locatifs (chalets,
+bungalows, mobil-homes…) : 15% des emplacements (moyenne
+nationale à 30%), avec un taux de remplissage deux fois supérieur sur les
+emplacements locatifs par rapport aux emplacements nus. &lt;/p&gt;&lt;p&gt;Les
+objectifs poursuivis par le GAL sont de : &lt;/p&gt;&lt;p&gt;-       Adapter
+l’offre d’hébergements &lt;/p&gt;&lt;p&gt;-       Faire du
+tourisme un secteur créateur de valeurs &lt;/p&gt;&lt;p&gt;-       Faire du
+tourisme un levier de développement économique et de maintien de la population &lt;/p&gt;&lt;p&gt;-      
+Garantir une qualité d’accueil &lt;/p&gt;&lt;p&gt;-      
+Faire découvrir le territoire à travers les itinérances &lt;/p&gt;&lt;p&gt;-       Tendre vers
+une activité touristique vertueuse dans un contexte de transition écologique
+conciliant une fréquentation touristique accrue mais maîtrisée &lt;/p&gt;&lt;p&gt;-       Inscrire le
+tourisme local dans les défis écologiques et climatiques &lt;/p&gt;&lt;p&gt;La prise en compte des enjeux de transition
+écologique et énergétique : &lt;/p&gt;&lt;p&gt;-       Prise en
+compte de la biodiversité dans les projets d’aménagement touristique&lt;/p&gt;&lt;p&gt;-       Prise en
+compte de la sobriété des projets au regard de la consommation des ressources
+(foncier, eau, énergie…)&lt;/p&gt;&lt;p&gt;-       Dimension
+sensibilisation des visiteurs et des usagers &lt;/p&gt;&lt;p&gt;-       Analyse de
+l’intégration des effets du changement climatique dans la définition du projet &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h2&gt;&lt;a name="_Toc199161064"&gt;&lt;/a&gt;&lt;a name="_Toc150180449_Copie_1"&gt;2.         
+Description du dispositif&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à
+soutenir les projets structurants de gîtes d’étape et d’hôtellerie de plein air. Ces projets devront
+répondre aux manques constatés sur le territoire et permettre la montée en
+qualité de l’offre d’hébergements au travers de l’un des axes suivants :&lt;/p&gt;&lt;p&gt;-       Création, rénovation, amélioration, modernisation,
+développement de l’hébergement y compris les équipements et services complémentaires
+(salle de jeux/réunion,
+espace de restauration…) ; &lt;/p&gt;&lt;p&gt;-       Accessibilité aux publics empêchés ;
+&lt;/p&gt;&lt;p&gt;-       Permettant la structuration des &lt;a name="_Hlk196381333"&gt;itinérances pédestres et cyclables suivantes : GR (hors
+GRP), Véloire, Via Rhôna, Via Fluvia) ; &lt;/a&gt;&lt;/p&gt;&lt;p&gt;-       Inscription des établissements dans
+le tourisme durable. &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;A ce titre seront soutenues, plus
+précisément, les actions suivantes : &lt;/p&gt;&lt;p&gt;-      
+Les opérations d’aménagement et travaux dont les aménagements
+extérieurs et paysagers, la signalétique et signalisation ; &lt;/p&gt;&lt;p&gt;-      
+Les travaux de mise aux normes sous réserve qu’ils soient
+inclus dans un projet global de requalification de l’offre ;&lt;/p&gt;&lt;p&gt;-      
+Les travaux liés à la création de services complémentaires
+(salle de jeux/réunion, espace de restauration…) ; &lt;/p&gt;&lt;p&gt;-      
+Les équipements et travaux de rénovation énergétique ; &lt;/p&gt;&lt;p&gt;-      
+Les opérations d’acquisitions de matériels et d’équipement ;
+&lt;/p&gt;&lt;p&gt;-      
+Les opérations d’acquisitions de matériels et d’équipement
+pour l’installation de locatifs pour l’hôtellerie de plein air :
+mobil-homes, habitats légers de loisirs type « lodges » ou autres produits
+insolites ou atypiques ;&lt;/p&gt;&lt;p&gt;-      
+La création d’outils et de services numériques (sites internet,
+plateformes de réservation en ligne). &lt;/p&gt;&lt;p&gt;Le critère d’innovation, la qualité du projet, son caractère vertueux et
+la plus-value LEADER seront appréciés au regard de la grille de sélection.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;/!\ Sont inéligibles les projets éligibles aux autres
+dispositifs FEADER régionaux de droit commun ou aux dispositifs européens
+FEDER/FSE. Se renseigner auprès du GAL. &lt;/p&gt;
+&lt;p&gt; &lt;u&gt;Notamment, sont
+inéligibles :&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;®
+Les projets de développement touristique éligibles au dispositif 7.5.2.5 du
+FEDER.&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk158371070"&gt;&lt;u&gt;Sont
+inéligibles les projets suivants&lt;/u&gt;&lt;/a&gt; :&lt;/p&gt;&lt;p&gt;-      
+La promotion des savoir-faire et la
+conservation du patrimoine immatériel non liées à une activité touristique
+(éligible à l’AAP 1.1) ;&lt;/p&gt;&lt;p&gt;-       La
+valorisation du patrimoine local, des activités touristiques en améliorant les
+conditions d’accueil des visiteurs du GAL Loire (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;-       Les
+foires et manifestations ;&lt;/p&gt;&lt;p&gt;-       Les projets concernant les campings
+à la ferme, les aires de bivouac et les aires de camping-car.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h2&gt;&lt;a name="_Toc150180449_Copie_1"&gt;3.          Définitions&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Projet structurant&lt;/strong&gt; :
+C’est un projet qui participe à l’attractivité du territoire. Cette notion
+s’apprécie au regard des critères suivants :&lt;/p&gt;&lt;p&gt;-      
+Le projet contribue à
+l’accroissement du nombre de lits touristiques ;&lt;/p&gt;&lt;p&gt;-      
+Le projet favorise l’itinérance en
+proposant un hébergement à la nuitée ;&lt;/p&gt;&lt;p&gt;-      
+Le niveau et la qualité d’accueil
+participent à l’attractivité du territoire ; &lt;/p&gt;&lt;p&gt;-      
+Le projet s’intègre dans la
+promotion des destinations touristiques ;&lt;/p&gt;&lt;p&gt;-      
+Le projet génère ou appuie d’autres activités
+touristiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Gîte d’étape&lt;/strong&gt; : Il s’agit d’un établissement d&amp;#039;hébergement qui offre des
+lits à la nuitée dans des chambres partagées ainsi que dans des chambres
+individuelles à des personnes qui n&amp;#039;y élisent pas domicile. Il poursuit une
+activité lucrative ou non. Il est exploité, par une personne physique ou
+morale, de manière permanente ou saisonnière a minima 5 mois par an. Il est
+doté d&amp;#039;espaces collectifs. Ce gîte doit être situé à 5 km maximum de part et d’autre
+du tracé de la Via Fluvia, de la Via Rhôna ou de la Véloire, ou à 2 km maximum
+de part et d’autre d’un GR (hors GRP). Cette distance se calcule par la route
+et/ou les cheminements existants.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hôtellerie de plein air&lt;/strong&gt; : Les terrains de camping et parcs résidentiels de loisirs sont
+constitués d’équipements communs et d&amp;#039;emplacements nus ou équipés de l&amp;#039;une des
+installations suivantes : tentes, caravanes, résidences mobiles de loisirs
+et habitations légères de loisirs, destinés à la location. Ils font l&amp;#039;objet
+d&amp;#039;une exploitation permanente ou saisonnière a minima 5 mois par an et
+accueillent une clientèle qui n&amp;#039;y élit pas domicile. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Economie d'énergie et rénovation énergétique
+Handicap
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>01/08/2025</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2026</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;&lt;a name="_Toc98342407"&gt;&lt;/a&gt;&lt;a name="_Toc199161066"&gt;Porteurs de projets éligibles&lt;/a&gt;&lt;/h1&gt;&lt;p&gt;Pour présenter une
+candidature à cet appel à projets, sont éligibles les bénéficiaires
+suivants :&lt;/p&gt;&lt;p&gt;- Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Sont inéligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Les bénéficiaires définis
+comme inéligibles dans le document « Les règles communes à toutes les aides
+FEADER » ;&lt;/p&gt;&lt;p&gt;- Les indivisions.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h1&gt;&lt;a name="_Toc98342411"&gt;&lt;/a&gt;Conditions d’éligibilité&lt;/h1&gt;&lt;p&gt;Les conditions
+d’éligibilité sont les obligations qui doivent être remplies au moment de la
+sélection pour que le projet soit éligible au présent appel à projets. Ces
+conditions sont les suivantes : &lt;/p&gt;&lt;p&gt; ·       
+Les conditions d’éligibilité
+définies dans le document « Les règles communes à toutes les aides
+FEADER » consultables sur le site du Guide des aides de la Région
+Auvergne Rhône-Alpes &lt;a href="https://www.auvergnerhonealpes.fr/aides"&gt;https://www.auvergnerhonealpes.fr/aides&lt;/a&gt;, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;·       
+Les
+projets dont la localisation se situe dans une commune de 10 000 habitants ou
+plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire
+du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être
+fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;·       
+Seront éligibles les structures d’hôtellerie de plein air et les gites
+d’étapes répondant aux définitions données au paragraphe &lt;u&gt;1.3. Définitions&lt;/u&gt;.&lt;/p&gt;&lt;p&gt;·       Seront
+éligibles les projets répondant à la définition de projet structurant (&lt;u&gt;cf.
+1.3. Définitions&lt;/u&gt;). Un argumentaire devra être fourni par le porteur de
+projet et validé par le comité de programmation du GAL. Un avis technique
+consultatif des EPCI/PNR et/ou de
+l’ADT Loire Tourisme sera sollicité
+par le service instructeur et présenté au comité d’audition.&lt;/p&gt;&lt;p&gt;·       
+Pour
+justifier du manque constaté sur le territoire et permettre la montée en
+qualité de l’offre, une étude préalable (étude de marché, étude de faisabilité,
+business plan) est obligatoire. Le porteur de projet devra fournir le rendu définitif de
+l’étude au moment du dépôt de dossier. &lt;/p&gt;&lt;p&gt;·       
+Le porteur de projet doit être engagé dans une démarche offrant aux clients
+la possibilité de réserver en ligne. L’URL devra être transmise au service
+instructeur au plus tard à la dernière demande de paiement.&lt;/p&gt;&lt;p&gt;·       
+Le
+porteur de projet devra être partenaire de l’office de tourisme local. Une
+attestation de partenariat de l’office de tourisme local devra être fournie
+lors de la demande d’aide.&lt;/p&gt;&lt;p&gt;·      L’éligibilité
+des travaux d’amélioration énergétique sera conditionnée à la production d’une
+attestation par l’agence EDEL 42 en phase de demande d’aide, permettant de
+justifier que le porteur de projet a bien pris contact afin d’être conseillé
+et/ou accompagné de façon plus approfondie suivant l’importance de son projet.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h1&gt;&lt;a name="_Toc98342409"&gt;&lt;/a&gt;Dépenses&lt;/h1&gt;&lt;h2&gt;&lt;a name="_Toc199161069"&gt;1.         
+Dépenses éligibles&lt;/a&gt;&lt;/h2&gt;
+&lt;p&gt;/!\ Les dépenses
+doivent être supportées par le bénéficiaire, être nécessaires à la réalisation
+de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses
+suivantes : &lt;/p&gt;&lt;p&gt;&lt;a name="_Toc98342410"&gt;-       
+&lt;u&gt;Dépenses au réel&lt;/u&gt;&lt;/a&gt; : toutes dépenses (matérielles et immatérielles)
+directement liées à l’opération. &lt;/p&gt;&lt;h2&gt;&lt;a name="_Toc199161070"&gt;2.           
+Dépenses inéligibles&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;-       
+Les dépenses définies comme
+inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;
+&lt;/p&gt;&lt;p&gt;-       
+Les véhicules standards (utilitaires,
+remorques) sans aménagement spécifique ; &lt;/p&gt;&lt;p&gt;-       
+Les études ; &lt;/p&gt;&lt;p&gt;-       
+Les frais de personnel directs ;&lt;/p&gt;&lt;p&gt;-       
+Les frais de bouche ; &lt;/p&gt;&lt;p&gt;-       
+Les dépenses de déplacement de
+personnes non rémunérées par la structure ou les dépenses de déplacement hors
+France métropolitaine ; &lt;/p&gt;&lt;p&gt;-       
+L’achat de matériels d’occasion ou
+reconditionnés ; &lt;/p&gt;&lt;p&gt;-       
+Tout devis ou facture inférieur à 500
+€ HT ;&lt;/p&gt;&lt;p&gt;-        Tous véhicules ;&lt;/p&gt;&lt;p&gt;-       
+Les acquisitions de foncier bâti ou
+non bâti ; &lt;/p&gt;&lt;p&gt;-       
+Les travaux de voirie et d’entretien
+des chemins, à l’exception des dépenses en faveur de la sécurisation des
+déplacements modes doux et de l&amp;#039;apaisement des vitesses ; &lt;/p&gt;&lt;p&gt;-       
+Les travaux de réseaux divers (à
+l’exception des réseaux strictement liés à l’amélioration de la performance
+énergétique de l’hébergement) ; &lt;/p&gt;&lt;p&gt;-       
+La création ou la rénovation de piscines,
+spas, sauna et jacuzzi ;&lt;/p&gt;&lt;p&gt;-       
+Les travaux de gros œuvre (hors
+travaux nécessaires aux investissements d’optimisation et/ou de rénovation énergétique
+ou liés à la prise en compte du handicap) ; &lt;/p&gt;&lt;p&gt;-       
+Les équipements informatiques. &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h2&gt;&lt;a name="_Toc199161071"&gt;3.         
+Plancher et plafond de mes dépenses&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;Pour être
+éligibles, les projets doivent présenter des dépenses pour un montant devant
+dépasser 15 000 € HT de dépenses éligibles retenues après
+instruction.&lt;/p&gt;
+&lt;p&gt;/!\ Seules les dépenses
+initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après
+saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre
+dossier avant le début de réalisation de votre projet. &lt;/p&gt;
+&lt;p&gt;/!\ Les dépenses initiées avant le dépôt
+de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est
+notamment le cas pour les projets n’ayant pas une finalité agricole et devant
+relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service
+instructeur.&lt;/p&gt;
+&lt;p&gt;NB : Par
+dépenses initiées pour la conduite du projet, il faut comprendre tout devis
+signé, tout bon pour accord signé, toute notification de marché, toute commande
+passée au bénéfice de la mise en œuvre du projet.&lt;/p&gt;
+&lt;p&gt;/!\ L’attribution
+d’une subvention n’est pas automatique. Votre demande d’aide peut être
+rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier,
+mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule
+responsabilité.&lt;/p&gt;
+&lt;h1&gt;&lt;a name="_Toc98342412"&gt;&lt;/a&gt;&lt;a name="_Toc466993301"&gt; &lt;/a&gt;&lt;/h1&gt;&lt;h1&gt;&lt;a name="_Toc199161072"&gt;Les engagements à
+respecter dans le cadre de cet appel à &lt;/a&gt;projets&lt;/h1&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;/!\ Pour
+bénéficier d’une subvention du FEADER, vous devez impérativement
+respecter des engagements. Ceux-ci sont précisés dans le document
+« Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes &lt;a href="https://www.auvergnerhonealpes.fr/aides"&gt;https://www.auvergnerhonealpes.fr/aides&lt;/a&gt;, dans la rubrique « Déposer une demande » du dispositif
+concerné. Veuillez
+les lire attentivement et les accepter lors de la transmission de votre demande
+d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;h1&gt;&lt;a name="_Toc199161073"&gt;Modalites
+d’attribution de l’aide pour mon projet&lt;/a&gt;&lt;/h1&gt;&lt;h2&gt;&lt;a name="_Hlk104196869"&gt;&lt;/a&gt;&lt;a name="_Toc199161074"&gt;1.         
+Financeurs possibles&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;Cet appel à projets est financé par le
+fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec
+d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non
+européens.&lt;/p&gt;&lt;p&gt;L’attribution des subventions FEADER
+est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux
+(Etat, Région, Département, EPCI…). &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h2&gt;&lt;a name="_Toc199161075"&gt;2.         
+Modalité de calcul de l’aide&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;Plafond d’aide LEADER : 40 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets
+sélectionnés est de 80 % de
+l’assiette des dépenses éligibles HT retenues par le service instructeur. Ce
+taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide
+d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des
+régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du
+présent dispositif. &lt;/p&gt;
+&lt;p&gt; &lt;a name="_Toc199161076"&gt;3.         Enveloppe FEADER totale budgétée sur
+l’appel à projets&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une
+enveloppe de FEADER (LEADER Loire) de 300 000 € maximum est mobilisée au
+titre du présent appel à projets. Aucun
+dossier ne peut bénéficier d’une subvention partielle. En cas d’insuffisance de
+crédits, les dossiers ayant eu une note identique ne seront programmés qu’après
+validation par le Comité de Programmation d’une extension de
+l’enveloppe.  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
-[...34 lines deleted...]
- 02 28 20 59 51
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/07/AAP2.3_Hebergements_touristiques_approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader-dispositif-501</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si votre projet peut être éligible à l&amp;#039;accompagnement technique et financier LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne Métropole)&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-un-developpement-qualitatif-et-vertueux-de-lhotellerie-de-plein-air-et-des-gites-detape/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>165405</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour un territoire inclusif et développer la qualité de vie sur le territoire</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA4</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J102" s="1" t="inlineStr">
+        <is>
+          <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le GAL (Groupe d&amp;#039;Action Locale) Via Domitia, a un territoire connaissant un solde migratoire positif (la population augmente de &amp;#43;1% par an en moyenne), ainsi qu&amp;#039;un forte saisonnalité du fait de son caractère touristique. Le développement de ce territoire doit être concomitant avec le développement et l&amp;#039;amélioration de l&amp;#039;accès aux services et infrastructures pour tous et toutes, afin de conserver et contribuer à l&amp;#039;amélioration des conditions de vie de la population, sans impacter l&amp;#039;environnement. &lt;/p&gt;&lt;p&gt;Cette fiche action a pour but de répondre aux enjeux suivants:&lt;br /&gt;Avoir une offre de services favorisant la mixité des populations et accompagnant sa mutation&lt;br /&gt;Développer un territoire inclusif&lt;br /&gt;Lutter contre l&amp;#039;utilisation du tout voiture individuelle en favorisant la mobilité douce au quotidien, accompagner la transition&lt;br /&gt;Faciliter l&amp;#039;accès à une alimentation sain et de qualité&lt;/p&gt;&lt;p&gt;Elle a donc pour objectif de favoriser un accueil de qualité sur le territoire, notamment grâce à des politiques publiques adaptées en matière d&amp;#039;urbanisme, d&amp;#039;aménagement du territoire et d&amp;#039;alimentation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.1 : Lutter contre la précarité énergétique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.2 : Accompagner les initiatives en faveur de l&amp;#039;inclusion sur le territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.3 : Retenir et aider au retour des jeunes sur le territoire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.3.1 : &lt;/strong&gt;Soutenir les projets coconstruits avec les jeunes et leurs accompagnants &lt;br /&gt;&lt;strong&gt;4.3.2 :&lt;/strong&gt; Soutenir les initiatives en faveur de services et offres innovantes adaptées aux jeunes populations&lt;br /&gt;&lt;strong&gt;4.3.3 :&lt;/strong&gt; Appuyer l&amp;#039;émergence et le développement de structures ou d&amp;#039;initiatives en faveur de l&amp;#039;accompagnement des jeunes&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.4 : Contribuer aux actions de solidarité et de résilience alimentaire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.4.1 : &lt;/strong&gt;Contribuer aux initiatives d&amp;#039;éducation à l&amp;#039;alimentation &lt;br /&gt;&lt;strong&gt;4.4.2 : &lt;/strong&gt;Contribuer aux actions de lutte contre la précarité alimentaire valorisant l&amp;#039;autoproduction et l&amp;#039;autoconsommation&lt;br /&gt;&lt;strong&gt;4.4.3 : &lt;/strong&gt;Contribuer aux recensements du potentiel alimentaire communal&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.5 : Améliorer les conditions de mobilité douce au quotidien&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.5.1 :&lt;/strong&gt; Soutien aux aménagements au sein des communes&lt;br /&gt;&lt;strong&gt;4.5.2 :&lt;/strong&gt; Actions, animations et services en faveur de la mobilité douce au quotidien &lt;br /&gt;&lt;strong&gt;4.5.3 : &lt;/strong&gt;Accompagnement aux démarches de démobilité&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Chantiers participatifs de rénovation du bâti, actions de communication, actions de sensibilisation d&amp;#039;entreprises du bâtiment, action envers les publics défavorisés en ruralité, opération de rénovation du bâti ancien en centre bourg, expérimentations d&amp;#039;adaptations des PLU des centres anciens à l&amp;#039;adaptation climatique, etc. ;&lt;/li&gt;&lt;li&gt;Animation de réseaux professionnels dédiés à des publics spécifiques, action de formation et de sensibilisations, actions de lutte contre les violences sexuelles en milieu rural, action de sensibilisation sur les minorités en milieu rural, action de formation des agents, etc. ;&lt;/li&gt;&lt;li&gt;Aménagements pour jeunes publics, maison des jeunes, &amp;#34;Campus ruraux de projets&amp;#34;, projets d&amp;#039;aménagements et animations co-construits avec les jeunes, etc. ;&lt;/li&gt;&lt;li&gt;Formation de cuisines saine, action de sensibilisation à la précarité alimentaire, expérimentation de sécurité sociale alimentaire, achat d&amp;#039;un support de communication pour une association d&amp;#039;éducation à l&amp;#039;alimentation saine et durable, formation de production potagère à destination des citoyens, projet de jardins d&amp;#039;insertion, projets de jardins familiaux, développement d&amp;#039;une application pour le partage des denrées alimentaires, achat de matériels (irrigation, petits outils) à destination de jardins collectifs, réalisation d&amp;#039;un atlas de la biodiversité comestible, diagnostic des terres au potentiel maraicher, etc .&lt;/li&gt;&lt;li&gt;Aménagements cyclables, action innovante favorisant les déplacements doux pour l&amp;#039;école, schémas directeurs cyclables, plans globaux de déplacement et toutes autres études de mobilités portées par les communes et EPCI, animation favorisant la démobilité, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espaces verts
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q102" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-pour-un-territoire-inclusif-et-developper-la-qualite-de-vie-sur-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>165438</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Création d'établissement d'accueil du jeune enfant, d'accueil de loisirs, d'actions Reaap (soutien à la parentalité, CLAS (contrats locaux d'accompagnement à la scolarité et autres</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Règlement intérieur d'action sociale des Landes</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>CAF DES LANDES - Département Enfance Famille Ingénierie Action Sociale</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>50% sous forme de prêt, 50% sous forme de subvention pour les investissements entrant dans notre champs d'aide. Les aides de la Caf ne peuvent excéder 80% (cf. certains fonds nationaux)</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Création d&amp;#039;établissement d&amp;#039;accueil du jeune enfant, d&amp;#039;accueil de loisirs, d&amp;#039;actions Reaap (soutien à la parentalité, CLAS (contrats locaux d&amp;#039;accompagnement à la scolarité et autres prestations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Bâtiments et construction
+Réhabilitation
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Voir RI : &lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://elan.caf.fr</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Page 5 du &lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>jean-francois.fillon-camgrand@caf.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/porteurs-de-projets/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P104" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q104" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>162525</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Développer une agriculture durable et diversifiée, les circuits courts et le tourisme</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire qui régénère ses éco-systèmes économiques</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Développer une agriculture durable et diversifiée&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;poursuivre l’accompagnement des exploitants agricoles (conversion, transformation des productions, logistique…) et promouvoir des pratiques vertueuses en lien avec les acteurs (lycée agricole, chambre d&amp;#039;agriculture, syndicats d&amp;#039;exploitants)&lt;/li&gt;&lt;li&gt;encourager les micro-projets agricoles&lt;/li&gt;&lt;li&gt;accompagner la structuration d&amp;#039;une filière d’alimentation durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer des circuits courts, dans tous domaines économiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;valoriser les savoir-faire locaux et les activités économiques existantes sur le territoire&lt;/li&gt;&lt;li&gt;accompagner les projets de production, transformation et vente locale&lt;/li&gt;&lt;li&gt;aider l&amp;#039;installation de nouvelles entreprises innovantes sur le territoire (sortie d&amp;#039;incubateurs/couveuses…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accentuer la mise en tourisme du territoire &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner le développement, l’aménagement, l’animation et la valorisation des sites à vocation touristique&lt;/li&gt;&lt;li&gt;accompagner le développement de l’offre cyclo-touristique du territoire (fléchage, signalétique, étude d’identification des itinéraires, aire de service, communication…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité des acteurs publics et économiques à coconstruire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches visant à rendre plus lisibles l’offre de services publics et privés aux porteurs de projet et aux entreprises (communication, outils numériques...),&lt;/li&gt;&lt;li&gt;soutenir les actions en faveur de l&amp;#039;emploi inclusif auprès des employeurs : emploi des personnes en situation de handicap, insertion professionnelle en situation de travail...&lt;/li&gt;&lt;li&gt;soutenir les démarche d&amp;#039;amélioration de la qualité de vie au travail tenant compte des horaires, de la mobilité, de la garde d&amp;#039;enfants, de la parité, du logement...&lt;/li&gt;&lt;li&gt;soutenir les initiatives renforçant le lien apprentissage/formation/entreprises/territoires&lt;/li&gt;&lt;li&gt;accompagner l’émergence d’une offre de formation adaptée aux enjeux industriels locaux&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P105" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q105" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ligne directe : 02 46 59 15 45&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Standard : 02 46 59 15 40&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif-1/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G94" s="1" t="inlineStr">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H94" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
+d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
+dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
+gagnant-gagnant entre les collectivités et les entreprises locales ou
+nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
+permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
+potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
+2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
+mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
+délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
+collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
+financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
+donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
+structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
+mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
+potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
+engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
+et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
+projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
+financements (mécénat) pour les projets (petits et grands) portés par les
+communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
+projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
+d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue
+de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>162708</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le bien vivre et favoriser le faire ensemble sur le territoire</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I94" s="1" t="inlineStr">
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond de 50 000€</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le programme européen de
+subvention LEADER 2023-2027, le GAL souhaite agir pour une meilleure qualité de
+vie et davantage de lien social sur son territoire. &lt;/span&gt;&lt;span&gt;Le
+GAL pourra ainsi permettre la création ou le développement de tiers lieux tels
+que des espaces de travail partagés et collaboratifs ou des jardins partagés,
+faciliter l’accès à la culture par le soutien à de l’équipement culturel ou
+l’organisation d’évènements en lien avec le patrimoine local. Au regard de la
+dépendance à la voiture individuelle, &lt;/span&gt;&lt;span&gt;iI&lt;/span&gt;&lt;span&gt;
+pourra financer des projets permettant une mobilité plus durable et partagée.
+Finalement, le bien manger sera favorisé à travers le soutien à de l’animation
+locale ou la mise en place de restauration collective transformant des produis
+frais et locaux.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Exemples de projets : Aménagement
+d’un atelier collectif d’artisans (Fablab) ; Equipement pour un espace de
+coworking à vocation économique ; jardins partagés ; véhicule en partage ;
+évènement culturel ; Ateliers pédagogiques ; Equipement d’une cuisine collective…&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Tiers-lieux
+Economie sociale et solidaire
+Accessibilité
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
+association, un collectif, une TPE/PME ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
+avance les dépenses &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Evènement&lt;/span&gt;&lt;span&gt; : uniquement la 1ère édition et avec mesures
+écoresponsables&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Bât. ATOME - 2 rue Michelet 30100 Alès&lt;/p&gt;&lt;p&gt;04 66 25 32 88&lt;/p&gt;&lt;p&gt;06 86 94 62 87&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-le-bien-vivre-et-favoriser-le-faire-ensemble-sur-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>162705</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'écotourisme, la valorisation et l'accès au patrimoine naturel et culturel</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J108" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond à 50 000€ (15 000€ pour le patrimoine)</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le &lt;/span&gt;&lt;span&gt;programme
+européen de subvention LEADER 2023-2027&lt;/span&gt;&lt;span&gt;, le GAL souhaite accompagner le
+développement de l’écotourisme sur son territoire. C’est un tourisme
+responsable qui intègre la découverte de la nature dans le respect de
+l’environnement et de la culture locale. Il cible en particulier la création et
+l’aménagement de sentiers, la restauration/valorisation de petits patrimoines,
+les &lt;/span&gt;&lt;span&gt;hébergeurs touristiques
+professionnels &lt;/span&gt;&lt;span&gt;(campings, hôtels, gîtes) et les &lt;/span&gt;&lt;span&gt;sites
+ouverts à la visite&lt;/span&gt;&lt;span&gt;. Les projets doivent permettre
+une &lt;/span&gt;&lt;span&gt;gestion écoresponsable du site&lt;/span&gt;&lt;span&gt; :
+type d’infrastructure d’accueil, sources d’énergies, approvisionnements,
+gestion des déchets, animation du site. &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Exemples de projets :
+Hébergements de plein air en bois local ; Travaux de rénovation écologique ;
+Labélisation Accueil vélo…; Installation de toilettes sèches ; Signalétique ;
+restauration d’un lavoir, …&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Handicap
+Paysage
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
+TPE/PME, une association ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les hébergeurs, un enregistrement RCS et une
+adhésion Atout France sont demandés.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
+avance les dépenses&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Bât.
+ATOME, 2 rue Michelet 30100
+Alès&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;04
+66 25 32 88 / 06 86 94 62 87&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lecotourisme-la-valorisation-et-lacces-au-patrimoine-naturel-et-culturel/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J109" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>159897</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour la santé de tous et prendre soin des populations les plus fragiles</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J110" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Renforcer l&amp;#039;accès à la santé, garantir le bien-être aux habitants du territoire, accompagner les étapes clef de la vie, soutenir les personnes les plus vulnérables
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+ Les services publics et aux publics demeurent une demande prioritaire sur le territoire du GAL de la part de ses habitants. Cela recouvre une large palette de domaines ou de préoccupations.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette fiche-action ambitionne ainsi d&amp;#039;apporter une attention toute particulière à l&amp;#039;accès à la santé pour toutes et tous, ainsi qu&amp;#039;au soin apporté aux populations vulnérables et/ou dans les tranches d&amp;#039;âge de vie qui en ont le plus besoin : petite enfance, séniors, personnes en situation de handicap... ou encore personnes aidantes s&amp;#039;occupant d&amp;#039;un proche malade ou en situation de handicap.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accès aux services de santé
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes visant l&amp;#039;élaboration de « projets de santé » sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude programmatique portant sur de l&amp;#039;immobilier à destination des professionnels de santé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;aide au démarrage, la mobilisation, la coordination et l&amp;#039;animation d&amp;#039;une dynamique collective des professionnels de santé en lien avec les EPCI et les structures concernées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie et investissements favorisant la prévention santé auprès du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouvelles structures de santé pluridisciplinaire, ou extension ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou réhabilitation de logements permettant l&amp;#039;accueil de stagiaires, internes, ou autres professionnels de santé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accès aux services de la petite enfance
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de services de garde d&amp;#039;enfants en partenariat avec une collectivité : investissements pour la création et l&amp;#039;agrandissement de structures de garde type établissement d&amp;#039;accueil du jeune enfant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant notamment de développer des actions autour de la parentalité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des personnes âgées
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions favorisant le maintien à domicile : création ou amélioration de services, de structures, d&amp;#039;habitats regroupés via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions permettant de renforcer les liens intergénérationnels : création ou amélioration de services, de structures, via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des personnes en situation de handicap
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création ou amélioration de services, de structures, permettant de maintenir voire de renforcer la vie sociale via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des proches aidants
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création ou amélioration de services, de structures permettant d&amp;#039;offrir du répit et du soutien aux personnes proches aidantes, via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accès aux droits pour les personnes éloignées (géographiquement et/ou culturellement des centres de ressources publiques)
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui à l&amp;#039;ingénierie pour faciliter l&amp;#039;accès aux droits pour les publics les plus éloignés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Equipement public
+Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P110" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q110" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole, les bailleurs sociaux privés hors SEM.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les dépenses d&amp;#039;équipements de matériel de santé.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f098-valoriser-les-elements-identitaires-et-le-pat/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>161678</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Constituer les dossiers de demandes de subventions</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Aide au montage des dossiers de demande de subvention</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez besoin d&amp;#039;être accompagné dans la constitution de vos dossiers de demandes de subventions ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence Aveyron Ingénierie vous accompagne dans la constitution de vos dossiers de demandes de subventions :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;aide à la rédaction de la notice de présentation de votre projet &lt;/li&gt;&lt;li&gt;vérification de la complétude du dossier de demande de subvention&lt;/li&gt;&lt;li&gt;relecture de votre plan de financement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Prestation tarifée&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/constituer-les-dossiers-de-demandes-de-subventions/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>161677</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'élaboration des plans de financement afin de sécuriser la faisabilité financière de votre projet</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Elaboration de plans de financement prévisionnels</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez avoir une vision affinée, pertinente et réaliste des taux d&amp;#039;intervention financière de chaque co-financeur public ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie vous propose de vous accompagner dans l&amp;#039;élaboration des plans de financements prévisionnels, au vu de l&amp;#039;avant projet détaillé, vous permettant d&amp;#039;avoir une projection de la faisabilité financière de votre projet en intégrant les subventions mobilisables et en calculant votre reste à charge.&lt;/p&gt;&lt;p&gt;L&amp;#039;optimisation de vos plans de financements vous permettra de réduire votre autofinancement et de maîtriser l&amp;#039;impact financier du projet dans votre budget.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/simuler-laccompagnement-des-financeurs-pour-la-faisabilite-financiere-de-votre-projet/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I113" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J113" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>160867</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration des services de proximité</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 4</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J114" s="1" t="inlineStr">
+        <is>
+          <t>de 7 500 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamiser la vie locale et le lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendre attractif le territoire pour maintenir et accueillir de nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La stratégie LEADER intervient sur un territoire où les services et infrastructures locales sont présents, mais où l&amp;#039;accès en est inégal, tant au niveau géographique que social ou culturel ou du fait du manque d&amp;#039;offre ou de compétence numérique. La valeur ajoutée de LEADER s&amp;#039;inscrira donc dans cette perspective, en mettant à profit les atouts du territoire en termes d&amp;#039;offre de services, et en complémentarité avec les nombreux dispositifs existants (Action Cœur de Ville/Petite Ville de demain, micro-folies, contrats locaux d&amp;#039;éducation artistique, contrat de ville, FranceNum...).  Le &amp;#43; LEADER sur l&amp;#039;accès aux services : compléter la couverture territoriale en services de proximité, proposer des services à la population;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;accès aux services sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouveaux services permettant de répondre aux besoins des populations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une baisse des émissions de GES
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *le cahier des charges des études devra être transmis
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P115" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>156154</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'obtention ou au renouvellement du label « Tourisme et Handicap »</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>OBTENTION DU LABEL « TOURISME ET HANDICAP »</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I116" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner le développement du label « Tourisme &amp;amp; Handicap » en Seine- Maritime. Aider au financement d&amp;#039;aménagements permettant d&amp;#039;obtenir ou de renouveler ce label voire de l&amp;#039;étendre à d&amp;#039;autres pictogrammes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Handicap
+Equipement public
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme tous statuts
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition immobilière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux réalisés par des entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériaux et équipements achetés par le maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;architecte ou de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements adaptés pour les hébergements touristiques (campings, aires de camping-cars...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond de dépenses :
+ &lt;/strong&gt;
+ 30.000€ HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le solde de la subvention sera versé après obtention ou renouvellement du label ou obtention des pictogrammes supplémentaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations proposées devront faire l&amp;#039;objet d&amp;#039;une pré-évaluation obligatoire à l&amp;#039;obtention du label pour 2 handicaps a minima.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sites de visites doivent être ouverts au public au moins 50 jours dans l&amp;#039;année.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/obtention-du-label-tourisme-et-handicap/</t>
+        </is>
+      </c>
+      <c r="W116" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/43ec-aider-au-classement-et-a-la-preservation-des-/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>156134</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'aménagement et l'équipement d'aires de jeux inclusives</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>AMÉNAGEMENT ET ÉQUIPEMENT DES AIRES DE JEUX INCLUSIVES (adaptées à un ou plusieurs handicaps ou déficiences : moteur, auditif, visuel, mental)</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Concourir à doter le territoire d&amp;#039;aires de jeux inclusives pour offrir aux enfants en situation de handicap un lieu de jeux et de rencontres en plein air.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Jeunesse
+Handicap
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement dédiées au projet :
+ achat des équipements (ex : balançoires adaptées, jeux sensoriels...), prestation de montage, travaux d&amp;#039;aménagements, signalétique..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet devra proposer au moins un équipement spécifique ou jeu adapté à un ou plusieurs handicaps ou déficiences (moteur / auditif / visuel / mental). Le sol de l&amp;#039;espace devra être adapté aux fauteuils roulants et poussettes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations et notamment les travaux aux abords immédiats pour favoriser l&amp;#039;accessibilité. Les travaux de mise en accessibilité seront inclus dans la dépense éligible.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilier urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets au sein de cours d&amp;#039;écoles fermées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses subventionnables : 8.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses subventionnables : 70.000€ HT pour les constructions - 50.000€ HT pour les réhabilitations
+ &lt;/li&gt;
+&lt;/ul&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagement-et-equipement-des-aires-de-jeux-inclusives/</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04a0-modele/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>157092</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J118" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un patrimoine vernaculaire valorisé (clos masure notamment)
+&lt;/p&gt;
+&lt;p&gt;
+ - Un allongement de la durée des séjours touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des parcours résidentiels facilités pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des centres bourgs dynamiques, des services proches des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - UN vieillissement de la population mieux anticipé et accompagné
+&lt;/p&gt;
+&lt;p&gt;
+ - Une offre locale de formation renforcée et adaptée
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accès aux services de soins facilité par des initiatives innovantes
+&lt;/p&gt;
+&lt;p&gt;
+ - Un maillage de solutions de mobilités adaptées au territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création de nouveaux services numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services à la population.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de l&amp;#039;offre de santé sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de partenariats avec des centres de formations locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Formation professionnelle
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>157093</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'inclusion et l'épanouissement des habitants</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°4 : Favoriser l'inclusion et l'épanouissement des habitants</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I119" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J119" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe LEADER entend favoriser l&amp;#039;accès à la pratique sportive, à la culture et aux services pour le plus grand nombre. À travers les différentes initiatives qui seront soutenues, il s&amp;#039;agira de dynamiser la vie locale en poursuivant les objectifs opérationnels suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un renforcement des solidarités et du lien social.
+&lt;/p&gt;
+&lt;p&gt;
+ - Des associations valorisées et un intérêt retrouvé pour le bénévolat.
+&lt;/p&gt;
+&lt;p&gt;
+ - Une fidélisation des acteurs associatifs et des bénévoles du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - La promotion du sport comme facteur de santé et d&amp;#039;inclusion.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le maintien et la diversité de l&amp;#039;offre culturelle, de loisirs et évènementielle pour tous les publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Création matérielle et/ou immatérielle de diffusion culturelle et artistique.
+&lt;/p&gt;
+&lt;p&gt;
+ - Promotion de projets associatifs, culturels et artistiques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement/équipements d&amp;#039;espaces dédiés à la pratique sportive et/ou de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de mise en réseau et de montée en compétence des acteurs associatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement de lieux d&amp;#039;accueil pour les personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Création, développement ou amélioration de l&amp;#039;offre culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création, développement de l&amp;#039;offre de sports/loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions d&amp;#039;animation et de formation visant à la création ou au développement de projets culturels, artistiques et de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements et création d&amp;#039;outils de communication (portées par les collectivités locales uniquement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Handicap
+Cohésion sociale et inclusion
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/737c-leader-action-n4-favoriser-linclusion-et-lepa/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>154985</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Développer une attractivité du territoire ciblée, soutenable et créatrice de liens</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I120" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démographie du périmètre du GAL Alsace centrale démontre plusieurs phénomènes : une croissance démographique sur une majeure partie du territoire et une perte d&amp;#039;habitants sur le territoire de la Communauté de communes du Val d&amp;#039;Argent. Ces caractéristiques démographiques posent la question suivantes : « Comment soutenir et adapter les services et les équipements de proximité aux besoins des populations et à la capacité du territoire ?  »
+&lt;/p&gt;
+&lt;p&gt;
+ Parallèlement, certaines parties du territoire sont engagées dans les dispositifs Petites Villes de Demain,  Action cœur de ville et d&amp;#039;ORT (CC Vallée de Villé, CC du Val d&amp;#039;Argent, CC du Ried de Marckolsheim, CC de Sélestat, Villé, Marckolsheim) et s&amp;#039;attachent à des sujets comme le logement et le commerce dans les centres-bourgs. Il a été identifié durant les ateliers participatifs menés dans le cadre de la candidature LEADER, un besoin autour de la poursuite et du renforcement de ces actions pour créer du lien social, du lien entres les acteurs du territoire, promouvoir les initiatives locales, solidaires et dynamiser les centralités et les cœurs de villages.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs le tourisme représente une activité importante pour l&amp;#039;économie de l&amp;#039;Alsace Centrale dont les principaux atouts sont le patrimoine historique, architectural et naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1.	Soutenir les actions visant la mise en réseau des commerces et des artisans pour améliorer leur visibilité et/ou trouver des repreneurs
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Soutenir l&amp;#039;émergence et le développement d&amp;#039;initiatives de l&amp;#039;économie circulaire et de l&amp;#039;économie de la fonctionnalité
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Soutenir la création et le développement de tiers lieux, d&amp;#039;espaces de travail partagés, de fablab, dans le cadre de l&amp;#039;économie sociale et solidaire
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Soutenir les projets de commerces et de services solidaires, (non lucratif doté d&amp;#039;intérêt général) et/ou relevant de l&amp;#039;économie sociale et solidaire
+&lt;/p&gt;
+&lt;p&gt;
+ 5.	Soutenir les évènements et les festivités vecteurs de lien social et/ou intergénérationnels au sein des communes
+&lt;/p&gt;
+&lt;p&gt;
+ 6.	Action d&amp;#039;animation en faveur de la sauvegarde et du développement de la vie associative du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ 7.	Soutenir des actions de promotion et/ou de mise en réseau des acteurs du tourisme vert ;
+&lt;/p&gt;
+&lt;p&gt;
+ 8.	Accompagner la création d&amp;#039;hébergements touristiques écoresponsables ou l&amp;#039;amélioration des hébergements touristiques existants dans une démarche écoresponsable (équipements, aménagements, démarches de labélisation)
+&lt;/p&gt;
+&lt;p&gt;
+ 9.	Soutenir les projets de mise en valeur et/ou de restauration du patrimoine culturel public ou privé, bâti ou non bâti, inscrit ou non protégé, et pour lesquels  des actions de médiation envers le public doivent être organisées au moins une fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Artisanat
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb08-developper-une-attractivite-du-territoire-cib/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>153889</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Faire une demande d'aide sociale à l'hébergement - ASH en établissement pour les personnes âgées ou en situation de handicap</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;rsquo;aide sociale à l&amp;rsquo;hébergement – ASH en établissement pour les personnes âgées ou en situation de handicap</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour fixer le montant de l&amp;#039;ASH, le Département prend en compte :
+&lt;/p&gt;
+&lt;p&gt;
+ •	Vos ressources
+&lt;/p&gt;
+&lt;p&gt;
+ •	Les ressources de votre conjoint ou conjointe
+&lt;/p&gt;
+&lt;p&gt;
+ •	Les ressources de vos obligé·es alimentaires (voir les conditions d&amp;#039;éligibilité) uniquement pour les personnes âgées
+&lt;/p&gt;
+&lt;p&gt;
+ Ensuite, le Département détermine :
+&lt;/p&gt;
+&lt;p&gt;
+ •	Quel montant vous pouvez payer tous les mois en fonction de vos ressources et de celles de votre conjoint ou conjointe.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Quel montant vos obligé·es alimentaires peuvent payer tous les mois en fonction de leurs ressources.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment bénéficier de l&amp;#039;aide ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Être domicilié dans le département depuis plus de trois mois.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Justifier de ressources insuffisantes pour couvrir les frais de séjour, après mise en œuvre de l&amp;#039;obligation alimentaire uniquement pour les personnes âgées.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Être accueilli·e dans un établissement habilité à l&amp;#039;aide sociale, ou résidant à titre payant depuis plus de 5 ans dans un établissement non habilité à l&amp;#039;aide sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Vivre chez un·e accueillant·e familial·e.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Obligation alimentaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une demande d&amp;#039;aide sociale à l&amp;#039;hébergement peut être envisagée à condition que l&amp;#039;aide perçue dans le cadre de l&amp;#039;obligation alimentaire soit insuffisante pour couvrir les frais de séjour.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;obligation alimentaire est l&amp;#039;obligation légale de fournir, pour une personne proche de sa famille dans le besoin, l&amp;#039;aide matérielle indispensable pour vivre correctement. Les obligés et obligées alimentaires peuvent être mis à contribution pour financer une partie des frais d&amp;#039;hébergement d&amp;#039;un proche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande est constitué à la demande de la personne, par la mairie ou le CCAS du lieu d&amp;#039;implantation de l&amp;#039;établissement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il est possible de retirer le dossier de demande :
+&lt;/p&gt;
+&lt;p&gt;
+ En téléchargeant et en imprimant les documents dans l&amp;#039;onglet documents
+&lt;/p&gt;
+&lt;p&gt;
+ - Dans les 9 centres médico-sociaux du Département
+&lt;/p&gt;
+&lt;p&gt;
+ - Dans les CCAS ou CIAS du Département
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide sociale à l&amp;#039;hébergement (ASH) est une aide financière destinée aux personnes âgées ou en situation de handicap qui n&amp;#039;ont pas les ressources suffisantes pour couvrir les frais de séjour dans un établissement.
+Pour les personnes âgées, il faut avoir plus de 65 ans ou avoir entre 60 et 65 ans avec reconnaissance d&amp;#039;une inaptitude au travail.
+Dérogation d&amp;#039;âge possible si entre 60 et 65 ans sans reconnaissance d&amp;#039;inaptitude au travail.
+Pour les personnes en situation de handicap, il faut avoir plus de 60 ans. 
+Dérogation d&amp;#039;âge possible si moins de 60 ans.
+Le Département fixe le montant de l&amp;#039;Aide sociale à l&amp;#039;hébergement en fonction de votre situation et du règlement d&amp;#039;aide sociale en vigueur dans le département.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Handicap
+Santé
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/laide-sociale-a-lhebergement-ash-en-etablissement-pour-les-personnes-agees-ou-en-situation-de-handicap/</t>
+        </is>
+      </c>
+      <c r="W121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aap-2025-violences-intrafamiliales-cd50</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa99-lrsquoaide-sociale-a-lrsquohebergement-ash-en/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>153888</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Faire une demande d'aide à la maison de l'autonomie - MDA (MDPH) pour les adultes ou les enfants en situation de handicap</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Demande d&amp;rsquo;aide à la Maison de l&amp;rsquo;autonomie – MDA (MDPH) pour les adultes ou les enfants en situation de handicap</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous allez expliquer à la MDA-MDPH votre situation, vos besoins, vos projets et vos attentes.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ En fonction des conditions prévues par la réglementation, vous pourrez peut-être bénéficier des droits suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ •	Allocation d&amp;#039;éducation de l&amp;#039;enfant handicapé (AEEH) voire un de ses compléments
+&lt;/p&gt;
+&lt;p&gt;
+ •	Orientation vers un établissement ou service médico-social (ESMS) enfants/adultes
+&lt;/p&gt;
+&lt;p&gt;
+ •	Carte mobilité inclusion (anciennes cartes d&amp;#039;invalidité, de priorité et de stationnement pour personnes handicapées)
+&lt;/p&gt;
+&lt;p&gt;
+ •	Prestation de compensation du handicap (PCH)
+&lt;/p&gt;
+&lt;p&gt;
+ •	Allocation aux adultes handicapés (AAH) voire un de ses compléments
+&lt;/p&gt;
+&lt;p&gt;
+ •	Renouvellement d&amp;#039;allocation compensatrice (ACTP ou ACFP)
+&lt;/p&gt;
+&lt;p&gt;
+ •	Projet personnalisé de scolarisation – parcours et aides à la scolarisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Orientation professionnelle et/ou formation professionnelle
+&lt;/p&gt;
+&lt;p&gt;
+ •	Reconnaissance de la qualité de travailleur handicapé (RQTH)
+&lt;/p&gt;
+&lt;p&gt;
+ •	Affiliation gratuite à l&amp;#039;assurance vieillesse des parents au foyer (AVPF)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Comment bénéficier de l&amp;#039;aide?
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez toutes les informations pour savoir comment bénéficier de l&amp;#039;aide sur cette page:
+ &lt;a href="https://www.manche.fr/demarches/vivre-mon-handicap/suivre-mon-dossier-daides/"&gt;
+  https://www.manche.fr/demarches/vivre-mon-handicap/suivre-mon-dossier-daides/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Handicap
+Santé
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/demande-daide-a-la-maison-de-lautonomie-mda-mdph-pour-les-adultes-ou-les-enfants-en-situation-de-handicap/</t>
+        </is>
+      </c>
+      <c r="W122" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea80-demande-drsquoaide-a-la-maison-de-lrsquoauton/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>153399</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets ruraux en Seine Aval</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="F123" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J123" s="1" t="inlineStr">
+        <is>
+          <t>Dépend du régime d'aide qui s'applique pour le projet</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
+&lt;/p&gt;
+&lt;p&gt;
+ -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un atelier de transformation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication autour de la valorisation des co-produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de points de vente de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financement de food-truck de produits de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructuration de foncier forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de noues afin de limiter le ruissellement et l&amp;#039;érosion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de supports de communication afin de sensibiliser à la gestion durable des forêts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation d&amp;#039;une friche agricole en forêt fruitière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un méthaniseur afin de gérer les biodéchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude sur les potentiels réemplois de co-produits céréaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un gîte touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;aires de repos pour les randonneurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un festival agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un jardin pédagogique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Inclusion numérique
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A établir avec l&amp;#039;animatrice selon le projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://leaderseineaval.com/</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Margaux GROSJEAN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  margaux.grosjean&amp;#64;safer-idf.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 06 37 01 89 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>margaux.grosjean@safer-idf.com</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I124" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J124" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Architecture
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>152453</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création, à la réhabilitation ou à l'aménagement d'équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SPORTIFS</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I125" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 75</t>
         </is>
       </c>
-      <c r="K94" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, à la réhabilitation ou à l&amp;#039;aménagement de tout équipement sportif, homologable ou non.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M94" s="1" t="inlineStr">
+      <c r="M125" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;un complexe sportif aquatique à Sainte-Marie
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation d&amp;#039;un grand gymnase multisports à Bellevue
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un plateau multisports en accès libre à La Roche-sur-Loire
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation d&amp;#039;un court de tennis à La Forêt-Verte
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;une aire de jeux et de fitness à proximité du parc municipal de Villeneuve
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un stade de football synthétique de niveau 5 à Saint-Étienne-des-Granges
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une aire de jeux inclusifs au cœur du quartier des Chênes
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un parcours de santé et de randonnée pédestre à L&amp;#039;Étang-Vert
@@ -19613,68 +25588,68 @@
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un éclairage LED au terrain d&amp;#039;entraînement de football du stade municipal
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un mur d&amp;#039;escalade et d&amp;#039;un skate-park à La Plaine des Jeunes
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une salle de pratiques sportives collectives avec gradins à La Ruche
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation des vestiaires et du club house du stade de rugby de La Prairie
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une aire de jeux pour enfants de moins de 12 ans près du city-stade à La Roseraie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un terrain multisports avec sécurisation à La Corniche
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du stade de football - Phase 2 à La Cité Verte
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Jeunesse
 Famille et enfance
 Handicap
 Citoyenneté
 Santé
 Equipement public
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O94" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R94" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -19899,6973 +25874,111 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   (2)
  &lt;/strong&gt;
  Sous réserve de l&amp;#039;avis favorable du chargé de projets sportifs auprès des collectivités du Département – M. Eric DZIEDZIC tél : 03-44-10-40-22 ou par mail eric.dziedzic&amp;#64;oise.fr.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien,
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition et renouvellement de petits matériels sportifs (ballons, cerceaux,...),
  &lt;/li&gt;
  &lt;li&gt;
   Réfection de courts de tennis de moins de 10 ans.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T94" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W94" s="1" t="inlineStr">
+      <c r="W125" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X94" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7ca1-aider-a-lamelioration-de-la-distribution-dele/</t>
         </is>
       </c>
-      <c r="AA94" s="1" t="inlineStr">
-[...5841 lines deleted...]
-      </c>
       <c r="AA125" s="1" t="inlineStr">
-        <is>
-[...1017 lines deleted...]
-      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>