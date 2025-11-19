--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA165"/>
+  <dimension ref="A1:AA164"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -361,55 +361,50 @@
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir le règlement du contrat nature téléchargeable sur le site de la région
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://www.bretagne.bzh/jcms/preprod_31181/fr/contrat-nature</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Région Bretagne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Service Patrimoine naturel et biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   email : patrimoine.naturel&amp;#64;bretagne.bzh
  &lt;/li&gt;
  &lt;li&gt;
   Tel : 02 99 27 15 66
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les contrats nature trame verte et bleue et territoriaux :
@@ -2145,55 +2140,50 @@
 Animation et mise en réseau
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Auvergne-Rhône-Alpes</t>
         </is>
       </c>
       <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.biodiversitetousvivants.fr/territoires/auvergne-rhone-alpes</t>
         </is>
       </c>
-      <c r="W11" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Juliette Berger, &lt;/strong&gt;&lt;em&gt;Cheffe de projet régional &amp;#34;Territoires Engagés pour la Nature&amp;#34;&lt;br /&gt;
 Union des CEN Auvergne Rhône-Alpes&lt;br /&gt;
 CEN Auvergne - Maison de la nature et de l&amp;#039;environnement&lt;br /&gt;
 17 avenue Jean Jaurès - 63200 Mozac&lt;/em&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;juliette.berger[a]cen-auvergne.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ea3c-sengager-dans-le-programme-territoires-engage/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
@@ -3896,55 +3886,50 @@
         </is>
       </c>
       <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U15" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
@@ -6658,55 +6643,50 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   À noter
  &lt;/strong&gt;
  : les personnes privées peuvent bénéficier de l&amp;#039;aide en cas de convention de gestion avec un organisme associatif ou public.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U30" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V30" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W30" s="1" t="inlineStr">
         <is>
           <t>https://www.fondation-patrimoine.org/c/soumettre-un-projet/obtenir-une-aide-financiere/programme-patrimoine-naturel-et-biodiversite/67</t>
         </is>
       </c>
       <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez
  Michel Doffagne :
  &lt;a href="mailto:michel.doffagne&amp;#64;fondation-patrimoine.org" rel="noopener" target="_blank"&gt;
   michel.doffagne&amp;#64;fondation-patrimoine.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>fanny.renaud@fondation-patrimoine.org</t>
         </is>
       </c>
       <c r="Z30" s="1" t="inlineStr">
         <is>
@@ -7802,55 +7782,50 @@
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V36" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W36" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/dispositif-actions-internationales</t>
         </is>
       </c>
       <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:actionsinternationales&amp;#64;iledefrance.fr"&gt;
  actionsinternationales&amp;#64;iledefrance.fr
 &lt;/a&gt;</t>
         </is>
       </c>
       <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fd51-actions-internationales-et-francophonie/</t>
         </is>
       </c>
       <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
@@ -11582,55 +11557,50 @@
         </is>
       </c>
       <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
       <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
-      <c r="W58" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y58" s="1" t="inlineStr">
         <is>
@@ -11829,51 +11799,51 @@
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U59" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
         </is>
       </c>
       <c r="W59" s="1" t="inlineStr">
         <is>
           <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
         </is>
       </c>
       <c r="X59" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u" target="_self"&gt;https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>nature2050@cdc-biodiversite.fr</t>
         </is>
       </c>
       <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
         </is>
       </c>
       <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:27" customHeight="0">
       <c r="A60" s="1">
         <v>119706</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Gérer les eaux de pluies dès la conception des projets d'urbanisme et d'aménagement urbain avec des solutions fondées sur la nature</t>
@@ -12011,263 +11981,90 @@
       <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  http://www.eau-seine-normandie.fr/formulaires_aides
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>camilleri.jean-louis@aesn.fr</t>
         </is>
       </c>
       <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
         </is>
       </c>
       <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:27" customHeight="0">
       <c r="A61" s="1">
-        <v>119707</v>
+        <v>119710</v>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gérer les eaux superficielles</t>
+          <t>Préserver et restaurer les cours d'eau et les habitats naturels associés aux rivières et aux millieux humides</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>Gestion des eaux superficielles</t>
+          <t>Gestion des rivières et des milieux humides</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Eure</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
-        <is>
-[...171 lines deleted...]
-      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H62" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I62" s="1" t="inlineStr">
+      <c r="I61" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Conseil départemental propose aux collectivités et associations du département ayant une compétence de gestion des
  rivières, milieux aquatiques et/ou humides des aides spécifiques afin de préserver et restaurer les cours d&amp;#039;eau et les
  habitats naturels associés.
 &lt;/p&gt;
 &lt;p&gt;
  Pour ce faire, le régime d&amp;#039;aides vise à entretenir et restaurer les milieux humides, à restaurer et conserver la qualité
  globale et la continuité écologique des cours d&amp;#039;eau.
 &lt;/p&gt;
 &lt;p&gt;
  Ce régime d&amp;#039;aides intègre le Plan Nature 2017-2027 et est financé au titre de la Taxe Départementale d&amp;#039;Aménagement
  (article L131-3 du code de l&amp;#039;environnement) puisque cette taxe permet de financer notamment l&amp;#039;acquisition de sites
  destinés à la préservation de la ressource en eau, leur aménagement, leur gestion et les travaux contribuant à la
  préservation ou à la remise en bon état des continuités écologiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les opérations éligibles avec un taux d&amp;#039;aide allant jusqu&amp;#039;à 20% sur le montant TTC quand l&amp;#039;attributaire ne
  &lt;/strong&gt;
  &lt;strong&gt;
   récupère
  &lt;/strong&gt;
  &lt;strong&gt;
   pas la TVA.
@@ -12425,64 +12222,64 @@
  Valorisation pédagogique rivières/zones humides : ouverture et aménagement d&amp;#039;un sentier en vue de faire découvrir le site.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Document de gestion établi,
   Inscription au PDIPR,
   Déplafonnement possible si les travaux sont portés par une association sur les sites ENS
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dès lors que le projet sera mis en œuvre sur un Espace Naturel Sensible, une majoration de &amp;#43; 20 % du régime
  &lt;/strong&gt;
  &lt;strong&gt;
   d&amp;#039;aide pourra être appliquée et un déplafonnement sera possible sur les associations ayant une compétence
  &lt;/strong&gt;
  &lt;strong&gt;
   avérée sur la restauration des zones humides.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Risques naturels
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;attribution
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les activités et actions bénéficiant de la Taxe Départementale d&amp;#039;Aménagement doivent être compatibles avec la
  législation concernant son utilisation (article L131-3 du code de l&amp;#039;Environnement).
 &lt;/p&gt;
 &lt;p&gt;
  Le bénéficiaire ne doit pas commencer les travaux avant d&amp;#039;avoir reçu l&amp;#039;accord de subvention ou une éventuelle dérogation.
 &lt;/p&gt;
 &lt;p&gt;
  Concernant les ouvrages hydrauliques, leur suppression doit être étudiée en premier lieu. Lorsque l&amp;#039;étude conclut à une
  impossibilité d&amp;#039;effacement de l&amp;#039;ouvrage pour des raisons techniques ou économiques, un dispositif de franchissement
  piscicole peut être financé.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux soumis à la loi sur l&amp;#039;Eau (procédure de déclaration/autorisation) et à la législation relative à la préservation de
  l&amp;#039;environnement doivent obtenir l&amp;#039;accord de la Police de l&amp;#039;Eau et ceux exécutés en domaine privé doivent être
  accompagnés d&amp;#039;une déclaration d&amp;#039;intérêt général. Ces démarches réglementaires conditionnent l&amp;#039;octroi d&amp;#039;une aide par le
  Département.
 &lt;/p&gt;
 &lt;p&gt;
@@ -12588,143 +12385,143 @@
 &lt;/p&gt;
 &lt;p&gt;
  - Photos avant (la demande de solde devra inclure les photos après travaux),
 &lt;/p&gt;
 &lt;p&gt;
  - Tableau de données pour la mise en œuvre fiches FORCE à fournir à la demande de solde.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour une acquisition foncière :
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - Carte des parcelles à acquérir,
 &lt;/p&gt;
 &lt;p&gt;
  - Estimation financière (Domaines, SAFER...),
 &lt;/p&gt;
 &lt;p&gt;
  - Copie de l&amp;#039;acte notarié ou compromis de vente.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>Eure</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  CONSEIL DÉPARTEMENTAL DE L&amp;#039;EURE
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel de Département
 &lt;/p&gt;
 &lt;p&gt;
  14 boulevard Georges Chauvin
 &lt;/p&gt;
 &lt;p&gt;
  CS 72101 - 27021 Evreux cedex
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 02 32 31 50 50
 &lt;/p&gt;
 &lt;p&gt;
  Marion HENRY
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:marion.henry&amp;#64;eure.fr" rel="noopener" target="_blank"&gt;
   marion.henry&amp;#64;eure.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>deera@eure.fr</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e96b-gerer-les-rivieres-et-les-millieux-humides/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-      <c r="A63" s="1">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>119940</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Département</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I63" s="1" t="inlineStr">
+      <c r="I62" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Priorités thématiques d&amp;#039;affectation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;p&gt;
    au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
   &lt;/p&gt;
  &lt;/li&gt;
@@ -12741,368 +12538,368 @@
  &lt;li&gt;
   &lt;p&gt;
    à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
    plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
 &lt;/p&gt;
 &lt;p&gt;
  Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M63" s="1" t="inlineStr">
+      <c r="M62" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique et mise aux normes de bâtiments publics
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une voie verte
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de nouveaux arrêts et terminus de bus
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une médiathèque
  &lt;/li&gt;
  &lt;li&gt;
   Réaménagement des locaux de l&amp;#039;office du tourisme
  &lt;/li&gt;
  &lt;li&gt;
   Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie et ouvrages d&amp;#039;art
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Technologies numériques et numérisation
 Tiers-lieux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les collectivités éligibles à la DSID :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La nature des projets éligibles :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
  &lt;/li&gt;
  &lt;li&gt;
   La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
  &lt;/li&gt;
  &lt;li&gt;
   en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
  &lt;/li&gt;
  &lt;li&gt;
   plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S63" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T63" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de sa préfecture de département ou de région.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-      <c r="A64" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>119942</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="C64" s="1" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I64" s="1" t="inlineStr">
+      <c r="I63" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J64" s="1" t="inlineStr">
+      <c r="J63" s="1" t="inlineStr">
         <is>
           <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
 &lt;/p&gt;
 &lt;p&gt;
  Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M64" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent par exemple concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
  &lt;/li&gt;
  &lt;li&gt;
   La transition écologique : par exemple, la rénovation énergétique des bâtiments
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.    Les communes doivent :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
  &lt;/li&gt;
  &lt;li&gt;
   soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
@@ -13131,132 +12928,132 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
 &lt;/p&gt;
 &lt;p&gt;
  Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets envisagés doivent répondre aux exigences suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
  &lt;/li&gt;
  &lt;li&gt;
   se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T64" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-      <c r="A65" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
         <v>119945</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Dotation de soutien à l'investissement local</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I65" s="1" t="inlineStr">
+      <c r="I64" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La
  &lt;strong&gt;
   dotation de soutien à l&amp;#039;investissement local
  &lt;/strong&gt;
  (DSIL) a été créée en 2016 afin de soutenir l&amp;#039;investissement local des collectivités du bloc communal, d&amp;#039;accompagner et de favoriser la transformation des territoires. Les décisions d&amp;#039;attribution de la DSIL relèvent du préfet de région et les crédits de cette dotation sont destinés à financer des opérations entrant dans l&amp;#039;une des 6 thématiques fixées par l&amp;#039;article L. 2334-42 du CGCT :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique, transition énergétique, développement des énergies renouvelables
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes et sécurisation des équipements publics
  &lt;/li&gt;
  &lt;li&gt;
   Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements
  &lt;/li&gt;
  &lt;li&gt;
   Développement du numérique et de la téléphonie mobile
  &lt;/li&gt;
  &lt;li&gt;
   Création, transformation et rénovation des bâtiments scolaires
  &lt;/li&gt;
  &lt;li&gt;
@@ -13287,219 +13084,219 @@
  &lt;li&gt;
   pour 35% en fonction de la  population située dans une unité urbaine de moins de 50.000 habitants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour la première part, est prise en compte la population municipale des régions. Pour le département de Mayotte, la population DGF du département est retenue. Pour la seconde part, la population prise en compte est la population DGF des communes, telle que définie à l&amp;#039;article L. 2334-2 du CGCT et les unités urbaines sont celles qui figurent sur la liste publiée par l&amp;#039;Institut national de la statistique et des études économiques.
 &lt;/p&gt;
 &lt;p&gt;
  Cette répartition vise à apporter un soutien privilégié aux régions dans lesquelles se concentrent les collectivités de taille modeste qui peuvent rencontrer davantage de difficultés à mobiliser les financements nécessaires à des projets structurants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Gestion déconcentrée de la DSIL :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Depuis sa création en 2016, la gestion de la dotation de soutien à l&amp;#039;investissement local a été confiée à l&amp;#039;échelon régional, ce qui signifie que les préfets de région attribuent les subventions au titre de la DSIL en concertation avec les sous-préfets d&amp;#039;arrondissement et le préfet de département. Le caractère régional de la dotation permet aux préfets de région de s&amp;#039;adapter aux spécificités de leurs territoires sans être contraints par une enveloppe départementale et de mettre en œuvre des stratégies infrarégionales de manière souple, en priorisant les territoires disposant des ressources les moins élevées pour investir.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet de loi relatif à la différenciation, la décentralisation, la déconcentration et portant diverses mesures de simplification de l&amp;#039;action publique locale (3DS) réaffirme la compétence de principe du préfet de région pour l&amp;#039;attribution des subventions. Afin de fluidifier le processus d&amp;#039;attribution, il autorise néanmoins le préfet de département à signer les actes associés à l&amp;#039;attribution des subventions, au nom et par délégation du préfet de région et dans les conditions que celui-ci fixe.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M65" s="1" t="inlineStr">
+      <c r="M64" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique des bâtiments communaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de la mairie
  - Sécurisation des accès à l&amp;#039;école
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une piste cyclable - aménagement d&amp;#039;un chemin piéton dans le cadre des mobilités douces
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un terrain multi-sport - aménagement d&amp;#039;équipements sportifs divers
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un groupe scolaire
  - rénovation de la cantine scolaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Revitalisation
 Risques naturels
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T65" s="1" t="inlineStr">
+      <c r="T64" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-      <c r="A66" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>119980</v>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Dotation d'équipement des territoires ruraux</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G66" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I66" s="1" t="inlineStr">
+      <c r="I65" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La
  &lt;strong&gt;
   Dotation d&amp;#039;équipement des territoires ruraux
  &lt;/strong&gt;
  (DETR) a pour objectif de financer les projets d&amp;#039;investissement des communes et de leurs groupements dans le domaine économique, social, environnemental et touristique ainsi que ceux favorisant le développement ou le maintien des services publics en milieu rural.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités d&amp;#039;attribution de la DETR sont caractérisées par une gestion largement déconcentrée permettant une adaptation aux priorités locales. Une commission départementale d&amp;#039;élus (dite &amp;#34;commission DETR&amp;#34;) est chargée de définir les catégories d&amp;#039;opérations prioritaires, les taux de subvention minimaux et maximaux applicables à chacune d&amp;#039;elles dans la limite des planchers et plafonds définis par le code général des collectivités territoriales (20-80%), et de donner son avis sur tous les projets de subvention supérieurs à 100 000 euros.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il convient donc, pour s&amp;#039;assurer de l&amp;#039;éligibilité d&amp;#039;une opération d&amp;#039;investissement au titre de cette dotation, de vérifier que celle-ci s&amp;#039;inscrive bien dans le cadre des catégories prioritaires définies par la commission dans le département concerné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Priorités nationales d&amp;#039;affectation pour 2022 :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En 2022, certaines priorités nationales ont été fixées, sous réserve du respect des décisions de la commission des élus. Ces priorités sont fixées par l&amp;#039;instruction ministérielle du 7 janvier 2022 relative à la composition et aux règles d&amp;#039;emploi des dotations et fonds de soutien à l&amp;#039;investissement en faveur des territoires en 2022 (https://www.legifrance.gouv.fr/download/pdf/circ?id&amp;#61;45271).
 &lt;/p&gt;
@@ -13519,443 +13316,443 @@
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % en fonction de la population regroupée des communes caractérisées comme peu denses ou très peu denses, au sens de l&amp;#039;INSEE, au 1er janvier de l&amp;#039;année précédant l&amp;#039;année au titre de laquelle la répartition est effectuée, situées dans les établissements publics de coopération intercommunale à fiscalité propre répondant aux critères d&amp;#039;éligibilité indiqués au 1° de l&amp;#039;article L. 2334-33 et qui ont leur siège dans le département ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % en fonction du rapport, pour chaque EPCI à fiscalité propre éligible, entre le potentiel fiscal moyen par habitant des EPCI à fiscalité propre de sa catégorie et son potentiel fiscal moyen par habitant ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  2°) la seconde moitié de la dotation est répartie en fonction de critères de densité du département et du potentiel financier des communes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % répartis entre les départements, en proportion du rapport entre la densité moyenne de population de l&amp;#039;ensemble des départements et la densité de population du département, le rapport pris en compte étant plafonné à 10 ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •    à raison de 25 % en fonction du rapport, pour chaque commune répondant aux critères d&amp;#039;éligibilité indiqués aux a et b du 2° de l&amp;#039;article L. 2334-33, entre le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes appartenant au même groupe démographique et son potentiel financier moyen par habitant.
  &lt;br /&gt;
  Les données utilisées sont les données au 1er janvier N-1.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M66" s="1" t="inlineStr">
+      <c r="M65" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation des équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation thermique d&amp;#039;une école
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un bâtiment scolaire
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes défense incendie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un système de vidéoprotection
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de bâtiments recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les communes de Saint-Pierre-et-Miquelon ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
+      <c r="T65" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la DETR 2022</t>
         </is>
       </c>
-      <c r="X66" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z66" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-      <c r="A67" s="1">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
         <v>120089</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche de Transition Ecologique avec le programme Territoire engagé</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Programme Territoire Engagé Transition Ecologique - Accompagnement des collectivités par un conseiller Territoire Engagé</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I67" s="1" t="inlineStr">
+      <c r="I66" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;span&gt;deux référentiels thématiques&lt;/span&gt; ambitieux et progressifs, &lt;span&gt;un programme d&amp;#039;accompagnement&lt;/span&gt;, &lt;span&gt;une animation&lt;/span&gt;, &lt;span&gt;un parcours de labellisation&lt;/span&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;span&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/span&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;span&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/span&gt; ainsi qu’un &lt;span&gt;appui à l’animation du projet&lt;/span&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M67" s="1" t="inlineStr">
+      <c r="M66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  De nombreuses collectivités ont déjà profité de cette accompagnement.
  &lt;a href="https://www.territoiresentransitions.fr/programme#carte" target="_blank"&gt;Découvrez leurs actions et retour d&amp;#039;expérience sur notre site internet.     Ouvre une nouvelle fenêtre&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Economie circulaire
 Economie locale et circuits courts
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement" target="_blank"&gt;Prenez contact avec votre direction régionale de l&amp;#039;ADEME&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S67" s="1" t="inlineStr">
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T67" s="1" t="inlineStr">
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
         <is>
           <t>https://territoireengagetransitionecologique.ademe.fr/</t>
         </is>
       </c>
-      <c r="W67" s="1" t="inlineStr">
+      <c r="W66" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement</t>
         </is>
       </c>
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="mailto:territoireengage&amp;#64;ademe.fr" target="_blank"&gt;territoireengage&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>mathieu.teulier@ademe.fr</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3ac7-accompagnement-des-collectivites-par-un-conse/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-      <c r="A68" s="1">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
         <v>120459</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Planter sur les biens communaux et intercommunaux</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vendée</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="J68" s="1" t="inlineStr">
+      <c r="J67" s="1" t="inlineStr">
         <is>
           <t>subvention en nature</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre de son plan Vendée Biodiversité et Climat, le Département développe des actions volontaristes, innovantes et pragmatiques. C&amp;#039;est dans cet esprit que s&amp;#039;inscrit l&amp;#039;action « Planter 600 000 arbres » en collaboration avec les Communes et les Établissements Publics de Coopération Intercommunale (E.P.C.I.).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;intervention du Département porte sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la réalisation des plantations,
  &lt;/li&gt;
  &lt;li&gt;
   la période de parachèvement des plantations (de la plantation jusqu&amp;#039;au constat de reprise des végétaux, soit 1 an au maximum),
  &lt;/li&gt;
  &lt;li&gt;
   la période de confortement des plantations (c&amp;#039;est-à-dire l&amp;#039;entretien des végétaux pendant 1 an à compter du constat de reprise des végétaux), soit une période totale de deux ans maximum à compter de la réalisation des plantations jusqu&amp;#039;au transfert de leur propriété à la Collectivité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Cette intervention revêt le caractère d&amp;#039;une subvention en nature.
 &lt;/p&gt;
 &lt;p&gt;
  Les plantations d&amp;#039;arbres et leur entretien seront prises en charge directement par le Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Espaces verts
 Foncier
 Biodiversité
 Paysage
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le soutien du Département doit permettre la réalisation de nouveaux projets qui vont au-delà de ceux déjà programmés par les Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Les plantations doivent se situer sur des parcelles appartenant à la Commune ou à l&amp;#039;Établissement Public de Coopération Intercommunale (E.P.C.I.) sans destination ou usage possible (pas de vocation agricole, difficulté d&amp;#039;entretien, délaissés de toute nature,...). Cette mesure ne concerne pas les aménagements paysagers et de loisirs.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets seront co-construits entre la Collectivité et le Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets peuvent concerner une ou plusieurs opérations de plantations qui doivent au global présenter les caractéristiques suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   constitutions de bosquets d&amp;#039;une surface minimale de 500 m2 ;
  &lt;/li&gt;
  &lt;li&gt;
   ou plantations de haies d&amp;#039;un minimum de 100 mètres linéaires ;
  &lt;/li&gt;
  &lt;li&gt;
   ne pas avoir comme finalité première la productivité et la valorisation économique (la valorisation des produits des coupes d&amp;#039;entretien réalisées dans le respect des règles est toutefois possible) ;
  &lt;/li&gt;
@@ -14010,192 +13807,192 @@
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;achat des matériaux relatifs à la plantation (paillage biodégradable, protection anti-gibier biodégradable et tuteurage),
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de préparation de terrain,
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de plantation,
  &lt;/li&gt;
  &lt;li&gt;
   la préparation ou la fourniture du paillage biodégradable,
  &lt;/li&gt;
  &lt;li&gt;
   la pose du paillage biodégradable, des protections biodégradables et du tuteurage,
  &lt;/li&gt;
  &lt;li&gt;
   la période de parachèvement puis la période de confortement des plants pour une durée maximum de 2 ans,
  &lt;/li&gt;
  &lt;li&gt;
   la remise de conseils pour la gestion des plantations.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T68" s="1" t="inlineStr">
+      <c r="T67" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche
 &lt;/p&gt;
 &lt;p&gt;
  Service Agriculture et Pêche
 &lt;/p&gt;
 &lt;p&gt;
  40, rue du Maréchal Foch
 &lt;/p&gt;
 &lt;p&gt;
  85923 LA ROCHE-SUR-YON CEDEX 9
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 02.28.85.86.37    Fax : 02.51.44.20.25
 &lt;/p&gt;
 &lt;p&gt;
  E-mail :
  &lt;a href="mailto:agriculture&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
   agriculture&amp;#64;vendee.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>gaelle.daviaud@vendee.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/161d-planter-sur-les-biens-communaux-et-intercommu/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-      <c r="A69" s="1">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
         <v>121006</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Subzen</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale vous propose
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
   l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
  &lt;/li&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
  &lt;/li&gt;
  &lt;li&gt;
   Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M69" s="1" t="inlineStr">
+      <c r="M68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -14216,491 +14013,325 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R69" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
 &lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
 &lt;p&gt;
  Après étude et acceptation de votre dossier par La Banque Postale.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T69" s="1" t="inlineStr">
+      <c r="T68" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
         </is>
       </c>
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-[...166 lines deleted...]
-      <c r="A71" s="1">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
         <v>128232</v>
       </c>
-      <c r="B71" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Replacer la nature au cœur des aménagements</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Ma Commune Grandeur Nature</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Eure</t>
         </is>
       </c>
-      <c r="G71" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I71" s="1" t="inlineStr">
+      <c r="I69" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 80</t>
         </is>
       </c>
-      <c r="K71" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un dispositif global qui accompagne techniquement et financièrement les communes et intercommunalités qui placent la nature au cœur de leurs projets et aménagements pour :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Créer ou recréer des espaces de nature en ville et centres bourgs : végétalisation, renaturation, désimperméabilisation, création d&amp;#039;ilots de fraicheur, de jardins partagés, ouvriers...
  &lt;/li&gt;
  &lt;li&gt;
   Aménager et gérer les milieux naturels des communes : restauration de mares, haies, boisements, vergers, prairies, coteaux et terrasses alluviales, zones humides, aménagement de sentiers de découverte, équipements de préservation de la faune sauvage...
  &lt;/li&gt;
  &lt;li&gt;
   Aménager des zones de transition entre les espaces urbanisés et les espaces agricoles.
  &lt;/li&gt;
  &lt;li&gt;
   Préserver la biodiversité, les rivières et les zones humides.
  &lt;/li&gt;
  &lt;li&gt;
   Intégrer les enjeux environnementaux dans les projets d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M71" s="1" t="inlineStr">
+      <c r="M69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  5 types de projets sont éligibles à l&amp;#039;accompagnement proposé dans le cadre de ce dispositif :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Type de projet 1 : Végétalisation et renaturation des espaces publics
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 2 : Renaturation des espaces publics - Végétalisation des cimetières
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 3 : Création de jardins partagés et solidaires, Jardins ouvriers et familiaux
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 4 : Aménagement et gestion des milieux naturels des communes - Renaturation de mares
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 5 : Aménagement et gestion des milieux naturels des communes - Biodiversité
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Espaces verts
 Espace public
 Biodiversité
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O71" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R71" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avant tout dépôt de dossier, une visite technique sera réalisée sur le terrain par le Département et/ou le CAUE27 afin de définir la place de la nature dans la commune. Pour organiser cette visite, contactez l&amp;#039;Agence de la ruralité.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T71" s="1" t="inlineStr">
+      <c r="T69" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>Eure</t>
         </is>
       </c>
-      <c r="V71" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>https://agencedelaruralite-eure.fr/</t>
         </is>
       </c>
-      <c r="X71" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Agence de la Ruralité du Département de l&amp;#039;Eure
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:agencedelaruralite&amp;#64;eure.fr" target="_self"&gt;
   agencedelaruralite&amp;#64;eure.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 27 34 02 27
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>deera@eure.fr</t>
         </is>
       </c>
-      <c r="Z71" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f2c7-replacer-la-nature-au-cur-des-amenagements/</t>
         </is>
       </c>
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-      <c r="A72" s="1">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
         <v>128944</v>
       </c>
-      <c r="B72" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Valoriser et soutenir les initiatives en faveur de la préservation de la biodiversité</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Programme d’aide à la renaturation et à la préservation des espaces naturels</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vendée</t>
         </is>
       </c>
-      <c r="G72" s="1" t="inlineStr">
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H72" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I72" s="1" t="inlineStr">
+      <c r="I70" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="K72" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà de la sauvegarde et de la préservation des espaces naturels déjà identifiés, certains territoires souhaitent promouvoir de manière active :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la renaturation de certains sites dégradés ou menacés
   &lt;/li&gt;
   &lt;li&gt;
    la création ou la restauration d&amp;#039;infrastructures écologiques
   &lt;/li&gt;
   &lt;li&gt;
    la valorisation de sites au potentiel biologique avéré,
   &lt;/li&gt;
   &lt;li&gt;
    le changement des pratiques et des usages pour remettre l&amp;#039;environnement et la biodiversité au cœur des préoccupations.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Il s&amp;#039;agit aussi de garantir les mesures de gestion écologique pérennes (plans de gestion), afin de maintenir les intérêts biologiques et les fonctionnalités écologiques des habitats naturels restaurés ou créés.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre d&amp;#039;un programme sectoriel, le Département soutiendra les projets de renaturation, de restauration et de création d&amp;#039;un patrimoine environnemental mettant en valeur les pratiques et modes de gestion respectueux du site ainsi que les projets exemplaires de reconquête des paysages et des habitats naturels ; étant précisé ici que ce programme est complémentaire du dispositif de labellisation des espaces naturels sensibles, existant par ailleurs sur les secteurs identifiés à fort enjeu biodiversité dans le cadre du schéma départemental des espaces naturels sensibles.
 &lt;/p&gt;
@@ -14722,78 +14353,78 @@
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;aide sera plafonnée à 20 000 € pour les études cumulées, dépenses de maîtrise d&amp;#039;oeuvre comprises.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  - Pour les travaux et investissements :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    40% des dépenses éligibles ;
   &lt;/li&gt;
   &lt;li&gt;
    80% pour les plantations (fourniture des plants, préparation et mise en œuvre paillage et protection), conformément à la liste jointe en annexe au présent règlement ;
   &lt;/li&gt;
   &lt;li&gt;
    80% pour la création et curage de mares naturelles et la suppression d&amp;#039;obstacles s&amp;#039;opposant à l&amp;#039;écoulement naturel de l&amp;#039;eau.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide cumulée sera plafonnée à 400 000 € pour les travaux de reconquête en tant que tels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M72" s="1" t="inlineStr">
+      <c r="M70" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   les travaux de restauration et de renaturation
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de création d&amp;#039;infrastructures écologiques : mares, haies, bosquets, zones humides, frayères,...
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de reconquête d&amp;#039;espaces naturels, en particulier les travaux de déconstruction.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N70" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
+      <c r="R70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions d&amp;#039;éligibilité des projets :
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les projets présentés dans la cadre du présent programme devront cibler en premier lieu des opérations de reconquête écologique d&amp;#039;espaces dégradés et/ou menacés et les opérations d&amp;#039;amélioration quantitative et qualitative des habitats naturels et de leurs fonctionnalités. Ils comporteront un volet « restauration des fonctionnalités écologiques » à l&amp;#039;échelle d&amp;#039;un continuum écologique identifié dans le cadre d&amp;#039;un diagnostic préalable élargi.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets soutenus de manière prioritaire seront ceux qui présenteront un intérêt départemental, soit par l&amp;#039;envergure / l&amp;#039;ambition du projet, soit par le caractère innovant des opérations de création/renaturation, soit enfin par la rareté de l&amp;#039;habitat naturel et/ou de l&amp;#039;espèce ou des espèces cible(s) identifiée(s).
   &lt;/li&gt;
   &lt;li&gt;
    Les projets de réaménagement paysager seul, à des fins esthétiques et/ou d&amp;#039;usages de loisirs, sont exclus du présent programme, d&amp;#039;autres règlements d&amp;#039;aide ou dispositifs contractuels pouvant exister par ailleurs.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets d&amp;#039;équipements de mobiliers et clôtures ou de sentier d&amp;#039;interprétation seul sont exclus du présent programme s&amp;#039;ils ne sont pas intégrés dans un projet global de création, de renaturation ou de mise en défens des milieux naturels.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets retenus devront présenter une garantie de pérennité de l&amp;#039;action et de gestion environnementale dans la durée, c&amp;#039;est-à-dire, sur une durée minimum de 20 ans. A ce titre, les dossiers retenus, lorsqu&amp;#039;il s&amp;#039;agit notamment de travaux, devront obligatoirement prévoir un plan de gestion et un engagement du pétitionnaire à mettre en oeuvre, sur la durée considérée, les moyens nécessaires pour évaluer sur le plan scientifique les actions engagées (suivis écologiques) et maintenir la vocation environnementale des espaces restaurés. Ce plan de gestion devra préciser, année par année, les coûts prévisionnels des opérations à engager, qu&amp;#039;il s&amp;#039;agisse de travaux de gestion ou de suivis écologiques.
   &lt;/li&gt;
   &lt;li&gt;
    A l&amp;#039;issue du programme de renaturation et après validation du plan de gestion par le Département, suivant la nature des travaux réalisés et l&amp;#039;envergure du projet au regard des enjeux départementaux en matière de biodiversité, l&amp;#039;espace naturel ainsi reconstitué, pourra être éligible au second dispositif départemental déployé pour garantir la pérennité des actions de gestion engagées, à savoir la labellisation Espaces Naturels Sensibles.
   &lt;/li&gt;
@@ -14831,1776 +14462,1776 @@
   &lt;/li&gt;
   &lt;li&gt;
    Les équipements permettant de sensibiliser le public à la préservation des habitats naturels, de la faune et de la flore : clôtures, observatoires, pontons pédagogiques...
   &lt;/li&gt;
   &lt;li&gt;
    Les plans de gestion des espaces naturels, visant à définir les mesures de gestion et d&amp;#039;accompagnement sur une durée de 5 ans minimum ; étant précisé que le bénéficiaire s&amp;#039;engage tacitement par le présent programme, à réviser le plan de gestion initial, pendant la durée minimale contractuelle, à savoir 20 ans.
   &lt;/li&gt;
   &lt;li&gt;
    Les plans de sauvegarde d&amp;#039;espèces rares et menacées.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les projets de travaux devront obtenir au préalable un avis technique favorable des services du Département. Le Département pourra associer, suivant la nature du projet, son réseau de partenaires scientifiques et associatifs.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux devront obtenir l&amp;#039;ensemble des autorisations réglementaires afférentes aux secteurs concernés (autorisation Natura 2000, autorisation unique, permis d&amp;#039;aménager, dérogation CNPN, etc...).
 &lt;/p&gt;
 &lt;p&gt;
  Le programme d&amp;#039;aide est limité à un projet par bénéficiaire et par an hors projet d&amp;#039;ensemble.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département devra être associé au comité de pilotage et/ou aux réunions de suivi de l&amp;#039;ensemble des phases études, travaux et plan de gestion.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T72" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
         <is>
           <t>https://www.vendee.fr/</t>
         </is>
       </c>
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Vendée
 &lt;/p&gt;
 &lt;p&gt;
  Service Nature et biodiversité
 &lt;/p&gt;
 &lt;p&gt;
  40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02 28 85 86 48
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:nature&amp;#64;vendee.fr" target="_self"&gt;
   nature&amp;#64;vendee.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>sophie.gouel@vendee.fr</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/acff-valoriser-et-soutenir-les-initiatives-en-fave/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>131002</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M73" s="1" t="inlineStr">
+      <c r="M71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W73" s="1" t="inlineStr">
+      <c r="W71" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Stéphanie GARRIDO / Thomas FOUREST
 &lt;/p&gt;
 &lt;p&gt;
  ARBE
 &lt;/p&gt;
 &lt;p&gt;
  04.42.90.90.60-54 / 04.42.90.90.66
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;a target="_self"&gt;
    ville-nature&amp;#64;arbe-regionsud.org
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/32a9-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>131003</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bourgogne Franche-Comté</t>
         </is>
       </c>
-      <c r="D74" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M74" s="1" t="inlineStr">
+      <c r="M72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W74" s="1" t="inlineStr">
+      <c r="W72" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bruno Dorbani
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chef du service TerritoireChef du service Territoire
 &lt;/p&gt;
 &lt;p&gt;
  Agence Régionale de la Biodiversité de Bourgogne-Franche-Comté
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   bruno.dorbani&amp;#64;arb-bfc.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a952-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
         <v>131004</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bretagne</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M75" s="1" t="inlineStr">
+      <c r="M73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W75" s="1" t="inlineStr">
+      <c r="W73" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Anne-Hélène LE DU
 &lt;/p&gt;
 &lt;p&gt;
  Responsable du Pôle ingénierie de projets
 &lt;/p&gt;
 &lt;p&gt;
  06 02 19 65 28
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   annehelene.ledu&amp;#64;biodiversite.bzh
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e4e3-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>131009</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="D76" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M76" s="1" t="inlineStr">
+      <c r="M74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W76" s="1" t="inlineStr">
+      <c r="W74" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Benjamin Virely
 &lt;/p&gt;
 &lt;p&gt;
  Agence régionale de la biodiversité Centre-Val de Loire
 &lt;/p&gt;
 &lt;p&gt;
  09 70 72 40 12
 &lt;/p&gt;
 &lt;p&gt;
  benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df17-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>131010</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Normandie</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M77" s="1" t="inlineStr">
+      <c r="M75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>Normandie</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W77" s="1" t="inlineStr">
+      <c r="W75" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Guillaume Salagnac
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission Mobilisation des collectivités - Territoires engagés pour la nature
 &lt;/p&gt;
 &lt;p&gt;
  Agence normande de la biodiversité et du développement durable
 &lt;/p&gt;
 &lt;p&gt;
  Tel. : 02 35 15 78 02
 &lt;/p&gt;
 &lt;p&gt;
  Mail : guillaume.salagnac&amp;#64;anbdd.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/62d4-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>131011</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Occitanie</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M78" s="1" t="inlineStr">
+      <c r="M76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W78" s="1" t="inlineStr">
+      <c r="W76" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/formulaire-de-candidature-2023-territoires-engages</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cécile BEDEL
 &lt;/p&gt;
 &lt;p&gt;
  Agence Régionale de la Biodiversité Occitanie
 &lt;/p&gt;
 &lt;p&gt;
  05 61 39 67 94
 &lt;/p&gt;
 &lt;p&gt;
  cecile.bedel&amp;#64;arb-occitanie.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/219b-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>131012</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Hauts-de-France</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Union régionale des Centres permanents d'Initiative pour l'Environnement - Hauts-de-France (CPIE)</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M79" s="1" t="inlineStr">
+      <c r="M77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W79" s="1" t="inlineStr">
+      <c r="W77" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/hauts-de-france</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;animation régionale du dispositif par l&amp;#039;URCPIE Hauts-de-France :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr" target="_self"&gt;
   animation-ten&amp;#64;cpie-hautsdefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3266-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
         <v>131013</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"-  Grand Est</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M80" s="1" t="inlineStr">
+      <c r="M78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W80" s="1" t="inlineStr">
+      <c r="W78" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/grand-est</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Région Grand Est
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Nassera Deroueche
 &lt;/p&gt;
 &lt;p&gt;
  03 87 61 66 91
 &lt;/p&gt;
 &lt;p&gt;
  nassera.deroueche&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Office français de la biodiversité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  David Monnier
 &lt;/p&gt;
 &lt;p&gt;
  03 87 62 86 07
 &lt;/p&gt;
 &lt;p&gt;
  david.monnier&amp;#64;ofb.gouv.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b9d5-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>132273</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Se former sur l'urbanisme favorable à la santé [formation]</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Module de formation sur l'urbanisme favorable à la santé</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>Agence régionale de santé (ARS) — Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le module pédagogique sur l&amp;#039;urbanisme favorable à la santé du portail e-set BFC a pour objectif de donner des clés de lecture aux collectivités territoriales pour développer, promouvoir les enjeux de l&amp;#039;urbanisme favorable à la santé dans leurs politiques d&amp;#039;aménagement.
 &lt;/p&gt;
 &lt;p&gt;
  Mais qu&amp;#039;est ce que l&amp;#039;urbanisme favorable à la santé ? Pourquoi et comment faire ?
 &lt;/p&gt;
 &lt;p&gt;
  Vous y trouverez également des retours d&amp;#039;expériences de collectivités territoriales de Bourgogne-Franche-Comté qui ont mis en place des projets urbains favorables à la santé.
 &lt;/p&gt;
 &lt;p&gt;
  Lien:
  &lt;a href="https://www.sante-environnement-bfc.fr/capsules/urbanisme-et-cadre-de-vie-favorables-a-la-sante/#/" target="_self"&gt;
   https://www.sante-environnement-bfc.fr/capsules/urbanisme-et-cadre-de-vie-favorables-a-la-sante/#/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M81" s="1" t="inlineStr">
+      <c r="M79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Développement de l&amp;#039;urbanisne favorable à la santé au sein des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formation accessible à tous
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T81" s="1" t="inlineStr">
+      <c r="T79" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V79" s="1" t="inlineStr">
         <is>
           <t>https://www.sante-environnement-bfc.fr/capsules/urbanisme-et-cadre-de-vie-favorables-a-la-sante/#/</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Michael NGUYEN HUU, référent urbanisme favorable à la santé à l&amp;#039;ARS Bourgogne Franche Comté, michael.nguyen-huu&amp;#64;ars.sante.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>michael.nguyen-huu@ars.sante.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0f93-module-de-formation-sur-lurbanisme-favorable-/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
         <v>132278</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -16629,404 +16260,404 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T82" s="1" t="inlineStr">
+      <c r="T80" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W82" s="1" t="inlineStr">
+      <c r="W80" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>133056</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des friches</t>
         </is>
       </c>
-      <c r="C83" s="1" t="inlineStr">
+      <c r="C81" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Introduit par la loi Climat et résilience du 22 août 2021, l&amp;#039;objectif de Zéro artificialisation nette (ZAN) vise à réduire au maximum l&amp;#039;étalement urbain en limitant, d&amp;#039;une part les constructions sur des espaces naturels, agricoles ou forestiers et en compensant d&amp;#039;autre part, l&amp;#039;urbanisation par une plus grande place accordée à la nature dans les espaces urbanisés.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les friches sont perçues aujourd&amp;#039;hui comme une opportunité pour atteindre les objectifs du ZAN, encore faut-il savoir les repérer et connaitre leurs caractéristiques.
 &lt;/p&gt;
 &lt;p&gt;
  Au regard de leurs caractéristiques, de leur localisation, du contexte et des dynamiques dans lesquels elles s&amp;#039;inscrivent, il peut aussi bien être préférable de privilégier des opérations de renouvellement urbain (habitat, industrie, data center, bureaux...), ou au contraire de les désimperméabiliser et de les renaturer afin de répondre à des enjeux environnementaux (carence en espaces verts, inondations, îlots de chaleur urbains...), de préserver celles qui se sont réensauvagées et constituent désormais des réservoirs de biodiversité, ou encore de remettre en état des espaces agricoles.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise conséquente dans l&amp;#039;identification des friches et leur potentialité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M83" s="1" t="inlineStr">
+      <c r="M81" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les agences d&amp;#039;urbanisme lorraines (AGURAM, Agape et Scalen) ont construit un observatoire des friches pour les 4 départements – Moselle, Meurthe-et-Moselle, Meuse, Vosges. La base de données constituée dans le cadre de l&amp;#039;observatoire regroupe les friches militaires, industrielles, commerciales, administratives et touristiques recensées entre 2015 et 2018 sur le périmètre de l&amp;#039;ancienne Région Lorraine.
   &lt;a href="http://www.epfge.fr/website_operations/FRICHE_WEB/carto/frichesfOrigine.html" target="_self"&gt;
    Consulter la cartographie intéractive
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a créé un observatoire des friches franciliennes.
   &lt;a href="https://www.institutparisregion.fr/amenagement-et-territoires/observatoire-des-friches-franciliennes/" target="_self"&gt;
    Consulter l&amp;#039;Observatoire
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T83" s="1" t="inlineStr">
+      <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b05-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
         <v>133059</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
         </is>
       </c>
-      <c r="C84" s="1" t="inlineStr">
+      <c r="C82" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
 &lt;/p&gt;
 &lt;p&gt;
  Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M84" s="1" t="inlineStr">
+      <c r="M82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Etudes pré opératoire à la renaturation des espaces en ville
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
   &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
   &lt;em&gt;
    Renaturer les milieux urbains
   &lt;/em&gt;
   » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
   &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
@@ -17047,539 +16678,510 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Etudes d&amp;#039;identification des gisements de renaturation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
   &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
    Consulter les travaux
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
   &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>138027</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E85" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Préserver un site ENS</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Préserver un site ENS</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K85" s="1" t="inlineStr">
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>Participation plafonnée à 50% selon la nature des dépenses.</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
-[...24 lines deleted...]
-  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nature des dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;En investissement :&lt;/strong&gt;&lt;br /&gt; - Etude de définition (périmètres, animation / sensibilisation, analyse des enjeux et menaces, définition des objectifs) ;&lt;br /&gt;-  Rédaction du plan de gestion, évaluation du plan de gestion ;&lt;br /&gt;-  Etude APS/APD travaux de restauration écologique – plan de gestion obligatoire ;&lt;br /&gt;-  Maîtrise d’œuvre des études et des travaux – plan de gestion obligatoire ;&lt;br /&gt;-  Travaux – plan de gestion obligatoire ;&lt;br /&gt;-  Premiers investissements matériels – plan de gestion obligatoire.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;En fonctionnement :&lt;/strong&gt;&lt;br /&gt;-  Dépenses de personnels (salaires, déplacements) ;&lt;br /&gt;-  Dépenses d’animation – plan de gestion obligatoire ;&lt;br /&gt;-  La réalisation des inventaires et des suivis est couverte par la fiche A.&lt;/p&gt;&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T85" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; - Sites ENS actuels opérationnels.&lt;/p&gt;&lt;p&gt; -  Nouveaux sites ENS prioritaires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X85" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  -    Service gestionnaire :
-[...11 lines deleted...]
- Email :
+  -    Service gestionnaire : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
  &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
-  jacques.grimaud&amp;#64;hauteloire.fr
-[...7 lines deleted...]
-      <c r="Y85" s="1" t="inlineStr">
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/11cf-preserver-et-gerer-les-espaces-naturels-sensi/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
         <v>139926</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Transition écologique</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides de la CCMS.
 &lt;/p&gt;
 &lt;p&gt;
  Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P86" s="1" t="inlineStr">
+      <c r="P84" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q86" s="1" t="inlineStr">
+      <c r="Q84" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R86" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T86" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  c.maitre&amp;#64;cc-massifdusancy.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>139927</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -17625,183 +17227,183 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P87" s="1" t="inlineStr">
+      <c r="P85" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q87" s="1" t="inlineStr">
+      <c r="Q85" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R87" s="1" t="inlineStr">
+      <c r="R85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>142229</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
         </is>
       </c>
-      <c r="C88" s="1" t="inlineStr">
+      <c r="C86" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Atelier des territoires Flash</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
 &lt;/p&gt;
 &lt;p&gt;
  A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -17961,51 +17563,51 @@
  &lt;strong&gt;
   Durée de l&amp;#039;atelier : 2 à 3 jours
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Documents stratégiques  : feuille de route, esquisse de plan-guide
  &lt;/li&gt;
  &lt;li&gt;
   Documents opérationnels  : cahier des charges, charte, éléments de communication
  &lt;/li&gt;
  &lt;li&gt;
   Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Réseaux de chaleur
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
@@ -18015,56 +17617,56 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  CANDIDATURE
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   EN SYNTHESE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES PORTEURS
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -18093,154 +17695,154 @@
  &lt;/li&gt;
  &lt;li&gt;
   Section 2 - la localisation de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 4 - les objectifs de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 5 - les ressources de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 1 - les dynamiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 2 - les dynamiques d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T88" s="1" t="inlineStr">
+      <c r="T86" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>142680</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C89" s="1" t="inlineStr">
+      <c r="C87" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -18353,51 +17955,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -18415,56 +18017,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -18507,139 +18109,139 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T89" s="1" t="inlineStr">
+      <c r="T87" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V89" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-      <c r="A90" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>142692</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Engager une démarche de résilience sur votre territoire</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G90" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
 &lt;/p&gt;
 &lt;p&gt;
  Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostic participatif et identification des priorités d&amp;#039;actions
  &lt;/li&gt;
@@ -18658,506 +18260,189 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &amp;gt; format découverte de type séminaire « tout public » en une journée,
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Evaluation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Outil boussole de la résilience Cerema
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M90" s="1" t="inlineStr">
+      <c r="M88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Formation :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ville de Paris (chefs de projets)
  &lt;/li&gt;
  &lt;li&gt;
   DREAL ARA et PACA (chefs de projet)
  &lt;/li&gt;
  &lt;li&gt;
   Groupe immobilier ASTRANCE (séminaire de découverte)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Assistance à la Maîtrise d&amp;#039;Ouvrage :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
  &lt;/li&gt;
  &lt;li&gt;
   Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
  &lt;/li&gt;
  &lt;li&gt;
   Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Accès aux services
 Cohésion sociale et inclusion
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 Accessibilité
 Emploi
 Appui méthodologique
 Mobilité pour tous
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
         </is>
       </c>
-      <c r="X90" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z90" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
         </is>
       </c>
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-[...44 lines deleted...]
-      <c r="K91" s="1" t="inlineStr">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>143315</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer votre diagnostic territorial pour mettre en œuvre la Gemapi</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
-[...295 lines deleted...]
-      <c r="L93" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Gestion des milieux aquatiques et la prévention des inondations impliquent la connaissance objective des enjeux, milieux et spécificités de votre territoire sous l&amp;#039;angle de ces thématiques.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans la réalisation du diagnostic préalable, indispensable pour appréhender les scénarios de développement territorial durable et guider vos choix stratégiques.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Comment bien cerner les contours de la Gemapi ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment déterminer les enjeux liés aux milieux aquatiques, à l&amp;#039;aménagement du territoire et au risque inondation ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels outils et méthodes appropriés utiliser pour élaborer votre diagnostic ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels critères retenir pour sélectionner un prestataire ?
@@ -19216,174 +18501,174 @@
  &lt;li&gt;
   L&amp;#039;acquisition et l&amp;#039;analyse des données utiles ;
  &lt;/li&gt;
  &lt;li&gt;
   La bonne compréhension du fonctionnement des milieux aquatiques et des aléas ;
  &lt;/li&gt;
  &lt;li&gt;
   Le recensement exhaustif des ouvrages et aménagements hydrauliques ;
  &lt;/li&gt;
  &lt;li&gt;
   La détermination pertinente des enjeux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Renforcer votre autonomie
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Formation de vos équipes aux outils utiles au diagnostic.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M93" s="1" t="inlineStr">
+      <c r="M89" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Troyes Champagne Métropole
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    CO.BA.H.M.A. – EPTB Mauldre
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Diagnostic territorial intégrant l&amp;#039;évolution hydrologique du bassin versant, les ouvrages hydrauliques et l&amp;#039;historique des crues sur un siècle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Equipement public
 Bâtiments et construction
 Mers et océans
 Milieux humides
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/elaborer-votre-diagnostic-territorial-mettre-oeuvre-gemapi</t>
         </is>
       </c>
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/93dd-elaborer-votre-diagnostic-territorial-pour-me/</t>
         </is>
       </c>
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-      <c r="A94" s="1">
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
         <v>143365</v>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Engager votre démarche de résilience territoriale - Formation</t>
         </is>
       </c>
-      <c r="D94" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Engager votre démarche de résilience territoriale - Formation</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G94" s="1" t="inlineStr">
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H94" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K94" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Description
  &lt;/strong&gt;
  &lt;br /&gt;
  La pandémie de Covid-19 vient rappeler que les chocs et les crises prennent souvent des formes imprévisibles. Les collectivités, en première ligne de cette crise sanitaire, éprouvent leurs vulnérabilités, mais révèlent, dans le même temps, leur capacité à réagir et à s&amp;#039;adapter, voire se transformer, dans l&amp;#039;espoir d&amp;#039;être mieux préparés à de futures perturbations, par exemple celles qui seront liées au changement climatique.
 &lt;/p&gt;
 &lt;p&gt;
  A partir d&amp;#039;une approche opérationnelle, cette formation vous permettra d&amp;#039;acquérir des méthodes et des outils pour définir et mettre en œuvre une démarche de résilience, adaptée à vos enjeux et vos ambitions.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs pédagogiques
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Comprendre les enjeux globaux qui fondent la pertinence du concept de résilience, devenue aujourd&amp;#039;hui incontournable
  &lt;/li&gt;
  &lt;li&gt;
   Maîtriser les fondamentaux du concept de résilience territoriale et connaître les méthodes et outils pour l&amp;#039;élaboration d&amp;#039;une démarche de résilience territoriale
  &lt;/li&gt;
@@ -19405,139 +18690,139 @@
  Aucun
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Outils pédagogiques :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Conférence inversée et apports méthodologiques
  &lt;/li&gt;
  &lt;li&gt;
   Ateliers participatifs autour de cas concrets
  &lt;/li&gt;
  &lt;li&gt;
   Illustrations par des cas concrets et des retours d&amp;#039;expérience
  &lt;/li&gt;
  &lt;li&gt;
   Techniques d&amp;#039;intelligence collective
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Risques naturels
 Appui méthodologique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O94" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T94" s="1" t="inlineStr">
+      <c r="T90" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-engager-demarche-resilience-territoriale</t>
         </is>
       </c>
-      <c r="X94" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6087-engager-votre-demarche-de-resilience-territor/</t>
         </is>
       </c>
-      <c r="AA94" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-      <c r="A95" s="1">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
         <v>143376</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Réaliser une étude hydro-morpho-sédimentaires en appui à la gestion du Trait de Côte</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
  &lt;br /&gt;
  Besoin d&amp;#039;une étude globale en Appui aux Politiques Publiques pour une meilleure gestion du Trait de Côte.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   risques de sédimentation, d&amp;#039;érosion, d&amp;#039;atteinte à la qualité des eaux à l&amp;#039;intérieur ou à proximité immédiate d&amp;#039;un aménagement côtier et de ses accès (port, prise d&amp;#039;eau, rejet, site remarquable comme le Mont-Saint-Michel...) ;
  &lt;/li&gt;
  &lt;li&gt;
   risques d&amp;#039;affouillement autour de structures installées en mer comme les éoliennes offshore, les hydroliennes, les terminaux ;
  &lt;/li&gt;
  &lt;li&gt;
   rejets en mer comme l&amp;#039;immersion de sédiments dragués, les rejets d&amp;#039;eau chaude ou de stations d&amp;#039;épuration ;
  &lt;/li&gt;
  &lt;li&gt;
   impacts directs et indirects régionaux générés par des aménagements ou opérations du point de vue hydrodynamique, morphodynamique, agitation, salinité, température, turbidité, transport de sédiments ;
  &lt;/li&gt;
  &lt;li&gt;
   aménagements de baies, d&amp;#039;embouchures et d&amp;#039;estuaires : rectification du cours d&amp;#039;un chenal principal ou secondaire, calibration, approfondissement, seuil de fond, digue submersible, création de vasières, dépoldérisation et aux conséquences hydrosédimentaires et sur la qualité des eaux.
  &lt;/li&gt;
@@ -19560,323 +18845,170 @@
  &lt;br /&gt;
  &lt;strong&gt;
   &amp;gt; Ou étude spécifique pour le bénéficiaire de la gestion du trait de côte d&amp;#039;un site littoral :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Phase 1) : étude de caractérisation du site (Tranche Ferme)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Phase 2) : étude de définition de modalités de gestion du littoral (TF)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Phase 3) : propositions d&amp;#039;actions (TF)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Phase X : étude de modélisation numérique des options retenues (Tranche Conditionnelle)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Mers et océans
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
+      <c r="V91" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/etudes-hydro-morpho-sedimentaires-appui-gestion-du-trait</t>
         </is>
       </c>
-      <c r="W95" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://cerema.app.box.com/v/nos-contacts-en-region
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1b21-realiser-une-etude-hydro-morpho-sedimentaires/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-[...148 lines deleted...]
-      <c r="A97" s="1">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
         <v>144547</v>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D97" s="1" t="inlineStr">
+      <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G97" s="1" t="inlineStr">
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H97" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M97" s="1" t="inlineStr">
+      <c r="M92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N97" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -19919,824 +19051,557 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O97" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R97" s="1" t="inlineStr">
+      <c r="R92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T97" s="1" t="inlineStr">
+      <c r="T92" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V97" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W97" s="1" t="inlineStr">
+      <c r="W92" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X97" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
+      <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-[...267 lines deleted...]
-      <c r="A99" s="1">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
         <v>145885</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants favorisant la biodiversité et la nature en ville</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Métropole du Grand Paris</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le
   Fonds Biodiversité
  a été instauré le 14 avril 2023. Il est doté de
   80 millions d&amp;#039;euros
  d&amp;#039;ici 2030.
 &lt;/p&gt;
 &lt;p&gt;
  Le Fonds biodiversité témoigne de la volonté de la Métropole du Grand Paris de soutenir des projets structurants
   favorisant la biodiversité et la nature en ville et s&amp;#039;inscrivant dans la trame écologique métropolitaine
  . Il constitue une des 13 mesures prioritaires identifiées dans le Plan biodiversité métropolitain.
 &lt;/p&gt;
 &lt;p&gt;
  Ce Fonds a pour objectif de financer des dépenses d&amp;#039;investissement (acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation de projets structurants, notamment en matière de plantations d&amp;#039;arbres, de résorptions de coupures écologiques, de désimperméabilisation et renaturation d&amp;#039;espaces, etc.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes de subvention seront analysées à l&amp;#039;aune des 5 axes suivants, détaillés dans le règlement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les dimensions du projet : Une envergure métropolitaine
  &lt;/li&gt;
  &lt;li&gt;
   La localisation du projet : Un lieu de connexion écologique et d&amp;#039;adaptation au changement climatique
  &lt;/li&gt;
  &lt;li&gt;
   La cohérence du projet avec les documents stratégiques métropolitains : Equilibre territorial
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;ambition écologique du projet : Performance écologique et environnementale
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;économie du projet : Cohérence économique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
    fondsbiodiversite&amp;#64;metropolegrandparis.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M99" s="1" t="inlineStr">
+      <c r="M93" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Plantation massive d&amp;#039;arbres, en cohérence avec la trame verte métropolitaine : Plans canopée, Plans arbres, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Désartificialisation et renaturation d&amp;#039;espaces
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition foncière, dans l&amp;#039;objectif de renaturer l&amp;#039;espace
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N93" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R99" s="1" t="inlineStr">
+      <c r="R93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles, les projets portés par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les
   &lt;strong&gt;
    communes, établissements publics territoriaux (EPT) et autres établissements publics
   &lt;/strong&gt;
   situés sur le périmètre de la Métropole du Grand Paris pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage,
  &lt;/li&gt;
  &lt;li&gt;
   Les
   &lt;strong&gt;
    personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles
   &lt;/strong&gt;
   , situées sur le périmètre de la Métropole du Grand Paris.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les
  &lt;strong&gt;
   dépenses éligibles sont les dépenses d&amp;#039;investissement
  &lt;/strong&gt;
  (principalement acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation du projet. En conséquence, les dépenses de fonctionnement (notamment les dépenses pour l&amp;#039;entretien, la gestion, la surveillance, la communication et l&amp;#039;animation des espaces) ne sont pas éligibles.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T93" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>Métropole du Grand Paris</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V93" s="1" t="inlineStr">
         <is>
           <t>https://www.metropolegrandparis.fr/fr/fonds-biodiversite</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  fondsbiodiversite&amp;#64;metropolegrandparis.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>roxane.leverrier@metropolegrandparis.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ff83-financer-des-projets-structurants-favorisant-/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>147706</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C100" s="1" t="inlineStr">
+      <c r="C94" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I100" s="1" t="inlineStr">
+      <c r="I94" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P100" s="1" t="inlineStr">
+      <c r="P94" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q100" s="1" t="inlineStr">
+      <c r="Q94" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T94" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
         <v>150687</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -20777,736 +19642,379 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T101" s="1" t="inlineStr">
+      <c r="T95" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>151703</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Accompagnements de la DDT 53</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>DDT de Mayenne</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
  &lt;/li&gt;
  &lt;li&gt;
   le bâtiment, l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
  &lt;/li&gt;
  &lt;li&gt;
   la prévention des risques,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;habitat, le logement social et la rénovation urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts et plus d&amp;#039;informations:
  &lt;strong&gt;
   vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Alimentation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités et autres acteurs situés en Mayenne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Mayenne</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse du service territorial (Référents territoriaux)
  :
  &lt;strong&gt;
   &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
    ddt-st&amp;#64;mayenne.gouv.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-[...357 lines deleted...]
-      <c r="A105" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>158480</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -21538,571 +20046,571 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P105" s="1" t="inlineStr">
+      <c r="P97" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W105" s="1" t="inlineStr">
+      <c r="W97" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>161852</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Préserver la biodiversité à travers la reconquête des écosystèmes marins, terrestres et aquatiques</t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C98" s="1" t="inlineStr">
         <is>
           <t>Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Biodiversité au fil de l'eau</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I106" s="1" t="inlineStr">
+      <c r="I98" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Projets de protection et restauration sur tous milieux et espèces en lien avec les stratégies nationales ou régionales, à un taux modulable en fonction de la priorité de l&amp;#039;enjeu identifié. &lt;/p&gt;&lt;p&gt;L&amp;#039;instruction de cette aide se fait tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe budgétaire totale, pour l&amp;#039;ensemble des Outre-mer, est de 4M€. Le montant minimal d&amp;#039;aide est de 100 000€ (sauf exception) et il n&amp;#039;y a pas de montant plafond. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet doit répondre aux objectifs des stratégies nationales et régionales de protection de la biodiversité. La durée du projet doit être de maximum 3 ans. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T106" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Mayotte</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://www.ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;delegation.ocean-indien&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;celine.maurer&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>camille.charvolen@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-a-travers-la-reconquete-des-ecosystemes-marins-terrestres-et-aquatiques/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>162417</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Mettre en œuvre des actions de protection, connaissance et/ou mobilisation pour la préserver la biodiversité marine</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Enveloppe de subventions disponibles toute l'année, au fil de l'eau</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Parc Naturel Marin de Mayotte</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I107" s="1" t="inlineStr">
+      <c r="I99" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Parc naturel marin dispose d&amp;#039;une enveloppe dédiée aux projets visant à&lt;strong&gt; mobiliser la population, développer durablement les activités, améliorer les connaissances et/ou protéger  les écosystèmes marins. &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets doivent concourir à l&amp;#039;atteinte d&amp;#039;une ou plusieurs de ses &lt;a href="https://parc-marin-mayotte.fr/editorial/qui-sommes-nous" target="_self"&gt;sept orientations de gestion&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Cette enveloppe s&amp;#039;adresse à des &lt;strong&gt;organismes bien structurés &lt;/strong&gt;et ayant déjà fait l&amp;#039;objet d&amp;#039;un partenariat (de tout type : technique, financier via appel à projet, événementiel, etc.) avec le Parc naturel marin. &lt;/p&gt;&lt;p&gt;Les projets peuvent s&amp;#039;étaler sur une durée de &lt;strong&gt;3 ans maximum&lt;/strong&gt;. Le montant de la subvention n&amp;#039;est pas plafonné.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M107" s="1" t="inlineStr">
+      <c r="M99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Définition et/ou déploiement de (liste non exhaustive) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Observatoires faune/flore &lt;/li&gt;&lt;li&gt;Programmes de sciences participatives&lt;/li&gt;&lt;li&gt;Mesures de protection d&amp;#039;habitats ou d&amp;#039;espèces&lt;/li&gt;&lt;li&gt;Programmes de sensibilisation impliquant la population (formation, chantiers participatifs, sciences participatives ...)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sports et loisirs
 Tourisme
 Education et renforcement des compétences
 Economie circulaire
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet doit être en relation avec une ou plusieurs des &lt;a target="_self"&gt;sept orientations de gestion&lt;/a&gt; du Parc naturel marin de Mayotte.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>Mayotte</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://parc-marin-mayotte.fr/</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Email : &lt;a href="mailto:parcmarin.mayotte&amp;#64;ofb.gouv.fr" target="_self"&gt;parcmarin.mayotte&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>apolline.abauzit@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-actions-de-protection-connaissance-et-ou-mobilisation-pour-la-preserver-la-biodiversite-marine/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>162511</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Soutenir la gestion durable des eaux pluviales - études préalables, travaux et acquisitions foncières</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>GESTION DURABLE DES EAUX PLUVIALES - ETUDES PREALABLES, TRAVAUX ET ACQUISITIONS FONCIERES</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I108" s="1" t="inlineStr">
+      <c r="I100" s="1" t="inlineStr">
         <is>
           <t> Min : 30</t>
         </is>
       </c>
-      <c r="J108" s="1" t="inlineStr">
+      <c r="J100" s="1" t="inlineStr">
         <is>
           <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités pour les études préalables et les travaux favorisant une gestion à la source des eaux pluviales en soutenant des projets privilégiant l’infiltration des eaux pluviales et le recours à des solutions fondées sur la nature sur les espaces publics existants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Espaces verts
 Espace public
 Voirie et réseaux
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités (hors Métropole et Communauté Urbaine)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études préalables à la réalisation des travaux : étude de perméabilité des sols, études topographiques, géotechniques, loi sur l’eau, missions SPS, études d’ingénierie, … .&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;aménagements de surface : noues, fossés, bassins d’infiltration, aménagements avec revêtements perméables (végétalisation, matériaux poreux, … ), espaces verts inondables, arbres de pluie, reprofilage de trottoirs et arasements de bordures, …&lt;/li&gt;&lt;li&gt;Ouvrages enterrés : tranchées drainantes, chaussées à structure réservoir, Structures Alvéolaires Ultra Légères (SAUL), …&lt;/li&gt;&lt;li&gt;Essais préalables à la réception des travaux&lt;/li&gt;&lt;li&gt;Acquisitions foncières&lt;/li&gt;&lt;li&gt;Communication et sensibilisation : expositions, documents pédagogiques, etc.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Nouveaux aménagements d’urbanisation (lotissements, zones d’activités, … ),&lt;/li&gt;&lt;li&gt;Les opérations exclusives de création de réseau d’eaux pluviales,&lt;/li&gt;&lt;li&gt;Travaux d’entretien courant,&lt;/li&gt;&lt;li&gt;Réserves incendie (autre dispositif d’aide).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le choix de travaux doit être justifié par un schéma directeur d’assainissement ou un schéma de gestion des eaux pluviales de moins de 10 ans.&lt;/li&gt;&lt;li&gt;Les opérations peuvent être également préconisées par une étude spécifique (déconnexion des eaux pluviales, potentiel de désimperméabilisation).&lt;/li&gt;&lt;li&gt;Les gains hydrauliques attendus suite à la réalisation des travaux devront être estimés.&lt;/li&gt;&lt;li&gt;L’avis technique de la Direction de l’Environnement pourra être sollicité concernant les aspects touchant à la- conception et à la mise en oeuvre des projets.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plafond des dépenses subventionnables (travaux):&lt;/strong&gt; 500 000 € HT&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT de l’étude ou des travaux si non plafonnés.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T100" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/eau-potable-etudes-prealables-travaux-et-acquisitions-foncieres/</t>
         </is>
       </c>
-      <c r="W108" s="1" t="inlineStr">
+      <c r="W100" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
 Seine-Maritime &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Direction de la Cohésion des
 Territoires &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
 &lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-gestion-durable-des-eaux-pluviales-travaux-et-acquisitions-foncieres/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>162563</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I109" s="1" t="inlineStr">
+      <c r="I101" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J109" s="1" t="inlineStr">
+      <c r="J101" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M109" s="1" t="inlineStr">
+      <c r="M101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -22141,329 +20649,329 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R109" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T109" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>162938</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C110" s="1" t="inlineStr">
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I110" s="1" t="inlineStr">
+      <c r="I102" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P110" s="1" t="inlineStr">
+      <c r="P102" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q110" s="1" t="inlineStr">
+      <c r="Q102" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>162982</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C111" s="1" t="inlineStr">
+      <c r="C103" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I111" s="1" t="inlineStr">
+      <c r="I103" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -22506,578 +21014,578 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P111" s="1" t="inlineStr">
+      <c r="P103" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q111" s="1" t="inlineStr">
+      <c r="Q103" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>163041</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Préserver, valoriser et gérer durablement le patrimoine naturel du Pays d'Auge</t>
         </is>
       </c>
-      <c r="C112" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F112" s="1" t="inlineStr">
+      <c r="F104" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I112" s="1" t="inlineStr">
+      <c r="I104" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Pays d’Auge se distingue par la qualité́ et la diversité́ de son patrimoine naturel : bocages, prairies, forêts, littoral, faune, flore, ressources en eau, etc. Sources de bien-être, de biodiversité et de dynamisme touristique et économique, ces éléments naturels constituent des marques identitaires fortes pour le territoire qu’il convient de préserver et de valoriser. Répondant à 8 objectifs prioritaires du SRADDET normand et prenant en considération les constats scientifiques d’érosion de la biodiversité et du littoral du GIEC normand, cette fiche-action n°2 de la stratégie Locale de développement LEADER permet d’accompagner la mise en œuvre opérationnelle des transitions écologiques à opérer dans les territoires pour réduire les causes du changement climatique, protéger les espaces naturels littoraux et d’arrière-pays et valoriser leurs paysages. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver durablement les ressources et les espaces naturels du territoire&lt;/li&gt;&lt;li&gt;Renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser différents publics sur la préservation du patrimoine naturel et inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Former les acteurs économiques du territoire à intégrer la dimension environnementale dans leurs pratiques pour limiter l’impact écologique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement, restauration et gestion durable du patrimoine naturel du Pays d’Auge&lt;/li&gt;&lt;li&gt;Opérations d’aménagement et de valorisation des espaces et ressources naturelles pour sensibiliser et accueillir le public tout en respectant les milieux&lt;/li&gt;&lt;li&gt;Sensibilisation et information auprès des publics à la protection et gestion durable du patrimoine naturel et à l&amp;#039;écocitoyenneté, aménagement de lieux et d’espaces d’accueil dédiés&lt;/li&gt;&lt;li&gt;Structuration et soutien des réseaux d’acteurs du domaine de l’environnement&lt;/li&gt;&lt;li&gt;Actions visant au développement de jardins partagés, potagers pédagogiques, jardins en permaculture accessibles à tous &lt;/li&gt;&lt;li&gt;Utilisation de solutions fondées sur la nature pour renaturaliser les centre-bourgs et renforcer l&amp;#039;adaptation au changement climatique (études)&lt;/li&gt;&lt;li&gt;Actions visant à limiter l’utilisation d’eau potable pour des usages non-alimentaires&lt;/li&gt;&lt;li&gt;Sensibilisation et la formation des artisans à l’utilisation d’agro-matériaux pour la construction et la rénovation des bâtiments et soutien aux réseaux d’acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M112" s="1" t="inlineStr">
+      <c r="M104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mise en place de jardins partagés citoyens ; Gestion de marais ; Action éducative auprès du grand public ; Développement d&amp;#039;un parcours pédagogique d&amp;#039;éducation à l&amp;#039;environnement...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Santé
 Education et renforcement des compétences
 Biodiversité
 Mers et océans
 Milieux humides
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de préserver durablement les ressources et/ou espaces naturels du Pays d&amp;#039;Auge&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;informer et sensibiliser le public sur la préservation du patrimoine naturel et d&amp;#039;inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Le projet permet de développer durablement l&amp;#039;attractivité économique des zones rurales via ses filières locales&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Voiries et réseaux divers en dehors de la gestion de l’eau ; &lt;/span&gt;Construction de bâtiment non réversible ; Installation sanitaires classiques avec usage d’eau ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-valoriser-et-gerer-durablement-le-patrimoine-naturel-du-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>163091</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Financer des actions en faveur de la santé environnementale</t>
         </is>
       </c>
-      <c r="C113" s="1" t="inlineStr">
+      <c r="C105" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Fiche action 7 - Santé environnementale</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F113" s="1" t="inlineStr">
+      <c r="F105" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I113" s="1" t="inlineStr">
+      <c r="I105" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J113" s="1" t="inlineStr">
+      <c r="J105" s="1" t="inlineStr">
         <is>
           <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La santé environnementale comprend les aspects de la santé humaine, y compris la qualité de la vie, qui sont déterminés par les facteurs physiques, chimiques, biologiques, sociaux, psychosociaux et esthétiques de notre environnement. Elle concerne également la politique et les pratiques de gestion, de résorption, de contrôle et de prévention des facteurs environnementaux susceptibles d’affecter la santé des générations actuelles et futures. Dans le cadre de la stratégie territoriale, il est souhaité une meilleure appréhension des enjeux de la santé environnementale, approche complexe et sensible de la santé basée sur l’environnement (biodiversité, problématiques climatiques, espaces socialisés, humains ...) par les collectivités, les professionnels de santé et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M113" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Conception et développement d&amp;#039;outils d&amp;#039;animation et de communication ; Accompagnement des populations&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P113" s="1" t="inlineStr">
+      <c r="P105" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q113" s="1" t="inlineStr">
+      <c r="Q105" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W113" s="1" t="inlineStr">
+      <c r="W105" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>163148</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'infiltration des eaux à la parcelle et favoriser la récupération des eaux pluviales des toitures et leur réutilisation</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I114" s="1" t="inlineStr">
+      <c r="I106" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J114" s="1" t="inlineStr">
+      <c r="J106" s="1" t="inlineStr">
         <is>
           <t>Plafond de 50 000 € HT pour les travaux permettant la déconnexion des toitures et le stockage des eaux de pluie / Plafond de 200 000 € HT pour les études et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M114" s="1" t="inlineStr">
+      <c r="M106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;Travaux permettant la déconnexion des toitures et le stockage des eaux de pluie en vue d&amp;#039;une réutilisation &lt;/li&gt;&lt;li&gt;Etudes et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes avec aménagements permettant l&amp;#039;infiltration des eaux de pluie&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espace public
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations finançables doivent d&amp;#039;une part permettre de favoriser l&amp;#039;infiltration des eaux à la parcelle et limiter le &amp;#34;tout réseau&amp;#34; en milieu bâti / artificialisé ou d&amp;#039;autre part de favoriser la récupération des eaux pluviales des toitures et le développement de la réutilisation de ces eaux.&lt;/p&gt;&lt;p&gt;Les travaux devront être réalisés en espace urbain et être basés sur des solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T114" s="1" t="inlineStr">
+      <c r="T106" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
         </is>
       </c>
-      <c r="W114" s="1" t="inlineStr">
+      <c r="W106" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr/</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>163199</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C107" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I115" s="1" t="inlineStr">
+      <c r="I107" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -23114,7959 +21622,9010 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q115" s="1" t="inlineStr">
+      <c r="Q107" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>163237</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un développement territorial sobre et résilient</t>
         </is>
       </c>
-      <c r="C116" s="1" t="inlineStr">
+      <c r="C108" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I116" s="1" t="inlineStr">
+      <c r="I108" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J116" s="1" t="inlineStr">
+      <c r="J108" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M116" s="1" t="inlineStr">
+      <c r="M108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Artisanat
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P116" s="1" t="inlineStr">
+      <c r="P108" s="1" t="inlineStr">
         <is>
           <t>27/03/2023</t>
         </is>
       </c>
-      <c r="Q116" s="1" t="inlineStr">
+      <c r="Q108" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T116" s="1" t="inlineStr">
+      <c r="T108" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>163238</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Favoriser les actions en faveur du Plan départemental des itinéraires de promenade et de randonnée (PDIPR)</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I117" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J117" s="1" t="inlineStr">
+      <c r="J109" s="1" t="inlineStr">
         <is>
           <t>Plafond de 200 000 € HT pour les études et les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 Aujourd’hui, l’adaptation des
 territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
 des espaces et des activités humaines. C’est pourquoi, le
 Département souhaite faciliter l’émergence de projets locaux par
 la mobilisation de moyens techniques et financiers adaptés aux
 attentes des territoires sur les thématiques liées à la transition
 écologique (restauration et préservation des milieux naturels et
 aquatiques, plantations de végétaux, gestion des eaux pluviales) et
 aux mobilités douces (plan départemental des itinéraires de
 promenade et de randonnée, développement de la mobilité à
 vélo).&lt;/p&gt;&lt;p align="justify"&gt;Il a par ailleurs, depuis plus de 30 ans, la gestion du Plan
 départemental des Itinéraires de Promenade et de Randonnée.
 Représentant une offre de plus de 220 circuits (pédestre, équestre
 et VTT) et 3 000 km de chemins balisés, le PDIPR doit répondre aux
 nouvelles attentes des Euréliens et des touristes.&lt;/p&gt;&lt;p align="justify"&gt;Les actions en faveur du PDIPR ont pour objectifs de protéger les chemins ruraux, de recenser les chemins ouverts à la pratique de la randonnée (pédestre, équestre, VTT), favorisant ainsi la création d&amp;#039;itinéraires touristiques et de promenades.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M117" s="1" t="inlineStr">
+      <c r="M109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes d&amp;#039;aménagement ou de valorisation
 	de circuits,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Travaux de création/amélioration
 	d’itinéraires de randonnée (débroussaillage, élagage, fauchages manuels ou mécaniques, travaux d’abattages et débitages
 		d’arbres sur le tracé, travaux de terrassement, de protection ou
 		de soutènement)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Travaux et aménagements visant la
 	protection de la biodiversité et des paysages aux abords du
 	sentier (restauration des continuités
 		écologiques, mise en valeur et requalification
 		paysagères des sentiers et de leurs abords, opération de réduction des pollutions
 		dont la pollution lumineuse, désartificialisation, remplacement des
 		matériaux « en dur » par des matériaux naturels).&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;Opérations
 	ou travaux nécessaires à la continuité ou à la sécurité du
 	cheminement, autres que l’entretien courant : réouverture de
 	chemin, passerelles, caillebotis, mains courantes, aménagements
 	permettant l’adaptation pour l’accès aux personnes à mobilité
 	réduite, clôtures…,&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Fourniture et pose de balisage et/ou
 	signalétique : poteau, lame, bagues, panneau danger, panneau
 	d’information départs…&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Mobilier
 	d’accueil du public : bancs, tables de pique-nique, totem de
 	départ …,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Communication
 	et valorisation du patrimoine à proximité, présent le long de
 	l’itinéraire : fourniture et pose de table d’orientation,
 	pupitre de lecture, panneau pédagogique, etc.&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Acquisition foncière nécessaire à la
 	création, l’amélioration ou le maintien de la continuité d’un
 	itinéraire de randonnée et/ou à la réalisation d’aménagements
 	au long d’un itinéraire de randonnée.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
 Modes actifs : vélo, marche et aménagements associés
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font face="Arial, serif"&gt;Les opérations finançables doivent
 permettre de développer la pratique de la randonnée (pédestre,
 équestre et en VTT) sur chemins et de les protéger&lt;/font&gt;&lt;del&gt;&lt;font face="Arial, serif"&gt;
 &lt;/font&gt;&lt;/del&gt;&lt;font face="Arial, serif"&gt;(PDIPR).&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour
 cela, elles feront l’objet d’une étude et/ou d’un travail de
 concertation avec les partenaires locaux experts de la randonnée&lt;/font&gt;
 &lt;font face="Arial, serif"&gt;et le référent randonnées du
 Département.&lt;/font&gt;&lt;font face="Arial, serif"&gt; Ceux-ci pourront
 conseiller et apporter un appui technique pour préciser et affiner
 le projet et ses modalités de réalisation.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le
 projet devra s’appuyer sur des chemins ruraux déjà inscrits ou à
 inscrire au Plan départemental des Itinéraires de promenade et de
 randonnée d’Eure-et-Loir&lt;/font&gt; &lt;font face="Arial, serif"&gt;et
 affectés à la randonnée non motorisée.&lt;/font&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="justify"&gt;
 &lt;font face="Arial, serif"&gt;Afin de garantir le bon usage de la
 subvention qui pourra être accordée, le Conseil départemental
 préconise de se référer aux guides nationaux et/ou recommandations
 des partenaires locaux experts des différentes pratiques (CDRP 28
 pour le pédestre, CDE 28 pour l’équestre et FFCT pour le VTT).&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
         </is>
       </c>
-      <c r="W117" s="1" t="inlineStr">
+      <c r="W109" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-les-actions-en-faveur-du-plan-departemental-des-itineraires-de-promenade-et-de-randonnee-pdipr/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>163792</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Préserver et valoriser des espèces et des espaces naturels</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Conseil Départemental des Pyrénées Orientales</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;A travers 
 son Schéma Départemental des Espaces Naturels (SDEN) le Département des Pyrénées Orientales a 
 identifié un réseau d’une centaine d’espaces naturels protégés, ou non, 
 par la réglementation, permettant de cibler les écosystèmes et enjeux 
 prioritaires. Cette démarche de conservation de la nature s’inscrit 
 également en faveur de certaines espèces de faune et de flore 
 emblématique du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de l’aide défini selon le type de projet au cas par cas.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M118" s="1" t="inlineStr">
+      <c r="M110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département intervient pour soutenir des projets permettant de valoriser les atouts du territoire au
  niveau écologique et du paysage. &lt;/p&gt;&lt;p&gt;→ Améliorer la connaissance, 
 restaurer des milieux naturels, reconnecter des corridors écologiques, 
 pérenniser à long terme la qualité des écosystèmes par des équipements 
 adaptés et une gestion différenciée de l’espace. &lt;/p&gt;&lt;p&gt;Les opérations doivent 
 également permettre une ouverture au public pour faciliter la découverte
  du patrimoine naturel.&lt;/p&gt;&lt;p&gt;Les projets doivent cibler les espèces et des milieux naturels prioritaires du SDEN, selon 5 orientations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Inventaires et études (plan de gestion…)&lt;/li&gt;&lt;li&gt;Animation et acquisitions foncières (vieilles forêts, zones humides…)&lt;/li&gt;&lt;li&gt;Travaux de restauration (reconstitution de mares, de corridors écologiques)&lt;/li&gt;&lt;li&gt;Aménagement à des fins de protection (infrastructures écologiques, équipement et matériel, accueil du public dans le 
 respect du milieu)&lt;/li&gt;&lt;li&gt;Gestion d’espaces naturels (ouverture de milieux…)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Foncier
 Santé
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aides ouvertes aux communes, EPCI, associations de préservation de l’environnement, syndicats mixtes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Pyrénées-Orientales</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://portail-collectivites66.fr/aap/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable Mission Biodiversité&lt;/p&gt;&lt;p&gt;Département des Pyrénées Orientales&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>vanessa.amiel@cd66.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>163793</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Préserver les zones humides</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Conseil Départemental des Pyrénées Orientales</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;De part 
 les nombreuses fonctions qu’elles assurent, les zones humides se 
 trouvent à la croisée des enjeux liés à la protection de la ressource en
  eau et des espaces naturels. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Afin de préserver ces milieux fragiles et 
 sous pression, le Département des Pyrénées-Orientales peut financer des études ou plans de 
 gestion, des travaux de protection ou restauration et des opérations 
 d’acquisitions foncières. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour faciliter ces dernières, il peut 
 également mettre à disposition des collectivités son outil foncier relatif aux Zones de préemption au titre des espaces naturels sensibles (ZPENS).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M119" s="1" t="inlineStr">
+      <c r="M111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Études, travaux, outils de communication/sensibilisation, acquisitions foncières.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Sols
 Biodiversité
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;EPCI, communes, associations, fondations reconnues d’utilité publique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Pyrénées-Orientales</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://portail-collectivites66.fr/aap/politique-departementale-en-matiere-de-preservation-des-zones-humides/</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable mission Biodiversité&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>vanessa.amiel@cd66.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-des-zones-humides/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>163869</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine domestique</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Lutte contre les pollutions d'origine domestique</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="I120" s="1" t="inlineStr">
+      <c r="I112" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans un contexte où l&amp;#039;imperméabilisation des surfaces urbanisées a été
 croissante ces dernières décennies provoquant l&amp;#039;augmentation des volumes d&amp;#039;eaux
 pluviales à gérer et un impact parfois significatif sur la qualité des milieux
 naturels récepteurs, la gestion efficace de ces eaux constitue un enjeu
 crucial, particulièrement dans un contexte d&amp;#039;adaptation au changement
 climatique et de préservation de la biodiversité. &lt;/p&gt;&lt;p&gt;L&amp;#039;augmentation de la performance environnementale des systèmes
 d&amp;#039;assainissement collectif représente un autre enjeu majeur. Dans cette
 perspective, l&amp;#039;Agence de l&amp;#039;Eau soutient principalement les actions visant à
 améliorer la performance des unités d&amp;#039;épuration, à maîtriser les déversements
 des réseaux d&amp;#039;assainissement dans le milieu naturel, à mettre à niveau les
 raccordements en domaine privé et à réhabiliter les installations
 d&amp;#039;assainissement non collectif situées dans des zones sensibles.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les interventions de l&amp;#039;Agence de l&amp;#039;Eau en matière de lutte
 contre les pollutions d&amp;#039;origine domestique visent ainsi à atteindre les
 objectifs fixés par la Directive Cadre sur l&amp;#039;Eau, la Directive Eaux Résiduaires
 Urbaines et la Directive Eaux de Baignades, telles que mentionnées dans le
 Schéma Directeur d&amp;#039;Aménagement et de Gestion des Eaux. Elles visent à atteindre
 le bon état des masses d&amp;#039;eau et à réduire ou éliminer les rejets de polluants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M120" s="1" t="inlineStr">
+      <c r="M112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;    Les dispositifs d’autosurveillance des
 installations&lt;/li&gt;&lt;li&gt;    Les travaux de réhabilitation de réseaux
 d’assainissement d’eaux usées séparatifs ou unitaires sans redimensionnement
 hydraulique à la hausse (dépose/repose, chemisage continu ou ponctuel…)&lt;/li&gt;&lt;li&gt;    La mise en service d’un réseau de collecte neuf
 ou d’un tronçon de réseau de collecte réhabilité ;&lt;/li&gt;&lt;li&gt;    Etudes ou des travaux qui contribuent à réduire
 l’impact des rejets des installations d’assainissement non collectif pour
 préserver l’environnement et la santé des personnes&lt;/li&gt;&lt;li&gt;    Réalisation de missions d’assistance technique
 auprès des collectivités dans le domaine de l’assainissement collectif.&lt;/li&gt;&lt;li&gt;    Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Sols
 Espace public
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P120" s="1" t="inlineStr">
+      <c r="P112" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q120" s="1" t="inlineStr">
+      <c r="Q112" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité sont
 précisées dans la délibération pour chaque thématique :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les ouvrages d’épuration&lt;/li&gt;&lt;li&gt;Les réseaux d’assainissement et de gestion des
 eaux pluviales&lt;/li&gt;&lt;li&gt;Le raccordement au réseau public de collecte des
 eaux usées&lt;/li&gt;&lt;li&gt;L’assainissement non collectif&lt;/li&gt;&lt;li&gt;L’assistance technique départementale&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T112" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_blank"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_blank"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;a target="_blank"&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE - &lt;a target="_blank"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-domestique/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>163871</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
         </is>
       </c>
-      <c r="C121" s="1" t="inlineStr">
+      <c r="C113" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Territoires engagés pour la nature</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)
-Office Français de la Biodiversité (OFB)</t>
-[...2 lines deleted...]
-      <c r="G121" s="1" t="inlineStr">
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K121" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M121" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N121" s="1" t="inlineStr">
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Revitalisation
 Biodiversité
 Paysage
 Modes actifs : vélo, marche et aménagements associés
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>163874</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Gérer l'eau et la nature dans les villes et les villages</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I122" s="1" t="inlineStr">
+      <c r="I114" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 70</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
 entraîné une artificialisation des zones urbanisées altérant durablement les
 fonctions écologiques des sols urbains, en particulier leurs fonctions
 hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
 le plus souvent par une imperméabilisation qui constitue la forme la plus
 sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
 naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
 l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
 corolaire un accroissement des ruissellements urbains, quasi-systématiquement
 gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
 inondations et des impacts plus ou moins significatifs sur la qualité des
 milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
 60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
 sont rejetés sans traitement au droit des déversoirs d’orage directement dans
 les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
 la vie présente dans ces sols et leur capacité à être supports de biodiversité,
 les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
 plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
 les capacités de stockage de carbone dans les sols sous forme de matière
 organique, facteur d’atténuation du dérèglement climatique, mais aussi de
 réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
 par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
 au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
 l’expression de leurs services écosystémiques, en repensant la place de l’eau
 et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
 constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
 Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
 Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
 première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
 titre de la présente délibération visent à impulser et accompagner la
 nécessaire transformation des modes d’aménagement urbain, de tendre vers un
 urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
 l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
 dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
 habitants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M122" s="1" t="inlineStr">
+      <c r="M114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
 en améliorant leur état initial par la création de nouveaux espaces de nature
 en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Equipement public
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P122" s="1" t="inlineStr">
+      <c r="P114" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q122" s="1" t="inlineStr">
+      <c r="Q114" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R122" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité sont
 précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
 village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T122" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>163875</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Lutte les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I123" s="1" t="inlineStr">
+      <c r="I115" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
 masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
 gérer les crues et préserver la biodiversité, dans un contexte de changement
 climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
 agroécologique et privilégie les pratiques ou les changements à l’échelle du
 système d’exploitation, tels que l’agriculture biologique, l’agriculture de
 conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
 l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
 spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
 particulièrement dans les aires d’alimentation des captages prioritaires où
 l’agence privilégie les projets de territoires portés par les collectivités et
 soutient des actions concourant à réduire ou maitriser les pressions à un
 niveau compatible avec l’état de la ressource en eau et les enjeux de santé
 publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
 en zones humides qui poursuit un objectif de maintien des surfaces et à
 démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
 sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
 climatique pour lesquelles il est visé une stabilisation des prélèvements à des
 fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
 réserve utile du sol, la résistance des plantes et la réduction de la
 consommation d’eau ; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
 pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
 favoriser le retour au sol agricole des matières organiques en créant les
 conditions de la confiance.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M123" s="1" t="inlineStr">
+      <c r="M115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
 changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
 filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
 micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
 ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
 (CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Sols
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P123" s="1" t="inlineStr">
+      <c r="P115" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q123" s="1" t="inlineStr">
+      <c r="Q115" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R123" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux personnes morales de droit public ou privé
 réalisant des opérations visant à lutter contre les pressions d’origine
 agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
 principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
 la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
 zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
 large. Il est tenu compte de la délibération d’intervention portant sur les
 zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
 particulier les aires d’alimentation des captages prioritaires définis dans le
 SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
 l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
 » ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
 quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
 programme global de lutte contre l’érosion des sols reconnu par l’Agence de
 l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
 conservation des sols, programme global d’aménagements hydrauliques issu d’une
 étude préalable) sont également des territoires à enjeux pour l’Agence de
 l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
 précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
 la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
 transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
 leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
 l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
 agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T123" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>163877</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Protéger la ressource en eau et l'alimentation en eau potable</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Protection de la ressource en eau et alimentation en eau potable</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I124" s="1" t="inlineStr">
+      <c r="I116" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’approvisionnement permanent du service public d’eau
 potable par une eau de qualité satisfaisante et en quantité suffisante est un
 enjeu majeur de l’Agence de l’Eau Artois-Picardie.&lt;/p&gt;&lt;p&gt;Le bassin Artois-Picardie compte environ 1 000 captages
 d’eau potable actifs, dont la quasi-totalité dispose d’une déclaration
 d’utilisé publique visant la protection contre les pollutions accidentelles et
 ponctuelles. Plus de 200 captages sont néanmoins considérés comme dégradés par
 des pollutions diffuses, parmi lesquels les 60 captages d’eau potable
 prioritaires identifiés par le Schéma Directeur d’Aménagement et de Gestion des
 Eaux (SDAGE) au regard de taux de nitrates et/ou de phytosanitaires et leurs
 métabolites en augmentation tendancielle, voire en dépassement des valeurs
 limites de potabilité.&lt;/p&gt;&lt;p&gt;Les problèmes de qualité de la ressource sont de différentes
 origines, et leur résolution appelle une mobilisation large des dispositifs du
 programme d’intervention de l’Agence de l’Eau en conformité avec les
 orientations du Gouvernement définies dans le « Plan Eau » lancé au mois de
 mars 2023, la mise en place de démarches préventives doit être prioritairement
 recherchée pour réduire à la source l’ensemble des pollutions qui s’exercent
 sur les aires d’alimentation de captages. Elles sont le préalable à la mise en
 place des solutions curatives qui s’avèreraient nécessaires, ou des projets
 d’interconnexions accompagnés par l’Agence de l’Eau afin de sécuriser
 l’alimentation en eau potable des territoires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau Artois-Picardie incite les maitres
 d’ouvrage à mettre en place des actions de protection de la ressource en eau,
 principalement à travers des actions de réduction des pollutions qui s’exercent
 sur les aires d’alimentation des captages afin de reconquérir à terme la
 qualité des eaux brutes, et de sécurisation de l’alimentation au bénéfice de
 tous les usagers du service public d’eau potable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M124" s="1" t="inlineStr">
+      <c r="M116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation financière pour l’élaboration et
 la mise en œuvre des contrats d’actions pour la ressource en eau portant sur
 les captages prioritaires identifiés par le SDAGE&lt;/li&gt;&lt;li&gt;Les travaux de rebouchage de captages, puits ou
 forages inutilisés au sein d’une aire d’alimentation de captage&lt;/li&gt;&lt;li&gt;Les acquisitions foncières (y compris les
 indemnités d’éviction et les frais d’actes, de notaire ou de portage) réalisées
 au sein d’une aire d’alimentation de captage et le boisement pérenne&lt;/li&gt;&lt;li&gt;Les études techniques, juridiques et financières
 liées à la prise de compétence et à la structuration du service eau potable&lt;/li&gt;&lt;li&gt;Les études préalables à la réalisation des
 travaux (assistance à maîtrise d’ouvrage, définition des besoins, études de
 faisabilité, études spécifiques, choix du site et des solutions techniques…)&lt;/li&gt;&lt;li&gt;Les études technico-économiques d’examen des
 différentes solutions de sécurisation (nouveau forage, raccordement,
 interconnexion...)&lt;/li&gt;&lt;li&gt;Les travaux de déplacement, d’adaptation et de
 sécurisation des ouvrages d’eau potable existants situés dans les zones d’aléa
 fort et définis dans un document d’urbanisme en lien avec un plan de prévention
 des risques&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espace public
 Risques naturels
 Biodiversité
 Equipement public
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P124" s="1" t="inlineStr">
+      <c r="P116" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q124" s="1" t="inlineStr">
+      <c r="Q116" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières sont précisées en détail dans
 la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats d’action pour la ressource en eau&lt;/li&gt;&lt;li&gt;La protection de la ressource en eau &lt;/li&gt;&lt;li&gt;La production d’eau potable et la sécurisation
 quantitative&lt;/li&gt;&lt;li&gt;L’approvisionnement en eau potable et la
 sécurisation quantitative&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-la-ressource-en-eau-et-lalimentation-en-eau-potable/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>163880</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Etude, recherche, innovation et connaissance environnementale</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 80</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
 délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
 L’acquisition, le transfert et la valorisation
 de connaissances (études générales, recherchedéveloppement, prospective et
 innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
 ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
 nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
 changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
 l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
 La création et la gestion de réseaux de
 surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
 ressources en eau superficielles et souterraines, des usages et des pressions
 qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
 (qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
 et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
 complémentaires qui permettent de renforcer les programmes de surveillance de
 la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
 aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
 de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
 le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
 définies dans la lettre de cadrage du ministère avec pour objectif principal
 l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M125" s="1" t="inlineStr">
+      <c r="M117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
 spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
 l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
 Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 International
 Industrie
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P125" s="1" t="inlineStr">
+      <c r="P117" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q125" s="1" t="inlineStr">
+      <c r="Q117" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
 prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>163882</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Lutter contre la pollutions des activités économiques hors agricole</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Lutte contre la pollution des activités économique hors agricole</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I126" s="1" t="inlineStr">
+      <c r="I118" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 50</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les activités économiques hors agricoles existantes et leur
 développement peuvent impliquer des pressions sur la ressource en eau et les
 milieux aquatiques. L’Agence de l’Eau en tient compte dans son programme
 d’intervention et accompagne les acteurs économiques hors agricoles dans une
 logique d’approche globale de la gestion de l’eau à l’échelle de leur site,
 afin de réduire leur impact sur la ressource en eau et les milieux aquatiques.&lt;/p&gt;&lt;p&gt;Cette délibération présente les principes d’intervention et
 les objectifs de l’Agence en matière d’activités économiques hors agricole :
 approche globale de la gestion de l’eau sur les sites économiques visant à
 réduire les pollutions et les prélèvements d’eau, gérer les eaux pluviales et,
 le cas échéant, rétablir les continuités écologiques des cours d’eau. Plus
 particulièrement la partie elle fixe des objectifs spécifiques aux titres : &lt;/p&gt;&lt;p&gt;-de la lutte contre les pollutions : l’Agence de l’Eau
 favorise dans ce cadre les solutions de techniques propres de changement de
 procédés visant à réduire les pollutions à la source, en adéquation avec les
 objectifs environnementaux du Schéma Directeur d’Aménagement et de Gestion des
 Eaux 2022 – 2027 (SDAGE).&lt;/p&gt;&lt;p&gt;-de la réduction des prélèvements en eau : l’Agence de
 l’Eau privilégie dans ce cadre les logiques de réduction des consommations,
 puis de réutilisation et/ou de recyclage des eaux industrielles ou des eaux
 pluviales de la gestion des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les interventions de l’Agence de l’Eau visent l’atteinte des
 objectifs du Schéma Directeur d’Aménagement et de Gestion des Eaux via :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; la réduction ou la suppression des eaux de
 ruissellement admises dans les réseaux d’assainissement ou rejetées au milieu
 naturel superficiel&lt;/li&gt;&lt;li&gt;le rétablissement des continuités écologiques
 des cours d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;La politique de l’Agence de l’Eau favorise les solutions
 basées sur l’arasement des seuils faisant obstacle à la continuité écologique
 des cours d’eau.&lt;u&gt;&lt;/u&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M126" s="1" t="inlineStr">
+      <c r="M118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
 restauration de la continuité écologique et les travaux associés&lt;/li&gt;&lt;li&gt;Les travaux d’économie d’eau (changement de
 procédés, réutilisation d’eau de process, recyclage des eaux pluviales ou des
 eaux usées traitées…)&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
 gestion des eaux pluviales&lt;/li&gt;&lt;li&gt;Les modifications de circuits internes
 d&amp;#039;utilisation d&amp;#039;eau, en particulier dans le but de réduire les débits ou les
 sous-produits à traiter&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P126" s="1" t="inlineStr">
+      <c r="P118" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q126" s="1" t="inlineStr">
+      <c r="Q118" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux maîtres d’ouvrage des activités économiques
 hors agricoles suivants : - Entreprises immatriculées au registre du commerce
 et des sociétés, - Chambres consulaires ou tout autre organisme représentatif
 d’une activité économique industrielle, commerciale ou artisanale, -
 Collectivités territoriales et associations, pour les projets qu’elles portent
 dès lors qu’ils répondent aux principes d’intervention définis dans la présente
 délibération. Sont éligibles aux aides de l’Agence de l’Eau les opérations qui
 permettent aux entreprises d’aller au-delà des normes de portée européenne ou
 nationale en vigueur, et d’améliorer la protection de l’environnement par
 rapport à l’état initial.&lt;/p&gt;&lt;p&gt;Les opérations réunissant au moins
 l’un des critères suivants ne sont pas éligibles aux aides de l’Agence de l’Eau
 :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises en difficulté, sauf si l’aide de
 l’Agence de l’Eau est apportée dans le cadre du régime de minimis&lt;/li&gt;&lt;li&gt;Renouvellement à l’identique des ouvrages&lt;/li&gt;&lt;li&gt;Existence d’une mise en demeure réglementaire au
 titre de la police de l’eau ou des installations classées pour la protection de
 l’environnement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au titre de cas particulier, les
 transferts d’activités existantes sur un autre site du bassin sont éligibles
 aux aides de l’Agence de l’Eau pour la part des travaux permettant d’aller
 au-delà des normes de portée européenne ou française en vigueur. L’Agence de
 l’Eau peut aider l’implantation de nouvelles activités dans le bassin, si ces
 installations sont réalisées sur des sites déjà artificialisés, et pour la part
 des travaux se rapportant à la gestion des eaux pluviales. L’Agence de l’Eau
 peut aider les travaux accompagnant une augmentation de capacité de production
 dans les conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les flux de pollution nouveaux à éliminer seront
 pris en compte dans les dépenses finançables, dans la limite de 150% des flux
 de pollution initiaux ;&lt;/li&gt;&lt;li&gt;Les volumes d’eau économisés seront pris en
 compte dans les dépenses finançables pour la part correspondant aux économies
 d’eau se rapportant à la production initiale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau peut aider les
 opérations collectives si elles sont portées par les chambres consulaires ou
 tout autre organisme représentatif d’une activité économique industrielle,
 commerciale ou artisanale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T126" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-la-pollutions-des-activites-economiques-hors-agricole/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>163894</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C119" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
+Nouveaux lieux, nouveaux liens
 ÉcoQuartier
-Renaturation des villes</t>
-[...2 lines deleted...]
-      <c r="D127" s="1" t="inlineStr">
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G127" s="1" t="inlineStr">
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K127" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Jeunesse
 Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
-[...17 lines deleted...]
-&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W119" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>163896</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G128" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K128" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="N128" s="1" t="inlineStr">
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>163959</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C129" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G129" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K129" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M129" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N129" s="1" t="inlineStr">
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W121" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>164102</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C130" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I130" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M130" s="1" t="inlineStr">
+      <c r="M122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q130" s="1" t="inlineStr">
+      <c r="Q122" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T130" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>164109</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Financer des études pour favoriser l'eau et la nature en ville et village</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de d'eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I131" s="1" t="inlineStr">
+      <c r="I123" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J131" s="1" t="inlineStr">
+      <c r="J123" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / ou modalités d'interventions milieux / ou modalités d'intervention activités économiques</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/li&gt;&lt;li&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/li&gt;&lt;li&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M131" s="1" t="inlineStr">
+      <c r="M123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Les études de gouvernance/structuration des compétences eaux pluviales des collectivités/ingénierie 
 financière (en dehors des études portant sur le mode de gestion du service, régie, délégation ou choix 
 des délégataires) ;
 &lt;br /&gt;• Les études visant la mise en œuvre d’une gestion intégrée des eaux pluviales, études du potentiel de 
 déraccordement des eaux pluviales, et au cas par cas, les études de mise à jour des documents 
 d’urbanisme associés ou tout étude concourant à une bonne prise en compte du Schéma Directeur 
 d’Aménagement et de Gestion des Eaux dans le document d’urbanisme en vigueur ;
 &lt;br /&gt;• Les études visant l’établissement d’un plan d’actions global, règlementaire ou non, adapté à l’enjeu du 
 patrimoine du maitre d’ouvrage ;
 &lt;br /&gt;• Les études pour le diagnostic/schéma directeur, l’acceptation et la gestion écologique des espaces 
 urbains végétalisés et l’intégration de la nature en ville dans le cadre de projets de gestion intégrée de 
 l’eau ;
 &lt;br /&gt;• Les études diagnostic de zones humide et Trames vertes et Bleues ;
 &lt;br /&gt;• Les études de concertation dans le cadre d’un projet de cours d’école « bulle nature » éligible ;
 &lt;br /&gt;• Les études d’Inventaires Historiques Urbains portées par les collectivités ;
 &lt;br /&gt;• Les études allant au-delà du minimum règlementaire et nécessaires à la recherche de solutions plus 
 écologiques (essais de sol, dossiers loi sur l’eau, analyses de pollution, génie pédologique et recréation 
 de techno-sols, …) ;
 &lt;br /&gt;• Les études d’avant-travaux (études préliminaires, étude d’avant-projet, et de projet) ;
 &lt;br /&gt;• Les études en phase travaux/réception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
 du bénéficiaire de l’aide. Lorsque le bénéficiaire peut réaliser l’étude par ses moyens propres, une aide est 
 accordée selon les modalités détaillées dans la fiche dédiée. Sont exclues les prestations d’assistance à la 
 maîtrise d’ouvrage réalisées dans ce cadre.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q131" s="1" t="inlineStr">
+      <c r="Q123" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de regroupement 
 des compétences et de 
 structuration de la maîtrise 
 d’ouvrage à l’échelle 
 intercommunale, hors mise 
 en place de délégation de 
 service public/régie&lt;/li&gt;&lt;li&gt;Études diagnostics, 
 schémas directeurs, y 
 compris études 
 d’investigations 
 complémentaires&lt;/li&gt;&lt;li&gt;Études nécessaires à la mise 
 en œuvre d’un projet 
 éligible (phases EP/AVP/PRO 
 et études annexes 
 nécessaires)&lt;/li&gt;&lt;li&gt;Études nécessaires au suivi 
 et à la réception des 
 travaux&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-systemes-dassainissement-gestion-du-temps-de-pluie-dans-les-projets-damenagement/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>164111</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C132" s="1" t="inlineStr">
+      <c r="C124" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I132" s="1" t="inlineStr">
+      <c r="I124" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J132" s="1" t="inlineStr">
+      <c r="J124" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M132" s="1" t="inlineStr">
+      <c r="M124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>164170</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I133" s="1" t="inlineStr">
+      <c r="I125" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J133" s="1" t="inlineStr">
+      <c r="J125" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
 territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
 biodiversité remarquable. Ces ressources fournissent des services essentiels et
 offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
 fortement soumises aux risques, fragiles et à préserver. Des solutions locales
 sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
 s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
 de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
 dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
 atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
 sensibilisation, de formation, d’animation, de communication sur le dérèglement
 climatique, la biodiversité, les ressources naturelles, les risques
 (inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
 avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
 d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
 préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
 naturels et des continuités écologiques (trames verte, bleue, noire…) :
 restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
 fraîcheur, en particulier dans les cours d’école, dans une démarche
 participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
 espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
 envahissantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q133" s="1" t="inlineStr">
+      <c r="Q125" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
 pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
 préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
 de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>164221</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Action ou programme de sensibilisation, de communication, d'information sur les enjeux de la politique de l'eau</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I134" s="1" t="inlineStr">
+      <c r="I126" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J134" s="1" t="inlineStr">
+      <c r="J126" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M134" s="1" t="inlineStr">
+      <c r="M126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q134" s="1" t="inlineStr">
+      <c r="Q126" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération de communication ou 
 d’information des publics permettant 
 de soutenir les objectifs d’intervention 
 de l’Agence de l’eau pour la 
 préservation des ressources en eau et 
 de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-classes-deau-1/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>164222</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Évènement grand public</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I135" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J135" s="1" t="inlineStr">
+      <c r="J127" s="1" t="inlineStr">
         <is>
           <t>ou Forfait de 1 000 euros/j ou 1500 euros/2j</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q135" s="1" t="inlineStr">
+      <c r="Q127" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération de communication ou 
 d’information des publics permettant 
 de soutenir les objectifs d’intervention 
 de l’Agence de l’eau pour la 
 préservation des ressources en eau et 
 de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T135" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-aaction-ou-programme-de-sensibilisation-de-communication-dinformation-sur-les-enjeux-de-la-politique-de-leau/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>164223</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Évènement professionnel</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I136" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J136" s="1" t="inlineStr">
+      <c r="J128" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q136" s="1" t="inlineStr">
+      <c r="Q128" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération de communication ou 
 d’information des publics permettant 
 de soutenir les objectifs d’intervention 
 de l’Agence de l’eau pour la 
 préservation des ressources en eau et 
 de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>164224</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Action de communication co-organisée avec l'agence de l'eau</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I137" s="1" t="inlineStr">
+      <c r="I129" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J137" s="1" t="inlineStr">
+      <c r="J129" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M137" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q137" s="1" t="inlineStr">
+      <c r="Q129" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action co-organisée avec l’Agence de 
 l’eau&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public-1/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>164226</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Consultation du public</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I138" s="1" t="inlineStr">
+      <c r="I130" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J138" s="1" t="inlineStr">
+      <c r="J130" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M138" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action d’information, de sensibilisation 
 en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q138" s="1" t="inlineStr">
+      <c r="Q130" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action d’information, de sensibilisation 
 en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-cible/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>164238</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Financer des solutions d'adaptation au changement climatique fondées sur la renaturation des villes et des villages</t>
         </is>
       </c>
-      <c r="C139" s="1" t="inlineStr">
+      <c r="C131" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>[AXE 2] Renaturation des villes et des villages</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F139" s="1" t="inlineStr">
+      <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région
 Préfectures de département
 Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I139" s="1" t="inlineStr">
+      <c r="I131" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La renaturation doit participer à &lt;strong&gt;l’adaptation des espaces urbanisés aux impacts du changement climatique, en réduisant leurs vulnérabilités grâce aux solutions fondées sur la nature&lt;/strong&gt; (végétalisation, régulation hydraulique ou encore aménagement de parcs et jardins).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P139" s="1" t="inlineStr">
+      <c r="P131" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q139" s="1" t="inlineStr">
+      <c r="Q131" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Porteurs de projets éligibles&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;La candidature est portée par une personne morale appelée « porteur du projet ». Les porteurs de projet éligibles sont les maîtres d’ouvrage des projets de nature en ville sous réserve que leur projet respecte les règles européennes applicables aux aides d&amp;#039;Etat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des collectivités territoriales et groupements de collectivités ;&lt;/li&gt;&lt;li&gt;Des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales) ; &lt;/li&gt;&lt;li&gt;Des établissements publics de l’Etat (en particulier les établissements publics d’aménagement et le conservatoire du littoral) ; &lt;/li&gt;&lt;li&gt;Des bailleurs sociaux.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les concessionnaires, délégataires et mandataires peuvent également déposer un dossier de candidature, avec l’accord formalisé de la collectivité ou établissement public concerné.&lt;/p&gt;&lt;p&gt;Le porteur de projet peut mentionner dans son dossier un « co-portage » avec un partenaire (notamment un établissement public foncier) : dans ce cas, les relations conventionnelles ou contractuelles seront détaillées ainsi que toutes les informations utiles à l’établissement de la convention financière si le co-porteur est susceptible de percevoir directement des subventions.&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les projets de renaturation des espaces urbanisés ciblés par cette mesure recouvrent un ensemble de dispositifs qui :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préservent ou recréent des espaces de nature en améliorant leurs fonctionnalités écologiques ;&lt;/li&gt;&lt;li&gt;Sont situés au sein ou en continuité d’un espace urbanisé. En d’autres termes, les projets de renaturation des espaces naturels, agricoles et forestiers (ENAF), à moins qu’ils soient insérés dans l’enveloppe urbaine, ne sont pas éligibles à la mesure. En revanche, l’introduction de la nature dans les nouveaux espaces urbanisés est éligible à la mesure ;&lt;/li&gt;&lt;li&gt;Adaptent le site d’implantation et ses alentours aux impacts du changement climatique pour lesquels une vulnérabilité est identifiée localement, notamment en visant le rafraîchissement urbain ou la gestion intégrée des eaux pluviales. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les actions éligibles à la mesure doivent consister ou contribuer directement à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La renaturation des sols et espaces urbains :&lt;/strong&gt; création, restauration écologique de parcs et jardins (stabilisation et renaturation des sols, aménagements de pleine terre végétalisés et arborés, etc.), végétalisation des espaces publics (alignement et végétalisation des pieds d’arbres), projets d’agriculture urbaine favorables à la biodiversité, restauration, création de noues et de zones d’infiltration des eaux pluviales et désimperméabilisation des sols ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La présence de l’eau et des milieux aquatiques en ville :&lt;/strong&gt; restauration du réseau hydrographique (réouverture ou renaturation de cours d’eau, reméandrage, stabilisation et reprofilage de berges), des zones humides, des zones d’expansion des crues ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La végétalisation des bâtiments et équipements publics&lt;/strong&gt; (toitures et façades végétalisées). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Ces catégories ne doivent pas être vues comme exclusives l’une de l’autre. Pour être éligible, la renaturation proposée doit avant tout renforcer la fonctionnalité écologique, ce qui implique souvent d’agir sur les différents milieux naturels : les projets de végétalisation ne peuvent pas se faire sans travailler sur les sols ou sans prendre en compte les apports en eau dans une logique de gestion intégrée des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les projets de renaturation doivent renforcer la biodiversité locale dans son ensemble. Cela implique, par exemple, que l’introduction de plantes exotiques envahissantes qui la fragiliserait est proscrite. Les fonctionnalités écologiques de l’écosystème ainsi renforcées doivent aussi répondre à un défi d’adaptation au changement climatique. Dans ce sens, le standard mondial de l’UICN pour les solutions fondées sur la nature peut servir de base de référence pour les porteurs de projets. Précisément :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le territoire d’implantation doit identifier les&lt;strong&gt; facteurs de vulnérabilités climatiques&lt;/strong&gt; auxquels il est exposé (qualifier l’aléa climatique local : son ampleur, son échelle géographique, les enjeux humains et sociétaux en termes d’exposition, l’impact qu’il aurait sur ceux-ci sans le projet) ;&lt;/li&gt;&lt;li&gt;Le projet, par les bénéfices écosystémiques de la solution de renaturation proposée, doit &lt;strong&gt;r&lt;/strong&gt;&lt;strong&gt;éduire les vulnérabilités identifiées localement&lt;/strong&gt; (décrire les fonctionnalités écologiques attendues du projet, leurs bénéfices écosystémiques, l’échelle géographique de leurs effets et justifier que les solutions sont dimensionnées pour répondre au défi d’adaptation au changement climatique identifié, sur le temps long).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La mesure est destinée à financer : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’études de diagnostic territorial et de stratégie&lt;/strong&gt; de résilience climatique et de renaturation, qui pourront notamment s’appuyer sur l’outil « plan de paysage » ou la démarche paysagère, dans le cadre de l’élaboration des documents de planification et d’urbanisme (SRADDET, SDRIF/SRCE, SAR, PADDUC, SCOT, PLU-i, cartes communales, SRCE, SDAGE/SAGE, PCAET, PGRI, PAPI, etc.) ou des programmations urbaines (à l’échelle d’un îlot, d’un quartier ou d’un territoire). Cela inclut des diagnostics d’îlots de chaleur urbain, afin notamment d’identifier les quartiers prioritaires pour les opérations de renaturation ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’ingénierie et d’études préalables à la conception de projets &lt;/strong&gt;développant des solutions fondées sur la nature, ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’investissements&lt;/strong&gt; permettant la mise en œuvre concrète des solutions fondées sur la nature en ville. Ces demandes doivent donner des garanties de maturité : clarté des objectifs, stratégie de maîtrise du foncier, identification d’un opérateur d’aménagement et d’un gestionnaire pour l’entretien et la maintenance, anticipation du coût complet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;En outre, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie. La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;&lt;p&gt;Sont également éligibles les investissements dans des projets développant ou intégrant des systèmes d’intelligence artificielle (IA) visant à favoriser l’émergence ou la mise en œuvre de solutions d’adaptation au changement climatique en lien avec la mesure du présent cahier.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles à la mesure de renaturation les opérations de simple mise en conformité à une obligation réglementaire, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. Le fonds pourra subventionner les opérations allant au-delà de ces obligations réglementaires.&lt;/p&gt;&lt;p&gt;Les dépenses qui accompagnent la renaturation sans contribuer à renforcer les fonctionnalités écologiques de l’écosystème ne sont pas éligibles (mobilier urbain, cheminement, matériel, etc.).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées . L’accusé réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe2_Renaturation.pdf</t>
         </is>
       </c>
-      <c r="W139" s="1" t="inlineStr">
+      <c r="W131" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-2-renaturation</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-solutions-dadaptation-au-changement-climatique-fondees-sur-la-renaturation-des-villes-et-des-villages-2/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>164241</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Protéger et restaurer les espaces naturels</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F140" s="1" t="inlineStr">
+      <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Directions de l'Environnement, de l'Aménagement et du Logement (DEAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;⚠️ &lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  &lt;em&gt;
   Aux côtés de la mesure &amp;#34;Mieux connaître et mobiliser pour la biodiversité&amp;#34; et de la mesure &amp;#34;Réduire les pressions sur la biodiversité de votre territoire&amp;#34;, la présente aide vient prendre le relais de la mesure &amp;#34;Accompagnement de la stratégie nationale pour la biodiversité 2030&amp;#34; de l&amp;#039;édition 2023 du Fonds vert.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;h4&gt;
   Ambition écologique du projet financé
  &lt;/h4&gt;
 &lt;p&gt;Dans un objectif de protection et de restauration de la biodiversité, les projets présentés au titre du fonds vert doivent permettre de réduire les pressions sur la biodiversité et de la restaurer sur l&amp;#039;ensemble du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Mettre en œuvre la stratégie nationale pour les aires protégées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Contribuant à la réussite de la SNB 2030, la stratégie nationale pour les aires protégées 2030 (SNAP 2030) adoptée en janvier 2021 et annoncée par le Président de la République, constitue la feuille de route de la politique nationale en matière d’aires protégées.&lt;/p&gt;&lt;p&gt;La SNAP poursuit l’objectif de &lt;strong&gt;développer un réseau d’aires protégées efficace, cohérent, résilient, intégré et pérenne, sur l’ensemble du territoire&lt;/strong&gt; (à terre comme en mer). La stratégie doit accompagner la mise en œuvre d’une gestion efficace et adaptée de ce réseau et y garantir la compatibilité des usages avec les enjeux écologiques. Elle porte encore des objectifs sur le renforcement de la coopération internationale et le rôle des aires protégées en matière de connaissance sur la biodiversité. &lt;/p&gt;&lt;p&gt;La SNAP 2030 établit la cible de&lt;strong&gt; couverture d’ici 2030 d’au moins 30% du territoire national et des eaux maritimes sous juridiction ou souveraineté par un réseau d’aires protégées et 10% par des zones de protection forte bien gérées.&lt;/strong&gt; A ce jour, 4,2% du territoire national est en protection forte, tandis que l’objectif de 30% est dépassé (33%).&lt;/p&gt;&lt;p&gt;Pour permettre l’atteinte des objectifs de la SNAP, le fonds vert soutient en particulier les projets qui permettront d’augmenter le nombre d’aires protégées reconnues en protection forte, d’étendre leur surface et de contribuer à la restauration des écosystèmes dans les aires protégées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Restaurer les écosystèmes terrestres et marins dégradés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le fonds vert doit permettre de &lt;strong&gt;mettre en œuvre des projets de restauration des écosystèmes terrestres et marins dégradés, en application du règlement européen Restauration, adopté en 2024.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P140" s="1" t="inlineStr">
+      <c r="P132" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q140" s="1" t="inlineStr">
+      <c r="Q132" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine et les territoires ultra-marins.&lt;/p&gt;&lt;p&gt;La mesure bénéficie aux COM, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des collectivités territoriales et groupements de collectivités, y compris les collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales)  et des syndicats mixtes (exemple : syndicat mixte de PNR, ...) ;  &lt;/li&gt;&lt;li&gt;des services déconcentrés de l’Etat, établissements publics de l’Etat ou groupements d’intérêt public ; &lt;/li&gt;&lt;li&gt;des associations ou des fondations, en particulier gestionnaires d’aires protégées ;&lt;/li&gt;&lt;li&gt;des structures professionnelles gestionnaires d’aires protégées (exemples : fédérations régionales des chasseurs, comités des pêches maritimes et des élevages marins ou comités de la conchyliculture etc.) ;&lt;/li&gt;&lt;li&gt;des gestionnaires (exemple : gestionnaire des démarches Grands Sites de France et des opérations grands sites) et propriétaires forestiers ;&lt;/li&gt;&lt;li&gt;des entreprises privées, avec une attention renforcée aux critères prévus par le paragraphe 2.5 du présent cahier ;&lt;/li&gt;&lt;li&gt;des gestionnaires de ports en outre-mer (si installation de mouillages écologiques dans les parties « naturelles » du domaine public maritime portuaire, c&amp;#039;est à dire en dehors des endigages portuaires). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
   Nature des projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;Le fonds est destiné à financer ou co-financer, pour les sous-mesures détaillées au paragraphe 2.3 du cahier d&amp;#039;accompagnement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des subventions d’ingénierie et d’études préalables à la conception des projets ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;des subventions d’investissements permettant la mise en œuvre concrète des solutions identifiées ci-dessus.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’appui financier aux projets, le fonds vert peut financer des prestations d’ingénierie (en régie ou externe) pour les porteurs de projets qui en ont besoin afin de faciliter la mise en œuvre de projets financés par cette mesure du fonds vert. Par ailleurs, la mesure ingénierie du fonds vert peut aider les porteurs de projet à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie.&lt;/p&gt;&lt;p&gt;Les demandes de subventions de fonctionnement ou d’animation des structures, et de subventions aux actions de connaissance dans le cadre de la mise en œuvre des politiques traitées par le présent cahier d’accompagnement, ainsi que les financements relatifs à l’animation et à la concertation pour l’émergence de projets relèvent d’un financement budgétaire classique. Elles ne sont donc pas éligibles à la présente mesure du Fonds vert. Le cas échéant, une action de connaissance ou d’animation peut être éligible au Fonds Vert, si elle s’intègre dans un projet comprenant une mise en œuvre concrète de solution. Les acteurs concernés sont invités à se rapprocher de la Direction (régionale) de l’environnement, du logement et de la nature ou de la Direction départementale des territoires (et de la mer) qui l’orientera vers l’interlocuteur compétent.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles au fonds vert les opérations de simple mise en conformité à une obligation réglementaire nationale déjà existante, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. &lt;/p&gt;&lt;p&gt;Le fonds pourra subventionner uniquement les opérations allant au-delà de ces obligations réglementaires nationales existantes, y compris en utilisant les obligations réelles environnementales (ORE).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FondsVert_Proteger-restaurer-les-espacesnaturels_Cahier-accompagnement.pdf</t>
         </is>
       </c>
-      <c r="W140" s="1" t="inlineStr">
+      <c r="W132" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-biodiversite</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;⚠️ &lt;strong&gt;&lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>romeo.miara@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-et-restaurer-les-espaces-naturels-15/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>164242</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Prévenir les inondations</t>
         </is>
       </c>
-      <c r="C141" s="1" t="inlineStr">
+      <c r="C133" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>[AXE 2] Prévention des inondations</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F141" s="1" t="inlineStr">
+      <c r="F133" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I141" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;Dans un objectif d’adaptation au changement climatique, les actions de prévention des inondations financées par le fonds vert contribuent à améliorer la résilience des territoires face au changement climatique, à préserver les vies humaines et à réduire les dommages économiques des inondations. Une attention particulière est accordée au contenu des projets afin que les solutions fondées sur la nature soient bien étudiées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Risques naturels
 Bâtiments et construction
 Mers et océans
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P141" s="1" t="inlineStr">
+      <c r="P133" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q141" s="1" t="inlineStr">
+      <c r="Q133" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R141" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Porteurs de projets éligibles&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les bénéficiaires sont les collectivités territoriales ou leurs groupements (définis à l’article L. 5111-1 du code général des collectivités territoriales), notamment ceux exerçant la compétence de gestion des milieux aquatiques et de prévention des inondations (GEMAPI) ainsi que ceux assurant la maîtrise d’ouvrage des études et actions de prévention des inondations. S’agissant des collectivités exerçant la compétence GEMAPI, les porteurs de projets pourront être, selon la gouvernance retenue par les élus du territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les EPCI à fiscalité propre qui exercent directement la mission « défense contre les inondations et contre la mer » de la GEMAPI ;&lt;/li&gt;&lt;li&gt;les syndicats mixtes agissant par transfert de compétence d’EPCI à fiscalité propre ;&lt;/li&gt;&lt;li&gt;les syndicats mixtes de type EPAGE ou EPTB agissant par délégation de compétence d’EPCI à fiscalité propre. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les projets soutenus auront pour effet d’améliorer la prévention des inondations sur les territoires des communes où  le FPRNM ne peut pas intervenir. Ces projets concernent notamment :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les actions d’amélioration de la connaissance, en particulier des phénomènes de ruissellement ;&lt;/li&gt;&lt;li&gt;les diagnostics de vulnérabilité et les travaux de réduction de la vulnérabilité des bâtiments publics en complément ou en alternative possible aux ouvrages de protection ou de ralentissement dynamique, en particulier lorsque ces ouvrages ne sont pas rentables en termes d’investissement public, au regard d’un faible nombre d’enjeux ; &lt;/li&gt;&lt;li&gt;la création de zones d’expansion de crue, de démarches de reméandrage et toutes solutions fondées sur la nature ;&lt;/li&gt;&lt;li&gt;les travaux de réhabilitation ou de renforcement d’un « système d’endiguement », éventuellement pour adapter le niveau de protection au regard du changement climatique ; &lt;/li&gt;&lt;li&gt;les travaux de neutralisation des anciennes digues ;&lt;/li&gt;&lt;li&gt;les éventuels rachats d’habitations à la suite de la neutralisation d’une digue existante (car non intégrée dans un système d’endiguement) ou du retrait du système d’endiguement dans le cas d’un accord avec les propriétaires ;&lt;/li&gt;&lt;li&gt;les actions de coordination à l’échelle d’un bassin pertinent, de l’action des collectivités ayant la compétence GEMAPI.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Sont également éligibles les investissements dans des projets développant ou intégrant des systèmes d’intelligence artificielle (IA) visant à favoriser l’émergence ou la mise en œuvre de solutions d’adaptation au changement climatique en lien avec la mesure du présent cahier.&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération qui sont ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées. L’accusé de réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;&lt;p&gt;Par ailleurs, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie. La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T141" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe2_Inondations.pdf</t>
         </is>
       </c>
-      <c r="W141" s="1" t="inlineStr">
+      <c r="W133" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-2-inondations</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-les-inondations-1/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>164246</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Réduire les pressions sur la biodiversité de votre territoire</t>
         </is>
       </c>
-      <c r="C142" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F142" s="1" t="inlineStr">
+      <c r="F134" s="1" t="inlineStr">
         <is>
           <t>Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Directions de l'Environnement, de l'Aménagement et du Logement (DEAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;⚠️ &lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  &lt;em&gt;
   Aux côtés de la mesure &amp;#34;Protéger et restaurer les espaces naturels&amp;#34; et de la mesure &amp;#34;Mieux connaître et mobiliser pour la biodiversité&amp;#34;, la présente aide vient prendre le relais de la mesure &amp;#34;Accompagnement de la stratégie nationale pour la biodiversité 2030&amp;#34; de l&amp;#039;édition 2025 du Fonds vert.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;h4&gt;
   Ambition écologique du projet financé
  &lt;/h4&gt;
 &lt;p&gt;Dans un objectif de protection et de restauration de la biodiversité, les projets présentés au titre du fonds vert doivent permettre de réduire les pressions sur la biodiversité et de la restaurer sur l&amp;#039;ensemble du territoire.&lt;/p&gt;&lt;p&gt;Cette ambition écologique générale se décline de la manière suivante :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Plans nationaux d&amp;#039;action (PNA) en faveur des espèces menacées et plans assimilés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En matière de protection des espèces, cette ambition se traduit par l’objectif de maintien ou de rétablissement dans un état de conservation favorable des populations des espèces de faune et de flore sauvages menacées, en particulier des plus rares ou des plus remarquables, qui sont visées par des Plans nationaux d’action (PNA) ou des plans assimilés. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Rétablir les continuités écologiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le fonds vert doit permettre d’accélérer la mise en œuvre de l’objectif national de résorption de la totalité des points noirs prioritaires identifiés par chaque région d’ici 2030.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Protection des insectes pollinisateurs &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier du fonds vert doit permettre d’augmenter de manière significative le linéaire de dépendances vertes pour contribuer au doublement des surfaces des sites favorables aux insectes pollinisateurs. Le fonds vert intervient en complémentarité des crédits prévus par le Pacte Haies, en ciblant en priorité les linéaires de dépendances vertes hors terres agricoles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Lutte contre les espèces exotiques envahissantes &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’objectif est d’atténuer, et si possible de supprimer les impacts (sur la biodiversité, de nature socio-économique et sanitaire) des espèces exotiques envahissantes, à travers des opérations de gestion des populations animales et végétales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P142" s="1" t="inlineStr">
+      <c r="P134" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q142" s="1" t="inlineStr">
+      <c r="Q134" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine et les territoires ultra-marins.&lt;/p&gt;&lt;p&gt;La mesure bénéficie aux COM, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des collectivités territoriales et groupements de collectivités, y compris les collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales) et des syndicats mixtes (exemple : syndicat mixte de PNR, ...)  ; &lt;/li&gt;&lt;li&gt;des services déconcentrés de l’Etat, établissements publics de l’Etat ou groupements d’intérêt public ; &lt;/li&gt;&lt;li&gt;des associations ou des fondations, en particulier gestionnaires d’aires protégées ;&lt;/li&gt;&lt;li&gt;des structures professionnelles gestionnaires d’aires protégées (exemples : fédérations régionales des chasseurs, comités des pêches maritimes et des élevages marins ou comités de la conchyliculture etc.) ;&lt;/li&gt;&lt;li&gt;des gestionnaires (exemple : gestionnaire des démarches Grands Sites de France et des opérations grands sites) et propriétaires forestiers ;&lt;/li&gt;&lt;li&gt;des gestionnaires d’infrastructures de transport y compris les services de l’Etat, pour le rétablissement des continuités écologiques (trame verte et bleue) en tant que gestionnaire d&amp;#039;infrastructure (transport, domaine public fluvial en outre-mer ou transfrontalier), hors autoroutes concédées ;&lt;/li&gt;&lt;li&gt;des entreprises privées, avec une attention renforcée aux critères prévus par le paragraphe 2.5 du cahier d&amp;#039;accompagnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
   Nature des projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;Le fonds est destiné à financer ou co-financer, pour les sous-mesures détaillées au paragraphe 2.3 du cahier d&amp;#039;accompagnement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des subventions d’ingénierie et d’études préalables à la conception des projets ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;des subventions d’investissements permettant la mise en œuvre concrète des solutions identifiées ci-dessus.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’appui financier aux projets, le fonds vert peut financer des prestations d’ingénierie (en régie ou externe) pour les porteurs de projets qui en ont besoin afin de faciliter la mise en œuvre de projets financés par cette mesure du fonds vert. Par ailleurs, la mesure ingénierie du fonds vert peut aider les porteurs de projet à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie.&lt;/p&gt;&lt;p&gt;Les demandes de subventions de fonctionnement ou d’animation des structures, et de subventions aux actions de connaissance dans le cadre de la mise en œuvre des politiques traitées par le présent cahier d’accompagnement, ainsi que les financements relatifs à l’animation et à la concertation pour l’émergence de projets relèvent d’un financement budgétaire classique. Elles ne sont donc pas éligibles à la présente mesure du Fonds vert. Le cas échéant, une action de connaissance ou d’animation peut être éligible au Fonds Vert, si elle s’intègre dans un projet comprenant une mise en œuvre concrète de solution.  Les acteurs concernés sont invités à se rapprocher de la Direction (régionale) de l’environnement, du logement et de la nature ou de la Direction départementale des territoires (et de la mer) qui l’orientera vers l’interlocuteur compétent.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles au fonds vert les opérations de simple mise en conformité à une obligation réglementaire nationale déjà existante, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. &lt;/p&gt;&lt;p&gt;Le fonds pourra subventionner uniquement les opérations allant au-delà de ces obligations réglementaires nationales existantes, y compris en utilisant les obligations réelles environnementales (ORE).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T142" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FondsVert_Reduire-les-pressions-sur-la-biodiversite_Cahier-accompagnement.pdf</t>
         </is>
       </c>
-      <c r="W142" s="1" t="inlineStr">
+      <c r="W134" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-biodiversite</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;⚠️ &lt;strong&gt;&lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>romeo.miara@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-pressions-sur-la-biodiversite-de-votre-territoire-10/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>164248</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>S'adapter au recul du trait de côte</t>
         </is>
       </c>
-      <c r="C143" s="1" t="inlineStr">
+      <c r="C135" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>[AXE 2] Accompagnement pour l’adaptation des territoires littoraux au recul du trait de côte</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F143" s="1" t="inlineStr">
+      <c r="F135" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I143" s="1" t="inlineStr">
+      <c r="I135" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;Dans un objectif d’adaptation au changement climatique, les projets financés par le fonds vert doivent permettre de soutenir les collectivités dans la mise en œuvre d’opérations d’anticipation et d’adaptation aux effets du changement climatique et au recul du trait de côte.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Risques naturels
 Mers et océans
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P143" s="1" t="inlineStr">
+      <c r="P135" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q143" s="1" t="inlineStr">
+      <c r="Q135" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Éligibilité et sélection des projets&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Elle doit permettre de cofinancer :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les cartes locales de projection du recul du trait de côte aux horizons 30 ans et 100 ans que les collectivités doivent réaliser et intégrer dans leur document d’urbanisme conformément aux dispositions de l’article L. 321-15 du code de l’environnement et des articles L. 121-22-1 et L. 121-22-2 du code de l’urbanisme ;&lt;/li&gt;&lt;li&gt;Les études préalables nécessaires à l’élaboration de stratégies locales de gestion intégrée du trait de côte telles que définies à l’article L. 321-16 du code de l’environnement ;&lt;/li&gt;&lt;li&gt;Des actions de recomposition des territoires, contractualisées avec l’Etat dans le cadre de projets partenariaux d’aménagement (PPA) engagés sur les territoires littoraux exposés ;&lt;/li&gt;&lt;li&gt;Des expérimentations d’adaptation voire de relocalisation d’équipements d’hôtellerie de plein air (campings), situés dans les communes exposées au recul du trait de côte, dans la continuité des mesures initiées dans le cadre du programme Destination France et dans le cadre d’une démarche paysagère à l’échelle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;Projets éligibles&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Cartes locales de projection du recul du trait de côte aux horizons 30 ans et 30-100 ans&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Porteurs de projet éligibles&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet accompagnement de l’État visera exclusivement :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes identifiées dans le décret prévu à l’article L. 321-15 du code de l’environnement établissant la liste des communes dont l&amp;#039;action en matière d&amp;#039;urbanisme et la politique d&amp;#039;aménagement doivent être adaptées aux phénomènes hydro-sédimentaires entraînant l&amp;#039;érosion du littoral ;&lt;/li&gt;&lt;li&gt;Sur mandat des communes concernées, les établissements publics de coopération intercommunale (EPCI) dont au moins l’une des communes littorales est identifiée dans ce même décret. La cartographie réalisée pour des communes du même EPCI et ne figurant pas dans la liste peut alors bénéficier de la même manière du concours financier du fonds.&lt;/li&gt;&lt;li&gt;Sur mandat des communes concernées à leur EPCI, et par délégation des EPCI littoraux les composant, les regroupements d’EPCI (pôles métropolitains, pôles d’équilibre territorial et rural, pays, autres structures porteuses d’un schéma de cohérence territoriale) dont au moins l’une des communes littorales de chaque EPCI littoral est identifiée dans ce même décret. Pour tenir compte des projets stratégiques partagés pour l’aménagement d’un territoire et du fonctionnement des cellules hydro-sédimentaires, la cartographie réalisée à cette échelle peut bénéficier de la même manière du concours financier du fonds.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Nature des projets éligibles&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le fonds est destiné à co-financer les travaux menés pour les cartes locales de projection du recul du trait de côte à horizons 30 et 100 ans prévues par la loi Climat et Résilience.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles correspondent aux coûts d’élaboration des cartes (études préalables comprises) et aux dépenses pour leur intégration dans les documents d’urbanisme.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Elaboration de stratégies locales de gestion intégrée du trait de côte (SLGITC) &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Porteurs de projet éligibles&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le financement des études préalables et des prestations nécessaires à l’élaboration de stratégies locales de gestion intégrée du trait de côte (SLGITC) visera exclusivement les acteurs publics territoriaux (collectivités, EPCI, regroupement d’EPCI) dont au moins l’une des communes littorales membres est identifiée dans le décret défini par l’article L. 321-15 du code de l’environnement établissant la liste des communes dont l&amp;#039;action en matière d&amp;#039;urbanisme et la politique d&amp;#039;aménagement doivent être adaptées aux phénomènes hydro-sédimentaires entraînant l&amp;#039;érosion du littoral.&lt;/p&gt;&lt;p&gt;Les opérations d’acquisition de données dans le cadre de l’élaboration d’une SLGITC sous maîtrise d’ouvrage des porteurs de projets éligibles, notamment celles confiées aux membres du réseau national des observatoires du trait de côte peuvent également bénéficier de cette mesure.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Nature des projets éligibles&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les stratégies locales revêtent une importance cruciale pour créer des synergies entre les acteurs afin de co-construire des projets d’adaptation partagés.&lt;/p&gt;&lt;p&gt;Les SLGITC mentionnées à l’article L. 321-16 du code de l’environnement ont vocation à porter la mise en œuvre pratique des orientations de la stratégie nationale (SNGITC). Elles doivent être constituées à une échelle géographique pertinente au regard des unités et des dynamiques hydro-sédimentaires. &lt;/p&gt;&lt;p&gt;Les projets éligibles doivent contribuer à l’élaboration d’une stratégie locale intégrant a minima :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des diagnostics hydro-sédimentaire, géomorphologiques, et des projections d’évolution du trait de côte à plusieurs échelles temporelles dont &amp;#43;30 et &amp;#43;100 ans ; &lt;/li&gt;&lt;li&gt;une identification des ouvrages de protection existants y compris ceux gérés par des associations syndicales autorisées et ceux sans maître ;&lt;/li&gt;&lt;li&gt;une évaluation de l’état des ouvrages et des scénarios sur leur devenir ;&lt;/li&gt;&lt;li&gt;une approche temporelle en prévoyant des actions d’adaptation à court, moyen et long terme, évaluées par exemple sur le fondement d’une analyse coûts-bénéfices ou d’une analyse multicritères permettant d’apporter des éléments de comparaison et d’aide à la décision ;&lt;/li&gt;&lt;li&gt;des actions de gestion, de protection souple, et des scénarios de recomposition spatiale adaptés aux différents enjeux des territoires concernés : territoires urbanisés, territoires ruraux agricoles, enjeux de biodiversité, etc. ;&lt;/li&gt;&lt;li&gt;des outils d’animation pour mobiliser et associer plus largement les acteurs privés (bureaux d’études, secteur de l’immobilier, entreprises…), les associations et la population.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet doivent associer à l’élaboration de leur stratégie locale les services déconcentrés de l’État.&lt;/p&gt;&lt;p&gt;Sont éligibles à cette mesure du fonds vert, les dépenses suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquisition de données sur l’évolution du trait de côte (courantologie, bathymétrie, mesures d’observations notamment citoyennes, etc.) dans la perspective de constituer un socle de connaissance préalable à la réalisation d’une SLGITC ;&lt;/li&gt;&lt;li&gt;Etudes et prestations nécessaires à l’élaboration d’une SLGITC (diagnostic de l’existant, définition de scénarios d’adaptation et analyse comparative des scénarios dans un objectif d’aide à la décision).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Actions de recomposition des territoires, contractualisées avec l’État dans le cadre de projets partenariaux d’aménagement (PPA) &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Porteurs de projet éligibles&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles aux contrats de projets partenariaux d’aménagement (PPA) tous les projets de recomposition territoriale, portés par les EPCI. &lt;/p&gt;&lt;p&gt;Les établissements publics d’aménagement, les agences des 50 pas géométrique (dans la limite de leurs compétences telles que prévues par l’article 5 de la loi n° 96-1241 du 30 décembre 1996) ou le conservatoire du littoral peuvent également être bénéficiaires de ces aides, si le projet qu’ils portent participe à la recomposition territoriale sur leur périmètre de compétence, ainsi que les établissements publics fonciers, pour le compte de collectivités concernées par le recul du trait de côte avec lesquelles ils ont signé une convention d&amp;#039;intervention foncière.&lt;/p&gt;&lt;p&gt;Tous les EPCI littoraux dont au moins une commune est soumise au phénomène d’érosion du littoral sont éligibles à une démarche de PPA. &lt;/p&gt;&lt;p&gt;Dans une logique de cohérence de l’action publique et afin de potentialiser l’intégralité des outils opérationnels dédiés à la recomposition des territoires littoraux, toutes les communes littorales de l’EPCI menacées par l’érosion devront avoir délibéré favorablement en vue de leur inscription au décret défini par l’article L. 321-15 du code de l’environnement établissant la liste des communes dont l&amp;#039;action en matière d&amp;#039;urbanisme et la politique d&amp;#039;aménagement doivent être adaptées aux phénomènes hydro-sédimentaires entraînant l&amp;#039;érosion du littoral. &lt;/p&gt;&lt;p&gt;A défaut, lors de la saisine du préfet, les communes doivent avoir pris l’engagement de délibérer au sujet de leur inscription à ce décret. La délibération négative d’une commune menacée par l’érosion est une clause suspensive du contrat, dont le périmètre sera alors ré-ajusté et limité aux seules communes littorales ayant délibéré favorablement. &lt;/p&gt;&lt;p&gt;L’EPCI concerné est engagé et est à l’initiative avec la/les communes du démarrage de la démarche.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Nature des projets éligibles&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet partenarial d’aménagement (PPA) est un contrat institué aux articles L. 312-1 et suivant du code de l’urbanisme, conclu entre le président d’un EPCI et le préfet de département (ou de région) en vue de réaliser une opération d’aménagement au sens de l’article L. 300-1 du code de l’urbanisme. &lt;/p&gt;&lt;p&gt;Le PPA permet de confier le pilotage d’un projet d’aménagement à un EPCI dans un cadre partenarial étroit avec l’Etat qui garantira sur le long terme l’engagement de tous les décideurs et de tous les financeurs. Il peut permettre, notamment par la mobilisation de la procédure intégrée de la grande opération d’urbanisme, la mise en compatibilité des documents de planification. &lt;/p&gt;&lt;p&gt;A travers la conclusion d’un PPA un effet levier est recherché pour la concrétisation des projets de recomposition des territoires menacés par l’érosion du littoral à travers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La dimension contractuelle et partenariale : outre le président de l’EPCI et le préfet, tous les acteurs impliqués (communes, GIP, SEM, SPL, EPF…) dans le projet peuvent être signataires du contrat de PPA, ce qui permet notamment de mettre en synergie les financeurs potentiels et ordonnancer l’intervention des parties prenantes par la mise en place d’une feuille de route du projet ;&lt;/li&gt;&lt;li&gt;La création d’un cadre juridique exorbitant du droit commun visant à faciliter et accélérer la concrétisation de l’opération d’aménagement, notamment par la mise en place d’outils d’intervention foncière adaptés aux enjeux littoraux et une possibilité de dérogation limitée et encadrée à la loi littoral ou la création d’une grande opération d’urbanisme ;&lt;/li&gt;&lt;li&gt;Le soutien de l’Etat pour la réalisation de l’ensemble des actions portées au contrat, à travers une subvention des actions portées au PPA, y compris la capitalisation d’opérateurs publics d’aménagement et à l’exclusion du financement de masse salariale dédiée au projet, ainsi que la mobilisation de moyens d’appui en ingénierie auprès du « centre national de ressources d’appui aux PPA » hébergé par Grand Paris Aménagement sur autorisation de la DGALN/DHUP.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est fait la distinction entre deux types de PPA ; d’une part les PPA dits « de préfiguration » dont l’objectif est de réaliser l’ensemble des études pré-opérationnelles (diagnostic territorial, études de programmation urbaine, étude de stratégie foncière, montage opérationnel et financier, concertation…) et d’autre part les PPA dits « opérationnels » qui consistent en la réalisation des actions ou opérations d’aménagement.&lt;/p&gt;&lt;p&gt;A la demande des EPCI, les contrats de PPA littoraux pourront être articulés si nécessaire avec les démarches dites « Atelier des territoires » dans l’objectif de définir le projet territorial de l’EPCI préalablement au lancement de la démarche PPA.&lt;/p&gt;&lt;p&gt;Le fonds vert permettra de cofinancer l’ensemble ou une partie des actions du contrat qui devront avoir pour objet l’adaptation du territoire du PPA au recul du trait de côte et qui ont pour finalité une/des opération(s) d’aménagement au sens de l’article L.300-1 du code de l’urbanisme. Il s’agit d’accompagner tout projet de recomposition, pris au stade pré-opérationnel (études) ou réalisation.&lt;/p&gt;&lt;p&gt;Tout contrat de PPA doit porter une attention particulière à l’ambition environnementale du projet, à son insertion territoriale et paysagère afin de garantir un développement équilibré du territoire et ainsi contribuer à un cadre de vie de qualité.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles pour les PPA trait de côte au titre du fonds vert sont encadrées comme suit :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;→ Dépenses d’études et d’accompagnement :&lt;/strong&gt; ces dépenses sont éligibles dans toutes les zones du PPA, qu’elles soient exposées au phénomène d’érosion ou non. &lt;/p&gt;&lt;p&gt;&amp;gt; Les études pré-opérationnelles, en particulier : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Diagnostics (social, urbain, patrimonial, architectural, économique, environnemental, juridique…) ;&lt;/li&gt;&lt;li&gt;Études foncières ;&lt;/li&gt;&lt;li&gt;Plans guides, études de conception et de faisabilités urbaines ;&lt;/li&gt;&lt;li&gt;Études relatives à la programmation urbaine et immobilière ;&lt;/li&gt;&lt;li&gt;Études de marché ;&lt;/li&gt;&lt;li&gt;Études globales de mobilité, les études de stationnement ;&lt;/li&gt;&lt;li&gt;Études sur l’état des sols et du bâti (pollution). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&amp;gt; Des études spécifiques au trait de côte peuvent être éligibles :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études cartographiques d’exposition à l’érosion côtière sur les trois périodes 0/5 – 5/30 et 30/100 ans ;&lt;/li&gt;&lt;li&gt;Le recensement des biens en qualifiant leur occupation, leur état, leur valeur vénale et la durée de vie résiduelle, ainsi que l’identification des populations exposées (propriétaires/locataires, % sous plafond de ressources).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&amp;gt; Les actions d’animation, de pilotage et de conduite du projet, en particulier : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de communication et de concertation ;&lt;/li&gt;&lt;li&gt;Actions portant sur la participation des usagers et la co-construction du projet ;&lt;/li&gt;&lt;li&gt;Missions d’assistance à maitrise d’ouvrage pour le pilotage opérationnel du projet global et missions de maitrise d’œuvre urbaine ;&lt;/li&gt;&lt;li&gt;Missions d’OPCU (ordonnancement, pilotage et coordination urbain). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;→ Dépenses opérationnelles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’attribution de subventions à des opérations d’aménagement n’est possible que sur la base de l’établissement d’un bilan économique ayant fait l’objet d’une expertise, au moins rapide, par le Centre de Ressources National d’appui aux PPA.&lt;/p&gt;&lt;p&gt;Les opérations financées peuvent être de nature suivante : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études opérationnelles (études techniques et MOE) dans toutes les zones du PPA ;&lt;/li&gt;&lt;li&gt;Les travaux de démolition, de dépollution (dont désamiantage) et de préparation des sols à leur destination finale, dont la renaturation, dans toutes les zones du PPA et en particulier dans la zone 0-30 ans ;&lt;/li&gt;&lt;li&gt;Les actions de stabilisation du trait de côte avec des techniques « douces » (mobilisant les milieux naturels) feront l’objet d’une analyse cas par cas et leur prise en charge sera validée par le responsable des programmes 113 et 135 ou le préfet en cas de mobilisation du fonds vert ;&lt;/li&gt;&lt;li&gt;Dans la zone 0-30 ans, les travaux d&amp;#039;adaptation des biens exposés à l’érosion, pour assurer leur usage ou habitabilité avant leur disparition, sous réserve de ne pas augmenter le nombre d’habitants, ainsi que les constructions ou installations nouvelles nécessaires à des services publics ou à des activités économiques exigeant la proximité immédiate de l&amp;#039;eau à condition qu&amp;#039;elles présentent un caractère démontable ou temporaire ;&lt;/li&gt;&lt;li&gt;Dans la zone 30-100 ans, les aménagements ou les constructions conçus dans le cadre d’un projet d’aménagement d’ensemble et nécessaires à la recomposition ou la relocalisation des biens exposés. Dans ce cas, la démolition des constructions nouvelles et des extensions de constructions existantes, ainsi que la remise en état du terrain, sous la responsabilité et aux frais de leur propriétaire, sont obligatoires lorsque le recul du trait de côte est tel que la sécurité des personnes ne pourra plus être assurée au-delà d&amp;#039;une durée de trois ans ;&lt;/li&gt;&lt;li&gt;Les travaux de recomposition spatiale et d’aménagement, en particulier d’espaces publics, et d’équipements publics (identifiés dans un programme d’équipements publics le cas échéant) dans les zones de recomposition rétro-littorale, et la prise en charge du déplacement des infrastructures de l’Etat en rétro-littoral ;&lt;/li&gt;&lt;li&gt;L’aide à la structuration de foncières publiques (EPF ou Banque des territoires) pour mener les acquisitions ou constituer des réserves et les acquisitions foncières, si elles contribuent à l’opération de recomposition du territoire soumis à l’érosion du littoral et inscrite dans un BRAEC ;&lt;/li&gt;&lt;li&gt;L&amp;#039;acquisition de biens par la collectivité dès lors qu’un mécanisme de financement soutenable est prévu pour couvrir les frais de démolition des biens et de préparation des sols (renaturation, dépollution), comme par exemple dans le cadre d’un BRAEC, ou tout autre dispositif à venir, sur justification que le modèle économique est équilibré.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Toute autre subvention indispensable à la réalisation du projet urbain pourra être étudiée en vue d’un financement exceptionnel, en particulier au regard de son exemplarité ou de son caractère innovant en faveur de la ville et des territoires durables (exemple : acquisitions de biens exposés sous conditions de décote significative). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;→ Financement direct exceptionnel d’un opérateur :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre exceptionnel, en cas de création d’un organisme spécifiquement dédié à la mise en œuvre du contrat de PPA (ex : GIP, SPLA-IN), les crédits du programme 135 peuvent être utilisés pour apporter une subvention de fonctionnement (GIP) ou capitaliser (SPLAIN) cet organisme.&lt;/p&gt;&lt;p&gt;Sont expressément exclus des financements sur les crédits du fonds vert :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’acquisition de biens menacés à horizon 5 ans, identifiés par un arrêté de péril, une incorporation dans le domaine public maritime (DPM) ou des études scientifiques réalisées par un organisme reconnu ou certifié ;&lt;/li&gt;&lt;li&gt;Les dépenses liées à des infrastructures, constructions et équipements neufs dans la zone 0-30 ans ;&lt;/li&gt;&lt;li&gt;Le financement de nouveaux ouvrages de défense contre la mer ou de protection et de travaux d’extension ou de renforcement d’ouvrages existants, sans préjudice d’autres financements mobilisés par ailleurs pour d’autres objectifs que la recomposition spatiale du littoral exposé à l’érosion, en particulier dans le cadre de la stratégie nationale de gestion intégrée du trait de côte (SNGITC) ;&lt;/li&gt;&lt;li&gt;Les dépenses de simple mise en conform&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Communes littorales</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe2_Recul%20trait%20c%C3%B4te.pdf</t>
         </is>
       </c>
-      <c r="W143" s="1" t="inlineStr">
+      <c r="W135" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-2-trait-de-cote</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sadapter-au-recul-du-trait-de-cote-1/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>164249</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'ingénierie des collectivités pour leurs projets de transition écologique</t>
         </is>
       </c>
-      <c r="C144" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Appui à l'ingénierie - Mesure transverse</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F144" s="1" t="inlineStr">
+      <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I144" s="1" t="inlineStr">
+      <c r="I136" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La présente mesure apporte aux collectivités territoriales ou à leurs groupements un appui en ingénierie de stratégie ou de planification ou en ingénierie d’animation.&lt;/p&gt;&lt;p&gt;L’objectif est de les aider :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;A élaborer ou finaliser leur stratégie, déclinée en plan d’action en matière de transition écologique, qu’il s’agisse de l’élaboration ou de la mise en œuvre de leur PCAET ou pour l’éventuelle mise à jour de leur CRTE à l’aune des objectifs et leviers d’action territoriaux de la planification écologique qui auront été définis dans le cadre des « conférences des parties » (COP) régionales ;&lt;/li&gt;&lt;li&gt;A suivre la mise en œuvre de leur plan d’action ;&lt;/li&gt;&lt;li&gt;A faire émerger des projets à forte ambition environnementale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M144" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Exemples de prestations d&amp;#039;ingénierie pouvant être financées par la mesure du fonds vert dédiée à l&amp;#039;ingénierie d&amp;#039;animation et de planification
  &lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;&amp;gt; Les collectivités territoriales ayant lancé une démarche d&amp;#039;élaboration d’un PCAET ou d’un PAPI pour les territoires à risques d’inondation sont éligibles pour le financement des actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;un diagnostic de vulnérabilité aux impacts du changement climatique (cyclones, incendies de forêt et de végétation, inondations, risques émergents en montagne, recul du trait de côte). Sont concernés en particulier les diagnostics de vulnérabilité territoriale incluant le secteur des transports ou les études de vulnérabilité multimodale des infrastructures et/ou services de transport des collectivités et de leurs partenaires, gestionnaires et opérateurs publics ou privés (y compris des infrastructures de transport qui ne sont pas gérées par les collectivités mais qui font partie du système de transport du territoire et sont nécessaires aux services organisés par les collectivités) ;&lt;/li&gt;&lt;li&gt;Accompagnement pour la mise à jour du diagnostic de vulnérabilité selon la trajectoire de réchauffement de référence pour l’adaptation au changement climatique (TRACC). Cette mesure du PNACC doit être progressivement appliquée à l’ensemble des PCAET lors de leur mise à jour ;&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;une stratégie et d&amp;#039;un plan d&amp;#039;adaptation au changement climatique pour faire face à ces différents impacts, en particulier par l’identification des axes et infrastructures de transport à enjeux pour le territoire nécessitant d’être adaptés prioritairement au changement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de l’appui aux collectivités pour façonner et animer leur stratégie territoriale de transition écologique et notamment de l’adaptation au changement climatique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui en vue de diagnostics complémentaires (vulnérabilité du territoire au regard des enjeux d’adaptation au changement climatique…) pour enrichir la stratégie et le programme d’actions ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage de la stratégie territoriale et du programme d’actions et à la mise en place d’un dispositif d’évaluation ;&lt;/li&gt;&lt;li&gt;L’appui à la conception de dispositifs participatifs pour finaliser et animer une stratégie territoriale ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de la territorialisation de la planification écologique et de l’actualisation des CRTE suite à la publication des feuilles de route issues des COP régionales et départementales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui pour opérationnaliser les orientations et actions de ces feuilles de route en particulier à l’échelle des bassins de vie, dans le cadre des CRTE ;&lt;/li&gt;&lt;li&gt;Appui pour relancer et mettre à jour les CRTE à l’aune des feuilles de route et renforcer et accélérer la dimension environnementale de ces contrats ;&lt;/li&gt;&lt;li&gt;Appui pour préparer la nouvelle génération de contrats (mandature municipale 2026) notamment via le recrutement de postes de chef de projet CRTE ou la mise à jour des diagnostics territoriaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; La mise en place de volets d’accompagnement artistique et culturel en faveur de la transition écologique et énergétique des territoires dans les projets d’aménagement permettant une montée en compétences et une meilleure association des différentes parties prenantes (médiation, résidence, festival, œuvre collective, etc.) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’élaboration d’une démarche paysagère ou d’un plan de paysage avec pour finalité d’accompagner la transition écologique ou énergétique d’un territoire et conçu comme un préalable à l’élaboration d’un projet, d’un plan d’actions, en point d’entrée de la planification ou dans le cadre plus global d’un projet de territoire (exemple déploiement d’ENR, recomposition/renaturation d’un site, repositionnement des filières d’approvisionnement, développement touristique, gestion de l’eau...) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’appui à la définition des enjeux du projet (notes d’enjeux…) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’assistance à maîtrise d’ouvrage dans le cadre de la réalisation des études règlementaires éligibles au fonds vert ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la réalisation d&amp;#039;analyses du parc de bâtiments d&amp;#039;une collectivité, de stratégies immobilières incluant une planification pluriannuelle des actions à réaliser, notamment en matière de rénovation énergétique des bâtiments ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Réalisation de diagnostics de pollution dans les établissements publics communaux ou intercommunaux accueillant des enfants construits à l&amp;#039;endroit ou à proximité d&amp;#039;anciens sites industriels répertoriés dans la cadre des anciens sites industriels et activités de services (CASIAS), afin d&amp;#039;identifier des situations de pollution nécessitant la mise en œuvre de mesures de gestion et/ou travaux pour protéger les personnes fréquentant ces établissements. Seules les collectivités de moins de 50 000 habitants ou leur groupement sont éligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de la recomposition du littoral conformément aux cadres définis au niveau national ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de renaturation des villes et des villages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui à l&amp;#039;émergence et la structuration de filières locales de génie écologique, de mobilisation de la société civile ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’appui à la formation des futurs gestionnaires d&amp;#039;espaces verts.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à l&amp;#039;émergence de stratégies de covoiturage, projets de lignes de covoiturage, d’actions d’animation (site, challenge) et de campagnes d’incitation financière ou encore leur évaluation ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière d’accompagnement au déploiement des zones à faibles émissions (ZFE) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projets agissant en faveur de la mise en place ou du renforcement des ZFE, de la facilitation de l’adaptation des usagers ou du renforcement des solutions de mobilité à faibles émissions et de la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage et à l’accompagnement des actions à mettre en œuvre pour la mise en place ou le renfort d’une ZFE ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de stratégie foncière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La structuration d&amp;#039;observatoires pour outiller la stratégie foncière (inventaire ZAE, friche, habitat, etc.) ;&lt;/li&gt;&lt;li&gt;La révision de documents de planification et d&amp;#039;urbanisme pour décliner la trajectoire de sobriété foncière ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projet agissant en faveur de recyclages fonciers, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de recyclage foncier, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L’appui au montage opérationnel des projets en faveur du recyclage foncier, d’intensification urbaine ou de renaturations des sols (montage opérationnel, juridique et financier, études pré-opérationnelles, plan-guide, schéma directeur…) ;&lt;/li&gt;&lt;li&gt;L’appui à l’élaboration de la stratégie foncière dans la continuité des observatoires mis en place.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Utilisation de solutions techniques recourant à l’intelligence artificielle, au service de l’adaptation au changement climatique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P144" s="1" t="inlineStr">
+      <c r="P136" s="1" t="inlineStr">
         <is>
           <t>14/03/2025</t>
         </is>
       </c>
-      <c r="Q144" s="1" t="inlineStr">
+      <c r="Q136" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont les collectivités ou leurs groupements au sens du code général des collectivités territoriales (CGCT).&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les porteurs de projet peuvent bénéficier :&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement de postes d’animateurs ou chefs de projet contractuels ;&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement d’études ou de conseils, pouvant être menés par :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des organismes publics locaux agences techniques départementales - ATD, conseils d’architecture, d’urbanisme et de l’environnement - CAUE, agences d’urbanisme, agence locale de l’énergie et du climat...) ;&lt;/li&gt;&lt;li&gt;D’autres opérateurs publics (notamment CEREMA, ADEME, Agences de l’eau, Météo France…) ainsi que la Banque des Territoires, direction de la Caisse des Dépôts et Consignations&lt;/li&gt;&lt;li&gt;Des prestataires privés (bureaux d’études, associations...).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Ing%C3%A9nierie_v3.1.pdf</t>
         </is>
       </c>
-      <c r="W144" s="1" t="inlineStr">
+      <c r="W136" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-ingenierie</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lingenierie-des-collectivites-pour-leurs-projets-de-transition-ecologique-3/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>164300</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Équipement pédagogique et informatif de mise en valeur des milieux naturels</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I145" s="1" t="inlineStr">
+      <c r="I137" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J145" s="1" t="inlineStr">
+      <c r="J137" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M145" s="1" t="inlineStr">
+      <c r="M137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q145" s="1" t="inlineStr">
+      <c r="Q137" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Création d’équipements pédagogiques
 et informatifs pour la sensibilisation 
 des publics sur les milieux naturels qui 
 ont fait l’objet d’une opération de 
 préservation ou de restauration 
 accompagnée par l’Agence de l’eau &lt;/p&gt;&lt;p&gt;Fourniture d’un plan de valorisation&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-action-de-communication-co-organisee-avec-lagence-de-leau/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>164306</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’approche intégrée de l’eau à la bonne échelle territoriale</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Gestion territoriale</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I146" s="1" t="inlineStr">
+      <c r="I138" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les territoires pour réduire leur vulnérabilité face au changement climatique est l’une des priorités de l’agence de l’eau Adour-Garonne. L’aide de l’Agence vise à soutenir des démarches globales intégrant l’ensemble des actions nécessaires pour protéger ou restaurer les masses d’eau.&lt;/p&gt;&lt;p&gt;L’Agence soutient des projets pour accompagner l’élaboration et la mise en œuvre de contrats 
 « Eau et Climat » permettant de contractualiser sur des 
 durées pluriannuelles les actions territoriales de gestion 
 intégrée avec un programme de mesures d’adaptation et 
 d’atténuation au changement climatique adaptées au territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/demarches-territoriales-gestion-integree"&gt;Démarches territoriales de gestion intégrée | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M146" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;Accompagner la structuration de la gouvernance intégrée ; &lt;/li&gt;&lt;li&gt;Améliorer la connaissance intégrée des territoires en 
 prenant compte des prospectives ; &lt;/li&gt;&lt;li&gt;Accompagner l’animation territoriale multithématiques ; &lt;/li&gt;&lt;li&gt;Assurer la promotion de la gestion intégrée de l’eau.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Animation et mise en réseau
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P146" s="1" t="inlineStr">
+      <c r="P138" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q146" s="1" t="inlineStr">
+      <c r="Q138" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R146" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires sont les collectivités territoriales ou leurs 
 groupements et associations. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les maîtres d’ouvrage doivent consulter la CLE du SAGE 
 lorsqu’elle existe et associer l’EPTB ou la structure assimilée 
 intervenant à l’échelle de la stratégie territoriale de sous 
 bassin géographique ; &lt;/li&gt;&lt;li&gt;Pour le renouvellement d’une démarche territoriale un 
 contrat « Eau et Climat » devra être établi.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Gestion%20territoriale.pdf</t>
         </is>
       </c>
-      <c r="W146" s="1" t="inlineStr">
+      <c r="W138" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-3/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>164335</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Opérations ponctuelles ou globales</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de d'eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I147" s="1" t="inlineStr">
+      <c r="I139" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 60</t>
         </is>
       </c>
-      <c r="J147" s="1" t="inlineStr">
+      <c r="J139" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / PAOT /</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M147" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opérations ponctuelles 
 ou globales 
 d’aménagement mettant 
 en œuvre une gestion 
 intégrée des eaux de 
 pluie et végétalisation 
 associée&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Espaces verts
 Espace public
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q147" s="1" t="inlineStr">
+      <c r="Q139" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R147" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Travaux de gestion intégrée 
 des eaux pluviales et de 
 végétalisation associée 
 situés en zone urbanisée&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T147" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-etudes/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>164339</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes, prestations intellectuelles ou d'intérêt général</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J148" s="1" t="inlineStr">
+      <c r="J140" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M148" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des études de définition et de programmation réalisées par les moyens propres du bénéficiaire de 
 l’aide, comprises comme études préalables à la phase avant-projet relevant de la maîtrise d’œuvre et recouvrant 
 notamment les analyses de faisabilité ou de préparation des investissements ou actions éligibles ainsi que les 
 études diagnostiques ou de schémas directeurs, elles sont intégrées à l’assiette de dépenses par vérification d’un 
 montant plafond maximum de 370 € par jour de dépenses selon les modalités de la délibération relative aux 
 dispositions communes applicables aux aides du 12e Programme à laquelle s’applique le taux d’aide de référence 
 correspondant à l’étude concernée. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par jour pour 
 prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
 techniques de déploiement des aides des politiques d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
 dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
 modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
 peut être accordé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Economie d'énergie et rénovation énergétique
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q148" s="1" t="inlineStr">
+      <c r="Q140" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant plafond de 370 € / j&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-reseaux-dassainissement-travaux-deconomies-deau/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>164340</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes de maitrise d'oeuvre</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M149" s="1" t="inlineStr">
+      <c r="M141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le montant d’assiette de dépenses retenu pour les études préalables à la phase 
 avant-projet, les études nécessaires ou annexes au suivi et à la réception des 
 ouvrages, est limité au maximum à 6 % du coût prévisionnel hors taxe des travaux 
 retenus estimé pour le projet. Le montant retenu au titre de ces prestations est 
 intégré au montant retenu de l’opération de travaux correspondante, dans la 
 limite du montant plafond éventuellement appliqué à cette opération. Ces 
 prestations sont aidées sous la forme d’une subvention, au même taux que celui 
 qui sera appliqué aux travaux concernés.
 Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses 
 sont repris dans les modalités techniques de déploiement des aides des politiques 
 d’intervention en vigueur du programme.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q149" s="1" t="inlineStr">
+      <c r="Q141" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-etudes-prestations-intellectuelles-ou-dinteret-general/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>164341</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Travaux</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J150" s="1" t="inlineStr">
+      <c r="J142" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier de 35€</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des dépenses de personnel, l’assiette de travaux réalisés par les moyens propres du bénéficiaire est 
 déterminée selon les modalités de la délibération relative aux dispositions communes applicables aux aides du 
 12e Programme. &lt;/p&gt;&lt;p&gt;Ces dépenses sont intégrées à l’assiette par vérification d’un montant plafond maximum de 315 € par jour de 
 dépenses justifiées selon les modalités de la délibération relative aux dispositions communes applicables aux 
 aides du 12e Programme à laquelle s’applique le taux d’aide de référence correspondant à l’étude concernée. À l ’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par jour pour prise en compte des dépenses 
 d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; S’agissant des dépenses relatives aux fournitures et autres amortissements de matériels nécessaires à la 
 réalisation des travaux, ils sont justifiés par la production de factures pour les achats externes dédiés au 
 projet dans les conditions prévues au sein des dispositions communes applicables aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
 techniques de déploiement des aides des politiques d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
 dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
 modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
 peut être accordé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Economie d'énergie et rénovation énergétique
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q150" s="1" t="inlineStr">
+      <c r="Q142" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-etudes-de-maitrise-doeuvre/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>164342</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions d'animation</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J151" s="1" t="inlineStr">
+      <c r="J143" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier de 35€</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des opérations d’animation réalisées par les moyens propres du bénéficiaire et eu égard à la nature 
 du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par 
 le nombre de tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation dont l’assiette est déterminée au temps passé, le montant plafond journalier 
 vérifié est par application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les 
 modalités de la délibération relative aux dispositions communes applicables aux aides du 12e Programme à 
 laquelle s’applique le taux d’aide de référence. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par 
 jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
 techniques de déploiement des aides de la politique d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
 dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
 modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
 peut être accordé. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-travaux/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>164343</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions de communication, sensibilisation, éducation</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J152" s="1" t="inlineStr">
+      <c r="J144" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier de 35€</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M152" s="1" t="inlineStr">
+      <c r="M144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des actions de communication, de sensibilisation et d’éducation réalisées par les moyens propres du 
 bénéficiaire et eu égard à la nature du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la 
 mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les actions prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par le nombre de 
 tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les actions dont l’assiette est déterminée au temps passé, le montant plafond journalier est vérifié par 
 application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les modalités de la 
 délibération relative aux dispositions communes applicables aux aides du 12e Programme à laquelle s’applique 
 le taux d’aide de référence correspondant à l’action concernée. À l’aide ainsi déterminée s’ajoute un forfait de 
 35 € d’aide par jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q152" s="1" t="inlineStr">
+      <c r="Q144" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-actions-danimation/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>164416</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="C153" s="1" t="inlineStr">
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I153" s="1" t="inlineStr">
+      <c r="I145" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J153" s="1" t="inlineStr">
+      <c r="J145" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M153" s="1" t="inlineStr">
+      <c r="M145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P153" s="1" t="inlineStr">
+      <c r="P145" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q153" s="1" t="inlineStr">
+      <c r="Q145" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
         </is>
       </c>
-      <c r="W153" s="1" t="inlineStr">
+      <c r="W145" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
 04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>164419</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
         </is>
       </c>
-      <c r="C154" s="1" t="inlineStr">
+      <c r="C146" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I154" s="1" t="inlineStr">
+      <c r="I146" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J154" s="1" t="inlineStr">
+      <c r="J146" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
 la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Espaces verts
 Espace public
 Friche
 Recyclage et valorisation des déchets
 Accès aux services
 Citoyenneté
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P154" s="1" t="inlineStr">
+      <c r="P146" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q154" s="1" t="inlineStr">
+      <c r="Q146" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>GAL Loire AAP Revitalisation de centre-bourg</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W154" s="1" t="inlineStr">
+      <c r="W146" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>164753</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Développer la gestion intégrée des eaux pluviales dans le domaine industriel</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I155" s="1" t="inlineStr">
+      <c r="I147" s="1" t="inlineStr">
         <is>
           <t> Min : 60 Max : 80</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence encourage l’infiltration de l’eau dans le sol et la gestion durable des eaux pluviales. Elle soutient le développement de la gestion intégrée des eaux pluviales en particulier avec des solutions fondées sur la nature (SFN) et en favorisant la désimperméabilisation des sols. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/activites-industrielles-artisanat"&gt;Activités industrielles et artisanat | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M155" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opérations favorisant l’infiltration et la gestion des eaux pluviales &lt;/p&gt;&lt;p&gt;Projets permettant d&amp;#039;accroître la désimperméabilisation des sols&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Artisanat
 Industrie
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P155" s="1" t="inlineStr">
+      <c r="P147" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q155" s="1" t="inlineStr">
+      <c r="Q147" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
 (entreprise, collectivité, association, syndicat, …) exerçant 
 une activité économique à caractère industriel, commercial 
 et artisanal ou en lien avec de telles activités (hors secteur 
 agricole et élevage (ou assimilé) traité dans la politique de 
 lutte contre les pollutions agricoles). &lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;être portés par une structure créée depuis plus de 2 ans 
 (sauf s’il y a continuité d’activité) &lt;/li&gt;&lt;li&gt;pour les études préalables aux travaux, prendre en compte 
 l’impact du changement climatique &lt;/li&gt;&lt;li&gt;mettre en jeu des surfaces supérieures ou égales à 700 m2
 de bâtiments ou zones artisanales déjà existantes et utiliser majoritairement des solutions fondées sur la nature sur 
 plus de 50 % des surfaces ou des volumes concernés&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/53-24-Re%CC%81duction%20pollutions%20industries_0.pdf"&gt;53-24-Réduction pollutions industries_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Industries_GIEP.pdf</t>
         </is>
       </c>
-      <c r="W155" s="1" t="inlineStr">
+      <c r="W147" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-lefficience-la-sobriete-et-les-economies-deau-en-agriculture/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>164772</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les micropolluants</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les micropolluants</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I156" s="1" t="inlineStr">
+      <c r="I148" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 80</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les effets du changement climatique aggraveront le déficit en eau, accentuant les impacts des polluants et rendant les solutions pour préserver la qualité de l’eau plus coûteuses. Agir maintenant est donc urgent. L’Agence soutient différentes actions visant à réduire l’apport de micropolluants vers les milieux aquatiques et protéger la ressource en eau potable, ainsi que des actions contribuant à la connaissance et à l’exploration de nouvelles solutions sur ces enjeux émergents pour l’environnement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/lutte-contre-micropolluants"&gt;Lutte contre les micropolluants | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M156" s="1" t="inlineStr">
+      <c r="M148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les actions financées incluent :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Des actions visant l’amélioration de la connaissance des milieux, des techniques d’analyses et de traitement&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Des actions visant la mise en place ou l’expérimentation d’actions préventives à l’échelle territoriale pour les différents secteurs émetteurs : industrie et artisanat, assainissement, agriculture, établissements de santé, grand public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Des actions visant la mise en place ou l’expérimentation de mesures curatives&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Artisanat
 Industrie
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P156" s="1" t="inlineStr">
+      <c r="P148" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q156" s="1" t="inlineStr">
+      <c r="Q148" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Lutte%20contre%20les%20micropolluants_0.pdf</t>
         </is>
       </c>
-      <c r="W156" s="1" t="inlineStr">
+      <c r="W148" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-une-gestion-quantitative-equilibree-de-la-ressource-et-les-projets-multi-usages/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>164773</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les fonctionnalités des écosystèmes aquatiques, humides et littoraux ainsi que leur biodiversité</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Restauration et gestion des milieux, habitats et écosystèmes</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I157" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La préservation et la restauration des milieux aquatiques, des habitats et des écosystèmes est l’une des priorités de l’agence de l’eau Adour-Garonne. &lt;/p&gt;&lt;p&gt;Les aides financières et l’accompagnement de l’Agence visent à soutenir des projets permettant d’atténuer les effets du changement climatique et de renforcer la résilience des écosystèmes.&lt;/p&gt;&lt;p&gt;Les approches préventives sont à privilégier à travers la valorisation des services rendus par les SfN (Solutions fondées sur la Nature) et leurs co-bénéfices pour les territoires. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/restauration-gestion-milieux-aquatiques-habitats-ecosystemes"&gt;Restauration et gestion des milieux aquatiques, des habitats et des écosystèmes | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M157" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Exemples d&amp;#039;opérations financées :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études, suivis &lt;/li&gt;&lt;li&gt;Animations territoriales ou thématiques &lt;/li&gt;&lt;li&gt;Opérations de communication ou de sensibilisation &lt;/li&gt;&lt;li&gt;Mise en œuvre d’une stratégie foncière &lt;/li&gt;&lt;li&gt;Actions contenues dans un programme pluriannuel 
 de gestion (PPG) des cours d’eau &lt;/li&gt;&lt;li&gt;Effacements et arasements d’ouvrages transversaux 
 dans le respect de la réglementation en vigueur &lt;/li&gt;&lt;li&gt;Actions de restauration et renaturation de cours d’eau en 
 milieu urbain combinées à des actions de gestion intégrée 
 des eaux pluviales &lt;/li&gt;&lt;li&gt;Inventaires de zones humides &lt;/li&gt;&lt;li&gt;Équipements d’ouvrages en vue de restaurer 
 la continuité écologique &lt;/li&gt;&lt;li&gt;Actions intégrées dans les plans de gestion des réserves 
 naturelles, les plans nationaux d’actions, les plans 
 de gestion des poissons migrateurs, et actions en faveur 
 de la biodiversité ordinaire, &lt;/li&gt;&lt;li&gt;etc&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P157" s="1" t="inlineStr">
+      <c r="P149" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q157" s="1" t="inlineStr">
+      <c r="Q149" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONDITIONS D’ATTRIBUTION 
 PRINCIPALES :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Réponse aux objectifs de l’Agence 
  Maîtrise d’ouvrage à une échelle hydrographique adaptée 
 aux enjeux « eau, milieux aquatiques et biodiversité 
 aquatique »
  Diagnostic territorial intégrant les effets du changement 
 climatique
  Mobilisation des moyens techniques, financiers (notamment taxe GEMAPI) et des partenariats privés et publics 
 nécessaires&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/58-24-Milieux%20aquatiques_0.pdf"&gt;eau-grandsudouest.fr/sites/default/files/2025-01/58-24-Milieux aquatiques_0.pdf&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Restauration%20et%20gestion%20des%20milieux%20aquatiques%20et%20%C3%A9cosyst%C3%A8mes.pdf</t>
         </is>
       </c>
-      <c r="W157" s="1" t="inlineStr">
+      <c r="W149" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-micropolluants/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>164924</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Préserver les sols face aux pluies intenses</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Pluvial et sol</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I158" s="1" t="inlineStr">
+      <c r="I150" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J158" s="1" t="inlineStr">
+      <c r="J150" s="1" t="inlineStr">
         <is>
           <t>70% dans les territoires au titre de la solidarité uniquement (FRR ou ZRR à titre transitoire jusqu'en 2027)</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>Avec le changement climatique, les sols s’assèchent et les pluies intenses deviennent plus fréquentes et plus fortes.&lt;br /&gt;
 &lt;br /&gt;
 Il est essentiel de retenir l’eau dans les sols ou favoriser son infiltration pour limiter les pollutions pluviales, favoriser la recharge des aquifères, garder l’humidité nécessaire aux végétaux,  préserver les milieux humides et préserver la biodiversité des sols en favorisant la trame brune.&lt;br /&gt;
 &lt;br /&gt;
 Pour cela, l’agence de l’eau accompagne la gestion intégrée des eaux pluviales en milieu urbain, la préservation des milieux aquatiques et humides mais aussi des aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural.</t>
         </is>
       </c>
-      <c r="M158" s="1" t="inlineStr">
+      <c r="M150" s="1" t="inlineStr">
         <is>
           <t>Aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural&lt;br /&gt;
 Gestion intégrée des eaux pluviales en zone urbaine&lt;br /&gt;
 Préservation des milieux aquatiques et humides</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P158" s="1" t="inlineStr">
+      <c r="P150" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q158" s="1" t="inlineStr">
+      <c r="Q150" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128697/fr/pluvial-et-sol</t>
         </is>
       </c>
-      <c r="W158" s="1" t="inlineStr">
+      <c r="W150" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/pluvial-et-sol/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>164932</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser aux enjeux de l’eau</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I159" s="1" t="inlineStr">
+      <c r="I151" s="1" t="inlineStr">
         <is>
           <t> Min : 75 Max : 85</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Evènementiel (festival, concours, hackathon…), support physique, numérique ou artistique visant à sensibiliser tout public aux enjeux de la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-aux-enjeux-de-leau/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>164936</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Accompagner les acteurs publics dans l’identification de projet sur l’eau émanant des citoyens</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
+      <c r="I152" s="1" t="inlineStr">
         <is>
           <t> Min : 75 Max : 85</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Toute opération valorisant la contribution des citoyens, intégrant des phases d’analyse sociologique, de tables rondes, débats d’idées, de prototypage d’idées.&lt;br /&gt;L’instruction de la demande portera en particulier sur l’intégration de livrables de type : rapport d’étonnement et d’idées, scénario d’usage, feuille de route…&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T152" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-acteurs-publics-dans-lidentification-de-projet-sur-leau-emanant-des-citoyens/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>165198</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Aménager des dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Aménagement de dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I161" s="1" t="inlineStr">
+      <c r="I153" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
 la nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur.&lt;/p&gt;
 &lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
 (épuration, limitation des transferts, …), hydrologie (effet tampon, 
 soutien d’étiage, …), atténuation des effets du dérèglement climatique 
 (ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
 pour la faune et la flore, …).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire
 Biodiversité
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P161" s="1" t="inlineStr">
+      <c r="P153" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q161" s="1" t="inlineStr">
+      <c r="Q153" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
  le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
 masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
 de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
 Pour les actions de lutte contre les pollutions diffuses, ces actions
  sont également financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau sur les territoires suivants, identifiés comme 
 prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-dans-le-cadre-du-disposit.html</t>
         </is>
       </c>
-      <c r="W161" s="1" t="inlineStr">
+      <c r="W153" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-dans-le-cadre-du-dispositif-investissements-agroenvironnementaux-non-productifs-du-plan-strategique-national-psn/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>165199</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Aménager des dispositifs tampons sous maitrise d’ouvrage publique ou associations</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Aménagement de dispositifs tampons sous maitrise d’ouvrage publique ou associations</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I162" s="1" t="inlineStr">
+      <c r="I154" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
 la nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur.&lt;/p&gt;
 &lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
 (épuration, limitation des transferts, …), hydrologie (effet tampon, 
 soutien d’étiage, …), atténuation des effets du dérèglement climatique 
 (ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
 pour la faune et la flore, …).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Réseaux de chaleur
 Agriculture et agroalimentaire
 Biodiversité
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P162" s="1" t="inlineStr">
+      <c r="P154" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q162" s="1" t="inlineStr">
+      <c r="Q154" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
  le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
 masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
 de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
 Pour les actions de lutte contre les pollutions diffuses, ces actions
  sont également financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau sur les territoires suivants, identifiés comme 
 prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-sous-maitrise-douvrage-pu.html</t>
         </is>
       </c>
-      <c r="W162" s="1" t="inlineStr">
+      <c r="W154" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-sous-maitrise-douvrage-publique-ou-associations/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>165200</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Aménager des bassins versants (études)</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Études pour l'aménagement de bassins versants</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I163" s="1" t="inlineStr">
+      <c r="I155" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur la 
 nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur. L’aménagement des bassins répond à la fois aux enjeux de
  qualité (épuration, limitation des transferts, …), hydrologie (effet 
 tampon, soutien d’étiage, …), atténuation des effets du dérèglement 
 climatique (ombrage, effet brise vent, ...), biodiversité (préservation 
 d’habitat pour la faune et la flore, …).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Réseaux de chaleur
 Agriculture et agroalimentaire
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P163" s="1" t="inlineStr">
+      <c r="P155" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q163" s="1" t="inlineStr">
+      <c r="Q155" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
  le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
 masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
 de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
 Pour les actions de lutte contre les pollutions diffuses, ces actions
  sont également financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau sur les territoires suivants, identifiés comme 
 prioritaires par le Sdage en vigueu. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T163" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-etudes-pour-lamenagement-de-bassins-versant.html</t>
         </is>
       </c>
-      <c r="W163" s="1" t="inlineStr">
+      <c r="W155" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-bassins-versants-etudes/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>165279</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Déconnecter des plans d’eau à usage agricole intégrée dans un PTGE approuvé ou en ZRE</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Déconnexion de plans d’eau à usage agricole intégrée dans un PTGE approuvé ou en ZRE</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I164" s="1" t="inlineStr">
+      <c r="I156" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne les programmes d’actions des démarches 
 territoriales visant le retour à l’équilibre des prélèvements, intégrées
  dans un Projet de Territoire de Gestion de l’Eau (PTGE). Ces programmes
  d’action mobilisent un panel de solutions diversifié alliant le 
 développement des solutions fondées sur la nature, l’accélération des 
 économies d’eau, la transition écologique de l’agriculture, les retenues
  de substitution etc. selon les caractéristiques de chaque territoire.&lt;/p&gt;
 &lt;p&gt;Parmi le panel de solutions, dans un objectif de substitution dans le
  cadre d’un PTGE approuvé, l’agence peut accompagner la déconnexion des 
 plans d’eau à usage d’irrigation pour isolement du réseau hydrographique
  par un bras de contournement, ou leur effacement associé à un stockage 
 hivernal. Cette déconnexion peut également être financée dans les 
 territoires en zone de répartition des eaux (ZRE) au titre de travaux de
  substitution de prélèvements impactants des retenues d’eau potable afin
  de préserver l’approvisionnement en eau potable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P164" s="1" t="inlineStr">
+      <c r="P156" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q164" s="1" t="inlineStr">
+      <c r="Q156" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
 d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
 portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
  2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
 complémentaires en fonction du type de projet et de l’état de la masse 
 d’eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-deconnexion-de-plans-deau-a-usage-agricole-integree-dans-un.html</t>
         </is>
       </c>
-      <c r="W164" s="1" t="inlineStr">
+      <c r="W156" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/deconnecter-des-plans-deau-a-usage-agricole-integree-dans-un-ptge-approuve-ou-en-zre/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>165398</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Soutenir le territoire pour la transition écologique et énergétique</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C157" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA1</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I165" s="1" t="inlineStr">
+      <c r="I157" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J165" s="1" t="inlineStr">
+      <c r="J157" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le territoire est marqué par la présence de nombreuses entreprises et d&amp;#039;une dynamique d&amp;#039;installation d&amp;#039;activités économiques élevée. Le profil de ces entreprises est principalement composé de petites entreprises locale, TPE et PME, dans des secteurs variés. Le principal secteur d&amp;#039;emploi sur le territoire est celui du commerce, transports et services divers. Des structures d&amp;#039;accompagnement et d&amp;#039;hébergement de ces entreprises sont présentes au sein du Grand Narbonne et de La Domitienne, pour accompagner les porteurs de projets dans la création d&amp;#039;activités pérennes, viables économiquement.&lt;/p&gt;&lt;p&gt;Dans le contexte d&amp;#039;accélération du dérèglement climatique où la nécessité d&amp;#039;action se fait toujours plus pressante, l&amp;#039;enjeu est de pouvoir accompagner des structures diverses dans des démarches de transition écologique, d&amp;#039;économie d&amp;#039;énergie et d&amp;#039;efficacité énergétique.&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif de cette action est de promouvoir des actions de transition écologique d&amp;#039;entreprises et d&amp;#039;associations, avec une réflexion autour de leur impact sur notre environnement et des leviers d&amp;#039;amélioration sur lesquels il est possible d&amp;#039;agir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;em&gt;&lt;br /&gt;2 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 1.1 : Soutenir les aménagements et investissements durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectif opérationnel 1.2 : Inciter les acteurs du territoire à un changement de pratiques&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1.2.1 : &lt;/strong&gt;&lt;span&gt;Soutien aux études et diagnostics d&amp;#039;impacts&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;1.2.2 : &lt;/strong&gt;&lt;span&gt;Soutien aux initiatives de formation, éducation, sensibilisation&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M165" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Achat de nouveaux matériels économes, gestion de l&amp;#039;énergie d&amp;#039;un bâtiment, etc.;&lt;/li&gt;&lt;li&gt;Etude d&amp;#039;impact, actions de formation / sensibilisation aux changements climatiques, à la transition écologique, études et diagnostics énergétiques, sourçage d&amp;#039;approvisionnements locaux, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Risques naturels
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P165" s="1" t="inlineStr">
+      <c r="P157" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q165" s="1" t="inlineStr">
+      <c r="Q157" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectif opérationnel 1.1 :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Objectif opérationnel 1.2 :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Entreprises autres que leurs collectivités et leurs groupements dont le chiffre d&amp;#039;affaires est de plus de 1 million d&amp;#039;euros et de plus de 10 employés, sur la base du bilan N-1 au moment du dépôt de la demande d&amp;#039;aide;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;&lt;span&gt;Plafond de l&amp;#039;aide FEADER : &lt;/span&gt;50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T165" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="W165" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-territoire-pour-la-transition-ecologique-et-energetique/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>165460</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les territoires à construire des dynamiques collectives en faveur de la biodiversité et de leur résilience</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>AMI Biodiversité en commun</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de la biodiversité Hauts-de-France (ARB HdF)</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En Hauts-de-France, les milieux naturels subissent de fortes pressions : artificialisation des sols, fragmentation des habitats… De ce fait, les écosystèmes s’affaiblissent et, avec eux, la qualité de vie des habitants.&lt;/p&gt;&lt;p&gt;Pourtant, la biodiversité reste notre meilleur allié : elle régule les inondations, favorise la pollinisation, améliore la qualité de l’air et de l’eau, et contribue au bien-être quotidien. Autant de services indispensables qui font d’elle un levier majeur de résilience et d’attractivité pour nos territoires.&lt;/p&gt;&lt;p&gt;C’est pourquoi, dans le cadre du projet &lt;a href="https://www.ofb.gouv.fr/le-projet-life-biodivfrance"&gt;LIFE Biodiv’France&lt;/a&gt; et avec l’appui opérationnel d’&lt;a href="http://www.enrx.fr/"&gt;Espaces naturels régionaux (ENRx)&lt;/a&gt;, &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/agence-regionale-biodiversite-hauts-de-france" target="_self"&gt;l’Agence régionale de la biodiversité Hauts-de-France (ARB HdF)&lt;/a&gt; lance &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun" target="_self"&gt;l’Appel à Manifestation d’Intérêt (AMI) « Biodiversité en commun »&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Quatre collectivités pilotes recherchées&lt;/h4&gt;&lt;p&gt;L’AMI permettra de sélectionner quatre collectivités de la région, qui seront accompagnées par Espaces naturels régionaux (ENRx) pour le compte de l’ARB HdF dans la conception et la mise en dynamique collective de projets en faveur de la biodiversité.&lt;/p&gt;&lt;p&gt;Pendant 2 à 3 ans, elles bénéficieront d’un accompagnement sur mesure pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobiliser des élus et services de la collectivité&lt;/li&gt;&lt;li&gt;Animer et impliquer des acteurs locaux (habitants, associations, entreprises…)&lt;/li&gt;&lt;li&gt;Co-construire un projet ou programme d’actions adapté aux enjeux de leur territoire&lt;/li&gt;&lt;li&gt;Appuyer le montage technique et financier de leurs projets&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;Un accompagnement collectif&lt;/h4&gt;&lt;p&gt;Au-delà du soutien individualisé, les lauréats pourront intégrer un réseau d’échanges en fonction des territoires et des projets retenus, afin de partager expériences et pratiques, et d’ancrer durablement la biodiversité comme bien commun.&lt;/p&gt;&lt;h4&gt;Dossier de candidature&lt;/h4&gt;&lt;p&gt;Pour en savoir plus et télécharger les documents de candidature,&lt;strong&gt; &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_blank"&gt;cliquez ici&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuités écologiques (trame verte et bleue, trame noire, etc.) ;&lt;/li&gt;&lt;li&gt;Agriculture (pollinisateurs, sols, bocage, etc.) ;&lt;/li&gt;&lt;li&gt;Eau, milieux aquatiques et zones humides ;&lt;/li&gt;&lt;li&gt;Nature en ville (îlots de fraîcheur, renaturation, désimperméabilisation) ;&lt;/li&gt;&lt;li&gt;Gestion des risques et adaptation (inondations, sécheresses, érosion, etc.) ;&lt;/li&gt;&lt;li&gt;Protection et gestion des espaces de nature ;&lt;/li&gt;&lt;li&gt;Mobilisation citoyenne, participation, éducation à l’environnement ;&lt;/li&gt;&lt;li&gt;Acculturation des élus et des services, gouvernance et transversalité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P158" s="1" t="inlineStr">
+        <is>
+          <t>03/11/2025</t>
+        </is>
+      </c>
+      <c r="Q158" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2026</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Sont éligibles :&lt;/strong&gt;&lt;/h4&gt;&lt;ul&gt;&lt;li&gt;Les &lt;strong&gt;communes des Hauts-de-France de moins de 40 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;EPCI des Hauts-de-France de moins de 100 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Situées &lt;strong&gt;hors périmètre de Parc naturel régional&lt;/strong&gt; (PNR) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Candidatures conjointes (commune &amp;#43; EPCI) possibles si un porteur unique est identifié et si la gouvernance est clarifiée.&lt;/p&gt;&lt;p&gt;Les collectivités déjà lauréates d’un dispositif analogue (ex : AMI Solutions fondées sur la Nature de l’Agence de l’Eau Artois-Picardie, AMI ESTHER de la Région Hauts-de-France) peuvent candidater sous réserve de complémentarité et non redondance de l’accompagnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun</t>
+        </is>
+      </c>
+      <c r="W158" s="1" t="inlineStr">
+        <is>
+          <t>https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp=sharing</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_self"&gt;dossier de réponse&lt;/a&gt; doit être envoyé &lt;strong&gt;par voie électronique aux deux adresses mails suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Jules MAYRAND, ARB Hauts-de-France, &lt;a href="mailto:j.mayrand&amp;#64;enrx.fr"&gt;j.mayrand&amp;#64;enrx.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Agence régionale de la biodiversité Hauts-de-France, &lt;a href="mailto:arb.hdf&amp;#64;enrx.fr"&gt;arb.hdf&amp;#64;enrx.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Objet du mail :&lt;/strong&gt;&lt;span&gt; « Candidature AMI Biodiversité en commun – [Nom de la c&lt;/span&gt;&lt;span&gt;ollectivité] ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;En cas de volumétrie importante, privilégier un &lt;strong&gt;lien de téléchargement &lt;/strong&gt;(plateforme de transfert) plutôt qu’une pièce jointe lourde.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Période de dépôt : &lt;/strong&gt;du 03/11/2025 au 30/01/2026.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>arb.hdf@enrx.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-territoires-a-construire-des-dynamiques-collectives-en-faveur-de-la-biodiversite-et-de-leur-resilience/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>165472</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un atlas de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un atlas de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J159" s="1" t="inlineStr">
+        <is>
+          <t>Part limitée à 30 % max. du projet, taux au prorata du temps consacré aux prospections concernant la Haute-Loire.</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>-  Investissement matériel (matériel de prospection et d’analyse en lien direct avec l’objet de l’opération).&lt;p&gt;&lt;br /&gt;-  Dépenses de fonctionnement (salaires, déplacements, actions de communication, éditions, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-   Dimension régionale de la démarche.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT) &lt;/p&gt;&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email : &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-un-atlas-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>165473</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'acquisition foncière d'un Espace Naturel Sensible</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'acquisition foncière d'un Espace Naturel Sensible</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J160" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 40 %.</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Frais d’acquisition, frais notariés, frais de bornage, documents d’arpentage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>-   Sites ENS actuels opérationnels ;&lt;p&gt;&lt;br /&gt;-  Nouveaux sites ENS prioritaires au titre du SDENS.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-a-lacquisition-fonciere-dun-ens/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>165474</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la coordination de programmes de préservation d'espèces ou d'habitats cibles</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la coordination de programmes de préservation d'espèces ou d'habitats cibles</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J161" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 50 %.</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>-  Investissement matériel (matériel de prospection et d’analyse en lien direct avec l’objet de l’opération) ;&lt;p&gt;&lt;br /&gt;-  Dépenses de fonctionnement (salaires, déplacements, actions de communication, éditions, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>-  Espèces relevant d’un Plan National d’Actions – déclinaison régionale,&lt;p&gt;&lt;br /&gt;-  Espèces relevant d’un Plan Régional de Conservation d’Espèces ou d’Habitats,&lt;br /&gt;&lt;br /&gt;-  Espèces et habitats prioritaires ciblés par le SDENS.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-coordination-de-programmes-de-preservation-despeces-ou-dhabitats-cibles/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>165475</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'aménagement d'Espace Naturel Sensible pour une ouverture au public</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'aménagement d'Espace Naturel Sensible pour une ouverture au public</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J162" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 30 %.</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nature des dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Investissement :&lt;/strong&gt;&lt;br /&gt;-  Plan d’interprétation ;&lt;br /&gt;-  Maîtrise d’œuvre des études et des travaux d’aménagements ; &lt;br /&gt;-  Travaux, équipements, mobilier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Fonctionnement&lt;/strong&gt;&lt;br /&gt;-  Actions d’animation du site (sorties, expositions, conférences…) ;&lt;br /&gt;-  Les dépenses d’entretien courant type ramassage des déchets, nettoyage de locaux, ne sont pas éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-  Sites ENS actuels opérationnels doté d’un plan de gestion ;&lt;/p&gt;&lt;p&gt;-  Nouveaux sites ENS prioritaires doté d’un plan de gestion ;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T162" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-lamenagement-despace-naturel-sensible-pour-une-ouverture-au-public/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>165476</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pour acquisition de connaissances naturalistes</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'acquisition de connaissances naturalistes</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J163" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 50 %.</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-  Inventaires naturalistes, suivis d’espèces ou d’habitats, cartographies de végétation ;&lt;/p&gt;&lt;p&gt;-  Site Natura 2000 : inventaires hors espèces et habitats ciblés dans les DOCOB – uniquement sur les 13 sites prioritaires identifiés dans le SDENS ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;-  Outils de valorisation et de partage des données (bases de données, sites Internet, observatoire, recueil écrit).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-   Sites ENS actuels opérationnels ;&lt;/p&gt;&lt;p&gt;-   Nouveaux sites ENS prioritaires au titre du SDENS.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T163" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-lacquisition-de-connaissances-naturalistes/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W164" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>