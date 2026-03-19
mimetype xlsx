--- v0 (2026-01-25)
+++ v1 (2026-03-19)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA46"/>
+  <dimension ref="A1:AH42"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,512 +225,8803 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>116955</v>
+        <v>165467</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Faire connaître et valoriser des parcs et jardins ouverts au public et particulièrement bien entretenus - Label "Jardin remarquable".</t>
+          <t>Bénéficier d'un soutien financier pour l'archéologie préventive (FNAP)</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Fonds national pour l&amp;apos;archéologie préventive (FNAP)</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F2" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...190 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Collectivité d’outre-mer à statut particulier</t>
-[...4 lines deleted...]
-          <t>Ingénierie technique</t>
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Fonds national pour l&amp;#039;archéologie préventive (FNAP)&lt;/p&gt;&lt;p&gt;Dans le cadre de la réalisation d&amp;#039;un projet d&amp;#039;aménagement, la fouille préventive vise, par des études, des travaux de terrain et de laboratoire, à recueillir les données archéologiques présentes sur le site, à en faire l&amp;#039;analyse, à en assurer la compréhension et à présenter l&amp;#039;ensemble des résultats dans un rapport. L&amp;#039;aménageur est le maître d&amp;#039;ouvrage de la fouille et en assure le financement.&lt;/p&gt;&lt;p&gt;Pour certaines fouilles préventives, les aménageurs peuvent bénéficier du soutien financier de l&amp;#039;État, sous la forme de prises en charge ou le cas échéant de subventions, via le Fonds national pour l&amp;#039;archéologie préventive (FNAP).&lt;/p&gt;&lt;p&gt;Présentation du dispositif&lt;/p&gt;&lt;p&gt;Qu&amp;#039;est-ce que le Fonds national pour l&amp;#039;archéologique préventive (FNAP) ?&lt;/p&gt;&lt;p&gt;Le FNAP est un fonds qui a pour objet de financer, en totalité ou en partie, certaines opérations de fouilles d&amp;#039;archéologie préventive.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Il se décline en deux types d&amp;#039;aide : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les prises en charge, attribuées par les préfets de région, sont de droit pour les fouilles mises en œuvre à l&amp;#039;occasion de la construction de certains types de logements. Les prises en charge financent intégralement ou partiellement la part du coût des fouilles induites par ces aménagements.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les subventions peuvent être attribuées par le ministère de la Culture pour les aménagements qui ne sont pas éligibles à une prise en charge, en vue de faciliter la conciliation entre la préservation du patrimoine et le développement des territoires.&lt;/p&gt;&lt;p&gt;Une prise en charge et une subvention ne peuvent pas être cumulées pour un même projet d&amp;#039;aménagement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prise en charge &lt;/p&gt;&lt;p&gt;Pour un particulier construisant un logement pour lui-même, le montant de la prise en charge représente 100% de la dépense éligible prévisionnelle.&lt;/p&gt;&lt;p&gt;Pour l&amp;#039;aménageur qui construit un logement dans le cadre de la politique sociale, le montant de la prise en charge représente 75% de la dépense éligible prévisionnelle et est calculée au prorata de la surface de plancher de la construction éligible.&lt;/p&gt;&lt;p&gt;Pour l&amp;#039;aménageur d&amp;#039;une ZAC ou d&amp;#039;un lotissement à permis d&amp;#039;aménager, le montant de la prise en charge représente 50% de la dépense éligible et est calculée au prorata de la surface de plancher de la construction éligible.&lt;/p&gt;&lt;p&gt;Subvention&lt;/p&gt;&lt;p&gt;Le taux de subvention dépend de l&amp;#039;aménagement réalisé et des disponibilités financières du FNAP.&lt;/p&gt;&lt;p&gt;Le montant de la subvention est réglementairement plafonné à 50% du prix prévisionnel de la fouille convenu entre l&amp;#039;aménageur et l&amp;#039;opérateur de la fouille.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Qui peut déposer un dossier ?&lt;/p&gt;&lt;p&gt;Il peut s&amp;#039;agir de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises privées &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises publiques locales &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI à fiscalité propre &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements de recherche&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics / Services de l&amp;#039;État &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Particuliers &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Régions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Prises en charge &lt;/p&gt;&lt;p&gt;Peut bénéficier d&amp;#039;une prise en charge au titre du FNAP :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;un particulier construisant un logement pour lui-même : le logement doit être la résidence principale ou secondaire du particulier, non destinée à la location ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l&amp;#039;aménageur qui construit un logement dans le cadre de la politique sociale et bénéficie, à ce titre, d&amp;#039;un soutien financier de l&amp;#039;État ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l&amp;#039;aménageur d&amp;#039;une ZAC ou d&amp;#039;un lotissement à permis d&amp;#039;aménager, en application du troisième alinéa de l&amp;#039;article R.421-19 du code de l&amp;#039;urbanisme, destiné à recevoir de futures constructions de particuliers pour eux-mêmes et/ou des logements sociaux.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Subvention&lt;/p&gt;&lt;p&gt;Tout aménageur, maitre d&amp;#039;ouvrage d&amp;#039;une fouille, ne pouvant prétendre à une prise en charge.Critères d&amp;#039;éligibilité du projet&lt;/p&gt;&lt;p&gt;Prise en charge&lt;/p&gt;&lt;p&gt;Le bénéfice de la prise en charge est lié à la nature du projet d&amp;#039;aménagement à l&amp;#039;origine de la fouille préventive. Seules deux catégories d&amp;#039;aménagement ouvrent droit à une prise en charge :&lt;/p&gt;&lt;p&gt;la construction d&amp;#039;un logement réalisée par une personne physique pour elle-même ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;la construction de logements réalisée dans le cadre de la politique sociale et bénéficiant à ce titre d&amp;#039;un soutien financier de l&amp;#039;État.&lt;/p&gt;&lt;p&gt;Ces mêmes constructions ouvrent droit à une prise en charge y compris lorsqu&amp;#039;elles sont réalisées dans le cadre d&amp;#039;une zone d&amp;#039;aménagement concertée (ZAC) ou d&amp;#039;un lotissement.&lt;/p&gt;&lt;p&gt;Subvention&lt;/p&gt;&lt;p&gt;La subvention au titre du FNAP peut être attribuée à tout type d&amp;#039;aménageur, maître d&amp;#039;ouvrage d&amp;#039;une fouille préventive et ne pouvant prétendre à une prise en charge de droit.&lt;/p&gt;&lt;p&gt;Les éléments suivants constituent des critères d&amp;#039;appréciation indicatifs des demandes de subventions par le ministère de la Culture :&lt;/p&gt;&lt;p&gt;aménagements dont la finalité relève de l&amp;#039;intérêt général ; &lt;/p&gt;&lt;p&gt;impact de l&amp;#039;opération archéologique sur l&amp;#039;équilibre économique du projet d&amp;#039;aménagement ; &lt;/p&gt;&lt;p&gt;localisation de l&amp;#039;aménagement dans une zone bénéficiant d&amp;#039;aides publiques ; &lt;/p&gt;&lt;p&gt;efforts de l&amp;#039;aménageur pour limiter l&amp;#039;impact de l&amp;#039;aménagement sur les vestiges archéologiques ;&lt;/p&gt;&lt;p&gt;découverte d&amp;#039;importance exceptionnelle survenant pendant l&amp;#039;opération de fouille préventive et générant un surcoût de cette dernière.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/fonds-national-pour-l-archeologie-preventive-fnap</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aménageur, maître d&amp;#039;ouvrage d&amp;#039;une fouille préventive, doit faire sa demande auprès du préfet de région (DRAC/DAC/DCJS) ou du Département des recherches archéologiques subaquatiques et sous-marines (DRASSM) concomitamment à sa demande d&amp;#039;autorisation de fouille.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-national-pour-l-apos-archeologie-preventive-fnap/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>07/10/2025</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
+        <v>164942</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Déclaration de représentation(s), dans un but lucratif, avec participation d'artistes amateurs</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Déclaration de représentation(s), dans un but lucratif, avec participation d&amp;apos;artistes amateurs</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
+          <t>&lt;p&gt;Présentation du dispositif&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Contexte&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La loi n° 2016-925 du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine précise à l’article 32 III les conditions à respecter par les entrepreneurs de spectacle vivant pour pouvoir faire appel à des artistes amateurs dans des représentations en public de spectacles organisés dans un cadre lucratif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette réglementation a pour objectif de sécuriser les représentations effectuées en public par des artistes amateurs, de prévenir les situations de concurrence déloyale entre les artistes amateurs non rémunérés et les artistes professionnels rémunérés, et à garantir les droits des artistes professionnels.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Qu’est-ce qu’un artiste amateur ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Est artiste amateur dans le domaine de la création artistique toute personne qui pratique seule ou en groupe une activité artistique à titre non professionnel et qui n&amp;#039;en tire aucune rémunération.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le cadre non lucratif constitue le cadre habituel de l’activité des artistes amateurs, y compris dans le cadre de festivals de pratique en amateur. La loi reconnait dans ce cadre le droit aux artistes amateurs ou aux groupements d’artistes amateurs / associations d’amateurs de participer à des représentations en public d’œuvres de l’esprit organisées dans un cadre non lucratif et de :&lt;/p&gt;&lt;p&gt;Faire de la publicité ;&lt;/p&gt;&lt;p&gt;D’utiliser du matériel professionnel ;&lt;/p&gt;&lt;p&gt;De mettre en place une billetterie payante servant à financer leurs activités et les frais engagés pour les représentations. &lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les artistes amateurs ne relèvent pas de la présomption de salariat.&lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les groupements d’artistes amateurs peuvent faire appel à des artistes professionnels rémunérés encadrants ou solistes, par exemple des chefs de chœur, chefs d’orchestre, ou metteurs en scène.&lt;/p&gt;&lt;p&gt;Participation d&amp;#039;artistes amateurs à une ou des représentations de spectacles dans un cadre lucratif&lt;/p&gt;&lt;p&gt;Dans un cadre lucratif, toute personne qui participe à un spectacle doit être rémunérée en contrepartie de sa prestation et relève des dispositions relatives à la présomption de salariat prévue par le code du travail (C. trav., art. L. 7121-3 et L. 7121-4). Lorsqu’ils participent à un spectacle organisé dans un cadre lucratif, l’artiste amateur ou le groupement d’artistes amateurs doivent donc être en principe déclarés et rémunérés au minimum conventionnel. Le simple défraiement ne constitue pas une rémunération au minimum conventionnel.&lt;/p&gt;&lt;p&gt;Par exception, l’article 32 III de la loi relative à la liberté de la création, à l’architecture et au patrimoine permet aux entrepreneurs de spectacles vivants de faire appel à des artistes amateurs pour participer à un spectacle organisé dans un cadre lucratif, sans être tenus de les rémunérer, si le spectacle est organisé dans le cadre d&amp;#039;un accompagnement de la pratique amateur ou d&amp;#039;actions pédagogiques et culturelles. Cette possibilité est toutefois soumise au respect de quatre conditions cumulatives (voir ci-après). &lt;/p&gt;&lt;p&gt;La participation d’un groupement d’amateurs constitué sous forme associative à de telles représentations dans un cadre lucratif ne doit pas constituer la part principale de leur activité.&lt;/p&gt;&lt;p&gt;Objectifs de la démarche&lt;/p&gt;&lt;p&gt;La démarche de « Déclaration de représentation(s) dans un but lucratif avec participation d’artistes amateurs » est l’outil permettant de déclarer les spectacles organisés dans un cadre lucratif faisant participer des artistes amateurs non rémunérés afin d’encadrer leur pratique qui déroge au principe de présomption de salariat prévu par le code du travail pour les artistes du spectacle (C. trav., art L. 7121-3 et L. 7121-4).&lt;/p&gt;&lt;p&gt;Les données collectées par le ministère de la culture, lors de la télédéclaration, peuvent donner lieu à des études ou des travaux statistiques, après avoir fait l’objet d’un traitement afin d’occulter les mentions permettant l’identification des personnes qui y sont nommées ou afin de rendre impossible leur identification.&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le schéma d&amp;#039;explication ci-dessous : &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Tout entrepreneur de spectacles vivants (structure de production, de diffusion et d’exploitation de lieux de spectacles) qui organise un spectacle faisant participer des artistes professionnels (obligatoirement rémunérés) et des artistes amateurs non rémunérés.&lt;/p&gt;&lt;p&gt;Il peut s&amp;#039;agir de :&lt;/p&gt;&lt;p&gt;Associations &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Communes&lt;/p&gt;&lt;p&gt;Départements &lt;/p&gt;&lt;p&gt;Entreprises privées &lt;/p&gt;&lt;p&gt;Entreprises publiques locales &lt;/p&gt;&lt;p&gt;EPCI à fiscalité propre &lt;/p&gt;&lt;p&gt;Établissements de recherche&lt;/p&gt;&lt;p&gt;Établissements publics / Services de l&amp;#039;État &lt;/p&gt;&lt;p&gt;Régions&lt;/p&gt;&lt;p&gt;Critères d’éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Pour pouvoir faire participer des artistes amateurs à un spectacle organisé dans un cadre lucratif, l’entrepreneur de spectacles vivants doit :&lt;/p&gt;&lt;p&gt;Avoir déclaré son activité d’entrepreneur de spectacles vivants à l’aide d’un récépissé de déclaration d’entrepreneur de spectacles vivants valant licence en cours de validité ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Avoir conclu une convention d’accompagnement de la pratique amateur avec l’Etat (généralement au niveau de la DRAC) ou une collectivité territoriale (voir détails dans la rubrique Procédure ci-dessous). &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-d-artistes-amateurs</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/declaration-representations-artistes-amateurs</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une question ?&lt;/p&gt;&lt;p&gt;Pour toute question sur la déclaration de représentation(s), dans un but lucratif, avec participation d&amp;#039;artistes amateurs, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;Direction Générale de la Création Artistique (DGCA) &lt;/p&gt;&lt;p&gt;Délégation aux politiques professionnelles et sociales des auteurs et aux politiques de l&amp;#039;emploi &amp;gt; Département des politiques de l’emploi et de la formation professionnelle du spectacle vivant et enregistré &lt;/p&gt;&lt;p&gt;amateurs.dgca&amp;#64;culture.gouv.fr&lt;/p&gt;&lt;p&gt;54, rue des Franc-Bourgeois 75004 Paris&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-dartistes-amateurs/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2025</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>164870</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Protéger un immeuble ou un objet mobilier au titre des monuments historiques</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Protection d’un immeuble ou d’un objet mobilier au titre des monuments historiques</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Protection d’un immeuble ou d’un objet mobilier au titre des monuments historiques&lt;/p&gt;&lt;p&gt;Certains biens – immeubles ou objets mobiliers – présentent un intérêt historique, artistique, architectural, mais aussi technique ou scientifique, qui rend nécessaires leur conservation et leur transmission aux générations futures.&lt;/p&gt;&lt;p&gt;Dans ce but, le ministère de la Culture peut, sous certaines conditions, leur attribuer un statut juridique particulier : la protection au titre des monuments historiques.&lt;/p&gt;&lt;p&gt;Présentation du dispositif&lt;/p&gt;&lt;p&gt;Qu&amp;#039;est-ce qu&amp;#039;un monument historique ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un monument historique est un immeuble (bâti ou non bâti : bâtiment, ouvrage d’art, jardin, place publique, grotte ornée, site archéologique, etc.) ou un objet mobilier (objet d’art, meuble, orgue, bateau, machine, etc.) qui reçoit un statut juridique destiné à le protéger pour son intérêt historique, artistique, technique ou scientifique, afin qu’il soit conservé, restauré et mis en valeur.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ce statut de « monument historique » est donc une reconnaissance par la Nation de l’intérêt patrimonial d’un bien. Cette protection implique une responsabilité partagée entre les propriétaires et l’État pour sa conservation et sa transmission aux générations à venir.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Il existe deux niveaux de protection au titre des monuments historiques : l’inscription et le classement. L&amp;#039;inscription constitue le premier niveau de protection, et le classement, le niveau le plus élevé.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;D’autres labellisations, appellations ou réglementations peuvent assurer la préservation et la valorisation des biens : label Jardin remarquable, label Architecture contemporaine remarquable, sites patrimoniaux, collections des musées de France, code de l’urbanisme,… D’autres acteurs peuvent également intervenir pour conserver ou valoriser le patrimoine, notamment les communes via leur plan local d’urbanisme (PLU).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour identifier le type de protection le mieux adapté aux caractéristiques du bien à protéger, nous vous recommandons de contacter la direction régionale des affaires culturelles (DRAC) de la région où se situe le bien.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Objectifs de la démarche&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Toute personne y ayant un intérêt peut demander la protection d’un bien au titre des monuments historiques. Cette demande doit être adressée à la direction régionale des affaires culturelles (DRAC) de la région où se situe le bien à protéger.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette démarche en ligne vous permet de documenter le bien dont vous demandez la protection, afin d’apporter le maximum d’informations pertinentes aux commissions consultatives du ministère de la Culture chargées de donner leur avis.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Attention : si le bien est menacé (destruction, exportation… imminentes), contactez directement le ministère de la Culture : contact-sp-sdmsp&amp;#64;culture.gouv.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour plus d&amp;#039;informations, vous pouvez consulter le document ci-dessous : &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Qui peut déposer un dossier ?&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises privées &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises publiques locales &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI à fiscalité propre &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements de recherche&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics / Services de l&amp;#039;État &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Particuliers &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Régions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Toute personne y ayant intérêt peut demander la protection d’un bien au titre des monuments historiques.&lt;/p&gt;&lt;p&gt;Critères d&amp;#039;éligibilité du projet&lt;/p&gt;&lt;p&gt;La protection peut concerner :&lt;/p&gt;&lt;p&gt;des immeubles ou parties d’immeubles, qu’ils soient bâtis ou non bâtis : bâtiments, ouvrages d’art, places publiques, jardins, parcs, grottes ornées, vestiges archéologiques, …&lt;/p&gt;&lt;p&gt;des objets mobiliers de toute nature : tableaux, sculptures, meubles, instruments de musique, orgues, bateaux, machines, objets scientifiques ou techniques, …&lt;/p&gt;&lt;p&gt;La protection concerne uniquement des biens situés ou conservés dans les régions suivantes :&lt;/p&gt;&lt;p&gt;France métropolitaine ;&lt;/p&gt;&lt;p&gt;Guadeloupe ;&lt;/p&gt;&lt;p&gt;Guyane ; &lt;/p&gt;&lt;p&gt;Martinique ; &lt;/p&gt;&lt;p&gt;Mayotte ;&lt;/p&gt;&lt;p&gt;La Réunion ;&lt;/p&gt;&lt;p&gt;Saint-Barthélemy ;&lt;/p&gt;&lt;p&gt;Saint-Pierre-et-Miquelon, sous certaines conditions particulières.&lt;/p&gt;&lt;p&gt;Les autres territoires français d’outre-mer possèdent des dispositifs de protection des monuments historiques spécifiques. Si vous souhaitez la protection d’un bien dans ces territoires, nous vous invitons à vous rapprocher de votre mission aux Affaires culturelles (MAC).&lt;/p&gt;&lt;p&gt;Critères de non-éligibilité du projet&lt;/p&gt;&lt;p&gt;La présente démarche n’est pas applicable aux demandes motivées par l’urgence : si le bien est menacé à court terme, il convient de contacter directement le ministère de la Culture (contact-sp-sdmsp&amp;#64;culture.gouv.fr).&lt;/p&gt;&lt;p&gt;Concernant les immeubles, seuls les immeubles présentant par eux-mêmes, à titre individuel, un intérêt artistique ou historique, peuvent être protégés au titre des monuments historiques. Les ensembles d’immeubles, quant à eux, peuvent bénéficier d’autres dispositifs de protection.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Dans le cas d’une demande de classement, il est nécessaire d’obtenir l’accord du propriétaire, s’il n’est pas le demandeur. À défaut, une procédure de classement d’office, par décret en Conseil d’État, peut être engagée, mais il s’agit d’une procédure très lourde, très rarement mise en œuvre.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/labellisation-protection-appellation/protection-d-un-immeuble-ou-d-un-objet-mobilier-au-titre-des-monuments-historiques</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/mh_protection</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une question ?&lt;/p&gt;&lt;p&gt;Vos interlocuteurs privilégiés sont les équipes des conservations régionales des monuments historiques situées dans chacune des directions régionales des affaires culturelles (DRAC). Vous pouvez consulter ci-dessous les coordonnées de la DRAC de votre région.&lt;/p&gt;&lt;p&gt;Uniquement pour les demandes motivées par l’urgence, vous pouvez contacter le ministère de la Culture :&lt;/p&gt;&lt;p&gt;Direction générale des patrimoines et de l’architecture&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Service du patrimoine&lt;/p&gt;&lt;p&gt;Sous-direction des monuments historiques et des sites patrimoniaux&lt;/p&gt;&lt;p&gt;contact-sp-sdmhsp&amp;#64;culture.gouv.fr&lt;/p&gt;&lt;p&gt;182 rue Saint-Honoré, 75033 PARIS cedex 01&lt;/p&gt;&lt;p&gt;Pour en savoir plus sur les contacts dans votre région, merci de vous reporter aux onglets ci-dessous.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/protection-dun-immeuble-ou-dun-objet-mobilier-au-titre-des-monuments-historiques/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2025</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>150678</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour les orgues non classés</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création et à la restauration d&amp;apos;orgues non protégés</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F5" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
           <t>&lt;p&gt;
- Le ministère de la Culture et le Ministère de la cohésion des territoires et des relations avec les collectivités territoriales vous proposent :
-[...25 lines deleted...]
-      <c r="O3" s="1" t="inlineStr">
+ Les soutiens apportés par le ministère de la culture et de la communication en faveur des orgues sont répartis entre : les aides pour les instruments protégés au titre des monuments historiques et les aides qui concernent la restauration d&amp;#039;instruments non protégés et la création d&amp;#039;instruments neufs.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette fiche présente la procédure pour les instruments non protégés et les instruments neufs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Montant de la subvention
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est variable en fonction du projet, et calculé sur la base du budget prévisionnel déposé dans le dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le processus d&amp;#039;attribution puis de versement de la subvention fait l&amp;#039;objet d&amp;#039;un encadrement par le décret n° 2018-514 du 25 juin 2018.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les orgues, il est néanmoins précédé d&amp;#039;une première phase d&amp;#039;examen du projet par les services de la direction régionale des affaires culturelles et par les services de la direction générale de la création artistique. L&amp;#039;administration rend alors un avis, qui ne vaut pas attribution de subvention, mais permet de passer ensuite à l&amp;#039;étape administrative d&amp;#039;instruction de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Il est ainsi nécessaire de prendre contact avec la DRAC (service musique) de la région dans laquelle se situe l&amp;#039;orgue concerné avant toute démarche en ligne.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Outre les pièces administratives, les dossiers comportent, pour la première étape d&amp;#039;examen :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un argumentaire faisant ressortir les objectifs musicaux et culturels du projet, précisant notamment les enjeux de diffusion et d&amp;#039;actions pédagogiques, les conditions d&amp;#039;utilisation, les objectifs de complémentarité avec d&amp;#039;autres instruments environnants ou d&amp;#039;autres agents culturels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une étude préalable faisant apparaître la faisabilité administrative et technique de l&amp;#039;opération envisagée (bilan sanitaire de l&amp;#039;édifice, autorisation éventuelle des monuments historiques, note sur le chauffage, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un avant projet des travaux souhaités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers sont évalués par la direction générale de la création artistique (délégation à la musique et inspection de la création), après avis de la direction régionale des affaires culturelles compétente, y compris, en cas d&amp;#039;orgue situé dans un édifice protégé, de l&amp;#039;avis du conservateur régional des monuments historiques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;administration rend alors un avis, qui ne vaut pas attribution de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Ensuite, en cas d&amp;#039;avis favorable, le projet est évalué selon les modalités habituelles d&amp;#039;attribution d&amp;#039;une demande de subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon région
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q5" s="1" t="inlineStr">
+        <is>
+          <t>01/05/2026</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont attribuées dans le cadre d&amp;#039;opérations de restauration d&amp;#039;instruments non classés (non protégés au titre des monuments historiques) ou de création d&amp;#039;instruments neufs, et portent avant tout sur la partie instrumentale de l&amp;#039;orgue.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide peut aussi venir en complément pour la partie instrumentale non classée d&amp;#039;un orgue dont la partie classée (par exemple le buffet) est aidée par le dispositif de la direction générale des patrimoines.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / Services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont destinées au maître d&amp;#039;ouvrage, le plus souvent la collectivité publique propriétaire de l&amp;#039;édifice dans lequel se situe l&amp;#039;orgue objet du projet de restauration ou de création.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet ne doit pas avoir débuté au moment du dépôt de la demande. L&amp;#039;exécution peut commencer seulement après la réception par le demandeur de l&amp;#039;accusé de réception du dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets portant sur un simple relevage de l&amp;#039;orgue ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets portant sur un orgue protégé au titre des monuments historiques ne sont pas éligibles à ce dispositif précis, et doivent faire l&amp;#039;objet d&amp;#039;une demande auprès des services patrimoine de la DRAC (en savoir plus ici )
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-la-creation-et-a-la-restauration-d-orgues-non-proteges</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DGCA &amp;gt; Délégation à la musique
+ &lt;a href="mailto:demarches-sv-dgca&amp;#64;culture.gouv.fr" target="_self"&gt;
+  demarches-sv-dgca&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ ; 01 40 15 80 00
+182, rue Saint Honoré - 75001 Paris  
+OU
+Services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2a06-aide-a-linvestissement-pour-les-orgues-non-cl/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB5" s="1" t="inlineStr">
+        <is>
+          <t>Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>163164</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes et intercommunautés&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes éligibles sont celles d’au moins 20.000 habitants, ayant un service d’archives constitué disposant d’un archiviste à plein temps.&lt;/li&gt;&lt;li&gt;Les études de faisabilité sont soutenues en priorité pour les services d’archives départementales ; les communes importantes ou ayant un projet de bâtiment mutualisé peuvent être soutenues au cas par cas.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de bâtiments des collectivités éligibles doivent être ouverts au public avec une surface minimales de 200 m².&lt;/li&gt;&lt;li&gt;Toute attribution d’une subvention est subordonnée au visa technique du SIAF.&lt;/li&gt;&lt;li&gt;Au préalable pour les archives municipales, un Programme doit être élaboré avec le concours du directeur des archives départementales qui assure le contrôle scientifique et technique et qui donne son avis au SIAF.&lt;/li&gt;&lt;li&gt;Le SIAF transmet son avis à la collectivité ; les phases suivantes avec la transmission des dossiers d’Avant-Projet Sommaire (APS) et d’Avant-Projet Détaillé (APD) doivent recueillir le visa technique du SIAF en vue de l’attribution d’une subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de faisabilité&lt;/li&gt;&lt;li&gt;Sont éligibles les projets de construction de bâtiments neufs, la réhabilitation de bâtiment, les réaménagements, les extensions.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. sont éligibles.&lt;/li&gt;&lt;li&gt;Les dépenses éligibles constituent la « base subventionnable », comprenant les coûts hors taxes des travaux de construction et du mobilier spécifique, le cas échéant.&lt;/li&gt;&lt;li&gt;Ne sont notamment pas éligibles les études de programmations, les honoraires, la VRD, les travaux de désamiantage, l’acquisition du foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-d-archives</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-investissement-2024</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur les études et travaux sur les bâtiments d’archives, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/Bureau de l’expertise numérique et de la conservation durable :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Architecte : &lt;a target="_self"&gt;berengere.giaux&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 32 63&lt;/li&gt;&lt;li&gt;Cheffe du bureau : &lt;a href="mailto:dominique.naud&amp;#64;culture.gouv.fr" target="_self"&gt;dominique.naud&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 76 74&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/ Bureau du pilotage et de la tutelle des services publics d’archives :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Subventions : &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr" target="_self"&gt;martine.leroy&amp;#64;culture.gouv.fr&lt;/a&gt; ; 07 64 37 09 52&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-sur-les-batiments-darchives/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Isolation du bâtiment</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2024</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
         <v>163138</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Organiser un Forum Entreprendre dans la Culture</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Entrepreneuriat culturel - Forums Entreprendre dans la Culture</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F4" s="1" t="inlineStr">
+      <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H4" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J4" s="1" t="inlineStr">
+      <c r="J7" s="1" t="inlineStr">
         <is>
           <t>La subvention accordée sera comprise entre 10.000 et 25.000 euros maximum.</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que l&amp;#039;entrepreneuriat culturel ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entrepreneuriat culturel désigne l&amp;#039;action d&amp;#039;entreprendre et de mener à bien une initiative et de fédérer des individus autour d’un projet commun, de manière à générer une valeur esthétique, culturelle, sociale et/ou économique. &lt;/p&gt;&lt;p&gt;Les Forums Entreprendre dans la Culture sont des rencontres professionnelles qui ont pour objectifs de valoriser l’entrepreneuriat culturel, d’une part, et d’apporter des informations pratiques et concrètes aux entrepreneurs et aux porteurs de projets, d’autre part, afin de favoriser leur professionnalisation et le développement de leur structure ou de leur activité. &lt;/p&gt;&lt;p&gt;Cette démarche s&amp;#039;adresse ainsi aux structures en capacité d’organiser un Forum Entreprendre dans la Culture.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Outre la qualité et la richesse de la création artistique et culturelle française, le poids économique direct de la culture repose sur la vitalité et le dynamisme d’un tissu particulièrement dense de plus de 263 400 associations actives sur le champ culturel et 150 000 très petites entreprises (TPE) et petites et moyennes entreprises (PME) qu’il est essentiel d’accompagner dans leur structuration et leur développement.&lt;/p&gt;&lt;p&gt;En effet, les mutations induites par les transformations numériques et l’évolution des usages, nécessitent de reconsidérer un grand nombre de modèles économiques traditionnels et transforment en profondeur certains moyens de production, de distribution et de diffusion. Cette évolution a mis en exergue un déficit de professionnalisation des entrepreneurs culturels et de structuration de leurs entreprises.&lt;/p&gt;&lt;p&gt;Par ailleurs, il n’est pas toujours naturel pour un entrepreneur culturel de s’affirmer comme tel, et les bénéfices d’une structuration économique solide ne sont pas toujours suffisamment perçus par les porteurs de projets. Les objectifs esthétiques, culturels et sociaux apparaissent en outre parfois plus importants que les visées économiques ou financières, ce qui fragilise d’autant plus certaines structures culturelles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’accès au financement, qui reste le problème majeur de toute entreprise, la formation à l’entrepreneuriat, l’accès aux conseils juridiques, sociaux et comptables, la difficulté à accéder à des locaux professionnels ainsi que la prévention de l’isolement sont des enjeux fondamentaux pour les entrepreneurs culturels.&lt;/p&gt;&lt;p&gt;Ce sont les objectifs principaux des Forums Entreprendre dans la Culture.&lt;/p&gt;&lt;p&gt;Articulé autour de témoignages d’entrepreneurs culturels et de conseils d’experts, et entièrement gratuit, l’événement devra proposer des rondes et des ateliers sectoriels et transversaux. Le Forum devra aborder ainsi les thèmes du financement, de l’accompagnement, de la structuration, des modèles économiques de la culture, de l&amp;#039;évolution du secteur culturel face aux nouveaux usages et à la transition numérique, des défis environnementaux, de la responsabilité sociétale des entreprises (RSE) et du développement à l’international.  &lt;/p&gt;&lt;p&gt;Le public ciblé par le Forum est celui des entrepreneurs, afin de les aider dans leur professionnalisation et la structuration de leur entreprise ou de leur activité, des étudiants ou des jeunes diplômés qui ont le projet d’entreprendre dans ces secteurs, ou encore des institutionnels qui souhaitent transmettre une information fiable à leurs interlocuteurs.   &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention accordée sera comprise entre 10.000 et 25.000 euros maximum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention est versée en une fois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Formation professionnelle
 Emploi
 Artisanat
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État&lt;/li&gt;&lt;li&gt;Agences culturelles régionales &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La structure en mesure d&amp;#039;accueillir un forum, devra avoir dans ses missions principales la professionnalisation et l’accompagnement des entrepreneurs culturels régionaux ainsi que la structuration de leur entreprise ou leur activité.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les critères d’éligibilité du projet reposent sur :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la pertinence des actions et des rencontres professionnelles proposées par le demandeur au regard des objectifs de l’événement ;&lt;/li&gt;&lt;li&gt;la cohérence budgétaire ;&lt;/li&gt;&lt;li&gt;la qualité des partenariats.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les structures dont la résidence fiscale n&amp;#039;est pas située en France ;&lt;/li&gt;&lt;li&gt;les personnes physiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Location de salle ou d’équipement&lt;/li&gt;&lt;li&gt;Rémunération des intervenants&lt;/li&gt;&lt;li&gt;Défraiement des intervenants&lt;/li&gt;&lt;li&gt;Communication&lt;/li&gt;&lt;li&gt;Frais de traiteur &lt;/li&gt;&lt;li&gt;Les frais liés à l’organisation de l’événement exclusivement&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/entrepreneuriat-culturel-forums-entreprendre-dans-la-culture</t>
         </is>
       </c>
-      <c r="W4" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture-2024</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question sur l’entrepreneuriat culturel, vous êtes invités à vous adresser à la Direction générale des médias et industries culturelles (DGMIC) - Délégation aux entreprises culturelles : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Philippe TILLY, adjoint au délégué aux entreprises culturelles (DEC/DGMIC) : &lt;a href="mailto:philippe.tilly&amp;#64;culture.gouv.fr" target="_self"&gt;philippe.tilly&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;182 rue Saint-Honoré, 75001 Paris&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Auvergne-Rhône-Alpes : Marion WOLF : marion.wolf&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Bourgogne-Franche-Comté : Laurence DELOIRE : laurence.deloire&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Bretagne : Stéphanie CARNET : stephanie.carnet&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Centre-Val de Loire : Benoît LECERF : benoit.lecerf&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Corse : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Grand-Est : Claire ANTONY : claire.antony&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Hauts-de-France : Benjamin ORLIANGE : benjamin.orliange&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Ile-de-France : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Normandie : Damien EUCHI : damien.euchi&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Nouvelle-Aquitaine : Anne-Claire Rocton : anne-claire.rocton&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Occitanie : Silvy CASTEL : Silvy.castel&amp;#64;culture.gouv.fr / Emmanuel PIDOUX : emmanuel.pidoux&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Pays de la Loire : Thierry CHEVALIER : thierry.chevalier&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Provence-Alpes-Côte d&amp;#039;Azur : Jérémie CHOUKROUN : jeremie.choukroun&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Guadeloupe : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Guyane : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;La Réunion : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Martinique : Audrey PHIBEL : audrey.phibel&amp;#64;culture.gouv.fr / Yolande-Salomé TOUMSON : yolande-salome.toumson&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Mayotte : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Nouvelle-Calédonie : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;li&gt;Polynésie française : forum-entreprendre.dgmic&amp;#64;culture.gouv.fr&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/entrepreneuriat-culturel-forums-entreprendre-dans-la-culture/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>28/07/2024</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E5" s="1" t="inlineStr">
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>164383</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Cofinancer des projets d'acquisition et de restauration patrimoniales d’intérêt national (ARPIN)</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Acquisitions et restaurations patrimoniales d’intérêt national (ARPIN)</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qu’est-ce que le dispositif d’aide aux Acquisitions et restaurations patrimoniales d’intérêt national (ARPIN) ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les subventions ARPIN permettent au ministère de la Culture (Direction générale des médias et des industries culturelles) de mieux accompagner l&amp;#039;action des collectivités territoriales en leur proposant un dispositif de cofinancement des projets d’acquisition ou de restauration les plus remarquables.&lt;/p&gt;&lt;p&gt;Les opérations soutenues dans le cadre des ARPIN peuvent concerner l&amp;#039;un des deux domaines suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquisition de patrimoine d’intérêt national ;&lt;/li&gt;&lt;li&gt;Restauration de patrimoine d’intérêt national.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le taux maximal d’aide, incluant éventuellement d’autres aides versées par le ministère de la Culture (subventions des DRAC), est fixé à 80% du montant hors taxes global.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention est versée en une seule fois.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Si la région dispose d’un FRRAB : elle sera versée par la DRAC concernée dans un délai de 3 mois après acceptation du dossier. &lt;/li&gt;&lt;li&gt;Si la région ne dispose pas de FRRAB : elle sera versée directement par le ministère de la Culture dans un délai de 3 mois après acceptation du dossier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention est accordée par le Service du livre et de la lecture, en fonction de deux critères essentiels : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le caractère d’intérêt national de l’acquisition ou de la restauration ;&lt;/li&gt;&lt;li&gt;les possibilités d’autres subventions pour l’acquisition ou la restauration (la présence d’un FRRAB dans la région). Les régions sans FRRAB seront considérées comme prioritaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dépôt des dossiers est possible toute l&amp;#039;année.&lt;/p&gt;&lt;p&gt;Les résultats seront communiqués aux porteurs de projets sur Démarches Simplifiées et seront mis en valeur dans la brochure Acquisitions patrimoniales aidées éditée chaque année par le Service du livre et de la lecture.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Bâtiments et construction
+Architecture
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets doivent être déposés par l’un des organismes suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une collectivité territoriale (commune) ;&lt;/li&gt;&lt;li&gt;un groupement de collectivités territoriales agissant pour le compte de sa bibliothèque.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de non-éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les demandes émanant de collectivités territoriales pour le compte de leur service d’archives et de leur musée ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;Les documents acquis ou restaurés doivent être conservés par la bibliothèque.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit concerner une acquisition déjà réalisée ou un projet de restauration à venir, sous réserve de présentation d’un devis validé par le groupe d’experts en restauration réunis par le ministère de la Culture.&lt;/p&gt;&lt;p&gt;Les documents, par leurs caractéristiques, leur ancienneté, leur rareté ou leur origine, doivent avoir une valeur patrimoniale de dimension nationale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toute demande ne concernant pas les collections conservées dans des bibliothèques relevant des collectivités territoriales ou de leurs groupements sera refusée. Cela concerne notamment les bibliothèques universitaires, associatives, cultuelles, de musée ou de services d&amp;#039;archives.&lt;/p&gt;&lt;p&gt;Les opérations de valorisation et de numérisation sont exclues du champ des ARPIN.&lt;/p&gt;&lt;p&gt;Pour les restaurations, les devis doivent impérativement avoir reçu la validation de groupe d’experts en restauration préalablement.&lt;/p&gt;&lt;p&gt;Les projets d’acquisition non encore réalisés ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles sont :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le prix d’acquisition auprès d’un libraire ou d’adjudication en vente aux enchères publiques hors frais ;&lt;/li&gt;&lt;li&gt;les coûts de restauration, hors taxe. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets doivent porter sur des opérations d&amp;#039;un montant global d&amp;#039;au moins 4.000 € HT/hors frais.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/acquisitions-et-restaurations-patrimoniales-d-interet-national-arpin</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/livre-lecture_arpin</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;DGMIC &amp;gt; Service du livre et de la lecture &amp;gt; Bureau du patrimoine :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mails : &lt;a href="mailto:anne.verdure-mary&amp;#64;culture.gouv.fr" target="_self"&gt;anne.verdure-mary&amp;#64;culture.gouv.fr&lt;/a&gt; / &lt;a href="mailto:pierre-jean.riamond&amp;#64;culture.gouv.fr" target="_self"&gt;pierre-jean.riamond&amp;#64;culture.gouv.fr&lt;/a&gt; ; &lt;/li&gt;&lt;li&gt;Téléphone : 01 40 15 74 25&lt;/li&gt;&lt;li&gt;Adresse : Rue Saint-Honoré, 75001 Paris&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acquisitions-et-restaurations-patrimoniales-dinteret-national-arpin/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2025</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
+        <v>131790</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Aider les auteurs en Grand Est : bourses d’aide à la création, résidences de médiation littéraire et résidences de création littéraire</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux aux résidences de création littéraire en Grand Est</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif &amp;#34;Aide aux auteurs&amp;#34; comprend trois volets :
+ &lt;br /&gt;
+ - les bourses d&amp;#039;aide à la création littéraire ;
+ &lt;br /&gt;
+ - les résidences de médiation littéraire ;
+ &lt;br /&gt;
+ - les résidences de création littéraire.
+ &lt;br /&gt;
+ Ces subventions permettent de soutenir la littérature en région.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;h3&gt;
+ Qu&amp;#039;est-ce que l&amp;#039;aide aux auteurs ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Les projets de créations et de résidences littéraires et de médiation sont soutenus dans la mesure où ils permettent de dynamiser la création littéraire en région Grand Est, de faire émerger et connaître des talents, de contribuer à la qualité et la diversité de la création littéraire.
+ &lt;strong&gt;
+  Le terme de &amp;#34;littéraire&amp;#34; s&amp;#039;entend ici au sens large et concerne aussi bien l&amp;#039;illustration, le dessin que le texte.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif comprend trois types d&amp;#039;aides différentes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les bourses d&amp;#039;aide à la création littéraire, uniquement financées par la Région Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les résidences de médiation littéraire, financées conjointement par la Région Grand Est et la DRAC Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les résidences de création littéraire, financées conjointement par la Région Grand Est et la DRAC Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Trois sessions sont organisées chaque année (une seule pour les résidences de médiation).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ Bourses d&amp;#039;aide à la création littéraire
+&lt;/h3&gt;
+&lt;p&gt;
+ Les bourses d&amp;#039;aide à la création littéraire s&amp;#039;adressent aux écrivains, traducteurs, illustrateurs, scénaristes et dessinateurs de bande-dessinée et autres, personnes physiques majeures domiciliées en région Grand Est et ayant un projet de publication à compte d&amp;#039;éditeur et n&amp;#039;ayant pas bénéficié de bourse d&amp;#039;écriture la même année civile que celle de la demande. Il est nécessaire d&amp;#039;être enregistré en tant qu&amp;#039;artiste-auteur auprès de l&amp;#039;URSSAF.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont les projets inédits et non achevés de fiction (roman, nouvelles, théâtre, poésie, bandes-dessinées, illustration) ou de non fiction (essais...), à l&amp;#039;exclusion des ouvrages de certains domaines (voir le règlement complet à télécharger ci-dessous).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant annuel maximal est de 5 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Règlement bourse d&amp;#039;aide à la création littéraire 2023.pdf
+&lt;/p&gt;
+pdf - 677 Ko
+&lt;a&gt;
+ &lt;span&gt;
+  Règlement bourse d&amp;#039;aide à la création littéraire 2023.pdf
+ &lt;/span&gt;
+&lt;/a&gt;
+Télécharger
+&lt;h3&gt;
+ Résidences de médiation littéraire
+&lt;/h3&gt;
+&lt;p&gt;
+ Les résidences de médiation littéraire sont un nouveau dispositif, mis en place conjointement par la Région Grand Est, le CNL (Centre national du livre) et la DRAC Grand Est, résolument orienté vers la médiation et la transmission aux publics. En cela, elles viennent compléter les résidences de création qui existent déjà depuis plusieurs années.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe de ces résidences est de présenter une programmation culturelle basée sur le travail et la présence de l&amp;#039;artiste ou des artistes et sur l&amp;#039;instauration d&amp;#039;une relation avec le public. D&amp;#039;une durée de 2 à 8 mois, la résidence de médiation se déroulera en région, dans une relative proximité du domicile ou du lieu de travail de l&amp;#039;artiste.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les objectifs de ce dispositif sont de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les actions qui permettent l&amp;#039;instauration d&amp;#039;une relation de longue durée (entre 2 et 8 mois) entre un ou des auteur(s) et des publics, au sein d&amp;#039;une structure culturelle, éducative ou sociale du Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager la valorisation du travail et des œuvres publiées des auteurs du Grand Est sur leur propre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  valoriser les actions de transmission à destination de la jeunesse, voire d&amp;#039;actions d&amp;#039;éducation artistique et culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La résidence ne nécessite pas que l&amp;#039;auteur rompe avec ses autres activités professionnelles et son environnement familier. Il s&amp;#039;agit d&amp;#039;encourager la valorisation des auteurs du Grand Est sur leur propre territoire et de permettre le développement de projets littéraires entre un ou des auteurs du Grand Est et une structure du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, nous vous invitons à consulter le cahier des charges ci-dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ Règlement Aide aux résidences de médiation 23-25.pdf
+&lt;/p&gt;
+pdf - 584 Ko
+&lt;a&gt;
+ &lt;span&gt;
+  Règlement Aide aux résidences de médiation 23-25.pdf
+ &lt;/span&gt;
+&lt;/a&gt;
+Télécharger
+&lt;h3&gt;
+ Résidences de création littéraire
+&lt;/h3&gt;
+&lt;p&gt;
+ Les résidences de création littéraire sont financées conjointement par la Région Grand Est et la DRAC Grand Est. S&amp;#039;appuyant sur le riche réseau régional d&amp;#039;établissement culturels (centres, bibliothèques...), le dispositif a pour objectif de favoriser la création littéraire en région Grand Est en favorisant l&amp;#039;émergence de talents et en soutenant les artistes.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur une durée de résidence de 2 à 4 mois, l&amp;#039;artiste consacrera 70 % de son temps à la création, les 30 % restants étant dédié à un programme de médiation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, nous vous invitons à consulter le cahier des charges ci-dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ Règlement Aide aux résidences de création littéraire 23-25.pdf
+&lt;/p&gt;
+pdf - 585 Ko
+&lt;a&gt;
+ &lt;span&gt;
+  Règlement Aide aux résidences de création littéraire 23-25.pdf
+ &lt;/span&gt;
+&lt;/a&gt;
+Télécharger
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourses d&amp;#039;aide à la création littéraire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Les bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Elles s&amp;#039;adressent aux écrivains, traducteurs, illustrateurs, scénaristes et dessinateurs de bande-dessinée et autres, personnes physiques majeures domiciliées en région Grand Est et ayant un projet de publication à compte d&amp;#039;éditeur et n&amp;#039;ayant pas bénéficié de bourse d&amp;#039;écriture la même année civile que celle de la demande. Il est nécessaire d&amp;#039;être enregistré en tant qu&amp;#039;artiste-auteur auprès de l&amp;#039;URSSAF.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du demandeur
+&lt;/h4&gt;
+&lt;p&gt;
+ Est entendu à compte d&amp;#039;éditeur la collaboration avec un éditeur répondant aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  production d&amp;#039;un catalogue régulier et composé d&amp;#039;au moins 50% d&amp;#039;ouvrages écrits par d&amp;#039;autres auteurs que le responsable de la structure ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposition et signature d&amp;#039;un contrat en bonne et due forme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pratique du dépôt légal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  respect des règles du code de la propriété intellectuelle et des usages professionnels en vigueur dans la chaine du livre et notamment la prise en charge du risque économique par l&amp;#039;éditeur sans aucune intervention financière de l&amp;#039;auteur ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;auteur devra prouver qu&amp;#039;il pourra se rendre disponible pour son projet littéraire, en particulier s&amp;#039;il mène en parallèle une autre activité professionnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Un délai de carence de deux ans est à observer entre deux demandes.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Les projets éligibles sont des projet inédits et non achevés relevant des domaines littéraires soutenus par le CNL (Centre national du livre).
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères de non éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Ne sont pas éligibles : les guides pratiques, cartes, ; scolaires ; parascolaire et outils pédagogiques ; universitaire ; technique et professionnel, y compris juridique ; art contemporain ; livres de jeux ; jeux de rôle ; entretiens de type journalistique ; catalogues, répertoires, bibliographies, chronologies non raisonnées, almanachs, annuaires, brochures et dépliants divers ; dictionnaires et encyclopédies courants sans dimension critique : recueils de sources et documents non commentés ; livrets d&amp;#039;opéra et partitions de musique ; publication à caractère apologétique ou confessionnel ; ouvrage ésotérique.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Résidences de médiation littéraire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Les bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Le dispositif se fonde sur la collaboration entre un auteur (écrivain, illustrateur, traducteur,...) et une structure d&amp;#039;accueil.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du demandeur
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide s&amp;#039;adresse à des binômes formés par :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1°
+ &lt;/strong&gt;
+ Une structure porteuse située en région Grand Est, publique ou privée, implantée sur le territoire régional et souhaitant travailler sur un projet lié au livre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les lieux de référence de la filière du livre, maisons d&amp;#039;édition, librairies, bibliothèques/médiathèques, maisons d&amp;#039;écrivains, musées littéraires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérateurs culturels et manifestations littéraires, les centres sociaux et médico-sociaux, les collectivités territoriales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous les lieux d&amp;#039;accueil des jeunes hors temps scolaire, voulant initier un projet de découverte de la création littéraire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le siège social ou l&amp;#039;implantation principale est dans le Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant plus d&amp;#039;un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2°
+ &lt;/strong&gt;
+ Un ou des artistes réunis en collectif (écrivain, traducteur, essayiste, scénariste, illustrateur et dessinateur de bande dessinée) vivant et travaillant en région et ayant publié au moins une fois (papier ou numérique) à compte d&amp;#039;éditeur durant les cinq dernières années.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour être éligibles, les projets proposés doivent répondre aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La structure présente un projet d&amp;#039;ensemble, lequel inclut le programme d&amp;#039;actions culturelles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet global doit s&amp;#039;inscrire sur une durée comprise entre 2 et 8 mois et favoriser une relation de proximité entre les professionnels du livre, les publics et l&amp;#039;auteur, sur le territoire du Grand Est.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit comporter des temps de rencontres des publics avec l&amp;#039;auteur et ses œuvres.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière sera portée à l&amp;#039;ancrage territorial du projet et à la portée littéraire des actions proposées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La résidence de médiation littéraire peut comporter un volet de création ou commande de texte mais cela ne constitue pas une obligation. Si c&amp;#039;est le cas, le budget global fera apparaître une juste rémunération de la création de l&amp;#039;auteur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet explicite la convention conclue entre l&amp;#039;auteur et la structure, indiquant les modalités de rémunération en fonction de la durée, de la nature et du nombre des interventions de l&amp;#039;auteur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Critères de non éligibilité
+&lt;/h4&gt;
+&lt;p&gt;
+ Ne sont pas éligibles à ce dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les auteurs édités à compte d&amp;#039;auteur ou autoédités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les auteurs ayant un lien permanent avec la structure demandeuse ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les actions relevant de l&amp;#039;activité régulière d&amp;#039;une structure.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Résidences de création littéraire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Les bénéficiaires
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les structures porteuses, publiques ou privées, implantées sur le territoire régional et travaillant dans le secteur du livre : bibliothèque de collectivité territoriale, structure organisatrice d&amp;#039;un festival du livre ou de littérature, maison d&amp;#039;édition, librairie indépendante, association spécialisée dans le livre ou la lecture (hors centres de ressources), collectivité territoriale.
+  &lt;br /&gt;
+  Les autres structures pourront se rapprocher des services instructeurs pour vérifier leur éligibilité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les artistes individuels ou réunis en collectif (écrivain, traducteur, essayiste, scénariste, illustrateur et dessinateur de bande dessinée) résidant ou non en France et proposant un projet d&amp;#039;écriture ou d&amp;#039;illustration à développer avec une structure du livre du Grand Est. Les artistes auront publié au moins une fois (papier ou numérique) à compte d&amp;#039;éditeur durant les cinq dernières années.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Critères de non éligibilité du demandeur
+&lt;/h4&gt;
+&lt;p&gt;
+ Les structures déjà conventionnées par ailleurs pour des actions d&amp;#039;accueil d&amp;#039;artistes ou d&amp;#039;auteurs en résidence ne sont pas éligibles.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Les projets éligibles auront une vocation de résidence d&amp;#039;auteur (résidence d&amp;#039;écriture littéraire, de poésie, de traduction, d&amp;#039;illustration) avec une co-construction entre un auteur et une structure porteuse.
+&lt;/p&gt;
+&lt;p&gt;
+ La résidence pourra durer entre deux et quatre mois. Au-delà de cette durée d&amp;#039;autres formes de financements devront être recherchées. Les modalités de présence de l&amp;#039;auteur sur le territoire de la région Grand Est seront précisées dans le projet global de la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ La structure veillera à ce qu&amp;#039;une présence soit organisée de manière continue ou régulière. Le temps de la résidence peut éventuellement être fractionné sous réserve que le demandeur et la structure qui l&amp;#039;accueille en justifie par écrit la nécessité et ce qui est mis en œuvre pour maintenir la cohérence du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ La résidence comporte un volet de création égal ou supérieur à 70 % du temps total de la résidence et un volet d&amp;#039;actions culturelles (y compris les actions auprès des jeunes notamment en temps scolaire) représentant au maximum 30 % du temps de la résidence.
+&lt;/p&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourses d&amp;#039;aide à la création littéraire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Montant de la subvention
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide est plafonnée à 5 000 € bruts, versée sous forme de droits d&amp;#039;auteurs. Elle est versée uniquement par la région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Au moment du versement du solde de la subvention, l&amp;#039;auteur devra être en possession du contrat d&amp;#039;édition daté et signé relatif au projet pour lequel le financement est sollicité.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation des dossiers
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dossiers seront examinés selon les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le parcours de l&amp;#039;auteur et son œuvre antérieure ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualité littéraire, artistique du projet d&amp;#039;écriture présenté et son ambition littéraire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les conditions de publication professionnelle et de diffusion du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Résidences de médiation littéraire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Montant de la subvention
+&lt;/h4&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide dépend de la durée de la résidence et est plafonné à 10 000 €.
+ &lt;br /&gt;
+ Le montant de l&amp;#039;aide sera versé à la structure d&amp;#039;accueil.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation des dossiers
+&lt;/h4&gt;
+&lt;p&gt;
+ Les critères de sélection et d&amp;#039;analyse des dossiers par la commission &amp;#34;Vie littéraire&amp;#34; sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la qualité et l&amp;#039;originalité du projet d&amp;#039;action culturelle et de médiation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualité du volet pédagogique proposé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le nombre de rencontres avec le public et la variété des publics visés dans le cadre du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la structuration et la place de la résidence dans le projet global de la structure d&amp;#039;accueil ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mobilisation de partenariats locaux et la recherche de financements croisés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une attention particulière sera apportée aux projets prévoyant une itinérance sur un territoire donné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Résidences de création littéraire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Montant de la subvention
+&lt;/h4&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide dépend de la durée de la résidence et est plafonné à 11 200 €.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est composée de deux montants distincts :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un forfait de 2 400 € bruts par mois de résidence versé sous forme de droits d&amp;#039;auteurs à l&amp;#039;auteur accueilli. Cette rémunération peut être versée selon deux modalités différentes :
+  &lt;br /&gt;
+  - par la structure d&amp;#039;accueil : dans ce cas de figure, la structure d&amp;#039;accueil perçoit une subvention et l&amp;#039;utilise pour rémunérer l&amp;#039;auteur, et s&amp;#039;engage par là-même à s&amp;#039;acquitter des cotisations sociales afférentes, en fonction du régime fiscal de l&amp;#039;auteur ;
+  &lt;br /&gt;
+  - par les financeurs DRAC ou Région : dans ce cas de figure, l&amp;#039;auteur reçoit directement l&amp;#039;aide sous forme de droits d&amp;#039;auteurs, charge aux financeurs de s&amp;#039;acquitter des cotisations sociales afférentes, en fonction du régime fiscal de l&amp;#039;auteur.
+  &lt;br /&gt;
+  Le choix du mode de rémunération doit être fait dès le dépôt de la demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide de 400 € maximum par mois de présence, versée, si besoin, à la structure porteuse pour la prise en charge des frais d&amp;#039;organisation (hébergement, transport et restauration, temps de conception et de coordination du projet, communication, actions de médiation). Dans ce cadre, une attention particulière sera apportée aux projets prévoyant une itinérance sur un territoire donné.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation des dossiers
+&lt;/h4&gt;
+&lt;p&gt;
+ Les critères de sélection et d&amp;#039;analyse des dossiers par la commission &amp;#34;Vie littéraire&amp;#34; sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la qualité et à l&amp;#039;originalité du projet de création et d&amp;#039;action culturelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualité du volet pédagogique proposé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le temps passé par l&amp;#039;auteur sur le territoire Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la garantie donnée à l&amp;#039;auteur de pouvoir mener un travail personnel d&amp;#039;écriture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la structuration et la place de la résidence dans le projet global de la structure d&amp;#039;accueil ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mobilisation de partenariats locaux et la recherche de financements croisés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h5&gt;
+ SESSION 1 (Bourses - Résidences de création littéraire)
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 mars 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ SESSION 2 (Bourses - Résidences de création littéraire - Résidences de médiation littéraire)
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 30 juin 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ SESSION 3 (Bourses - Résidences de création littéraire)
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment &lt;/a&gt;&lt;/h2&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;Grand Est&amp;#039;]
+&lt;br /&gt;
+date de clôture de l&amp;#039;aide : Selon session</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-aux-aux-residences-de-creation-litteraire-en-grand-est</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction régionale des affaires culturelles Grand Est (DRAC)
+Pôle démocratisation et industries culturelles
+Services Livre et lecture
+demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6326-aide-aux-auteurs-bourses-daide-a-la-creation-/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>12/03/2023</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>166134</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Développer les pratiques culturelles en milieu rural en Ile-de-France</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Culture et ruralités en Ile-de-France</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Le montant minimum de subvention est de 5 000€.  Le montant de la subvention alloué par la DRAC Ile-de-France peut atteindre 80% du budget de l'action, un co-financement du projet est attendu.</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Culture et ruralités en Ile-de-France&lt;/p&gt;&lt;p&gt;Les pratiques artistiques et culturelles sont des leviers d&amp;#039;émancipation personnelle et de cohésion sociale. Pour autant, les freins à la pratique artistique et à la fréquentation des lieux culturels sont nombreux : accessibilité géographique, moyens financiers, mécanismes d&amp;#039;exclusion sociale, etc.&lt;/p&gt;&lt;p&gt;La direction régionale des affaires culturelles d&amp;#039;Île-de-France (DRAC IDF), service déconcentré du ministère de la Culture placé sous l&amp;#039;autorité du préfet de région, souhaite développer l&amp;#039;accompagnement des projets culturels et artistiques à destination des populations des territoires ruraux.&lt;/p&gt;&lt;p&gt;Présentation du dispositif&lt;/p&gt;&lt;p&gt;Qu&amp;#039;est-ce que l&amp;#039;appel à projets &amp;#34;Culture et ruralités&amp;#34; ?&lt;/p&gt;&lt;p&gt;Le présent dispositif en faveur des territoires ruraux a pour objectif de favoriser l&amp;#039;égal accès à l&amp;#039;offre culturelle au bénéfice des habitants des territoires ruraux et à développer l&amp;#039;attractivité des territoires.&lt;/p&gt;&lt;p&gt;Il s&amp;#039;appuie sur les ressources culturelles des territoires ruraux, sur la mobilisation des opérateurs et des structures culturelles, sur le partenariat avec les collectivités territoriales, sur les réseaux associatifs, sur les acteurs ruraux et sur la participation des habitants.&lt;/p&gt;&lt;p&gt;Les bénéficiaires des projets sont les habitants résidant dans les communes rurales de la région Île-de-France. Le dispositif concerne tous les habitants, de la petite enfance au grand âge, avec une attention particulière aux projets s&amp;#039;adressant au public des 16-25 ans.&lt;/p&gt;&lt;p&gt;Objectifs de la démarche&lt;/p&gt;&lt;p&gt;Le dispositif vise en particulier à développer l&amp;#039;éducation artistique et culturelle et à accompagner les projets culturels des territoires ruraux en soutenant notamment les projets hors-les-murs et itinérants.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, vous pouvez télécharger le cahier des charges ci-dessous : &lt;/p&gt;&lt;p&gt;https://www.culture.gouv.fr/mc/content/download/384868/file/Cahier%20des%20charges%20Culture%20et%20Ruralités%202026.pdf?inLanguage&amp;#61;fre-FR&amp;amp;version&amp;#61;1&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critères d&amp;#039;éligibilité du projet&lt;/p&gt;&lt;p&gt;Les projets éligibles doivent s&amp;#039;inscrire dans la géographie prioritaire des territoires ruraux définie au niveau interministériel, selon la grille de densité au 1er janvier 2025 : https://www.insee.fr/fr/information/8571524&lt;/p&gt;&lt;p&gt;Les communes considérées comme rurales relèvent des catégories de densité 1, 2 ou 3 : les bourgs ruraux, les communes rurales à habitat dispersé, les communes rurales à habitat très dispersé.&lt;/p&gt;&lt;p&gt;Les projets doivent être mis en œuvre sur la saison 2026-2027.&lt;/p&gt;&lt;p&gt;Critères de non-éligibilité du projet&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;Les projets déployés uniquement sur le temps scolaire car les dispositifs d&amp;#039;éducation artistique et culturelle en partenariat avec les académies font l&amp;#039;objet d&amp;#039;appels à projets spécifiques ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets reconduits sur le même territoire au-delà de deux années de suite ;&lt;/p&gt;&lt;p&gt;Les projets ne permettant pas un accès libre et gratuit de la population concernée.&lt;/p&gt;&lt;p&gt;Les demandes d’aide au fonctionnement ;&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;aide à la création artistique ;&lt;/p&gt;&lt;p&gt;Les demandes d’aide à la diffusion artistique uniquement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>28/06/2026</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Qui peut déposer un dossier ?&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises privées &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI à fiscalité propre &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Le dispositif couvre l&amp;#039;ensemble des secteurs artistiques et toutes les dimensions de la culture. Sont ainsi concernés les champs du spectacle vivant, du patrimoine, de l&amp;#039;architecture, de la culture scientifique et technique, des arts visuels, du cinéma, de l&amp;#039;audiovisuel, du livre et de la lecture, des pratiques numériques et de l&amp;#039;éducation populaire.&lt;/p&gt;&lt;p&gt;Sont éligibles à candidater :&lt;/p&gt;&lt;p&gt;Les communautés de communes rurales, les communes rurales ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les professionnels des métiers artistiques et culturels et les structures culturelles, inscrits dans les réseaux de création, de diffusion ou de recherche ainsi que les structures de l&amp;#039;éducation populaire.&lt;/p&gt;&lt;p&gt;Critères de non-éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;Les EPCI (communautés de communes ou communautés d&amp;#039;agglomération) dont la convention avec la DRAC IDF concerne un accompagnement au titre de la ruralité ;&lt;/p&gt;&lt;p&gt;Les structures culturelles dont la convention avec la DRAC IDF concerne un accompagnement au titre de la ruralité ;&lt;/p&gt;&lt;p&gt;Les structures culturelles bénéficiant de subventions exceptionnelles au titre de la ruralité (le Fonds d&amp;#039;innovation territoriale (FIT), un apport dans le cadre du Plan Culture et Ruralité, etc.).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/culture-et-ruralites-en-ile-de-france</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dev-culturel_ruralites-idf</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction régionale des affaires culturelles (DRAC) Ile-de-France&lt;/p&gt;&lt;p&gt;Service régional des Populations, de l’Accompagnement, de la Coopération et des Territoires (SRPACTE)&lt;/p&gt;&lt;p&gt;srpacte.idf&amp;#64;culture.gouv.fr &lt;/p&gt;&lt;p&gt;47 Rue Le Peletier 75009 Paris&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/culture-et-ruralites-en-ile-de-france/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>166136</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Aider les résidences de médiation littéraire en Grand Est</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux résidences de médiation littéraire en Grand Est</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>L’aide est plafonnée à 10 000 € TTC</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aide aux résidences de médiation littéraire en Grand Est&lt;/p&gt;&lt;p&gt;En complément des résidences de création littéraire dont l&amp;#039;objectif premier est de donner la possibilité à un auteur de travailler à un projet personnel, l’aide aux résidences de médiation littéraire est orienté vers la médiation et la transmission en direction des publics. Le dispositif se fonde sur la collaboration entre un auteur (écrivain, illustrateur, traducteur, etc.) établi dans le Grand Est et une structure organisatrice du Grand Est&lt;/p&gt;&lt;p&gt;Présentation du dispositif&lt;/p&gt;&lt;p&gt;Qu&amp;#039;est-ce que l&amp;#039;aide aux résidences de médiation littéraire ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La région Grand Est compte un tissu d’acteurs important autour de la chaîne du livre. Plus de 500 auteurs (écrivains, illustrateurs, traducteurs, etc.) vivent et travaillent sur ce territoire avec une grande variété de styles, de genres, de formats et de projets éditoriaux. Le réseau culturel et de lecture publique est également dense, permettant un accueil d’auteurs dans des conditions variées. &lt;/p&gt;&lt;p&gt;Ce dispositif, orienté vers la médiation et la transmission en direction des publics, vise à :&lt;/p&gt;&lt;p&gt;Soutenir les actions qui permettent l’instauration d’une relation de longue durée (entre 2 et 8 mois) entre un ou des auteur(s) et des publics, au sein d’une structure culturelle, éducative ou sociale du Grand Est ;&lt;/p&gt;&lt;p&gt;Encourager la valorisation du travail et des œuvres publiées des auteurs du Grand Est sur leur propre territoire ;&lt;/p&gt;&lt;p&gt;Valoriser les actions de transmission à destination de la jeunesse, voire d’actions d’éducation artistique et culturelle.&lt;/p&gt;&lt;p&gt;Ce dispositif est financé conjointement par la Région Grand Est, la DRAC Grand Est et le Centre national du livre.&lt;/p&gt;&lt;p&gt;Pour plus d&amp;#039;informations, nous vous invitons à consulter le règlement ci-dessous :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Réglement - Aide aux résidences de médiation littéraire.pdf -&amp;gt; https://www.culture.gouv.fr/mc/content/download/385659/file/Réglement%20-%20Aide%20aux%20résidences%20de%20médiation%20littéraire.pdf?inLanguage&amp;#61;fre-FR&amp;amp;version&amp;#61;1 &lt;/p&gt;&lt;p&gt; &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critères d&amp;#039;éligibilité du projet&lt;br /&gt;&lt;/p&gt;&lt;p&gt;À la différence de la résidence de création, qui prévoit l’installation temporaire des artistes sur le territoire, la résidence de médiation se déroule à proximité de leur lieu de vie. Elle ne nécessite donc pas que l’auteur rompe avec ses autres activités professionnelles et son environnement familier. Il s’agit d’encourager la valorisation des auteurs du Grand Est sur leur propre territoire et de permettre le développement de projets littéraires entre un ou des auteurs du Grand Est et une structure du territoire. &lt;/p&gt;&lt;p&gt;Pour encourager les actions transfrontalières, particulièrement signifiantes pour une région qui compte 4 pays frontaliers (Belgique, Allemagne, Luxembourg et Suisse), il sera possible également que ce dispositif permette à un auteur du Grand Est de faire une partie de sa résidence de médiation dans un des 4 pays voisins, et réciproquement, dans les mêmes conditions que ce qui est décrit ci-dessous. &lt;/p&gt;&lt;p&gt;Dans le cas d’un projet transfrontalier, la structure organisatrice devra être implantée en Grand Est et les partenaires de projets devront se rapprocher des services instructeurs (Région Grand Est et DRAC Grand Est) bien en amont de l’action, pour en affiner le montage et la faisabilité. Dans le cas de l’accueil d’un auteur non-francophone, celui-ci devra avoir publié a minima un ouvrage traduit en langue française, et la structure s’engage à prévoir la présence d’un interprète ou d’un traducteur et à en assumer les coûts. Dans le cas de l’accueil d’un auteur étranger, la structure organisatrice s’engage à appliquer les règles sociales et fiscales en vigueur en France et à en informer l’auteur.&lt;/p&gt;&lt;p&gt;La structure présente un projet d’ensemble, lequel inclut le programme d’actions culturelles ;&lt;/p&gt;&lt;p&gt;Le projet global doit s’inscrire sur une durée comprise entre 2 et 8 mois, permettre une présence de l’auteur discontinue mais régulière, et favoriser une relation de proximité entre les professionnels du livre, les publics et l’auteur, sur le territoire concerné ;&lt;/p&gt;&lt;p&gt;Le projet doit comporter des temps de rencontres des publics avec l’auteur et ses œuvres ;&lt;/p&gt;&lt;p&gt;Le projet doit associer autant que faire se peut les différents maillons de la chaîne du livre (libraire, éditeur, etc.) pour permettre au public d’appréhender l’ensemble de l’écosystème du livre ;&lt;/p&gt;&lt;p&gt;Une attention particulière sera portée à l’ancrage territorial du projet et à la portée littéraire des actions proposées ;&lt;/p&gt;&lt;p&gt;Une attention particulière sera portée à la valorisation du travail de l’auteur, sa bibliographie et son parcours créatif ;&lt;/p&gt;&lt;p&gt;La résidence de médiation littéraire peut comporter un volet de création ou commande de texte mais cela ne constitue pas une obligation. Si c’est le cas, le budget global fera apparaître une juste rémunération de la création de l’auteur (hors assiette éligible dans le cadre de la résidence de médiation) et le dossier devra comprendre une convention particulière ;&lt;/p&gt;&lt;p&gt;Une convention est établie et signée avant le début de la résidence entre l’auteur et la structure organisatrice détaillant les objectifs recherchés, le programme d’actions culturelles et pédagogiques, le calendrier complet des venues de l’auteur, le budget prévisionnel, les moyens matériels mis à disposition. Cette convention est une pièce obligatoire du dossier ;&lt;/p&gt;&lt;p&gt;Le projet explicite la convention conclue entre l’auteur et la structure, indiquant les modalités de rémunération en fonction de la durée, de la nature et du nombre des interventions de l’auteur ;&lt;/p&gt;&lt;p&gt;La résidence ne devra pas être commencée avant le dépôt de la demande d’aide. De manière générale la structure porteuse devra s’assurer de disposer de délais suffisants pour informer l’auteur sélectionné de la réalisation effective de la résidence en fonction de la réponse des financeurs afin de ne pas le mettre en difficulté par rapport à d’autres engagements éventuels ou à des délais de paiement trop courts. &lt;/p&gt;&lt;p&gt;Critères de non-éligibilité du projet&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les actions relevant de l’activité régulière d’une structure (exemple : actions de médiation faisant partie du projet habituel de la structure et déjà financées par ailleurs) ;&lt;/p&gt;&lt;p&gt;Il n’est pas possible de représenter un projet refusé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>15/05/2026</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Qui peut déposer un dossier ?&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises privées &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises publiques locales &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI à fiscalité propre &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics / Services de l&amp;#039;État &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Particuliers &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Le dispositif se fonde sur la collaboration entre un auteur (écrivain, illustrateur, traducteur, etc.) et une structure organisatrice, ayant plus d’un an d’existence et dont le siège social ou l’implantation principale est dans le Grand Est, et son réseau de partenaires, et qui répond aux critères suivants :&lt;/p&gt;&lt;p&gt;Les lieux de référence de la filière du livre, maisons d’édition, librairies, bibliothèques/ médiathèques, maisons d’écrivains, musées littéraires ;&lt;/p&gt;&lt;p&gt;Les opérateurs culturels et manifestations littéraires, les centres sociaux et médico-sociaux, les collectivités territoriales ;&lt;/p&gt;&lt;p&gt;Tous les lieux d’accueil des jeunes hors temps scolaire, voulant initier un projet de découverte de la création littéraire.&lt;/p&gt;&lt;p&gt;Pour les auteurs impliqués dans la résidence de médiation :&lt;/p&gt;&lt;p&gt;Le projet concerne au moins un auteur vivant établi économiquement en Grand Est et enregistré dans l’annuaire des auteurs présent sur le site Livrest.fr ;&lt;/p&gt;&lt;p&gt;Les auteurs impliqués devront avoir publié au moins un livre à compte d’éditeur (papier et/ou numérique) depuis moins de 5 ans ;&lt;/p&gt;&lt;p&gt;Toutes les catégories d’auteurs sont éligibles : romancier, poète, bédéiste, illustrateur, traducteur littéraire, etc.&lt;/p&gt;&lt;p&gt;NB : si le projet fait appel à plusieurs auteurs, la majorité des auteurs doit être domiciliée dans le Grand Est.&lt;/p&gt;&lt;p&gt;Critères de non-éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Les auteurs édités exclusivement à compte d’auteur ou autoédités ;&lt;/p&gt;&lt;p&gt;Les auteurs ayant un lien permanent avec la structure demandeuse (exemple : artiste associé, etc.) ;&lt;/p&gt;&lt;p&gt;Les auteurs ayant bénéficié d’une aide à la création littéraire ou tout autre soutien Région ou DRAC sur le même projet. &lt;/p&gt;&lt;p&gt;Un délai de carence d’un an devra être observé entre deux demandes déposées par une même structure. Un délai de carence de deux ans devra être observé entre deux demandes déposées par un même auteur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-aux-residences-de-mediation-litteraire-en-grand-est</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La DRAC Grand Est :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pôle démocratisation et industries culturelles &amp;gt; Services Livre et lecture &lt;/p&gt;&lt;p&gt;demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr&lt;/p&gt;&lt;p&gt;Départements des Ardennes, de l’Aube, de la Marne et de la Haute-Marne : Delphine Quéreux-Sbaï ; delphine.quereux-sbai&amp;#64;culture.gouv.fr&lt;/p&gt;&lt;p&gt;Départements de la Meurthe-et-Moselle, de la Meuse, de la Moselle et des Vosges : Colette Gravier ; colette.gravier&amp;#64;culture.gouv.fr &lt;/p&gt;&lt;p&gt;Départements du Bas-Rhin et du Haut-Rhin : Magali Haettiger ; magali.haettiger&amp;#64;culture.gouv.fr&lt;/p&gt;&lt;p&gt;La Région Grand Est : livre&amp;#64;grandest.fr  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-residences-de-mediation-litteraire-en-grand-est/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
+        <v>161850</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir et développer des outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels - Fonds d'accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H5" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds d’accessibilité des œuvres permet l’acquisition et le développement d’outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels. En application de la convention internationale des droits des personnes handicapées signée à New York le 30 mars 2007*, pour favoriser la participation des personnes handicapées à la vie culturelle, le ministère de la Culture soutient l’engagement des structures culturelles dans leur politique d’accessibilité à l’offre culturelle.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que le Fonds d&amp;#039;accessibilité des œuvres ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Depuis 2018, le Fonds accessibilité permet de contribuer à l’effort de développement d’actions et de dispositifs permettant de &lt;strong&gt;lever les freins à la participation à la vie culturelle&lt;/strong&gt;, pour les personnes en situation de handicap, les personnes âgées et à l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico sociaux.&lt;/p&gt;&lt;p&gt;Les crédits accordés dans ce cadre porteront sur l’acquisition et le&lt;strong&gt; développement d’outils d’accessibilité&lt;/strong&gt; et devront permettre &lt;strong&gt;d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette année, une attention particulière sera portée aux projets menés par des structures culturelles qui ne sont pas encore engagées dans une dynamique de mise en accessibilité et qui souhaitent obtenir un soutien dans le cadre du Fonds d&amp;#039;accessibilité pour initier cette démarche. &lt;strong&gt;Par ailleurs, le développement et l’acquisition d’outils mutualisés entre plusieurs opérateurs culturels pourra être encouragé.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* &lt;em&gt;Notamm&lt;/em&gt;​​​​​​​&lt;em&gt;ent ses articles 1er, 2 et 30 ; décret n° 2010-356 du 1er avril 2010 portant publication de la convention relative aux droits des personnes handicapées (ensemble un protocole facultatif), signée à New York le 30 mars 2007 - JORF n°0079 du 3 avri&lt;/em&gt;&lt;em&gt;l 2010.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de&lt;/strong&gt;&lt;strong&gt; la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette démarche vise à démocratiser l&amp;#039;accès à la culture, en abordant directement les défis liés à l&amp;#039;accessibilité pour les personnes en situation de handicap. Elle permet d’encourager les structures culturelles non engagées dans des initiatives d&amp;#039;accessibilité à initier cette démarche, et promouvoir le développement d&amp;#039;outils partagés entre plusieurs opérateurs culturels pour améliorer l&amp;#039;accessibilité de manière collaborative.&lt;/p&gt;&lt;p&gt;Le dispositif finance non seulement l&amp;#039;équipement spécialisé, mais aussi les initiatives de formation et les technologies favorisant l&amp;#039;inclusion.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le Fonds d’accessibilité des œuvres en région : procédure&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour en savoir plus sur les contacts et le calendrier mis en place dans votre région, merci de vous reporter aux onglets ci-dessous.&lt;/p&gt;
+    &lt;section&gt;
+        &lt;p&gt;
+            &lt;/p&gt;&lt;p id="head_accordion_345"&gt;
+                &lt;/p&gt;&lt;h4&gt;&lt;strong&gt;&lt;em&gt;→ Ile-de-France (dépôt jusqu&amp;#039;au 10 avril 2024)
+                                            &lt;/em&gt;&lt;/strong&gt;&lt;/h4&gt;
+            &lt;p id="collapse_accordion_345"&gt;
+                &lt;/p&gt;&lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seules les demandes ayant fait l’objet d’une discussion préalable avec un conseiller de la Drac seront examinées.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le montant des subventions accordés est entre 5000 et 20 000 euros. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention sera versée au demandeur durant la période du printemps à l&amp;#039;été 2024.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;inscription dans une démarche d’accessibilité de la structure ;&lt;/li&gt;&lt;li&gt;la pertinence des outils choisis ; &lt;/li&gt;&lt;li&gt;le budget prévisionnel. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 10 avril 2024, 23h59 (heure de Paris)&lt;/strong&gt;. Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Une question ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Ile-de-France vous êtes invités à vous adresser à : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aurélie Lesous, &lt;a href="mailto:aurelie.lesous&amp;#64;culture.gouv.fr%C2%A0"&gt;aurelie.lesous&amp;#64;culture.gouv.fr &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;strong&gt;&lt;span&gt;&lt;em&gt;→ Occitanie (dépôt jusqu&amp;#039;au 30 avril 2024)&lt;/em&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/h4&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;
+            &lt;/p&gt;&lt;p id="collapse_accordion_346"&gt;
+                &lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de la subvention &lt;/span&gt;&lt;/p&gt;
+            &lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant des subventions accordées ne pourra pas être inférieur à 3.000 euros. Le plafond du taux d&amp;#039;intervention de la DRAC est fixé à 80 % du coût total du projet. Les structures ayant déposé un projet seront informées, par la DRAC, de la suite donnée à leur demande de financement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’attribution de la subvention&lt;/span&gt;&lt;/p&gt;
+        &lt;p&gt;&lt;span&gt;La subvention sera versée en une seule fois après la tenue de la commission. La subvention sera versée trois mois après la tenue de la commission.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’évaluation des dossiers&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de l’équilibre géographique des porteurs de projets ;&lt;/li&gt;&lt;li&gt;de la représentativité des différentes disciplines et domaines artistiques et culturels ;&lt;/li&gt;&lt;li&gt;du renouvellement des bénéficiaires ;&lt;/li&gt;&lt;li&gt;du taux d&amp;#039;intervention de la structure.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Calendrier&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 30 avril 2024, 23h59 (heure de Paris).&lt;/strong&gt; Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Une question ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Occitanie vous êtes invités à vous adresser à : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vivien Chabrol, 05 67 73 20 88 ; &lt;a href="mailto:vivien.chabrol&amp;#64;culture.gouv.fr"&gt;vivien.chabrol&amp;#64;culture.gouv.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/pol-culturelles_fonds-accessibilite-occitanie" target="_blank" rel="noopener noreferrer"&gt;
+        Accéder au formulaire - Occitanie
+        &lt;span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;                
+    &lt;/section&gt;
+    &lt;section&gt;
+        &lt;h4&gt;&lt;span&gt;&lt;span&gt;&lt;strong&gt;&lt;em&gt;→ Autres régions&lt;/em&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/span&gt;&lt;/h4&gt;&lt;p&gt;&lt;span&gt;Pour plus d&amp;#039;informations sur le Fonds d&amp;#039;accessibilité des œuvres dans votre région, nous vous invitons à contacter la Direction régionale des affaires culturelles (DRAC/DAC) de votre région &lt;/span&gt;&lt;a href="https://www.culture.gouv.fr/Regions" target="_blank"&gt;ici&lt;/a&gt;&lt;span&gt;.  &lt;/span&gt;&lt;/p&gt;
+    &lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Entreprises publiques locales &lt;/li&gt;&lt;li&gt;EPCI à fiscalité propre &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La nature des projets éligibles est large : outre l’acquisition de matériel spécifique, le Fonds permet également de soutenir des formations et le développement d’outils de communication adaptés mais aussi la mise en œuvre d’audiodescription ou de traduction. Pour tour les projets, les crédits accordés devront permettre d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap, les personnes âgées et l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico-sociaux. &lt;/p&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;A titre d’exemple, les actions suivantes sont éligibles : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Boucles magnétiques, dispositifs de sur-titrage ;&lt;/li&gt;&lt;li&gt;Maquettes tactiles ; &lt;/li&gt;&lt;li&gt;Livrets en braille ; &lt;/li&gt;&lt;li&gt;Documents FALC visant à permettre l’accessibilité des œuvres ;&lt;/li&gt;&lt;li&gt;Outils et dispositifs d’accompagnement à la rencontre avec œuvres pour les personnes ayant des troubles autistique ou un handicap mental ; &lt;/li&gt;&lt;li&gt;Signalétique accessible ; &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Formation à la prise en main et à l’utilisation de ces outils…&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/section&gt;&lt;section&gt;Ne sont pas éligibles :&lt;/section&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Les projets d’action culturelle ou d’éducation artistique et culturelle ;&lt;/li&gt;&lt;li&gt;les interventions sur le cadre bâti ;&lt;/li&gt;&lt;li&gt;les projets de formation n’incluant pas la prise en main et l’utilisation de ces outils.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/fonds-d-accessibilite-des-oeuvres</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service déconcentré du ministère de la Culture territorialement compétent (DRAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-daccessibilite-des-oeuvres/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place de l’accessibilité dans les bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>11/03/2024</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>162467</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides au fonctionnement ou au projet ont comme objectif de soutenir la diversité des esthétiques, des expressions, des formes et des formats dans le champ des arts visuels, du théâtre, de la marionnette, des arts du cirque et de la rue, de la danse et de musique. Les services déconcentrés ou centraux du ministère de la culture apportent ainsi une aide au fonctionnement à des structures ou une aide à des projets spécifiques de création et de diffusion artistiques. &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que l&amp;#039;aide au projet ou au fonctionnement, spectacle vivant et arts visuels ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Selon les dispositifs et types d’aides, l’instruction de la demande est réalisée à partir de formulaires différents.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention, chaque dispositif a un calendrier propre, qui peut être différent selon les régions. &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_creation-artistique-2024</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question, vous êtes invités à vous adresser aux conseillers arts visuels et spectacle vivant de votre Direction régionale aux affaires culturelles (DRAC). Ils sont les interlocuteurs privilégiés des acteurs culturels et des porteurs de projet en&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2024</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
+        <v>155545</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Traiter, numériser et valoriser les archives à l'échelle communale, départementale et régionale</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Traitement, numérisation et valorisation d&amp;apos;archives à l&amp;apos;échelle communale, départementale et régionale</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F14" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Recherche
+Association</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le classement, la numérisation et la valorisation des archives assurent leur pérennité autant qu&amp;#039;ils en favorisent l&amp;#039;accès et contribuent à la diffusion des savoirs et des connaissances auprès des publics. Le ministère de la Culture soutient les porteurs de tels projets en leur allouant une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le traitement, la numérisation et la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale et régionale ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nombreux sont les acteurs territoriaux à détenir des archives qu&amp;#039;ils souhaitent rendre accessibles le plus largement possible aux publics. Cette mise à disposition peut passer par la restauration d&amp;#039;archives ; le traitement, c&amp;#039;est-à-dire le classement des documents ; la numérisation, c&amp;#039;est-à-dire la conversion d&amp;#039;un support physique vers un support numérique ; ou encore la valorisation, qui peut se faire par la mise en ligne de documents, la publication d&amp;#039;ouvrages, le montage d&amp;#039;expositions, l&amp;#039;organisation de journées d&amp;#039;étude, la mise en œuvre de projets culturels et éducatifs, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche a vocation à permettre aux demandeurs de déposer en ligne une demande de subvention concernant des projets destinés à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sauvegarder des archives au niveau communal, départemental ou régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer leurs conditions de communication, notamment par leur numérisation et leur mise en ligne ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  établir leur classement et leur inventaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les mettre en valeur par l&amp;#039;organisation d&amp;#039;expositions, de publications, de colloques et de journées d&amp;#039;étude. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant de la subvention accordée est de 1.000 à 10.000 euros par projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les demandes sont instruites par chacune des directions régionales des affaires culturelles et, dans les outre-mer, par chacune des directions des affaires culturelles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant de la subvention est déterminé selon la nature du projet et les dépenses nécessaires à sa réalisation. La subvention est versée en une seule fois.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le versement de la subvention interviendra entre 3 et 6 mois après instruction et vérification de la complétude du dossier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de projets soutenus précédemment
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aide à la restauration d&amp;#039;un compoix de la ville d&amp;#039;Uzès (région Auvergne-Rhône-Alpes) : 1 500 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la numérisation du fonds photographique de la Maison Léger (région Auvergne-Rhône-Alpes) : 5 000 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutien à l&amp;#039;exposition « Au pays de l&amp;#039;or bleu : maîtriser, utiliser, préserver l&amp;#039;eau en Lozère », du 17 octobre 2023 au 12 avril 2024 (région Occitanie).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutien aux commémorations de la mort de Toussaint-Louverture à La Réunion.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Technologies numériques et numérisation
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Vous êtes une structure de rang communal, départemental ou régional et vous souhaitez sauvegarder, traiter, numériser ou valoriser des archives ? Ce dispositif est fait pour vous !
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont éligibles les personnes morales qui entendent mener une opération de traitement, de numérisation ou de valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Modalités d&amp;#039;évaluation des dossiers
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Les projets sont évalués selon leur apport en matière d&amp;#039;accès aux sources et de valorisation des archives et selon leur faisabilité au regard du calendrier et du budget prévus.
+ &lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/traitement-numerisation-et-valorisation-d-archives-a-l-echelle-communale-departementale-et-regionale2</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine-2024</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale, vous êtes invités à vous adresser à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des patrimoines et de l&amp;#039;architecture
+ &lt;br /&gt;
+ Service interministériel des archives de France
+ &lt;br /&gt;
+ &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr"&gt;
+  martine.leroy&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 01 40 15 09 52
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+  Auvergne-Rhône-Alpes
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT-LANDRE ;
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Bourgogne-Franche-Comté
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Bourgogne-Franche-Comté, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL ;
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN ;
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Bretagne
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Bretagne, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULCHEN​​​​ ;
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Centre-Val de Loire
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Centre-Val de Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Damien LEROY​​​​​ ;
+  &lt;a href="mailto:damien.leroy&amp;#64;culture.gouv.fr"&gt;
+   damien.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Corse
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Corse, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valérie PAOLI ; ​​​​​
+  &lt;a href="mailto:valerie.paoli&amp;#64;culture.gouv.fr"&gt;
+   valerie.paoli&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Grand Est
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Grand Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Philippe CHARRIER ;
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX ;
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER ;
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Hauts-de-France
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale dans les Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Colette DREAN ;
+  &lt;a href="mailto:colette.drean&amp;#64;culture.gouv.fr"&gt;
+   colette.drean&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Ile-de-France
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Ile-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sylvie BONNEL​​​​​ ;
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Normandie
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Normandie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS​​​​​​ ;
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agnès LEROY ;
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Nouvelle-Aquitaine
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Nouvelle-Aquitaine, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Justine DUJARDIN ;
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO​​​​​​ ;
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE ;
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Occitanie
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Occitanie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Magali CASTILLON ;
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Pays de la Loire
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Pays de la Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alexandra MANIERE ;
+  &lt;a href="mailto:alexandra.maniere&amp;#64;culture.gouv.fr"&gt;
+   alexandra.maniere&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Provence-Alpes-Côte d&amp;#039;Azur, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE​​​​​​ ;
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Guadeloupe
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Guadeloupe, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nathalie ERNY​​​​​​ ;
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Guyane
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Guyane, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA ; ​​​​​​
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr%C2%A0"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  La Réunion
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à La Réunion, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE​​​​​​ ;
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Martinique
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Martinique, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande Salomé TOUMSON ;
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Mayotte
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à Mayotte, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED ​​​​​​;
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Nouvelle-Calédonie
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Nouvelle-Calédonie, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Martine LEROY​​​​​ ;
+  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   martine.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Polynésie française
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale en Polynésie française, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Martine LEROY​​​​​ ;
+  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   martine.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+  Saint-Pierre-et-Miquelon
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien au traitement, à la numérisation et à la valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale à Saint-Pierre-et-Miquelon, vous êtes invités à vous adresser à:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Martine LEROY​​​​​ ;
+  &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   martine.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/57d8-traitement-numerisation-et-valorisation-darch/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
+        <v>161484</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Financer une opération d’archéologie programmée terrestre/subaquatique ou sous-marine</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Demande de subvention d’une opération d’archéologie programmée terrestre/subaquatique ou sous-marine</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations d&amp;#039;archéologie programmée visent à étudier, suivant des objectifs de recherche scientifique, des sites et vestiges non menacés par des projets d&amp;#039;aménagement afin d&amp;#039;enrichir la connaissance archéologique. Elles sont soumises à un régime d&amp;#039;autorisation afin de protéger le patrimoine archéologique. Elles peuvent bénéficier du soutien financier de l&amp;#039;État sous la forme de subventions. En moyenne, près de 6 M€ sont versés chaque année par le ministère de la Culture pour soutenir les actions de recherche en archéologie programmée.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce qu&amp;#039;une opération d&amp;#039;archéologie programmée ?&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Une opération d&amp;#039;archéologie programmée s&amp;#039;inscrit dans le cadre d&amp;#039;un projet scientifique porté par des chercheurs professionnels ou bénévoles. Elle peut s&amp;#039;inscrire dans les axes définis dans la programmation nationale de la recherche archéologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle prend principalement la forme d&amp;#039;une intervention sur terre, dans le milieu subaquatique (fleuves, rivières, lacs, etc.) ou sous-marin (domaine public maritime ou zone contiguë).
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque opération archéologique se compose généralement d&amp;#039;une phase de terrain (chantier) et systématiquement d&amp;#039;une phase d&amp;#039;étude (post fouille).
+&lt;/p&gt;
+&lt;p&gt;
+ Elle donne lieu à un rapport scientifique qui marque l&amp;#039;achèvement de l&amp;#039;opération et permet l&amp;#039;évaluation de la recherche archéologique.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Les différentes natures d&amp;#039;opérations d&amp;#039;archéologie programmée
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les opérations archéologiques soumises à autorisation sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la
+  &lt;strong&gt;
+   fouille archéologique
+  &lt;/strong&gt;
+  est une opération de surface mise en œuvre selon une méthodologie précise afin d&amp;#039;extraire toutes les informations possibles des sols, indices et structures fouillées pour répondre à une problématique scientifique. Elle peut prendre la forme d&amp;#039;une opération annuelle ou pluriannuelle.
+ &lt;/li&gt;
+ &lt;li&gt;
+  le
+  &lt;strong&gt;
+   sondage
+  &lt;/strong&gt;
+  est une opération de surface d&amp;#039;ampleur limitée rendue nécessaire par un besoin de vérification ponctuelle pour confirmer l&amp;#039;existence et l&amp;#039;état de conservation d&amp;#039;un site ou pour préciser un point d&amp;#039;une problématique scientifique plus vaste. Le sondage n&amp;#039;est autorisé que pour une durée maximum d&amp;#039;un mois (R. 531-2 du code du patrimoine).
+ &lt;/li&gt;
+ &lt;li&gt;
+  la
+  &lt;strong&gt;
+   prospection
+  &lt;/strong&gt;
+  concerne des projets développant une démarche de recherche sur une thématique et/ou un champ chronologique (mottes castrales, mégalithes, camps fortifiés...) ou visant à étudier de manière aussi exhaustive que possible un terrain donné. Elle ne comporte ni fouilles, ni sondages. Elle peut être réalisée à l&amp;#039;aide de matériel spécialisé qui nécessite une autorisation (L. 542-1 et L.532-7 alinéa 1er du code du patrimoine).
+ &lt;/li&gt;
+ &lt;li&gt;
+  le
+  &lt;strong&gt;
+   déplacement ou le prélèvement de biens culturels maritimes
+  &lt;/strong&gt;
+  (L.532-7 alinéa 2 du code du patrimoine).
+ &lt;/li&gt;
+ &lt;li&gt;
+  le
+  &lt;strong&gt;
+   programme collectif de recherche
+  &lt;/strong&gt;
+  a pour vocation de rassembler une équipe pluridisciplinaire et/ou pluri institutionnelle de chercheurs autour d&amp;#039;une problématique scientifique portant sur un territoire et une période ou une thématique particulière.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Objectifs de la démarche
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Le ministère de la Culture soutient, sous certaines conditions et dans la limite des crédits disponibles, les opérations d&amp;#039;archéologie programmée autorisées par la direction régionale des affaires culturelles (service régional de l&amp;#039;archéologie) pour le domaine terrestre et subaquatique, ou par le département des recherches archéologiques subaquatiques et sous-marines (DRASSM) pour le domaine maritime.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions de l&amp;#039;Etat pour la mise en œuvre des opérations d&amp;#039;archéologie programmée constituent un levier important de connaissance et de préservation du patrimoine archéologique national.
+&lt;/p&gt;
+&lt;p&gt;
+ La présente démarche ne concerne pas les
+ &lt;a href="https://www.culture.gouv.fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Soutien-a-la-publication-et-a-la-valorisation-de-la-recherche-archeologique"&gt;
+  demandes d&amp;#039;aide à la publication/valorisation/soutien à la recherche
+ &lt;/a&gt;
+ qui font l&amp;#039;objet d&amp;#039;une démarche spécifique.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+  Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour les subventions en fonctionnement, l&amp;#039;intégralité de la subvention est versée à la signature de l&amp;#039;arrêté portant attribution de la subvention ou, le cas échéant, à celle de la convention financière.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les subventions en investissement, la règlementation permet le versement d&amp;#039;avances et d&amp;#039;acomptes dans les conditions fixées par l&amp;#039;article 12 du décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Dès lors que le montant de la subvention versée par la DRAC excède 23 000 €, une convention financière doit être établie avec le bénéficiaire de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;instruction de la demande de subvention est subordonnée à la complétude du dossier comprenant la demande de subvention, un tableau budgétaire prévisionnel, les devis (prestations, analyses, datations ...) et un RIB.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout dossier incomplet, ou transmis au-delà des délais sous-mentionnés, ne pourra pas être retenu dans le cadre du soutien financier accordé par l&amp;#039;Etat.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention doit concerner des opérations qui bénéficient d&amp;#039;une autorisation ou pour lesquelles une demande d&amp;#039;autorisation a été déposée. La demande de subvention peut être faite concomitamment à la demande d&amp;#039;autorisation d&amp;#039;opération d&amp;#039;archéologie programmée.
+&lt;/p&gt;
+&lt;p&gt;
+ Une seule demande de subvention est possible par projet d&amp;#039;opération d&amp;#039;archéologie programmée. Ainsi, pour les opérations portant sur plusieurs régions ou milieux d&amp;#039;opération (terrestre/subaquatique et maritime), une unique demande de subvention doit être déposée auprès de l&amp;#039;administration principalement concernée.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Date limite de dépôt des dossiers :
+  &lt;strong&gt;
+   pour connaitre le calendrier de dépôt, les demandeurs sont invités à se rapprocher de la direction régionale des affaires culturelles (service régional de l&amp;#039;archéologie) pour le domaine terrestre et subaquatique, ou du département des recherches archéologiques subaquatiques et sous-marines (DRASSM) pour le domaine maritime.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annonce des décisions :
+  &lt;strong&gt;
+   les subventions en fonctionnement sont attribuées au plus tard l&amp;#039;année de réalisation de l&amp;#039;opération. Les subventions en investissement sont attribuées dans un délai maximum de 8 mois à compter de la date d&amp;#039;accusé de réception de la demande de subvention.&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Associations&lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Départements&lt;/li&gt;&lt;li&gt;Entreprises privées&lt;/li&gt;&lt;li&gt;Entreprises publiques locales&lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État&lt;/li&gt;&lt;li&gt;Organismes de recherche&lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le bénéficiaire de la subvention doit être la personne morale en charge du financement de l&amp;#039;opération d&amp;#039;archéologie programmée autorisée. Il ne peut pas s&amp;#039;agir du responsable de l&amp;#039;opération bénéficiaire de l&amp;#039;autorisation accordée par l&amp;#039;administration et responsable scientifique de l&amp;#039;opération archéologique.&lt;/p&gt;&lt;p&gt;Le bénéficiaire de la subvention peut ainsi être selon le cas :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une structure d&amp;#039;enseignement supérieur et/ou de recherche à laquelle est rattaché le responsable d&amp;#039;opération (UMR, CNRS, Université...).&lt;/li&gt;&lt;li&gt;une société privée, une association ou un établissement public qui emploie le responsable d&amp;#039;opération. Dans ce cas, la subvention ne pourra se substituer au salaire versé par son employeur.&lt;/li&gt;&lt;li&gt;une collectivité publique qui aura décidé de soutenir la recherche archéologique sur son ressort territorial. Une délibération du conseil de la collectivité (conseil municipal, conseil communautaire, assemblée départementale ou régionale, etc.) acceptant l&amp;#039;éventuelle subvention est requise.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une association dont l&amp;#039;objet est notamment de soutenir la recherche archéologique&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La demande de subvention est éligible dès lors que le dossier de demande est réputé complet et que la CTRA s&amp;#039;est prononcée favorablement sur le projet d&amp;#039;opération d&amp;#039;archéologie programmée.&lt;/p&gt;&lt;p&gt;Il est rappelé cependant que l&amp;#039;attribution d&amp;#039;une subvention par l&amp;#039;Etat ne revêt aucun caractère automatique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/demande-de-subvention-d-une-operation-d-archeologie-programmee-terrestre-subaquatique-ou-sous-marine</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur l&amp;#039;autorisation d&amp;#039;une opération d&amp;#039;archéologie programmée en milieu terrestre et subaquatique et le calendrier des procédures, vous êtes invités à vous adresser à votre DRAC/DAC :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne-Rhône-Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:archeoprogrammee.drac.ara&amp;#64;culture.gouv.fr"&gt;archeoprogrammee.drac.ara&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne-Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:demarches.archeologie.drac.bfc&amp;#64;culture.gouv.fr"&gt;demarches.archeologie.drac.bfc&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:secretariat-sra.drac.bretagne&amp;#64;culture.gouv.fr"&gt;secretariat-sra.drac.bretagne&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:secretariat-sra.drac-centre&amp;#64;culture.gouv.fr"&gt;secretariat-sra.drac-centre&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corse&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:sra-corse&amp;#64;culture.gouv.fr"&gt;sra-corse&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Site de Metz : &lt;a href="mailto:sra-lorraine.drac-grandest&amp;#64;culture.gouv.fr"&gt;sra-lorraine.drac-grandest&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Site de Strasbourg : &lt;a href="mailto:sra-alsace.drac-grandest&amp;#64;culture.gouv.fr"&gt;sra-alsace.drac-grandest&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Site de Châlons : &lt;a href="mailto:champagne.sec-sra&amp;#64;culture.gouv.fr"&gt;champagne.sec-sra&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:archeo-programme-drac-hauts-de-france&amp;#64;culture.gouv.fr"&gt;archeo-programme-drac-hauts-de-france&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:secretariat-sra.idf&amp;#64;culture.gouv.fr"&gt;secretariat-sra.idf&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:sra.drac.normandie&amp;#64;culture.gouv.fr"&gt;sra.drac.normandie&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle-Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Site de Bordeaux : &lt;a href="mailto:programmation.srabordeaux.nouvelle-aquitaine&amp;#64;culture.gouv.fr"&gt;programmation.srabordeaux.nouvelle-aquitaine&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Site de Limoges : &lt;a href="mailto:archeologie.drac.limousin&amp;#64;culture.gouv.fr"&gt;archeologie.drac.limousin&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Site de Poitiers : &lt;a href="mailto:sra.drac.poitiers&amp;#64;culture.gouv.fr"&gt;sra.drac.poitiers&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:sra.drac.occitanie&amp;#64;culture.gouv.fr"&gt;sra.drac.occitanie&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:%C2%A0sra.pays-de-la-loire&amp;#64;culture.gouv.fr"&gt;sra.pays-de-la-loire&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:archeologie.paca2&amp;#64;culture.gouv.fr"&gt;archeologie.paca2&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:archeologie.guadeloupe&amp;#64;culture.gouv.fr"&gt;archeologie.guadeloupe&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guyane&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:archeologie.guyane&amp;#64;culture.gouv.fr"&gt;archeologie.guyane&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:archeologie.daclareunion&amp;#64;culture.gouv.fr"&gt;archeologie.daclareunion&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Martinique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:archeologie.martinique&amp;#64;culture.gouv.fr"&gt;archeologie.martinique&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mayotte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:dac-mayotte&amp;#64;culture.gouv.fr"&gt;dac-mayotte&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour toute question sur l&amp;#039;autorisation d&amp;#039;une opération d&amp;#039;archéologie programmée en milieu maritime et le calendrier des procédures, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;Département des recherches archéologiques subaquatiques et sous-marines (DRASSM)&lt;br /&gt;&lt;a href="mailto:autorisations.drassm&amp;#64;culture.gouv.fr"&gt;autorisations.drassm&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;br /&gt;04 91 14 28 00&lt;br /&gt;147 Plage de l&amp;#039;Estaque 13016 Marseille&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9120-p-demande-de-subvention-dune-operation-darche/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>18/02/2024</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
+        <v>150663</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les salons, festivals et manifestations</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la vie littéraire (salons, festivals et manifestations)</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F16" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démarche s&amp;#039;adresse aux porteurs de projets de manifestations littéraires sous diverses formes qui s&amp;#039;inscrivent dans les objectifs de la politique publique du livre et de la lecture du ministère de la Culture et notamment du soutien à l&amp;#039;économie du livre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Que sont les salons, festivals et manifestations ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les manifestations littéraires et notamment les salons et festivals qui contribuent au soutien aux acteurs de l&amp;#039;économie de livre par la mise en œuvre de diverses actions reliant les œuvres et leurs auteurs avec les lecteurs peuvent bénéficier d&amp;#039;un soutien du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères appréciés pour évaluer la demande sont notamment l&amp;#039;implication des différents acteurs de la chaîne du livre, l&amp;#039;implantation dans un territoire et les partenariats avec d&amp;#039;autres structures locales, la qualité des propositions de médiation proposées, les publics visés et l&amp;#039;intervention de professionnels du livre ; selon les objectifs du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La présente démarche a pour objectif de soutenir les salons, festivals et autres manifestations littéraires qui mobilisent plusieurs acteurs de la chaîne du livre (auteurs, maisons d&amp;#039;éditions, bibliothèques, librairies...), et ce, afin d&amp;#039;encourager la présence du livre dans les territoires, de renforcer l&amp;#039;économie du livre, de favoriser la rencontre avec les œuvres passées ou contemporaines et les auteurs et autrices vivantes, et enfin d&amp;#039;encourager la pratique de la lecture et de l&amp;#039;écriture.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;examen et la décision d&amp;#039;acceptation de la demande relèvent des services déconcentrés du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prend la forme d&amp;#039;une subvention dans le cadre d&amp;#039;une demande ou d&amp;#039;une réponse à un appel à projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien prend la forme d&amp;#039;une subvention de fonctionnement et/ou d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la subvention est de 500 à 1M €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les subventions d&amp;#039;investissement : versement dans le respect du décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+ &lt;br /&gt;
+ Pour les subventions de fonctionnement : versement de la subvention au plus tard à la notification d&amp;#039;acceptation de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont étudiés par les services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Être une personne de droit moral privé ou public.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Personnes physiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-a-la-vie-litteraire-salons-festivals-et-manifestations</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur le soutien aux salons, festivals et manifestations, vous êtes invités à vous adresser au Service du Livre et de la Lecture :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des médias et des industries culturelles (DGMIC)
+ &lt;br /&gt;
+ Service du Livre et de la Lecture
+ &lt;br /&gt;
+ Ministère de la Culture
+ &lt;br /&gt;
+ &lt;a href="mailto:livre-lecture&amp;#64;culture.gouv.fr"&gt;
+  livre-lecture&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacqueline BROLL,
+  &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr"&gt;
+   jacqueline.broll&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nicolas DOUEZ (pour les départements : 03, 07, 15, 42, 43, 63),
+  &lt;a href="mailto:nicolas.douez&amp;#64;culture.gouv.fr"&gt;
+   nicolas.douez&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 73 41 27 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Anne-Marie BOYER (pour les départements : 26, 38, 73, 74),
+  &lt;a href="mailto:anne-marie.boyer&amp;#64;culture.gouv.fr"&gt;
+   anne-marie.boyer&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,
+  &lt;br /&gt;
+  04 72 00 44 82
+ &lt;/li&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT LANDRE, (pour les départements 01, 69 et Métropole de Lyon),
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 72 00 44 16
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pierre-Olivier ROUSSET,
+  &lt;a href="mailto:pierre-olivier.rousset&amp;#64;culture.gouv.fr"&gt;
+   pierre-olivier.rousset&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 11 79 05 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL,
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 80 68 50 11
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN,
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 81 65 72 78
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN,
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 99 29 67 88
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michèle PREVOST,
+  &lt;a href="mailto:michele.prevost&amp;#64;culture.gouv.fr"&gt;
+   michele.prevost&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 38 78 85 70
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie-Lou COMITI,
+  &lt;a href="mailto:mary-lou.comiti&amp;#64;culture.gouv.fr"&gt;
+   mary-lou.comiti&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 95 51 52 06
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Claire RANNOU,
+  &lt;a href="mailto:claire.rannou&amp;#64;culture.gouv.fr"&gt;
+   claire.rannou&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER,
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER,
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 50
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX,
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 96
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Peggy LE ROY,
+  &lt;a href="mailto:peggy.le-roy&amp;#64;cluture.gouv.fr"&gt;
+   peggy.le-roy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christel DUCHEMANN,
+  &lt;a href="mailto:christel.duchemann&amp;#64;culture.gouv.fr"&gt;
+   christel.duchemann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 22 97 33 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques SAUTERON,
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 28 36 61 92
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Françoise DEKOWSKI (pour les départements : 78, 91, 92, 94),
+  &lt;a href="mailto:francoise.dekowski&amp;#64;culture.gouv.fr"&gt;
+   francoise.dekowski&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 51 54
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile HAUSER de BISSCHOP (pour les départements : 77, 93, 95),
+  &lt;a href="mailto:cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr"&gt;
+   cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 50 91
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylvie BONNEL,
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agnès LEROY,
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 31 38 39 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS,
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 32 10 71 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud TRAVADE,
+  &lt;a href="mailto:arnaud.travade&amp;#64;culture.gouv.fr"&gt;
+   arnaud.travade&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 75/76/78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justine DUJARDIN,
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 66
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO,
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ​​​​​​, 05 55 45 66 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE,
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 25/26
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frédéric BOURDIN,
+  &lt;a href="mailto:frederic.bourdin&amp;#64;culture.gouv.fr"&gt;
+   frederic.bourdin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali CASTILLON,
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Henri GAY,
+  &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr"&gt;
+   henri.gay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fleur BOUILLANNE,
+  &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr"&gt;
+   fleur.bouillanne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 67 02 32 15
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT,
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  François-Xavier ANDRE (pour les départements : 44, 53, 85),
+  &lt;a href="mailto:francois-xavier.andre&amp;#64;culture.gouv.fr"&gt;
+   francois-xavier.andre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sèverine BOULLAY (pour les départements : 72, 49 et Métropole de Nantes),
+  &lt;a href="mailto:severine.boullay&amp;#64;culture.gouv.fr"&gt;
+   severine.boullay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 28 21
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE,
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 42 16 14 22
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria MONES,
+  &lt;a href="mailto:maria.mones&amp;#64;culture.gouv.fr"&gt;
+   maria.mones&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 18 03 66 13
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie BIRAUD,
+  &lt;a href="http://sophie,biraud&amp;#64;culture.gouv.fr"&gt;
+   sophie,biraud&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie ERNY,
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 90 41 14 80
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA,
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+  , 05 94 25 54 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE,
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 62 21 94 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON,
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 96 60 87 61
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED,
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 69 63 00 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Calédonie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Franck LEANDRI, 06 87 24 21 84
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizarraga&amp;#64;culture.gouv.fr"&gt;
+   rosiane.de-lizarraga&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4731-soutien-aux-salons-festivals-et-manifestation/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>150665</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Financer des formations à destination des professionnels ou collaborateurs occasionnels des médiathèques</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la formation continue (livre et lecture)</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de la subvention est de 2.000 à 20.000 € par projet.</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les structures qui organisent des formations pour les personnels de bibliothèques, salariés ou occasionnels, ainsi que d&amp;#039;autres professionnels travaillant dans le champ du livre, de la lecture, de la lutte contre l&amp;#039;illettrisme, peuvent être aidées pour développer des programmes de formation. Le ministère de la Culture peut ainsi leur allouer une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;aide à la formation continue ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des formations à destination des professionnels ou collaborateurs occasionnels des médiathèques existent spécifiquement. Elles sont dispensées par différents organismes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  centres de formation aux carrières de bibliothèques
+ &lt;/li&gt;
+ &lt;li&gt;
+  associations professionnelles ou interprofessionnelles agréées pour proposer des offres de formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  structures régionales du livre agréées pour la formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le ministère de la Culture œuvre en faveur du développement du livre et de la lecture et apporte un soutien financier aux organismes proposant de telles formations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien à la formation des personnels de bibliothèque s&amp;#039;inscrit dans la politique de qualification des personnels, en collaboration avec le CNFPT, l&amp;#039;INET, l&amp;#039;ENSSIB et les CRFCB. Tout organisme de formation agréé est éligible. Le soutien aux journées professionnelles, à l&amp;#039;exception des colloques universitaires de recherche non liés explicitement à la formation des personnels de bibliothèques, participe des mêmes objectifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Le CRFCB Mediadoc adapte ses formations aux enjeux contemporains en développant de nouvelles formations, par exemple l&amp;#039;accompagnement en ingénierie de projet à la rédaction des schémas départementaux de développement de la lecture publique. A ce titre, il est aidé par la DRAC dans le cadre du soutien plus général aux schémas de lecture publique des départements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Montant de la subvention
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est de 2.000 à 20.000 € par projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une fois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont étudiés par les services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises privées
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises publiques locales
+  &lt;/li&gt;
+  &lt;li&gt;
+   EPCI à fiscalité propre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissements publics / Services de l&amp;#039;État
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organismes de recherche
+  &lt;/li&gt;
+  &lt;li&gt;
+   Particuliers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Régions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout organisme de formation agréé par le CNFPT, l&amp;#039;INET, l&amp;#039;ENSSIB ou les CRFCB est éligible à l&amp;#039;aide à la formation continue.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures dont la résidence fiscale n&amp;#039;est pas située en France ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets suivants peuvent être subventionnés au titre de l&amp;#039;aide à la formation continue :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   formation en collaboration avec le CNFPT, l&amp;#039;INET, l&amp;#039;ENSSIB et les CRFCB
+  &lt;/li&gt;
+  &lt;li&gt;
+   journée professionnelle
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les colloques universitaires de recherche, non directement liés à la formation des personnels des bibliothèques, ne peuvent pas bénéficier de l&amp;#039;aide à la formation continue.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-la-formation-continue-livre-et-lecture</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur l&amp;#039;aide à la formation continue, vous êtes invités à vous adresser au Service du Livre et de la Lecture :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des médias et des industries culturelles (DGMIC)
+ &lt;br /&gt;
+ Service du Livre et de la Lecture
+ &lt;br /&gt;
+ Ministère de la Culture
+ &lt;br /&gt;
+ &lt;a href="mailto:livre-lecture&amp;#64;culture.gouv.fr"&gt;
+  livre-lecture&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacqueline BROLL,
+  &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr"&gt;
+   jacqueline.broll&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nicolas DOUEZ (pour les départements : 03, 07, 15, 42, 43, 63),
+  &lt;a href="mailto:nicolas.douez&amp;#64;culture.gouv.fr"&gt;
+   nicolas.douez&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 73 41 27 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Anne-Marie BOYER (pour les départements : 26, 38, 73, 74),
+  &lt;a href="mailto:anne-marie.boyer&amp;#64;culture.gouv.fr"&gt;
+   anne-marie.boyer&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,
+  &lt;br /&gt;
+  04 72 00 44 82
+ &lt;/li&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT LANDRE, (pour les départements 01, 69 et Métropole de Lyon),
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 72 00 44 16
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pierre-Olivier ROUSSET,
+  &lt;a href="mailto:pierre-olivier.rousset&amp;#64;culture.gouv.fr"&gt;
+   pierre-olivier.rousset&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 11 79 05 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL,
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 80 68 50 11
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN,
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 81 65 72 78
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN,
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 99 29 67 88
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michèle PREVOST,
+  &lt;a href="mailto:michele.prevost&amp;#64;culture.gouv.fr"&gt;
+   michele.prevost&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 38 78 85 70
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie-Lou COMITI,
+  &lt;a href="mailto:mary-lou.comiti&amp;#64;culture.gouv.fr"&gt;
+   mary-lou.comiti&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 95 51 52 06
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Claire RANNOU,
+  &lt;a href="mailto:claire.rannou&amp;#64;culture.gouv.fr"&gt;
+   claire.rannou&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER,
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER,
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 50
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX,
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 96
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Peggy LE ROY,
+  &lt;a href="mailto:peggy.le-roy&amp;#64;cluture.gouv.fr"&gt;
+   peggy.le-roy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christel DUCHEMANN,
+  &lt;a href="mailto:christel.duchemann&amp;#64;culture.gouv.fr"&gt;
+   christel.duchemann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 22 97 33 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques SAUTERON,
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 28 36 61 92
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Françoise DEKOWSKI (pour les départements : 78, 91, 92, 94),
+  &lt;a href="mailto:francoise.dekowski&amp;#64;culture.gouv.fr"&gt;
+   francoise.dekowski&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 51 54
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile HAUSER de BISSCHOP (pour les départements : 77, 93, 95),
+  &lt;a href="mailto:cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr"&gt;
+   cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 50 91
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylvie BONNEL,
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agnès LEROY,
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 31 38 39 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS,
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 32 10 71 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud TRAVADE,
+  &lt;a href="mailto:arnaud.travade&amp;#64;culture.gouv.fr"&gt;
+   arnaud.travade&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 75/76/78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justine DUJARDIN,
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 66
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO,
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ​​​​​​, 05 55 45 66 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE,
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 25/26
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frédéric BOURDIN,
+  &lt;a href="mailto:frederic.bourdin&amp;#64;culture.gouv.fr"&gt;
+   frederic.bourdin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali CASTILLON,
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Henri GAY,
+  &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr"&gt;
+   henri.gay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fleur BOUILLANNE,
+  &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr"&gt;
+   fleur.bouillanne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 67 02 32 15
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT,
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  François-Xavier ANDRE (pour les départements : 44, 53, 85),
+  &lt;a href="mailto:francois-xavier.andre&amp;#64;culture.gouv.fr"&gt;
+   francois-xavier.andre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sèverine BOULLAY (pour les départements : 72, 49 et Métropole de Nantes),
+  &lt;a href="mailto:severine.boullay&amp;#64;culture.gouv.fr"&gt;
+   severine.boullay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 28 21
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE,
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 42 16 14 22
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria MONES,
+  &lt;a href="mailto:maria.mones&amp;#64;culture.gouv.fr"&gt;
+   maria.mones&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 18 03 66 13
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie BIRAUD,
+  &lt;a href="http://sophie,biraud&amp;#64;culture.gouv.fr/"&gt;
+   sophie,biraud&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie ERNY,
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 90 41 14 80
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA,
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+  , 05 94 25 54 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE,
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 62 21 94 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON,
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 96 60 87 61
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED,
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 69 63 00 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizarraga&amp;#64;culture.gouv.fr"&gt;
+   rosiane.de-lizarraga&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture" rel="noopener" target="_blank"&gt;
+  Accéder au formulaire - Demande de subvention
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;a href="https://www.demarches-simplifiees.fr/commencer/compte-rendu-subvention" rel="noopener" target="_blank"&gt;
+  Accéder au formulaire - Compte-rendu de subvention
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/553c-aide-a-la-formation-continue/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>150669</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures régionales pour le livre</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux structures régionales pour le livre</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>Le montant total de la subvention est de 1.500 à 1.5M €.</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les structures régionales pour le livre sont des structures (associations, EPCC ou services de la Région) qui contribuent aux politiques publiques nationales en faveur du livre et de la lecture dans les territoires en favorisant la coopération entre les professionnels de la chaine du livre et en conduisant des actions auprès de l&amp;#039;ensemble des acteurs: auteurs, éditeurs, libraires, bibliothèques...mais également en direction des publics en favorisant le développement de la lecture. Interlocuteurs privilégiés des Directions régionales des affaires culturelles, elle sont également subventionnées par les régions. Le ministère de la Culture peut allouer une subvention aux structures œuvrant en faveur de tels projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Que sont les structures régionales du livre et de la lecture ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures régionales pour le livre (SRL) ou agences régionales pour le livre (ARL) sont des structures de statuts différents selon les régions (majoritairement des associations de loi 1901, des EPCC ou des services de la région) qui contribuent aux politiques publiques en faveur du livre et de la lecture en suscitant et favorisant les échanges entre l&amp;#039;ensemble des acteurs du livre : auteurs, éditeurs, libraires, collectivités, bibliothèques, organisateurs de manifestations littéraires.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles sont un lieu de dialogue Etat/Région, de coopération et de concertation identifié par les professionnels du livre et de la lecture pour favoriser le développement de la création littéraire, la diffusion du patrimoine écrit et le développement de la lecture en renforçant le maillage territorial. Mais également par un ensemble d&amp;#039;actions en direction de l&amp;#039;économie du livre, avec pour finalité le maintien et la promotion de la diversité éditoriale à favoriser le développement de la création littéraire, la diffusion du patrimoine écrit, la vie littéraire et les pratiques de lecture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux structures autonomes interprofessionnelles contribuant à la structuration de la filière du livre en région.
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche s&amp;#039;adresse aux structures associatives privées portant un projet contribuant à la politique nationale du livre et de la lecture portée par le ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de l&amp;#039;interprofession du livre et de la lecture qui concourent à cette politique peuvent bénéficier d&amp;#039;une subvention du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définie par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la subvention est de 1.500 à 1.5M €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une fois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes seront évaluées au regard notamment des critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt du projet au regard de la politique du livre et de la lecture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intérêt du projet pour plusieurs catégories d&amp;#039;acteurs du livre et de la lecture, au-delà de la structure portant le projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertinence d&amp;#039;un financement du projet par le ministère de la Culture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solidité de la structure portant le projet : situation financière de la structure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solidité du projet, en particulier :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Présentation détaillée des objectifs du projet et des moyens consacrés
+   &lt;/li&gt;
+   &lt;li&gt;
+    Plan de financement réaliste
+   &lt;/li&gt;
+   &lt;li&gt;
+    Autres financements publics du projet
+   &lt;/li&gt;
+   &lt;li&gt;
+    Capacité de la structure à déployer le projet
+   &lt;/li&gt;
+   &lt;li&gt;
+    Capacité de la structure à rendre compte de la réalisation du projet et de l&amp;#039;usage de la subvention octroyée
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le service déconcentré prendra contact avec le demandeur pour examiner son dossier de demande de subvention, organiser une rencontre et, le cas échéant, préparer la convention de subventionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être adressées l&amp;#039;année N, au titre de l&amp;#039;année N.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissements publics / Services de l&amp;#039;État
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises privées
+  &lt;/li&gt;
+  &lt;li&gt;
+   Région
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Est éligible à l&amp;#039;aide aux structures interprofessionnelles du livre et de la lecture toute structure qui :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   est une personne associative privée, un établissement public de coopération culturelle (EPPC) ou une collectivité territoriale
+  &lt;/li&gt;
+  &lt;li&gt;
+   dispose d&amp;#039;une résidence fiscale française
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures dont la résidence fiscale n&amp;#039;est pas située en France ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet présenté doit comporter une dimension collective qui favorise la coopération entre les professionnels du livre et de la lecture dans la région.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-aux-structures-regionales-pour-le-livre</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur le soutien aux structures régionales pour le livre, vous êtes invités à vous adresser au Service du Livre et de la Lecture :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des médias et des industries culturelles (DGMIC)
+ &lt;br /&gt;
+ Service du Livre et de la Lecture
+ &lt;br /&gt;
+ Ministère de la Culture
+ &lt;br /&gt;
+ &lt;a href="mailto:livre-lecture&amp;#64;culture.gouv.fr"&gt;
+  livre-lecture&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacqueline BROLL,
+  &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr"&gt;
+   jacqueline.broll&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nicolas DOUEZ (pour les départements : 03, 07, 15, 42, 43, 63),
+  &lt;a href="mailto:nicolas.douez&amp;#64;culture.gouv.fr"&gt;
+   nicolas.douez&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 73 41 27 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Anne-Marie BOYER (pour les départements : 26, 38, 73, 74),
+  &lt;a href="mailto:anne-marie.boyer&amp;#64;culture.gouv.fr"&gt;
+   anne-marie.boyer&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,
+  &lt;br /&gt;
+  04 72 00 44 82
+ &lt;/li&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT LANDRE, (pour les départements 01, 69 et Métropole de Lyon),
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 72 00 44 16
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pierre-Olivier ROUSSET,
+  &lt;a href="mailto:pierre-olivier.rousset&amp;#64;culture.gouv.fr"&gt;
+   pierre-olivier.rousset&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 11 79 05 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL,
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 80 68 50 11
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN,
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 81 65 72 78
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN,
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 99 29 67 88
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michèle PREVOST,
+  &lt;a href="mailto:michele.prevost&amp;#64;culture.gouv.fr"&gt;
+   michele.prevost&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 38 78 85 70
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie-Lou COMITI,
+  &lt;a href="mailto:mary-lou.comiti&amp;#64;culture.gouv.fr"&gt;
+   mary-lou.comiti&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 95 51 52 06
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Claire RANNOU,
+  &lt;a href="mailto:claire.rannou&amp;#64;culture.gouv.fr"&gt;
+   claire.rannou&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER,
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER,
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 50
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX,
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 96
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Peggy LE ROY,
+  &lt;a href="mailto:peggy.le-roy&amp;#64;cluture.gouv.fr"&gt;
+   peggy.le-roy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christel DUCHEMANN,
+  &lt;a href="mailto:christel.duchemann&amp;#64;culture.gouv.fr"&gt;
+   christel.duchemann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 22 97 33 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques SAUTERON,
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 28 36 61 92
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Françoise DEKOWSKI (pour les départements : 78, 91, 92, 94),
+  &lt;a href="mailto:francoise.dekowski&amp;#64;culture.gouv.fr"&gt;
+   francoise.dekowski&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 51 54
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile HAUSER de BISSCHOP (pour les départements : 77, 93, 95),
+  &lt;a href="mailto:cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr"&gt;
+   cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 50 91
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylvie BONNEL,
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agnès LEROY,
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 31 38 39 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS,
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 32 10 71 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud TRAVADE,
+  &lt;a href="mailto:arnaud.travade&amp;#64;culture.gouv.fr"&gt;
+   arnaud.travade&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 75/76/78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justine DUJARDIN,
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 66
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO,
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ​​​​​​, 05 55 45 66 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE,
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 25/26
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frédéric BOURDIN,
+  &lt;a href="mailto:frederic.bourdin&amp;#64;culture.gouv.fr"&gt;
+   frederic.bourdin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali CASTILLON,
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Henri GAY,
+  &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr"&gt;
+   henri.gay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fleur BOUILLANNE,
+  &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr"&gt;
+   fleur.bouillanne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 67 02 32 15
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT,
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  François-Xavier ANDRE (pour les départements : 44, 53, 85),
+  &lt;a href="mailto:francois-xavier.andre&amp;#64;culture.gouv.fr"&gt;
+   francois-xavier.andre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sèverine BOULLAY (pour les départements : 72, 49 et Métropole de Nantes),
+  &lt;a href="mailto:severine.boullay&amp;#64;culture.gouv.fr"&gt;
+   severine.boullay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 28 21
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE,
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 42 16 14 22
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria MONES,
+  &lt;a href="mailto:maria.mones&amp;#64;culture.gouv.fr"&gt;
+   maria.mones&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 18 03 66 13
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie BIRAUD,
+  &lt;a href="http://sophie,biraud&amp;#64;culture.gouv.fr/"&gt;
+   sophie,biraud&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie ERNY,
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 90 41 14 80
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA,
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+  , 05 94 25 54 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE,
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 62 21 94 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON,
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 96 60 87 61
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED,
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 69 63 00 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Calédonie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Franck LEANDRI, 06 87 24 21 84
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Polynésie française
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Paul LEANDRI,
+  &lt;a href="mailto:mac&amp;#64;polynesie-francaise.pref.gouv.fr"&gt;
+   mac&amp;#64;polynesie-francaise.pref.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizarraga&amp;#64;culture.gouv.fr"&gt;
+   rosiane.de-lizarraga&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c3ed-soutien-aux-structures-regionales-pour-le-liv/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
+        <v>150672</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement des musées de France</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Dispositifs d’aide pour le développement des musées de France</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du développement et du rayonnement des musées de France, les directions régionales des affaires culturelles (DRAC) peuvent soutenir et favoriser les projets qui concourent à leur mise aux normes réglementaires, à leur valorisation scientifique, au développement de leurs publics et qui contribuent à ancrer leur rôle dans la structuration culturelle et sociale du territoire . Ainsi des actions peuvent être soutenues par des crédits d&amp;#039;intervention, qu&amp;#039;elles participent de la diffusion - expositions, publications, journées d&amp;#039;étude, conservation-restauration, recherche, enrichissement des collections, récolement décennal - ou qu&amp;#039;elles concernent des opérations de numérisation, d&amp;#039;éditorialisation et de mise en réseau des collections des musées de France - équipementnumérique, logiciels spécialisés d&amp;#039;inventaire, numérisation, saisie -.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;aide au fonctionnement des musées de France ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les services déconcentrés du ministère de la Culture apportent leur soutien aux musées qui répondent ou s&amp;#039;engagent à répondre aux obligations liées à l&amp;#039;appellation musée de France (code du patrimoine) : les activités scientifiques doivent être réalisées sous la responsabilité de personnels qualifiés, le musée doit comporter un service des publics, les collections sont inscrites sur un inventaire normalisé, l&amp;#039;établissement doit procéder au récolement de ses collections au moins une fois tous les dix ans, les acquisitions et les restaurations, pour être subventionnées doivent être soumises à l&amp;#039;avis préalable d&amp;#039;une commission scientifique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au titre du fonctionnement, les projets suivants peuvent être soutenus en fonction de priorités définies par les DRAC sur le territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide au récolement et aux chantiers des collections hors travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conservation préventive comprenant l&amp;#039;acquisition d&amp;#039;équipements et de matériels ainsi que les études de conservation préventive ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration d&amp;#039;œuvres après obtention préalable d&amp;#039;un avis favorable de la Commission scientifique régionale des collections des musées de France, formation conservation-restauration (si pas de FRAR) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la création de service des publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informatisation et numérisation des collections muséographiques comprenant l&amp;#039;acquisition de logiciels de gestion documentaire des collections (en savoir plus sur le
+  &lt;a href="https://www.culture.gouv.fr/Thematiques/Innovation-numerique/Soutien-a-la-numerisation-a-la-diffusion-et-a-la-valorisation-des-contenus-culturels/Accompagnement-a-la-numerisation/Programme-national-de-numerisation-et-de-valorisation-des-contenus-culturels"&gt;
+   Programme national de numérisation et de valorisation des contenus culturels
+  &lt;/a&gt;
+  ) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation culturelle (activités pédagogiques et culturelles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils d&amp;#039;aide à la visite ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de faisabilité, de programmation, audit de gestion d&amp;#039;un équipement, études des publics, etc. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publication ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exposition.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définie par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la nature du projet et les dépenses nécessaires à sa réalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ Le compte rendu financier et qualitatif doit parvenir à la DRAC au plus tard 6 mois après la clôture de l&amp;#039;année de versement de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations auxquelles adhèrent ces musées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une aide est conditionnée par plusieurs critères :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  tout musée bénéficiant de l&amp;#039;appellation musée de France dont les collections n&amp;#039;appartiennent pas à l&amp;#039;État ou à ses établissements publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans le cadre de demande d&amp;#039;aide à la restauration (si pas de comité FRAR dans votre région) obtention préalable d&amp;#039;un avis favorable de la Commission scientifique régionale des collections des musées de France ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit être inscrit dans le projet scientifique et culturel (PSC) du musée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/dispositifs-d-aide-pour-le-developpement-des-musees-de-france</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur le dispositif d&amp;#039;aide pour le développement des musées de France, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3428-dispositifs-daide-pour-le-developpement-des-m/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
+        <v>150675</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Financer la restauration et la conservation préventive des collections des musées de France (FRAR)</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration et la conservation préventive des collections des musées de France (FRAR)</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etudier l&amp;#039;état des collections et leurs conditions de conservation, œuvrer à la conservation et à la restauration des œuvres de leurs fonds sont des enjeux majeurs pour les musées bénéficiant de l&amp;#039;appellation musée de France. Le ministère de la Culture soutient les propriétaires et gestionnaires qui aident leurs musées à conserver et protéger leurs collections, par le biais des Fonds régionaux d&amp;#039;aide à la restauration (FRAR).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le Fonds régional d&amp;#039;aide à la restauration pour les musées (FRAR) ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créés en 2000 à l&amp;#039;initiative du ministère de la Culture, dans le cadre de la politique globale de décentralisation, les Fonds régionaux d&amp;#039;aide à la restauration pour les musées (FRAR) sont des dispositifs d&amp;#039;accompagnement financés par l&amp;#039;État (Direction régionale des affaires culturelles) et le Conseil régional. Ils sont à destination des musées détenant l&amp;#039;appellation musée de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce fonds a pour vocation d&amp;#039;aider une collectivité territoriale ou une association à financer des opérations de restauration ou de conservation préventive d&amp;#039;œuvres d&amp;#039;art ou d&amp;#039;objets afin de protéger leurs collections, et dont le coût ne permettrait pas la réalisation sans aide extérieure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Préserver les collections des Musées de France
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collections des musées sont en permanence soumises à des contraintes et des agressions (humidité, poussière, choc, chaleur, infestation, etc.) mettant en péril leur intégrité voire pouvant mener à leur destruction. Prévenir ces risques, intervenir sur leurs conséquences constitue une des missions fondamentales des musées de France. Le dispositif permet d&amp;#039;accompagner ces établissements dans leur perspective de conservation et de prévention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Renforcer l&amp;#039;attractivité touristique et culturelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FRAR permet de soutenir les collectivités et les associations dans la préservation des collections des musées et dans leurs projets de restauration d&amp;#039;œuvres majeures, remarquables ou significatives, menacées. L&amp;#039;entretien des collections assure leur préservation pour les générations futures tout en permettant de les rendre accessibles aux publics dans les meilleures conditions possibles de lisibilité. Ces actions permettent également de collaborer avec des spécialistes, restaurateur et préventistes, habilités à intervenir sur les collections musée de France et ainsi développer un tissu économique de haute technicité sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est le coût de restauration HT d&amp;#039;une œuvre ou d&amp;#039;un lot d&amp;#039;œuvres qui est éligible touchant à toutes les techniques (peinture, gravure, dessin, sculpture, photographies, etc.), tous les domaines (beaux-arts, archéologie, mode, design, histoire, histoire naturelle, ethnographie, etc.) et toutes périodes (de la préhistoire à l&amp;#039;art contemporain).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le co-financement Etat/région intervient sous la forme d&amp;#039;une subvention d&amp;#039;investissement attribuée aux institutions propriétaires ou gestionnaires des musées.
+&lt;/p&gt;
+&lt;p&gt;
+ Il ne peut excéder 80% du coût total de l&amp;#039;opération de restauration.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après la tenue du comité FRAR, si le dossier reçoit un avis favorable, la subvention est adressée à l&amp;#039;acquéreur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité FRAR, co-présidé par des représentants de l&amp;#039;État et du Conseil régional, est composé de conservateurs, d&amp;#039;attachés de conservation du patrimoine et de personnalités qualifiées. Sont examinés la pertinence d&amp;#039;une aide à la restauration et le montant de subventionnement, l&amp;#039;aspect scientifique ayant été validé en commission scientifique régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité FRAR se réunit une fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rendez-vous sur le site du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez pour connaître le calendrier de chaque région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements
+  &lt;/li&gt;
+  &lt;li&gt;
+   EPCI à fiscalité propre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Régions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une aide est conditionnée par plusieurs critères :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   S&amp;#039;agissant d&amp;#039;opération touchant à la matérialité d&amp;#039;objet de collection &amp;#34;musée de France&amp;#34;, le projet de restauration doit avoir reçu au préalable un avis favorable de la Commission scientifique régionale pour les restaurations (format plénier ou délégation permanente) dans les 12 mois précédant la date du comité FRAR. La commission apprécie la pertinence des objectifs du projet, celle du cahier des charges scientifique et technique établi par le responsable scientifique, la conformité des propositions du restaurateur au cahier des charges, la prise en compte de la conservation préventive dans la politique générale du musée, l&amp;#039;analyse des moyens proposés par le restaurateur ou le prestataire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;intervention revêt une importance majeure pour la sauvegarde de l&amp;#039;objet et la préservation du patrimoine local et régional.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont donc pas éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les dossiers n&amp;#039;ayant pas reçu d&amp;#039;avis favorable en Commission scientifique régionale d&amp;#039;acquisition (format plénier ou délégation permanente).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dossiers n&amp;#039;ayant pas reçu d&amp;#039;avis favorable en Commission scientifique régionale de restauration (format plénier ou délégation permanente).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dossiers présentés en commission plus de douze mois avant la date du comité FRAR.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-la-restauration-et-la-conservation-preventive-des-collections-des-musees-de-france-frar</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les FRAM, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/980d-aide-a-la-restauration-et-la-conservation-pre/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC20" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
+        <v>150679</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements mobiliers et immobiliers dans les secteurs du spectacle vivant et des arts visuels</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F21" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la culture peut attribuer des aides à l&amp;#039;investissement, mobilier ou immobilier, à des structures de production, diffusion, enseignement spécialisé ou enseignement supérieur, des arts visuels et du spectacle vivant.
+ &lt;br /&gt;
+ Ces aides sont notamment encadrées par le décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont attribuées dans le cadre d&amp;#039;opérations de travaux, et/ou d&amp;#039;investissements mobilier, par exemple pour des études préalables, des travaux sur les bâtiments, l&amp;#039;équipement mobilier dans le cadre de travaux de rénovation, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000037106457?init&amp;#61;true&amp;amp;page&amp;#61;1&amp;amp;query&amp;#61;2018-514&amp;#43;du&amp;#43;25&amp;#43;juin&amp;#43;2018&amp;#43;&amp;amp;searchField&amp;#61;ALL&amp;amp;tab_selection&amp;#61;all" rel="noopener" target="_blank"&gt;
+  En savoir plus
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions relatives à des projets d&amp;#039;investissements peuvent être consacrées au financement des différentes phases d&amp;#039;une opération, telles que les études, la recherche et le développement, les acquisitions immobilières, les travaux de construction ou d&amp;#039;aménagement, les grosses réparations et restaurations, l&amp;#039;équipement en matériel à l&amp;#039;exclusion du simple renouvellement.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention peut financer des dépenses connexes qui concourent directement à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses doivent porter, en cas de biens mobiliers, sur des achats faisant l&amp;#039;objet d&amp;#039;immobilisation et d&amp;#039;amortissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est variable en fonction du projet, et calculé sur la base du plan de financement déposé dans le dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le processus d&amp;#039;attribution puis de versement de la subvention fait l&amp;#039;objet d&amp;#039;un encadrement par le décret n° 2018-514 du 25 juin 2018.
+&lt;/p&gt;
+&lt;p&gt;
+ Une demande de subvention d&amp;#039;investissement est déposée, et fait l&amp;#039;objet d&amp;#039;un accusé de réception.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Attention : L&amp;#039;accusé de réception ne vaut pas attribution de la subvention, mais permet de démarrer le projet.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un délai de deux mois à partir de la date de réception de la demande permet à l&amp;#039;administration de juger de la recevabilité de la demande. L&amp;#039;absence de réponse de l&amp;#039;administration dans un délai de 2 mois à compter de réception de la demande de subvention vaut recevabilité de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Un autre délai de 8 mois à partir de l&amp;#039;accusé de réception court pour l&amp;#039;instruction du dossier et l&amp;#039;éventuelle décision d&amp;#039;attribution d&amp;#039;une subvention, qui fait alors l&amp;#039;objet d&amp;#039;un arrêté ou d&amp;#039;une convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;absence de réponse de l&amp;#039;administration dans un délai de
+ &lt;strong&gt;
+  8 mois à compter de la date d&amp;#039;accusé de réception de la demande de subvention vaut refus d&amp;#039;attribution de subvention.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de décision favorable, des versements intermédiaires peuvent avoir lieu en cours de projet, sur présentation de pièces justifiant la dépense, c&amp;#039;est-à-dire des factures acquittées par le bénéficiaire de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ À la fin des travaux, le bénéficiaire doit ensuite fournir, dans un délai de 12 mois à compter de la date prévisionnelle d&amp;#039;achèvement du projet indiquée dans la convention, l&amp;#039;ensemble des factures acquittées et une attestation d&amp;#039;achèvement des travaux présentant le décompte final des dépenses et la liste des aides publiques perçues.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon région
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises privées
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises publiques locales
+  &lt;/li&gt;
+  &lt;li&gt;
+   EPCI à fiscalité propre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissements publics / Services de l&amp;#039;État
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organismes de recherche
+  &lt;/li&gt;
+  &lt;li&gt;
+   Régions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides à l&amp;#039;investissement sont destinées aux structures culturelles et d&amp;#039;enseignement déjà soutenues en fonctionnement par le ministère de la culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet ne doit pas avoir débuté au moment du dépôt de la demande. L&amp;#039;exécution peut commencer seulement après la réception par le demandeur de l&amp;#039;accusé de réception du dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets ne doivent pas faire l&amp;#039;objet d&amp;#039;une aide par l&amp;#039;ASTP (association pour le soutien du théâtre privé) ou par le CNM (centre national de la musique).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;acquisition d&amp;#039;œuvres par les FRAC font l&amp;#039;objet d&amp;#039;une démarche spécifique, avec un formulaire spécifique
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;orgues non classés font l&amp;#039;objet d&amp;#039;une démarche spécifique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-investissement-mobilier-et-immobilier-dans-les-secteurs-du-spectacle-vivant-et-des-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les subventions d&amp;#039;investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels, vous êtes invités à vous adresser à la DRAC/DAC de votre région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf52-aide-a-linvestissement-mobilier-et-immobilier/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC21" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
+        <v>150664</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la vie littéraire (résidence)</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux résidences d’auteurs</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démarche s&amp;#039;adresse aux porteurs de projets de résidences à destination des auteurs et autrices du livre et qui s&amp;#039;inscrivent dans les objectifs de la politique publique du livre et de la lecture du ministère de la Culture.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;h3&gt;
+ Que sont les résidences ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Le soutien des services déconcentrés du ministère de la Culture s&amp;#039;adresse à des projets de résidence conformément à la circulaire du 8 juin 2016 relative au soutien d&amp;#039;artistes et d&amp;#039;équipes artistiques dans le cadre de résidence. Les projets doivent être portés par une structure d&amp;#039;accueil (quelle que soit sa forme juridique) disposant d&amp;#039;un référent affecté au projet. Les auteurs et autrices accueillis peuvent être des écrivains, traducteurs ou illustrateurs ayant publié au moins un livre à compte d&amp;#039;éditeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères appréciés pour évaluer la demande sont notamment l&amp;#039;implication des différents acteurs de la chaîne du livre, l&amp;#039;implantation dans un territoire et les partenariats avec d&amp;#039;autres structures locales, la qualité des propositions de médiation proposées, et la diversité des publics touchés et des lieux où les actions de médiation sont proposées ; selon les objectifs du ministère de la Culture.
+&lt;/p&gt;
+&lt;h3&gt;
+ Objectifs de la démarche
+&lt;/h3&gt;
+&lt;p&gt;
+ La présente démarche a pour objectif de soutenir les projets de résidences à destination des auteurs et autrices du livre, afin de soutenir les auteurs et autrices du livre en proposant des conditions propices à la création, de favoriser la rencontre dans la durée entre les auteurs et les autrices, leurs œuvres et le public dans leur territoire, de diffuser les œuvres des auteurs et autrices du livre et de favoriser leur fréquentation par le public.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;examen et la décision d&amp;#039;acceptation de la demande relèvent des services déconcentrés du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prend la forme d&amp;#039;une subvention dans le cadre d&amp;#039;une demande ou d&amp;#039;une réponse à un appel à projet.
+&lt;/p&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité locale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Être une personne de droit moral privé ou public.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les personnes physiques.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Définis par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nature des dépenses éligibles
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le soutien prend la forme d&amp;#039;une subvention de fonctionnement et/ou d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Montant de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le montant total de la subvention est de 500 à 1M €.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;attribution de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour les subventions d&amp;#039;investissement : versement dans le respect du décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les subventions de fonctionnement : versement de la subvention au plus tard à la notification d&amp;#039;acceptation de la demande.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les dossiers sont étudiés par les services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ Le service déconcentré prendra contact avec le demandeur pour examiner son dossier de demande de subvention et, le cas échéant, préparer la convention de subventionnement.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;h2&gt;
+ Une question ?
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur le soutien à la vie littéraire (résidence), vous êtes invités à vous adresser au Service du Livre et de la Lecture :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction générale des médias et des industries culturelles (DGMIC)
+ &lt;br /&gt;
+ Service du Livre et de la Lecture
+ &lt;br /&gt;
+ Ministère de la Culture
+ &lt;br /&gt;
+ &lt;a href="mailto:livre-lecture&amp;#64;culture.gouv.fr"&gt;
+  livre-lecture&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 182 rue Saint-Honoré, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacqueline BROLL,
+  &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr"&gt;
+   jacqueline.broll&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nicolas DOUEZ (pour les départements : 03, 07, 15, 42, 43, 63),
+  &lt;a href="mailto:nicolas.douez&amp;#64;culture.gouv.fr"&gt;
+   nicolas.douez&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 73 41 27 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Anne-Marie BOYER (pour les départements : 26, 38, 73, 74),
+  &lt;a href="mailto:anne-marie.boyer&amp;#64;culture.gouv.fr"&gt;
+   anne-marie.boyer&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,
+  &lt;br /&gt;
+  04 72 00 44 82
+ &lt;/li&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT LANDRE, (pour les départements 01, 69 et Métropole de Lyon),
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 72 00 44 16
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pierre-Olivier ROUSSET,
+  &lt;a href="mailto:pierre-olivier.rousset&amp;#64;culture.gouv.fr"&gt;
+   pierre-olivier.rousset&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 11 79 05 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL,
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 80 68 50 11
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN,
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 81 65 72 78
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN,
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 99 29 67 88
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michèle PREVOST,
+  &lt;a href="mailto:michele.prevost&amp;#64;culture.gouv.fr"&gt;
+   michele.prevost&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 38 78 85 70
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie-Lou COMITI,
+  &lt;a href="mailto:mary-lou.comiti&amp;#64;culture.gouv.fr"&gt;
+   mary-lou.comiti&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 95 51 52 06
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Claire RANNOU,
+  &lt;a href="mailto:claire.rannou&amp;#64;culture.gouv.fr"&gt;
+   claire.rannou&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER,
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER,
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 87 56 41 50
+ &lt;/li&gt;
+ &lt;li&gt;
+  Delphine QUEREUX,
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 96
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Peggy LE ROY,
+  &lt;a href="mailto:peggy.le-roy&amp;#64;cluture.gouv.fr"&gt;
+   peggy.le-roy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christel DUCHEMANN,
+  &lt;a href="mailto:christel.duchemann&amp;#64;culture.gouv.fr"&gt;
+   christel.duchemann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 22 97 33 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques SAUTERON,
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 28 36 61 92
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Françoise DEKOWSKI (pour les départements : 78, 91, 92, 94),
+  &lt;a href="mailto:francoise.dekowski&amp;#64;culture.gouv.fr"&gt;
+   francoise.dekowski&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 51 54
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile HAUSER de BISSCHOP (pour les départements : 77, 93, 95),
+  &lt;a href="mailto:cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr"&gt;
+   cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 01 56 06 50 91
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sylvie BONNEL,
+  &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr"&gt;
+   sylvie.bonnel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agnès LEROY,
+  &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;
+   agnes.leroy&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 31 38 39 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Idyll BOTTOIS,
+  &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;
+   idyll.bottois&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 32 10 71 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud TRAVADE,
+  &lt;a href="mailto:arnaud.travade&amp;#64;culture.gouv.fr"&gt;
+   arnaud.travade&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 75/76/78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justine DUJARDIN,
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 01 66
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO,
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ​​​​​​, 05 55 45 66 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jacques DEVILLE,
+  &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;
+   jacques.deville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 25/26
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frédéric BOURDIN,
+  &lt;a href="mailto:frederic.bourdin&amp;#64;culture.gouv.fr"&gt;
+   frederic.bourdin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali CASTILLON,
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Henri GAY,
+  &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr"&gt;
+   henri.gay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 67 73 20 70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fleur BOUILLANNE,
+  &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr"&gt;
+   fleur.bouillanne&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 67 02 32 15
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT,
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  François-Xavier ANDRE (pour les départements : 44, 53, 85),
+  &lt;a href="mailto:francois-xavier.andre&amp;#64;culture.gouv.fr"&gt;
+   francois-xavier.andre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+  , 02 40 14 23 73
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sèverine BOULLAY (pour les départements : 72, 49 et Métropole de Nantes),
+  &lt;a href="mailto:severine.boullay&amp;#64;culture.gouv.fr"&gt;
+   severine.boullay&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 40 14 28 21
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE,
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 04 42 16 14 22
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria MONES,
+  &lt;a href="mailto:maria.mones&amp;#64;culture.gouv.fr"&gt;
+   maria.mones&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 06 18 03 66 13
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie BIRAUD,
+  &lt;a href="http://sophie,biraud&amp;#64;culture.gouv.fr"&gt;
+   sophie,biraud&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie ERNY,
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 90 41 14 80
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEITA,
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+  , 05 94 25 54 07
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE,
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 62 21 94 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON,
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 96 60 87 61
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED,
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 02 69 63 00 48
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Calédonie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Franck LEANDRI, 06 87 24 21 84
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizarraga&amp;#64;culture.gouv.fr"&gt;
+   rosiane.de-lizarraga&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture" rel="noopener noreferrer" target="_blank"&gt;
+ Accéder au formulaire - Demande de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/compte-rendu-subvention" rel="noopener noreferrer" target="_blank"&gt;
+ Accéder au formulaire - Compte-rendu de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>500 à 1M €
+&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-aux-residences-d-auteurs</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>Service déconcentré du ministère de la Culture territorialement compétent (DRAC/DAC/DCJS/MAC)</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f9b9-soutien-a-la-vie-litteraire-residence/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
+        <v>150668</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures qui participent au développement du livre et de la lecture dans les territoires</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux structures collectives interprofessionnelles</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Le montant total de la subvention est de 1.000 à 1M €.</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Structures qui participent au développement du livre et de la lecture dans les territoires à travers des actions qui favorisent la valorisation des professionnels du livre (auteurs, éditeurs, libraires) avec pour finalité le maintien et la promotion de la diversité éditoriale et de la chaine du livre dans son ensemble. Elles assurent l&amp;#039;ingénierie du dispositif Jeunes en librairie entre les partenaires des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de l&amp;#039;interprofession du livre et de la lecture qui concourent à cette politique peuvent bénéficier d&amp;#039;une subvention du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Que sont les structures collectives interprofessionnelles du livre et de la lecture ?&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ce sont des structures qui participent à la sensibilisation et au soutien à la chaine du livre. Elles peuvent être sous format associatif, issues de services de collectivités territoriales ou bien d&amp;#039;EPCC.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures collectives interprofessionnelles du livre et de la lecture participent au développement de la création littéraire et à la promotion des œuvres et des auteurs et à la mise en œuvre du dispositif Jeunes en librairie.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Objectifs de la démarche
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les structures collectives interprofessionnelles participent à la politique ministérielle en faveur du livre et de la lecture en sensibilisant les publics, et plus particulièrement les jeunes scolarisés, à la chaine du livre dans son ensemble et en particulier au rôle des libraires pour favoriser le renouvellement générationnel des clients des librairies et leur faire découvrir l&amp;#039;ensemble de la chaine du livre.
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la subvention est de 1.000 à 1M €.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+  Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une fois.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Dispositif déconcentré.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt du projet au regard de la politique du livre et de la lecture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intérêt du projet pour plusieurs catégories d&amp;#039;acteurs du livre et de la lecture, au-delà de la structure portant le projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Missions respectives des administrations prévues par les textes réglementaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solidité de la structure portant le projet (situation financière de la structure)
+ &lt;/li&gt;
+ &lt;li&gt;
+  solidité du projet, en particulier :
+  &lt;ul&gt;
+   &lt;li&gt;
+    présentation détaillée des objectifs du projet et des moyens consacrés
+   &lt;/li&gt;
+   &lt;li&gt;
+    plan de financement réaliste
+   &lt;/li&gt;
+   &lt;li&gt;
+    autres financements publics du projet
+   &lt;/li&gt;
+   &lt;li&gt;
+    capacité de la structure à déployer le projet
+   &lt;/li&gt;
+   &lt;li&gt;
+    capacité de la structure à rendre compte de la réalisation du projet et de l&amp;#039;usage de la subvention octroyée
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être adressées l&amp;#039;année N, au titre de l&amp;#039;année N.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bilan du projet devra être transmis au plus tard 6 mois après la fin d&amp;#039;année de versement de la subvention.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Associations&lt;/li&gt;&lt;li&gt;Entreprises privées&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales (commune, département, région)&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du demandeur&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Est éligible à l&amp;#039;aide aux structures interprofessionnelles du livre et de la lecture toute structure qui :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;est une personne morale de droit privé (association, syndicat professionnel, entreprise privée)&lt;/li&gt;&lt;li&gt;dispose d&amp;#039;une résidence fiscale française&lt;/li&gt;&lt;li&gt;existe depuis au moins 1 an à compter de la date de la demande (au moins 1 exercice financier)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de non-éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les structures dont la résidence fiscale n&amp;#039;est pas située en France ne sont pas éligibles. Les personnes physiques ne sont pas non plus éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Nature et déploiement des projets&lt;/li&gt;&lt;li&gt;Nombre de jeunes ciblés&lt;/li&gt;&lt;li&gt;Typologie des publics touchés&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais de structure&lt;/li&gt;&lt;li&gt;Chèques lire&lt;/li&gt;&lt;li&gt;Bons dématérialisés&lt;/li&gt;&lt;li&gt;Rémunération des intervenants&lt;/li&gt;&lt;li&gt;Défraiement des intervenants&lt;/li&gt;&lt;li&gt;Communication&lt;/li&gt;&lt;li&gt;Frais divers&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-aux-structures-collectives-interprofessionnelles</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-livre-lecture-2024</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur le soutien aux structures collectives interprofessionnelles, vous êtes invités à vous adresser au Service du Livre et de la Lecture :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Direction générale des médias et des industries culturelles (DGMIC)&lt;br /&gt;Service du Livre et de la Lecture&lt;br /&gt;Ministère de la Culture&lt;br /&gt;&lt;a href="mailto:livre-lecture&amp;#64;culture.gouv.fr"&gt;livre-lecture&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;br /&gt;182 rue Saint-Honoré, 75001 Paris&lt;/p&gt;&lt;p&gt;ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne-Rhône-Alpes&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Jacqueline BROLL, &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr"&gt;jacqueline.broll&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Nicolas DOUEZ (pour les départements : 03, 07, 15, 42, 43, 63), &lt;a href="mailto:nicolas.douez&amp;#64;culture.gouv.fr"&gt;nicolas.douez&amp;#64;culture.gouv.fr &lt;/a&gt;, 04 73 41 27 55&lt;/li&gt;&lt;li&gt;Anne-Marie BOYER (pour les départements : 26, 38, 73, 74), &lt;a href="mailto:anne-marie.boyer&amp;#64;culture.gouv.fr"&gt;anne-marie.boyer&amp;#64;culture.gouv.fr &lt;/a&gt;,&lt;br /&gt;04 72 00 44 82&lt;/li&gt;&lt;li&gt;Noëlle DROGNAT LANDRE, (pour les départements 01, 69 et Métropole de Lyon), &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr"&gt;noelle.drognat-landre&amp;#64;culture.gouv.fr &lt;/a&gt;, 04 72 00 44 16&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Bourgogne-Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pierre-Olivier ROUSSET, &lt;a href="mailto:pierre-olivier.rousset&amp;#64;culture.gouv.fr"&gt;pierre-olivier.rousset&amp;#64;culture.gouv.fr &lt;/a&gt;, 06 11 79 05 67&lt;/li&gt;&lt;li&gt;Sylviane JOURDHEUIL, &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr"&gt;sylviane.jourdheuil&amp;#64;culture.gouv.fr &lt;/a&gt;, 03 80 68 50 11&lt;/li&gt;&lt;li&gt;Habiba IMAAINGFEN, &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr"&gt;habiba.imaaingfen&amp;#64;culture.gouv.fr &lt;/a&gt;, 03 81 65 72 78&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Enora OULC&amp;#039;HEN, &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr"&gt;enora.oulchen&amp;#64;culture.gouv.fr &lt;/a&gt;, 02 99 29 67 88&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Michèle PREVOST, &lt;a href="mailto:michele.prevost&amp;#64;culture.gouv.fr"&gt;michele.prevost&amp;#64;culture.gouv.fr &lt;/a&gt;, 02 38 78 85 70&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Corse&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Marie-Lou COMITI, &lt;a href="mailto:mary-lou.comiti&amp;#64;culture.gouv.fr"&gt;mary-lou.comiti&amp;#64;culture.gouv.fr &lt;/a&gt;, 04 95 51 52 06&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Grand-Est&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Claire RANNOU, &lt;a href="mailto:claire.rannou&amp;#64;culture.gouv.fr"&gt;claire.rannou&amp;#64;culture.gouv.fr &lt;/a&gt;, 03 87 56 41 55&lt;/li&gt;&lt;li&gt;Philippe CHARRIER, &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr"&gt;philippe.charrier&amp;#64;culture.gouv.fr &lt;/a&gt;, 03 87 56 41 55&lt;/li&gt;&lt;li&gt;Colette GRAVIER, &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr"&gt;colette.gravier&amp;#64;culture.gouv.fr &lt;/a&gt;, 03 87 56 41 50&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Delphine QUEREUX, &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr"&gt;delphine.quereux-sbai&amp;#64;culture.gouv.fr &lt;/a&gt;, 03 26 70 36 96&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Peggy LE ROY, &lt;a href="mailto:peggy.le-roy&amp;#64;cluture.gouv.fr"&gt;peggy.le-roy&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Christel DUCHEMANN, &lt;a href="mailto:christel.duchemann&amp;#64;culture.gouv.fr"&gt;christel.duchemann&amp;#64;culture.gouv.fr &lt;/a&gt;, 03 22 97 33 79&lt;/li&gt;&lt;li&gt;Jacques SAUTERON, &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr"&gt;jacques.sauteron&amp;#64;culture.gouv.fr &lt;/a&gt;, 03 28 36 61 92&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Françoise DEKOWSKI (pour les départements : 78, 91, 92, 94), &lt;a href="mailto:francoise.dekowski&amp;#64;culture.gouv.fr"&gt;francoise.dekowski&amp;#64;culture.gouv.fr &lt;/a&gt;, 01 56 06 51 54&lt;/li&gt;&lt;li&gt;Cécile HAUSER de BISSCHOP (pour les départements : 77, 93, 95), &lt;a href="mailto:cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr"&gt;cecile.hauser-de-bisschop&amp;#64;culture.gouv.fr &lt;/a&gt;, 01 56 06 50 91&lt;/li&gt;&lt;li&gt;Sylvie BONNEL, &lt;a href="mailto:sylvie.bonnel&amp;#64;culture.gouv.fr"&gt;sylvie.bonnel&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Agnès LEROY, &lt;a href="mailto:agnes.leroy&amp;#64;culture.gouv.fr"&gt;agnes.leroy&amp;#64;culture.gouv.fr &lt;/a&gt;, 02 31 38 39 69&lt;/li&gt;&lt;li&gt;Idyll BOTTOIS, &lt;a href="mailto:idyll.bottois&amp;#64;culture.gouv.fr"&gt;idyll.bottois&amp;#64;culture.gouv.fr &lt;/a&gt;, 02 32 10 71 07&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Nouvelle-Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Arnaud TRAVADE, &lt;a href="mailto:arnaud.travade&amp;#64;culture.gouv.fr"&gt;arnaud.travade&amp;#64;culture.gouv.fr &lt;/a&gt;, 05 57 95 01 75/76/78&lt;/li&gt;&lt;li&gt;Justine DUJARDIN, &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr"&gt;justine.dujardin&amp;#64;culture.gouv.fr &lt;/a&gt;, 05 57 95 01 66&lt;/li&gt;&lt;li&gt;Sandrine PANTALEAO, &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr"&gt;sandrine.pantaleao&amp;#64;culture.gouv.fr&lt;/a&gt;​​​​​​, 05 55 45 66 73&lt;/li&gt;&lt;li&gt;Jacques DEVILLE, &lt;a href="mailto:jacques.deville&amp;#64;culture.gouv.fr"&gt;jacques.deville&amp;#64;culture.gouv.fr &lt;/a&gt;, 05 49 36 30 25/26&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frédéric BOURDIN, &lt;a href="mailto:frederic.bourdin&amp;#64;culture.gouv.fr"&gt;frederic.bourdin&amp;#64;culture.gouv.fr &lt;/a&gt;, 02 40 14 23 73&lt;/li&gt;&lt;li&gt;Magali CASTILLON, &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr"&gt;magali.castillon&amp;#64;culture.gouv.fr &lt;/a&gt;, 05 67 73 20 69&lt;/li&gt;&lt;li&gt;Henri GAY, &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr"&gt;henri.gay&amp;#64;culture.gouv.fr &lt;/a&gt;, 05 67 73 20 70&lt;/li&gt;&lt;li&gt;Fleur BOUILLANNE, &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr"&gt;fleur.bouillanne&amp;#64;culture.gouv.fr &lt;/a&gt;, 04 67 02 32 15&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Laure JOUBERT, &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr"&gt;laure.joubert&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;François-Xavier ANDRE (pour les départements : 44, 53, 85), &lt;a href="mailto:francois-xavier.andre&amp;#64;culture.gouv.fr"&gt;francois-xavier.andre&amp;#64;culture.gouv.fr&lt;/a&gt;, 02 40 14 23 73&lt;/li&gt;&lt;li&gt;Sèverine BOULLAY (pour les départements : 72, 49 et Métropole de Nantes), &lt;a href="mailto:severine.boullay&amp;#64;culture.gouv.fr"&gt;severine.boullay&amp;#64;culture.gouv.fr &lt;/a&gt;, 02 40 14 28 21&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;William JOUVE, &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr"&gt;william.jouve&amp;#64;culture.gouv.fr &lt;/a&gt;, 04 42 16 14 22&lt;/li&gt;&lt;li&gt;Maria MONES, &lt;a href="mailto:maria.mones&amp;#64;culture.gouv.fr"&gt;maria.mones&amp;#64;culture.gouv.fr &lt;/a&gt;, 06 18 03 66 13&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sophie BIRAUD, &lt;a href="http://sophie,biraud&amp;#64;culture.gouv.fr/"&gt;sophie,biraud&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Nathalie ERNY, &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr"&gt;nathalie.erny&amp;#64;culture.gouv.fr &lt;/a&gt;, 05 90 41 14 80&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Guyane&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Abdoulaye KEITA, &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr"&gt;abdoulaye.keita&amp;#64;guyane.pref.gouv.fr &lt;/a&gt;, 05 94 25 54 07&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Katia LELOUTRE, &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr"&gt;katia.leloutre&amp;#64;culture.gouv.fr &lt;/a&gt;, 02 62 21 94 48&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Martinique&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Yolande-Salomé TOUMSON, &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr"&gt;yolande-salome.toumson&amp;#64;culture.gouv.fr &lt;/a&gt;, 05 96 60 87 61&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Mayotte&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Djaouharia MOHAMED, &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr"&gt;djaouharia.mohamed&amp;#64;culture.gouv.fr &lt;/a&gt;, 02 69 63 00 48&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Nouvelle-Calédonie&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Franck LEANDRI, 06 87 24 21 84&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Polynésie française&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Paul LEANDRI, &lt;a href="mailto:mac&amp;#64;polynesie-francaise.pref.gouv.fr"&gt;mac&amp;#64;polynesie-francaise.pref.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Saint-Pierre-et-Miquelon&lt;/strong&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rosiane DE LIZARAGA : &lt;a href="mailto:rosiane.de-lizarraga&amp;#64;culture.gouv.fr"&gt;rosiane.de-lizarraga&amp;#64;culture.gouv.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1632-soutien-aux-structures-collectives-interprofe/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
+        <v>150674</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Enrichir les collections des musées de France (FRAM)</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’enrichissement des collections des musées de France (FRAM)</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enrichissement des collections d&amp;#039;un musée permet de contribuer à la diffusion de l&amp;#039;art, à sa connaissance par le grand public et au plaisir des visiteurs. Cet enrichissement peut se faire grâce aux dons et au mécénat ou grâce à l&amp;#039;achat d&amp;#039;œuvres. Le ministère de la Culture soutient les propriétaires et gestionnaires qui aident leurs musées à conserver et protéger leurs collections, par le biais des Fonds régionaux d&amp;#039;acquisition pour les musées (FRAM).
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;h3&gt;
+ Qu&amp;#039;est-ce que le Fonds régional d&amp;#039;acquisition pour les musées (FRAM) ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Créés en 1982 à l&amp;#039;initiative du ministère de la Culture, dans le cadre de la politique globale de décentralisation, les Fonds régionaux d&amp;#039;acquisition pour les musées (FRAM) sont financés par l&amp;#039;État (Direction régionale des affaires culturelles) et le Conseil régional. Ils sont à destination des musées détenant l&amp;#039;appellation Musée de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet d&amp;#039;aider une collectivité territoriale, une association ou un établissement public à acquérir de nouveaux objets, œuvres ou collections particulièrement représentatifs sur le plan régional et dont le coût ne permettrait pas l&amp;#039;achat sans aide extérieure.
+&lt;/p&gt;
+&lt;h3&gt;
+ Objectifs de la démarche
+&lt;/h3&gt;
+&lt;h4&gt;
+ Accompagner les mutations des Musées de France
+&lt;/h4&gt;
+&lt;p&gt;
+ Un musée est en perpétuelle évolution. Enrichir, compléter et renouveler les collections publiques constitue une des missions fondamentales des musées de France. Le dispositif permet d&amp;#039;accompagner ces établissements dans leur perspective de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet d&amp;#039;aider une collectivité territoriale, une association ou un établissement public à acquérir de nouveaux objets, œuvres ou collections particulièrement représentatifs sur le plan régional et dont le coût ne permettrait pas l&amp;#039;achat sans aide extérieure.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renforcer l&amp;#039;attractivité touristique et culturelle
+&lt;/h4&gt;
+&lt;p&gt;
+ Le FRAM permet de soutenir les collectivités et les associations dans l&amp;#039;enrichissement et la diversification des collections des musées et dans leurs projets d&amp;#039;acquisitions d&amp;#039;œuvres majeures, remarquables ou significatives. L&amp;#039;acquisition de nouveaux biens culturels favorise notamment l&amp;#039;organisation d&amp;#039;expositions temporaires au sein de la structure ou en collaboration avec d&amp;#039;autres musées de France. Ces acquisitions renforcent l&amp;#039;attractivité de l&amp;#039;établissement et du territoire.
+&lt;/p&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une aide est conditionnée par plusieurs critères :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  S&amp;#039;agissant de l&amp;#039;entrée d&amp;#039;un objet dans une collection &amp;#34;Musée de France&amp;#34;, le projet d&amp;#039;acquisition doit avoir reçu au préalable un avis favorable de la Commission scientifique régionale pour les acquisitions (en formation plénièrer ou délégation permanente) dans les 12 mois précédant la date du comité FRAM. La commission apprécie l&amp;#039;authenticité, la qualité artistique, l&amp;#039;état de conservation de l&amp;#039;œuvre, la pertinence de l&amp;#039;achat ainsi que la démarche culturelle et patrimoniale de l&amp;#039;établissement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition revêt une importance majeure pour le musée et l&amp;#039;enrichissement du patrimoine local et régional.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier du projet d&amp;#039;acquisition présenté en Commission scientifique régionale doit mentionner qu&amp;#039;une subvention au titre du FRAM est sollicitée, sous réserve d&amp;#039;un avis favorable à l&amp;#039;acquisition.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Ne sont donc pas éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dossiers n&amp;#039;ayant pas reçu d&amp;#039;avis favorable en Commission scientifique régionale d&amp;#039;acquisition (format plénier ou délégation permanente).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dossiers présentés en commission plus de douze mois avant la date du comité FRAM.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nature des dépenses éligibles
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ C&amp;#039;est le coût d&amp;#039;acquisition en euros TTC ou HT d&amp;#039;une œuvre ou d&amp;#039;un lot d&amp;#039;œuvres qui est éligible touchant à toutes les techniques (peinture, gravure, dessin, sculpture, photographies, etc.), tous les domaines (beaux-arts, archéologie, mode, design, histoire, histoire naturelle, ethnographie, etc.) et toutes périodes (de la préhistoire à l&amp;#039;art contemporain).
+&lt;/p&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Montant de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le co-financement Etat/région intervient sous la forme d&amp;#039;une subvention attribuée aux institutions propriétaires ou gestionnaires des musées.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est calculé selon un pourcentage variable. Il est versé par le Conseil régional et/ou la DRAC/DAC au vu des justificatifs d&amp;#039;achats des œuvres.
+&lt;/p&gt;
+&lt;p&gt;
+ Il ne peut excéder 80% du coût d&amp;#039;acquisition.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;attribution de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Après la tenue du comité FRAM, si le dossier reçoit un avis favorable, la subvention est adressée à l&amp;#039;acquéreur.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le comité FRAM, co-présidé par des représentants de l&amp;#039;État et du Conseil régional, est composé de conservateurs, d&amp;#039;attachés de conservation du patrimoine et de personnalités qualifiées. Sont examinés la pertinence d&amp;#039;une aide à l&amp;#039;acquisition et le montant de subventionnement, l&amp;#039;aspect scientifique ayant été validé en commission scientifique régionale d&amp;#039;acquisition.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le comité FRAM se réunit une fois par an.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Rendez-vous sur le site du service déconcentré du ministère de la Culture dont vous dépendez pour connaître le calendrier de chaque région.
+&lt;/p&gt;
+&lt;h2&gt;
+ Une question ?
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur les FRAM, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:musees.centre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   musees.centre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand-Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alsace : Sandra PASCALIS,
+  &lt;a href="mailto:sandra.pascalis&amp;#64;culture.gouv.fr"&gt;
+   sandra.pascalis&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Claire HIRSTEL,
+  &lt;a&gt;
+   claire.hirstel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Champagne-Ardenne : Patrick LE CHANU,
+  &lt;a&gt;
+   patrick.lechanu&amp;#64;culture;gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Claire MOLET,
+  &lt;a&gt;
+   claire.molet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lorraine : Suzanne ROBIN,
+  &lt;a&gt;
+   suzanne.robin&amp;#64;culture;gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Vanessa PEVERINI,
+  &lt;a href="mailto:vanessa.peverini&amp;#64;culture.gouv.fr"&gt;
+   vanessa.peverini&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Départements Charente, Charente-Maritime, Vienne, Deux-Sèvres : Caroline
+  &lt;a href="mailto:PAPIN,caroline.papin&amp;#64;culture.gouv.fr,%2005%2049%2036%2030%2020)%20/%20son%20assistante%20:%20Marie%20BROSSARD,%20marie.brossard&amp;#64;culture.gouv.fr,%2005%2049%2036%2030%2069"&gt;
+   P
+  &lt;/a&gt;
+  APIN,
+  &lt;a href="mailto:caroline.papin&amp;#64;culture.gouv.fr"&gt;
+   caroline.papin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 20 / son assistante : Marie BROSSARD,
+  &lt;a href="mailto:marie.brossard&amp;#64;culture.gouv.fr"&gt;
+   marie.brossard&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,  05 49 36 30 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements Gironde, Landes, Lot-et-Garonne, Pyrénées Atlantiques : Matthieu DUSSAUGE,
+  &lt;a href="mailto:matthieu.dussauge&amp;#64;culture.gouv.fr"&gt;
+   matthieu.dussauge&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 02 81 / son assistante : Brigitte MOREAU,
+  &lt;a href="mailto:brigitte2.moreau&amp;#64;culture.gouv.fr"&gt;
+   brigitte2.moreau&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 02 10
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements Corrèze, Creuse, Dordogne, Haute-Vienne : Nicolas BEL,
+  &lt;a href="mailto:nicolas.bel&amp;#64;culture.gouv.fr"&gt;
+   nicolas.bel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 55 45 66 75 / son assistante : Marie-Pierre LEMERY,
+  &lt;a href="mailto:marie-pierre.lemery&amp;#64;culture.gouv.fr"&gt;
+   marie-pierre.lemery&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 55 45 66 74
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>Selon région
+&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
+&lt;br /&gt;
+date de clôture de l&amp;#039;aide : Selon région</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-enrichissement-des-collections-des-musees-de-france-fram</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c81-aide-a-lenrichissement-des-collections-des-mu/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC24" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
+        <v>150680</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études et travaux sur les bâtiments des Musées de France (hors monuments historiques)</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux sur les bâtiments des musées de France (hors monuments historiques)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DRAC/DAC/DCJS/MAC, en lien avec le service des musées de France du ministère de la Culture, peut apporter son aide scientifique, technique et financière aux projets dont les dépenses concernent les travaux de construction et d&amp;#039;aménagement des équipements constitutifs du musée tels que : la construction de bâtiments neufs, dont les réserves, l&amp;#039;extension ou le réaménagement de bâtiments anciens, dont les réserves, la mise aux normes des bâtiments (accessibilité/sécurité/sûreté), la restauration des collections / chantier des collections si cumul avec une subvention pour rénovation architecturale et muséographique.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;h3&gt;
+ Que sont les études et travaux sur les bâtiments des &amp;#34;Musées de France&amp;#34; ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Le soutien et le contrôle scientifique et technique de l&amp;#039;État s&amp;#039;exercent dès le début du projet, tout particulièrement durant l&amp;#039;élaboration du projet scientifique et culturel (rendu obligatoire pour tous les musées de France par la loi relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine (LCAP) du 7 juillet 2016), l&amp;#039;étude de programmation et les phases d&amp;#039;avant-projet sommaire (APS) et d&amp;#039;avant-projet définitif (APD). Ils associent le(la) conseiller(e) pour les musées de la DRAC/DAC/DCJS/MAC, le Service des musées de France (conservateur référent au bureau des réseaux territoriaux, architecte-conseil et ingénieur-conseil du Bureau de l&amp;#039;expertise architecturale, muséographique et technique), auxquels peuvent être associés les experts du Centre de recherche et de restauration des musées de France (C2RMF) ou les conseillers de la Mission de la sécurité, de la sûreté et de l&amp;#039;audit (MISSA) de la Direction générale des patrimoines du ministère de la Culture.
+&lt;/p&gt;
+&lt;h3&gt;
+ À quel stade du projet sera déterminé le montant de son financement ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Le coût d&amp;#039;un projet d&amp;#039;investissement de musée bénéficiant de l&amp;#039;appellation « Musée de France » est déterminé lors de la phase des études en deux temps :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Lors de l&amp;#039;étude de programmation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette phase est essentielle pour la conception d&amp;#039;un musée en permettant notamment aux maîtres d&amp;#039;ouvrage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;exprimer leurs objectifs et leurs contraintes et d&amp;#039;être éclairés sur les différents scénarios envisageables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de définir le cahier des charges architecturales et techniques, base de la consultation de maîtrise d&amp;#039;œuvre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;estimer l&amp;#039;enveloppe prévisionnelle financière de l&amp;#039;opération avec une approche de préférence en coût global qui permet, notamment, la prise en compte des coûts d&amp;#039;investissement du projet de construction ainsi que ceux liés à son exploitation (charges liées aux consommations énergétiques, aux consommations d&amp;#039;eau...), à la maintenance, au remplacement des équipements ou des matériaux, aux impacts environnementaux, etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme, au vu de ces éléments, devra, dans la mesure du possible, évaluer les moyens en personnel nécessaires au fonctionnement de l&amp;#039;établissement.
+&lt;/p&gt;
+&lt;p&gt;
+ La détermination de cette enveloppe prévisionnelle permettra au maître d&amp;#039;ouvrage de consulter ses partenaires financiers pressentis sur le projet afin d&amp;#039;inscrire les contributions demandées dans le plan prévisionnel de financement. Il est possible, dans certains cas, d&amp;#039;accompagner financièrement le maître d&amp;#039;ouvrage pour l&amp;#039;étude de programmation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Lors de l&amp;#039;avant-projet définitif (APD)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;APD fixe les options techniques et financières de l&amp;#039;opération, et notamment son périmètre et son coût global.
+&lt;/p&gt;
+&lt;p&gt;
+ À ce stade, le maître d&amp;#039;ouvrage dépose une demande de subvention auprès de la DRAC pour la phase travaux (hors taxe), dont le montant est définitif, forfaitaire et non révisable.
+&lt;/p&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le musée demandeur déposant doit bénéficier de l&amp;#039;appellation &amp;#34;Musée de France&amp;#34;.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appellation musée de France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet scientifique et culturel (PSC) validé par le ministère de la Culture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement économique et culturel des territoires :
+  &lt;ul&gt;
+   &lt;li&gt;
+    projet présentant un intérêt régional, inter-régional, national, européen
+   &lt;/li&gt;
+   &lt;li&gt;
+    convention de développement culturel, accord-cadre, le cas échéant
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualité architecturale et muséographique du projet :
+  &lt;ul&gt;
+   &lt;li&gt;
+    architecture de qualité avec notamment des innovations technologiques en relation avec la transition écologique
+   &lt;/li&gt;
+   &lt;li&gt;
+    mise aux normes (accessibilité/sécurité/sûreté)
+   &lt;/li&gt;
+   &lt;li&gt;
+    conditions de conservation des collections
+   &lt;/li&gt;
+   &lt;li&gt;
+    présentation au public
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nature des dépenses éligibles
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Phase d&amp;#039;études préliminaires :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Diagnostics
+   &lt;/li&gt;
+   &lt;li&gt;
+    Étude de programmation architecturale et muséographique
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appel à la concurrence pour le recrutement de la maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de maîtrise d&amp;#039;œuvre architecturales et muséographiques :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Avant-projet sommaire (APS)
+   &lt;/li&gt;
+   &lt;li&gt;
+    Avant-projet définitif (APD)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses indirectes liées à la réalisation du projet :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Restaurations des collections et chantier des collections :
+   &lt;/li&gt;
+   &lt;li&gt;
+    Travaux de construction ou de rénovation du/des bâtiments (hors restauration MH)
+   &lt;/li&gt;
+   &lt;li&gt;
+    Aménagements et mobiliers muséographiques ; outils de médiations dont les multimédias
+   &lt;/li&gt;
+   &lt;li&gt;
+    Travaux de soclage des collections, chantiers des collections
+   &lt;/li&gt;
+   &lt;li&gt;
+    Honoraires de maîtrise d&amp;#039;œuvre
+   &lt;/li&gt;
+   &lt;li&gt;
+    Honoraires missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses relatives à la maîtrise du foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements paysagers connexes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fouilles archéologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Voiries
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parkings
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de Communication
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Montant de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le ministère de la Culture peut accorder une subvention d&amp;#039;environ 15% du montant HT des dépenses subventionnables, correspondant au cumul des dépenses propres au projet architectural et muséographique (de la programmation à la réception des travaux). Le montant définitif de la subvention ne peut avoir pour effet de porter le montant total des aides publiques au-delà du montant de la dépense subventionnable.
+ &lt;br /&gt;
+ Le taux de subvention du ministère de la Culture est fixé après étude de la situation financière des collectivités locales concernées mais également au regard de l&amp;#039;intérêt et de la qualité du projet, du projet scientifique et culturel, des conditions de conservation, de la présentation au public, etc.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Défini par chaque service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC).
+&lt;/p&gt;
+&lt;p&gt;
+ Le compte rendu financier et qualitatif doit parvenir à la DRAC au plus tard 6 mois après la clôture de l&amp;#039;année de versement de la subvention.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;h2&gt;
+ Une question ?
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour toute question sur les études et travaux sur les bâtiments des Musées de France, vous êtes invités à vous adresser au(x) conseiller(s) musée du service déconcentré du ministère de la Culture (DRAC/DAC/DCJS/MAC) dont vous dépendez.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:musees.centre&amp;#64;culture.gouv.fr%C2%A0"&gt;
+   musees.centre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand-Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Alsace : Sandra PASCALIS,
+  &lt;a href="mailto:sandra.pascalis&amp;#64;culture.gouv.fr"&gt;
+   sandra.pascalis&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Claire HIRSTEL,
+  &lt;a&gt;
+   claire.hirstel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Champagne-Ardenne : Patrick LE CHANU,
+  &lt;a&gt;
+   patrick.lechanu&amp;#64;culture;gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Claire MOLET,
+  &lt;a&gt;
+   claire.molet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lorraine : Suzanne ROBIN,
+  &lt;a&gt;
+   suzanne.robin&amp;#64;culture;gouv.fr
+  &lt;/a&gt;
+  / Son assistante : Vanessa PEVERINI,
+  &lt;a href="mailto:vanessa.peverini&amp;#64;culture.gouv.fr"&gt;
+   vanessa.peverini&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle-Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Départements Charente, Charente-Maritime, Vienne, Deux-Sèvres : Caroline
+  &lt;a href="mailto:PAPIN,caroline.papin&amp;#64;culture.gouv.fr,%2005%2049%2036%2030%2020)%20/%20son%20assistante%20:%20Marie%20BROSSARD,%20marie.brossard&amp;#64;culture.gouv.fr,%2005%2049%2036%2030%2069"&gt;
+   P
+  &lt;/a&gt;
+  APIN,
+  &lt;a href="mailto:caroline.papin&amp;#64;culture.gouv.fr"&gt;
+   caroline.papin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 49 36 30 20 / son assistante : Marie BROSSARD,
+  &lt;a href="mailto:marie.brossard&amp;#64;culture.gouv.fr"&gt;
+   marie.brossard&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ,  05 49 36 30 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements Gironde, Landes, Lot-et-Garonne, Pyrénées Atlantiques : Matthieu DUSSAUGE,
+  &lt;a href="mailto:matthieu.dussauge&amp;#64;culture.gouv.fr"&gt;
+   matthieu.dussauge&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 02 81 / son assistante : Brigitte MOREAU,
+  &lt;a href="mailto:brigitte2.moreau&amp;#64;culture.gouv.fr"&gt;
+   brigitte2.moreau&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 57 95 02 10
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements Corrèze, Creuse, Dordogne, Haute-Vienne : Nicolas BEL,
+  &lt;a href="mailto:nicolas.bel&amp;#64;culture.gouv.fr"&gt;
+   nicolas.bel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 55 45 66 75 / son assistante : Marie-Pierre LEMERY,
+  &lt;a href="mailto:marie-pierre.lemery&amp;#64;culture.gouv.fr"&gt;
+   marie-pierre.lemery&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 05 55 45 66 74
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/aide-investissement" rel="noopener" target="_blank"&gt;
+ Accéder au formulaire - Demande de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;a href="https://www.demarches-simplifiees.fr/commencer/compte-rendu-subvention" rel="noopener" target="_blank"&gt;
+ Accéder au formulaire - Compte-rendu de subvention
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>Environ 15% du montant HT des dépenses subventionnables
+&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
+&lt;br /&gt;
+date de clôture de l&amp;#039;aide : Selon région</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-des-musees-de-france-hors-monuments-historiques</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS/MAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e47-etudes-et-travaux-sur-les-batiments-des-musee/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>147698</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition et la restauration de documents patrimoniaux des bibliothèques (FRRAB)</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;acquisition et restauration de documents patrimoniaux des bibliothèques (FRRAB)</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif d&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux, qui n&amp;#039;existe que dans certaines régions françaises, vise à accompagner les bibliothèques territoriales dans leurs projets d&amp;#039;acquisition et/ou de restauration de manuscrits, livres imprimés anciens ou livres d&amp;#039;artistes, estampes ou photographies à travers des fonds régionaux financés à parité entre l&amp;#039;État (services déconcentrés du ministère de la Culture c&amp;#039;est-à-dire les DRAC) et les régions.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;h3&gt;
+ Qu&amp;#039;est-ce qu&amp;#039;un document patrimonial ?
+&lt;/h3&gt;
+&lt;p&gt;
+ On rassemble sous l&amp;#039;appellation de patrimoine écrit les collections de manuscrits et archives, de livres imprimés antérieurs avant 1830 et autres collections spécialisées (cartes et plans, estampes, photographies, monnaies et médailles etc.) conservées par les bibliothèques territoriales françaises et mises à disposition du public.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont dits &amp;#34;patrimoniaux&amp;#34; les documents rares, précieux, anciens ou contemporains, appartenant à l&amp;#039;État ou à une collectivité territoriale, quels que soient leur nature, leur provenance, ou leur support et faisant l&amp;#039;objet d&amp;#039;une décision de conservation pérenne.
+&lt;/p&gt;
+&lt;h3&gt;
+ Objectifs de la démarche
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux a pour objectif d&amp;#039;aider les bibliothèques territoriales à enrichir et à faire restaurer les documents patrimoniaux de leurs collections qui le nécessitent.
+&lt;/p&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le demandeur doit être une collectivité territoriale agissant pour le compte de sa bibliothèque.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les demandes émanant de collectivités territoriales pour le compte de leur service d&amp;#039;archives et de leur musée ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les documents acquis ou restaurés doivent être conservés par la bibliothèque.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le projet doit concerner une acquisition déjà réalisée ou un projet de restauration à venir, sous réserve de présentation d&amp;#039;un devis validé par le groupe d&amp;#039;experts en restauration réunis par le ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ Il peut aussi, selon les régions, concerner des opérations exceptionnelles de valorisation des fonds patrimoniaux.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères de non-éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;acquisition non encore réalisés ne sont pas éligibles.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nature des dépenses éligibles
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le prix d&amp;#039;acquisition auprès d&amp;#039;un libraire ou d&amp;#039;adjudication en vente aux enchères publiques hors frais
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts de restauration, hors taxe
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts engagés dans le cadre d&amp;#039;une opération de valorisation exceptionnelle, hors taxes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Procédure
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Montant de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le montant de la subvention allouée varie suivant les projets et les régions.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;attribution de la subvention
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ La subvention est versée en une seule fois.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les projets de restauration sont évalués après avis du groupe d&amp;#039;experts restauration du ministère de la Culture. C&amp;#039;est sur la base de cet avis que la commission régionale du Fonds régional de restauration et acquisition des bibliothèques (FRRAB) se prononce.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;acquisition sont évalués par la commission régionale du FRRAB, le plus souvent sur présentation physique du document acheté.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Comment déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Si une subvention vous est accordée, un compte rendu financier devra être déposé auprès de l&amp;#039;autorité administrative qui a versé la subvention dans les six mois suivant la fin de l&amp;#039;exercice (année) au cours duquel la subvention a été accordée.
+&lt;/p&gt;
+&lt;h2&gt;
+ Exemples de projets soutenus précédemment
+&lt;/h2&gt;
+&lt;p&gt;
+ A venir.
+&lt;/p&gt;
+&lt;h2&gt;
+ L&amp;#039;acquisition et la restauration de documents patrimoniaux en région
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes (dépôt terminé)
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h3&gt;
+ Présentation du dispositif
+&lt;/h3&gt;
+&lt;p&gt;
+ Le FRRAB permet de soutenir la politique menée par les collectivités locales de la région en faveur de l&amp;#039;enrichissement des fonds patrimoniaux de leurs bibliothèques, ainsi que la restauration des documents qu&amp;#039;elles conservent.
+&lt;/p&gt;
+&lt;h3&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h3&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité
+&lt;/h4&gt;
+&lt;p&gt;
+ Le FRRAB est destiné aux bibliothèques territoriales (bibliothèques municipales et intercommunales) et porte sur les collections patrimoniales (fonds anciens et bibliophilie contemporaine).
+&lt;/p&gt;
+&lt;h3&gt;
+ Procédure
+&lt;/h3&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 14 avril 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Une question ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Pour toute question sur l&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à la DRAC, Jocelyne Despinasse :
+  &lt;a href="mailto:jocelyne.despinasse&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   jocelyne.despinasse&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la Région Auvergne-Rhône-Alpes, Marie-Cécile Brunet :
+  &lt;a href="mailto:marie-cecile.brunet&amp;#64;auvergnerhonealpes.fr" rel="noopener" target="_blank"&gt;
+   marie-cecile.brunet&amp;#64;auvergnerhonealpes.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Aides-demarches/Appels-a-projets-partenaires/Fonds-regional-de-restauration-et-d-acquisition-pour-les-bibliotheques"&gt;
+  https://www.culture.gouv.fr/Aides-demarches/Appels-a-projets-partenaires/Fonds-regional-de-restauration-et-d-acquisition-pour-les-bibliotheques
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire (dépôt jusqu&amp;#039;au 28 août 2023)
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h3&gt;
+ Présentation du dispositif
+&lt;/h3&gt;
+&lt;p&gt;
+ Le FRRAB constitué entre la DRAC Centre-Val de Loire et la Région Centre-Val de Loire a pour objet d&amp;#039;aider les collectivités territoriales à conduire le traitement scientifique des collections patrimoniales, à assurer la conservation de leurs collections, à les enrichir et à les valoriser.
+&lt;/p&gt;
+&lt;h3&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h3&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dossiers « Restauration » devront avoir obligatoirement reçu l&amp;#039;avis favorable du groupe d&amp;#039;experts en restauration réunis par le ministère de la Culture, avant le passage en commission.
+&lt;/p&gt;
+&lt;h3&gt;
+ Procédure
+&lt;/h3&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;attribution de la subvention
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;État et la Région contribuent, à parité, aux ressources du FRRAB. Cette parité s&amp;#039;apprécie globalement et annuellement pour l&amp;#039;ensemble des dossiers subventionnées.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation des dossiers
+&lt;/h4&gt;
+&lt;p&gt;
+ En région Centre-Val de Loire, le FRRAB est administré par un comité qui examine les dossiers présentés par les collectivités territoriales et propose une éventuelle intervention financière ainsi que son taux. La décision définitive relève, en ce qui concerne l&amp;#039;État, du préfet de région ; en ce qui concerne la Région Centre-Val de Loire, du président du conseil régional.
+&lt;/p&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 28 août 2023, 23h59
+  &lt;/strong&gt;
+  (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réunion de la commission du FRRAB : 24 septembre 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Une question ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Pour toute question sur l&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux en Centre-Val de Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michèle Prevost :
+  &lt;a href="mailto:michele.prevost&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   michele.prevost&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sabrina Proust :
+  &lt;a href="mailto:sabrina.proust&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sabrina.proust&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Regions/Drac-Centre-Val-de-Loire/Vos-demarches/Subventions/Livre-Lecture/Bibliotheques/Patrimoine-ecrit-FRRAB"&gt;
+  https://www.culture.gouv.fr/Regions/Drac-Centre-Val-de-Loire/Vos-demarches/Subventions/Livre-Lecture/Bibliotheques/Patrimoine-ecrit-FRRAB
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie (dépôt terminé)
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h3&gt;
+ Présentation du dispositif
+&lt;/h3&gt;
+&lt;p&gt;
+ La Normandie dispose d&amp;#039;un patrimoine écrit exceptionnel, conservé le plus souvent dans les bibliothèques publiques, parfois dans certaines maisons d&amp;#039;écrivains ou dans les services d&amp;#039;archives communales ou départementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Un Fonds régional d&amp;#039;Acquisition pour les Bibliothèques a été institué respectivement en Haute-Normandie, dès 1994 et en Basse-Normandie en 2006, financé à parité par l&amp;#039;État et le Conseil régional. Dès l&amp;#039;origine, le fonds bas-normand incluait dans le périmètre de ses aides les opérations de restaurations préalablement validées par le Comité technique national de restauration (CTR, devenu le groupe d&amp;#039;experts en restauration, réunis par le ministère de la Culture), mais également la conservation préventive des collections et les actions destinées à mettre en valeur et améliorer la connaissance des fonds patrimoniaux conservés par les bibliothèques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce large périmètre d&amp;#039;actions en faveur du patrimoine écrit a également été adopté par le fonds haut-normand, de sorte qu&amp;#039;a pu, tout naturellement, s&amp;#039;opérer l&amp;#039;harmonisation, puis la fusion des deux dispositifs en 2017, à l&amp;#039;occasion de la fusion des deux régions de Basse et de Haute-Normandie.
+&lt;/p&gt;
+&lt;p&gt;
+ En 2019, à l&amp;#039;issue de sa convention triennale conclue entre l&amp;#039;État et le Conseil régional, ce dernier n&amp;#039;a pas souhaité renouveler son engagement dans ce fonds de soutien au patrimoine écrit qui devient désormais Fonds pour la restauration et les acquisitions des Bibliothèques (FRAB), abondé en totalité par l&amp;#039;État (DRAC de Normandie).
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs
+&lt;/h4&gt;
+&lt;p&gt;
+ Le FRAB a vocation de soutenir la politique menée par les collectivités locales et les EPCI de Normandie en faveur de l&amp;#039;enrichissement, de la restauration et de la mise en valeur des fonds patrimoniaux de leurs bibliothèques publiques. Les documents concernés sont de nature diverse : manuscrits, livres anciens, documents iconographiques, livres d&amp;#039;artistes, bibliophilie, etc. reflétant l&amp;#039;incroyable richesse des fonds conservés dans notre région.
+&lt;/p&gt;
+&lt;h3&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h3&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Le coût minimum unitaire d&amp;#039;achat pour solliciter le concours du FRAB est fixé à 500 €.
+&lt;/p&gt;
+&lt;p&gt;
+ S&amp;#039;agissant des
+ &lt;strong&gt;
+  acquisitions précieuses
+ &lt;/strong&gt;
+ , trois directions principales sont retenues :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  compléter les fonds dans le sens de leur spécificité régionale ou locale, et de leur complémentarité avec les autres fonds conservés en région
+ &lt;/li&gt;
+ &lt;li&gt;
+  assurer l&amp;#039;acquisition de documents anciens, rares et précieux
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer l&amp;#039;entrée de documents contemporains (livres d&amp;#039;artistes, livres de bibliophilie contemporaine, papiers d&amp;#039;auteurs, fonds constitués, estampes, etc.) dans les collections publiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ S&amp;#039;agissant des
+ &lt;strong&gt;
+  projets de restauration
+ &lt;/strong&gt;
+ , le FRAB intervient lorsque ces actions de restauration :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrivent dans une politique globale de conservation et de valorisation se traduisant en un programme pluriannuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  sont menées en prévision d&amp;#039;une valorisation des documents concernés, par exemple dans le cadre d&amp;#039;une exposition future ou d&amp;#039;un prêt
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondent à une situation d&amp;#039;urgence dans laquelle l&amp;#039;intégrité d&amp;#039;un document serait menacée à court terme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets de restauration doivent avoir reçu un avis favorable du CTR pour être éligibles au FRAB.
+&lt;/p&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  projets de conservation préventive
+ &lt;/strong&gt;
+ doivent faire appel prioritairement au financement de la
+ &lt;a rel="noopener" target="_blank"&gt;
+  Dotation générale de décentralisation (DGD)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , surtout lorsqu&amp;#039;il s&amp;#039;agit d&amp;#039;opérations de grande ampleur (reconditionnement complet d&amp;#039;un fonds, etc.) et / ou faisant appel à l&amp;#039;emploi de vacataires pour leur mise en œuvre (dépoussiérage, etc.). Toutefois, des achats ponctuels de conditionnement et de petit matériel de conservation peuvent être éligibles au FRAB si leur importance ne justifie pas le dépôt d&amp;#039;un dossier DGD.
+&lt;/p&gt;
+&lt;p&gt;
+ S&amp;#039;agissant de la
+ &lt;strong&gt;
+  mise en valeur des fonds patrimoniaux
+ &lt;/strong&gt;
+ , le FRAB intervient uniquement pour les opérations qui ne sont pas couvertes par la DGD. Le FRAB peut soutenir les dépenses afférentes aux opérations de mise en valeur telles qu&amp;#039;expositions, opérations exceptionnelles de médiation, performances, installations, etc. La réalisation de catalogues ou de scénographies d&amp;#039;expositions, l&amp;#039;appel à des compagnies artistiques, conférenciers, graphistes et autres prestataires du domaine artistique culturel sont ainsi éligibles ; en revanche, les dépenses de gardiennage, de transport ou d&amp;#039;assurance d&amp;#039;œuvres ne le sont pas.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères de non-éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  opérations de conservation faisant suite à un sinistre
+ &lt;/strong&gt;
+ (désinfection, dépoussiérage, reconditionnement, déménagement, etc.) sont prises en compte par la DGD et ne sont pas éligibles au FRAB.
+&lt;/p&gt;
+&lt;p&gt;
+ La
+ &lt;strong&gt;
+  construction
+ &lt;/strong&gt;
+ , l&amp;#039;
+ &lt;strong&gt;
+  agrandissement
+ &lt;/strong&gt;
+ et l&amp;#039;
+ &lt;strong&gt;
+  aménagement des locaux dédiés à la conservation du patrimoine
+ &lt;/strong&gt;
+ , ainsi que leur
+ &lt;strong&gt;
+  équipement mobilier et matériel pérenne
+ &lt;/strong&gt;
+ sont des opérations d&amp;#039;investissement. Comme telles, elles sont éligibles à la DGD et non au FRAB.
+&lt;/p&gt;
+&lt;p&gt;
+ De même, toutes les
+ &lt;strong&gt;
+  opérations ressortissant au signalement et à la numérisation des collections
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  patrimoniales
+ &lt;/strong&gt;
+ doivent faire l&amp;#039;objet de dossier DGD et / ou du dépôt d&amp;#039;une demande de soutien auprès de la BnF dans le cadre du pôle associé régional BnF/DRAC/NL&amp;amp;L.
+&lt;/p&gt;
+&lt;h3&gt;
+ Procédure
+&lt;/h3&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation des dossiers
+&lt;/h4&gt;
+&lt;p&gt;
+ Sont subventionnées, en priorité, les acquisitions de documents significatifs, quels qu&amp;#039;en soient le type et le support, dont le coût dépasse les possibilités budgétaires normales des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est à noter que les projets relatifs à la valorisation ne sont pas prioritaires par rapports aux opérations d&amp;#039;acquisition et de restauration, qui demeurent le cœur du dispositif FRAB. L&amp;#039;accompagnement financier éventuel des opérations de mise en valeur dépendra du nombre et du montant des dossiers jugés prioritaires présentés la même année au comité technique.
+&lt;/p&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 15 mai 2023, 23h59
+  &lt;/strong&gt;
+  (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réunion du comité technique : 20 juin 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Regions/DRAC-Normandie/Aides-et-demarches/Aides-et-demarches-pour-la-creation-artistique-et-le-developpement-des-publics/Le-Fonds-Regional-de-Restauration-et-d-Acquisition-pour-les-Bibliotheques-FRAB"&gt;
+  https://www.culture.gouv.fr/Regions/DRAC-Normandie/Aides-et-demarches/Aides-et-demarches-pour-la-creation-artistique-et-le-developpement-des-publics/Le-Fonds-Regional-de-Restauration-et-d-Acquisition-pour-les-Bibliotheques-FRAB
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie (dépôt terminé)
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h3&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h3&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Les opérations éligibles à une subvention du FRRAB peuvent porter sur des
+ &lt;strong&gt;
+  acquisitions patrimoniales remarquables
+ &lt;/strong&gt;
+ ou des
+ &lt;strong&gt;
+  opérations de restauration, de conservation préventive ou curative
+ &lt;/strong&gt;
+ et des
+ &lt;strong&gt;
+  actions de valorisation particulièrement marquantes
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Ces opérations doivent avoir un caractère exceptionnel au regard des actions relevant du fonctionnement courant de l&amp;#039;établissement. Elles doivent être menées en cohérence avec la politique et le projet culturel de l&amp;#039;établissement et de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles toutes opérations d&amp;#039;acquisition ou de restauration effectuées depuis la date limite de dépôt de dossier FRRAB de l&amp;#039;année précédente et toute action devant être réalisée avant la fin de l&amp;#039;exercice de l&amp;#039;année en cours.
+&lt;/p&gt;
+&lt;h3&gt;
+ Procédure
+&lt;/h3&gt;
+&lt;h4&gt;
+ Montant de la subvention
+&lt;/h4&gt;
+&lt;p&gt;
+ Les actions peuvent être soutenues par l&amp;#039;État jusqu&amp;#039;à 80 % maximum de la valeur d&amp;#039;acquisition ou du coût de l&amp;#039;opération hors taxes.
+&lt;/p&gt;
+&lt;p&gt;
+ En raison des coûts de gestion, la DRAC Occitanie n&amp;#039;examinera pas de dossier qui conduirait à attribuer une subvention inférieure à 1000 €.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation des dossiers
+&lt;/h4&gt;
+&lt;p&gt;
+ Les demandes sont examinées par le comité de gestion du FRRAB.
+&lt;/p&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 13 juillet 2023, 23h59
+  &lt;/strong&gt;
+  (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Date de la Commission : 25 juillet 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Une question ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Pour toute question sur l&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux en Occitanie, vous êtes invités à vous adresser à :
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>Suivant région
+&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
+&lt;br /&gt;
+date de clôture de l&amp;#039;aide : Suivant région</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-acquisition-et-restauration-de-documents-patrimoniaux-des-bibliotheques-frrab</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>DGMIC &amp;gt; Bureau du patrimoine
+patrimoine.sll&amp;#64;culture.gouv.fr ; 01 40 15 75 24
+182 rue Saint-Honoré, 75033 Paris cedex 01</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ed3-aide-a-lacquisition-et-restauration-de-docume/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC26" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>13/08/2023</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
+        <v>145872</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (FALC)</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (version en français simplifié)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le ministère de la Culture a mis en place un plan pour lutter contre les violences et harcèlement sexistes et sexuels ou VHSS. Vous travaillez dans le secteur du spectacle vivant et des arts visuels ? Vous demandez ou souhaitez renouveler une aide financière auprès du ministère de la culture ?
 &lt;/p&gt;
 &lt;p&gt;
  Depuis 2022, les structures culturelles du
  &lt;strong&gt;
   spectacle vivant
  &lt;/strong&gt;
  et des
  &lt;strong&gt;
   arts visuels
  &lt;/strong&gt;
  doivent respecter le plan de lutte contre les VHSS. C&amp;#039;est une condition pour recevoir les aides financières du ministère de la culture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que le plan de lutte contre les VHSS ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le ministère de la Culture a mis en place le plan de lutte contre les VHSS (violences et harcèlements sexistes et sexuels). C&amp;#039;est la loi &amp;#34;Schiappa&amp;#34;, votée le 3 août 2018.
 &lt;/p&gt;
 &lt;p&gt;
  La loi &amp;#34;Schiappa&amp;#34; renforce la lutte contre les violences sexuelles et sexistes. Par exemple contre les violences sexuelles, contre les comportements ou les paroles mal placées à connotations sexuelles, ...
@@ -840,17402 +9131,7218 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Cliquer sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
  &lt;/li&gt;
  &lt;li&gt;
   Connectez-vous ou créez un compte, puis laissez-vous guider pour remplir le formulaire.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  Si le ministère de la Culture vous accorde une aide financière, le formulaire sera un document officiel. Ce formulaire sera joint aux documents du projet, c&amp;#039;est-à-dire à la convention ou l&amp;#039;arrêté de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  Ceci signifie que vous devrez mettre en place les actions pour lutter contre les VHSS décrites dans le formulaire.
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous demanderons un bilan détaillé des actions réalisées à la fin du projet ou tous les ans si le projet dure plusieurs années.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Êtes-vous concerné par cette démarche ?
 &lt;/p&gt;
 &lt;p&gt;
  Vous devez déposer un dossier si :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous travaillez dans le secteur des arts visuels et du spectacle vivant
  &lt;/li&gt;
  &lt;li&gt;
   Vous êtes :
   &lt;ul&gt;
    &lt;li&gt;
     Une association
    &lt;/li&gt;
    &lt;li&gt;
     Une commune
    &lt;/li&gt;
    &lt;li&gt;
     Un département
    &lt;/li&gt;
    &lt;li&gt;
     Une EPCI à fiscalité propre
    &lt;/li&gt;
    &lt;li&gt;
     Un établissement public
    &lt;/li&gt;
    &lt;li&gt;
     Une entreprise privée
    &lt;/li&gt;
    &lt;li&gt;
     Une entreprise publique locale
    &lt;/li&gt;
    &lt;li&gt;
     Une personne physique qui travaille dans une structure culturelle
    &lt;/li&gt;
    &lt;li&gt;
     Une région
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Vous avez déposé une demande d&amp;#039;aide financière auprès du ministère de la culture pour un projet.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/lutte-contre-les-vhss-violences-et-harcelement-sexistes-et-sexuels-dans-le-spectacle-vivant-et-les-arts-visuels-version-en-francais-simplifie</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W27" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/theatre-spectacle_vhss</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La sous-direction des affaires financières et générales (SDAFIG) répond à toutes vos questions sur la lutte contre les VHSS :
 &lt;/p&gt;
 &lt;p&gt;
  Direction générale de la création artistique (DGCA)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sous-direction des affaires financières et générales
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:demarchevhss.creation&amp;#64;culture.gouv.fr" target="_self"&gt;
   demarchevhss.creation&amp;#64;culture.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 40 15 88 32
 &lt;/p&gt;
 &lt;p&gt;
  62 Rue Beaubourg, 75003 Paris
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1290-lutte-contre-les-vhss-violences-et-harcelemen/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC27" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>16/07/2023</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E6" s="1" t="inlineStr">
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>142648</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la publication et à la diffusion de la recherche archéologique</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la publication et à la valorisation de la recherche archéologique</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H6" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="I28" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N6" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture apporte son soutien à la diffusion des résultats de la recherche archéologique en accordant des subventions pour la préparation de publication et l&amp;#039;édition d&amp;#039;ouvrages, ainsi que pour l&amp;#039;organisation de colloques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le soutien à la publication et à la diffusion de la recherche archéologique ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions accordées par le ministère de la Culture dans le cadre du soutien à la publication et à la diffusion de la recherche archéologique sont destinées à aider les chercheurs à publier les résultats de leurs recherches ou à organiser des colloques.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces recherches doivent témoigner d&amp;#039;un intérêt national ou international à travers le caractère exemplaire ou novateur des méthodes développées, l&amp;#039;importance ou la pertinence des résultats fournis, l&amp;#039;approche synthétique et la mise en perspective d&amp;#039;un certain nombre de résultats jusque-là épars.
+ &lt;br /&gt;
+ Les projets de diffusion de la recherche archéologique de niveau régional peuvent être subventionnés par les DRAC.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois types de subvention sont accordées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide à la préparation de publication d&amp;#039;un travail de recherche. Elle permet de réaliser un travail de mise en forme pour obtenir un manuscrit publiable, structuré avec des illustrations éditables et une bibliographie harmonisée à partir de données de terrain.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide à l&amp;#039;édition d&amp;#039;une thèse, d&amp;#039;un rapport de fouille, d&amp;#039;une monographie de site, des résultats d&amp;#039;un PCR etc. Elle permet de passer du manuscrit au produit fini. Elle contribue à financer l&amp;#039;édition de l&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide à la valorisation permet de soutenir la réalisation de colloques ou d&amp;#039;évènements en lien avec la recherche archéologique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien à la publication et à la diffusion de la recherche archéologique participe à la politique générale du ministère de la Culture d&amp;#039;étude et de transmission d&amp;#039;un patrimoine commun. Les fouilles archéologiques permettent de documenter les modes de vie des sociétés qui nous ont précédé. Avec la conservation des vestiges, la rédaction du rapport de fouille constitue la première étape des recherches qui permet la restitution historique du site fouillé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est plafonné à 80% du budget du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée par le ministère de la Culture sur le compte bancaire de la structure porteuse du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les publications, le bénéficiaire s&amp;#039;engage à mentionner la participation du ministère de la culture en plaçant sur la page de titre &amp;#34;Ministère de la culture, direction générale des patrimoines et de l&amp;#039;architecture, service du patrimoine, sous-direction de l&amp;#039;archéologie&amp;#34; sur chaque livraison des éditions concernées et à faire figurer le logo du ministère en 4e de couverture.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les colloques, le logo du ministère doit être placé sur les outils de diffusion (programmes et affiches).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont examinés au regard des critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la complétude des dossiers financier, administratif et scientifique
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;équilibre financier de la structure porteuse du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  les subventions sont accordées en fonction de la cohérence et de l&amp;#039;aboutissement du projet, évalués par des experts qui soumettent leurs préconisations au sous-directeur de l&amp;#039;archéologie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;examen des dossiers est fait selon le processus suivant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Étape 1 :
+ &lt;/strong&gt;
+ Le dossier comprend un formulaire administratif, un ensemble de pièces obligatoires communes à toutes les aides et des pièces complémentaires spécifiques à chaque type d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Étape 2 :
+ &lt;/strong&gt;
+ Le dossier numérique complet est transmis par le demandeur (porteur de projet ou éditeur) à la DRAC ou au Drassm (département de recherches archéologiques subaquatiques ou sous-marines) s&amp;#039;il s&amp;#039;agit d&amp;#039;un projet de recherche en sous-marin.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Étape 3 :
+ &lt;/strong&gt;
+ La complétude du dossier est vérifiée par le service compétent. Il est assorti d&amp;#039;un avis de la CTRA (commission territoriale de la recherche archéologique) et d&amp;#039;un avis du Conservateur régional de l&amp;#039;archéologie ou du directeur du Drassm témoignant de la portée nationale ou internationale du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Étape 4 :
+ &lt;/strong&gt;
+ Le dossier est transmis à la direction générale des patrimoines et de l&amp;#039;architecture (sous-direction de l&amp;#039;archéologie) qui examine la demande et décide de l&amp;#039;octroi d&amp;#039;une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La direction générale des patrimoines et de architecture (sous-direction de l&amp;#039;archéologie) examine les demandes 3 fois par an :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  07 mars 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  25 mai 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  28 septembre 2023
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Entre 2019 et 2022, le SPDRA a apporté son soutien à l&amp;#039;édition de plus de 50 ouvrages et l&amp;#039;organisation d&amp;#039;une dizaine de colloques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
-Bâtiments et construction
-[...4 lines deleted...]
-      <c r="O6" s="1" t="inlineStr">
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S6" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personne privée adossée à une personne morale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets qui répondent aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  avoir une portée nationale voire internationale. L&amp;#039;intérêt national peut reposer sur le caractère exemplaire ou novateur des méthodes développées, l&amp;#039;importance ou la pertinence des résultats fournis. Le cadre géographique de la recherche n&amp;#039;est pas forcément restrictif de son intérêt national
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets francophones ou intégrant une traduction en français
+ &lt;/li&gt;
+ &lt;li&gt;
+  être porté par une structure détenant un numéro SIRET (association, maison d&amp;#039;édition, UMR, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles les projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dont l&amp;#039;intérêt n&amp;#039;est pas de portée nationale ou internationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  portant sur des recherches effectuées hors du territoire français et ne concernant pas l&amp;#039;archéologie nationale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dans le cadre d&amp;#039;une demande d&amp;#039;aide à la préparation de publication :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les crédits alloués ne peuvent abonder des demandes d‘aide pour analyses ou pour mise en état de mobilier en vue de leur étude, qui relèvent des DRAC et DAC au titre de l&amp;#039;archéologie programmée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de fonctionnement ne sont pas éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dans tous les cas de demandes :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le montant de la subvention demandé ne peut pas dépasser 80% du budget global du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
-[...6274 lines deleted...]
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-a-la-publication-et-a-la-valorisation-de-la-recherche-archeologique</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur le SPDRA, vous êtes invités à vous adresser au :
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat du SPDRA
  &lt;br /&gt;
  Direction générale des patrimoines et de l&amp;#039;architecture
  &lt;br /&gt;
  Service du Patrimoine – Sous-direction de l&amp;#039;archéologie
  &lt;br /&gt;
  &lt;a href="mailto:secretariat.SPDRA&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
   secretariat.SPDRA&amp;#64;culture.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  01 40 15 77 15
  &lt;br /&gt;
  182 rue Saint-Honoré, 75033 Paris cedex 01
 &lt;/p&gt;
 &lt;p&gt;
  ou au
  &lt;a href="https://www.culture.gouv.fr/Regions" rel="noopener" target="_blank"&gt;
   service déconcentré
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  du ministère de la Culture du lieu de réalisation de votre projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/822d-soutien-a-la-publication-et-a-la-diffusion-de/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC28" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>04/06/2023</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E20" s="1" t="inlineStr">
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
+        <v>142212</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités territoriales qui ont signé la convention Ville ou Pays d'art et d’histoire</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux collectivités territoriales qui ont signé la convention Ville ou Pays d&amp;apos;art et d’histoire</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H20" s="1" t="inlineStr">
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &amp;#34;Villes ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; est un label attribué par le ministère de la Culture aux collectivités qui s&amp;#039;engagent dans une politique active de qualité du patrimoine, de l&amp;#039;architecture et du cadre de vie sur l&amp;#039;ensemble de leur territoire. La labellisation ouvre droit à l&amp;#039;attribution d&amp;#039;une subvention lorsque les porteurs de projet en font la demande pour l&amp;#039;aménagement d&amp;#039;un centre de ressources et de partage des informations relatives à l&amp;#039;évolution du territoire, à son histoire et à ses richesses culturelles, patrimoniales et architecturales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que le label &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créé en 1985, le label &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; est attribué à des territoires qui s&amp;#039;engagent à s&amp;#039;appuyer sur leurs ressources culturelles, patrimoniales et architecturales pour aménager leur territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le terme de patrimoine doit être entendu dans son acception la plus large, puisqu&amp;#039;il concerne aussi bien l&amp;#039;ensemble du patrimoine bâti que les patrimoines naturel, industriel, maritime, technique ainsi que la mémoire des habitants.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le ministère de la Culture accompagne les collectivités tout au long de leur démarche de &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;. Une convention, renégociable tous les dix ans, est signée entre le territoire labellisé et l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle engage la collectivité à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  recruter un animateur de l&amp;#039;architecture et du patrimoine en charge de la mise en œuvre de la convention
+ &lt;/li&gt;
+ &lt;li&gt;
+  valoriser le patrimoine et promouvoir la création et la qualité architecturale
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer une politique des publics : sensibilisation des habitants et de tous les professionnels à leur environnement architectural et paysager, initiation du public jeune à l&amp;#039;architecture et au patrimoine, accueil du public touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en place un Centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine (CIAP) qui présente de manière didactique l&amp;#039;architecture et le patrimoine de la ville ou du pays. Il constitue un véritable lieu d&amp;#039;accueil des visiteurs, de ressources et de débat pour les habitants et pour les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce label engage les collectivités à mettre en œuvre une
+ &lt;strong&gt;
+  politique active en matière de valorisation du patrimoine et de qualité architecturale
+ &lt;/strong&gt;
+ et présente de nombreux avantages. Il permet ainsi aux territoires labellisés de gagner en visibilité, de rejoindre le réseau national des Villes ou Pays d&amp;#039;art et d&amp;#039;histoire et de bénéficier de l&amp;#039;expertise du ministère de la Culture dans plusieurs domaines, notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la création et la qualité architecturale
+ &lt;/li&gt;
+ &lt;li&gt;
+  la conservation et la restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  les expositions et programmes culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  la médiation écrite, humaine, numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;éducation artistique et culturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accueil des publics en situation de handicap
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;édition
+ &lt;/li&gt;
+ &lt;li&gt;
+  la professionnalisation du secteur en ouvrant le droit d&amp;#039;accès aux formations dispensées par les services du ministère de la Culture : une formation &amp;#34;prise de poste&amp;#34; et un séminaire annuel de formation à l&amp;#039;attention des animateurs de l&amp;#039;architecture et du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les collectivités territoriales avec lesquelles l&amp;#039;État a signé une convention &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; peuvent également bénéficier d&amp;#039;une
+ &lt;strong&gt;
+  aide financière
+ &lt;/strong&gt;
+ pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le salaire d&amp;#039;un animateur de l&amp;#039;architecture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;étude de scénographie du centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine (CIAP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents de communication chartés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les actions pédagogiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous souhaitez en savoir plus sur le label Ville ou Pays d&amp;#039;art et d&amp;#039;histoire ? Rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Aides-demarches/Protections-labels-et-appellations/Label-Ville-et-Pays-d-art-et-d-histoire" rel="noopener" target="_blank"&gt;
+  En savoir plus sur le label
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Montant de la subvention
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la convention &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;. La subvention représente 50% du montant total de la dépense affectée au projet, dans la mesure du possible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À savoir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  100 000€ maximum pour la scénographie des centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  50% du salaire de l&amp;#039;animateur de l&amp;#039;architecture et du patrimoine dans la limite de 20 000€ pendant 3 ans
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  &lt;strong&gt;
+   → Modalités d&amp;#039;attribution de la subvention
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une seule fois sur la base d&amp;#039;une demande annuelle et d&amp;#039;un compte d&amp;#039;emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : janvier 2023.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 15 octobre 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connectez-vous ou créez un compte, puis laissez-vous guider.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  PAYS D&amp;#039;ART ET D&amp;#039;HISTOIRE DE MOULINS COMM UNAUTÉ
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le 7 janvier 2021 a été signée la nouvelle convention du label Pays d&amp;#039;art et d&amp;#039;histoire qui regroupe désormais 44 communes. Le territoire du Pays d&amp;#039;art et d&amp;#039;histoire s&amp;#039;étend au périmètre de la communauté d&amp;#039;agglomération de Moulins Communauté, regroupant 65 000 habitants sur un territoire de 1 336 km 2 . Il associe trois types de paysage : le Bocage à l&amp;#039;ouest, la Sologne bourbonnaise à l&amp;#039;est, reliés par le Val d&amp;#039;Allier où coule l&amp;#039;une des dernières rivières sauvages d&amp;#039;Europe. Le projet de Pays d&amp;#039;art et d&amp;#039;histoire s&amp;#039;inscrit pleinement dans la stratégie de la collectivité qui souhaite désenclaver le territoire tout en le rendant plus attractif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TROYES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3 mars 2022 , le label &amp;#34;Ville d&amp;#039;art et d&amp;#039;histoire&amp;#34; a officiellement été renouvelé à la ville de Troyes pour la décennie 2022-2032. 15 Villes et Pays d&amp;#039;art et d&amp;#039;histoire sont labellisés dans le Grand Est sur un total de 206 en France.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  REIMS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La nouvelle convention du label &amp;#34;Ville et pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; a été signée le 29 juin 2021, permettant de confirmer la place de Reims parmi les territoires labellisés sur le Grand Est. La Ville de Reims Ouvre une nouvelle fenêtre est labellisée Ville d&amp;#039;art et d&amp;#039;histoire depuis 1987 et compte deux sites classés UNESCO.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Architecture</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales ayant signé la convention &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; peuvent faire une demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour garantir l&amp;#039;attribution de la subvention, il est conseillé de prendre contact préalablement avec les services déconcentrés du ministère de la Culture dans votre région afin de vérifier que votre demande est compatible avec les objectifs du label &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités n&amp;#039;étant pas labellisées &amp;#34;Ville ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34; ne sont pas autorisées à faire une demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses de fonctionnement peuvent être subventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses d&amp;#039;investissement concernant la scénographie des centres d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine peuvent être subventionnées par le ministère de la Culture.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/soutien-aux-collectivites-territoriales-qui-ont-signe-la-convention-ville-ou-pays-d-art-et-d-histoire</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_patrimoine</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DGPA &amp;gt; Bureau de la qualité architecturale et du paysage
+aide-architecture&amp;#64;culture.gouv.fr ; 01 40 15 84 08
+182 rue Saint-Honoré, 75033 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur le soutien aux collectivités territoriales qui ont signé la convention Ville ou Pays d&amp;#039;art et d&amp;#039;histoire, vous êtes invités à vous adresser au service déconcentré du ministère de la Culture dans votre région :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Départements 01, 07, 26, 38, 42, 69, métropole de Lyon, 73, 74 :
+  &lt;a href="mailto:gilles.soubigou&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   gilles.soubigou&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements 03, 15, 43, 63 :
+  &lt;a href="mailto:claire.raflin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   claire.raflin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clermont-Ferrand :
+  &lt;a href="mailto:dorothee.lanno&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   dorothee.lanno&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dijon :
+  &lt;a href="mailto:gael.tournemolle&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   gael.tournemolle&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 80 68 50 78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Besançon :
+  &lt;a href="mailto:stephane.aubertin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   stephane.aubertin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 81 65 72 40
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:xavier.de-saint-chamas&amp;#64;culture.gouv.fr"&gt;
+   xavier.de-saint-chamas&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:sylvie.marchant&amp;#64;culture.gouv.fr"&gt;
+   sylvie.marchant&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:eleonore.bozzi&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   eleonore.bozzi&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:irene.jornet&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   irene.jornet&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 88 15 57 03
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lille :
+  &lt;a href="mailto:colette.drean&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   colette.drean&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 28 36 61 45 ; 06 85 99 80 00
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amiens :
+  &lt;a href="mailto:sandrine.platerier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sandrine.platerier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 22 97 33 74 ; 06 31 78 75 03
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:agathe.cartier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   agathe.cartier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 03 28 36 61 88 ; 06 67 54 27 64
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:katya.samardzic&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   katya.samardzic&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:ariane.salmet&amp;#64;culture.gouv.fr"&gt;
+   ariane.salmet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:daniele.moureu&amp;#64;culture.gouv.fr"&gt;
+   daniele.moureu&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bordeaux :
+  &lt;a href="mailto:emmanuelle.maillet&amp;#64;culture.gouv.fr"&gt;
+   emmanuelle.maillet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  (coordination régionale du Label)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poitiers :
+  &lt;a href="mailto:marie-claude.aubert&amp;#64;culture.gouv.fr"&gt;
+   marie-claude.aubert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  (9 départements)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Limoges :
+  &lt;a href="mailto:nicolas.bel&amp;#64;culture.gouv.fr"&gt;
+   nicolas.bel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  (3 départements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 05 67 73 20 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:nathalie.poux&amp;#64;culture.gouv.fr"&gt;
+   nathalie.poux&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:alexandra.maniere&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   alexandra.maniere&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:etienne.bartczak&amp;#64;culture.gouv.fr"&gt;
+   etienne.bartczak&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:sylvaine.leyondre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sylvaine.leyondre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:marienoelle.martial&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   marie-noelle.martial&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 05 90 41 14 48 ; 06 90 35 38 11
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:carine.olive&amp;#64;culture.gouv.fr"&gt;
+   carine.olive&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:carine.olive&amp;#64;guyane.pref.gouv.fr%20"&gt;
+   carine.olive&amp;#64;guyane.pref.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:carine.durand&amp;#64;culture.gouv.fr"&gt;
+   carine.durand&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:uap.martinique&amp;#64;culture.gouv.fr%C2%A0" rel="noopener" target="_blank"&gt;
+   uap.martinique&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:david.briot&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   david.briot&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 05 96 60 79 64
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;a href="mailto:dac-mayotte&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  dac-mayotte&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7339-soutien-aux-collectivites-territoriales-qui-o/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>28/05/2023</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
+        <v>141277</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions favorisant la présence, la visibilité et l'utilisation du français</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Emploi et diffusion de la langue française</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>425.000€ à répartir entre les projets</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le dispositif d&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux, qui n&amp;#039;existe que dans certaines régions françaises, vise à accompagner les bibliothèques territoriales dans leurs projets d&amp;#039;acquisition et/ou de restauration de manuscrits, livres imprimés anciens ou livres d&amp;#039;artistes, estampes ou photographies à travers des fonds régionaux financés à parité entre l&amp;#039;État (services déconcentrés du ministère de la Culture c&amp;#039;est-à-dire les DRAC) et les régions.
+ Les actions favorisant la présence, la visibilité et l&amp;#039;utilisation du français dans tous les domaines de la vie économique, scientifique, culturelle et sociale, peuvent faire l&amp;#039;objet d&amp;#039;un soutien et d&amp;#039;une subvention versée par le ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;appui à l&amp;#039;emploi et à la diffusion de la langue française ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Langue de la République&amp;#34; au titre de la Constitution, la langue française est un bien commun, gage d&amp;#039;unité qui réunit nos concitoyens, mais aussi l&amp;#039;ensemble de la communauté des francophones dans le monde. En France même, un &amp;#34;droit au français&amp;#34; est garanti par le cadre légal, défini par la loi Toubon du 4 août 1994. L&amp;#039;ensemble des domaines de notre société, au quotidien, est concerné : services publics, éducation, recherche, entreprises, monde du travail, consommation, médias ou publicité, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui à l&amp;#039;emploi et à la diffusion de la langue française vise à favoriser la présence du français dans la vie économique, sociale, culturelle et scientifique, spécialement lorsque cette présence est constitutive d&amp;#039;un enjeu de développement économique, de cohésion sociale, d&amp;#039;accessibilité ou d&amp;#039;attractivité de notre pays, ou lorsqu&amp;#039;elle permet un renforcement des solidarités francophones.
+&lt;/p&gt;
+&lt;p&gt;
+ À titre d&amp;#039;exemple, l&amp;#039;appui de la Direction générale de la langue française et des langues de France (DGLFLF) pourra être sollicité pour des démarches contribuant à la mise en place de stratégies linguistiques francophones ou plurilingues dans des institutions ou des entreprises, pour des projets favorisant la diffusion de savoirs scientifiques et techniques en français dans une logique de solidarité Nord/Sud et de meilleure transmission vers les étudiants et la société dans son ensemble.
+&lt;/p&gt;
+&lt;p&gt;
+ Face à la facilité ou à l&amp;#039;appauvrissement que représente l&amp;#039;utilisation systématique d&amp;#039;une seule langue de communication internationale et d&amp;#039;échange, la DGLFLF souhaite pouvoir apporter son soutien à des initiatives en faveur de la présence du français - avec d&amp;#039;autres langues -, en France, en Europe ou dans le monde. Ce soutien intervient dès lors que l&amp;#039;action envisagée poursuit un objectif exemplaire, visant un impact significatif, ou présente un &amp;#34;effet de levier&amp;#34; de nature à permettre ou favoriser l&amp;#039;emploi de notre langue en toutes circonstances, le cas échéant, dans une démarche plurilingue. Ce soutien peut également s&amp;#039;appliquer à des manifestations (colloques, séminaires, etc.) qui ont vocation à réfléchir à ces enjeux ou qui se proposent d&amp;#039;illustrer l&amp;#039;expression scientifique et technique en langue française comme la compréhension en &amp;#34;plus d&amp;#039;une langue&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ S&amp;#039;agissant de l&amp;#039;enseignement supérieur et de la recherche, la DGLFLF souhaite également accompagner des travaux ou l&amp;#039;élaboration d&amp;#039;outils favorisant la production, la diffusion et la &amp;#34;découvrabilité&amp;#34; en ligne des connaissances et des données en français et en toutes langues.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;enveloppe annuelle globale de la mission Emploi et diffusion de la langue française est d&amp;#039;environ 425 000 €. Le montant médian des subventions attribuées est de 5 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la nature et la qualité du projet, et selon le budget prévisionnel de réalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une seule fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets à dimension régionale doivent être adressés en priorité aux services déconcentrés du ministère : directions régionales des affaires culturelles (France métropolitaine), directions des affaires culturelles (Guadeloupe, Martinique, Mayotte, La Réunion), DCJS de Guyane, missions aux affaires culturelles (Saint-Pierre-et-Miquelon, Nouvelle-Calédonie, Polynésie française).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appréciation de l&amp;#039;éligibilité et de l&amp;#039;opportunité de soutenir un projet s&amp;#039;exerce en deux temps :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sur demande écrite, accompagnée d&amp;#039;une description précise du projet, du public visé, des modalités d&amp;#039;action et des résultats attendus
+ &lt;/li&gt;
+ &lt;li&gt;
+  après expertise du projet, au regard de sa faisabilité, de son impact et de sa compatibilité avec les objectifs généraux de la politique du ministère et de la DGLFLF pour ce qui concerne la présence du français
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le service sera également sensible aux éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets innovants ou structurants
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en réseau de partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  intervention dans les domaines critiques pour la présence de la langue française
+ &lt;/li&gt;
+ &lt;li&gt;
+  importance du public ou des usagers concernés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets ou les actions projetées prévoyant un rendu ou des livrables en libre accès seront examinés en priorité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées par la DGLFLF sont attribuées sur une base annuelle, c&amp;#039;est-à-dire que l&amp;#039;on peut en faire la demande toute l&amp;#039;année. Toutefois pour sécuriser les projets et faciliter la programmation annuelle, les demandes de subvention peuvent être déposées avant le début de l&amp;#039;année budgétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Un bilan ou un point d&amp;#039;étape du projet ou des actions menées devra être transmis au plus tard un an après le versement de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ À titre d&amp;#039;exemple, ont été soutenus précédemment pour leurs actions en faveur de l&amp;#039;emploi et la diffusion de la langue française :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;association The Conversation France, en soutien à son action en faveur de diffusion des savoirs en langue française
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Observatoire européen du plurilinguisme, en soutien à ses actions en faveur du plurilinguisme et de la diversité linguistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association La Caravane des dix mots, qui coordonne un réseau de projets artistiques sur le partage de la langue française dans le monde et l&amp;#039;organisation de la Première Biennale des Langues
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;UAR 5638 Mathdoc et son infrastructure d&amp;#039;édition Centre Mersenne Centre Mersenne (CNRS) en soutien à la création d&amp;#039;une plateforme de traduction automatique de textes scientifiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif de soutien s&amp;#039;adresse en priorité à des institutions, des associations, des organisations professionnelles dont la mission essentielle – d&amp;#039;étude ou de promotion – s&amp;#039;applique aux enjeux sociaux, économiques et linguistiques de la présence de la langue française et des autres langues dans tous les domaines de la société.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux et rencontres appelant une traduction-interprétation peuvent être éligibles à un soutien, dès lors que les coûts sont partagés et que les rencontres, par leur sujet, leur importance politique et leur impact prévu, présentent une dimension prioritaire pour la DGLFLF.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets et actions organisées en France ont vocation à être étudiés par la DGLFLF qui pourra le cas échéant inviter les porteurs de projets à solliciter le soutien des services déconcentrés du ministère de la Culture (DRAC, DAC) ou de ses établissements publics. Les projets et actions organisés à l&amp;#039;étranger auront vocation à être traités avec le réseau culturel et diplomatique français (ministère de l&amp;#039;Europe et des Affaires étrangères).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets qui ne portent pas sur la langue française prise en elle-même ou dans ses rapports avec les autres langues ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention peut couvrir en tout ou partie des dépenses d&amp;#039;investissement, de fonctionnement ou des charges de personnel directement afférentes au projet déposé.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un projet pluriannuel, la subvention a un caractère incitatif et le soutien initial de la DGLFLF est apporté pour favoriser un effet de levier permettant de recueillir d&amp;#039;autres participations ou pour permettre à l&amp;#039;organisme porteur du projet d&amp;#039;atteindre rapidement des résultats lui conférant les moyens de son autonomie financière.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/emploi-et-diffusion-de-la-langue-francaise</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_transmission-culturelle</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur l&amp;#039;appui à l&amp;#039;emploi et à la diffusion de la langue française, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ Délégation générale à la langue française et aux langues de France (DGLFLF)
+&lt;/p&gt;
+&lt;p&gt;
+ Mission emploi et diffusion de la langue française
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:emploi.dglflf&amp;#64;culture.gouv.fr" target="_self"&gt;
+  emploi.dglflf&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 40 15 36 73
+&lt;/p&gt;
+&lt;p&gt;
+ 3 rue de Valois 75033 PARIS cedex 01
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f869-emploi-et-diffusion-de-la-langue-francaise/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC30" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>14/05/2023</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>133037</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et des travaux sur les monuments historiques</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>France Ruralités</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux sur monuments historiques</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaque année, plusieurs milliers d&amp;#039;immeubles et d&amp;#039;objets mobiliers protégés au titre des monuments historiques (MH) font l&amp;#039;objet d&amp;#039;études et de travaux d&amp;#039;entretien, de réparation, de restauration ou de mise en sécurité. Les propriétaires d&amp;#039;immeubles ou d&amp;#039;objets mobiliers classés ou inscrits au titre des monuments historiques peuvent, sous certaines conditions, bénéficier de subventions pour ces études et travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce qu&amp;#039;un monument historique ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un monument historique est un
+ &lt;strong&gt;
+  immeuble
+ &lt;/strong&gt;
+ (bâti ou non bâti : bâtiment, ouvrage d&amp;#039;art, jardin, place publique, grotte ornée, site archéologique, etc.) ou un
+ &lt;strong&gt;
+  objet mobilier
+ &lt;/strong&gt;
+ (objet d&amp;#039;art, meuble, orgue, bateau, machine, etc.) recevant un
+ &lt;strong&gt;
+  statut juridique destiné à le protéger pour son intérêt
+ &lt;/strong&gt;
+ historique, artistique, technique ou scientifique afin qu&amp;#039;il soit conservé, restauré et mis en valeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce statut de « monument historique » est une reconnaissance par la Nation de l&amp;#039;intérêt patrimonial d&amp;#039;un bien. Cette protection implique une responsabilité partagée entre les propriétaires et la collectivité nationale au regard de sa conservation et de sa transmission aux générations à venir.
+&lt;/p&gt;
+&lt;p&gt;
+ Il existe deux niveaux de protection au titre des monuments historiques : l&amp;#039;inscription et le classement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   monuments historiques classés
+  &lt;/strong&gt;
+  sont des
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006845801/" rel="noopener" target="_blank"&gt;
+   immeubles
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou des
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006845875" rel="noopener" target="_blank"&gt;
+   objets mobiliers
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  dont la protection et la conversation
+  &lt;strong&gt;
+   présentent, du point de vue de l&amp;#039;histoire ou de l&amp;#039;art, un intérêt public
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   monuments inscrits
+  &lt;/strong&gt;
+  sont des
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006845840" rel="noopener" target="_blank"&gt;
+   immeubles
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou des
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006845902?init&amp;#61;true&amp;amp;page&amp;#61;1&amp;amp;query&amp;#61;L.&amp;#43;622-7&amp;amp;searchField&amp;#61;ALL&amp;amp;tab_selection&amp;#61;all" rel="noopener" target="_blank"&gt;
+   objets mobiliers
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  qui, sans justifier d&amp;#039;une demande de classement,
+  &lt;strong&gt;
+   présentent un intérêt suffisant pour en rendre désirable la préservation
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous souhaitez en savoir plus sur le statut juridique particulier des monuments historiques ? Rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Thematiques/Monuments-Sites" rel="noopener" target="_blank"&gt;
+  En savoir plus
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez rechercher un bien protégé au titre des monuments historiques ? Consultez la plateforme ouverte du patrimoine (base Mérimée pour les immeubles et base Palissy pour les objets mobiliers) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pop.culture.gouv.fr/" rel="noopener" target="_blank"&gt;
+  Plateforme ouverte du patrimoine
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez géolocaliser un bien protégé au titre des monuments historiques ? Consultez l&amp;#039;atlas des patrimoines :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://atlas.patrimoines.culture.fr/atlas/trunk/" rel="noopener" target="_blank"&gt;
+  Atlas des patrimoines
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;aide en faveur des études, de l&amp;#039;entretien, de la restauration et de la mise en sécurité des monuments historiques ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les propriétaires peuvent, sous certaines conditions, bénéficier de subventions octroyées par le ministère de la Culture : le ministère de la Culture soutient les propriétaires de biens classés ou inscrits au titre des monuments historiques, responsables de la conservation de leur immeuble ou objet mobilier.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subventions sont déposées auprès de / adressées aux services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS) par les maîtres d&amp;#039;ouvrage responsables des travaux envisagés sur des biens protégés au titre des monuments historiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le service déconcentré du ministère de la Culture apprécie l&amp;#039;intérêt général de l&amp;#039;opération, la priorité des travaux et l&amp;#039;application de critères de modulation du taux pour définir l&amp;#039;éligibilité et le montant de la subvention, en tenant compte des crédits disponibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi les taux moyens de subvention sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  40 % sur un immeuble classé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 % pour un immeuble inscrit au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour un objet mobilier classé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  30 % pour un objet mobilier inscrit au titre des monuments historiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une subvention par l&amp;#039;État, dans la limite des crédits disponibles, est une possibilité et non un droit.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services déconcentrés du ministère de la Culture, dans le cadre du contrôle scientifique et technique, aident les propriétaires, à définir les travaux adaptés et les conseillent sur le choix d&amp;#039;une
+ &lt;a href="https://www.culture.gouv.fr/fr/Thematiques/Monuments-Sites/Acteurs-metiers-formations/Les-partenaires/Les-maitres-d-aeuvre" rel="noopener" target="_blank"&gt;
+  maîtrise d&amp;#039;œuvre
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ qualifiée pour les immeubles classés et les orgues.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;échanger sur l&amp;#039;éligibilité du projet et pour la bonne constitution du dossier, il est recommandé de consulter, en amont de la demande de subvention, le service déconcentré du ministère de la Culture (conservation régionale des monuments historiques) de la région dans laquelle se situe le monument historique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;opération doit porter sur la
+ &lt;strong&gt;
+  conservation
+ &lt;/strong&gt;
+ (entretien, réparation, mise en sécurité) ou la
+ &lt;strong&gt;
+  restauration
+ &lt;/strong&gt;
+ d&amp;#039;un immeuble ou d&amp;#039;un objet mobilier inscrit ou classé au titre des monuments historiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au décret du 25 juin 2018 relatif aux subventions de l&amp;#039;État pour des projets d&amp;#039;investissement, aucun commencement d&amp;#039;exécution du projet ne peut être opéré avant la date de réception par le service déconcentré du ministère de la Culture de la demande de subvention. Le commencement d&amp;#039;exécution est réputé constitué par le premier acte juridique passé pour la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour les travaux de restauration, il est conseillé de joindre l&amp;#039;accusé de réception de la demande d&amp;#039;autorisation de travaux, voire de déposer la demande de subvention concomitamment à la demande d&amp;#039;autorisation de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus sur la demande d&amp;#039;autorisation, rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Thematiques/Monuments-Sites/Interventions-demarches/Travaux-sur-un-objet-un-immeuble-un-espace" rel="noopener" target="_blank"&gt;
+  En savoir plus sur la demande d&amp;#039;autorisation de travaux
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions de l&amp;#039;État pour l&amp;#039;entretien, la réparation, la restauration ou la mise en sécurité des monuments historiques constituent un levier majeur de
+ &lt;strong&gt;
+  préservation du patrimoine national
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Tous les ans, plus de 6 000 opérations sont engagées sur plus de 3 500 immeubles inscrits ou classés. Près de 1 000 opérations sont engagées chaque année sur les objets mobiliers, notamment les orgues.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions accordées par l&amp;#039;État ont un effet de levier important (1,67 en 2021). L&amp;#039;investissement qu&amp;#039;elles génèrent permet à de nombreuses entreprises (TPE et PME), hautement qualifiées, de se maintenir, de se développer et de préserver leurs savoir-faire et compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propriétaires privés de monuments historiques (immeubles ou objets mobiliers) peuvent bénéficier en outre d&amp;#039;un régime fiscal particulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus sur les subventions et dispositifs fiscaux, rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Thematiques/Monuments-Sites/Interventions-demarches/Subventions-et-dispositifs-fiscaux" rel="noopener" target="_blank"&gt;
+  En savoir plus sur les subventions et dispositifs fiscaux
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Sanctions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les infractions constatées, telles que la destruction, la dégradation ou la détérioration d&amp;#039;un immeuble ou d&amp;#039;un objet mobilier protégé sont
+ &lt;a href="https://www.culture.gouv.fr/fr/Thematiques/Monuments-Sites/Interventions-demarches/Sanctions-administratives-et-penales" rel="noopener" target="_blank"&gt;
+  sanctionnées par les dispositions du code du patrimoine, du code de l&amp;#039;urbanisme et du code pénal
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de subvention versé aux bénéficiaires dépend notamment des crédits disponibles, de la nature des travaux à réaliser et de leur complexité, et des capacités financières du pétitionnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;assiette pour le calcul de la subvention est le montant des travaux éligibles sur les parties protégées au titre des monuments historiques uniquement. Le calcul est effectué hors taxes (HT) pour les propriétaires publics et les sociétés, qui récupèrent la TVA, et toutes taxes comprises (TTC) pour les propriétaires privés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales (à l&amp;#039;exception de celles situées en outre-mer) qui assurent la maîtrise d&amp;#039;ouvrage des travaux d&amp;#039;investissement sur leurs propres monuments historiques doivent apporter au moins 20 % du montant total des financements publics, sauf dérogation du préfet de département.
+&lt;/p&gt;
+&lt;p&gt;
+ La dotation d&amp;#039;équipement des territoires ruraux (DETR) et la dotation de soutien à l&amp;#039;investissement local (DSIL) ne peuvent bénéficier directement aux travaux de restauration des immeubles protégés au titre des monuments historiques, mais peuvent financer des travaux d&amp;#039;équipements sur ces mêmes édifices.
+&lt;/p&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  taux moyens
+ &lt;/strong&gt;
+ de subvention sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  40 % sur un immeuble classé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 % pour un immeuble inscrit au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour un objet mobilier classé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  30 % pour un objet mobilier inscrit au titre des monuments historiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément à l&amp;#039;article 7 du décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;État pour des projets d&amp;#039;investissement, l&amp;#039;autorité compétente dispose d&amp;#039;un délai maximum de
+ &lt;strong&gt;
+  huit mois
+ &lt;/strong&gt;
+ à compter de la date d&amp;#039;accusé de réception de la demande de subvention pour instruire la demande et attribuer la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément à l&amp;#039;article 12 du même décret :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le versement de la subvention est effectué sur justification de la réalisation du projet et de la conformité de ses caractéristiques avec celles visées par la décision attributive
+ &lt;/li&gt;
+ &lt;li&gt;
+  une avance peut être versée lors du commencement d&amp;#039;exécution du projet. Sauf dispositions particulières prévues dans la réglementation européenne relative aux fonds structurels et d&amp;#039;investissement, cette avance ne peut excéder 30 % du montant maximum de la subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  des acomptes peuvent être versés au fur et à mesure de l&amp;#039;avancement du projet, sans pouvoir excéder 80 % du montant maximum de la subvention. Ce taux peut être porté à 90 % pour les projets dont le délai de réalisation excède 48 mois.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;examen des dossiers et la détermination du montant de la subvention prennent en compte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les caractéristiques particulières du monument historique
+ &lt;/li&gt;
+ &lt;li&gt;
+  son état actuel (notamment l&amp;#039;urgence en terme de conservation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la nature des travaux projetés (notamment leur complexité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les efforts consentis par le propriétaire ou toute autre personne intéressée à la conservation du monument
+ &lt;/li&gt;
+ &lt;li&gt;
+  la disponibilité des crédits budgétaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant de la participation éventuelle des autres collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les objets mobiliers, l&amp;#039;existence d&amp;#039;un projet de mise en valeur avec présentation au public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation de l&amp;#039;État dépend du niveau de protection du bien (inscrit ou classé) et des disponibilités budgétaires l&amp;#039;année considérée. Les subventions accordées par les services déconcentrés du ministère de la Culture sont toutefois cumulables avec d&amp;#039;autres sources de financement (subventions de la Région, du Département, de l&amp;#039;Union européenne, mécénats, dons, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt des dossiers s&amp;#039;effectue tout au long de l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dossier de demande de subvention doit, dans le cas général, être déposé l&amp;#039;année précédant celle de la réalisation du projet.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Église Saint-Yves - Minihy Tréguier (Côtes d&amp;#039;Armor)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;opération : 1,3 M€ subventionnés à hauteur de 50% par le ministère de la Culture au titre du Fonds Incitatif et Partenarial
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet porté par la commune de Minihy Tréguier accompagnée par la DRAC Bretagne vise à une restauration complète de l&amp;#039;édifice (façades, clocher, intérieurs). Les travaux ont débuté en 2020 et devraient s&amp;#039;achever en 2023.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fort Cigogne - Fouesnant (Finistère)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;opération : 2,9 M€ subventionnés à hauteur de 25% par le ministère de la Culture au titre de la Mission Patrimoine en Péril
+&lt;/p&gt;
+&lt;p&gt;
+ Porté par la commune de Fouesnant - Les Glénans le projet vise à la restauration complète et à la mise en valeur de ce fort construit dans la seconde partie du XVIIIe siècle. Les travaux ont débuté en 2019 et devraient se poursuivre jusqu&amp;#039;en 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Collégiale Notre-Dame de l&amp;#039;Assomption - Crécy la Chapelle (Seine-et-Marne)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;opération : 139 800 € HT subventionnés à hauteur de 50% par le ministère de la Culture au titre du Fonds Incitatif et Partenarial
+&lt;/p&gt;
+&lt;p&gt;
+ Phasé en cinq étapes, le projet de restauration globale de cet édifice du XIIIe siècle a commencé en 2021 par la réfection de la toiture et en 2022 par la restauration des parements intérieurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout propriétaire d&amp;#039;un monument historique peut déposer un dossier, et notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les collectivités territoriales et leurs groupements au sens de l&amp;#039;
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000037739105/2019-04-01" rel="noopener" target="_blank"&gt;
+   article L. 5111-1 du code général des collectivités territoriales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  les personnes morales (associations, fondations, entreprises, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les immeubles ou objets mobiliers classés ou inscrits au titre des monuments historiques en application du code du patrimoine sont éligibles aux aides financières de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Le propriétaire (particulier ou personne morale publique ou privée) ou l&amp;#039;affectataire domanial d&amp;#039;un bien protégé au titre des monuments historiques a la responsabilité de sa conservation. Il est le maître d&amp;#039;ouvrage des travaux qu&amp;#039;il planifie. À ce titre, il lui revient de solliciter une subvention auprès du service déconcentré du ministère de la Culture de la région dans laquelle se trouve le monument historique. S&amp;#039;il délègue sa maîtrise d&amp;#039;ouvrage à un tiers, le mandataire devra faire la preuve de son lien juridique avec le propriétaire pour demander la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions accordées par les services déconcentrés du ministère de la Culture ne sont pas versées de plein droit aux propriétaires maîtres d&amp;#039;ouvrage mais dépendent des crédits disponibles et tiennent compte de plusieurs critères.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les travaux éligibles à ces subventions de l&amp;#039;État sont ceux nécessaires à la conservation (entretien, réparation, mise en sécurité) et à la restauration des parties (extérieures ou intérieures) classées ou inscrites au titre des monuments historiques des immeubles ou des objets mobiliers classés ou inscrits au titre des monuments historiques
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;entretien
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de réparation
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;urgence : clôture de chantier, étaiement, consolidation, couverture provisoire, purges, déposes d&amp;#039;éléments en péril, etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et par ailleurs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les missions de maîtrise d&amp;#039;œuvre afférentes à ces travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études d&amp;#039;évaluation et de diagnostic préalables aux travaux de restauration, incluant le cas échéant les expertises historiques, scientifiques et techniques, pour les immeubles
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de mise en sécurité strictement nécessaires à la conservation de l&amp;#039;immeuble (dispositifs de sécurité incendie, suppression ou neutralisation de réseaux ou d&amp;#039;installations techniques présentant un risque pour la sécurité, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux permettant de garantir la sûreté des objets mobiliers protégés au titre des monuments historiques conservés dans un immeuble protégé ou non au titre des monuments historiques (soclage, fixation, vitrine, protection électronique, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les missions de maîtrise d&amp;#039;œuvre afférentes aux travaux de réparation, relevage et restauration des orgues classés ou inscrits au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études préalables aux travaux ou interventions de conservation et de restauration, incluant le cas échéant les expertises historiques, scientifiques et techniques, pour les objets mobiliers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ À noter : Les travaux de reconstitution (aussi appelés « restitution ») sont des travaux de restauration. Cependant, leur financement n&amp;#039;est pas prioritaire, sauf si la reconstitution est indispensable à la conservation du MH (reconstitution d&amp;#039;une toiture).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les immeubles protégés au titre des monuments historiques,
+ &lt;strong&gt;
+  ne sont pas éligibles les travaux de modification, les aménagements et les opérations de maintenance
+ &lt;/strong&gt;
+ , tels que :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de rénovation (remise à neuf) d&amp;#039;éléments sans valeur patrimoniale (travaux d&amp;#039;aménagements ou de décoration)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;extension et d&amp;#039;aménagement d&amp;#039;espaces supplémentaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création de mobilier
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création artistique (ces interventions relèvent le cas échéant des aides en faveur de la création artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création de mobilier liturgique et d&amp;#039;instruments de musique
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation d&amp;#039;installations de réseaux électriques, de chauffage, de plomberie, d&amp;#039;installations sanitaires, etc. si elle ne relève pas de travaux de sécurité nécessaires à la conservation de l&amp;#039;immeuble
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation ou la mise en œuvre de systèmes de mise en lumière
+ &lt;/li&gt;
+ &lt;li&gt;
+  les vérifications périodiques des fluides, éclairage, chauffage, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements ou les installations liés à l&amp;#039;accessibilité (création et entretien des ascenseurs, rampes, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par principe,
+ &lt;strong&gt;
+  les travaux sur des parties non protégées d&amp;#039;un immeuble partiellement protégé au titre des monuments historiques ne sont pas éligibles
+ &lt;/strong&gt;
+ . Une exception existe à ce principe pour les travaux qui sont strictement nécessaires à la conservation de la partie protégée de l&amp;#039;immeuble.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-monuments-historiques</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conservations régionales des monuments historiques dans les services déconcentrés du ministère de la Culture sont les interlocuteurs des propriétaires de monuments historiques pour les accompagner et les conseiller dans leurs projets d&amp;#039;études ou de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les conservations régionales des monuments historiques dans les services déconcentrés du ministère de la Culture sont les interlocuteurs des propriétaires de monuments historiques pour les accompagner et les conseiller dans leurs projets d&amp;#039;études ou de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur les travaux sur monuments historiques (immeubles, objets mobiliers et orgues), vous êtes invités à vous adresser au service déconcentré du ministère de la Culture territorialement compétent :
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:subvention.crmh.drac.ara&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   subvention.crmh.drac.ara&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh.drac.bfc&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh.drac.bfc&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demandes-crmh.bretagne&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demandes-crmh.bretagne&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:secretariat-crmh.drac-centre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   secretariat-crmh.drac-centre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:crmh.corse&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   crmh.corse&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:secretariat.crmh-drac.acal&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   secretariat.crmh-drac.acal&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh.drac.hdf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh.drac.hdf&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh.dracidf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh.dracidf&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:coordination.patrimoine.drac.normandie&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   coordination.patrimoine.drac.normandie&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh-bordeaux.drac.nouvelleaquitaine&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh-bordeaux.drac.nouvelleaquitaine&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:crmh.drac.occitanie&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   crmh.drac.occitanie&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh.drac.pdl&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh.drac.pdl&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:secretariat-crmh.paca&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   secretariat-crmh.paca&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:courriers.guadeloupe&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   courriers.guadeloupe&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:guyane&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   guyane&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:la-reunion&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   la-reunion&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:secretaire.martinique&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   secretaire.martinique&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:dac-mayotte&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   dac-mayotte&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Barthélemy
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:courriers.guadeloupe&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   courriers.guadeloupe&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Martin
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:courriers.guadeloupe&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   courriers.guadeloupe&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizaraga&amp;#64;spm975.gouv.fr" rel="noopener" target="_blank"&gt;
+   rosiane.de-lizaraga&amp;#64;spm975.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bb9d-aide-aux-etudes-et-travaux-sur-monuments-hist/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>02/04/2023</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>139366</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Aider les équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif des « aides déconcentrées au spectacle vivant » (ADSV) constitue le socle de la politique du ministère de la Culture en faveur des équipes artistiques. Ce dispositif soutient les artistes ou équipes artistiques indépendants pour qu&amp;#039;ils puissent développer leur travail de création et en faire bénéficier le public le plus large possible (diffusion). Il contribue à l&amp;#039;accompagnement du parcours de l&amp;#039;artiste ou de l&amp;#039;équipe artistique dans sa dynamique de création avec des aides ponctuelles (aide au projet) ou pluriannuelles (conventionnements pour 2, 3 ou 4 années consécutives).
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;h3&gt;
- Qu&amp;#039;est-ce qu&amp;#039;un document patrimonial ?
+ Que sont les aides déconcentrées au spectacle vivant (ADSV) ?
 &lt;/h3&gt;
 &lt;p&gt;
- On rassemble sous l&amp;#039;appellation de patrimoine écrit les collections de manuscrits et archives, de livres imprimés antérieurs avant 1830 et autres collections spécialisées (cartes et plans, estampes, photographies, monnaies et médailles etc.) conservées par les bibliothèques territoriales françaises et mises à disposition du public.
-[...2 lines deleted...]
- Sont dits &amp;#34;patrimoniaux&amp;#34; les documents rares, précieux, anciens ou contemporains, appartenant à l&amp;#039;État ou à une collectivité territoriale, quels que soient leur nature, leur provenance, ou leur support et faisant l&amp;#039;objet d&amp;#039;une décision de conservation pérenne.
+ Le dispositif des aides déconcentrées au spectacle vivant (ADSV) constitue le socle de la politique du ministère de la Culture en faveur des équipes artistiques.
+&lt;/p&gt;
+&lt;p&gt;
+ En 2021, le dispositif a concerné :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1.412 équipes artistiques dont :
+  &lt;ul&gt;
+   &lt;li&gt;
+    375 ensembles musicaux
+   &lt;/li&gt;
+   &lt;li&gt;
+    313 compagnies de danse
+   &lt;/li&gt;
+   &lt;li&gt;
+    724 équipes théâtre, cirque et arts de la rue
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  56M€ de crédits attribués par les services déconcentrés du ministère de la Culture en région
+ &lt;/li&gt;
+ &lt;li&gt;
+  700 personnalités qualifiées (programmateurs, artistes, universitaires, etc.) qui se sont mobilisés pour participer à des commissions consultatives et contribuer à éclairer par leurs avis les décisions d&amp;#039;accompagnement des services déconcentrés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aides sont encadrées par des textes réglementaires, réformés en 2021 et 2022, que vous pouvez retrouver en bas de page.
 &lt;/p&gt;
 &lt;h3&gt;
  Objectifs de la démarche
 &lt;/h3&gt;
 &lt;p&gt;
- L&amp;#039;aide à l&amp;#039;acquisition et à la restauration de documents patrimoniaux a pour objectif d&amp;#039;aider les bibliothèques territoriales à enrichir et à faire restaurer les documents patrimoniaux de leurs collections qui le nécessitent.
+ L&amp;#039;objectif principal de la démarche est d&amp;#039;accompagner l&amp;#039;artiste ou l&amp;#039;équipe artistique dans sa dynamique de création. Ainsi, l&amp;#039;attribution d&amp;#039;une aide, quelle qu&amp;#039;elle soit, doit constituer une réponse adaptée à une étape identifiée dans une trajectoire professionnelle et tenir compte des temporalités différentes du travail de l&amp;#039;équipe artistique.
+&lt;/p&gt;
+&lt;h3&gt;
+ Les deux catégories d&amp;#039;aides
+&lt;/h3&gt;
+&lt;p&gt;
+ Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;
+  &lt;strong&gt;
+   aide au projet
+  &lt;/strong&gt;
+  est une
+  &lt;strong&gt;
+   aide ponctuelle
+  &lt;/strong&gt;
+  attribuée pour soutenir la production d&amp;#039;une nouvelle création ou pour permettre la reprise ou la recréation d&amp;#039;un spectacle après une période d&amp;#039;interruption.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le
+  &lt;strong&gt;
+   conventionnement
+  &lt;/strong&gt;
+  est une
+  &lt;strong&gt;
+   aide pluriannuelle
+  &lt;/strong&gt;
+  dont l&amp;#039;enjeu est d&amp;#039;apporter, dans la durée, un soutien adapté au cycle d&amp;#039;activité de l&amp;#039;artiste ou de l&amp;#039;équipe artistique. D&amp;#039;une durée de 2, 3 ou 4 ans consécutifs, selon le parcours de l&amp;#039;artiste et le degré de structuration et de maturité de son projet artistique et culturel, cette aide est destinée aux équipes les plus innovantes et confirmées sur le plan artistique et dont les réalisations ont un rayonnement au minimum national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour en savoir plus sur ces aides et vérifier votre éligibilité, vous êtes invités à prendre contact avec votre conseiller référent en région avant tout dépôt de dossier (voir coordonnées en bas de page).
 &lt;/p&gt;
 &lt;h2&gt;
  Suis-je concerné(e) par cette démarche ?
 &lt;/h2&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Qui peut déposer un dossier ?
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
   EPCI à fiscalité propre
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Critères d&amp;#039;éligibilité du demandeur
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;p&gt;
- Le demandeur doit être une collectivité territoriale agissant pour le compte de sa bibliothèque.
+ Les aides sont destinées à des artistes, collectifs d&amp;#039;artistes, compagnies ou ensembles professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles peuvent être allouées à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un artiste, un collectif d&amp;#039;artistes, une compagnie ou un ensemble professionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  une entreprise artistique et culturelle à qui des artistes, collectifs d&amp;#039;artistes, compagnies ou  ensembles professionnels, concepteurs du projet, ont délégué par contrat la responsabilité de la  mise en œuvre du projet concerné
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans ce dernier cas, une même structure peut assurer le portage de projets pour plusieurs artistes, collectifs, compagnies ou ensembles. Ainsi, la structure peut déposer plusieurs dossiers, en veillant à ne pas dépasser la limite d&amp;#039;une demande par artiste et par année civile.
+&lt;/p&gt;
+&lt;p&gt;
+ Les esthétiques concernées couvrent l&amp;#039;ensemble du champ de la création du spectacle vivant en musique, en danse, théâtre et arts associés (conte, marionnettes, arts de la rue, arts du cirque, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Les artistes et équipes artistiques doivent être en capacité de construire un projet artistique autonome et clairement identifié, et peuvent faire porter leur demande, sur le plan administratif, par une structure tierce (production déléguée) ou une structure mutualisée (par exemple au sein d&amp;#039;un collectif), sauf pour les conventionnements à 3 ans ou à 4 ans en danse et en théâtre et arts associés.
+&lt;/p&gt;
+&lt;h4&gt;
+ Aides déconcentrées au spectacle vivant : musique
+&lt;/h4&gt;
+&lt;p&gt;
+ Les aides déconcentrées au spectacle vivant en musique peuvent être allouée à des artistes solistes, des groupes, des ensembles, des compagnies, des collectifs, des troupes, des chœurs, etc. de l&amp;#039;ensemble de la diversité musicale : musique ancienne (médiévale, renaissance, baroque, etc.), musique classique, musique romantique, musique contemporaine, musiques amplifiées (rock, pop, métal, électro, hip-hop, reggae et tous les dérivés de ces familles musicales), chanson, jazz, musiques improvisées, musiques traditionnelles et du monde, etc. Les musiques peuvent être écrites, orales ou improvisées.
+&lt;/p&gt;
+&lt;h4&gt;
+ Aides déconcentrées au spectacle vivant : danse
+&lt;/h4&gt;
+&lt;p&gt;
+ Les aides déconcentrées au spectacle vivant en danse concernent le champ chorégraphique dans son ensemble : danse baroque, danse contemporaine, danse classique, dans jazz, danse hip-hop, danse moderne, danses du monde, danse néo-classique, danses traditionnelles, etc.
+&lt;/p&gt;
+&lt;h4&gt;
+ Aides déconcentrées au spectacle vivant : théâtre
+&lt;/h4&gt;
+&lt;p&gt;
+ Les aides déconcentrées au spectacle vivant en théâtre, arts de la rue et arts du cirque concernent la diversité des esthétiques et des formes (théâtre dramatique, écritures de plateau, arts de la rue, arts du cirque, marionnettes, théâtre d&amp;#039;objet, théâtre gestuel, arts du récit, etc.), des lieux de représentation (dans des salles de spectacles, d&amp;#039;autres espaces non dédiés, dans l&amp;#039;espace public, sous chapiteau, à domicile, etc.) et de ses publics (adultes, familles, adolescents et enfants, etc.).
+&lt;/p&gt;
+&lt;h4&gt;
+ Aide au projet
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet ne peut pas être cumulée avec le conventionnement pour un même artiste / une même équipe artistique. Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides à la création dans les domaines des arts de la rue et des arts du cirque, aides au compagnonnage auteur, à la recherche, aux résidences, aides à l&amp;#039;écriture musicale, etc.).
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Critères de non-éligibilité du demandeur
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;p&gt;
- Les demandes émanant de collectivités territoriales pour le compte de leur service d&amp;#039;archives et de leur musée ne sont pas éligibles.
-[...3 lines deleted...]
-&lt;/p&gt;
+ Les structures dont l&amp;#039;activité principale est l&amp;#039;enseignement, l&amp;#039;animation et l&amp;#039;intervention pédagogique ne sont pas éligibles à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs devront par ailleurs veiller à respecter les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le dépôt des dossiers est limité à une demande par artiste, collectif, équipe ou ensemble et par année civile
+ &lt;/li&gt;
+ &lt;li&gt;
+  les deux types d&amp;#039;aides (conventionnement et projet) ne sont pas cumulables sur une même période
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Critères d&amp;#039;éligibilité du projet
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;p&gt;
-[...3 lines deleted...]
- Il peut aussi, selon les régions, concerner des opérations exceptionnelles de valorisation des fonds patrimoniaux.
+&lt;h4&gt;
+ Aide au projet
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet soutient les projets de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   production
+  &lt;/strong&gt;
+  d&amp;#039;une nouvelle création
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   reprise ou recréation
+  &lt;/strong&gt;
+  d&amp;#039;un spectacle après une période d&amp;#039;interruption
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La création (première représentation ou reprise) du spectacle pour laquelle l&amp;#039;aide a été attribuée doit intervenir au plus tard le 31 août de l&amp;#039;année civile suivant le versement de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être subventionnés, les projets doivent démontrer de l&amp;#039;existence :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;
+  &lt;strong&gt;
+   au moins un partenariat de production
+  &lt;/strong&gt;
+  avec un ou plusieurs entrepreneurs de spectacle vivant
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;
+  &lt;strong&gt;
+   un nombre minimal de représentations
+  &lt;/strong&gt;
+  en vue de la représentation du projet aidé
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le nombre de partenariats et de représentations est défini par arrêté du ministre de la Culture pour chaque esthétique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des critères d&amp;#039;éligibilité pour les aides aux projet est détaillé, par discipline, dans l&amp;#039;annexe 2 de la circulaire disponible en bas de page.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour les projets de création, de recréation ou de reprise, l&amp;#039;équipe devra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévoir au moins 3 représentations dans les 20 mois (2 pour l&amp;#039;outre-mer) pour les projets en musique
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévoir au moins 4 représentations dans les 20 mois (3 pour l&amp;#039;outre-mer ou pour une première demande) pour les projets en danse
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévoir au moins 8 représentations dans les 20 mois (5 pour l&amp;#039;outre-mer ou pour une première demande) pour les projets en théâtre et arts associés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les projets de reprise, l&amp;#039;aide peut être attribuée pour des créations antérieures dont l&amp;#039;exploitation a connu une interruption prolongée, d&amp;#039;au moins 12 mois après la dernière représentation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets dont les spécificités (esthétiques, formats, conditions de production ou de diffusion) rendent ces critères difficilement applicables peuvent bénéficier d&amp;#039;une dérogation sur décision motivée du préfet de région.
+&lt;/p&gt;
+&lt;h4&gt;
+ Conventionnement
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;objet de cette aide est d&amp;#039;apporter, dans la durée, un soutien ajusté au cycle d&amp;#039;activité de l&amp;#039;artiste ou de l&amp;#039;équipe artistique et à son potentiel de déploiement d&amp;#039;activités sur plusieurs années. Une modulation de la durée de l&amp;#039;aide sur deux, trois ou quatre ans est prévue afin de l&amp;#039;adapter aux différentes étapes du parcours et aux caractéristiques du projet artistique et culturel, en tenant compte notamment des temps de recherche.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des critères d&amp;#039;éligibilité des projets artistiques et culturelles globaux des équipes est détaillé, par discipline, dans l&amp;#039;annexe 2 de la circulaire disponible en bas de page.
+&lt;/p&gt;
+&lt;h4&gt;
+ Éligibilité au regard du bilan
+&lt;/h4&gt;
+&lt;p&gt;
+ Les critères pris en compte pour la recevabilité d&amp;#039;une demande de conventionnement (activités antérieures et perspectives du projet artistique et culturel à venir) sont :
+&lt;/p&gt;
+&lt;h5&gt;
+ Pour une première demande
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  nombre de représentations
+ &lt;/li&gt;
+ &lt;li&gt;
+  nombre de partenaires de production
+ &lt;/li&gt;
+ &lt;li&gt;
+  nombre de créations ou activités de création réalisées, en priorisant les projets aidés antérieurement par l&amp;#039;État
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En musique
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 2 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées ou non par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    20 représentations
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 3 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    50 représentations dans 2 régions minimum (40 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier d&amp;#039;un partenaire sur cette même période, avec des apports en numéraire ou en nature.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 4 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    70 représentations dans 2 régions minimum (50 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 5 partenaires sur cette même période, avec des apports en numéraire ou en nature.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En danse
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 2 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations
+   &lt;/li&gt;
+   &lt;li&gt;
+    15 représentations
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 2 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans,
+  &lt;/strong&gt;
+  doivent avoir été réalisés dans les 3 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    40 représentations dans 2 régions minimum (30 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 2 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 4 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    90 représentations dans 2 régions minimum (70 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 3 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En théâtre et arts associés
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 2 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées ou non par l&amp;#039;État
+   &lt;/li&gt;
+   &lt;li&gt;
+    25 représentations
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 2 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 3 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    2 créations aidées par l&amp;#039;État (1 pour le cirque)
+   &lt;/li&gt;
+   &lt;li&gt;
+    60 représentations (50 pour le cirque, les arts de la rue et l&amp;#039;outre-mer), dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 2 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  , doivent avoir été réalisés dans les 4 années antérieures :
+  &lt;ul&gt;
+   &lt;li&gt;
+    3 créations aidées par l&amp;#039;État (1 pour le cirque)
+   &lt;/li&gt;
+   &lt;li&gt;
+    150 représentations (120 pour le cirque, les arts de la rue et l&amp;#039;outre-mer), dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;équipe doit aussi justifier de 3 partenaires sur cette même période, avec des apports en numéraire.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ Pour une demande de renouvellement
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation des objectifs attachés à l&amp;#039;aide précédemment allouée
+ &lt;/li&gt;
+ &lt;li&gt;
+  perspectives relatives au nombre de créations ou d&amp;#039;activités de création à venir
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Outre un nombre de création à définir en commun avec le service déconcentré du ministère de la Culture en fonction du projet, le projet artistique et culturel global de l&amp;#039;artiste / équipe doit présenter un nombre minimum de représentations à venir sur la durée de la convention sollicitée, ainsi que de partenaires.
+&lt;/p&gt;
+&lt;h6&gt;
+ En musique
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    20 représentations dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    1 partenaire avec apports en numéraire ou en nature
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    70 représentations dans 2 régions minimum (50 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    2 partenaires avec apports en numéraire ou en nature
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    110 représentations dans 3 régions minimum (90 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    5 partenaires avec apports en numéraire ou en nature
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En danse
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    25 représentations dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    3 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    70 représentations dans 2 régions minimum (60 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    4 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    130 représentations dans 2 régions minimum (110 représentations pour les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    5 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h6&gt;
+ En théâtre et arts associés
+&lt;/h6&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 2 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    50 représentations dans 2 régions minimum
+   &lt;/li&gt;
+   &lt;li&gt;
+    3 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 3 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    90 représentations dans 2 régions minimum (80 représentations pour le cirque, les arts de la rue et les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    4 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une demande de conventionnement à 4 ans
+  &lt;/strong&gt;
+  :
+  &lt;ul&gt;
+   &lt;li&gt;
+    180 représentations dans 3 régions minimum (150 représentations pour le cirque, les arts de la rue et les DOM)
+   &lt;/li&gt;
+   &lt;li&gt;
+    5 partenaires avec apports en numéraire
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lors de la phase d&amp;#039;instruction du dossier, le service déconcentré du ministère de la Culture pourra identifier les projets qui rendent difficilement applicables l&amp;#039;ensemble des critères &amp;#34;
+ &lt;em&gt;
+  en raison de la singularité des esthétiques, de propositions de forme atypique, de conditions de production ou&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
+&lt;br /&gt;
+date de clôture de l&amp;#039;aide : Selon discipline et projet</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-adsv</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>DGCA
+demarches-sv-dgca&amp;#64;culture.gouv.fr ; 01 40 15 80 00
+182, rue Saint Honoré - 75001 Paris</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d7a-aides-aux-equipes-independantes-aides-deconce/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC32" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2023</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
+        <v>130980</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les projets visant à développer et à valoriser le patrimoine linguistique (français, langues régionales et non territoriales, langue des signes...)</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation des langues de France</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>1.500 à 20.000 €</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La France dispose d&amp;#039;un patrimoine linguistique d&amp;#039;une grande richesse : français, langues régionales, langues non territoriales, langue des signes française... Le ministère de la Culture soutient financièrement les projets visant à développer et à valoriser ce patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Présentation du dispositif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Que sont les langues de France ? Aux côtés du français, langue nationale, les langues de France façonnent notre identité culturelle et constituent une richesse immatérielle vivante et créative. Sont considérées comme langues de France :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   les langues régionales
+  &lt;/strong&gt;
+  , inscrites dans la Constitution depuis 2008 : &amp;#34;
+  &lt;em&gt;
+   Les langues régionales appartiennent au patrimoine de la France
+  &lt;/em&gt;
+  &amp;#34; (
+  &lt;a href="https://www.legifrance.gouv.fr/loda/article_lc/LEGIARTI000019241104" rel="noopener" target="_blank"&gt;
+   article 75-1
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ). Il s&amp;#039;agit des langues historiquement parlées sur une partie du territoire de la République, depuis plus longtemps que le français : alsacien, basque, breton, catalan, corse, créoles, flamand occidental, francique, francoprovençal, futunien, langues autochtones de Nouvelle-Calédonie, langues autochtones de Guyane, langues autochtones de Polynésie française, langues d&amp;#039;oïl (bourguignon-morvandiau, champenois, franc-comtois, gallo, lorrain, normand, picard, poitevin-saintongeais, wallon), kibushi, mahorais, occitan, parlers du Croissant, parlers liguriens, wallisien.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   six langues non-territoriales
+  &lt;/strong&gt;
+  , sans lien géographique avec le territoire de la République mais pratiquées par des citoyens français depuis plusieurs générations : arabe dialectal maghrébin, arménien occidental, berbère, judéo-espagnol, rromani, yiddish.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   la langue des signes française
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le ministère de la Culture encourage
+ &lt;strong&gt;
+  la création culturelle en langues de France
+ &lt;/strong&gt;
+ , considérées comme des vecteurs de création artistique, dans des disciplines comme l&amp;#039;audiovisuel, la chanson, le livre ou le spectacle vivant. Il soutient également
+ &lt;strong&gt;
+  les projets de recherche
+ &lt;/strong&gt;
+ visant à documenter et mieux faire connaître les langues de France.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a&gt;
+   → Montant de la subvention
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la nature et la qualité du projet, et selon le budget de réalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention varie entre 1500 et 20 000 euros en moyenne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une seule fois, dès réception des justificatifs nécessaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets à dimension régionale doivent être adressés en priorité aux services déconcentrés du ministère : directions régionales des affaires culturelles (DRAC- France hexagonale), directions des affaires culturelles (DAC- Guadeloupe, Martinique, Mayotte, La Réunion), DCJS de Guyane, missions aux affaires culturelles (MAC- Nouvelle-Calédonie, Polynésie française).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les interventions de la DGLFLF privilégient les projets susceptibles d&amp;#039;élargir les publics aux questions relatives aux langues de France, et prennent en compte leur exigence scientifique. Elles s&amp;#039;efforcent dans la mesure du possible de respecter un équilibre des différentes langues dans le choix des projets retenus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions allouées par la DGLFLF sont attribuées sur une base annuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être déposées
+ &lt;strong&gt;
+  avant le 15 décembre chaque année
+ &lt;/strong&gt;
+ pour pouvoir être prises en compte pour l&amp;#039;année suivante.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bilan du projet devra être transmis au plus tard 6 mois après la réalisation du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Colloque &amp;#34;Rencontres sur les parlers du Croissant&amp;#34; (CNRS / INALCO, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 5 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Organisé à Boussac (Creuse) en octobre 2022, ce colloque a présenté les travaux de recherche les plus récents sur ces parlers gallo-romans encore pratiqués de nos jours dans la frange nord du Massif central et dont la caractéristique est de présenter simultanément des traits typiques de l&amp;#039;occitan (auvergnat, limousin) et des langues d&amp;#039;oïl (français, berrichon, poitevin-saintongeais).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet de recherche et d&amp;#039;édition en langues amérindiennes (Association IPÊ, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 6 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association Ipê, spécialisée dans la recherche et le développement des langues amérindiennes de Guyane, a réalisé deux dictionnaires bilingues (wayana-français et apalaï-français) et un jeu de dominos thématique bilingue wayana-français.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Spectacle &amp;#34;Le Tabou (l&amp;#039;illettrisme chez les sourds&amp;#34; (Association Art&amp;#039;Sign, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 5 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un spectacle-performance visuel en langue des signes et en dessins afin d&amp;#039;aborder le délicat sujet de l&amp;#039;illettrisme chez les personnes sourdes et de lever ce tabou.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ateliers éducatifs en arménien occidental (Association Mgnig, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 3 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;activité principale de l&amp;#039;association Mgnig est l&amp;#039;organisation d&amp;#039;ateliers hebdomadaires linguistiques et culturels en arménien occidental (cours de théâtre, ateliers scientifiques, travaux manuels, séances de lectures et discussions) à destination du jeune public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / Services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible à cette aide, le demandeur doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être majeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer d&amp;#039;un numéro SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un projet en rapport avec une ou plusieurs langues de France, réalisé sur le territoire français et porté par une structure de droit français ou par une collectivité territoriale française
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un demandeur sans numéro fiscal (SIRET) n&amp;#039;est pas éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les formes d&amp;#039;expression artistique peuvent bénéficier d&amp;#039;une aide : théâtre, chanson et spectacle vivant en général, cinéma et audiovisuel, littérature. Il s&amp;#039;agit de
+ &lt;strong&gt;
+  montrer la vitalité des langues de France
+ &lt;/strong&gt;
+ et leur actualité, en manifestant leur capacité à produire des œuvres de valeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  projets de recherche
+ &lt;/strong&gt;
+ sur une ou plusieurs langues de France sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets sans rapport avec au moins une langue de France ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention ne peut couvrir les dépenses de fonctionnement ou d&amp;#039;équipement d&amp;#039;une structure.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle sert à financer la réalisation d&amp;#039;un projet culturel ou de recherche.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/valorisation-des-langues-de-france</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_transmission-culturelle</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur la valorisation des langues de France, vous êtes invités à vous adresser à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Délégation générale à la langue française et aux langues de France (DGLFLF)
+&lt;/p&gt;
+&lt;p&gt;
+ Mission Langues de France et Outre-mer
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:dglflf.min&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  dglflf.min&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 40 15 36 62
+&lt;/p&gt;
+&lt;p&gt;
+ 3 rue de Valois, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT-LANDRE :
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bourgogne-Franche-Comté
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL (Dijon) :
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN (Besançon) :
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bretagne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN :
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Corse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jean-Luc SARROLA :
+  &lt;a href="mailto:jean-luc.sarrola&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   jean-luc.sarrola&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Grand Est
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Delphine QUÉREUX-SBAÏ (Châlons-en-Champagne) :
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER (Metz) :
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER (Strasbourg) :
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hauts-de-France
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacques SAUTERON (Lille) :
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Laëtitia BONTAN (Amiens) :
+  &lt;a href="mailto:laetitia.bontan&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   laetitia.bontan&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nouvelle Aquitaine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Justine DUJARDIN (Bordeaux) :
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO (Limoges) :
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Occitanie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Magali CASTILLON :
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pays de la Loire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT :
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE :
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Guadeloupe
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nathalie ERNY :
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Guyane
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEÏTA :
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr" rel="noopener" target="_blank"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  /
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   abdoulaye.keita&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Réunion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE :
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Martinique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON :
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mayotte
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED :
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nouvelle-Calédonie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michel RICHARD :
+  &lt;a href="mailto:michel.richard&amp;#64;nouvelle-caledonie.gouv.fr" rel="noopener" target="_blank"&gt;
+   michel.richard&amp;#64;nouvelle-caledonie.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Polynésie française
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Emmanuelle CHARRIER :
+  &lt;a href="mailto:emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr" rel="noopener" target="_blank"&gt;
+   emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizaraga&amp;#64;spm975.gouv.fr" rel="noopener" target="_blank"&gt;
+   rosiane.de-lizaraga&amp;#64;spm975.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2a09-valorisation-des-langues-de-france/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2023</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
+        <v>129698</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette page présente les spécificités des aides au projet en théâtre, arts de la rue et arts du cirque.
+&lt;/p&gt;
+&lt;h2&gt;
+ Présentation du dispositif
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour en savoir plus sur les aides déconcentrées au spectacle vivant (ADSV), et notamment sur les critères d&amp;#039;éligibilité, les modalités d&amp;#039;évaluation des dossiers et les modalités d&amp;#039;attribution de la subvention communs à toutes les esthétiques, rendez-vous ici :
+&lt;/p&gt;
+&lt;a href="https://www.culture.gouv.fr/fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-ADSV" rel="noopener noreferrer" target="_blank"&gt;
+ Présentation générale des ADSV
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;h3&gt;
+ L&amp;#039;aide déconcentrée au spectacle vivant en théâtre, arts de la rue et arts du cirque
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet en théâtre, arts de la rue et arts du cirque est une aide ponctuelle, qui contribue à la production d&amp;#039;une création, d&amp;#039;une recréation ou d&amp;#039;une reprise et concoure prioritairement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  au repérage et à l&amp;#039;accompagnement des démarches artistiques susceptibles de renouveler les répertoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  au soutien à l&amp;#039;innovation et à la créativité des écritures dramatiques, de cirque et dans l&amp;#039;espace public
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la reprise d&amp;#039;un spectacle au répertoire de la compagnie, précédemment aidé ou non et faisant suite à une interruption prolongée de l&amp;#039;exploitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Suis-je concerné(e) par cette démarche ?
+&lt;/h2&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Qui peut déposer un dossier ?
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les compagnies avec lieu
+ &lt;/strong&gt;
+ : les conventions d&amp;#039;objectifs porteront sur l&amp;#039;activité artistique de la compagnie uniquement.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;hypothèse d&amp;#039;un soutien spécifique au titre du lieu, celui-ci doit faire l&amp;#039;objet d&amp;#039;une convention distincte, le cas échéant avec les collectivités du territoire d&amp;#039;implantation.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Le champ théâtral, des arts de la rue et du cirque concerne
+ &lt;strong&gt;
+  toute la diversité artistique
+ &lt;/strong&gt;
+ : théâtre dramatique, écritures de plateau, arts de la rue, arts du cirque, marionnettes, théâtre d&amp;#039;objet, théâtre gestuel, arts du récit, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tous les lieux de représentation
+ &lt;/strong&gt;
+ (salles de spectacles ou autres espaces non dédiés, espace public, chapiteau, domicile, etc.) et
+ &lt;strong&gt;
+  tous les publics
+ &lt;/strong&gt;
+ (adultes, familles, adolescents, enfants, etc.) sont concernés.
+&lt;/p&gt;
+&lt;h4&gt;
+ Première demande
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucune condition d&amp;#039;éligibilité en terme de nombre de créations, représentations et partenaires préalables n&amp;#039;existe pour les premières demandes.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renouvellement
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour les
+ &lt;strong&gt;
+  projets de création ou de recréation
+ &lt;/strong&gt;
+ , les équipes doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter au moins 1 (re) création
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir diffusé au moins 8 représentations dans les 20 mois (5 pour l&amp;#039;outre-mer)
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant (apport en numéraire)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les représentations prévues devront faire l&amp;#039;objet de contrats de cession ou de co-réalisations avec un minimum garanti permettant de couvrir le coût du plateau. Une exploitation dans au moins 2 lieux différents est attendue.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les
+ &lt;strong&gt;
+  projets de reprise
+ &lt;/strong&gt;
+ , l&amp;#039;aide peut être attribuée pour des créations antérieures, dont l&amp;#039;exploitation a connu une interruption prolongée (au moins 12 mois après la dernière représentation). L&amp;#039;équipe devra justifier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 1 création
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 8 représentations dans les 20 mois (5 pour l&amp;#039;outre-mer ou pour toute première demande), dans au moins 2 lieux différents et dont la visibilité est susceptible de relancer une nouvelle phase de tournée
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;équipe devra également préciser les éventuels ajustements artistiques (scénographie, reprises de rôle, etc.) et devra présenter un plan de travail indiquant les temps de répétition nécessaires, les coûts nouveaux et le calendrier de tournée.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Critères de non-éligibilité du projet
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;p&gt;
- Les projets d&amp;#039;acquisition non encore réalisés ne sont pas éligibles.
-[...19 lines deleted...]
-&lt;/ul&gt;
+ L&amp;#039;aide au projet ne peut pas être cumulée avec le conventionnement, sauf dans le cas d&amp;#039;une production déléguée portée par une équipe conventionnée pour un autre artiste.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides à la création dans les domaines des arts de la rue et des arts du cirque, aide au compagnonnage, aide à la recherche, etc.).
+&lt;/p&gt;
 &lt;h2&gt;
  Procédure
 &lt;/h2&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Montant de la subvention
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;p&gt;
- Le montant de la subvention allouée varie suivant les projets et les régions.
-[...7 lines deleted...]
- La subvention est versée en une seule fois.
+ La subvention versée au titre de l&amp;#039;aide au projet en musique est de
+ &lt;strong&gt;
+  10 000 € minimum par projet
+ &lt;/strong&gt;
+ . Ce minimum peut être ajusté à l&amp;#039;économie du projet, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention :
+ &lt;strong&gt;
+  l&amp;#039;aide au projet ne peut être cumulée avec le conventionnement que dans le cas d&amp;#039;une production déléguée portée par une équipe conventionnée pour un autre artiste.
+ &lt;/strong&gt;
+ Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides à la création dans les domaines des arts de la rue et des arts du cirque, aide au compagnonnage, aide à la recherche, etc.).
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Modalités d&amp;#039;évaluation des dossiers
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;p&gt;
- Les projets de restauration sont évalués après avis du groupe d&amp;#039;experts restauration du ministère de la Culture. C&amp;#039;est sur la base de cet avis que la commission régionale du Fonds régional de restauration et acquisition des bibliothèques (FRRAB) se prononce.
-[...2 lines deleted...]
- Les projets d&amp;#039;acquisition sont évalués par la commission régionale du FRRAB, le plus souvent sur présentation physique du document acheté.
+ Afin d&amp;#039;ajuster au mieux l&amp;#039;accompagnement du ministère de la Culture, l&amp;#039;examen des demandes de conventionnement devra permettre de déterminer la durée de conventionnement la plus appropriée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas d&amp;#039;un
+ &lt;strong&gt;
+  renouvellement
+ &lt;/strong&gt;
+ , il conviendra de s&amp;#039;assurer de la réalisation du projet artistique et culturel prévu dans le cadre de la précédente convention et de prendre en compte son évolution.
+&lt;/p&gt;
+&lt;h4&gt;
+ Première demande
+&lt;/h4&gt;
+&lt;p&gt;
+ Une attention particulière sera portée à l&amp;#039;accompagnement professionnel (résidence, compagnonnage, coproduction, etc.) dont bénéficie le projet et aux perspectives avérées de diffusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Au moins 5 dates feront l&amp;#039;objet d&amp;#039;un contrat de cession ou de co-réalisation.
+&lt;/p&gt;
+&lt;h4&gt;
+ Renouvellement
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une nouvelle aide au projet doit prendra en compte l&amp;#039;évolution de son parcours et de sa démarche de création. Les perspectives avérées de diffusion constitueront un critère prioritaire dans l&amp;#039;attribution de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Calendrier
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Les dossiers de conventionnement en théâtre, arts de la rue et arts du cirque pour 2023 seront à déposer entre juin 2022 et décembre 2022 selon les régions.
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de vous reporter aux informations régionales ci-dessous pour connaître le calendrier exact de la DRAC/DAC qui vous concerne.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Comment déposer un dossier ?
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;ol&gt;
  &lt;li&gt;
-  Pour accéder au formulaire en ligne, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
+  &lt;strong&gt;
+   Avant tout dépôt, il est nécessaire de prendre contact avec votre DRAC/DAC de référence pour vérifier la recevabilité de votre demande
+  &lt;/strong&gt;
+  et vous orienter en fonction de l&amp;#039;évaluation du projet (aide au projet) ou du projet global de l&amp;#039;artiste/équipe (conventionnement).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le
+  &lt;a rel="noopener" target="_blank"&gt;
+   formulaire de déclaration des engagements pris en matière de lutte contre les violences et le harcèlement sexistes et sexuels (VHSS)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour accéder au formulaire en ligne et déposer un dossier pour le conventionnement en musique, cliquez sur le bouton &amp;#34;Accéder au formulaire&amp;#34; ci-dessous.
  &lt;/li&gt;
  &lt;li&gt;
   Connectez-vous ou créez un compte, puis laissez-vous guider.
  &lt;/li&gt;
 &lt;/ol&gt;
-&lt;p&gt;
-[...33 lines deleted...]
-&lt;/h3&gt;
+&lt;h2&gt;
+ L&amp;#039;aide au projet théâtre, arts de la rue et arts du cirque en région
+&lt;/h2&gt;
+&lt;h5&gt;
+ Vous trouverez ci-dessous les modalités de dépôt et les contacts en fonction du lieu de réalisation de votre projet. Merci de vous reporter aux informations régionales ci-dessous pour connaître le calendrier mis en place par la DRAC ou DAC qui vous concerne.
+&lt;/h5&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
 &lt;h4&gt;
  Calendrier
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  Ouverture du dépôt des dossiers : juin 2023
+ &lt;/li&gt;
+ &lt;li&gt;
   &lt;strong&gt;
-   Date limite de dépôt des dossiers : 14 avril 2023, 23h59 (heure de Paris)
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
   &lt;/strong&gt;
   . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h3&gt;
+&lt;h4&gt;
  Une question ?
-&lt;/h3&gt;
-[...48 lines deleted...]
- Critères d&amp;#039;éligibilité
 &lt;/h4&gt;
 &lt;p&gt;
- Les dossiers « Restauration » devront avoir obligatoirement reçu l&amp;#039;avis favorable du groupe d&amp;#039;experts en restauration réunis par le ministère de la Culture, avant le passage en commission.
-[...15 lines deleted...]
-&lt;/p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Flavie LEJEMTEL, Conseillère Théâtre, arts de la rue et arts de la marionnette (pour les départements : 03-15-42-43-63),
+  &lt;a href="mailto:flavie.lejemtel&amp;#64;culture.gouv.fr"&gt;
+   flavie.lejemtel&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Edith FROBERT, Assistante-gestionnaire, Théâtre, arts de la rue et les arts de la marionnette (pour les départements : 03-15-42-43-63),
+  &lt;a href="mailto:edith.frobert&amp;#64;culture.gouv.fr"&gt;
+   edith.frobert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jérémie VILLAUME, Conseiller Théâtre, arts de la rue et arts de la marionnette (pour les départements : 01, 07, 26, 38, 69, 73, 74),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Yoann DEVUN, Conseiller Danse et Arts du cirque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stéphanie LAFFORGUE, Assistante-gestionnaire, stephanie.lafforgue&amp;#64;culture.gouv.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
 &lt;h4&gt;
  Calendrier
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  Ouverture du dépôt des dossiers : 24 juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
   &lt;strong&gt;
-   Date limite de dépôt des dossiers : 28 août 2023, 23h59
+   Date limite de dépôt des dossiers : 13 octobre 2023, 23h59 (heure de Paris)
   &lt;/strong&gt;
-  (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
-[...5 lines deleted...]
-&lt;h3&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
  Une question ?
-&lt;/h3&gt;
-[...54 lines deleted...]
- Objectifs
 &lt;/h4&gt;
 &lt;p&gt;
- Le FRAB a vocation de soutenir la politique menée par les collectivités locales et les EPCI de Normandie en faveur de l&amp;#039;enrichissement, de la restauration et de la mise en valeur des fonds patrimoniaux de leurs bibliothèques publiques. Les documents concernés sont de nature diverse : manuscrits, livres anciens, documents iconographiques, livres d&amp;#039;artistes, bibliophilie, etc. reflétant l&amp;#039;incroyable richesse des fonds conservés dans notre région.
-[...120 lines deleted...]
-&lt;/p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Bourgogne-Franche-Comté, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fabien SPILLMANN, Conseiller Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:fabien.spillmann&amp;#64;culture.gouv.fr"&gt;
+   fabien.spillmann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fabienne MARCOT, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse ( départements 25-39-70-90),
+  &lt;a href="mailto:fabienne.marcot&amp;#64;culture.gouv.fr"&gt;
+   fabienne.marcot&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 81 65 72 78
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sophie RENARD, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue/ Musique et Danse (départements 21-58-71-89),
+  &lt;a href="mailto:sophie.renard&amp;#64;culture.gouv.fr"&gt;
+   sophie.renard&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 80 68 50 38
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
 &lt;h4&gt;
  Calendrier
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  Ouverture du dépôt des dossiers : septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
   &lt;strong&gt;
-   Date limite de dépôt des dossiers : 15 mai 2023, 23h59
+   Date limite de dépôt des dossiers : 15 novembre 2023, 23h59 (heure de Paris).
   &lt;/strong&gt;
-  (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
-[...17 lines deleted...]
-&lt;/h3&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;h4&gt;
- Critères d&amp;#039;éligibilité du projet
+ Une question ?
 &lt;/h4&gt;
 &lt;p&gt;
- Les opérations éligibles à une subvention du FRRAB peuvent porter sur des
-[...36 lines deleted...]
-&lt;/p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Bretagne, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jean-Christophe BAUDET, Conseiller Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:jean-christophe.baudet&amp;#64;culture.gouv.fr"&gt;
+   jean-christophe.baudet&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Axelle VILLIN, Assistante-gestionnaire Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:axelle.villin&amp;#64;culture.gouv.fr"&gt;
+   axelle.villin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
 &lt;h4&gt;
  Calendrier
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  Ouverture du dépôt des dossiers : septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
   &lt;strong&gt;
-   Date limite de dépôt des dossiers : 13 juillet 2023, 23h59
+   Date limite de dépôt des dossiers : 30 octobre 2023, 23h59 (heure de Paris).
   &lt;/strong&gt;
-  (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
-[...5 lines deleted...]
-&lt;h3&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
  Une question ?
-&lt;/h3&gt;
-[...18 lines deleted...]
-          <t>Suivant région
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Centre-Val de Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Perrine PIERSON, Conseillère Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:perrine.pierson&amp;#64;culture.gouv.fr"&gt;
+   perrine.pierson&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Céline CHEVRIEUX, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue,
+  &lt;a href="mailto:celine.chevrieux&amp;#64;culture.gouv.fr"&gt;
+   celine.chevrieux&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Informations non communiquées.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand-Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+  &lt;br /&gt;
+  Date limite de dépôt des dossiers : 30 septembre 2023, 23h59 (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Grand-Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Catherine HOFFMANN-ZIMMERMANN, Conseillère, Théâtre, cirque, marionnette, arts de la rue (départements 67, 68),
+  &lt;a href="mailto:catherine.zimmermann&amp;#64;culture.gouv.fr"&gt;
+   catherine.zimmermann&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 88 15 56 96
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valérie BUCHERT, Assistante-gestionnaire, ensemble du SV (départements 67, 68),
+  &lt;a href="mailto:valerie.buchert&amp;#64;culture.gouv.fr"&gt;
+   valerie.buchert&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 88 15 57 35
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amanda MOUELLIC, Conseillère Théâtre, cirque, marionnette, arts de la rue (départements 08, 10, 51, 52),
+  &lt;a href="mailto:amanda.mouellic&amp;#64;culture.gouv.fr"&gt;
+   amanda.mouellic&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 26 70 36 98
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marie-Claude NICOLAS, Assistante-gestionnaire, ensemble du SV (départements 08, 10, 51, 52),
+  &lt;a href="mailto:marie-claude.nicolas&amp;#64;culture.gouv.fr"&gt;
+   marie-claude.nicolas&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , 03 26 70 36 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maria PARJOIE, Assistante-gestionnaire, ensemble du SV (départements 08, 10, 51, 52),
+  &lt;a href="mailto:maria.parjoie&amp;#64;culture.gouv.fr"&gt;
+   maria.parjoie&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 26 70 36 65
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jean-Michel SOLOCH, Conseiller Théâtre, cirque, marionnette, arts de la rue (départements 54, 55, 88 et 57),
+  &lt;a href="mailto:jean-michel.soloch&amp;#64;culture.gouv.fr"&gt;
+   jean-michel.soloch&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 87 56 41 52
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christine RICCI, Assistante-gestionnaire, Théâtre, cirque, marionnette, arts de la rue (départements 54, 55, 88 et 57),
+  &lt;a href="mailto:christine.ricci&amp;#64;culture.gouv.fr"&gt;
+   christine.ricci&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  , tél. 03 87 56 41 62
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 01 septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 15 novembre 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque dans les Hauts-de-France, vous êtes invités à vous adresser à la DRAC.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 15 juillet 2023
+  &lt;br /&gt;
+  Date limite de dépôt des dossiers : 20 octobre 2023, 23h59 (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Ile-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maud COADER, Chargée de suivi administratif des compagnies Théâtre,
+  &lt;a href="mailto:maud.coader&amp;#64;culture.gouv.fr"&gt;
+   maud.coader&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Franck DARRAS, Conseiller Théâtre,
+  &lt;a href="mailto:franck.darras&amp;#64;culture.gouv.fr"&gt;
+   franck.darras&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jean-Pierre DUFRANC, Conseiller Théâtre, jean-
+  &lt;a href="mailto:pierre.dufranc&amp;#64;culture.gouv.fr"&gt;
+   pierre.dufranc&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Céline FABRE, Conseillère Théâtre,
+  &lt;a href="mailto:c%C3%A9line.fabre&amp;#64;culture.gouv.fr"&gt;
+   céline.fabre&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magali FRADIN, Assistante-Gestionnaire, Théâtre,
+  &lt;a href="mailto:magali.fradin&amp;#64;culture.gouv.fr"&gt;
+   magali.fradin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Didier ROULIN, Assistant-Gestionnaire, Théâtre,
+  &lt;a href="mailto:didier.roulin&amp;#64;culture.gouv.fr"&gt;
+   didier.roulin&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Calendrier
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : juillet 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Date limite de dépôt des dossiers : 15 octobre 2023, 23h59 (heure de Paris). Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Une question ?
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Normandie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Julien DELOT, Conseiller Théâtre et arts associés / site de Rouen,
+  &lt;a href="mailto:julien.delot&amp;#64;culture.gouv.fr"&gt;
+   julien.delot&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Joël COLLEVILLE, Assistant-Gestionnaire, Théâtre et arts associés / site de Rouen,
+  &lt;a href="mailto:joel.colleville&amp;#64;culture.gouv.fr"&gt;
+   joel.colleville&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Véronique FRICOTEAUX, Conseillère Théâtre et&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>10.000 € minimum
 &lt;br /&gt;
 périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
 &lt;br /&gt;
 date de clôture de l&amp;#039;aide : Suivant région</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/fr/catalogue-des-demarches-et-subventions/subvention/aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-adsv#:~:text=Le%20dispositif%20des%20aides%20déconcentrées,375%20ensembles%20musicaux</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>Délégation générale de la création artistique (DGCA)
+demarches-sv-dgca&amp;#64;culture.gouv.fr
+01 40 15 80 00</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b8b-aides-deconcentrees-au-spectacle-vivant-adsv-/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC34" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2023</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E21" s="1" t="inlineStr">
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
+        <v>120623</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets de développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Culture et Justice</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Ministère de la Justice</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Grand Est</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture et le ministère de la Justice soutiennent le développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse, en allouant une subvention aux organisateurs de tels projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Depuis le premier protocole d&amp;#039;accord signé en 1986, la politique interministérielle Culture &amp;amp; Justice a pour objectif de mettre en œuvre, pour les personnes placées sous main de justice, une politique culturelle de qualité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans cette optique, le ministère de la Culture favorise l&amp;#039;accès de tous et de chacun, et notamment des personnes les plus éloignées voire exclues, à l&amp;#039;art et à la culture. L&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; soutient, dans les établissements pénitentiaires et les services de la protection judiciaire, un programme d&amp;#039;actions culturelles en liaison avec les collectivités territoriales et les organismes qui souhaiteraient s&amp;#039;associer au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions culturelles prennent en compte la diversité des secteurs d&amp;#039;expression et des modes d&amp;#039;interventions tels que : le livre et la lecture, le théâtre, les arts du cirque, la musique et la danse, les arts plastiques, le cinéma, l&amp;#039;audiovisuel, le multimédia et le patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Un plan de développement des bibliothèques et de la lecture est mis en œuvre ainsi que des actions culturelles et artistiques en direction des publics relevant du ministère de la Justice dans le cadre des politiques d&amp;#039;insertion et d&amp;#039;éducation. Ce plan favorise l&amp;#039;accès aux pratiques culturelles et artistiques et doit contribuer à la lutte contre l&amp;#039;illettrisme par l&amp;#039;appropriation et la réappropriation de la culture. L&amp;#039;évaluation des actions culturelles et des pratiques artistiques réalisées ces dernières années confirme leur capacité à susciter l&amp;#039;expression des personnes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce partenariat se situe dans le contexte du grand projet national pour l&amp;#039;éducation artistique et culturelle. Ainsi, considérant que l&amp;#039;éducation artistique et culturelle, placée dans un principe de continuité des politiques publiques menées en lien par l&amp;#039;État et les collectivités territoriales, participe à la réussite personnelle des individus et notamment des jeunes. Elle contribue à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la construction de la personnalité et à l&amp;#039;acquisition des savoirs et compétences nécessaires à la vie en société,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la créativité, la capacité d&amp;#039;Initiative et l&amp;#039;esprit d&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réduction des inégalités et permet la construction de l&amp;#039;Identité culturelle de chacun dans l&amp;#039;ouverture aux cultures des autres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Ce partenariat vise à privilégier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le développement d&amp;#039;activités culturelles spécifiques dans les établissements pénitentiaires co-construit avec les acteurs de la justice et en faveur du plus grand nombre de détenus (résidence, programme thématique...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement de la lecture et la maîtrise de la langue au sein d&amp;#039;actions valorisant les bibliothèques/médiathèques des trois établissements pénitentiaires concernés
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement des liens avec les réseaux artistiques  et culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;inscription des établissements pénitentiaires dans les manifestations culturelles nationales et locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  la valorisation à l&amp;#039;extérieur des activités menées en milieu pénitentiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → L&amp;#039;Académie Fratellini et la Maison d&amp;#039;arrêt de Villepinte (93) - 2021
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Académie Fratellini a développé en 2021 à la Maison d&amp;#039;arrêt de Villepinte (93) des ateliers de découverte des arts du cirque, orchestrés de manière à ce que les personnes détenues puissent découvrir plusieurs agrès au fil des séances.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs suivis :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  valorisation des capacités et qualités individuelles au sein du groupe ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  apprentissage de l&amp;#039;écoute de l&amp;#039;autre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  retrouver la confiance en soi et dans les autres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Passage / Parenthèse et l&amp;#039;Agence régionale du livre PACA - 2022
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention versée : 30.000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Passage&amp;#34; et &amp;#34;Parenthèse&amp;#34; sont deux dispositifs portés par l&amp;#039;Agence Régionale du Livre Provence-Alpes-Côte d&amp;#039;Azur en direction des publics placés sous main de justice.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, &amp;#34;Passage&amp;#34; s&amp;#039;attache à aménager et à animer des espaces de lecture dans les foyers de la Protection judiciaire de la jeunesse. &amp;#34;Parenthèse&amp;#34;, initié en 2015, contribue au développement des bibliothèques en milieu carcéral pour les populations majeures et mineures et à la mise en œuvre d&amp;#039;actions culturelles de sensibilisation à la lecture (ateliers d&amp;#039;écriture journalistique, résidences d&amp;#039;auteurs etc).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles à l&amp;#039;appel à projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les structures ayant pour principal objectif la création et la diffusion d&amp;#039;œuvres artistiques et culturelles. Pour les institutions culturelles relevant du ministère de la Culture (structures labellisées aidées au fonctionnement : centres dramatiques nationaux, scènes nationales, scènes de musiques actuelles, centres d&amp;#039;art etc.), un bilan préalable sera demandé dans le cadre de leur CPO (convention pluriannuelle d&amp;#039;objectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les artistes, collectifs d&amp;#039;artistes ou professionnels de la culture (journaliste etc.) justifiant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ - d&amp;#039;une structuration juridique au moment de leur inscription (intermittence, maison des artistes, autoentrepreneur etc.) ou ayant recours à une personne morale pour soutenir leur activité (ex. : coopérative d&amp;#039;activité et d&amp;#039;emploi
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;span&gt;
+ - d&amp;#039;une actualité de création et d&amp;#039;une expérience artistique reconnue, attestées par l&amp;#039;envoi d&amp;#039;un CV
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les établissements et services pénitentiaires et de la protection judiciaire de la jeunesse
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet artistique mené par une même équipe artistique ne pourra pas être soutenu au-delà de trois appels à projets successifs. L&amp;#039;équipe artistique est invitée à se tourner vers de nouveaux établissements pénitentiaires, services pénitentiaires d&amp;#039;insertion et de probation ou établissements et services sociaux et médico-sociaux partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées constituent une participation financière au projet et ne sauraient constituer une prise en charge globale. Elles sont fléchées exclusivement sur les dépenses artistiques, qui comprennent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rémunération des artistes (pour rappel, la participation financière de la DRAC à la rémunération des artistes est de 60€/h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de transport, d&amp;#039;hébergement et de restauration, qui ne peuvent excéder 50% du coût total du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  le matériel nécessaire à l&amp;#039;action
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce dispositif n&amp;#039;a pas vocation à financer des frais de coordination. Les porteurs de projet sont incités à trouver des cofinancements (collectivités locales, mécénat, contributions volontaires en nature...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la DRAC et le SPIP (Service pénitentiaire d&amp;#039;insertion et probation), la mise en paiement de la subvention nécessite l&amp;#039;envoi préalable d&amp;#039;un dossier Cerfa au service référent dont les coordonnées figurent ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ Le règlement de la part PJJ (Protection judiciaire de la jeunesse) est réalisé via un système de facturation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un comité de sélection, associant des représentants de la DISP, de la DIRPJJ Grand Est et de la DRAC se réunira courant décembre 2023 pour sélectionner les projets et déterminer le montant des subventions accordées.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée aux éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité du projet artistique et culturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adéquation avec les objectifs de l&amp;#039;accompagnement des personnes placées sous main de justice
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modalités de mise en œuvre du partenariat artiste / structure / bénéficiaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ouverture culturelle proposée aux bénéficiaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertinence des objectifs et des modalités pratiques de l&amp;#039;évaluation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-et-justice</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur l&amp;#039;opération Culture et Justice en Grand Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - À la DRAC Grand Est :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Département des Ardennes :
+  &lt;a href="mailto:frederique.petit&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   frederique.petit&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 60 44 22 84
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de l&amp;#039;Aube et de la Haute-Marne :
+  &lt;a href="mailto:pascale.valentin-bemmert&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   pascale.valentin-bemmert&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 98 73 96 74
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Marne :
+  &lt;a href="mailto:elise.merigeau&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   elise.merigeau&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 34 08 96 23
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de la Meurthe-et-Moselle et de la Moselle :
+  &lt;a href="mailto:emmanuelle.brandenburger&amp;#64;culture.gouv.fr" target="_self"&gt;
+   emmanuelle.brandenburger&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ; 06 60 39 22 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de la Meuse et des Vosges :
+  &lt;a href="mailto:anais.guedon&amp;#64;culture.gouv.fr" target="_self"&gt;
+   anais.guedon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ; 06 64 37 61 61
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements du Bas-Rhin et du Haut-Rhin :
+  &lt;a href="mailto:pierre.vogler&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   pierre.vogler&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 27 26 12 82
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - À la DISP Grand Est-Strabourg :
+ &lt;/strong&gt;
+ &lt;a href="mailto:elodie.roche&amp;#64;justice.fr" rel="noopener" target="_blank"&gt;
+  elodie.roche&amp;#64;justice.fr
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ ; 03 88 56 81 72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b040-culture-justice/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC35" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2022</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>120635</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Développer des actions d'éducation artistique et culturelle à destination des habitants des quartiers prioritaires de la politique de la ville</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Culture et lien social</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F21" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Culture et lien social a pour but de développer des actions d&amp;#039;éducation artistique et culturelle à destination des habitants des quartiers prioritaires de la politique de la ville. Il est mis en place par la direction régionale des affaires culturelles (DRAC) de la région dans laquelle le projet est réalisé.
+Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?
+&lt;/p&gt;
+&lt;h4&gt;
+ Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?
+&lt;/h4&gt;
+&lt;p&gt;
+ À travers cette politique, les DRAC (directions régionales des affaires culturelles) affirment une politique volontariste auprès des structures culturelles en accompagnant, en lien étroit avec les acteurs de la politique de la ville, les projets artistiques et culturels mis en œuvre en faveur des habitants des quartiers politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est vivement conseillé aux porteurs de projets candidats de consulter, dès la conception du projet et en amont de toute autre démarche, les services de la DRAC/DAC, qui pourront leur prodiguer des conseils.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs de la démarche
+&lt;/h4&gt;
+&lt;p&gt;
+ Les pratiques artistiques et culturelles sont de puissants leviers d&amp;#039;émancipation personnelle et de cohésion sociale. Pour autant, les freins à la pratique artistique et à la fréquentation des lieux culturels sont nombreux : accessibilité géographique, moyens financiers, mécanismes d&amp;#039;exclusion sociale...
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a donc vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagner les artistes, les équipes artistiques, les lieux dans le développement d&amp;#039;actions sur les territoires prioritaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  lever ces freins
+ &lt;/li&gt;
+ &lt;li&gt;
+  et, par une présence sur le temps long, permettre la pérennisation des pratiques culturelles des habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dossiers seront examinés sur la base des critères suivants mis en place dans chaque DRAC.
+&lt;/p&gt;
+&lt;h4&gt;
+ Grand Est (dépôt jusqu&amp;#039;au 30 novembre 2022)
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets Culture et politique de la ville en Grand-Est consiste en un co-financement, par le ministère de la Culture, de projets soutenus par ailleurs dans le cadre des contrats de ville du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur du projet s&amp;#039;engage à déposer également cette demande de subvention
+ &lt;strong&gt;
+  sur la plateforme Dauphin
+ &lt;/strong&gt;
+ , selon le calendrier du contrat de ville de la collectivité concernée.
+&lt;/p&gt;
+&lt;h5&gt;
+ Montant de la subvention
+&lt;/h5&gt;
+&lt;p&gt;
+ La participation de la DRAC à la rémunération horaire de l&amp;#039;artiste intervenant est de 50 € TTC, charge à l&amp;#039;employeur de respecter la convention collective en vigueur.
+&lt;/p&gt;
+&lt;h5&gt;
+ Modalités d&amp;#039;attribution de la subvention
+&lt;/h5&gt;
+&lt;p&gt;
+ Un comité de sélection, associant la DRAC, les délégués du Préfet, la DDETSPP (direction départementale de l&amp;#039;emploi, du travail, des solidarités et de la protection des populations) et, le cas échéant, les représentants des collectivités locales, se réunira
+ &lt;strong&gt;
+  courant février 2023
+ &lt;/strong&gt;
+ pour sélectionner les projets et déterminer le montant des subventions accordées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires du soutien de la DRAC s&amp;#039;engagent à mettre en œuvre le projet tel que présenté lors de la candidature. Ils informent de l&amp;#039;avancement du projet, notamment par l&amp;#039;envoi du calendrier ajusté des interventions. Toute modification substantielle du projet devra obtenir l&amp;#039;accord préalable de la DRAC.
+&lt;/p&gt;
+&lt;h5&gt;
+ Calendrier
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 30 novembre 2022 à 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte passé cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annonce des résultats : 1
+  er
+  trimestre 2023. Les candidats seront informés par courrier électronique de leur sélection et du montant de la subvention accordée. Les structures retenues formaliseront leur demande par l&amp;#039;envoi du dossier Cerfa 12156*06.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ Comment déposer un dossier ?
+&lt;/h5&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Téléchargez le formulaire ci-dessous.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le formulaire et retournez-le par mail en cliquant sur le bouton &amp;#34;Déposer mon dossier&amp;#34; de votre département.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Votre dossier devra être accompagné des pièces jointes suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la fiche de candidature complétée et signée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dossier de présentation du projet artistique (format libre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les curriculum vitae de tous les artistes ou professionnels de la culture amenés à intervenir dans le projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cas échéant : le bilan et l&amp;#039;évaluation des projets développés en 2022.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Egalité des chances
+Cohésion sociale et inclusion
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être déposés par une structure culturelle ayant pour objectifs principaux, établis dans ses statuts, la création et la diffusion d&amp;#039;œuvres artistiques, culturelles, patrimoniales ou scientifiques et techniques : association culturelle, compagnie, artiste inscrit à la maison des artistes, musée, médiathèque, lieu patrimonial, structure de diffusion scientifique et technique à l&amp;#039;exception des établissements publics nationaux du ministère de la Culture, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;adresser aux habitants d&amp;#039;un quartier politique de la ville.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets culturels et artistiques proposés doivent être le fruit d&amp;#039;une co-construction entre une structure culturelle et une structure du champ social (maison de quartier, centre d&amp;#039;hébergement et de réinsertion sociale, centre social, bailleur social, association œuvrant dans le champ social, centre d&amp;#039;animation, mission locale, centre d&amp;#039;accueil de demandeurs d&amp;#039;asile, foyers d&amp;#039;accueil, résidence sociale...).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent s&amp;#039;inscrire dans la nouvelle géographie prioritaire – loi de programmation pour la ville et la cohésion urbaine du 21 février 2014 Ouvre une nouvelle fenêtre – en proposant des projets dans les territoires cibles que sont les quartiers politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures peuvent s&amp;#039;appuyer sur les outils de localisation suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une carte interactive des quartiers prioritaires Ouvre une nouvelle fenêtre sur le site Internet de Système d&amp;#039;information géographique de la Politique de la ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  les quartiers prioritaires de la politique de la ville sur le géoportail Ouvre une nouvelle fenêtre
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-et-lien-social</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aube / Marne : M. SALINGUE (
+  &lt;a href="mailto:guillaume.salingue&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   guillaume.salingue&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 26 70 36 93)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ardennes / Haute-Marne : Mme TABOURIN (
+  &lt;a href="mailto:chantal.tabourin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   chantal.tabourin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 26 70 36 86)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Meurthe-et-Moselle / Meuse / Moselle / Vosges : Mme MARTINET (
+  &lt;a href="mailto:frederique.martinet&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   frederique.martinet&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 87 56 41 00)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bas-Rhin / Haut-Rhin : Mme BLONDEAU (
+  &lt;a href="mailto:nicole.blondeau&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   nicole.blondeau&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 88 15 57 10)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bdf7-culture-et-lien-social/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC36" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2022</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
+        <v>122032</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Être labellisé "Maison des Illustres" pour contribuer à la conservation et à la transmission des lieux façonnant notre pays</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Labellisation &amp;quot;Maison des Illustres&amp;quot;</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Particulier
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L21" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;enrichissement des collections d&amp;#039;un musée permet de contribuer à la diffusion de l&amp;#039;art, à sa connaissance par le grand public et au plaisir des visiteurs. Cet enrichissement peut se faire grâce aux dons et au mécénat ou grâce à l&amp;#039;achat d&amp;#039;œuvres. Le ministère de la Culture soutient les propriétaires et gestionnaires qui aident leurs musées à conserver et protéger leurs collections, par le biais des Fonds régionaux d&amp;#039;acquisition pour les musées (FRAM).
-[...57 lines deleted...]
- &lt;a&gt;
+ La mémoire des femmes et des hommes s&amp;#039;étant illustrés dans l&amp;#039;Histoire de la France est valorisée à travers le label &amp;#34;Maison des Illustres&amp;#34;.  Attribué par le ministère de la Culture, ce label contribue à la conservation et à la transmission des lieux façonnant notre pays.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce qu&amp;#039;une Maison des Illustres ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présentes dans toutes les régions métropolitaines comme en Outre-Mer, les Maisons des Illustres dessinent une véritable cartographie de lieux où s&amp;#039;est façonnée l&amp;#039;histoire de notre pays. Ces maisons montrent combien le patrimoine est un territoire, vivant nourrit de la personnalité de ceux qui l&amp;#039;ont habité en y laissant leur trace.
+&lt;/p&gt;
+&lt;p&gt;
+ Les Maisons des Illustres forment un réseau de lieux de mémoire qui ne cesse de s&amp;#039;accroitre permettant de relier l&amp;#039;histoire locale et l&amp;#039;histoire nationale, l&amp;#039;intime et le collectif. Elles révèlent le rôle joué par les hommes et les femmes sur un plan politique, religieux, scientifique ou artistique, dont le ministère de la Culture entend faire reconnaître la dimension culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créé en 2011, par le ministère de la Culture, le label « Maisons des Illustres » est destiné à valoriser des lieux dont la vocation est de conserver et de transmettre la mémoire des femmes et des hommes qui les ont habités et se sont illustrés dans l&amp;#039;histoire politique, scientifique, sociale et culturelle de la France.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label garantit notamment aux visiteurs des Maisons des Illustres :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un programme culturel de qualité
+ &lt;/li&gt;
+ &lt;li&gt;
+  des modalités d&amp;#039;accompagnement à la visite, adaptés à toutes et tous, notamment au public scolaire et aux personnes en situation de handicap.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus sur les lieux labellisés, vous pouvez vous rendre sur
+ &lt;a href="https://www.culture.gouv.fr/Aides-demarches/Protections-labels-et-appellations/Composants-Labels/MdI/Carte-des-Maisons-des-illustres#/search&amp;#64;31.7407183,15.2536932,2.50" rel="noopener" target="_blank"&gt;
+  la carte interactive dédiée
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
   Critères d&amp;#039;éligibilité du demandeur
- &lt;/a&gt;
-[...5 lines deleted...]
- &lt;a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour recevoir ce label, le propriétaire (public ou privé, personne morale ou physique) ou le gestionnaire agissant pour son compte de l&amp;#039;immeuble doit déposer une demande auprès de la Direction régionale des affaires culturelles (DRAC) dont dépend le bien.
+&lt;/p&gt;
+&lt;p&gt;
+ Le lieu doit remplir trois conditions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  avoir été habité par une personne illustre et en avoir conservé une mémoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir été ouvert au public au moins 40 jours par an
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas poursuivre de but essentiellement commercial
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
   Critères de non-éligibilité du demandeur
- &lt;/a&gt;
-[...70 lines deleted...]
- &lt;a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les immeubles poursuivant un but commercial, n&amp;#039;étant pas ouverts au public au moins 40 jours par an et n&amp;#039;ayant pas été habités par une personne illustre ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;attribution du label
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le label &amp;#34;Maisons des Illustres&amp;#34; est attribué par arrêté préfectoral.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
   Modalités d&amp;#039;évaluation des dossiers
- &lt;/a&gt;
-[...141 lines deleted...]
-      <c r="S21" s="1" t="inlineStr">
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution du label &amp;#34;Maisons des Illustres&amp;#34; prendra notamment compte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;aura nationale et locale du personnage illustre
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;authenticité du lieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  le propos culturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dispositif des médiations
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;inscription du lieu dans un itinéraire touristique et/ou culturel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les possibilités d&amp;#039;accueil de visiteurs en situation de handicap pourront être prises en compte lors de l&amp;#039;appréciation du dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U21" s="1" t="inlineStr">
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/labellisation-protection-appellation/labellisation-maison-des-illustres</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact national
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ DG2TDC &amp;gt; Département des territoires :
+ &lt;a href="mailto:marco.marchetti&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  marco.marchetti&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ; 01 40 15 34 02
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour en savoir plus sur les modalités et calendriers de dépôt dans votre région, merci de vous reporter aux informations ci-dessous :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Auvergne-Rhône-Alpes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Auvergne-Rhône-Alpes
+ &lt;br /&gt;
+ &lt;a href="mailto:sophie.onimus-carrias&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  sophie.onimus-carrias&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:nicolas.douez&amp;#64;culture.gouv.fr" target="_self"&gt;
+  nicolas.douez&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 72 00 44 00
+ &lt;br /&gt;
+ 6 quai Saint-Vincent - Le Grenier d&amp;#039;Abondance, 69283 LYON 01
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bourgogne-Franche-Comté
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Bourgogne-Franche-Comté, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Bourgogne-Franche-Comté
+ &lt;br /&gt;
+ &lt;a href="mailto:isabelle.collet&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  isabelle.collet&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 03 80 68 51 46
+ &lt;br /&gt;
+ 39-41 rue Vannerie - Hôtel Chartraire de Montigny, 21000 DIJON
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bretagne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Bretagne, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Bretagne
+ &lt;br /&gt;
+ &lt;a href="mailto:lionel.bergatto&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  lionel.bergatto&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 02 99 29 67 67
+ &lt;br /&gt;
+ Hôtel de Blossac 6, rue du Chapitre - 35044 RENNES cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre-Val de Loire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Centre-Val-de-Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Centre-Val de Loire
+ &lt;br /&gt;
+ &lt;a href="mailto:sylvie.marchant&amp;#64;culure.gouv.fr" rel="noopener" target="_blank"&gt;
+  sylvie.marchant&amp;#64;culure.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 02 38 78 85 00
+ &lt;br /&gt;
+ 6, rue de la Manufacture - 45043 ORLÉANS cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Corse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Corse, nous vous invitons à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ DRAC Corse
+ &lt;br /&gt;
+ &lt;a href="mailto:carole.champredonde&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  carole.champredonde&amp;#64;culture.gouv.fr
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 04 95 51 52 15
+ &lt;br /&gt;
+ 1, chemin de la Pietrina, CS 10003 - Villa San Lazaro - 20704 AJACCIO 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Grand Est (dépôt terminé pour 2023)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Grand Est, nous vous invitons à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Grand-Est
+ &lt;br /&gt;
+ &lt;a href="mailto:irene.jornet&amp;#64;culture.gouv.fr"&gt;
+  irene.jornet&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 03 88 15 57 03
+ &lt;br /&gt;
+ Conservation régionale des monuments historiques Palais du Rhin, 2 place de la République - 67082 Strasbourg Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Regions/Drac-Grand-Est/aides/labels/label-mdi" rel="noopener" target="_blank"&gt;
+  Le label dans le Grand Est
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hauts-de-France
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Hauts-de –France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Hauts-de-France
+ &lt;br /&gt;
+ &lt;a href="mailto:colette.drean&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  colette.drean&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ &lt;a href="mailto:agathe.cartier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  agathe.cartier&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 03.28.36.61.45
+ &lt;br /&gt;
+ 1-3 rue du Lombard - CS 80016 - 59041 LILLE Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ile-de-France (dépôt jusqu&amp;#039;au 31 janvier 2023)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC d&amp;#039;Ile-de-France
+ &lt;br /&gt;
+ &lt;a href="mailto:mdi.dracidf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  mdi.dracidf&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 01 56 06 50 04
+ &lt;br /&gt;
+ 47 rue Le Pelletier - 75009 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Normandie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Normandie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Normandie
+ &lt;br /&gt;
+ &lt;a href="mailto:hind.bouchareb&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  hind.bouchareb&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 02 31 38 39 62
+ &lt;br /&gt;
+ 13 bis rue Saint-Ouen - 14052 CAEN cedex 4
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nouvelle-Aquitaine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Nouvelle Aquitaine, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Nouvelle Aquitaine
+ &lt;br /&gt;
+ &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0%C2%A0" rel="noopener" target="_blank"&gt;
+  justine.dujardin&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ; 05 57 95 01 66
+ &lt;br /&gt;
+ &lt;a href="mailto:sandrine.pantaleo&amp;#64;culture.gouv.fr" target="_self"&gt;
+  sandrine.pantaleo&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ ; 05 55 45 66 73
+ &lt;br /&gt;
+ 54, Rue  Magendie - CS 41229 - 33074 BORDEAUX Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Occitanie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Occitanie, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Occitanie
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cottenceau&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  veronique.cottenceau&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 04 67 02 35 21 D
+ &lt;br /&gt;
+ 5, rue de la Salle-l&amp;#039;Évêque, CS 49020 -  34967 MONTPELLIER Cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pays de la Loire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Pays de la Loire, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Pays de la Loire
+ &lt;br /&gt;
+ &lt;a href="mailto:etienne.bartczak&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  etienne.bartczak&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:alexandra.maniere&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  alexandra.maniere&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 02 40 14 23 00
+ &lt;br /&gt;
+ 1 rue Stanislas Baudry, BP 63518 - 44035 NANTES cedex 1
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Paca, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC Provence-Alpes-Côte d&amp;#039;Azur
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:yves.giraud&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  yves.giraud&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:catherine.cauche&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  catherine.cauche&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 42 16 19 00
+&lt;/p&gt;
+&lt;p&gt;
+ 23, boulevard du Roi René, - 13617 AIX-EN-PROVENCE Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Guadeloupe
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Guadeloupe, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DAC Guadeloupe
+ &lt;br /&gt;
+ &lt;a href="mailto:marie-noelle.martial&amp;#64;culture.gouv.fr%C2%A0%C2%A0%C2%A0" rel="noopener" target="_blank"&gt;
+  marie-noelle.martial&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 05 90 41 14 80
+ &lt;br /&gt;
+ 28, rue Perrinon - 97100 BASSE-TERRE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Guyane
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Guyane, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DCJS Guyane
+ &lt;br /&gt;
+ &lt;a href="mailto:cyril.goyer&amp;#64;%20guyane.pref.gouv.fr" rel="noopener" target="_blank"&gt;
+  cyril.goyer&amp;#64;guyane.pref.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 05 94 25 54 00
+ &lt;br /&gt;
+ 4, rue du Vieux Port 97321 CAYENNE - GUYANE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Réunion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres à La Réunion, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DAC La Réunion
+ &lt;br /&gt;
+ &lt;a href="mailto:natacha.provensal&amp;#64;culture.gouv.fr"&gt;
+  natacha.provensal&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 02 62 41 99 49
+ &lt;br /&gt;
+ 23 rue Labourdonnais, CS71045 97404 Saint Denis Cedex - La Réunion, France
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Martinique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Martinique, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DAC Martinique
+ &lt;br /&gt;
+ &lt;a href="mailto:christophe.pomez&amp;#64;culture.gouv.fr%C2%A0%C2%A0%C2%A0%C2%A0"&gt;
+  christophe.pomez&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 05 96 60 05 36
+ &lt;br /&gt;
+ 54, rue du Professeur Raymond Garcin - 97200 FORT-DE-FRANCE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mayotte
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres à Mayotte, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DAC Mayotte
+ &lt;br /&gt;
+ &lt;a href="mailto:guillaume.deslandes&amp;#64;culture.gouv.fr"&gt;
+  guillaume.deslandes&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 02 69 63 00 48 / 06 39 69 93 08
+ &lt;br /&gt;
+ BP 676 - 97600 MAMOUDZOU
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Polynésie française
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur le label Maison des Illustres en Polynésie Française, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr%20" rel="noopener" target="_blank"&gt;
+  emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Cheffe de la mission culture
+ &lt;br /&gt;
+ &amp;#43;689 / 40.468.705
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c70c-labellisation-maison-des-illustres/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC37" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>18/12/2022</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-      <c r="A22" s="1">
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
         <v>103569</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Faire émerger des projets économiques au sein de sites patrimoniaux - Réinventer le Patrimoine</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>Tourisme Ingénierie Développement</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Ministère de la Culture
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Ministère de la Culture
 Atout France
-Banque des Territoires
 Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
-      <c r="F22" s="1" t="inlineStr">
+      <c r="F38" s="1" t="inlineStr">
         <is>
           <t>Atout France</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...6 lines deleted...]
-Ingénierie financière
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Le programme « Réinventer le
 patrimoine » a pour ambition d’accompagner le développement d’activités
 économiques, touristiques et culturelles, au sein de bâtis remarquables, dans
 des perspectives de sauvegarde du patrimoine, d’attractivité et d’animation des
 territoires. &lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Lancé en 2020, Réinventer le patrimoine est un
 dispositif d&amp;#039;ingénierie piloté par la Banque des territoires, l’Agence
 nationale de la cohésion des territoires et Atout France avec le ministère de
 la Culture, pour faciliter l’émergence de projets économiques au sein de sites
 patrimoniaux, autour d&amp;#039;usages variés. &lt;/span&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les objectifs du programme sont de
 quatre ordres : &lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;Rénover
      les sites patrimoniaux avec l’ambition de créer des lieux innovants de vie
      et d’animation des territoires, en développant de nouveaux usages à
      destination des populations locales et des touristes (culturel,
      évènementiel, hébergement, …) ;  &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Accompagner
      les propriétaires publics et privés dans la définition de leur projet de
      valorisation, et définir les conditions de leur faisabilité, avec gestion
      tout ou partie confiée à des exploitants privés ;  &lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Favoriser
      la rencontre entre propriétaires publics et opérateurs privés,
      investisseurs et exploitants ;&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Proposer
      des modèles économiques adaptés aux spécificités des bâtiments
      patrimoniaux, innovants, équilibrés et pérennes, associant public et
      privé, dans une perspective de minimisation des dépenses publiques : la
      mise en tourisme des sites a pour but de créer de la valeur économique et
      de la valeur d’usage participants à la sauvegarde de ces bâtis
      remarquables.&lt;/span&gt;&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;&lt;span&gt;Parallèlement au fonds d&amp;#039;ingénierie, Réinventer le
 patrimoine partage sur l&amp;#039;&lt;a href="https://www.reinventer-le-patrimoine.fr/ressources" target="_self"&gt;&lt;span&gt;espace Ressources de son site internet&lt;/span&gt;&lt;/a&gt; un
 riche éventail d&amp;#039;&lt;strong&gt;outils et documents&lt;/strong&gt; produits dans le cadre de ses
 différentes expérimentations auprès des projets, pour professionnaliser la
 filière et favoriser la réalisation de projets de reconversion patrimoniale
 partout en France. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Arial, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Deux des nombreuses ressources mises à disposition par le programme :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;L&amp;#039;outil de pré-diagnostic pour comparer les performances économiques d&amp;#039;un site patrimonial avec les moyennes observées de sites aux profils similaires partout en France : &lt;a href="https://www.reinventer-le-patrimoine.fr/ressources?cat%C3%A9gorie&amp;#61;Faire&amp;#43;son&amp;#43;pr%C3%A9-diagnostic" target="_self"&gt;Outils et leur mode d&amp;#039;emploi&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Une guide des 10 grandes étapes à suivre pour faciliter la mise en œuvre d&amp;#039;un projet durable et économiquement viable au sein de bâtiments patrimoniaux : &lt;a href="https://assets-global.website-files.com/62441f8b7a122a0d5064ce0b/657189adff5aa3c3c0bd28e2_Guide%20m%C3%A9thodologique%20pour%20les%20projets%20de%20reconversion%20patrimoniale.pdf" target="_self"&gt;Lien vers le Guide pour les projets de reconversion patrimoniale&lt;/a&gt;&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La &lt;strong&gt;phase 1&lt;/strong&gt; du programme, a permis le lancement d’un appel à projets national auprès des collectivités locales pour accompagner 12 projets sélectionnés à travers notamment la prise en charge de plusieurs études stratégiques. L’accompagnement de ces premiers lauréats a mis l’accent sur l’importance d’une gouvernance solide, d’une gestion de projet professionnelle dédiée, et de la nécessité de mener certaines études préalables à la bonne détermination du projet. &lt;br /&gt;&lt;br /&gt;Capitalisant sur l’expérience acquise durant la phase 1, le comité de pilotage a validé le déploiement d’une &lt;strong&gt;2e promotion&lt;/strong&gt; en l’orientant vers des projets économiques matures et en ouvrant le programme aux porteurs de projets privés. En 2022 et 2023, 10 nouveaux projets ont été progressivement intégrés.  &lt;/p&gt;&lt;p&gt;L’année 2024 marque le lancement de la &lt;strong&gt;3e promotion&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Plus d&amp;#039;informations sur les actualités du dispositif sur la &lt;a href="https://www.linkedin.com/company/77065434/admin/feed/posts/" target="_self"&gt;page LinkedIn&lt;/a&gt; du programme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Les projets lauréats doivent répondre à plusieurs prérequis :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Viser un modèle économique équilibré et pérenne, avec gestion confiée tout ou partie à un exploitant privé ;&lt;/li&gt;&lt;li&gt;Bénéficier d&amp;#039;une ambition régionale voire nationale et de la taille critique permettant l’accueil des usages souhaités ;&lt;/li&gt;&lt;li&gt;S&amp;#039;appuyer sur un soutien politique fort, un(e) chef(fe) de projet et des moyens financiers mobilisés pour piloter la réflexion ;&lt;/li&gt;&lt;li&gt;Avoir des premiers éléments de connaissance du bâti : diagnostic patrimonial / technique réalisé&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères optionnels :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser l&amp;#039;entrée en vivier : le porteur a déjà initié des études quant à l&amp;#039;opportunité du projet et à son modèle économique (diagnostic de territoire, étude du marché, démarche de concertation, business plan, etc.)&lt;/li&gt;&lt;li&gt;Avoir un projet engagé dans une démarche RSE de développement durable et d&amp;#039;évaluation (performance énergétique, réemplois, labellisation, création d&amp;#039;emplois, accessibilité, etc...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Un comité de pilotage sélectionne les projets susceptibles de bénéficier d&amp;#039;un accompagnement en ingénierie, à des moments clés de leur cycle de vie, afin de soutenir leur concrétisation.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.reinventer-le-patrimoine.fr/le-programme</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;blockquote&gt;Valère ROUSSEAU - Département ingénierie, développement et prospective&lt;/blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="mailto:valere.rousseau&amp;#64;atout-france.fr" title="Envoyer un email vers valere.rousseau&amp;#64;atout-france.fr"&gt;&lt;span&gt;&lt;/span&gt;valere.rousseau&amp;#64;atout-france.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>valere.rousseau@atout-france.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ce0d-reinventer-le-patrimoine-mise-a-disposition-d/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB38" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC38" s="1" t="inlineStr">
+        <is>
+          <t>Atout France</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>21/10/2021</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E23" s="1" t="inlineStr">
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
+        <v>116955</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Faire connaître et valoriser des parcs et jardins ouverts au public et particulièrement bien entretenus - Label "Jardin remarquable".</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F23" s="1" t="inlineStr">
+      <c r="F39" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L23" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le plan en faveur des fanfares, mis en œuvre en 2021 et 2022 s&amp;#039;inscrit dans le cadre d&amp;#039;un soutien renforcé aux  pratiques culturelles et artistiques des français. Il vise à soutenir et accompagner les projets de musiciens amateurs, regroupés en association, dans le cadre de fanfares et d&amp;#039;orchestres d&amp;#039;harmonie.  Fort de sa réussite, ce plan a été reconduit et amplifié en 2023
-[...117 lines deleted...]
-  la prise en compte du volet transmission vers la jeunesse
+ Mis en place en 2004, ce label d&amp;#039;État est accordé pour une durée de 5 ans aux parcs et jardins ouverts au public qui présentent un grand intérêt sur le plan de l&amp;#039;histoire, de l&amp;#039;esthétique ou encore de la botanique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce label d&amp;#039;État, attribué pour 5 ans renouvelable, répond à des critères d&amp;#039;exigence et de qualité sur la composition (organisation des espaces), l&amp;#039;intégration dans le site et la qualité des abords, les éléments remarquables (eau, fabriques, architectures végétales...), l&amp;#039;intérêt botanique, l&amp;#039;intérêt historique, l&amp;#039;accueil des publics et l&amp;#039;entretien dans le respect de la qualité environnementale. Il tient compte de la diversité des parcs et jardins et peut concerner des jardins petits ou étendus, historiques ou contemporains et de tous les styles.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label procure les avantages suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mention dans les documents de communication diffusés par le ministère de la Culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Possibilité d&amp;#039;obtenir une signalisation routière spécifique portant le logotype, selon le même processus que les édifices protégés au titre des monuments historiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autorisation d&amp;#039;utiliser le label et son logo sur tous les documents de communication et de signalétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Possibilité d&amp;#039;une prise en compte dans la définition des plans locaux d&amp;#039;urbanisme (PLU)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attention : Depuis le 1e janvier 2014, le label ne permet plus d&amp;#039;obtenir d&amp;#039;agrément fiscal.
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...24 lines deleted...]
- Enfant&amp;#039;fare est un projet en territoire rural de la Sarthe, en Pays de la Loire, destiné à la création d&amp;#039;un orchestre périscolaire de 24 enfants qui seront initiés à la pratique musicale en partenariat avec les écoles de musique locales ainsi qu&amp;#039;avec les orchestres du territoire communautaire.
+ Carte des jardins remarquables :
+ &lt;a href="http://www.culturecommunication.gouv.fr/Aides-demarches/Carte-des-jardins-remarquables" rel="noopener" target="_blank"&gt;
+  http://www.culturecommunication.gouv.fr/Aides-demarches/Carte-des-jardins-remarquables
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O23" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...52 lines deleted...]
- Le soutien financier du ministère de la Culture ne pourra pas porter exclusivement sur l&amp;#039;achat d&amp;#039;instruments de musique : celui-ci est conditionné à la mise en œuvre d&amp;#039;un projet artistique et culturel le justifiant.
+ Le dossier doit comporter
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le plan de situation et le plan du jardin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la liste des éléments remarquables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la liste des végétaux remarquables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un historique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un descriptif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des éléments d&amp;#039;appréciation sur le mode de gestion du jardin (moyens humains, organisation, prise en compte de la qualité environnementale, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la liste de la documentation mise à la disposition du public, ainsi que des éventuelles animations à destination des jeunes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un dossier photographique comportant au moins 5 images ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un engagement écrit d&amp;#039;ouvrir le jardin à la visite au moins 40 jours et 6h par jour entre le 1e janvier et le 31 décembre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un engagement écrit de participer à l&amp;#039;opération nationale Rendez-vous aux jardins et, le cas échéant, aux Journées européennes du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dossiers sont ensuite examinés par un groupe de travail présidé par le préfet de région ou son représentant. Les jardins retenus font l&amp;#039;objet d&amp;#039;une décision du préfet de région. Les critères d&amp;#039;attribution du label, les conditions de refus ou de retrait du label ainsi que les contrôles effectués par les services du ministère sont précisés dans la circulaire de 2008.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/Aides-demarches/Protections-labels-et-appellations/Label-Jardin-remarquable#attribution</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.culture.gouv.fr/loc_fr/mcc/requests/POLIT_LABEL_informations_01/?__CSRFTOKEN__=98ade779-8e2a-4744-b190-761f2bfb579d</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les propriétaires doivent adresser les dossiers de candidature à la direction régionale des affaires culturelles (DRAC) soit :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Par Internet : en saisissant votre demande sur le site &amp;#34;Mes démarches&amp;#34;.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Par voie postale : en adressant une demande à votre DRAC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il n&amp;#039;existe pas de date limite de candidature. Les demandes sont recevables toute l&amp;#039;année.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
-[...477 lines deleted...]
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>lea.landrieu@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fe5-valorisez-vos-jardins-remarquable-label-jardi/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC39" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Le Bessat</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>15/03/2022</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...6189 lines deleted...]
-      <c r="A38" s="1">
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
         <v>93537</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Mobiliser une équipe pluridisciplinaire d'étudiants pour imaginer un projet local</t>
         </is>
       </c>
-      <c r="C38" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 ÉcoQuartier</t>
         </is>
       </c>
-      <c r="D38" s="1" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Ateliers hors les murs</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
-[...2 lines deleted...]
-Ministères de l'Aménagement du territoire et de la Transition écologique
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
 Ministère de l'Enseignement supérieur et de la Recherche
 Fédération des parcs naturels régionaux de France
-Office Français de la Biodiversité (OFB)</t>
-[...2 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+Ministères de l'Aménagement du territoire et de la Transition écologique
+Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="J38" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
         <is>
           <t>bourse de 1000€</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;h1&gt;&lt;strong&gt;Accueillez des étudiants pour repenser l&amp;#039;avenir de votre territoire !&lt;/strong&gt;&lt;/h1&gt;&lt;p&gt;Vous souhaitez bénéficier d&amp;#039;un accompagnement en ingénierie, d&amp;#039;une analyse approfondie des spécificités et atouts inhérents à votre territoire pour alimenter un projet de développement local partagé ? &lt;/p&gt;&lt;p&gt;Vous questionnez les circuits courts alimentaires, la valorisation du patrimoine bâti et de l&amp;#039;espace publ&lt;span&gt;ic, la revitalisation commerciale, le développement culturel et du tourisme durable, ou encore l&amp;#039;inclusion de la biodiversité dans l&amp;#039;aménagement du territoire ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Les &lt;em&gt;Ateliers hors les murs&lt;/em&gt; consistent à mobiliser des équipes d&amp;#039;étudiants de différentes formations (en développement local, paysage, urbanisme, sociologie, architecture, économie, agronomie, écologie...) pour élaborer avec les acteurs locaux un projet de développement à l&amp;#039;échelle d&amp;#039;une commune et de son bassin de vie. Après toute une semaine à investir les lieux et comprendre les enjeux locaux, l&amp;#039;équipe pluridisciplinaire propose aux élus une réflexion prospective, avec des pistes d&amp;#039;action &lt;span&gt;fondées sur un diagnostic fin de la maille (inter)communale.&lt;/span&gt;&lt;/p&gt;&lt;h3&gt;&lt;em&gt;&lt;strong&gt;Les points forts des ateliers :&lt;/strong&gt;&lt;/em&gt;&lt;/h3&gt;&lt;ul&gt;&lt;li&gt;La pluridisciplinarité des équipes engagées constitue une véritable force dans la formulation des problématiques, dans la compréhension des enjeux et dans les orientations proposées : l&lt;span&gt;es réponses apportées adoptent un regard transversal et cohérent, non limitées &lt;/span&gt;&lt;span&gt;à une approche architecturale ou urbaine par exemple.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les travaux sont restitués devant le conseil municipal, parfois élargi aux habitants : les &lt;span&gt;ateliers peuvent en cela engager un processus de dialogue entre les différents acteurs d&amp;#039;un territoire et participent à l&amp;#039;élaboration d&amp;#039;un projet partagé.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La Fédération des Parcs naturels régionaux s&amp;#039;engage à mettre en place une assistance à maîtrise d&amp;#039;ouvrage pour &lt;/span&gt;&lt;span&gt;identifier une problématique, des écoles volontaires, accompagner la recherche de financements nationaux et locaux et contribuer à la valorisation de l&amp;#039;atelier, en plus d&amp;#039;une bourse de 2500 euros aux lauréats de l&amp;#039;Appel à manifestation d&amp;#039;intérêt en territoire de Parc naturel régional.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;&lt;em&gt;&lt;strong&gt;Quand faire appel à un atelier ?&lt;/strong&gt;&lt;/em&gt;&lt;/h3&gt;&lt;ul&gt;&lt;li&gt;En amont d&amp;#039;une convention de revitalisation Petite ville de demain, d&amp;#039;une démarche ÉcoQuartier ou de la révision d&amp;#039;une charte de Parc ; &lt;/li&gt;&lt;li&gt;En renfort d&amp;#039;une phase de mise en oeuvre, en parallèle de projets opérationnels ;&lt;/li&gt;&lt;li&gt;En tant que site pilote des enjeux d&amp;#039;un bassin de vie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;→&lt;/span&gt; Ces ateliers sont toujours une opportunité d&amp;#039;identifier des leviers tenant compte du contexte local et de construire une prospection à plusieurs horizons temporels.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Depuis 2018, plus de 60 ateliers ont été menés dans les Parcs naturels régionaux et les Petites villes de demain sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La redynamisation des centres-bourgs de petites et moyennes villes ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;L&amp;#039;alimentation comme levier de développement local ;&lt;/li&gt;&lt;li&gt;Ou encore la prise en compte des enjeux de biodiversité dans l&amp;#039;aménagement du territoire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Retrouvez l&amp;#039;essentiel dans le &lt;a href="https://www.parcs-naturels-regionaux.fr/mediatheque/ressources/lessentiel-des-ateliers-hors-les-murs-guide" target="_self"&gt;Guide des Ateliers hors les murs&lt;/a&gt; ou inspirez-vous des résultats des premières expériences grâce au &lt;a href="https://www.parcs-naturels-regionaux.fr/mediatheque/ressources/carnet-de-route-des-32-premiers-ateliers-hors-les-murs" target="_self"&gt;Carnet de route des Ateliers hors les murs&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Revitalisation
 Innovation, créativité et recherche
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour en bénéficier, il suffit de prendre contact avec la Fédération des Parcs pour être mis en contact avec des écoles et universités volontaires, monter un projet répondant aux attentes de toutes ses parties prenantes et identifier des pistes de financements complémentaires. Une candidature doit associer &lt;em&gt;a minima&lt;/em&gt; 2 établissements d&amp;#039;enseignement supérieur de disciplines différentes et 1 territoire d&amp;#039;accueil.&lt;/p&gt;&lt;p&gt;La bourse de 2500 euros est attribué aux projets lauréats situés dans un Parc naturel régional ou un Parc national, sur décision d&amp;#039;un comité de sélection composé du ministère de la Transition écologique, du ministère de la Culture, du ministère de l&amp;#039;Enseignement supérieur et de la Recherche et de l&amp;#039;Office français de la biodiversité.&lt;/p&gt;&lt;p&gt;Le processus de sélection ne vaut pas accord de financement des partenaires mentionnés dans le budget prévisionnel.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Plusieurs sessions de candidature sont organisées chaque année : à retrouver sur le site de la &lt;a href="https://www.parcs-naturels-regionaux.fr/mediatheque/ressources/appel-manifestation-dinteret-2025" target="_self"&gt;Fédération des Parcs naturels régionaux de France&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.parcs-naturels-regionaux.fr/les-enjeux/enseignement-superieur</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bastien Galant - &lt;a target="_self"&gt;bgalant&amp;#64;parcs-naturels-regionaux.fr&lt;/a&gt; - 06 59 61 58 81&lt;/p&gt;&lt;p&gt;Fabien Hugault - &lt;a href="mailto:fhugault&amp;#64;parcs-naturels-regionaux.fr" rel="noopener" target="_blank"&gt;fhugault&amp;#64;parcs-naturels-regionaux.fr&lt;/a&gt; - 06 99 93 82 91&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  Nicolas Sanaa -
  &lt;a href="mailto:nsanaa&amp;#64;parcs-naturels-regionaux.fr" rel="noopener" target="_blank"&gt;
   nsanaa&amp;#64;parcs-naturels-regionaux.fr&lt;/a&gt; - 06 63 47 46 77&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>fhugault@parcs-naturels-regionaux.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6855-accueillir-petites-villes-accueillez-un-ateli/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC40" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des Parcs naturels régionaux de France</t>
+        </is>
+      </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2021</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="F39" s="1" t="inlineStr">
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
+        <v>66398</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Implanter une micro-folie</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Ministères de l'Aménagement du territoire et de la Transition écologique
+La Villette</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...39 lines deleted...]
-      <c r="N39" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture et le Ministère de la cohésion des territoires et des relations avec les collectivités territoriales vous proposent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un accompagnement global de votre projet de Micro-Folie par la Direction régionale des affaires culturelles (DRAC) ou la Direction des affaires culturelles (DAC) de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accompagnement technique de votre projet de Micro-Folie par l&amp;#039;établissement public du parc et de la grande halle de la Villette (calibrage et faisabilité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide à l&amp;#039;investissement (DETR, DSIL)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise à disposition des collections numériques des Micro-Folies, des outils de médiation et des formations
+ &lt;/li&gt;
+ &lt;li&gt;
+  La participation au réseau national des Micro-Folies
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Musée</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>http://www.micro-folies.com</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez le référent Micro-Folie de votre DRAC ou DAC :
+ &lt;a href="https://www.culture.gouv.fr/Regions"&gt;
+  https://www.culture.gouv.fr/Regions
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2a6c-implanter-une-micro-folie/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC41" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires</t>
+        </is>
+      </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>22/10/2020</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
+        <v>9129</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Philharmonie de Paris</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Démos : Dispositif d&amp;#039;éducation musicale et orchestrale à vocation sociale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projet de démocratisation culturelle s&amp;#039;adressant à des enfants issus de quartiers relevant de la politique de la ville ou de zones rurales insuffisamment dotées en institutions culturelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Démos a pour but d&amp;#039;enrichir le parcours éducatif des enfants, de favoriser la transmission du patrimoine classique et de contribuer à leur bonne insertion sociale. Il est bâti sur une coopération professionnelle forte entre acteurs de la culture et du champ social.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une cohérence pédagogique et artistique globale, il propose un apprentissage de la musique classique à des enfants ne disposant pas, pour des raisons économiques, sociales et culturelles, d&amp;#039;un accès facile à cette pratique dans les institutions existantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque enfant se voit confer un instrument de musique pendant trois ans. Encadré par des professionnels de la musique et du champ social, il suit des cours hebdomadaires de 3 h 30 en moyenne et retrouve régulièrement les autres enfants du même territoire pour une répétition en orchestre (« tutti »).  Un grand concert est organisé en fn d&amp;#039;année dans un lieu emblématique du territoir
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
-Spectacle vivant
-[...3 lines deleted...]
-      <c r="O39" s="1" t="inlineStr">
+Jeunesse</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="U39" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet s&amp;#039;adresse à des enfants de 7 à 12 ans habitants dans des quartiers relevant de la politique de la ville (QPV) ou dans des zones de revitalisation rurale (ZRR) éloignées des lieux de pratique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://demos.philharmoniedeparis.fr/le-projet.aspx</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ demos&amp;#64;philharmoniedeparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>lea.landrieu@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4609-demos-dispositif-deducation-musicale-et-orche/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...37 lines deleted...]
-      <c r="K40" s="1" t="inlineStr">
+      <c r="AC42" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Le Bessat</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
-[...816 lines deleted...]
-      <c r="K43" s="1" t="inlineStr">
+      <c r="AF42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
-[...1603 lines deleted...]
-          <t>published</t>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2019</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>