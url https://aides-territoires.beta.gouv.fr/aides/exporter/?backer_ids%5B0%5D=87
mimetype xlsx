--- v0 (2026-01-25)
+++ v1 (2026-03-19)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA283"/>
+  <dimension ref="A1:AH105"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,4863 +225,12677 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>94882</v>
+        <v>165073</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Bénéficier d’un accompagnement afin de potentiellement obtenir une garantie pour couvrir un emprunt bancaire dans le cadre de la création ou de la reprise d'une entreprise</t>
+          <t>Mener à bien un projet d’aménagement de site de baignade Baignade en milieu naturel</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>5. Chèque CREA "Garantie"</t>
+          <t>AMI Baignade en milieu naturel</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Entreprise privée
-[...1 lines deleted...]
-Recherche</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur
+Entreprise privée</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Ingénierie financière</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...60 lines deleted...]
- &lt;/li&gt;
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d’aménagement de site de baignade ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale pouvant aller &lt;strong&gt;jusqu’à 100 000 €&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une &lt;strong&gt;avance de trésorerie de 30 %&lt;/strong&gt; dès le démarrage de votre projet&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...15 lines deleted...]
-Artisanat</t>
+&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité territoriale&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;li&gt;Un syndicat mixte&lt;/li&gt;
+&lt;li&gt;Une société publique locale (SPL), ou société publique locale d’aménagement (SPLA).&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;L’élaboration du profil de baignade avec un volet environnemental&lt;/li&gt;
+&lt;li&gt;Les travaux d’aménagements d’un site de baignade en milieu naturel&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 100 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le profil de baignade et études préalables (inventaire des habitats et faune flore, etc…)&lt;/li&gt;
+&lt;li&gt;Les aménagements (ponton, plage, poste de secours, panneaux de sensibilisation à la biodiversité et sur les risques de la baignade, équipements de sécurité (ligne d’eau, bouées …), barrières, zone de parking, etc…)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
-          <t>01/01/2021</t>
+          <t>21/05/2025</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...16 lines deleted...]
-</t>
+          <t>&lt;p&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une collectivité territoriale&lt;/p&gt;&lt;p&gt;Un établissement public&lt;/p&gt;&lt;p&gt;Un syndicat mixte&lt;/p&gt;&lt;p&gt;Une société publique locale (SPL), ou société publique locale d’aménagement (SPLA).&lt;/p&gt;&lt;p&gt;Et si votre projet concerne :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’élaboration du profil de baignade avec un volet environnemental&lt;/p&gt;&lt;p&gt;Les travaux d’aménagements d’un site de baignade en milieu naturel&lt;/p&gt;&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://www.grandest.fr/vos-aides-regionales/cheque-crea-garantie-pret-bancaire/</t>
+          <t>https://www.grandest.fr/vos-aides-regionales/ami-baignade-milieu-naturel/</t>
         </is>
       </c>
       <c r="W2" s="0" t="inlineStr">
         <is>
-          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0041/depot/simple</t>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0219/depot/simple</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...4 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Marie-Dominique PARANIER&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;span&gt;baignade&amp;#64;grandest.fr&lt;/span&gt;&lt;br /&gt;&lt;span&gt;07 86 17 89 60&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/9e3d-6-cheque-crea-garantie-de-pret-bancaire/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ami-baignade-en-milieu-naturel/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
-        <v>94835</v>
+        <v>165080</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Favoriser les investissements dans les filières végétales sur le périmètre alsacien</t>
+          <t>Soutenir l'aménagement d'aires de covoiturage</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'aménagement d'aires de covoiturage</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Entreprise privée
-Agriculteur</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...26 lines deleted...]
- &lt;/li&gt;
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d&amp;#039;aménagement d&amp;#039;aire de covoiturage ? &lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 60% du coût de votre projet.&lt;br /&gt;
+&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité du Grand Est&lt;/li&gt;
+&lt;li&gt;Si le dossier de candidature est porté par votre Autorité Organisatrice de la Mobilité (AOM) de référence (si l’établissement public de coopération intercommunale n’a pas pris la compétence, la délégation peut être demandée à la Région)&lt;/li&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...32 lines deleted...]
- &lt;/li&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet &lt;/strong&gt;:&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;concerne la création ou l’extension d’une aire de covoiturage comprenant au minimum 10 places de stationnement&lt;/li&gt;
+&lt;li&gt;se situe sur le territoire d’une AOM ne prélevant pas le versement mobilité&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;</t>
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 60 % du montant des dépenses retenues en € HT. &lt;/strong&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est en fonction de la population du territoire.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les études préalables aux travaux (uniquement si associées à des travaux effectivement réalisés) ;&lt;/li&gt;
+&lt;li&gt;Les travaux liés à l’aménagement de l’aire de covoiturage ;&lt;/li&gt;
+&lt;li&gt;Les services de mobilité.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Le règlement d’intervention du dispositif détaille les dépenses éligibles.&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches :  &lt;a href="mailto:dispositifcovoiturage&amp;#64;grandest.fr"&gt;dispositifcovoiturage&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Le dépôt de candidature est exclusivement dématérialisé. &lt;strong&gt;Le lien vers l’espace de candidature est transmis par les services régionaux après l’entretien précité.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N3" s="1" t="inlineStr">
         <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>29/04/2025</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/amenagement-aires-covoiturage/</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0219/depot/simple</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches :  dispositifcovoiturage&amp;#64;grandest.fr - 03 87 15 86 65&lt;/p&gt;&lt;p&gt;Le dépôt de candidature est exclusivement dématérialisé. Le lien vers l’espace de candidature est transmis par les services régionaux après l’entretien précité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lamenagement-daires-de-covoiturage/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage
+Inciter financièrement le covoiturage</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>165084</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre le programme Ambition Eleveurs – Investissement</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Programme Ambition Eleveurs – Investissement</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous êtes inscrit dans le programme Ambition Eleveurs et avez réalisé votre conseil technico-économique ? &lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide aux investissements pouvant aller jusqu’à 40 % du montant HT de votre projet.&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si votre siège social est situé en Grand Est et si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Un exploitant agricole, personne physique affiliée à la MSA en tant qu’agriculteur à titre principal ou secondaire (les cotisants solidaires ne sont pas éligibles) ;&lt;/li&gt;
+&lt;li&gt;Un agriculteur personne morale, quelle que soit leur forme juridique dont l’objet est agricole (les associations ne sont pas éligibles). L’objet agricole est vérifié sur la base du code NAF/APE de l’avis SIRENE qui doit dans ce cas être compris entre 01.11Z et 01.50Z. ;&lt;/li&gt;
+&lt;li&gt;Un établissement de développement agricole, d’enseignement agricole et de recherche qui détient une exploitation agricole ;&lt;/li&gt;
+&lt;li&gt;Une CUMA dont un membre est dans le programme Ambition Eleveurs ;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;ET&lt;/strong&gt; Inscrit dans le programme Ambition Eleveurs et que vous avez terminé la phase de conseil technico-économique avec le livrable réceptionné.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La construction, la modernisation ou l’adaptation des bâtiments ;&lt;/li&gt;
+&lt;li&gt;L’acquisition d’équipements d’élevage ;&lt;/li&gt;
+&lt;li&gt;La mise en œuvre d’investissements pertinents, et notamment dans les principales thématiques identifiées dans le Programme Ambition Eleveurs à savoir : la maîtrise de l’énergie, la maîtrise de la ressource en eau, la maîtrise des intrants, l’autonomie fourragère et protéique et l’accès à la technologie et aux innovations numériques.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Un même bénéficiaire &lt;strong&gt;ne pourra déposer qu’une seule demande d’aide&lt;/strong&gt; au titre de ce dispositif jusqu’à la fin du programme Ambition Eleveurs.&lt;/p&gt;
+&lt;p&gt;Ce dispositif n’est &lt;strong&gt;pas cumulable avec le dispositif AXEO&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;Ce dispositif n’est &lt;strong&gt;pas cumulable avec le dispositif IPAGE Elevage Essentiel&lt;/strong&gt; une même année.&lt;/p&gt;
+&lt;p&gt;Tous les dossiers antérieurs IPAGE Elevage 2023, 2024 et IPAGE Elevage Essentiel « 7301A » de la programmation FEADER 2023-2027 doivent être soldés pour pouvoir prétendre à cette aide.&lt;/p&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. L’éligibilité de votre dossier sera étudié par les services instructeurs.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Modalités de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;40% des dépenses éligibles plafonnées à 150 000 € HT &lt;strong&gt;soit une aide maximum de 60 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour les JA/NA et les projets structurants dont le montant des dépenses éligibles est supérieur à 400 000 € HT :&lt;/p&gt;
+&lt;p&gt;40% des dépenses éligibles plafonnées à 250 000 € HT &lt;strong&gt;soit une aide maximum de 100 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;Le montant plancher de dépenses éligibles est de 30 000 € HT.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne : &lt;/strong&gt;les dossiers de demande pour les investissements du programme Ambition Eleveurs sont déposés au fil de l’eau à compter du 10 avril 2025 &lt;a href="https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0219/depot/simple"&gt;via ce lien.&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S3" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>11/04/2025</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/programme-ambition-eleveurs-investissement/</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0219/depot/simple</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ambition.eleveurs&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-ambition-eleveurs-investissement/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E4" s="1" t="inlineStr">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>165093</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Association
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H4" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...13 lines deleted...]
- &lt;/li&gt;
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez créer ou étendre un réseau de chaleur et de froid ? &lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale pouvant aller&lt;strong&gt; jusqu’à :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;50%&lt;/strong&gt; &lt;strong&gt;pour une collectivité&lt;/strong&gt;, plafonnée à 240 000€&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;40% pour les autres bénéficiaires&lt;/strong&gt;, plafonnée à 240 000€&lt;/li&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...176 lines deleted...]
-      <c r="S4" s="1" t="inlineStr">
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une Commune&lt;/li&gt;
+&lt;li&gt;Un EPCI (Etablissement Public de Coopération Intercommunal), dont les SIVOM (Syndicats Intercommunaux à Vocation Multiple) et les SIVU (Syndicats Intercommunaux à Vocation unique)&lt;/li&gt;
+&lt;li&gt;Un établissement public, un service public industriel et commercial (SPIC) et un service public administratif (SPA) rattachés à une commune ou un EPCI dont les CCAS (Centres Communaux d’Action sociale) et les PETR (Pôles d’Equilibre Territorial et Rural)&lt;/li&gt;
+&lt;li&gt;Une chambre consulaire (Chambres de Commerce et d’industrie, Chambres de Métiers et de l’Artisanat, Chambres d’Agriculture)&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une entreprise, incluant les grandes entreprises, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme (inscrits au registre de la chambre d’agriculture ou en tant que meublé de tourisme)&lt;/li&gt;
+&lt;li&gt;Un bailleur social, au sens de l’article R323-1 du CCH&lt;/li&gt;
+&lt;li&gt;Une copropriété&lt;/li&gt;
+&lt;li&gt;Une SCI est éligible si le bâtiment abrite une activité autre que du logement et fait l’objet d’une mention dans la liste ci-dessus.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;Une création / une extension / densification de réseaux de chaleur et de froid :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;à partir d’une unité de production d’énergie déjà existante (solaire thermique, géothermie et biomasse) et sans création d’unité de production supplémentaire associée,&lt;/li&gt;
+&lt;li&gt;à partir d’une unité de production d’énergie déjà existante ou en création (méthanisation et chaleur fatale)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;em&gt;Pour la création ou l’extension d’un réseau de chaleur ou de froid associée à la mise en place d’une nouvelle unité de production d’énergie (biomasse ou géothermie), se reporter aux dispositifs bois énergie et géothermie selon le type d’énergie renouvelable mis en place.&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour le secteur privé (hors copropriété), l’aide s’appliquera uniquement sur les locaux qui ne sont pas à usage d’habitation. Dans le cas d’une installation desservant des locaux professionnels et des habitations, le calcul de l’aide sera effectué au prorata de la surface des locaux éligibles au dispositif.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Taux &lt;/strong&gt;&lt;strong&gt;maximum&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les collectivités : 40%, 45% ou 50 % selon le potentiel financier et l’effort fiscal de la commune par rapport à celle de la strate&lt;/li&gt;
+&lt;li&gt;Pour les autres bénéficiaires : 40 %&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Plafond de l’aide régionale : 240 000 € &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;La date de dépôt à la Région doit être antérieure à la date de démarrage de l’opération.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;La demande devra impérativement être transmise avant engagement des travaux&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>14/01/2025</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-reseaux-de-chaleur-et-de-froid/</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0302/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-reseaux-de-chaleur-et-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E5" s="1" t="inlineStr">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>165107</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les services publics de transport à la demande</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux services publics de transport à la demande</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
-[...163 lines deleted...]
-      </c>
       <c r="G6" s="1" t="inlineStr">
-        <is>
-[...221 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...5 lines deleted...]
-      <c r="H7" s="1" t="inlineStr">
+Région</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...10 lines deleted...]
- &lt;/li&gt;
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mettre en place un service public de transport à la demande (TAD) au sein de votre communauté de communes ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez d’une aide régionale pouvant aller jusqu’à 40 000 € par an  &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une communauté de communes du Grand Est organisatrice de la mobilité et ne prélevant pas de versement mobilité&lt;/li&gt;
 &lt;/ul&gt;
-&lt;h3&gt;
-[...64 lines deleted...]
- &lt;/li&gt;
+&lt;p&gt;Sont exclus de ce dispositif les EPCI à compétence mobilité obligatoire ou leurs groupements, ainsi que toutes les AOM prélevant le versement mobilité.&lt;/p&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La mise en place d’un service public de transport à la demande (TAD) d’intérêt local et présentant également un intérêt régional : meilleure accessibilité aux centralités rurales et bourgs-centre, amélioration de l’intermodalité avec les différents réseaux de transport collectif, etc. (détail dans le règlement d’intervention).&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...19 lines deleted...]
-      <c r="S7" s="1" t="inlineStr">
+&lt;p&gt;Si votre projet s’inscrit dans cette logique, l’attribution de l’aide n’est pas pour autant automatique. Votre projet sera étudié au regard des priorités régionales, et sous réserve qu’une étude d’opportunité ait jugé de la pertinence du projet. L’offre TAD mise en place s’inscrira nécessairement dans un bouquet d’offres de mobilités complémentaires et ne saurait s’assimiler à un transport individuel de type taxi.&lt;/p&gt;
+&lt;p&gt;Pour être éligible à une aide régionale, l’offre publique de TAD devra notamment être ouverte à tous et être organisée sur le principe d’une desserte de point d’arrêt à point d’arrêt. Un maillage de points doit être prédéfini et ceux-ci doivent comprendre la desserte des pôles de services et les centralités, ainsi que les gares présentes sur le territoire ou à proximité.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 40 000 € annuel par EPCI&lt;/strong&gt; (correspondant à un taux de prise en charge pouvant aller de 40 à 80% des coûts liés à l’exploitation du TAD).&lt;/p&gt;
+&lt;p&gt;Les dépenses retenues seront étudiées avec chaque collectivité bénéficiaire sur la base d’un tableau-type des dépenses éligibles et des recettes. Les recettes et les dépenses devront être certifiées par le comptable public de la collectivité.&lt;/p&gt;
+&lt;p&gt;Sont par exemple exclues des dépenses éligibles les coûts liés, à la communication ou encore à l’utilisation d’outils de gestion du TAD.&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;En phase d’expérimentation ou d’amorçage d’un nouveau service de TAD, un soutien est envisageable auprès de l’Etat dans le cadre du Plan France Ruralités, via le Fonds vert 2024-2026, au titre de l’axe 3 : Développement des mobilités durables en zones rurales.&lt;br /&gt;
+&lt;a href="https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Axe3_Mobilit%C3%A9s_durables_v2.1.pdf"&gt;Plus d’infos&lt;/a&gt;&lt;br /&gt;
+Vous pouvez vous rapprocher de la Direction Départementale des Territoires, de votre département.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches préalables à l’obtention de l’aide régionale.&lt;/p&gt;
+&lt;p&gt;Privilégiez un envoi par mail : &lt;a href="mailto:dispositif.tad&amp;#64;grandest.fr"&gt;dispositif.tad&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>18/10/2024</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/services-publics-tad/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;dispositif.tad&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-services-publics-de-transport-a-la-demande/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E8" s="1" t="inlineStr">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>165112</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Participer au programme Ambition Eleveurs – Parcours d’accompagnement</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Programme Ambition Eleveurs – Parcours d’accompagnement</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
-[...875 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée
+Recherche
 Agriculteur
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H13" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez pouvoir bénéficier d’un parcours individuel de transformation dans le cadre du programme Ambition Eleveurs ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’accompagnement de la Région Grand Est et de ses partenaires au titre :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;D’une action de conseil (stratégique et ou technico-économique) et de son suivi&lt;br /&gt;
 &lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;D’une aide à l’investissement&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez entrer dans le programme Ambition Eleveurs&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Un exploitant agricole, personne physique affiliée à la MSA en tant qu’agriculteur à titre principal ou secondaire (les cotisants solidaires ne sont pas éligibles) ;&lt;/li&gt;
 &lt;li&gt;Un agriculteur personne morale, quelle que soit sa forme juridique dont l’objet est agricole (les associations ne sont pas éligibles). L’objet agricole est vérifié sur la base du code NAF/APE de l’avis SIRENE qui doit dans ce cas être compris entre 01.11Z et 01.50Z. ;&lt;/li&gt;
 &lt;li&gt;Un établissement de développement agricole, d’enseignement agricole et de recherche qui détient une exploitation agricole.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si vous avez&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Le siège social de l’exploitation en Région Grand Est ;&lt;/li&gt;
 &lt;li&gt;Les conditions cumulatives suivantes :
 &lt;ul&gt;
 &lt;li&gt;Une Surface Agricole Utile (SAU) supérieure ou égale à 1 hectare&lt;br /&gt;
 &lt;strong&gt;et&lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;Un projet d’atelier animal ou au moins un atelier existant de ce type :
 &lt;ul&gt;
 &lt;li&gt;Au moins 20 vaches laitières ;&lt;/li&gt;
 &lt;li&gt;Au moins 20 vaches allaitantes ;&lt;/li&gt;
 &lt;li&gt;Au moins 20 UGB bovines ;&lt;/li&gt;
 &lt;li&gt;Au moins 50 brebis ;&lt;/li&gt;
 &lt;li&gt;Au moins 50 caprins ;&lt;/li&gt;
 &lt;li&gt;Au moins 20 truies ou au moins 100 porcs ;&lt;/li&gt;
 &lt;li&gt;Au moins 1 000 poules pondeuses ;&lt;/li&gt;
 &lt;li&gt;Au moins 1 000 volailles de chair ;&lt;/li&gt;
 &lt;li&gt;Au moins 20 équidés d’élevage.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;/li&gt;
 &lt;/ul&gt;
 &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Modalités de l’aide régionale&lt;/h4&gt;
 &lt;div id="ninja_table_builder_840310"&gt;
      &lt;table id="ntb_table" role="table"&gt; &lt;tbody&gt;&lt;tr id="tr_id_7013632"&gt; &lt;td id="td_id_52065914" rowspan="1" colspan="1"&gt;&lt;div id="td_id_52065914"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_0" spellcheck="false"&gt;&lt;strong&gt;Etape&lt;/strong&gt;&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_35843944" rowspan="1" colspan="1"&gt;&lt;div id="td_id_35843944"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_1" spellcheck="false"&gt;&lt;strong&gt;Descriptif&lt;/strong&gt;&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_30920396" rowspan="1" colspan="1"&gt;&lt;div id="td_id_30920396"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_2" spellcheck="false"&gt;&lt;strong&gt;Reste à charge de l’exploitant&lt;/strong&gt;&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_48454761" rowspan="1" colspan="1"&gt;&lt;div id="td_id_48454761"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_3" spellcheck="false"&gt;&lt;strong&gt;Modalités financières&lt;/strong&gt;&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_3758304"&gt; &lt;td id="td_id_54247905" rowspan="1" colspan="1"&gt;&lt;div id="td_id_54247905"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_4" spellcheck="false"&gt;&lt;strong&gt;1&lt;/strong&gt;. Accueil dans le programme par le guichet unique d’information de son département&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_43968240" rowspan="1" colspan="1"&gt;&lt;div id="td_id_43968240"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_5" spellcheck="false"&gt;Lors d’un entretien individualisé, l’exploitation bénéficiera d’un rappel des objectifs du programme, des droits et devoirs associés à la démarche, ainsi que la promotion des différentes possibilités d’accompagnement s’offrant à elle.&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_58451633" rowspan="1" colspan="1"&gt;&lt;div id="td_id_58451633"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_6" spellcheck="false"&gt;0 €&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_19005644" rowspan="1" colspan="1"&gt;&lt;div id="td_id_19005644"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_7" spellcheck="false"&gt;Aucun règlement de l’éleveur Etape 100% financée par la Région Grand Est et le réseau des Chambres d’Agriculture du Grand Est&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_9259718"&gt; &lt;td id="td_id_18420470" rowspan="1" colspan="1"&gt;&lt;div id="td_id_18420470"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_8" spellcheck="false"&gt;&lt;strong&gt;2&lt;/strong&gt;. Une prestation de conseil personnalisé (2 parcours au choix de l’exploitant, présentés dans le règlement d’intervention)&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_39893488" rowspan="1" colspan="1"&gt;&lt;div id="td_id_39893488"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_9" spellcheck="false"&gt;Les fondamentaux de cet accompagnement seront :&lt;li&gt;un appui à l’analyse du système d’exploitation&lt;/li&gt;&lt;li&gt;un accompagnement à l’appropriation et à la prise de recul, ainsi que l’élaboration d’une stratégie concrète d’action adaptée à sa situation individuelle&lt;/li&gt;&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_21903885" rowspan="1" colspan="1"&gt;&lt;div id="td_id_21903885"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_10" spellcheck="false"&gt;Variable selon les tarifs appliqués par l’opérateur de conseil. L’exploitation choisira librement l’opérateur via une plateforme dédiée fournie par la Région.&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_28442270" rowspan="1" colspan="1"&gt;&lt;div id="td_id_28442270"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_11" spellcheck="false"&gt;Règlement du reste à charge par l’éleveur, déduction faite de la subvention Régionale et Européenne (FEADER) versée à la structure de conseil. Les subventions seront respectivement de 3 500 € pour le conseil stratégique et 2 000 € pour le conseil technico-économique&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_5635445"&gt; &lt;td id="td_id_15173961" rowspan="1" colspan="1"&gt;&lt;div id="td_id_15173961"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_12" spellcheck="false"&gt;&lt;strong&gt;3&lt;/strong&gt;. Une aide à la mise en œuvre opérationnelle de la transformation notamment sur l’investissement&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_63257823" rowspan="1" colspan="1"&gt;&lt;div id="td_id_63257823"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_13" spellcheck="false"&gt;L’exploitation pourra bénéficier d’un soutien financier de la Région Grand Est et/ou de ses partenaires pour mener à bien la stratégie et les projets étudiés dans le cadre du parcours. En particulier, la Région Grand Est veillera à financer, dans la mesure de ses compétences, les projets d’investissement qui seront cohérents d’une part avec les objectifs d’Ambition Eleveurs, et d’autre part avec les préconisations individuelles issues de l’étape 2&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_39482778" rowspan="1" colspan="1"&gt;&lt;div id="td_id_39482778"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_14" spellcheck="false"&gt;Variable selon le dimensionnement des projets.&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_22853143" rowspan="1" colspan="1"&gt;&lt;div id="td_id_22853143"&gt;&lt;div&gt;&lt;div&gt;&lt;span id="mce_15" spellcheck="false"&gt;Accès à un accompagnement pour les investissements cohérents avec les objectifs de triple-performance du programme. Accès également possible à d’autres dispositifs (Région, partenaires du programme). Les modalités de soutien seront alors spécifiées dans les règlements d’intervention&lt;/span&gt;&lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_3696095"&gt; &lt;td id="td_id_12692796" rowspan="1" colspan="1"&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P13" s="1" t="inlineStr">
+      <c r="P7" s="1" t="inlineStr">
         <is>
           <t>23/09/2024</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/ambition-eleveurs-parcours-daccompagnement/</t>
         </is>
       </c>
-      <c r="W13" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0280/depot/simple</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ambition.eleveurs&amp;#64;grandest.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-ambition-eleveurs-parcours-daccompagnement/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E14" s="1" t="inlineStr">
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>165113</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le tourisme patrimonial</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au tourisme patrimonial</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H14" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
-[...26 lines deleted...]
- &lt;/li&gt;
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de mise en tourisme d’un site culturel, de mémoire ou d’histoire (hors musée) ou un projet d’accueil du public au sein d’une entreprise détentrice d’un savoir-faire ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à &lt;/strong&gt;&lt;strong&gt;200 000 € : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses remboursées jusqu’à 20 % &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT / TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...17 lines deleted...]
- &lt;/li&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une entreprise au sens de l’Union Européenne&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une collectivité territoriale ou un établissement public&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...24 lines deleted...]
- &lt;/li&gt;
+&lt;p&gt;&lt;strong&gt;Votre projet &lt;/strong&gt;concerne :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La mise en tourisme d’un site culturel, de mémoire ou d’histoire&lt;strong&gt;, situé en zone rurale*,&lt;/strong&gt; et plus particulièrement les projets d’équipement d’aide à la visite (outil de médiation, de digitalisation) permettant la création ou le renouvellement fondamental de l’offre&lt;/li&gt;
+&lt;li&gt;L’amélioration des conditions d’accueil du public au sein d’une entreprise du Grand Est souhaitant faire découvrir ses savoir-faire par la &lt;strong&gt;création, l’amélioration ou la mise en sécurité d’un circuit de visite ou d’espaces permettant l’accueil des clientèles touristiques&lt;/strong&gt; ainsi que la&lt;strong&gt; digitalisation de l’offre de visite&lt;/strong&gt;. Les projets portés par des entreprises n’ouvrant pas encore leurs portes au public (ou de manière ponctuelle) seront étudiés prioritairement dans le cadre de l’&lt;a href="https://www.grandest.fr/appel-a-projet/tourisme-savoir-faire/"&gt;appel à projets Tourisme de Savoir-Faire&lt;/a&gt;.&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...35 lines deleted...]
- &lt;/li&gt;
+&lt;p&gt;*La zone rurale est constituée des &lt;strong&gt;bourgs ruraux, des communes rurales à habitat dispersé et des communes rurales à habitat très dispersé au sens des critères du zonage INSEE&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Projets inéligibles :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les projets de musée sont inéligibles, quelle que soit la forme juridique du demandeur&lt;/li&gt;
+&lt;li&gt;Les projets portant uniquement sur la création d’un espace de vente/dégustation sont inéligibles&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...79 lines deleted...]
- &lt;/li&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt; Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT/TTC&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée et &lt;strong&gt;son maximum est de 200 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;les prestations de conseils et d’études préalables à la réalisation des investissements (architecture, décoration, scénographie, design d’offres, aide à la digitalisation, etc.)&lt;/li&gt;
+&lt;li&gt;les dépenses d’équipement et d’aménagement intérieur liés à l’accueil du public ou à la création du circuit de visite (ex : mobilier d’accueil, vestiaires, consignes, signalétique, scénographie, outils multimédia, etc.)&lt;/li&gt;
+&lt;li&gt;les dépenses informatiques, matérielles et logiciel (logiciel de caisse, billetterie, micros, oreillettes, etc.)&lt;/li&gt;
+&lt;li&gt;les dépenses de création et communication graphique (signalétique, livret de visite, badges visiteurs, site internet si offre commercialisable en ligne, etc.) dans la limite de 10% des dépenses totales éligibles&lt;/li&gt;
+&lt;li&gt;les dépenses d’installation de borne de rechargement pour véhicules hybrides ou électriques&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...4 lines deleted...]
-      <c r="S14" s="1" t="inlineStr">
+&lt;p&gt;Pour le tourisme de savoir-faire, peuvent être en outre éligibles les travaux de construction, extension, aménagement des bâtiments et des espaces liés à l’accueil du public ou à la création du circuit de visite et les aménagements extérieurs dédiés à l’accueil des clientèles touristiques.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Ne sont pas éligibles&lt;/strong&gt; les travaux de voirie, l’acquisition de foncier ou de terrain, la location financière, les impôts, les taxes et les frais juridiques et financiers, les routes à caractère patrimonial et culturel, les aménagements extérieurs et paysagers des sites, les mappings et sons et lumières, les aménagements de mise en lumière de monuments, les investissements réalisés pour un événement ponctuel.&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;au titre d’un accompagnement adapté aux &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel"&gt;besoins en matière de transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI, etc.)&lt;/li&gt;
+&lt;li&gt;au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explore Grand Est Académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Vous devez solliciter le Président du Conseil Régional avant le démarrage du projet et avant signature des devis. Déposez votre demande en ligne.&lt;/p&gt;
+&lt;p&gt;Pour pouvoir bénéficier des conditions de subventionnement, les délais suivants sont à respecter impérativement :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Le dossier complet de demande de subvention doit être déposé au maximum dans un délai d’un an à compter de la date de transmission de la demande dans le téléservice et avant la fin des travaux. &lt;/strong&gt;&lt;strong&gt;Au-delà de cette période, la demande devient non recevable&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+&lt;li&gt;Les pièces justificatives des travaux réalisés devront être transmises &lt;strong&gt;au plus tard 36 mois après la date de notification de la subvention sauf mention contraire prévue dans la convention de financement&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;La décision d’attribution de l’aide est prise par la Commission.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>23/09/2024</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U14" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/tourisme-patrimonial/</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0274/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-tourisme-patrimonial/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E15" s="1" t="inlineStr">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
+        <v>165115</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’accès aux soins dans les zones sous denses</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’accès aux soins dans les zones sous denses</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer les réponses aux besoins de la population en matière de santé, de soins de premiers recours et de premiers secours ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 300 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité ou groupement de communes ; leurs SPL (Sociétés Publiques Locales) ou les SEM (Sociétés d’Economie Mixte) dans le cadre d’un bail emphytéotique avec la collectivité d’implantation&lt;/li&gt;
+&lt;li&gt;Une association Loi 1901, Loi 1905 ou Loi 1908 (sans but lucratif)&lt;/li&gt;
+&lt;li&gt;Un établissements de santé public et privé à but non lucratif&lt;/li&gt;
+&lt;li&gt;Un regroupement de professionnels de santé, qui peuvent être libéraux ou salariés, médicaux ou paramédicaux : Société Civile Immobilière, Société Interprofessionnelle de Soins Ambulatoires, association, Communauté Professionnelle Territoriale de Santé, Equipe de Soins Primaires, etc.&lt;/li&gt;
+&lt;li&gt;Un professionnel de santé référencé dans l’annuaire de l’Assurance Maladie.&lt;/li&gt;
+&lt;li&gt;Un bailleur public ou privé sous réserve qu’il réponde à un intérêt public défini avec les autres co financeurs.&lt;/li&gt;
+&lt;li&gt;Une mutualité, une fondation, un régime de sécurité sociale, une société coopérative d’intérêt collectif.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne notamment&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La création, rénovation et extension de Maisons de Santé Pluri professionnelles (MSP)&lt;/li&gt;
+&lt;li&gt;La création, rénovation et extension de Centres de Santé (CDS)&lt;/li&gt;
+&lt;li&gt;L’acquisition d’équipement médical mutualisé ou non entre plusieurs professionnels de santé intervenant dans une même structure.&lt;/li&gt;
+&lt;li&gt;L’acquisition de vecteurs mobiles contribuant à la mise en œuvre de projets de promotion de la santé voire de soins, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;L’aide couvre exclusivement la dépense d’investissement avec un taux d’intervention plafonné à 50% des dépense éligibles.&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;L’aide est plafonnée selon le tableau de &lt;a href="https://www.grandest.fr/wp-content/uploads/2024/07/presentation-des-aides-2024-1.pdf"&gt;présentation des aides&lt;/a&gt; 2024&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches. Puis déposez votre demande en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Santé
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P9" s="1" t="inlineStr">
+        <is>
+          <t>12/07/2024</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/acces-soins-zones-sous-denses/</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0287/depot/simple</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En fonction de votre département voici votre interlocuteur :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour l’Aube et les Ardennes : Sandrine Poittevin – Tel : 03 26 70 66 61 ou 07 88 80 59 14 – sandrine.poittevin&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Marne et la Haute-Marne : Patricia Larcier – Tel : 03 26 70 78 04 – patricia.larcier&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Meuse et les Vosges : Tiphaine Gambini – Tel : 03 87 33 64 54 – tiphaine.gambini&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Meurthe-et-Moselle et la Moselle : Sophie Charpentier – Tel : 03 87 61 66 93 – sophie.charpentier&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Collectivité Européenne d’Alsace : Emma Bordes  – Tel : 03 88 15 39 63 – emma.bordes&amp;#64;grandest.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacces-aux-soins-dans-les-zones-sous-denses/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB9" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une maison de santé</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>165116</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de formation au sein d’un GRETA</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Diplôme en accès individuel - DAI</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de formation au sein d’un GRETA de la Région Grand Est ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 100% du coût pédagogique de formation&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Demandeur d’emploi justifiant de 18 mois d’expérience professionnelle à temps plein ou 36 mois à temps partiel.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Cette expérience professionnelle n’est pas obligatoire pour les demandeurs d’emploi de moins de 30 ans qui souhaitent suivre une formation de niveau CAP ou BAC.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Votre projet professionnel doit avoir au préalable été validé par votre conseiller France Travail, Mission Locale ou Cap Emploi.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;Une formation certifiante (CAP, BAC, BTS, Certificat de Spécialisation) dispensée par un GRETA de la Région Grand Est &lt;strong&gt;principalement dans :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;les secteurs prioritaires&lt;/strong&gt; : &lt;strong&gt;industrie automobile, sanitaire et social, énergie, agriculture, forêt et agro-alimentaire&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;et &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;les secteurs d’avenir&lt;/strong&gt; &lt;strong&gt;: hôtellerie-restauration-tourisme, transport-logistique, numérique, bâtiment et inter-industrie&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;La Région Grand Est prend en charge 100% des coûts pédagogiques et de fonctionnement des actions de formation.&lt;/p&gt;
+&lt;p&gt;L’aide accordée sera versée directement au GRETA.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Particularités :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;les formations de niveau 6 (niveau supérieur au Bac &amp;#43; 2) &lt;strong&gt;dans le secteur du numérique exclusivement&lt;/strong&gt; pourront être prises en charge dans le cadre du DAI à condition que celles-ci ne soient pas déjà financées par France Travail ou par la Région Grand Est&lt;/li&gt;
+&lt;li&gt;seront autorisées sans délai de carence les suites de parcours des personnes souhaitant intégrer un niveau 4 à l’issue de leur formation de niveau 3 ou des personnes souhaitant  compléter leur formation de niveaux 3 ou 4 par une spécialisation (Exemple : compléter un CAP Boulanger par un CAP Pâtisserie)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;1/ Identifiez la formation qui vous intéresse, sur proposition de votre conseiller France Travail, Mission Locale ou Cap Emploi ou directement sur le site des GRETA :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.greta-cfa-alsace.fr/"&gt;GRETA Alsace&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.academiereims.fr/"&gt;GRETA Champagne-Ardenne&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.greta-lorraine.fr/"&gt;GRETA Lorraine&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;2/ Faites valider votre projet de formation par votre conseiller France Travail, Mission Locale ou Cap Emploi.&lt;/p&gt;
+&lt;p&gt;3/ Remplissez ensemble une fiche « Formation Individuelle Education Nationale » qui sera adressée au GRETA, accompagnée de votre CV et des pièces justificatives requises.&lt;/p&gt;
+&lt;p&gt;4/ Le GRETA émet alors un avis sur la prise en charge de la formation dans le cadre du DAI et en informe la Région Grand Est.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2024</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/dai/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Votre contact&lt;/p&gt;&lt;p&gt;Dorothée FISCHER&lt;/p&gt;&lt;p&gt;dorothee.fischer&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 64 73&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diplome-en-acces-individuel-dai/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>165117</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Ruralités et eau : sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à sécuriser l’accès à l’eau potable pour les collectivités rurales ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les études préalables à la création d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
+&lt;li&gt;Pour les travaux d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
+&lt;li&gt;Si votre projet se situe en ruralité au titre du zonage socle INSEE « zone rurale »&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité ou un groupement de communes&lt;/li&gt;
+&lt;li&gt;Un syndicat compétent en matière d’eau potable&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La réalisation d’études de connaissance : étude de sécurisation de la ressource en eau potable en vue de la réalisation d’interconnexion, analyse financière globale préalable à la réalisation de travaux d’interconnexion&lt;/li&gt;
+&lt;li&gt;La réalisation d’études de conception préalable à la réalisation d’interconnexion (avant travaux, définition de programmation de travaux, AMO, maitrise d’œuvre, etc.)&lt;/li&gt;
+&lt;li&gt;Des travaux d’interconnexion en vue de sécuriser l’alimentation en eau potable&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez aux critères, l’attribution de l’aide n’est pas pour autant automatique. Les dossiers considérés comme complets et répondant aux conditions d’éligibilité seront examinés par un comité technique composé a minima de représentants de la Région Grand-Est et des Agences de l’eau. A cette occasion seront évalués les critères de fragilité territoriale et d’opportunité d’un financement régional.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Taux maximum : &lt;/strong&gt;Analyse au cas par cas&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Une aide complémentaire peut être sollicitée auprès d’autres cofinanceurs (Agence de l’eau, Départements, etc).&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches. Ce premier entretien doit être réalisé avant le dépôt de la demande.&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>02/07/2024</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ruralites-acces-eau-potable/</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0290/depot/simple</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez Lajlah LUTHER&lt;/p&gt;&lt;p&gt;lajlah.luther&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 15 65 13&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ruralites-et-eau-securiser-lacces-a-leau-potable-pour-les-collectivites-rurales/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
+        <v>165120</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Développer les itinéraires cyclables inscrits aux schémas national ou régional des véloroutes</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Itinéraires cyclables inscrits aux schémas national ou régional des véloroutes</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O15" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d’aménagement d’un itinéraire cyclable inscrit aux schémas national ou régional des véloroutes ?&lt;/h2&gt;&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses remboursées jusqu’à 40% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Pouvez-vous bénéficier de l’aide de l’Etat et de l’aide régionale ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Un maître d’ouvrage public&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Et si votre projet concerne :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;l’aménagement d’itinéraires cyclables sécurisés inscrits au :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Schéma National des Véloroutes (SNV)&lt;/p&gt;&lt;p&gt;Schéma Directeur Cyclable de la Région Grand Est sous réserve que :&lt;/p&gt;&lt;p&gt;l’itinéraire cyclable soit relié directement au Schéma national des véloroutes ou relié indirectement par un itinéraire d’intérêt régional déjà ouvert&lt;/p&gt;&lt;p&gt;L’itinéraire doit être inscrit dans une planification cyclable départementale (si existante) et à défaut dans une planification cyclable locale&lt;/p&gt;&lt;p&gt;Ne seront pas prioritaires les projets dont le linéaire est inférieur à 2 km ou concerne uniquement le périmètre d’une commune-centre.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Autres critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Respect des recommandations techniques du Cerema&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mise en place d’un compteur vélo automatique, sauf si un compteur est déjà implanté à proximité&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Existence d’un plan de gestion et d’entretien des aménagements&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présenté doit avoir fait l’objet au minimum d’études préliminaires. Les projets d’ouvrage d’art doivent quant à eux avoir fait l’objet au minimum d’un avant-projet sommaire&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La date de dépôt de la demande d’aide en ligne doit être antérieure à la date de démarrage de l’opération (notification du 1er marché de travaux)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La date de mise en service de l’aménagement doit intervenir dans les 36 mois après le dépôt du dossier de demande en ligne&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment estimer votre montant d’aide ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de l’aide de l’Etat et de l’aide de de la Région&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Votre montant d’aide maximal &amp;#61; 40 % du montant des dépenses retenues en € HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’aide est plafonnée, et son maximum est de 140 000€ par kilomètre d’itinéraire aménagé et de 1 000 000€ pour l’aménagement d’ouvrage d’art.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les principales dépenses retenues dans le calcul de l’aide sont :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les travaux d’aménagement des itinéraires cyclables (y compris frais de maîtrise d’œuvre, de bureaux d’études)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’aménagement d’ouvrages d’art bénéficiant aux modes actifs de déplacement (vélo, marche). L’assiette éligible sera alors calculée selon le pourcentage de l’ouvrage dédié aux modes actifs&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les dépenses annexes au projet liées à la mise en tourisme de l’itinéraire cyclable : le jalonnement directionnel et la signalétique touristique le long de l’itinéraire, l’aménagement d’aires de service ou d’haltes de repos le long de l’itinéraire, la mise en place de dispositif de comptage et d’évaluation des passages sur les itinéraires (équipement permanent)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment demander l’aide de l’Etat et l’aide de la Région ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Prenez contact dès maintenant avec les services. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne depuis cette page à partir du 2 septembre 2024 et au plus tard avant la notification du 1er marché de travaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P15" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="S15" s="1" t="inlineStr">
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>24/06/2024</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/itineraires-cyclables-schemas-national-regional-veloroutes/</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0285/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/itineraires-cyclables-inscrits-aux-schemas-national-ou-regional-des-veloroutes/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB12" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E16" s="1" t="inlineStr">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>165098</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le déploiement de lieux de vie collectifs des seniors dans les territoires ruraux du Grand Est</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au déploiement de lieux de vie collectifs des seniors dans les territoires ruraux du Grand Est</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
-[...1102 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Particulier</t>
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de création de béguinage ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 880 000€ HT, &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;et pouvant être complétée par des fonds européens (FEADER) &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Une &lt;/strong&gt;&lt;strong&gt;avance de trésorerie sur la part Région de 30 % &lt;/strong&gt;&lt;strong&gt;dès le démarrage de votre projet &lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Un porteur public, privé ou associatif ayant votre siège ou un établissement en région Grand Est&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;A noter que vous ne pouvez déposer qu’un seul projet&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La création d’un lieu de vie collectif, inclusif et innovant pour les seniors situés en zones rurales de la Région Grand Est – base de référence INSEE&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 880 000 € HT&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Les dépenses en investissement (construction, réhabilitation, aménagement, équipement) :&lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Les travaux de gros œuvre et second œuvre&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Les équipements des logements, des lieux partagés&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Les supports et matériels nécessaires à la mise en œuvre du projet de vie social et partagé &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Les outils digitaux supports aux programmes de dépistage, de prévention, d’information, de promotion de la santé&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Les outils de communication dédiés aux projets &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Les véhicules permettant la mise en œuvre d’actions de type « Aller vers », sous réserve qu’ils répondent aux critères d’éco responsabilité (Crit’air vert, 1)&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Accès aux services
+Cohésion sociale et inclusion</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2024</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/deploiement-lieux-vie-collectifs-seniors/</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0304/depot/simple</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;direction.sante&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-deploiement-de-lieux-de-vie-collectifs-des-seniors-dans-les-territoires-ruraux-du-grand-est/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
+        <v>165100</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Rénover des infrastructures en milieu rural - Campagnes sportives</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Campagnes sportives - Rénovation des infrastructures en milieu rural</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de rénovation d’infrastructure sportive dans votre commune ?&lt;/h2&gt;&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à &lt;/strong&gt;&lt;strong&gt;20 000  € &lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Une commune de moins de 1 500 habitants&lt;/strong&gt;, propriétaires des infrastructures ou bâtiments visés par ce dispositif&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Des rénovations de terrains extérieurs pour sports collectifs et individuels&lt;/li&gt;
+&lt;li&gt;Des rénovations d’infrastructures bâties&lt;/li&gt;
+&lt;li&gt;Des aménagements par l’acquisition de matériels liés à l’utilisation des infrastructures sportives&lt;/li&gt;
+&lt;li&gt;Des rénovation d’équipements fixes extérieurs en accès libre&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50% du montant des dépenses retenues en € HT dans la limite de 40 000 € de dépenses éligibles&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est donc plafonnée, et &lt;strong&gt;son maximum est de 20 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Les travaux liés à la rénovation d’équipements sportifs&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Les frais d’acquisition de matériel&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et leur montant maximum est de 40 000 € HT.&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne à partir du mois de janvier depuis cette page ; et avant le début des travaux en y joignant les pièces suivantes : RIB et devis. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Ce dispositif est ouvert via &lt;strong&gt;deux campagnes d’instruction des dossiers durant l’année &lt;/strong&gt;civile (pour 2025 à titre d’information : de janvier à avril puis de juin à septembre &lt;strong&gt;dans l’objectif d’aider au moins 50 projets par an dans la limite des crédits dédiés, soit 1 million d’euros de subventions allouées par an&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;La Région sera attentive à tendre vers une répartition territoriale la plus équilibrée possible des projets soutenus en fonction des demandes réceptionnées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2024</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-infrastructures-sportives/</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0305/depot/simple</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vous pourrez déposer votre demande en ligne à compter du 20 janvier 2025.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Contactez Paul FRICKER&lt;/p&gt;&lt;p&gt;paul.fricker&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 15 67 45&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/campagnes-sportives-renovation-des-infrastructures-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
+        <v>165101</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les stations de montagne au changement climatique</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les stations de montagne au changement climatique</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet touristique au sein d’une station de montagne dans une logique d’adaptation des activités ou de diversification et dessaisonalisation de l’offre touristique ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 20 % des dépenses éligibles (*) et plafonnée à 300 000 €  &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;(*) pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une PME au sens de l’union européenne&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une collectivité territoriale&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Des investissements d’équipements touristiques structurants d’envergure régionale, nationale ou internationale, facteur de différenciation par rapport aux équipements en place, visant l’excellence dans les services proposés aux visiteurs et qui favoriseront l’émergence d’une nouvelle production touristique ou viendront renforcer l’offre des filières touristiques. Ils devront s’inscrire dans un programme de développement ou maintien de l’emploi et répondre aux principaux enjeux de protection de l’environnement, de la biodiversité, des ressources.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 300 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;L’ensemble des dépenses répondant aux objectifs visés précédemment.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Dans les stations de ski, les renouvellements de remontées mécaniques seront étudiés au cas par cas.&lt;/p&gt;
+&lt;p&gt;Pour les années 2025, 2026, 2027 et 2028, le soutien aux investissements liés aux enneigeurs pourra être étudié au cas par cas et de manière dégressive, dès lors qu’il s’agira d’installer ou renouveler du matériel existant par du matériel plus économe en eau et en énergie.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Si des retenues d’eau sont prévues pour l’approvisionnement des enneigeurs, le porteur devra démontrer dans son dossier de demande d’aide à la Région qu’elles sont écologiquement et économiquement viables et socialement acceptées.&lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI…)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande avant signature de devis et avant le début des travaux.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Paysage</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2024</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/stations-montagne-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0292/depot/simple</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 67 24&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-les-stations-de-montagne-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB15" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
+        <v>165103</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer la qualité des ressources en eau pour l’alimentation en eau potable ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour votre projet retenu à l’AMI Filières favorables à la ressource en eau&lt;/li&gt;
+&lt;li&gt;Pour votre projet sur un territoire faisant l’objet d’une contractualisation avec la Région (SENS 2027, etc.)&lt;/li&gt;
+&lt;li&gt;Pour d’autres projets d’investissement pour la lutte contre les pollutions diffuses&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité territoriale ou un groupement&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une entreprise, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et si votre projet concerne :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le développement de filières de systèmes et cultures à bas niveau d’impact sur la ressource en eau (tous débouchés, tels que l’alimentation, l’énergie, le textile, le bâtiment, le biocontrôle, etc.)&lt;/li&gt;
+&lt;li&gt;La lutte contre les pollutions diffuses permettant la réduction de l’usage des phytosanitaires et la préservation/reconquête de la qualité de l’eau&lt;/li&gt;
+&lt;li&gt;Des études à caractère général ou opérationnel, ayant pour objet la définition de plans d’actions de reconquête de la qualité de l’eau (délimitation d’AAC, Diagnostic Territorial Multi Pressions, volet ressources des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) en zone rurale s’appuyant sur la méthode définie dans le guide technique de l’Association Scientifique et Technique pour l’Eau et l’Environnement -ASTEE-)&lt;/li&gt;
+&lt;li&gt;Des équipements destinés à la mise en place de l’autocontrôle de la qualité de l’eau des collectivités dans le cadre des PGSSE en zone rurale&lt;/li&gt;
+&lt;li&gt;De l’expérimentation, notamment pour le développement des cultures à bas niveau d’impact et la mise en place de leviers agronomiques permettant la réduction de l’usage des phytosanitaires, prenant en compte le changement climatique (désherbage mécanique, innovation technologique, définition d’itinéraires techniques de cultures à bas niveau d’impact, etc.)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Taux maximum :&lt;br /&gt;
+&lt;/strong&gt;Analyse au cas par cas, suivant le type de porteur et les éventuels régimes d’état mobilisés.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;OU&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P16" s="1" t="inlineStr">
+        <is>
+          <t>08/11/2024</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-qualites-eau-captages/</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0291/depot/simple</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;OU&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;&lt;p&gt;Contactez Marion PETIN&lt;/p&gt;&lt;p&gt;marion.petin&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 76 23 16 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-reconquerir-la-qualite-des-ressources-en-eau-dans-les-aires-dalimentation-des-captages/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>165104</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants : Coup de pouce rural</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Coup de pouce rural</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale « coup de pouce » pouvant aller : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;jusqu’à 10 000 € si vous êtes une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;jusqu’à 12 000 € si vous êtes une commune entre 501 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une commune de moins de 500 habitants&lt;/li&gt;
+&lt;li&gt;Une commune entre 500 et 1500 habitants&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre investissement concerne&lt;/strong&gt; &lt;strong&gt;en particulier des travaux de : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;réparation ou de consolidation de certaines &lt;strong&gt;parties de bâtiments publics&lt;/strong&gt;, parapublics, ou encore d’aménagements dans les &lt;strong&gt;cimetières &lt;/strong&gt;;&lt;/li&gt;
+&lt;li&gt;réparation ou de consolidation d’éléments de &lt;strong&gt;patrimoine ordinaire&lt;/strong&gt; de type toitures, fissures de murs, cloches d’églises, sols d’églises, ferronneries, lavoirs etc., et travaux de restauration ;&lt;/li&gt;
+&lt;li&gt;démolition simple pour &lt;strong&gt;désencombrement&lt;/strong&gt;, embellissement, sécurisation d’un lieu ;&lt;/li&gt;
+&lt;li&gt;aménagement des &lt;strong&gt;abords&lt;/strong&gt; de bâtiments publics ou parapublics (écoles, associations, Maison de santé, Maison des seniors, Maison de projet, petit tiers-lieu), d’églises et de cimetière (embellissement, cheminements perméables, pose de toilettes publiques et sanitaires des petites mairies, nettoyage et démoussage et travaux de mise en valeur de monuments aux morts,etc.) ;&lt;/li&gt;
+&lt;li&gt;compléments ponctuels d’aménagements, d’équipements et aménagement de &lt;strong&gt;petit mobilier d’espaces publics/d’espaces de vie existants pour faciliter la vie des habitants &lt;/strong&gt;;&lt;/li&gt;
+&lt;li&gt;interventions spécifiques à la problématique des villages-rue dégradés en vue de &lt;strong&gt;l’embellissement de la rue principale &lt;/strong&gt;et de ses abords : aménagements de fleurissements non ou peu énergivores en eau, mesures de confort des piétons et d’amélioration des points de vue sur les différents atouts du village depuis la rue principale &lt;em&gt;;&lt;/em&gt;&lt;/li&gt;
+&lt;li&gt;ou encore liés à des &lt;strong&gt;projets d’aménagement des habitants&lt;/strong&gt; identifiés dans le cadre d’un budget participatif ou d’une démarche de concertation, en lien avec un projet communal pour des projets utiles au confort de vie et à l’embellissement.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Pour une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et son &lt;strong&gt;maximum est de 10 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 20 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Pour une commune entre 500 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 30 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et son&lt;strong&gt; maximum est de 12 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 40 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne à partir du 1er décembre 2024 avec votre délibération et votre devis travaux&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2024</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/coup-de-pouce-rural/</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0299/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/coup-de-pouce-rural/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>165105</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Développer la mobilité européenne des apprentis et des professionnels de l’insertion - ESCALE</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité européenne des apprentis et des professionnels de l’insertion - ESCALE</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de mobilité pour vos apprentis de niveau 3 et 4 ou pour vos personnels, et vous êtes membres du consortium régional ESCALE ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale et européenne :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Une &lt;/strong&gt;&lt;strong&gt;avance de trésorerie de 50% &lt;/strong&gt;&lt;strong&gt;dès l’accord de financement&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses remboursées jusqu’à 100% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une structure membre du consortium régional ERASMUS &amp;#43; ESCALE&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Un projet de mobilité européenne ou internationale pour des apprentis de niveau 3 et 4, ou pour votre personnel&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 100 % du montant des dépenses retenues en € TTC&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les frais de transport, de restauration et d’hébergement liés à la réalisation d’une visite préparatoire si celle-ci est nécessaire ;&lt;/li&gt;
+&lt;li&gt;Les frais de transport, de restauration et d’hébergement au cours du séjour ;&lt;/li&gt;
+&lt;li&gt;Les activités culturelles et pédagogiques sous réserve que celles-ci soient en lien avec la formation des apprentis et/ ou avec des thématiques liées à la citoyenneté européenne.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;Privilégiez un envoi par mail : &lt;a href="mailto:nomdudispositif&amp;#64;grandest.fr"&gt;escale&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;ET/OU&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;(à partir du 4 novembre) &lt;strong&gt;ou par mail selon l’indication du service instructeur,&lt;/strong&gt;&lt;strong&gt; le plus tôt possible et impérativement avant&lt;/strong&gt; le démarrage de votre projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>International</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>21/10/2024</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une structure membre du consortium régional ERASMUS &amp;#43; ESCALE&lt;/p&gt;&lt;p&gt;Et si votre projet concerne :&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un projet de mobilité européenne ou internationale pour des apprentis de niveau 3 et 4, ou pour votre personnel&lt;/p&gt;&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mobilite-europeenne-apprentis-professionnels-insertion/</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0283/depot/simple</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Privilégiez un envoi par mail : escale&amp;#64;grandest.fr&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;ET/OU&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Déposez votre demande en ligne (à partir du 4 novembre) ou par mail selon l’indication du service instructeur, le plus tôt possible et impérativement avant le démarrage de votre projet.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-europeenne-des-apprentis-et-des-professionnels-de-linsertion-escale/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
+        <v>165126</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Aider en faveur de la filière houblon</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Aide en faveur de la filière houblon</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Recherche
+Agriculteur
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de renouvellement ou de construction de houblonnière ? &lt;/h2&gt;&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 40 %  du montant HT de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Exploitant agricole individuel&lt;/li&gt;
+&lt;li&gt;Exploitants agricoles personnes morales dont l’objet est agricole (GAEC, EARL, SARL…)&lt;/li&gt;
+&lt;li&gt;Un établissement de développement agricole, d’enseignement agricole et de recherche qui détiennent une exploitation agricole et exerçant une activité agricole&lt;/li&gt;
+&lt;li&gt;Une structures collectives (coopératives agricoles, CUMA)&lt;/li&gt;
+&lt;li&gt;Un GIEE composé uniquement d’exploitants agricoles&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;l’acquisition de matériel pour la construction ou le renouvellement d’une houblonnière&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Pour l’acquisition de matériels pour le montage de houblonnières&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Construction neuve : &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;40% des dépenses plafonnées à 8000 €/ha&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Renouvellement de houblonnières : &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Montant minimum d’investissement de 3 000 € HT&lt;/p&gt;
+&lt;p&gt;40% des dépenses plafonnées à 15 000 € HT&lt;strong&gt; soit une aide maximum de 6 000 €.&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Adressez votre dossier par mail ou par courrier.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt; tout projet démarré avant dépôt de votre demande ne pourra pas être soutenu par la Région Grand Est.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>26/03/2024</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/filiere-houblon/</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-faveur-de-la-filiere-houblon/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
+        <v>165130</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les hostels</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux hostels</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de création, de réhabilitation ou d’extension d’équipements d’hébergements touristiques collectifs de type &amp;#34;hostels&amp;#34; ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 300 000 € : &lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Des dépenses remboursées jusqu’à 20% du montant de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une SCIC&lt;/li&gt;
+&lt;li&gt;Une commune ou une autre collectivité territoriale propriétaires des murs&lt;/li&gt;
+&lt;li&gt;Un privé&lt;/li&gt;
+&lt;li&gt;Une société de portage dont l’hébergement est géré par une association.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;Un programme de création, de réhabilitation ou d’extension d’équipements pour les structures appelées «hostels »&lt;strong&gt; d’une capacité minimum de 15 lits&lt;/strong&gt;, c’est-à-dire une offre d’hébergement hybride proposant :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Des lits en dortoirs partagés&lt;/li&gt;
+&lt;li&gt;Des chambres privatives doubles à quadruples&lt;/li&gt;
+&lt;li&gt;Un lieu de vie animé et convivial (zone de jeux, espace extérieur, etc.)&lt;/li&gt;
+&lt;li&gt;Des services complémentaires répondants aux attentes des clientèles : espace de co-working, cuisine partagée, consigne à bagages, casiers sécurisés, salles de réunions, local à vélos, etc.&lt;/li&gt;
+&lt;li&gt;Le cas échéant proposer des prestations de restauration/bar&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Ne seront pas éligibles&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;les centres appartenant à un Comité d’Entreprise&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;le projet d’hostel dont la principale source d’énergie est issue de l’énergie fossile tel que le fioul&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;p&gt;Priorité est donnée aux investissements présentant un intérêt économique permettant de mesurer le maintien ou les créations d’emplois envisagées à l’issue des travaux et aux structures exemplaires ou tendant vers l’exemplarité en matière de développement durable.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale &lt;strong&gt;&lt;br /&gt;
+&lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et son &lt;strong&gt;maximum est de 200 000 €&lt;/strong&gt; (ou 300 000 €* si le projet est implanté sur une friche – type friche militaire – ou requalification de le friche).&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les travaux réalisés par des entreprises spécialisées (hors porteur de projet lui-même) qui apportent une plus-value qualitative à l’offre d’hostels et dont la dépense éligible est supérieure à 125 000 € HT&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses de création ou d’amélioration de piscine, SPA, bain finlandais, sauna, hammam &lt;strong&gt;uniquement si les équipements qui seront mis en œuvre répondront à des enjeux&lt;/strong&gt; de développement durable &lt;strong&gt;en justifiant techniquement (procédés, matériaux, conditions d’exploitation…). Les économies qui seront réalisées sur la ressource en eau et sur la ressource en énergie&lt;/strong&gt; lors de leurs utilisations après travaux (exemple : Installation d’une couverture de piscine, installation d’un système de récupération de l’eau de pluie, centrale de filtration, installation d’une pompe à chaleur, installation de panneaux solaires thermiques, installation de panneaux photovoltaïques etc…). A cet effet, le porteur devra justifier de ces économies via le maître d’œuvre ou l’architecte&lt;/li&gt;
+&lt;li&gt;Les honoraires d’architecte et maître d’œuvre&lt;/li&gt;
+&lt;li&gt;Le coût de l’audit d’efficacité énergétique (prise en charge régionale de 80% maximum)&lt;/li&gt;
+&lt;li&gt;Le coût de la procédure de labellisation ou d’affichage environnemental auprès de l’organisme certificateur (prise en charge régionale de 80% maximum)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sont exclus :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Mobilier (hors cuisine intégrée ou éléments de salle de bain), matériel, éléments non fixes de décoration, literie, travaux d’entretien courant, factures de matériaux ainsi que les acquisitions immobilières et foncières et les investissements réglementaires (travaux de mise aux normes seuls).&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;* pour plus de détails, consulter le règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
+&lt;h3&gt;Aides complémentaires&lt;/h3&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel"&gt;besoins en matière de transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI, etc.)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne, &lt;strong&gt;uniquement&lt;/strong&gt;, avant signature de devis et avant le début des travaux. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure et avant la fin des travaux.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Si le projet est porté par &lt;strong&gt;une seule structure juridique, le dossier est à déposer en ligne&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;Si le projet est porté par&lt;strong&gt; plusieurs structures juridiques &lt;/strong&gt;(exemple : SAS &amp;#43; SCI)&lt;strong&gt;, veuillez nous contacter par mail à l’adresse &lt;/strong&gt;&lt;a href="mailto:tourisme&amp;#64;grandest.fr"&gt;tourisme&amp;#64;grandest.fr&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2024</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-hostels/</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0271/depot/simple</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Si le projet est porté par une seule structure juridique, le dossier est à déposer en ligne&lt;/p&gt;&lt;p&gt;Si le projet est porté par plusieurs structures juridiques (exemple : SAS &amp;#43; SCI), veuillez nous contacter par mail à l’adresse tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-hostels/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
+        <v>165131</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les offices de tourisme à la transformation digitale</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les offices de tourisme à la transformation digitale</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous êtes un office de tourisme dans le Grand Est et vous souhaitez acquérir des solutions digitales et d’équipements innovants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale d’un montant maximum de 5 000 € : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses (minimum de 10 000 €) remboursées jusqu’à 50% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT / TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Votre projet concerne l’acquisition de&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Progiciels &lt;/strong&gt;: progiciel de gestion, de gestion commerciale ou de relation client, de gestion et contrôle, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Logiciels&lt;/strong&gt;: logiciel de gestion RH/comptable/gestion électronique des documents, logiciel de visites virtuelles, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Sites web marchand&lt;/strong&gt;: site internet permettant d’acheter ou de réserver en ligne, création de contenu, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Applications mobiles &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Outils de travail collaboratifs&lt;/strong&gt;: intranet, logiciel de gestion de projet global, plateforme collaborative d’échanges… ;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Equipements &lt;/strong&gt;: matériel nécessaire à l’utilisation optimale d’une solution développée ci-dessus en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Expérience augmentée &lt;/strong&gt;: matériels, applications et logiciels permettant l’accès à une réalité virtuelle pour les utilisateurs&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Prestation de photos ou vidéos &lt;/strong&gt;: images permettant la valorisation du territoire concerné pour alimenter un site internet ou une animation spécifique&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le montant minimum de dépenses devra atteindre au moins 10 000 €. Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT/TTC.&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Plafond de 5 000 €&lt;/strong&gt; (pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous)&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les achats de licences et logiciels&lt;/li&gt;
+&lt;li&gt;Les frais de paramétrage et de conception d’une solution numérique&lt;/li&gt;
+&lt;li&gt;Les frais de formation inhérent aux nouveaux équipements&lt;/li&gt;
+&lt;li&gt;Les investissements liés au développement d’un service (site internet/intranet/application)&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses liées à des prestations visuelles valorisant le territoire concerné (vidéos, photos…)&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses liées à l’expérience augmentée : casques immersifs, vidéos 3D, hologrammes, tables interactives et/ou immersives, bornes interactives, objets connectés, solutions innovantes d’aide à la visite ou d’interprétation, applications, logiciels, etc.&lt;/li&gt;
+&lt;li&gt;Tous les équipements nécessaires à l’utilisation optimale d’une solution développée en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sont exclus :&lt;br /&gt;
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le renouvellement du parc informatique seul&lt;/li&gt;
+&lt;li&gt;Les abonnements&lt;/li&gt;
+&lt;li&gt;Les contrats et autres services en location&lt;/li&gt;
+&lt;li&gt;Les frais d’expédition&lt;/li&gt;
+&lt;li&gt;Les contrats de maintenance&lt;/li&gt;
+&lt;li&gt;Les petites fournitures et accessoires&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne,&lt;strong&gt; uniquement, &lt;/strong&gt;avant signature de devis et avant le début de l’achat. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.²&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2024</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/offices-tourisme-transformation-digitale/</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0270/depot/simple</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez :&lt;/p&gt;&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-offices-de-tourisme-a-la-transformation-digitale/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
+        <v>165132</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les hébergements collectifs</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux hébergements collectifs</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Recherche
+Association</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficiez de l’aide régionale pouvant aller jusqu’à 500 000 € :</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d’investissements permettant la création, la réhabilitation ou l’extension d’équipements dans des hébergements collectifs ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 500 000 € : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Des dépenses remboursées jusqu’à 20% du montant de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une SCIC&lt;/li&gt;
+&lt;li&gt;Une commune ou une autre collectivité territoriale propriétaires des murs&lt;/li&gt;
+&lt;li&gt;Un privé&lt;/li&gt;
+&lt;li&gt;Une société de portage dont l’hébergement est géré par une association&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Un village de vacances&lt;/li&gt;
+&lt;li&gt;Une résidence de tourisme&lt;/li&gt;
+&lt;li&gt;Une maison familiale de vacances&lt;/li&gt;
+&lt;li&gt;Un centre de vacances&lt;/li&gt;
+&lt;li&gt;Un centre international de séjour&lt;/li&gt;
+&lt;li&gt;Une auberge de jeunesse&lt;/li&gt;
+&lt;li&gt;Situé sur le territoire de la région Grand Est&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Un hébergements d’une capacité minimum de 40 lits&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;p&gt;Priorité est donnée aux investissements présentant un intérêt économique permettant de mesurer le maintien ou les créations d’emplois envisagées à l’issue des travaux et aux structures exemplaires ou tendant vers l’exemplarité en matière de développement durable.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT&lt;/strong&gt; (TTC si le bénéficiaire n’est pas assujetti à la TVA).&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 400 000 € &lt;/strong&gt;(ou 500 000 € si le projet est implanté sur une friche (type friche militaire) ou requalification de le friche).&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les travaux réalisés par des entreprises spécialisées (hors porteur de projet lui-même) qui apportent une plus-value qualitative à l’offre des hébergements collectifs et dont la dépense éligible est supérieure à 125 000 € HT&lt;/li&gt;
+&lt;li&gt;Les honoraires d’architecte ou ceux du maitre d’œuvre&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses de création ou d’amélioration de piscine, SPA, bain finlandais, sauna, hammam uniquement si les équipements qui seront mis en œuvre répondront à des enjeux de développement durable en justifiant techniquement (procédés, matériaux, conditions d’exploitation…). Les économies qui seront réalisées sur la ressource en eau et sur la ressource en énergie lors de leurs utilisations après travaux (exemple : Installation d’une couverture de piscine, installation d’un système de récupération de l’eau de pluie, centrale de filtration, installation d’une pompe à chaleur, installation de panneaux solaires thermiques, installation de panneaux photovoltaïques etc…). A cet effet, le porteur devra justifier de ces économies via le maître d’œuvre ou l’architecte&lt;/li&gt;
+&lt;li&gt;Le coût de l’audit d’efficacité énergétique (prise en charge régionale de 80% maximum)&lt;/li&gt;
+&lt;li&gt;Le coût de la procédure de labellisation ou d’affichage environnemental auprès de l’organisme certificateur (prise en charge régionale de 80% maximum)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sont exclus&lt;/strong&gt; : Mobilier (hors cuisine intégrée ou éléments de salle de bain), matériel, éléments non fixes de décoration, literie, travaux d’entretien courant, factures de matériaux ainsi que les acquisitions immobilières et foncières et les investissements réglementaires (travaux de mise aux normes seuls).&lt;/p&gt;
+&lt;h3&gt;Aides complémentaires&lt;/h3&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI…)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne,&lt;strong&gt; uniquement, &lt;/strong&gt;avant signature de devis et avant le début des travaux. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure et avant la fin des travaux.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Si le projet est porté par &lt;strong&gt;une seule structure juridique, le dossier est à déposer en ligne&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;Si le projet est porté par&lt;strong&gt; plusieurs structures juridiques &lt;/strong&gt;(exemple : SAS &amp;#43; SCI)&lt;strong&gt;, veuillez nous contacter par mail à l’adresse &lt;/strong&gt;&lt;a href="mailto:tourisme&amp;#64;grandest.fr"&gt;tourisme&amp;#64;grandest.fr&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2024</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/hebergements-collectifs/</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0182/depot/simple</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Si le projet est porté par une seule structure juridique, le dossier est à déposer en ligne&lt;/p&gt;&lt;p&gt;Si le projet est porté par plusieurs structures juridiques (exemple : SAS &amp;#43; SCI), veuillez nous contacter par mail à l’adresse tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-hebergements-collectifs/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
+        <v>165136</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la Valorisation et Médiation du Patrimoine Culturel</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation et Médiation du Patrimoine Culturel</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de valorisation et médiation du patrimoine culturel ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 50 000 € en investissement et 20 000 € en fonctionnement &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Un taux d’aide maximal à hauteur de&lt;/strong&gt;&lt;strong&gt; 20% &lt;/strong&gt;&lt;strong&gt;du montant HT ou TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;li&gt;Une personne morale de droit privé en charge d’un monument, d’un site ou d’un équipement patrimonial ou portant un projet de médiation et de valorisation du patrimoine culturel&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;L’aménagement ou la création de lieux d’interprétation du patrimoine culturel, s’inscrivant dans un projet global à fort rayonnement dont la qualité est assurée par un comité scientifique&lt;/li&gt;
+&lt;li&gt;La création de parcours de médiation de sites patrimoniaux à fort rayonnement et dont la qualité est assurée par un comité scientifique&lt;/li&gt;
+&lt;li&gt;Les projets de médiation de sites, monuments ou collections, présentant un fort intérêt patrimonial, un potentiel de rayonnement, dont la qualité est assurée par un comité scientifique&lt;/li&gt;
+&lt;li&gt;Les projets événementiels d’envergure, structurants, valorisant le patrimoine culturel et dont la qualité est assurée par un comité scientifique. Les événements ou programmation annuels ne sont pas éligibles à cet appel à projet&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera proposé en comité de sélection, les lauréats seront proposés au vote des élus régionaux en Commission Permanente.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;En fonctionnement : &lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;20 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT(TTC si le bénéficiaire n’est pas assujetti à la TVA) &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 20 000 €&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;En investissement : &lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;15 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA) &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 50 000 € en investissement&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;En fonctionnement : &lt;/strong&gt;les dépenses liées au projet de médiation et de valorisation (hors frais bancaires, valorisation du bénévolat, dépenses courantes de la structure).&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;En investissement &lt;/strong&gt;: les dépenses liées au projet de médiation (hors achat immobilier, mises aux normes et VRD)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;h4&gt;Pendant les périodes d’ouverture de l’appel à projets :&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne avant tout engagement de dépense dès un stade d’avancement permettant la présentation de votre projet, et ce au moins 3 mois avant le démarrage de ce dernier. &lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;Hors périodes d’ouverture de l’appel à projets :&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Adressez &lt;/strong&gt;&lt;strong&gt;une &lt;/strong&gt;&lt;strong&gt;lettre d’intention &lt;/strong&gt;&lt;strong&gt;à la Région. &lt;/strong&gt;Cette lettre sollicite officiellement l’aide régionale et doit décrire de façon synthétique votre projet.&lt;br /&gt;
+Privilégiez un envoi par mail : &lt;a href="mailto:patrimoines-subventions&amp;#64;grandest.fr"&gt;patrimoines-subventions&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Vous pouvez également nous envoyer votre lettre par voie postale aux coordonnées suivantes :&lt;br /&gt;
+Siège du Conseil Régional&lt;br /&gt;
+A l’attention de la Direction de la Culture, du Patrimoine et de la Mémoire&lt;br /&gt;
+Dispositif Appel à projet de valorisation et médiation du patrimoine culturel&lt;br /&gt;
+1 place Adrien Zeller&lt;br /&gt;
+BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2023</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/valorisation-mediation-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0175/depot/simple</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Prochaine session en 2025 :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;15 octobre&lt;br /&gt;
+&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Comment demander l&amp;#039;aide régionale ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pendant les périodes d’ouverture de l’appel à projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne avant tout engagement de dépense dès un stade d’avancement permettant la présentation de votre projet, et ce au moins 3 mois avant le démarrage de ce dernier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hors périodes d’ouverture de l’appel à projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Adressez une lettre d’intention à la Région. Cette lettre sollicite officiellement l’aide régionale et doit décrire de façon synthétique votre projet.&lt;/p&gt;&lt;p&gt;Privilégiez un envoi par mail : patrimoines-subventions&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez également nous envoyer votre lettre par voie postale aux coordonnées suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Siège du Conseil Régional&lt;/p&gt;&lt;p&gt;A l’attention de la Direction de la Culture, du Patrimoine et de la Mémoire&lt;/p&gt;&lt;p&gt;Dispositif Appel à projet de valorisation et médiation du patrimoine culturel&lt;/p&gt;&lt;p&gt;1 place Adrien Zeller&lt;/p&gt;&lt;p&gt;BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valorisation-et-mediation-du-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
+        <v>165121</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le thermalisme et le bien être</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au thermalisme et au bien être</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet autour du thermalisme et bien être ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 20 % des dépenses éligible.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;Pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous.&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;une PME au sens de l’union européenne&lt;/li&gt;
+&lt;li&gt;une association, une collectivité territoriale ou un établissement public&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les travaux de création, d’extension et de rénovation des établissements thermaux&lt;/li&gt;
+&lt;li&gt;Les travaux de création, d’extension et de rénovation d’espaces de bien être au sein des établissements thermaux, permettant de diversifier l’activité des cures thermales&lt;/li&gt;
+&lt;li&gt;Les travaux de réhabilitation, de modernisation, d’extension d’un meublé de tourisme ou de création dans un bâtiment déjà existant, en proximité d’une station thermale&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Pour les meublés de tourisme, l’aide est plafonnée, et &lt;strong&gt;son maximum est de 60 000 €&lt;/strong&gt;.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Les investissements permettant la &lt;strong&gt;création&lt;/strong&gt;, la &lt;strong&gt;réhabilitation&lt;/strong&gt; d’un ou de bâtiment(s) existant(s), la &lt;strong&gt;rénovation fondamentale&lt;/strong&gt; ou l’&lt;strong&gt;extension&lt;/strong&gt; d’équipements.&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI…)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande avant signature de devis et avant le début des travaux.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P24" s="1" t="inlineStr">
+        <is>
+          <t>24/06/2024</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/thermalisme-bien-etre/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;thermalisme&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 67 24&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-thermalisme-et-au-bien-etre/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB24" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
+        <v>165122</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité touristique du territoire</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité touristique du territoire</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien des investissements ou aménagements touristiques structurants ou fluviaux (hors contrats de canaux) ? &lt;/h2&gt;&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 20 % des dépenses éligibles &lt;/strong&gt;&lt;/strong&gt;&lt;strong&gt;&lt;br /&gt;
+&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;em&gt;Pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une PME au sens de l’union européenne&lt;/li&gt;
+&lt;li&gt;Une association, une collectivité territoriale ou un établissement public&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les investissements lourds en équipements ou aménagements touristiques structurants d’envergure régionale, nationale ou internationale&lt;/li&gt;
+&lt;li&gt;La création, l’aménagement, la modernisation ou la mise aux normes de relais, bases et haltes nautiques (aménagements fluviaux et à terre directement liés à l’accueil des plaisanciers)&lt;/li&gt;
+&lt;li&gt;La création d’aménagements liés à la randonnée nautique (pontons, aire de bivouac, parcs vélos, installation de bornes de recharge pour VAE, etc.)&lt;/li&gt;
+&lt;li&gt;Le soutien aux entreprises prestataires de service pour le tourisme fluvial et nautique : restauration, locations, petites réparations et services divers&lt;/li&gt;
+&lt;li&gt;Achat ou renouvellement de flotte de bateaux à propulsion électrique : bateaux habitables dédiés à la location, péniches-hôtels, bateaux-promenade&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les &lt;strong&gt;grands projets d’investissements&lt;/strong&gt;, l’aide est plafonnée, et &lt;strong&gt;son maximum est de 400 000 €&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;Pour les &lt;strong&gt;projets relevant du fluvial/fluvestre&lt;/strong&gt;, l’aide est plafonnée, et &lt;strong&gt;son maximum est de 100 000 €&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;p&gt;L’ensemble des dépenses d’investissement (y compris honoraires d’architecte ou frais de maitrise d’œuvre) permettant de mener à bien le programme de travaux réalisés par des entreprises spécialisées (hors porteur de projet lui-même).&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI, etc.)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande avant signature de devis et avant le début des travaux.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>24/06/2024</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/attractivite-touristique/</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-touristique-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>165123</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer et préserver la biodiversité dans votre village</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Mon village, espace de biodiversité</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de restauration et préservation de la biodiversité dans votre village ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 80 % :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Voir conditions particulières dans le règlement&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; Une avance de trésorerie de 50% dès le démarrage de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une commune située en milieu rural (&lt;a href="https://www.datagrandest.fr/tools/territoscope/"&gt;classification INSEE&lt;/a&gt;)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet vise à mettre en œuvre des actions concrètes favorables à la biodiversité tout en favorisant l’adhésion et les prises de conscience, telles que&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Aménagements favorables à la flore et à la faune sauvage (plantations, mares,etc.)&lt;/li&gt;
+&lt;li&gt;Aménagements favorables à la sensibilisation du public (panneaux pédagogiques,etc.)&lt;/li&gt;
+&lt;li&gt;Inventaires faune flore, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales et des critères d’éligibilité du dispositif (cf règlement).&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 80 % du montant des dépenses éligibles &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée à 50 % pour les communes situées dans le périmètre Parcs ou sites Natura 2000&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne au fil de l’eau avant le commencement du projet.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mon-village-espace-biodiversite/</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0273/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-village-espace-de-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB26" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
+        <v>165124</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'accès, à l’économie et au pilotage de l’eau en agriculture</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>AXEO - Aide à l'accès, à l’économie et au pilotage de l’eau en agriculture</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Plan de prévention des risques liés à la sécheresse - AXEO&lt;/h2&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Vous souhaitez mener à bien un projet individuel ou collectif d’étude ou d’investissements en matériels d’irrigation pour améliorer la performance et la durabilité de votre exploitation agricole ?&lt;/strong&gt;&lt;br /&gt;
+&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Bénéficiez d’une aide par les financeurs (Région et Agence de l’eau) pouvant aller jusqu’à : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;80 % des frais d’étude HT&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;40 % des investissements matériels HT&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Un exploitant agricole, dont les fermiers aubergistes ;&lt;/li&gt;
+&lt;li&gt;Une structure collective ou un groupement d’agriculteurs ;&lt;/li&gt;
+&lt;li&gt;Une fondation, association, établissement d’enseignement et de recherche agricole, une société agricole, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;Votre montant d’aide varie selon les types de dépenses retenues en € HT :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Pour les études prospectives et expérimentations &lt;/strong&gt;: 80% maximum des dépenses retenues et plafonnées à 60 000 € pour les projets individuels et collectifs ;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Pour les frais d’étude et de diagnostic &lt;/strong&gt;: 80% maximum des dépenses retenues et plafonnées à 1 500 € pour les projets individuels et 5 000 € pour les projets collectifs ;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Pour les investissements matériels&lt;/strong&gt; : jusqu’à 40% maximum des dépenses retenues et plafonnées à 100 000 € pour les projets individuels et 400 000 € pour les projets collectifs.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Les subventions sont calculées sur la base d’un montant éligible auquel est appliqué un plancher, un plafond et un taux de subvention, tels qu’explicités dans le règlement.&lt;/p&gt;
+&lt;p&gt;Le financement sera examiné au cas par cas, au vu d’une présentation détaillée du projet.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Étape 1&lt;/u&gt;&lt;/strong&gt;&lt;strong&gt; : Prenez contact &lt;/strong&gt;dès maintenant avec les services régionaux ou l’Agence de l’Eau Rhin-Meuse. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;Étape 2&lt;/u&gt;&lt;/strong&gt;&lt;strong&gt; : Téléchargez le « Dossier de candidature »&lt;/strong&gt; disponible en bas de la page.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;Étape 3&lt;/u&gt;&lt;/strong&gt;&lt;strong&gt; : Envoyez votre « Dossier de candidature » complété par email&lt;/strong&gt; au guichet unique : &lt;a href="mailto:eau.agriculture&amp;#64;grandest.fr"&gt;eau.agriculture&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;em&gt;Lors d’un comité des financeurs, l’analyse et le fléchage financier des projets seront réalisés. &lt;/em&gt;&lt;/li&gt;
+&lt;li&gt;&lt;em&gt;Un courrier sera adressé au porteur de projet pour qu’il dépose sa demande d’aide complète sur la plateforme de demande du financeur retenu (Région Grand Est ou Agence de l’eau Rhin Meuse). &lt;/em&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;Étape 4&lt;/u&gt;&lt;/strong&gt;&lt;strong&gt; : &lt;/strong&gt;Après réception de votre courrier,&lt;strong&gt; déposez votre dossier de demande d’aide complète sur la plateforme du financeur retenu. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention : la date de réception par la Région du dossier de candidature doit être antérieure à la date de démarrage de l’opération et l’instruction ne débutera que si le dossier est complet. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Vous pouvez également nous envoyer votre dossier de candidature par voie postale aux coordonnées suivantes :&lt;/p&gt;
+&lt;p&gt;Siège du Conseil Régional&lt;br /&gt;
+A l’attention de : la Direction de l’Économie du Vivant&lt;br /&gt;
+Dispositif : Aide à l’accès, à l’économie et au pilotage de l’eau en agriculture&lt;br /&gt;
+1 place Adrien Zeller&lt;br /&gt;
+BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>22/04/2024</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/economie-eau-agriculture/</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0183/depot/simple</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Étape 1 : Prenez contact dès maintenant avec les services régionaux ou l’Agence de l’Eau Rhin-Meuse. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;Étape 2 : Téléchargez le « Dossier de candidature » disponible en bas de la page.&lt;/p&gt;&lt;p&gt;Étape 3 : Envoyez votre « Dossier de candidature » complété par email au guichet unique : eau.agriculture&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Lors d’un comité des financeurs, l’analyse et le fléchage financier des projets seront réalisés.&lt;/p&gt;&lt;p&gt;Un courrier sera adressé au porteur de projet pour qu’il dépose sa demande d’aide complète sur la plateforme de demande du financeur retenu (Région Grand Est ou Agence de l’eau Rhin Meuse).&lt;/p&gt;&lt;p&gt;Étape 4 : Après réception de votre courrier, déposez votre dossier de demande d’aide complète sur la plateforme du financeur retenu.&lt;/p&gt;&lt;p&gt;Attention : la date de réception par la Région du dossier de candidature doit être antérieure à la date de démarrage de l’opération et l’instruction ne débutera que si le dossier est complet.&lt;/p&gt;&lt;p&gt;Vous pouvez également nous envoyer votre dossier de candidature par voie postale aux coordonnées suivantes :&lt;/p&gt;&lt;p&gt;Siège du Conseil Régional&lt;/p&gt;&lt;p&gt;A l’attention de : la Direction de l’Économie du Vivant&lt;/p&gt;&lt;p&gt;Dispositif : Aide à l’accès, à l’économie et au pilotage de l’eau en agriculture&lt;/p&gt;&lt;p&gt;1 place Adrien Zeller&lt;/p&gt;&lt;p&gt;BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/axeo-aide-a-lacces-a-leconomie-et-au-pilotage-de-leau-en-agriculture/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>165125</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Transformer des zones d’activités Star’Est</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Transformation des zones d’activités Star’Est</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de montée en gamme de votre zone d’activités ou de libération de foncier ?&lt;/h2&gt;&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 500 000 € pour les travaux et 250 000 € pour les études &lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une personne morale (de droit public ou de droit privé) gestionnaire de zones d’activités sur le territoire du Grand Est&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;L’amélioration du niveau de maturité et d’attractivité des zones d’activités déjà existantes et référencées dans la démarche Star’Est&lt;/li&gt;
+&lt;li&gt;Le compactage ou la reconfiguration d’une zone non référencée Star’Est, dès lors que ce projet peut aboutir à la libération de foncier&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;h4&gt;Pour les projets comprenant des travaux :&lt;strong&gt;&lt;br /&gt;
+&lt;/strong&gt;&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 30 % du montant des dépenses retenues en €&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;L’aide est plafonnée, et son maximum est de 500 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;Pour les projets se limitant à des études :&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en €&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;L’aide est plafonnée, et son maximum est de 250 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pour les zones Star’Est&lt;/strong&gt;, les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;les travaux d’aménagement (voirie, mobilité douce, réseaux, etc.)&lt;/li&gt;
+&lt;li&gt;le financement de fouilles préventives&lt;/li&gt;
+&lt;li&gt;le raccordement des utilités sur site&lt;/li&gt;
+&lt;li&gt;les études préalables à la réalisation d’investissements (mobilité, attractivité, optimisation foncière, faisabilité d’assainissement, programmation d’un pôle de vie de type pôle multimodal, etc.)&lt;/li&gt;
+&lt;li&gt;les études et les diagnostics lorsqu’ils sont nécessaires à la réalisation d’investissements&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Pour les &lt;strong&gt;projets de compactage et reconfiguration&lt;/strong&gt; de zones d’activités non référencées dans la démarche Star’Est, les &lt;strong&gt;dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;les études de potentiel et de projection préalables à la réalisation de travaux&lt;/li&gt;
+&lt;li&gt;les travaux d’aménagement (voirie, mobilité douce, réseaux, etc.) découlant de ces études&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;ET&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;&lt;strong&gt;dans les 6 mois &lt;/strong&gt;suivants la notification de marché public ou la signature du devis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>International</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>22/04/2024</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/transformation-za-starest/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;ET &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne dans les 6 mois suivants la notification de marché public ou la signature du devis.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Contactez Didier VIDAL-BANOS&lt;br /&gt;&lt;/p&gt;&lt;p&gt;didier.vidal-banos&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel :  03 69 31 86 22&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/transformation-des-zones-dactivites-starest/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
+        <v>165139</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’installation en agriculture</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’installation en agriculture</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d’installation en agriculture et vous avez entre 18 et 40 ans ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 44 000 € (tous financeurs confondus)&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Le présent dispositif a pour objet de soutenir des &lt;strong&gt;projets d’installation viable et durable en agriculture&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pour bénéficier de l’aide&lt;/strong&gt;, vous devez notamment remplir les conditions suivantes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Être âgé d’au moins 18 ans et de 40 ans au plus à la date de dépôt de la demande d’aide&lt;/li&gt;
+&lt;li&gt;Être détenteur d’un diplôme agricole de niveau 4 ou supérieur&lt;/li&gt;
+&lt;li&gt;S’installer pour la première fois comme chef d’exploitation&lt;/li&gt;
+&lt;li&gt;S’installer au sein d’une exploitation dont le siège se situe sur le territoire de la Région Grand Est&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard du règlement en vigueur. &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 44 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Le dispositif d’aide à l’installation en agriculture est une aide forfaitaire octroyée sans conditions de dépenses pour une période d’engagement de 4 ans à destination des jeunes agriculteurs.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Détail des montants forfaitaires&lt;/strong&gt; &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;div id="ninja_table_builder_580011"&gt;
+     &lt;table id="ntb_table" role="table"&gt; &lt;tbody&gt;&lt;tr id="tr_id_9149001"&gt; &lt;td id="td_id_86823185" rowspan="1" colspan="1"&gt;&lt;div id="td_id_86823185"&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_38693710" rowspan="1" colspan="1"&gt;&lt;div id="td_id_38693710"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Installation à Titre Principal/Installation Progressive (montant aides Région &amp;#43; FEADER)&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_61716313" rowspan="1" colspan="1"&gt;&lt;div id="td_id_61716313"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Installation à Titre Secondaire (montant aides Région &amp;#43; FEADER)&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_2811223"&gt; &lt;td id="td_id_20045427" rowspan="1" colspan="1"&gt;&lt;div id="td_id_20045427"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Montant de base&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_21857968" rowspan="1" colspan="1"&gt;&lt;div id="td_id_21857968"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;20 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_41424498" rowspan="1" colspan="1"&gt;&lt;div id="td_id_41424498"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;10 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_2446744"&gt; &lt;td id="td_id_62685984" rowspan="0" colspan="0"&gt;&lt;div id="td_id_62685984"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Majorations pouvant s’ajouter au montant de base :&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_23817170" rowspan="0" colspan="0"&gt;&lt;div id="td_id_23817170"&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_75006336" rowspan="1" colspan="3"&gt;&lt;div id="td_id_75006336"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Majorations pouvant s’ajouter au montant de base :&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_8454872"&gt; &lt;td id="td_id_54382122" rowspan="1" colspan="1"&gt;&lt;div id="td_id_54382122"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Suivi et formation post installation&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_72632717" rowspan="1" colspan="1"&gt;&lt;div id="td_id_72632717"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;3 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_22748157" rowspan="1" colspan="1"&gt;&lt;div id="td_id_22748157"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;1 500 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_5822350"&gt; &lt;td id="td_id_29831235" rowspan="1" colspan="1"&gt;&lt;div id="td_id_29831235"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt; Zone de montagne&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_45380223" rowspan="1" colspan="1"&gt;&lt;div id="td_id_45380223"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;11 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_38672835" rowspan="1" colspan="1"&gt;&lt;div id="td_id_38672835"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;5 500 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_4696033"&gt; &lt;td id="td_id_55121612" rowspan="1" colspan="1"&gt;&lt;div id="td_id_55121612"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Elevage à vocation alimentaire&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_29201820" rowspan="1" colspan="1"&gt;&lt;div id="td_id_29201820"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;10 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_83495292" rowspan="1" colspan="1"&gt;&lt;div id="td_id_83495292"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;5 000 €&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr id="tr_id_4739052"&gt; &lt;td id="td_id_59442546" rowspan="1" colspan="1"&gt;&lt;div id="td_id_59442546"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;Montant maximum (avec l’ensemble des majorations)&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_18671473" rowspan="1" colspan="1"&gt;&lt;div id="td_id_18671473"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;44 000&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;td id="td_id_84998390" rowspan="1" colspan="1"&gt;&lt;div id="td_id_84998390"&gt;&lt;div&gt;&lt;div&gt;&lt;span&gt;22 000&lt;/span&gt;  &lt;/div&gt; &lt;/div&gt;&lt;/div&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;/div&gt;
+&lt;p&gt;Le financement des dossiers éligibles à ce dispositif est assuré par la Région Grand Est (40%) et les fonds FEADER (60%).&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne : &lt;/strong&gt;Les dossiers de demande d’aide sont déposés au fil de l’eau à compter du 16 septembre 2023 via le portail &lt;a href="https://europac.grandest.fr/sub/tiers/aides/details/?sigle&amp;#61;7501A-2301"&gt;Euro-PAC&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P29" s="1" t="inlineStr">
+        <is>
+          <t>04/10/2023</t>
+        </is>
+      </c>
+      <c r="Q29" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/installation-agriculture/</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details/?sigle=7501A-2301</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-linstallation-en-agriculture-1/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
+        <v>149073</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de création ou d’extension d’un système de vidéoprotection sur l’espace public et vos caméras sont connectées par fibre optique</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Soutien des collectivités aux usages numériques – Vidéoprotection – Fibre Optique (GFU)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de création ou d&amp;#039;extension d&amp;#039;un système de vidéoprotection sur l&amp;#039;espace public et vos caméras sont connectées par fibre optique ?
+&lt;/p&gt;
+&lt;p&gt;
+ Et avec souscription à une offre de groupement fermé d&amp;#039;utilisateurs (GFU) auprès de l&amp;#039;un des réseaux d&amp;#039;initiative publique inscrit au Plan Franc Très Haut Débit ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller de 40 000 € à 60 000 € en fonction de votre situation :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une aide régionale jusqu&amp;#039;à 50% du montant en €/HT des dépenses éligibles de votre projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2023</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/videoprotection-espace-public/</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0250/depot/simple</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toutes questions, prenez contact dès maintenant avec les services régionaux. Vous bénéficierez de conseil dans l&amp;#039;élaboration de votre projet en sollicitant un entretien à numerique&amp;#64;grandest.fr.
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne dès que le dossier est complet et l&amp;#039;ensemble des pièces à fournir est disponible.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact pour GFU Losange : relations-collectivites&amp;#64;losange-fibre.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact pour GFU Rosace : albert.mauss&amp;#64;rosace-fibre.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aeec-soutien-des-collectivites-aux-usages-numeriqu/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>149090</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de résidence de médiation littéraire</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux résidences de médiation littéraire</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet de résidence de médiation littéraire ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 10 000 € :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une avance de 50 % au démarrage de la résidence
   &lt;/li&gt;
   &lt;li&gt;
    Le solde après la fin de la résidence
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P23" s="1" t="inlineStr">
+      <c r="P31" s="1" t="inlineStr">
         <is>
           <t>12/05/2023</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Un lieu de référence de la filière du livre
   &lt;/li&gt;
   &lt;li&gt;
    Un opérateur culturel ou une manifestation littéraire, un centre social et médico-social, une collectivité territoriale
   &lt;/li&gt;
   &lt;li&gt;
    Un lieu d&amp;#039;accueil des jeunes hors temps scolaire
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Et que vous collaborez avec un ou plusieurs auteur(s) :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    vivant et travaillant dans le Grand Est
   &lt;/li&gt;
   &lt;li&gt;
    ayant publié au moins un livre à compte d&amp;#039;éditeur (papier et/ou numérique) depuis moins de 5 ans
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Et si votre projet concerne :
 &lt;/p&gt;
 &lt;p&gt;
  un projet d&amp;#039;une durée comprise entre 2 et 8 mois, qui favorise une relation de proximité entre les professionnels du livre, les publics et l&amp;#039;auteur, sur le territoire du Grand Est, avec des temps de rencontres des publics avec l&amp;#039;auteur et ses oeuvres.
 &lt;/p&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est financé conjointement par la Région Grand Est, la Direction régionale des Affaires culturelles (DRAC) Grand Est et le Centre national du livre (CNL).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/residences-mediation-litteraire/</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Privilégiez un contact par mail :
  &lt;a target="_self"&gt;
   livre&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c009-aide-aux-residences-de-mediation-litteraire/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E24" s="1" t="inlineStr">
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>149096</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet d’aménagement cyclable et/ou de service vélo pour la mobilité du quotidien</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux aménagements cyclables et services vélos pour la mobilité du quotidien</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H24" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Par ce dispositif, la Région Grand Est décide d&amp;#039;accompagner les entreprises à devenir des entreprises 4.0 en leur proposant un diagnostic régional.
-[...119 lines deleted...]
-&lt;p&gt;
+ Vous souhaitez mener à bien un projet d&amp;#039;aménagement cyclable et/ou de service vélo pour la mobilité du quotidien ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez d&amp;#039;une aide régionale pouvant aller jusqu&amp;#039;à 60% du coût HT de votre projet :
+&lt;/p&gt;
+&lt;p&gt;
+ Un acompte de 50% du montant de la subvention régionale dès le démarrage des opérations pour les maîtres d&amp;#039;ouvrage comptant moins de 10 000 habitants et pour toute subvention dépassant 20 000€.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2023</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/amenagements-cyclables-services-velo/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ dispositifveloduquotidien&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58ed-soutien-aux-amenagements-cyclables-et-service/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB32" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une voie douce / piste cyclable</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E25" s="1" t="inlineStr">
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
+        <v>149099</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de E santé visant à développer l’offre de soins ou de prévention sur votre territoire</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux projets de E santé des professionnels de santé</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Association
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H25" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de E santé visant à développer l&amp;#039;offre de soins ou de prévention sur votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez d&amp;#039;une aide régionale comprise entre 10 000 € et 75 000 € en fonction du projet, avec un taux d&amp;#039;intervention plafonné à 50% des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une avance de trésorerie de 50 % dès le démarrage de votre projet à réception des pièces mentionnées dans la convention ou la notification.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P33" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2023</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-projets-de-e-sante-pour-les-patients-et-les-professionnels-de-sante/</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0178/depot/simple</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant de déposer votre dossier en ligne, contactez Sandrine POITTEVIN,
+&lt;/p&gt;
+&lt;p&gt;
+ chargée de mission E santé – Tél : 03 26 70 66 61 – sandrine.poittevin&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant le dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est. Il vous est demandé de déposer votre demande en ligne au plus tard 3 mois avant le début de votre projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c184-soutien-aux-projets-de-e-sante-pour-les-patie/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB33" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place de la télémedecine</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
+        <v>149102</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de plateforme LOJ’Toît Jeunes</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>LOJ’Toît Jeunes - Accès au logement pour les jeunes en mobilité professionnelle</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Cet appel à projets vise à soutenir la diffusion ponctuelle des créations des artistes régionaux en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion en France et à l&amp;#039;étranger, à promouvoir le rayonnement de la création et de la production artistique en région et au-delà, en partenariat avec les lieux de diffusion ayant une responsabilité essentielle dans ces domaines, à accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers de l&amp;#039;aide aux projets de diffusion.
-[...11 lines deleted...]
- Dépôt des demandes : 31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020).
+ Vous souhaitez mener à bien un projet de plateforme LOJ&amp;#039;Toît Jeunes ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Une acompte de de 60% après réception de la convention dès le démarrage de votre projet
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="O25" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P25" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="S25" s="1" t="inlineStr">
+      <c r="P34" s="1" t="inlineStr">
+        <is>
+          <t>11/01/2023</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X25" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/lojtoit-jeunes-acces-au-logement-pour-les-jeunes-en-mobilite-professionnelle/</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0161/depot/simple</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Candidatures à envoyer à :
-[...8 lines deleted...]
- &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avant de déposer votre dossier en ligne, contactez votre interlocuteur régional (cf. rubrique « nous contacter).
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne au plus tard le 30 novembre de l&amp;#039;année en cours.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/029f-lojtoit-jeunes-acces-au-logement-pour-les-jeu/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E26" s="1" t="inlineStr">
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
+        <v>149107</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine bâti ardennais visible de l’espace public et améliorer le cadre de vie et l’attractivité du département des Ardennes</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation du patrimoine bâti public dans les Ardennes</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
-[...157 lines deleted...]
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Association</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l&amp;#039;espace public et améliorer le cadre de vie et l&amp;#039;attractivité du département des Ardennes :
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € pour des travaux de rénovation de façades et toitures, et 15 000 € pour les projets de déconstruction de ruine – voir conditions particulières dans le règlement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2022</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du pacte ardennes, la Région Grand Est accompagne la restauration du patrimoine bâti public ardennais visible de l&amp;#039;espace public.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une collectivité territoriale ou ses groupements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une personne morale propriétaire d&amp;#039;un ou plusieurs bâtiments accueillant une activité incluant une mission de service public (à l&amp;#039;exception de l&amp;#039;Etat et de ses opérateurs).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et que votre projet concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un bâtiment public situé dans le département des Ardennes et visible de l&amp;#039;espace public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et des travaux de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation de façade(s) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation de toiture(s) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déconstruction d&amp;#039;un bâtiment en ruine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-renovation-patrimoine-public-ardennes/</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0070/depot/simple</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez votre dossier complet en ligne avant le 28 février 2027.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d66-aide-a-la-renovation-du-patrimoine-bati-publi/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>149109</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien une étude contribuant à revitaliser votre centre bourg/ville</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études des Petites Villes de Demain</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien une étude contribuant à revitaliser votre centre bourg/ville ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale (via les crédits dédiés de la Banque des Territoires) pouvant aller jusqu&amp;#039;à 50% maximum du coût de l&amp;#039;étude
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2022</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-etudes-petites-villes/</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0170/depot/simple</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant de déposer votre dossier en ligne, vous pouvez contacter votre interlocuteur régional (cf. rubrique « nous contacter).
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez le secrétariat du service Aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ amenagement&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 88 15 69 23
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5136-soutien-aux-etudes-des-petites-villes-de-dema/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
+        <v>149117</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un diagnostic pour évaluer votre niveau de maturité en cybersécurité et définir un plan d’actions</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic cybersécurité</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H27" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous vous interrogez sur la capacité de votre organisation à faire face aux cyberattaques ? Réalisez un diagnostic pour évaluer votre niveau de maturité en cybersécurité et définir un plan d&amp;#039;actions.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 5 000€ :
+&lt;/p&gt;
+&lt;p&gt;
+ Des dépenses remboursées jusqu&amp;#039;à 50% du montant de la prestation plafonnée à 10 000€ HT et d&amp;#039;une durée de 10 jours.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P37" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2022</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une entreprise (PME de moins de 250 salariés ou Entreprise de Taille Intermédiaire de moins de 5 000 salariés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  une collectivité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  un établissement public ou groupement d&amp;#039;intérêt public
+ &lt;/li&gt;
+ &lt;li&gt;
+  une association loi 1901, loi 1905 et loi 1908 considérée en situation financière saine au regard de la règlementation européenne
+ &lt;/li&gt;
+ &lt;li&gt;
+  immatriculé dans le Grand Est
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et vous sélectionnez un prestataire référencé par la Région Grand Est :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléchargez la liste des prestataires référencés
+&lt;/p&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/diagnostic-cybersecurite/</t>
+        </is>
+      </c>
+      <c r="W37" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0157/depot/simple</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez votre demande en ligne depuis cette page et dès sélection d&amp;#039;un devis non signé d&amp;#039;un prestataire référencé.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est. La signature du devis doit donc être postérieure au dépôt de la demande en ligne.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a458-diagnostic-cybersecurite/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
+        <v>149125</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet visant à anticiper les manques d’eau et les sècheresses à venir</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Changement climatique et impact sur les ressources en eau et les milieux naturels</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet visant à anticiper les manques d&amp;#039;eau et les sècheresses à venir ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 100 000 € pour les équipements d&amp;#039;économie d&amp;#039;eau et 1 000 000 € pour les autres projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une avance de trésorerie de 30% dès le démarrage de votre projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  et
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Des dépenses remboursées jusqu&amp;#039;à 60 % du montant HT / TTC de votre projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P38" s="1" t="inlineStr">
+        <is>
+          <t>27/04/2022</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une collectivité ou un groupement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un établissement public
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une association
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une entreprise...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;évaluation des ressources en eau disponibles et des besoins
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;amélioration de process et/ou la mise en œuvre de technologies économes en eau
+  &lt;/li&gt;
+  &lt;li&gt;
+   La réalisation de diagnostic eau visant à référencer les principales consommations et les possibilités d&amp;#039;économie (hors réseau alimentation en eau potable public)
+  &lt;/li&gt;
+  &lt;li&gt;
+   La mobilisation de nouvelles ressources y compris la récupération et la réutilisation des eaux de pluie ou des eaux usées traitées pour des usages compatibles (hors soutien d&amp;#039;étiage) sous réserve d&amp;#039;absence de déséquilibre ou d&amp;#039;impact sur les milieux naturels
+  &lt;/li&gt;
+  &lt;li&gt;
+   La substitution des prélèvements sur les ressources les plus sensibles, notamment les prélèvements dans les cours d&amp;#039;eau et leurs nappes d&amp;#039;accompagnement, vers des ressources moins sensibles
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études, équipements et travaux permettant de favoriser la recharge des milieux naturels et garantir les services éco-systémiques : l&amp;#039;optimisation des aménagements existants
+  &lt;/li&gt;
+  &lt;li&gt;
+   La gestion à la source les eaux pluviales en privilégiant les solutions fondées sur la nature (schéma de gestion des eaux pluviales, aménagement d&amp;#039;espaces multifonctionnels d&amp;#039;infiltration des eaux pluviales, etc)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études, équipements et travaux permettant d&amp;#039;évaluer et renforcer la capacité d&amp;#039;adaptation des milieux aquatiques à l&amp;#039;évolution du climat, la fonctionnalité des milieux naturels (lutte contre les pollutions des milieux aquatiques induites par le réchauffement climatique), l&amp;#039;adaptation des espèces locales, la prévention et la gestion des espèces invasives.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+ &lt;/span&gt;
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/anticiper-manque-eau-et-secheresses/</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0231/depot/simple</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact dès maintenant avec les services régionaux (cf rubrique « contactez-nous »). Vous bénéficierez d&amp;#039;un entretien personnalisé afin de vous aider dans l&amp;#039;élaboration de votre projet et de vous guider dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ OU
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne dès que vous détenez l&amp;#039;ensemble des devis et une note décrivant le projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b735-changement-climatique-et-impact-sur-les-resso/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
+        <v>149127</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de développement du tourisme fluvial/fluvestre dans une perspective de promotion d’un tourisme durable, proche de la nature et connecté à son patrimoine</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au développement du tourisme fluvial et fluvestre</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiez d&amp;#039;une subvention régionale pouvant aller :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 30 000 €  pour les études d&amp;#039;opportunité et de faisabilité, études avant travaux
+  &lt;/strong&gt;
+  (taux maxi d&amp;#039;aide de 50%)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 300 000 € - Ports de plaisance, pour les investissements, aménagements liés à la mise en tourisme
+  &lt;/strong&gt;
+  (taux d&amp;#039;aide de 50%)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 200 000 € - Haltes, bases et relais nautiques, pour les investissements, aménagements liés à la mise en tourisme
+  &lt;/strong&gt;
+  (taux d&amp;#039;aide de 50%)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 250 000 € pour les projets économiques publics ou privés liés à la mise en tourisme
+  &lt;/strong&gt;
+  (taux d&amp;#039;aide de 20%)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 250 000 € pour les projets économiques publics ou privés liés à la mise en tourisme
+  &lt;/strong&gt;
+  (taux d&amp;#039;aide de 20%)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Pouvez-vous bénéficier de l&amp;#039;aide régionale ?
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes :
+ &lt;/strong&gt;
+ Représentant de collectivités locales, établissements publics, associations, personnes morales et d&amp;#039;entreprises privées prestataires de services pour le tourisme fluvial et fluvestre.
+ &lt;strong&gt;
+  Et votre projet concerne :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des études d&amp;#039;opportunité, faisabilité, d&amp;#039;avant-projet pour des projets d&amp;#039;investissement inscrits dans le contrat de canal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des investissements et aménagements à vocation touristique d&amp;#039;infrastructures fluviales et fluvestres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des projets économiques publics ou privés de mise en tourisme fluvestre sur et dans l&amp;#039;environnement immédiat des canaux et voies d&amp;#039;eau éligibles (Canal des Ardennes, canal de la Meuse, Canal des Vosges, Canal du Rhône au Rhin Branche Sud, Canal du Rhône au Rhin déclassé).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous vous engagez à :
+ &lt;/strong&gt;
+ Mentionner le soutien financier de la Région dans tout support de communication.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment estimer votre montant d&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les études d&amp;#039;opportunité et de faisabilité, études avant travaux
+ &lt;/strong&gt;
+ Taux maxi : 50 %
+Plafond : 30 0000 €
+ &lt;strong&gt;
+  Pour les Investissements, aménagements liés à la mise en tourisme
+ &lt;/strong&gt;
+ Taux maxi : 50 %
+Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  300 000 € - Ports de plaisance
+ &lt;/li&gt;
+ &lt;li&gt;
+  200 000 € - Haltes, bases et relais nautiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les projets économiques publics ou privés liés à la mise en tourisme
+ &lt;/strong&gt;
+ Taux maxi : 20 %
+Plafond : 250 0000 €
+Les dépenses suivantes sont prises en compte dans le calcul de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;investissement liées à des projets éligibles réalisés sur les canaux et voies d&amp;#039;eau éligibles ou à proximité immédiate de ces derniers, dans un rayon maximal de 5 kilomètres.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ces projets devront avoir été listés dans les contrats de canaux.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Aides complémentaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Une
+ &lt;strong&gt;
+  aide complémentaire
+ &lt;/strong&gt;
+ peut être sollicitée auprès des fonds européens au titre du Programme opérationnel FEDER.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>08/04/2022</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-au-developpement-du-tourisme-fluvial-et-fluvestre/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  A savoir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une période de franchise de 3 ans est appliquée
+ &lt;br /&gt;
+ avant toute nouvelle demande de subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Comment demander l&amp;#039;aide régionale ?
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets sont identifiés dans le cadre de l&amp;#039;élaboration des contrats de canaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous contacter
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez la Direction du Tourisme tourisme&amp;#64;grandest.fr &amp;#43;33 (0)3 87 33 67 21
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f20-soutien-au-developpement-du-tourisme-fluvial-/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB39" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
+        <v>149137</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'installation de 10 bornes de recharge BioGNV accessibles au public en sortie de méthaniseur</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'installation de 10 infrastructures de recharge BioGNV accessibles au public en sortie de méthaniseur</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Objectifs
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Compléter le maillage régional de stations distribuant du BioGNV
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la chaine de valeur du biométhane (production, distribution, usage)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser les démarches globales de mobilité bas-carbone
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre et la pollution atmosphérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des ressources renouvelables aux ressources fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre une diversification aux agriculteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver le pouvoir d&amp;#039;achat des ménages
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;p&gt;
+ Est éligible :
+Tout projet territorial et partenarial de déploiement d&amp;#039;une infrastructure de recharge BioGNV présentant les caractéristiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le BioGNV est directement issu d&amp;#039;une unité de méthanisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un partenariat entre collectivités et/ou entreprises s&amp;#039;engageant :
+  &lt;ul&gt;
+   &lt;li&gt;
+    À acquérir chacune plusieurs véhicules GNV,
+   &lt;/li&gt;
+   &lt;li&gt;
+    À s&amp;#039;avitailler principalement à cette station (contrat d&amp;#039;avitaillement)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une coordination assurée par l&amp;#039;un des partenaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Projets éligibles
+&lt;/h2&gt;
+&lt;p&gt;
+ Stations permettant l&amp;#039;accès, non discriminatoire, à un tiers non lié au projet
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Permettant à tout type de véhicule GNV de s&amp;#039;avitailler
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justifiant d&amp;#039;axes routiers et de zones d&amp;#039;activité où un trafic significatif est présent
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participant au maillage régional en stations BioGNV.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Montant de l&amp;#039;aide
+&lt;/h2&gt;
+&lt;p&gt;
+ Taux : 20 % du coût éligible HT du projet (investissement dans les équipements spécifiques à la normalisation du biogaz (épuration, compression) de la station BioGNV, installation de la station,...
+Plafond : 65 000 €
+Aide cumulable avec les Appels à Projets nationaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P40" s="1" t="inlineStr">
+        <is>
+          <t>10/01/2022</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-bornes-biognv/</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0222/depot/simple</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2022/01/17-12-2021-aap-modif-stations-biognv-2022.pdf" target="_self"&gt;
+  Règlement soutien au déploiement d&amp;#039;infrastructures recharge BioGNV (PDF - 543,26 Ko)
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b7bc-soutien-a-linstallation-de-10-bornes-de-recha/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB40" s="1" t="inlineStr">
+        <is>
+          <t>Installation de bornes électriques</t>
+        </is>
+      </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
+        <v>149142</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de médiation pour votre salle de cinéma</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la médiation et à l'animation des salles de cinéma</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de médiation pour votre salle de cinéma ?
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;aide accordée au cas par cas.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est plafonnée à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   20 000 € pour un projet de médiation annuel
+  &lt;/li&gt;
+  &lt;li&gt;
+   23 000 € s&amp;#039;il propose des actions spécifiques autour des œuvres soutenues par la Région
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale pourra être plafonnée pour le motif suivant : le montant total des aides publiques ne pourra excéder 80% du coût définitif de l&amp;#039;œuvre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2021</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une association
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une collectivité territoriale
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une structure de droit public ou privé installée en région Grand Est, ayant un agrément d&amp;#039;exploitation ou étant chargées d&amp;#039;exploitation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et si votre projet répond à au moins 1 critère :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet présente des interactions innovantes pour impliquer la programmation de la salle de cinéma dans les agendas culturels des villes au cœur desquelles elles sont installées :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Le cinéma est impliqué dans l&amp;#039;agenda culturel de son territoire en participant à des évènements marquants locaux (festivals, manifestation culturelles, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le cinéma est impliqué dans un collectif d&amp;#039;acteurs culturels de la ville et prend part à la communication liée aux évènements culturels mis en place par la ville
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet permet la mise en œuvre d&amp;#039;initiatives innovantes valorisant le travail de la salle de cinéma dans sa programmation, son animation, sa communication :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Une proposition de la salle basée sur des idées originales, conceptuelles ou atypiques qui pourrons mettre en valeur la programmation et la vie de la salle en utilisant ou non les nouvelles technologies comme l&amp;#039;utilisation de la réalité virtuelle, la réalité augmentée, les jeux vidéo, les programmes de conférences innovantes...
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet est orienté dans une logique de diffusion pour le jeune public 15-29 ans en proposant des actions spécifiques et nouvelles pour faire venir ou revenir ce public en salle
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le projet propose une programmation annuelle autour du film de genre afin de mettre en avant cette création spécifique (cibler autour du public de cinéphile, du jeune public avec la mise en place d&amp;#039;ateliers, de soirées évènementielles...)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-la-mediation-et-a-lanimation-des-salles-de-cinema/</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0189/depot/simple</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez Marie-Alix FOURQUENAY :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a target="_self"&gt;
+    marie-alix.fourquenay&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Tel : 03 87 31 81 40 / 06 29 11 22 22
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8272-soutien-a-la-mediation-salle-de-cinema/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
+        <v>149149</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la réalisation d’études de mobilités</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la réalisation d’études de mobilités</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet d&amp;#039;étude de mobilités ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 50 000€ et 80% de prise en charge.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P42" s="1" t="inlineStr">
+        <is>
+          <t>17/09/2021</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Autorité organisatrice de la mobilité (AOM) non soumise à l&amp;#039;obligation de réalisation d&amp;#039;un Plan de mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats mixtes, Groupements européens de coopération territoriale (GECT), Pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) et pays, dûment mandatés par vos AOM-membres pour porter l&amp;#039;étude
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de communes délégataire de la Région, Autorité organisatrice de la mobilité sur votre ressort territorial, au titre des articles 1231-1 et 1231-1-1 du Code des Transports
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont exclues de ce dispositif les communes, les entreprises privées et les personnes physiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Et si votre projet concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toute étude relevant du domaine de compétence de l&amp;#039;Autorité organisatrice des mobilités, sauf celles qui répondent à un dispositif régional spécifique (aménagement des points d&amp;#039;arrêt ferroviaires et routiers, revitalisation de centre bourg/ville, mise en place de flottes faibles émissions), sauf dépenses de fonctionnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/dispositif-de-soutien-a-la-realisation-detudes-de-mobilites-par-les-autorites-organisatrices-de-la-mobilite-aom/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d&amp;#039;un entretien personnalisé afin de vous aider dans l&amp;#039;élaboration de votre projet et de vous guider dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ Ou adressez dès à présent une lettre d&amp;#039;intention à la Région. Cette lettre sollicite officiellement l&amp;#039;aide régionale et doit décrire de façon synthétique votre projet (délibération de lancement du projet, plan de financement, description technique, date prévisionnelle de dernière livraison). Cette sollicitation vous permet de lancer l&amp;#039;étude de votre côté et nous permet d&amp;#039;instruire votre demande en parallèle, sans ralentir votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Privilégiez un envoi par mail :
+ &lt;a target="_self"&gt;
+  dispositifetudesmobilites&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e6cc-soutien-a-la-realisation-detudes-de-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF42" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:34" customHeight="0">
+      <c r="A43" s="1">
+        <v>149151</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités aux usages numériques</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Soutien des collectivités aux usages numériques - Vidéoprotection - WiFi ou ADSL</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de création ou d&amp;#039;extension d&amp;#039;un système de vidéoprotection sur l&amp;#039;espace public et vos caméras sont connectées par Wifi ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € par commune : Une aide régionale jusqu&amp;#039;à 50% du montant en €/HT des dépenses éligibles de votre projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une Commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un établissement public de coopération intercommunale ou un syndicat mixte dans le cadre de l&amp;#039;exercice de la compétence de la prévention de la délinquance
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et si votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;installation (création et extension) de caméras sur la voie publique ou aux abords de lieux ouverts au public, au titre de l&amp;#039;exercice de la compétence de prévention de la délinquance, dans toutes les communes du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/plan-regional-de-soutien-des-collectivites-aux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0067%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.gr</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toutes questions, prenez contact dès maintenant avec les services régionaux. Vous bénéficierez de conseil dans l&amp;#039;élaboration de votre projet en sollicitant un entretien à
+ &lt;a target="_self"&gt;
+  numerique&amp;#64;grandest.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne dès que le dossier est complet et l&amp;#039;ensemble des pièces à fournir (cf règlement, ci dessous) disponible.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4936-soutien-des-collectivites-aux-usages-numeriqu/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB43" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF43" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG43" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH43" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:34" customHeight="0">
+      <c r="A44" s="1">
+        <v>149152</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le réemploi, la réparation et/ou la réutilisation</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au réemploi, à la réparation et/ou la réutilisation</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de création d&amp;#039;activité de réemploi, réparation et/ou réutilisation ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 10 000 €
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>09/07/2021</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes une structures dont le siège est domiciliée en Région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Et si votre projet concerne la création d&amp;#039;une activité de réemploi et/ou réutilisation et/ou réparation (hors textile).
+&lt;/p&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-au-reemploi-a-la-reparation-et-ou-la-reutilisation/</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0072/depot/simple</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact dès maintenant avec les services régionaux (CF rubrique « Contactez-nous »). Vous bénéficierez d&amp;#039;un entretien personnalisé afin de vous aider dans l&amp;#039;élaboration de votre projet et de vous guider dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ ET
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne après votre entretien personnalisé et au plus tard avant le premier jour de travail de la personne concernée par la création de poste. Il vous faudra un descriptif du projet et un calendrier de mise en œuvre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f0c-soutien-au-reemploi-a-la-reparation-etou-la-r/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG44" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH44" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:34" customHeight="0">
+      <c r="A45" s="1">
+        <v>131013</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"-  Grand Est</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/grand-est</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région Grand Est
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nassera Deroueche
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 61 66 91
+&lt;/p&gt;
+&lt;p&gt;
+ nassera.deroueche&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Office français de la biodiversité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ David Monnier
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 62 86 07
+&lt;/p&gt;
+&lt;p&gt;
+ david.monnier&amp;#64;ofb.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b9d5-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB45" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC45" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité</t>
+        </is>
+      </c>
+      <c r="AE45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG45" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2023</t>
+        </is>
+      </c>
+      <c r="AH45" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:34" customHeight="0">
+      <c r="A46" s="1">
+        <v>95080</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements sportifs</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux investissements sportifs à vocation compétitive</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et EPCI,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Les structures privées (inclues ligues et associations privées de gestion de centres de formation) propriétaires d&amp;#039;équipements sportifs utilisés à des fins compétitives de haut niveau, en lien avec un club local.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Rénovation d&amp;#039;équipements vétustes,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Mise aux normes (de sécurité, fédérales, d&amp;#039;accessibilité, environnementales BBC),
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Construction de nouveaux équipements dans des zones dépourvues identifiées par le biais du recensement des équipements sportifs réalisé par le Ministère en charge des Sports.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Mutualisation : l&amp;#039;équipement devra être mis à disposition des clubs locaux en complémentarité avec les créneaux scolaires le cas échéant,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Rayonnement : la gestion des équipements devra être pensée dans un souci d&amp;#039;utilisation optimale à l&amp;#039;échelle intercommunale,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Développement durable : l&amp;#039;équipement neuf et/ou les travaux de rénovation devront répondre aux normes environnementales.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;p&gt;
+ Nature et montant de l&amp;#039;aide
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   25% maximum pour les communes dont le potentiel financier est inférieur au potentiel financier de la strate et l&amp;#039;effort fiscal supérieur à 1 ;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   20% maximum pour les communes dont le potentiel financier est inférieur au potentiel financier de la strate et l&amp;#039;effort fiscal inférieur ou égal à 1 ou les communes dont le potentiel financier est supérieur au potentiel financier de la strate et l&amp;#039;effort fiscal supérieur à 1 ;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   15% maximum pour les communes dont le potentiel financier est supérieur au potentiel financier de la strate et l&amp;#039;effort fiscal inférieur ou égal à 1.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ La demande d&amp;#039;aide
+ &lt;ul&gt;
+  &lt;li&gt;
+   du dossier technique (APS puis APD) et devis détaillé des travaux en HT et TTC,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   de l&amp;#039;échéancier prévisionnel,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   du plan de financement détaillé de l&amp;#039;opération,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   le cas échéant, de la délibération correspondante,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;un état des lieux reprenant les équipements existants (cartographie), leur rayonnement géographique, les clubs, le nombre de licenciés, le niveau d&amp;#039;évolution, l&amp;#039;aire d&amp;#039;attraction, etc.,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   du coût de fonctionnement de l&amp;#039;équipement et sa prise en charge.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Le projet d&amp;#039;investissement devra être pensé dans un souci de :
+ &lt;br /&gt;
+&lt;p&gt;
+ Chaque dossier déposé fera l&amp;#039;objet d&amp;#039;une instruction par le Service des Sports. La consultation de la ligue ou du comité régional concerné pourra s&amp;#039;inscrire dans la démarche d&amp;#039;instruction.
+Pour les projets de rénovation, seuls les équipements justifiant d&amp;#039;un intérêt avéré pour une pratique compétitive de haut niveau seront retenus.
+Pourront ainsi être exclus les projets de rénovation de terrains de football ou de piscines non associés à un club évoluant à un niveau de compétition suffisant.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront intégrées aux dépenses éligibles les travaux relevant de l&amp;#039;équipement sportif stricto sensu, à l&amp;#039;exclusion des zones de convivialité (hall, accueil, club-house, espaces verts et espaces bien-être).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention régionale est calculée sur le montant des dépenses subventionnables plafonné à 2 M€ HT, sur la base du coût prévisionnel des travaux opérés sur l&amp;#039;équipement sportif stricto sensu, en tenant compte des dernières données fiscales connues « Potentiel financier et Effort fiscal des communes de la région Grand Est » :
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention régionale
+Potentiel
+financier de la commune d&amp;#039;implantation &amp;lt; Potentiel financier de
+la strate
+Potentiel
+financier de la commune d&amp;#039;implantation &amp;gt; Potentiel financier de
+la strate
+Effort
+fiscal &amp;lt;1
+20 %
+15 %
+Effort
+fiscal &amp;gt;1
+25 %
+20 %
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>30/11/2016</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-investissements-sportifs/</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0134/depot/simple</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:Paul.FRICKER&amp;#64;grandest.fr"&gt;
+    Paul FRICKER
+   &lt;/a&gt;
+   – 03 88 15 67 45 (Alsace-Lorraine)
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:sophie.saintaubin&amp;#64;grandest.fr"&gt;
+    Sophie SAINT-AUBIN
+   &lt;/a&gt;
+   – 03 26 70 85 82 (Champagne-Ardenne)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c6b-soutien-aux-investissements-sportifs/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB46" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AE46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF46" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG46" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH46" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:34" customHeight="0">
+      <c r="A47" s="1">
+        <v>94834</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la concertation et l’accompagnement des projets d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la concertation et à l’accompagnement favorisant l'acceptabilité de projets d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Objectifs
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contribuer à l&amp;#039;atteinte des objectifs du SRADDET
  &lt;/li&gt;
  &lt;li&gt;
   Substituer des énergies fossiles
  &lt;/li&gt;
  &lt;li&gt;
   Réduire les émissions de gaz à effet de serre
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir la production d&amp;#039;énergie renouvelable
  &lt;/li&gt;
  &lt;li&gt;
   Améliorer la qualité de l&amp;#039;air
  &lt;/li&gt;
  &lt;li&gt;
   Créer de l&amp;#039;activité économique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Montant de l&amp;#039;aide
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables →
    &lt;/strong&gt;
    T
    aux : Toutes les cibles : 70 %
 Plafond : 15 000 € d&amp;#039;aide, 17 000 € pour les territoires en zone Pacte de ruralité
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens →
    &lt;/strong&gt;
    Taux : 70 %
 Plafond : 10 000 € d&amp;#039;aide, 12 000 € pour les territoires en zone Pacte de ruralité
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P27" s="1" t="inlineStr">
+      <c r="P47" s="1" t="inlineStr">
         <is>
           <t>31/05/2021</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables → Communes, groupements de communes, associations, les entreprises ayant une finalité participative et citoyenne
   &lt;/li&gt;
   &lt;li&gt;
    Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens → Communes, groupements de communes, associations, uniquement les entreprises ayant une finalité participative et citoyenne. Les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs sont exclus des dispositifs.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;h4&gt;
  Projets éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables : assistance à maîtrise d&amp;#039;ouvrage proposant une démarche de concertation auprès des citoyens afin de favoriser l&amp;#039;acceptabilité de projets EnR (méthanisation, éolien, géothermie profonde, micro-hydraulique, photovoltaïque). Cette mission peut comprendre entre autre l&amp;#039;organisation de réunions de concertation et d&amp;#039;information, de visites de sites, d&amp;#039;un referendum local (ou autre démarche innovante...) avec le cas échéant la création d&amp;#039;outils de communication/de sensibilisation.
   &lt;/li&gt;
   &lt;li&gt;
    Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens : assistance à maîtrise d&amp;#039;ouvrage portant sur la définition du projet, la structuration juridique (mode de gouvernance, ....), le modèle économique, les choix techniques et la stratégie de « recrutement » de citoyens...
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/concertation-accompagnement-projets-energies-renouvelables/</t>
         </is>
       </c>
-      <c r="W27" s="1" t="inlineStr">
+      <c r="W47" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0185/depot/simple</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Site de Strasbourg : 03 88 15 66 33
   &lt;/li&gt;
   &lt;li&gt;
    Site de Metz : 03 87 33 61 40
   &lt;/li&gt;
   &lt;li&gt;
    Site de Châlons : 03 26 70 66 08
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/23bc-soutien-a-la-concertation-et-a-laccompagnemen/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF47" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG47" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH47" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E28" s="1" t="inlineStr">
+    <row r="48" spans="1:34" customHeight="0">
+      <c r="A48" s="1">
+        <v>94848</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les structures d’hébergement touristiques collectifs</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 300.000€ / Plancher : 50.000€</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin d&amp;#039;encourager la transformation de l&amp;#039;offre en hébergements touristiques vers un tourisme plus responsable, plus respectueux de l&amp;#039;environnement, plus connecté (SMART) et plus durable, la Région a mis en place un nouveau dispositif de soutien aux structures de tourisme pour tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise à consolider et améliorer l&amp;#039;offre existante en matière d&amp;#039;hébergement touristique collectif afin de proposer une offre en cohérence avec les attentes de la clientèle actuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 20%
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond : 500.000€
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher : 30.000€
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque
+ &lt;/strong&gt;
+ : Une période de franchise de 3 ans est appliquée avant toute nouvelle demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier complet de demande de subvention doit être déposé avant le
+ &lt;strong&gt;
+  31 décembre 2022.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les pièces justificatives des travaux réalisés devront être transmises
+ &lt;strong&gt;
+  au plus tard 24 mois après la date de notification de la subvention sauf mention contraire prévue dans la convention de financement.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+ Les villages de vacances, les maisons familiales de vacances, les centres de vacances, les centres internationaux de séjour, les auberges de jeunesse...situés sur le territoire de la Région Grand Est : hébergements d&amp;#039;une capacité minimum de 60 lits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ les centres appartenant à un Comité d&amp;#039;Entreprise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement de groupe et dont la dépense éligible est supérieure à 50 000 € HT &amp;#43; honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le coût du diagnostic d&amp;#039;efficacité énergétique (prise en charge régionale de 80% maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le coût de la procédure de labellisation auprès de l&amp;#039;organisme certificateur (prise en charge régionale de 90% maximum).
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;implantation d&amp;#039;au moins un point de charge pour véhicules à assistance électrique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ mobilier, matériel, éléments non fixes de décoration, literie, travaux d&amp;#039;entretien courant, factures de matériaux ainsi que les acquisitions immobilières et foncières et les investissements prévisibles et réglementaires (travaux de mise aux normes seuls).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutenir-les-structures-de-tourisme-pour-tous/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports et du Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 87 33 67 21
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fde4-soutenir-les-structures-de-tourisme-pour-tous/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF48" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG48" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH48" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:34" customHeight="0">
+      <c r="A49" s="1">
+        <v>94876</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les chaires industrielles</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux chaires industrielles</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Grand Est souhaite amplifier les passerelles entre la recherche académique et les entreprises, en créant un environnement de recherche de haut niveau.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rapprocher le secteur de la R&amp;amp;D privée du potentiel académique de recherche régional pour augmenter l&amp;#039;investissement en R&amp;amp;D et favoriser la participation des organismes de recherche et de transfert de technologie au développement de produits et procédés innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  orienter le soutien régional vers la recherche à fort potentiel d&amp;#039;innovation et attirer le recrutement de chercheurs de haut niveau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accroître l&amp;#039;employabilité de personnels hautement qualifiés formés à une double culture de laboratoire et entreprise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : à parité de l&amp;#039;investissement privé dans la limite de 30 % de l&amp;#039;assiette éligible
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de l&amp;#039;aide régionale : 120 K€ maximum par an dans la limite de 5 ans
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P49" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2021</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires :
+ Les organismes de recherche et les établissements d&amp;#039;enseignement supérieur suivants : Universités, Grandes Ecoles, EPST.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   S&amp;#039;inscrire en cohérence avec les trois enjeux de transition écologique, numérique et industrielle et dans les thématiques d&amp;#039;excellence déjà identifiées (santé, chimie, matériaux, ...) fédératrices couvrant l&amp;#039;ensemble des domaines de la recherche, susceptibles de générer des innovations et pouvant alimenter les connaissances dans les domaines identifiés de la stratégie de spécialisation intelligente (S3) (technologies et équipements pour la transition industrielle ; recyclage et fonctionnalisation des matériaux ; biotechnologies médicales ; outils numériques pour la santé ; dispositifs médicaux ; molécules et matériaux biosourcés ; outils et systèmes pour la gestion durable et intelligente des ressources naturelles ; systèmes énergétiques et leur performance) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Impliquer financièrement (en numéraire) à minima une ou plusieurs entreprises du Grand Est (TPE, PE, PME, ETI, GE). La/les entreprises partenaires doivent contribuer à hauteur de 25% minimum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Impliquer financièrement (en numéraire) un autre cofinancement public (hors apport de l&amp;#039;établissement d&amp;#039;accueil).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre portée par un titulaire, chercheur ou enseignant chercheur de notoriété internationale ou nationale, en mobilité ou non avec une expérience avérée et réussie de partenariat avec le monde économique. Celui-ci doit occuper au moins 50 % de son temps de recherche aux travaux propres de la chaire. Il doit mener par ailleurs, des actions de formation par la recherche selon une vision à long terme dans les laboratoires de recherche fortement en lien monde économique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-chaires-industrielles/</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0214/depot/simple</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question :
+ &lt;a href="mailto:chairesindus&amp;#64;grandest.fr"&gt;
+  chairesindus&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/707d-soutien-aux-chaires-industrielles/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF49" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG49" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH49" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:34" customHeight="0">
+      <c r="A50" s="1">
+        <v>94907</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les monuments aux morts non inscrits ou protégés</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Préservation et restauration du patrimoine non protégé - Monuments aux morts</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 1000€ / Plafond : 3000€</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+ Dans le cadre de son dispositif en faveur du patrimoine non protégé ou inscrit, la région Grand Est a décidé de soutenir de façon spécifique la restauration des monuments aux morts érigés en mémoire des guerres de 1870-71, 1914-1918, et 1939-1945 dans les petites communes rurales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Les communes de moins de 500 habitants, propriétaires des monuments aux morts.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Date limite du dépôt des dossiers
+ &lt;/strong&gt;
+ :
+ 3 mois avant la date du projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ Les monuments érigés en mémoire des morts des guerres de 1870, de 1914-1918 et de 1939-1945 situés dans l&amp;#039;espace public, à l&amp;#039;exception des monuments protégés au titre des Monuments Historiques (cf. dispositif ad hoc) et des plaques commémoratives.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles dans ce cadre :
+&lt;/p&gt;
+&lt;p&gt;
+ 1) Les études :
+ constat d&amp;#039;état et
+ étude préalable à la restauration
+&lt;/p&gt;
+&lt;p&gt;
+ 2) Les travaux de restauration portant sur :
+ le gros œuvre ou
+ le décor porté
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont inéligibles : Les opérations de nettoyage et de démoussage,
+  aménagements des abords,
+  déplacements de monuments.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P50" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2020</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour être éligibles, les projets devront établir la qualité du projet de restauration :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1) Recours à des entreprises spécialisées (pierre, fonte de bronze, fonte de fer)
+&lt;/p&gt;
+&lt;p&gt;
+ 2) Respect de l&amp;#039;intégrité de l&amp;#039;œuvre (pas de suppression d&amp;#039;éléments sauf si ajouts intempestifs)
+&lt;/p&gt;
+&lt;p&gt;
+ 3) Utilisation des matériaux et des techniques adaptés à la restauration du patrimoine, notamment :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   lavage à faible pression inférieur à 3 bars, aérogommage (poudre abrasive inférieure ou égale à 120 microns, pas de sablage sur granite ou marbre poli)
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   en cas de démontage : calepinage et campagne photographique préalable
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   traitement de la corrosion de la fonte de fer ou de bronze : appel à des entreprises spécialisées
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les inscriptions : ne pas repeindre avant un nettoyage qui éliminera les écailles anciennes, si usées faire regravées par une entreprise spécialisée, en reprenant la couleur d&amp;#039;origine
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   badigeon envisageable sur les monuments en calcaire (uniquement)
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en peinture du métal après nettoyage de celui-ci et documentation sur l&amp;#039;état d&amp;#039;origine
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   traitement de l&amp;#039;ensemble avec la grille, les bornes, le cas échéant les obus et les crapouillots
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   importance de l&amp;#039;environnement : ne pas goudronner ou cimenter autour du monument
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont interdits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le nettoyage avec une brosse métallique ou une paille de fer
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;usage de l&amp;#039;eau de javel ou de tout produit acide ou basique
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;utilisation du ciment ou du plâtre (seul le mortier est autorisé)
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;utilisation de produits bouche-pore
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;utilisation de jet d&amp;#039;eau à forte pression ou de sablage avec du grain grossier
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la pose de goujons et d&amp;#039;agrafes en fer (préférer acier inoxydable, fibre de verre ou de carbone)
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le Président de la Région pourra solliciter l&amp;#039;avis d&amp;#039;un comité scientifique et technique ad hoc avant présentation au vote des élus.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-monuments-aux-morts/</t>
+        </is>
+      </c>
+      <c r="W50" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0135/depot/simple</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contacter au sein du Conseil Régional la Direction de la Culture, du Patrimoine et de la Mémoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région Grand Est. La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération. Le dossier en annexe précise la liste des pièces à fournir.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont à retourner à l&amp;#039;adresse mail suivante :
+ &lt;a href="mailto:patrimoines-subventions&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  patrimoines-subventions&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2bab-preservation-et-restauration-du-patrimoine-no/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB50" s="1" t="inlineStr">
+        <is>
+          <t>Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AE50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF50" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG50" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH50" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:34" customHeight="0">
+      <c r="A51" s="1">
+        <v>94915</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Inciter les internes en médecine à pratiquer dans des zones fragilisées en créer des lieux d'hébergement</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Aides incitatives à la pratique en zones fragilisées - Lieux d'hébergements et d'accueil</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H28" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
-[...13 lines deleted...]
-  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+  Aides incitatives à la pratique en zones fragilisées des internes en médecine : soutien à la création de lieux d&amp;#039;hébergement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi du 23 février 2005 relative au développement des territoires ruraux ouvre aux collectivités territoriales la possibilité d&amp;#039;attribuer des aides destinées à favoriser l&amp;#039;installation ou le maintien de professionnels de santé. Par ce dispositif, la Région Grand Est décide de promouvoir l&amp;#039;exercice en zones déficitaires sur le plan de la démographie médicale, en incitant les internes en médecine à effectuer leurs stages sur ces territoires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  En soutenant la création de lieux d&amp;#039;hébergement pour les interne
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-incitative-a-la-pratique-en-zones-fragilisees-des-internes-en-medecine-bourses-incitatives-en-faveur-des-internes-en-medecine/?preview_id&amp;#61;41505&amp;amp;preview_nonce&amp;#61;442cebf0d7&amp;amp;preview&amp;#61;true"&gt;
+   Par l&amp;#039;octroi de bourses incitatives en faveur des internes en médecine
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-incitative-a-la-pratique-en-zones-fragilisees-des-internes-en-medecine-soutien-aux-manifestations-de-sensibilisation-et-dinformation/"&gt;
+   En soutenant l&amp;#039;organisation de manifestations qui ont pour objectif d&amp;#039;informer les internes sur les nouveaux modes d&amp;#039;exercice et l&amp;#039;installation en médecine générale
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...4 lines deleted...]
- Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l
+   es collectivités ou toute autre porteur d&amp;#039;un projet éligible.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont éligibles les aménagement de bâtiment, constructions ou rénovations permettant d&amp;#039;accueillir des internes en stage sur des territoires déficitaires.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces lieux d&amp;#039;hébergements pourront également accueillir d&amp;#039;autres stagiaires (Professionnels Paramédicaux, Médecins remplaçants). Ils répondront à un double objectif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Offrir des conditions d&amp;#039;accueil agréables et pratiques aux stagiaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser les relations entre futurs professionnels sur un territoire et construire un réseau entre acteurs de soins.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, la Région souhaite que les projets auxquels elle sera en mesure d&amp;#039;apporter son soutien respectent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réglementation en vigueur concernant l&amp;#039;accessibilité aux personnes handicapées dans les Etablissements Recevant du Public (ERP),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prise en compte de la Réglementation Thermique de 2012 (RT2012), dont l&amp;#039;objectif est de limiter les consommations énergétiques des bâtiments neufs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Région encourage par ailleurs la réhabilitation lourde de l&amp;#039;enveloppe des bâtiments visant la performance énergétique.
+ &lt;/strong&gt;
+ Elle permet une économie de dépenses énergétiques, un confort pour les usagers, une meilleure qualité de l&amp;#039;air et bien sûr une diminution des gaz à effet de serre.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets en neuf ou en rénovation prévoyant une intervention sur l&amp;#039;enveloppe du bâtiment, peuvent bénéficier d&amp;#039;une aide régionale complémentaire au titre du programme Climaxion sous réserve de répondre aux critères de la politique régionale en faveur de la performance énergétique des bâtiments en ligne sur le site
+ &lt;a href="https://www.climaxion.fr/"&gt;
+  www.climaxion.fr.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Cette aide est une subvention d&amp;#039;investissement.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction du dossier.
+La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Santé
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2019</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région démontre que l&amp;#039;aide allouée a un effet levier. Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne pourra être accordée. La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le nom du porteur de projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une description du projet (appuyant notamment l&amp;#039;effet incitatif de l&amp;#039;action, tel que défini ci-dessus), y compris ses dates de début et de fin,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la localisation du projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;ensemble des postes de dépenses du projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le montant du financement public estimé nécessaire pour le projet et le montant de l&amp;#039;aide sollicitée.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/pratique-zones-fragilisees-internes-creation-lieux-dhebergement/</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0179/depot/simple</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mme Tiphaine GAMBINI
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission
+&lt;/p&gt;
+&lt;p&gt;
+ 03.87.33.64.54
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:tiphaine.gambini&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  tiphaine.gambini&amp;#64;grandest.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2093-aides-incitatives-a-la-pratique-en-zones-frag/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF51" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG51" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH51" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:34" customHeight="0">
+      <c r="A52" s="1">
+        <v>94917</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Préserver ou sauvegarder les fonds patrimoniaux des bibliothèques et médiathèques</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Fonds régional de restauration et d'acquisition des bibliothèques (FRRAB)</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds régional de restauration et d&amp;#039;acquisition des bibliothèques (FRRAB)
+&lt;/p&gt;
+&lt;p&gt;
+ Un fonds régional de restauration et d&amp;#039;acquisition pour les bibliothèques des collectivités territoriales, dit FRRAB, est constitué pour permettre à l&amp;#039;Etat et à la Région Grand Est de coordonner le soutien qu&amp;#039;ils apportent à la politique que mènent les collectivités locales en faveur de l&amp;#039;enrichissement, de la préservation ou de la sauvegarde des fonds patrimoniaux de leurs bibliothèques et médiathèques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : l
+ es bibliothèques publiques des collectivités locales du Grand Est et la BNUS dans le cadre de sa politique globale d&amp;#039;acquisitions.
+&lt;/p&gt;
+&lt;p&gt;
+ Date : Les dossiers devront être déposés avant le 30 septembre de chaque année pour permettre un examen par le Comité FRRAB au cours du deuxième semestre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ Le FRRAB est destiné à subventionner les achats de documents qui, par leur prix, ne pourraient être acquis sans aide complémentaire. Ces acquisitions doivent permettre :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   de compléter les collections existantes de documents anciens, rares ou précieux, objets du patrimoine écrit et graphique ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de développer les fonds dans le sens de leur spécificité régionale ou locale ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   d&amp;#039;assurer l&amp;#039;entrée dans les collections publiques de documents contemporains (livres de bibliophilie, reliure d&amp;#039;art contemporaine, papiers d&amp;#039;auteurs...).
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Le FRRAB peut aussi subventionner des actions de restauration, de conservation préventive ou de sauvegarde des collections patrimoniales. Ces opérations doivent s&amp;#039;inscrire dans le cadre d&amp;#039;un programme pluriannuel de grande ampleur ou répondre à une situation d&amp;#039;urgence. Ne sont pas éligibles les opérations ponctuelles relevant du fonctionnement habituel d&amp;#039;un établissement (hors BNUS).
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépenses éligibles :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Dépenses liées à l&amp;#039;acquisition, sur présentation des factures acquitées, hors frais et hors TVA.
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    La subvention ne pourra pas dépasser 80 % du montant total hors frais de l&amp;#039;acquisition. D
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    ans le cas d&amp;#039;une opération d&amp;#039;une importance exceptionnelle excédant les ressources du FRRAB, des financements complémentaires pourront être sollicités, notamment auprès du Ministère de la culture (Direction du livre et de la lecture).
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2019</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/frrab/</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/livre-lecture_acquisition-restauration-frrab</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de réception de la lettre d&amp;#039;intention doit être antérieure à la date d&amp;#039;achat de l&amp;#039;oeuvre.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ENVOI DU DOSSIER ET DES ANNEXES PAR VOIE DÉMATERIALISÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   CONSEIL RÉGIONAL GRAND EST
+ -
+   DIRECTION CULTURE PATRIMOINE ET MÉMOIRE  -
+   &lt;a href="mailto:livre&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+    livre&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   CONSEIL RÉGIONAL GRAND EST - DIRECTION RÉGIONALE DES AFFAIRES CULTURELLES -
+   &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+    demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2bad-fonds-regional-de-restauration-et-dacquisitio/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF52" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG52" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH52" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:34" customHeight="0">
+      <c r="A53" s="1">
+        <v>94919</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'aménagements hydrauliques multifonctions</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Eau et territoire, aménagement hydraulique multifonctions</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>plafond : 500 000€ par projet (toutes phases confondues)</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide &amp;#34;Eau et territoire, aménagement hydraulique multifonctions&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et leurs groupements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cas de porteur privé ou associatif, un partenariat avec une collectivité territoriale est nécessaire pour confirmer l&amp;#039;intérêt du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux maxi : 40 % des montants HT ou TTC si non éligible au FCTVA
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond d&amp;#039;aide : 500 000 € par projet (toutes phases confondues)
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Nature des projets:
+&lt;/p&gt;
+&lt;p&gt;
+ Projets globaux d&amp;#039;aménagement intégrant :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des travaux de renaturation en lit mineur du cours d&amp;#039;eau: réouverture, démantèlement d&amp;#039;ouvrages sans usage, restauration de la continuité écologique (passe à poissons), restauration de cours d&amp;#039;eau en traversée d&amp;#039;agglomération, renaturation de berges artificialisées ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et au moins un des postes suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Equipements d&amp;#039;activités sportives et récréatives (rivières d&amp;#039;eaux vives urbaines, parcours canoé kayak, site de baignade...) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equipements touristiques (piste cyclable, chemin de randonnée, signalisation, parcours de randonnée nautique, embarcadère/débarcadère, ponton de pêche accessible handicapés...) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion intégrée des eaux pluviales en lien avec un projet de restauration des milieux aquatiques ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equipements pédagogiques (signalétique, pontons, plantations pédagogiques, supports d&amp;#039;initiation à l&amp;#039;environnement des écoles et CINE/CPIE voisins) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Installation de turbines hydroélectriques ichtyocompatibles adaptées aux basses chutes (vis hydrodynamiques, VLH, ...) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation des maçonneries, vannages, automatisation et fiabilisation des ouvrages de protection contre les crues, sécurisation de l&amp;#039;irrigation, soutien d&amp;#039;étiage, ...
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets consistant en un maintien d&amp;#039;ouvrage devront intégrer des dispositifs restaurant à minima une continuité piscicole adaptée au contexte et si possible sédimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;effacement des ouvrages sera privilégié dès lors que cette solution est possible.
+&lt;/p&gt;
+&lt;p&gt;
+ Aucun nouvel obstacle à la franchissabilité ne devra être créé ou rehaussé. Une attention particulière sera portée aux projets innovants, exemplaires, notamment en termes d&amp;#039;adaptation au changement climatique (désimperméabilisation, éducation, ...).
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Coûts d&amp;#039;investissement liés aux aménagements et infrastructures précédemment décrits.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;études préalables à l&amp;#039;engagement des travaux (faisabilité, avant projet, projet, dossier réglementaire) sont éligibles au même taux.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour certaines collectivités, ces dépenses peuvent figurer dans les dépenses de fonctionnement (aménagement/arasement d&amp;#039;ouvrages hydrauliques).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses TTC seront prises en compte dès lors que le porteur fournit une attestation de non récupération de la TVA.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Biodiversité
+Equipement public
+Paysage
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2019</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/eau-territoire-amenagement-hydraulique/</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0317/depot/simple</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ Monsieur le Président
+&lt;/p&gt;
+&lt;p&gt;
+ (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA) 1, Place Adrien Zeller – BP 91006 –
+ 67070 STRASBOURG CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;une lettre de demande officielle, ou lettre
+ d&amp;#039;intention, adressée au Président de la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94a4-eau-et-territoire-amenagement-hydraulique-mul/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB53" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF53" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG53" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH53" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:34" customHeight="0">
+      <c r="A54" s="1">
+        <v>94924</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide &amp;#34;Soutien aux initiatives artistiques et culturelles locales&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : Par ce dispositif, la Région Grand Est décide de contribuer au développement culturel des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir des projets culturels ponctuels sur les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives enrichissant l&amp;#039;offre culturelle dans les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des projets de diffusion culturelle et participer à une démarche d&amp;#039;irrigation des territoires associant praticiens amateurs encadrés par des artistes et des techniciens professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives associatives portant un projet relevant d&amp;#039;une démarche artistique et culturelle favorisant l&amp;#039;accès des citoyens aux différentes formes d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles ou porteuses d&amp;#039;un projet culturel ayant leur siège dans la région Grand Est, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention de fonctionnement. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide est octroyée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont traités au fil de l&amp;#039;eau. La date de réception par la Région du dossier complet doit être antérieure de 4 mois avant la date de démarrage de l&amp;#039;opération.
+ &lt;strong&gt;
+  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+ &lt;/strong&gt;
+ Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
-Spectacle vivant</t>
-[...7 lines deleted...]
-      <c r="R28" s="1" t="inlineStr">
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>18/06/2019</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...10 lines deleted...]
-  justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter dans la programmation une ligne éditoriale artistique identifiée et répondant aux exigences techniques et artistiques indispensables à la bonne conduite d&amp;#039;un tel projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel à des artistes et des techniciens professionnels,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les manifestations, être d&amp;#039;une durée minimale de 3 jours pour les arts visuels et spectacle vivant ou donner au moins 6 représentations pour le spectacle vivant,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire apparaitre clairement la part artistique dans le budget,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale sachant que la Région ne saurait être le premier financeur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;inscrire dans une dynamique et un rayonnement a minima intercommunal,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant et de arts visuels.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+  &lt;/strong&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/initiatives-artistiques-et-culturelles-locales/</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier de demande de subvention à retourner par email au minimum 4 mois avant la date de démarrage de l&amp;#039;opération à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  culture-subvention&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c472-soutien-aux-initiatives-artistiques-et-cultur/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF54" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG54" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH54" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:34" customHeight="0">
+      <c r="A55" s="1">
+        <v>95069</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Développer le photovoltaïque</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider les porteurs de projets à sécuriser leurs coûts énergétiques en les incitants à installer un système de production d&amp;#039;électricité à coût constant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre le développement de compétences dans le domaine de l&amp;#039;autoconsommation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales, leurs groupements et leurs délégataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bailleurs sociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les copropriétés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets participatifs et citoyens.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les particuliers à titre individuel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la promotion immobilière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Etat, les Départements et leurs opérateurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  De l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les professionnels de la filière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Installation de générateur photovoltaïque raccordé au réseau ou en autoconsommation produisant de l&amp;#039;électricité renouvelable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les installations faisant l&amp;#039;objet d&amp;#039;une aide au titre des appels à projets nationaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les installations au sol présentant des conflits d&amp;#039;usage : terre agricole ou forestière, espaces naturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets privés de revente totale hors délégation et projets citoyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bâtiments ou sites utilisant un mode de chauffage par effet joule.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Taux :
+  &lt;/strong&gt;
+  70 % sauf 60 % pour les moyennes entreprises, 50 % pour les grandes entreprises.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond :
+  &lt;/strong&gt;
+  5 000 € d&amp;#039;assiette par bâtiment étudié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque
+  &lt;/strong&gt;
+  : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cas particulier des projets participatifs et citoyens
+ &lt;/strong&gt;
+ Ce type de projet peut bénéficier d&amp;#039;un accompagnement spécifique – ex : aide la structuration juridique du projet, aide à la mise en place et à l&amp;#039;animation de réunions d&amp;#039;informations - à hauteur de 70 % plafonné à 10 000 € d&amp;#039;aide voir 12 000 € pour les territoires en zone Pacte de ruralité (voir fiche dispositif dédiée).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  I
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  nvestissement – puissance inférieure à 100 kWc :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux : 30 % maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond : de 200 €/kWc à 400 €/kWc selon le taux d&amp;#039;autoconsommation, la puissance et la nature du porteur de projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il sera accordé une aide par point de raccordement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remarque : intervention par la Région seule
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P55" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0078/depot/simple</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-au-photovoltaique
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68aa-soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB55" s="1" t="inlineStr">
+        <is>
+          <t>Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF55" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG55" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH55" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:34" customHeight="0">
+      <c r="A56" s="1">
+        <v>95048</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'amélioration du cadre de vie et des services de proximité</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'amélioration du cadre de vie et des services à la population - Aménagement durable des territoires</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>Dans un souci d&amp;#039;équilibre des territoires, ce dispositif intervient en faveur du maintien et du développement des services à la population et de l&amp;#039;amélioration du cadre de vie par des aménagements urbains et paysagers de qualité, concourant à la déclinaison des projets de territoire.
+Ce dispositif se décline en deux volets :
+&lt;ul&gt;
+ &lt;li&gt;
+  soutien aux projets portés par des communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutien aux projets structurants portés par des EPCI.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Si vous êtes une commune de moins de 500 habitants, vous pouvez également consulter la fiche du dispositif
+&lt;a href="https://www.grandest.fr/appel-a-projet/relance-rurale-mesure-durgence/"&gt;
+ &amp;#34;Relance rurale&amp;#34;
+&lt;/a&gt;
+, en vigueur jusqu&amp;#039;au 30 septembre 2021.</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P56" s="1" t="inlineStr">
+        <is>
+          <t>18/05/2017</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/cadre-vie-proximite/</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0173/depot/simple</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un courrier de sollicitation est adressé au Président de la Région accompagné du dossier de
+ demande d&amp;#039;aide complété et des pièces demandées dans le dossier. Le dossier type de demande
+ d&amp;#039;aide est téléchargeable sur le site de la Région Grand Est (https://grandest.fr/ rubrique Mes aides
+ régionales - Aménagement).
+&lt;/p&gt;
+&lt;p&gt;
+ La date de réception par la Région de la demande de subvention doit être antérieure à la date de
+ démarrage de l&amp;#039;opération. Les dépenses engagées préalablement à la date de réception du dossier
+ de candidature par la Région ne sont pas prises en compte.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1295-soutien-a-lamelioration-du-cadre-de-vie-et-de/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF56" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG56" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH56" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:34" customHeight="0">
+      <c r="A57" s="1">
+        <v>95049</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets innovants au titre des démarches Leader (mesure 16.7 A des PDR)</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des projets innovants au titre des démarches Leader</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 50 000€ / Plancher : 2 000€.</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide d&amp;#039;apporter une contrepartie régionale aux projets innovants ne pouvant être financés par d&amp;#039;autres politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Sur les aires géographiques des 32 territoires GAL et des zones rurales éligibles définies pour la mise en oeuvre des programmes de développement rural régionaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  établissements publics de coopération intercommunale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  collectivités territoriales et leurs délégataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  partenaires privés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>18/05/2022</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ les projets innovants retenus par les GAL au titre de la mise en œuvre des plans d&amp;#039;actions Leader entrant dans le champ de compétence de l&amp;#039;aménagement du territoire,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ les projets innovants éligibles à la mesures 16.7 A, soutien aux stratégies locales de développement non DLAL, développement local mené par les acteurs locaux, entrant dans le champ de compétence de l&amp;#039;aménagement du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A noter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités régionales et seuls ceux démontrant leur caractère innovant et stratégique, selon les critères établis dans les plans d&amp;#039;actions des GAL, peuvent être soutenus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+ Sont éligibles les dépenses retenues dans les fiches actions des territoires Leader ou la mesure 16.7 A de chaque PDR concerné.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U28" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X28" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/accompagnement-projets-innovants-demarches-leader/</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0255/depot/simple</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- culture-subvention&amp;#64;grandest.fr
-[...2 lines deleted...]
- Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ Mail :
+ &lt;a rel="noopener" target="_blank"&gt;
+  territoiresetruralites&amp;#64;grandest.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e750-accompagnement-des-projets-innovants-au-titre/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AD57" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF57" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG57" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH57" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="58" spans="1:34" customHeight="0">
+      <c r="A58" s="1">
+        <v>95050</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les centralités rurales et urbaines</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux centralités rurales et urbaines pour un aménagement durable des territoires</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans un souci d&amp;#039;équilibre des territoires, ce dispositif intervient en faveur des communes exerçant des fonctions de centralités afin de les aider à développer ou à rétablir ces fonctions de centralité et à améliorer le cadre de vie grâce à la mise en œuvre d&amp;#039;un projet global.
+Ce dispositif permet d&amp;#039;accompagner les centralités ayant défini une stratégie de redynamisation ou de développement de la centralité ou souhaitant s&amp;#039;engager dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les centralités rurales
+ &lt;/strong&gt;
+ sont définies comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;au moins 15 équipements de type intermédiaire (définition INSEE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Population de moins de 8 000 habitants pour l&amp;#039;année 2013 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appartenance à un bassin de vie de moins de 100 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les centralités urbaines
+ &lt;/strong&gt;
+ correspondent aux communes centres des polarités identifiées dans l&amp;#039;armature urbaine fonctionnelle du SRADDET.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P58" s="1" t="inlineStr">
+        <is>
+          <t>16/05/2017</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Selon la nature des problématiques et enjeux identifiés, l&amp;#039;aide régionale peut porter sur :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;étude de définition du projet de redynamisation : études stratégiques et thématiques réalisées par un prestataire hors études réglementaires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le soutien aux investissements structurants identifiés dans le projet global et concourant au renforcement des fonctions de centralité, - le soutien au renforcement du tissu commercial des centralités dans le cadre réglementaire du code général des collectivités territoriales (articles L 1511-2, L 1511-3, L 4211-1 et L 5214-16) et des régimes cadres exemptés. La mise en œuvre de cette aide fait l&amp;#039;objet d&amp;#039;une convention spécifique entre la Commune, son EPCI et la Région.
+  &lt;/li&gt;
+  &lt;li&gt;
+   la lutte contre la vacance de logement et les logements énergivores dans les centralités selon les modalités indiquées dans le règlement spécifique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   la lutte contre la résorption de « verrues » urbaines et paysagères selon les modalités indiquées dans le règlement spécifique. En outre, au titre du programme national « Petites villes de demain », piloté par l&amp;#039;Agence nationale de la cohésion des territoires (ANCT), la Région a un rôle d&amp;#039;intermédiation fixé dans le cadre d&amp;#039;une convention avec la Banque des territoires pour le déploiement d&amp;#039;aides aux études stratégiques, thématiques et préopérationnelles au bénéfice des lauréats du programme dans le Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/centralites/</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0167/depot/simple</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un courrier de sollicitation est adressé au Président de la Région accompagné du dossier de demande d&amp;#039;aide
+ complété et des pièces demandées dans le dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de réception par la Région de la demande de subvention doit être antérieure à la date de démarrage
+ de l&amp;#039;opération. Les dépenses engagées préalablement à la date de réception du dossier de candidature par la
+ Région ne sont pas prises en compte.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae72-soutien-aux-centralites-rurales-et-urbaines/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF58" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG58" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH58" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:34" customHeight="0">
+      <c r="A59" s="1">
+        <v>95051</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Traiter et requalifier des friches publiques</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la résorption des friches et des verrues paysagères</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>Dans ce cadre la Région entend porter une politique ambitieuse d&amp;#039;
+anticipation
+, de
+traitement
+et de
+requalification des friches
+, en articulant les ambitions du SRADDET (Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires) et le SRDEII (Schéma régional de développement économique, d&amp;#039;innovation et d&amp;#039;internationalisation) mis en œuvre depuis 2017, afin que ses territoires regagnent en attractivité et compétitivité, tout en consommant moins et mieux d&amp;#039;espace dans l&amp;#039;optique d&amp;#039;économiser le foncier agricole et de minimiser l&amp;#039;étalement urbain.
+L&amp;#039;objectif est de
+traiter les friches industrielles, militaires et hospitalières dans leur intégralité, de l&amp;#039;amont à l&amp;#039;aval,
+en accompagnant les territoires confrontés à ces problématiques dans les 3 grandes étapes suivantes :
+&lt;ul&gt;
+ &lt;li&gt;
+  Prévenir la formation de friches
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à reconstituer un potentiel foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inciter à la réaffectation des
+  friches
+  pour des projets structurants
+ &lt;/li&gt;
+&lt;/ul&gt;
+La Région accompagne également les territoires moins pourvus en ingénierie dans la réflexion préalable, la définition de projet de requalification de friche et son séquençage avec la mise à disposition auprès des collectivités locales et leur EPCI d&amp;#039;une
+assistance à maîtrise d&amp;#039;ouvrage (marché Région).
+A titre expérimental, le traitement de
+friches urbaines ou de « verrues » paysagères
+, c&amp;#039;est-à-dire une
+friche bâtie altérant les paysages
+, pourra être soutenue dans le cadre d&amp;#039;un volet spécifique de ce dispositif.
+Les projets pouvant faire l&amp;#039;objet d&amp;#039;un accompagnement
+:
+Volet 1) Réhabilitation de friches industrielles, militaires et hospitalières
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude d&amp;#039;anticipation en amont de la fermeture programmée de site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de vocation liées à la requalification (vocation, programmation, diagnostic amiante, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction, dépollution, mise en sécurité, remise à plat du terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de reconversion du site : travaux et frais de maitrise d&amp;#039;œuvre (clos-couvert, aménagements, réhabilitation, reconstruction, hors VRD).
+ &lt;/li&gt;
+&lt;/ul&gt;
+Volet 2) Résorption des friches urbaines et « verrues » paysagères – expérimental d&amp;#039;avril 2020 à décembre 2022
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux de dépollution, démolition, mise à plat du terrain, clos couvert et aménagements extérieurs hors VRD
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>10/05/2017</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-traitement-requalification-friches/</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0166/depot/simple</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a rel="noopener" target="_blank"&gt;
+    territoiresetruralites&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e5f1-soutien-a-la-resorption-des-friches-et-des-ve/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF59" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG59" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH59" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:34" customHeight="0">
+      <c r="A60" s="1">
+        <v>95052</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la couverture régionale en SCoT</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la couverture régionale en SCoT</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est souhaite atteindre une couverture en SCoT de l&amp;#039;ensemble du territoire régional. Pour cela, elle soutient l&amp;#039;émergence de nouveaux SCoT et les extensions de SCoT existants sur des territoires non couverts par des SCoT.
+En complément de cette politique de soutien des SCoT et en déclinaison du SRADDET, la Région, en tant que Personne Publique Associée (PPA), renouvelle son processus d&amp;#039;accompagnement à l&amp;#039;élaboration/révision des SCoT. Enfin, elle anime le réseau régional des SCoT en articulation avec l&amp;#039;État et en lien avec la fédération nationale des SCoT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention régionale prend la forme d&amp;#039;une subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études d&amp;#039;élaboration : 50 000 € &amp;#43; 0,20 €/habitant
+  *
+  plafonnée à 100 000 € d&amp;#039;aide et 40% des coûts d&amp;#039;étude HT pour l&amp;#039;ensemble de la procédure ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  études de révision pour extension de périmètre : 5 000 € &amp;#43; 1 €/habitant* concerné par l&amp;#039;extension et non couvert par un SCoT avant l&amp;#039;extension,
+plafonnée à 50 000 € d&amp;#039;aide et 30% des coûts d&amp;#039;étude HT pour l&amp;#039;ensemble de la procédure.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *
+ &lt;em&gt;
+  source : sur la base du dernier recensement publié par l&amp;#039;INSEE et du périmètre du SCoT défini par arrêté préfectoral.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>10/05/2017</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures porteuses de SCoT dont le périmètre est arrêté.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   études d&amp;#039;élaboration de SCoT dont le périmètre a été arrêté et la structure porteuse désignée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   études de révision de SCoT dans le cadre d&amp;#039;une extension de périmètre correspondant à minima à un EPCI entier non couvert par un SCoT approuvé.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   frais d&amp;#039;études nécessaires pour l&amp;#039;élaboration ou la révision du SCoT (hors frais de personnel de la structure porteuse).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les frais de fonctionnement de la structure sont inéligibles.
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-au-scot/</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0148/depot/simple</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette lettre adressée au Président de la Région démontre que l&amp;#039;aide allouée a un effet incitatif.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le nom du porteur de projet ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;arrêté préfectoral de définition du périmètre du SCoT et de désignation de la structure porteuse,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une description du projet, y compris ses dates de début et de fin et de la méthode d&amp;#039;association de la Région à la procédure d&amp;#039;élaboration ou de révision,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la localisation du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le cahier des charges de l&amp;#039;étude et l&amp;#039;offre proposée précisant : le nombre de journées de travail pour chacune des phases et le coût journalier, le calendrier, les livrables attendus,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;ensemble des postes de dépenses du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le montant de l&amp;#039;aide sollicitée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La date de réception par la Région doit être antérieure au démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8f50-soutien-a-la-couverture-regionale-en-scot/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF60" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG60" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH60" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:34" customHeight="0">
+      <c r="A61" s="1">
+        <v>95058</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions de promotion, de prévention et d'éducation à la santé</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux actions de promotion, de prévention et d'éducation à la santé</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 1000€ (500€ pour les établissements scolaires)</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au sein de la Région Grand Est, l&amp;#039;espérance de vie à la naissance en 2012 s&amp;#039;établit à 80,8 ans. Ce niveau est inférieur d&amp;#039;un an à ce que l&amp;#039;on observe pour l&amp;#039;ensemble de la France métropoliotaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Malgré l&amp;#039;amélioration continue des conditions de santé ces dernières décennies, les inégalités de santé perdurent. Elles sont liées aux déterminants de santé des populations, qu&amp;#039;ils soient sociaux, environnement ou comportementaux. Certaines populations sont plus particulièrement vulnérables, dont les jeunes et les personnes éloignées des dispositifs de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ Les jeunes connaissent aujourd&amp;#039;hui des situations complexes et ambivalentes, dues à une précarisation grandissante et à la difficulté de trouver leur place dans notre société. Il est nécessaire de créer des leviers pour co-construire des politiques de santé plus efficaces à destination des jeunes pour favoriser leur insertion citoyenne, sociale et professionnelle sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention toute particulière doit être portée aux populations des territoires isolés pour lesquelles l&amp;#039;accès aux dispositifs de santé est parfois complexe. La politique régionale de santé visera à agir prioritairement par la prévention et l&amp;#039;éducation à la santé en tenant compte des spécificités des territoires et des populations. Les actions proposées au titre de ce soutien porteront sur l&amp;#039;ensemble des déterminants de la santé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Santé
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2017</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  De l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une manière générale tout organisme ou structure intervenant pour la promotion de la santé des habitants de la région, notamment auprès des publics cibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  De l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La population de la région et plus particulièrement les publics ciblés par les actions du Conseil Régional à savoir les lycéens, les apprentis, les élèves des centres de formation, les jeunes en insertion professionnelle et sociale, et les publics éloignés des dispositifs de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible à une aide régionale, le projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une démarche de promotion de la santé, c&amp;#039;est-à-dire dans un processus qui confère aux populations les moyens d&amp;#039;améliorer leur propre santé (Charte d&amp;#039;OTTAWA),
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser une démarche participative auprès de la population ciblée par l&amp;#039;action ; à minima, la population devra être sollicitée lors de l&amp;#039;évaluation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondre à un diagnostic partagé, avec l&amp;#039;ensemble des acteurs, du contexte et des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la mise en réseau des différents acteurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer des actions de prévention primaire; des actions de dépistage peuvent également être proposées, si elles s&amp;#039;inscrivent dans un contexte général en faveur de la santé autour du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans les orientations du Projet Régional de Santé (PRS) élaboré par l&amp;#039;Agence Régionale de Santé (ARS)
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un plan de financement équilibré avec des cofinancements ; le Conseil régional, lorsqu&amp;#039;il n&amp;#039;est pas maître d&amp;#039;ouvrage, ne peut pas subventionner à 100% une opération et n&amp;#039;intervient qu&amp;#039;en compléments d&amp;#039;autres financeurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une démarche territoriale de santé, type Contrat Local de Santé (CLS),
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer des actions autour d&amp;#039;une ou de plusieurs des thématiques considérées comme prioritaires: lutte contre les conduites addictives, promotion de l&amp;#039;activité physique, nutrition, promotion de la santé mentale, sexualité (IST/SIDA/contraception), santé environnementale, accès aux droits et à la santé.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-actions-de-promotion-de-prevention-deducation-a-sante/</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0181/depot/simple</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région Grand Est. La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le nom du porteur de projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la localisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget afférent au projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant du financement public estimé nécessaire pour le projet et le montant de l&amp;#039;aide sollicitée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c77-soutien-aux-actions-de-promotion-de-preventio/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB61" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place de la télémedecine</t>
+        </is>
+      </c>
+      <c r="AE61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF61" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG61" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH61" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:34" customHeight="0">
+      <c r="A62" s="1">
+        <v>95064</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets d'énergie renouvelable (EnR)</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au montage de projets énergies renouvelables participatifs et citoyens</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Objectifs
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergie fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P62" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables: Communes, groupements de communes, associations Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens: Communes, groupements de communes, associations, uniquement les entreprises ayant une finalité participative et citoyenne. Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables : assistance à maîtrise d&amp;#039;ouvrage proposant une démarche de concertation auprès des citoyens afin de favoriser l&amp;#039;acceptabilité de projets EnR (méthanisation, éolien, géothermie profonde). Cette mission peut comprendre entre autre l&amp;#039;organisation de réunions publiques, de visites de sites, d&amp;#039;un referendum local (ou autre démarche innovante...) avec le cas échéant la création d&amp;#039;outils de communication/de sensibilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens : assistance à maîtrise d&amp;#039;ouvrage portant sur la définition du projet, la structuration juridique (mode de gouvernance, ....), le modèle économique, les choix techniques et la stratégie de « recrutement » de citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables. La mission d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage pourra être réalisée par un prestataire extérieur et comprendra les frais d&amp;#039;organisation de réunions, de visites de sites... ainsi que d&amp;#039;éventuels frais d&amp;#039;information spécifiques dédiés à la démarche de concertation. Sont exclus tous les frais relatifs aux procédures réglementaires (enquête publique, etc.) et les prestations réalisées par le porteur de projet (promoteur). Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens La mission d&amp;#039;accompagnement pourra être effectuée par un prestataire extérieur et comprendra les frais d&amp;#039;organisation de réunions et les frais de communication. Sont exclus toutes les dépenses relatives aux procédures réglementaires (enquête publique, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets EnR
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux : Toutes les cibles : 70%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 15 000 € d&amp;#039;aide, 17 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux : 70%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 15 000 € d&amp;#039;aide, 17 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-projets-energie-renouvelable/</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_0186/depot/simple</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible des projets avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 66 33
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 62 85
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/61de-soutien-projet-energie-renouvelable-enr-accom/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF62" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG62" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH62" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:34" customHeight="0">
+      <c r="A63" s="1">
+        <v>95065</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études de faisabilité méthanisation</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études de faisabilité méthanisation</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>Les coûts admissibles sont plafonnés à 30 000 € HT</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : subvention avance remboursable à taux zéro
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coûts admissibles sont plafonnés à 30 000 € HT.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque :
+  &lt;/strong&gt;
+  intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique
+par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-aux-etudes-faisabilite-methanisation"&gt;
+  Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Agriculteurs, groupements d&amp;#039;agriculteurs
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises publiques locales
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissements publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Collectivités territoriales et leurs groupements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs. Chaque bénéficiaire ne pourra être aidé qu&amp;#039;une fois par type d&amp;#039;étude, hormis dans le cas d&amp;#039;extension d&amp;#039;une unité existante ou en cas de déplacement d&amp;#039;un projet lié à des facteurs extérieurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Études de faisabilité technico-économiques, études de premier niveau pour les projets d&amp;#039;injection dans les réseaux gaz (transport et distribution), analyses de pouvoirs méthanogènes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études de préfaisabilité d&amp;#039;injection de biogaz (premier niveau)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études de faisabilité d&amp;#039;injection de biogaz (deuxième niveau) dans les réseaux gaz de transport ou de distribution.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études détaillée du raccordement (troisième niveau) au réseau de distribution de gaz.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-etudes-de-faisabilite-methanisation-2/</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Candidatez sur :
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-aux-etudes-faisabilite-methanisation" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-aux-etudes-faisabilite-methanisation
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bccb-soutien-aux-etudes-de-faisabilite-methanisati/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF63" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG63" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH63" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:34" customHeight="0">
+      <c r="A64" s="1">
+        <v>95066</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Développer la géothermie de surface</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la géothermie de surface</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE),
+  &lt;/li&gt;
+  &lt;li&gt;
+   réduire le recours aux énergies fossiles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   réduire les émissions de gaz à effet de serre,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer la production d&amp;#039;énergie renouvelable,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer la filière géothermie dans la région Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est
+déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement
+similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production
+effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;assiette éligible : 50 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque :
+ &lt;/strong&gt;
+ intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique
+par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;strong&gt;
+  Pour les investissements – géothermie de moins de 70 MWh EnR/an sur nappe et champ de
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  sondes et géothermie de moins de 120 MWh EnR/an sur eaux usées
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi :
+- Pour les collectivités : 40%, 45% ou 50% selon le potentiel financier et l&amp;#039;effort
+fiscal de la commune par rapport à celle de la strate
+- Pour les autres bénéficiaires : 50% (45% pour grande entreprise)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque :
+ &lt;/strong&gt;
+ intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique
+par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-geothermie-surface"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires d
+  e l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets participatifs et citoyens.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ De l&amp;#039;action
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les acteurs de la filière, les utilisateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Géothermie sur nappe jusqu&amp;#039;à 500 MWh EnR/an,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Géothermie sur champ de sondes jusqu&amp;#039;à 500 MWh EnR/an,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Géothermie sur eaux usées jusqu&amp;#039;à 1200 MWh EnR/an.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les MWh EnR correspondent aux MWh réellement extraits du sol, de la nappe ou des eaux usées, utiles pour les besoins exclusifs de chauffage et d&amp;#039;eau chaude sanitaire des bâtiments ; les MWh EnR sont comptabilisés à l&amp;#039;entrée de la pompe à chaleur (PAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les études :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;étude de faisabilité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le test de réponse thermique pour la géothermie sur champ de sondes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   les essais de pompage pour les forages sur nappe
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les investissements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les forages et leur équipement (sondes cimentées, crépines, collecteur...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les équipements de pompage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les liaisons vers le local de la PAC ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;hydraulique primaire en chaufferie, y compris le comptage thermique, et le réseau de chaleur jusqu&amp;#039;aux sous-stations incluses ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel nouveau local chaufferie ou l&amp;#039;adaptation du local existant ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel système de télégestion ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la main d&amp;#039;oeuvre et la maîtrise d‘oeuvre.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-geothermie-de-surface-2/</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Candidatez sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-geothermie-surface" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-geothermie-surface
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9aca-soutien-a-la-geothermie-de-surface/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB64" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AE64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF64" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG64" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH64" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:34" customHeight="0">
+      <c r="A65" s="1">
+        <v>95067</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Développer le solaire thermique (production d'eau chaude par capteurs solaires)</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au solaire thermique</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les charges de production d&amp;#039;eau chaude sanitaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Natures des projets
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Production d&amp;#039;eau chaude par capteurs solaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etude pour une surface de capteurs inférieure à 25 m2 ou pour le cas copropriétés:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette éligible : 3 500 € d&amp;#039;assiette par bâtiment étudié
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface inférieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 60% maximum plafonné à 1 200 €HT/m2, dans le respect du régime cadre en vigueur, notamment le régime cadre exempté de notification SA 40405 (6.6) relatif aux aides pour la protection de l&amp;#039;environnement sur la période 2014-2020,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface supérieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cas général :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Règles : « Fonds chaleur » de l&amp;#039;ADEME Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Cas des copropriétés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nature : subvention avance remboursable à taux zéro Section : investissement fonctionnement Taux maxi : 60 % maximum plafonné à 1 100 €HT/m2 et 120 m2 de surface de capteurs Remarque : intervention par la Région seule
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  le règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-solaire-thermique-2/</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  site de la région Grand-Est
+ &lt;/a&gt;
+ pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5da-soutien-au-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB65" s="1" t="inlineStr">
+        <is>
+          <t>Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF65" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG65" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH65" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:34" customHeight="0">
+      <c r="A66" s="1">
+        <v>95068</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Développer le bois énergie</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au bois énergie</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergie fossiles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergies renouvelables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer et assurer l&amp;#039;approvisionnement pour les chaufferies de collectivités dans les zones où l&amp;#039;offre privée est défaillante.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi :
+&lt;/p&gt;
+&lt;p&gt;
+ Poêles à granulés et chaufferies automatiques au bois Etudes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   50% pour les grandes entreprises,
+  &lt;/li&gt;
+  &lt;li&gt;
+   60% pour les moyennes entreprises,
+  &lt;/li&gt;
+  &lt;li&gt;
+   70% pour les autres bénéficiaires.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Investissements chaufferie &amp;lt; 1200 MWh/an :
+&lt;/p&gt;
+&lt;p&gt;
+ pour les collectivités :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   40%, 45% ou 50% selon le potentiel financier et l&amp;#039;effort fiscal de la commune par rapport aux moyennes de la strate,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ pour les entreprises :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   50% (sauf grandes entreprises à 45% et entreprises de la filière bois à 30%), dans le respect du régime cadre en vigueur, notamment le régime cadre exempté de notification SA 40405 relatif aux aides pour la protection de l&amp;#039;environnement sur la période 2014-2020,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ pour les associations : 50%
+&lt;p&gt;
+ pour les bailleurs privés, copropriétés, agriculteurs, etc. : 40%.
+&lt;/p&gt;
+&lt;p&gt;
+ Bonus de 10% (5 % Région, 5 % ADEME) en cas de mise en place d&amp;#039;un système de filtration dont la valeur limite d&amp;#039;exposition (VLE) aux poussières est inférieure à 30 mg/Nm3 à 11% O2.
+&lt;/p&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est). Investissements chaufferie entre 1200 et 3000 MWh/an : Règle : « fonds chaleur » de l&amp;#039;ADEME Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME Grand Est). Au-delà de 250 tep/an, il est possible de solliciter un soutien du « fonds chaleur » de l&amp;#039;ADEME. Investissements poêle à granulés :
+&lt;/p&gt;
+&lt;p&gt;
+ pour les collectivités pour logements dans bâtiment BBC : 40%, 45% ou 50% selon le potentiel financier et l&amp;#039;effort fiscal de la commune par rapport aux moyennes de la strate,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pour les bailleurs sociaux pour logements dans bâtiment BBC : 40%.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est). Plateformes de stockage de plaquettes Etudes : Collectivités et EPCI : 70% Dans le cadre du partenariat Région - ADEME, il est prévu, en cas d&amp;#039;attribution d&amp;#039;une subvention par la Région, l&amp;#039;attribution d&amp;#039;une subvention équivalente de l&amp;#039;ADEME. Dans le cadre d&amp;#039;un guichet unique, l&amp;#039;instruction des dossiers sera faite par la Région. Investissements : Collectivités et EPCI : 40% avec un plafond d&amp;#039;aide de 400 000 € Dans le cadre du partenariat Région - ADEME, il est prévu, en cas d&amp;#039;attribution d&amp;#039;une subvention par la Région, l&amp;#039;attribution d&amp;#039;une subvention équivalente de l&amp;#039;ADEME. Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-bois-energie" rel="noopener" target="_blank"&gt;
+  Climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires d
+  e l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les collectivités citées ci-après et leurs délégataires : communes, structures intercommunales (communautés de communes, communautés d&amp;#039;agglomération, communautés urbaines, métropoles, syndicats intercommunaux)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les entreprises, incluant, les grandes entreprises, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme (inscrits au registre de la chambre d&amp;#039;agriculture ou en tant que meublé de tourisme)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les bailleurs sociaux, au sens de l&amp;#039;article R323-1 du CCH
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les copropriétés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets participatifs et citoyens
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les particuliers à titre individuel
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les Conseils Départementaux, l&amp;#039;Etat et les autres établissements publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les ASL (associations syndicales libres), les associations établissements de santé ou sociaux ou médico-sociaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   La promotion immobilière, les SCI, les bailleurs privés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets portés par des fournisseurs d&amp;#039;énergie obligés (selon le code de l&amp;#039;énergie l.221-1) (hors délégation pour le compte d&amp;#039;une collectivité)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ De l&amp;#039;action
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les professionnels de la filière bois - Scieurs, Débardeurs, Exploitants forestiers, ETA - et de la filière technique : installateurs, fabricants, bureaux d&amp;#039;études.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Natures des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;installation de chaudière automatiques à granulés, plaquettes de bois ou sous-produits propres de la filière bois, avec ou sans réseau de chaleur, de poêles à granulés.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La réalisation de plateformes de stockage de plaquettes forestières.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les appareils utilisant du bois-bûches sont exclus de ce dispositif. Les poêles à granulés installés dans le cadre de la construction d&amp;#039;un logement neuf ne sont pas éligibles au dispositif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les études (chaufferie) : les études conformes au cahier des charges régional.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les investissements (chaufferie):
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la chaudière bois et ses accessoires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel ballon tampon,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le silo,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;hydraulique primaire en chaufferie, y compris le comptage thermique, et le réseau de chaleur jusqu&amp;#039;aux sous-stations incluses (extension jusqu&amp;#039;à 200 ml),
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : Dans le cas d&amp;#039;une extension de réseau de chaleur (extension jusqu&amp;#039;à 200 ml), le mix énergétique après extension devra comporter une part de chaleur renouvelable strictement supérieure au mix énergétique avant extension.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel nouveau local chaufferie ou l&amp;#039;adaptation du local existant, la voirie sur site nécessaire à l&amp;#039;approvisionnement de la chaufferie,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel conduit de cheminée et/ou son tubage,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel système de télégestion,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel système de filtration performant et, sur le conduit de fumée en sortie de cet équipement, les trappes de prélèvements ou équivalents pour les mesures des émissions de poussières, la main d&amp;#039;œuvre et la maîtrise d‘œuvre,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ne sont pas éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le matériel d&amp;#039;exploitation du combustible, tracteurs et broyeurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les éventuelles chaudières d&amp;#039;appoint ou de secours ne fonctionnant pas au bois, ainsi que le réseau de distribution de chaleur interne aux bâtiments et les équipements de production d&amp;#039;eau chaude sanitaire
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Pour les plateformes de stockage de plaquettes :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le hangar de stockage en structure bois,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la VRD associée à la création des bandes de roulement pour les véhicules et l&amp;#039;aire de stockage
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ N&amp;#039;est pas éligible :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le matériel de préparation et d&amp;#039;exploitation du combustible ; ex : tracteurs, grappins, broyeurs, système de pesée des camions.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-bois-energie/</t>
+        </is>
+      </c>
+      <c r="W66" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le site de la région Grand-Est pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2521-soutien-au-bois-energie/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF66" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG66" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH66" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:34" customHeight="0">
+      <c r="A67" s="1">
         <v>94935</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Dynamiser la création littéraire via des bourses d'aides aux auteurs et des aides aux résidences d'auteurs associés</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Aide aux résidences de création littéraire</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H29" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I29" s="1" t="inlineStr">
+      <c r="I67" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dispositif &amp;#34;Aide aux auteurs : bourse d&amp;#039;aide à la création littéraire et résidences d&amp;#039;auteurs associés&amp;#34;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif de cette aide est de dynamiser la création littéraire en région, de faire émerger et connaître des talents, de contribuer à la qualité et la diversité de la création littéraire.
 &lt;/p&gt;
 &lt;p&gt;
  Deux volets sont proposés :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1/ Volet 1 - Bourses d&amp;#039;aides à la création littéraire
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;p&gt;
   Bénéficiaires :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     personnes physiques majeures domiciliées en région Grand-Est ayant un projet de publication à compte d&amp;#039;éditeur et n&amp;#039;ayant pas bénéficié de bourse d&amp;#039;écriture la même année civile que celle de la demande.
    &lt;/li&gt;
@@ -5125,87 +12939,87 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour l&amp;#039;ensemble des projets éligibles, les aides cumulées de la Région Grand Est et de la DRAC Grand Est s&amp;#039;élèvent à
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    80 % maximum du coût hors taxes.
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;aide est plafonnée à 5 000 € pour une bourse d&amp;#039;aide à la création littéraire
   &lt;/li&gt;
   &lt;li&gt;
    et à 2 400 € par mois de résidence pour les résidences d&amp;#039;auteurs-associés (aide versée à la structure porteuse et / ou directement à l&amp;#039;auteur sous forme de droits d&amp;#039;auteurs).
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M29" s="1" t="inlineStr">
+      <c r="M67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   1/ Volet 1 - Bourses d&amp;#039;aides à la création littéraire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets éligibles sont les projets inédits et non achevés de fiction - ex : roman, nouvelles, théâtre, poésie, bandes-dessinées, illustration - ou de non fiction – essai -, à l&amp;#039;exclusion des ouvrages techniques et des thèses.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2/ Volet 2 - Aides pour les résidences d&amp;#039;auteurs associés
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets éligibles sont les projets de résidence d&amp;#039;auteur (résidence d&amp;#039;écriture littéraire, de poésie, de traduction, d&amp;#039;illustration) co-construits entre un auteur et une structure porteuse. La résidence dure entre deux et six mois. Les modalités de présence de l&amp;#039;auteur sur le territoire de la région Grand Est sont précisées dans le projet global de la structure. La structure veille à ce qu&amp;#039;une présence dans la durée soit organisée, avec une continuité et une régularité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P29" s="1" t="inlineStr">
+      <c r="P67" s="1" t="inlineStr">
         <is>
           <t>15/03/2019</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les critères de sélection et d&amp;#039;analyse des dossiers par la commission « Vie littéraire » sont :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) pour l&amp;#039;aide à la création littéraire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    le parcours de l&amp;#039;auteur et son oeuvre antérieure (une biographie et une bibliographie doivent être fournies) ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    la qualité littéraire et/ou artistique du projet d&amp;#039;écriture présenté et son ambition littéraire ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    les conditions de publication professionnelle et de diffusion du projet connues au moment du dépôt de la demande.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
@@ -5221,4568 +13035,4918 @@
    &lt;/li&gt;
    &lt;li&gt;
     la qualité du volet pédagogique proposé ;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     le temps passé par l&amp;#039;auteur sur le territoire Grand Est ;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     la garantie donnée à l&amp;#039;auteur de pouvoir mener un travail personnel d&amp;#039;écriture ;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     la structuration et la place de la résidence dans le projet global de la structure d&amp;#039;accueil ;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     la mobilisation de partenariats locaux et la recherche de financements croisés.
     &lt;br /&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/residences-creation-litteraire/</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Anne POIDEVIN
   &lt;br /&gt;
  &lt;/strong&gt;
  Région Grand Est
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  Chargée de mission vie littéraire
  &lt;br /&gt;
  Tél. 03.88.15.67.74
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers doivent être transmis uniquement de manière dématérialisée pour le 31 mars 2021 (première session) et le 30 juin 2021 (seconde session) et 31 octobre 2021 (troisième session)
 &lt;/p&gt;
 &lt;p&gt;
  pour les bourses d&amp;#039;aide à la création littéraire à l&amp;#039;adresse
  &lt;a href="mailto:livre&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
   livre&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  pour les résidences d&amp;#039;auteurs-associés conjointement aux deux adresses suivantes :
  &lt;a href="mailto:livre&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
   livre&amp;#64;grandest.fr
  &lt;/a&gt;
  et
  &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
   demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9cd0-aide-aux-auteurs-bourse-daide-a-la-creation-l/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF67" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG67" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH67" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E30" s="1" t="inlineStr">
+    <row r="68" spans="1:34" customHeight="0">
+      <c r="A68" s="1">
+        <v>94953</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions d’intégration et d’accompagnement dans la vie étudiante et valoriser les engagements et les mouvements étudiants</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'animation de la vie étudiante</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="H30" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Recherche
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I30" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K30" s="1" t="inlineStr">
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>10000€</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Par ce dispositif, la Région Grand Est décide de soutenir les grands projets d&amp;#039;investissements touristiques, afin d&amp;#039;augmenter les flux financiers (appréciés notamment par le nombre de nuitées générées, le nombre de visiteurs payants, etc.) et le nombre d&amp;#039;emplois, liés à la création et au développement d&amp;#039;entreprises relevant des secteurs de l&amp;#039;industrie et des services touristiques et notamment dans les domaines suivants :
-[...33 lines deleted...]
-  : soutenir la mise en tourisme des sites de mémoires et tout particulièrement les projets d&amp;#039;équipement d&amp;#039;aide à la visite.
+ &lt;strong&gt;
+  Soutien à l&amp;#039;animation de la vie étudiante
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Objectif : Soutenir les actions d&amp;#039;intégration et d&amp;#039;accompagnement dans la vie étudiante et valoriser les engagements et les mouvements étudiants
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région s&amp;#039;articule autour de 2 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  AXE 1 - Valorisation des Engagements et Mouvements Etudiants
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux manifestations étudiantes qui participent au rayonnement et à l&amp;#039;attractivité du Grand Est et de ses territoires.
+Les manifestations, initiées par les associations étudiantes ou multi partenariales, peuvent être soutenues dès lors qu&amp;#039;elles présentent une dimension régionale, nationale ou internationale et se déroulent sur le territoire du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  AXE 2 Soutien aux actions d&amp;#039;intégration et d&amp;#039;accompagnement dans la vie étudiante
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux initiatives étudiantes destinées à accueillir les étudiants primo-entrants d&amp;#039;un territoire afin de favoriser leur intégration et le bien–vivre dans ce territoire.
+Les manifestations doivent participer d&amp;#039;une logique thématique explicite – ex : sportive, artistique, patrimoniale – et faciliter la découverte et l&amp;#039;appropriation de leur environnement par les nouveaux arrivants, elles permettent aux nouveaux étudiants d&amp;#039;échanger avec d&amp;#039;autres étudiants plus anciens ou avec la population locale en vue de faciliter leur intégration au sein de la cité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide :
+ &lt;/strong&gt;
+ les établissements d&amp;#039;enseignement supérieur, les associations et les associations étudiantes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ subvention de fonctionnement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux maxi : 50 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond : 10 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un appel à projet est lancé.
+Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région démontrant que l&amp;#039;aide allouée a un effet incitatif.
+La demande d&amp;#039;aide doit contenir les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le nom du porteur de projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une description du projet, y compris ses dates de début et de fin,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la localisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un budget prévisionnel équilibré en dépenses et recettes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant de l&amp;#039;aide sollicitée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Délais de transmission de la demande
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;Axe 1
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  Valorisation des Engagements et Mouvements Etudiants
+ &lt;/strong&gt;
+ Les dates de réception sont fixées au 30 juin pour les actions du premier semestre de l&amp;#039;année universitaire à venir et au 31 décembre pour les manifestations du second semestre de l&amp;#039;année universitaire en cours.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;Axe 2 : Soutien aux actions d&amp;#039;intégration et d&amp;#039;accompagnement dans la vie étudiante
+ &lt;/strong&gt;
+ La date de réception par la Région de la réponse à l&amp;#039;appel à projet est fixée au 30 septembre 2017 pour l&amp;#039;année universitaire 2017-2018 et au plus tard au 30 avril précédent l&amp;#039;année universitaire de déroulement de la manifestation pour les années suivantes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Axe 1 : Valorisation des Engagements et Mouvements Etudiants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les manifestations dont les étudiants sont les organisateurs,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les manifestations multi partenariales d&amp;#039;ampleur régionale ou à visibilité nationale ou internationale.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Axe 2 : Soutien aux actions d&amp;#039;intégration et d&amp;#039;accompagnement dans la vie étudiante
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les manifestations destinées aux étudiants primo-entrants,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les manifestations se déroulant dans le mois précédent la rentrée ou dans un délai de trois mois après la rentrée universitaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les manifestations justifiant d&amp;#039;une déclinaison thématique avérée ou d&amp;#039;un intérêt local marqué.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les manifestations strictement festives ou d&amp;#039;intégration, les soirées étudiantes, ainsi que les salons étudiants ou manifestations à caractère professionnel, ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses éligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les rémunérations hors salaires de fonctionnaires,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les prestations externes,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de déplacement, d&amp;#039;hébergement, de restauration,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de location,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de communication,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les achats liés à l&amp;#039;événement soutenu.
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="R30" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Egalité des chances
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Economie sociale et solidaire
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>17/10/2018</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lanimation-de-la-vie-etudiante/</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0159/depot/simple</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...252 lines deleted...]
-  beestentreprendre&amp;#64;grandest.fr
+ &lt;a href="https://www.grandest.fr/contact/" rel="noopener" target="_blank"&gt;
+  Prendre contact avec la Région Grand Est
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05e2-soutien-a-lanimation-de-la-vie-etudiante/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF68" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG68" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH68" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E32" s="1" t="inlineStr">
+    <row r="69" spans="1:34" customHeight="0">
+      <c r="A69" s="1">
+        <v>94977</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mobilité internationale des lycéens</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité internationale des lycéens</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Association
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Recherche
 Particulier</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez mener à bien un projet d&amp;#039;initiatives citoyennes en faveur de l&amp;#039;environnement ?
-[...15 lines deleted...]
-&lt;p&gt;
+ Outre qu&amp;#039;elle représente un facteur déterminant dans leur insertion professionnelle, cette expérience leur permettra de pratiquer une langue étrangère au quotidien et en milieu professionnel, d&amp;#039;appréhender des méthodes de travail différentes, de s&amp;#039;adapter à un nouvel environnement social et culturel, d&amp;#039;améliorer leurs compétences, de gagner en confiance en soi et de valoriser leur formation.
+Cette aide concerne les lycéens préparant un CAP, un Bac Pro, un Bac technologique en hôtellerie, un Brevet des métiers d&amp;#039;art (BMA), un Diplôme de technicien des métiers du spectacle (DTMS) ou une Mention complémentaire dans un établissement du Grand Est. En tant qu&amp;#039;organisateurs des séjours, ce sont les établissements qui perçoivent l&amp;#039;aide régionale. Toutes les destinations en Europe sont éligibles ainsi que les régions partenaires du Grand Est, dont la liste complète figure dans le règlement ci-dessous. L&amp;#039;aide régionale s&amp;#039;applique aux périodes de formation en milieu professionnel (PFMP) qui font partie intégrante de la formation des lycéens et dont la durée est de 3 semaines minimum à de 8 semaines maximum.
+L&amp;#039;aide peut être cumulée avec celle du Rectorat, du programme Erasmus&amp;#43;, de l&amp;#039;OFAJ ou de tout autre organisme. En fonction de l&amp;#039;état des dépenses réelles fourni par le lycée à l&amp;#039;issue du stage, son montant peut atteindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  75 € par semaine et par élève pour les mobilités sans hébergement : seules les dépenses de transport sont éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  150 € par semaine et par élève pour les mobilités avec hébergement payant : les dépenses de transport, d&amp;#039;hébergement et de restauration sont éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+   Guide utilisateurs du portail des aides dématérialisées
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.jeunest.fr/wp-content/uploads/2019/12/3129-D%C3%A9pliant-mobilit%C3%A9-v16-par-pages.pdf" rel="noopener" target="_blank"&gt;
+   Découvrez la plaquette d&amp;#039;information
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retrouvez les témoignages de jeunes soutenus dans leur mobilité par la Région Grand Est et partagez votre expérience dans
+  &lt;a href="https://www.jeunest.fr/carnet-de-voyage/" rel="noopener" target="_blank"&gt;
+   le Carnet de Voyage
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P69" s="1" t="inlineStr">
+        <is>
+          <t>28/08/2017</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-regional-mobilites-lyceens/</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0013/depot/simple</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute demande de renseignement :
+ &lt;strong&gt;
+  Sylvie Truffet
+ &lt;/strong&gt;
+ , chargée de mission à la direction de la Jeunesse, des Sports et de l&amp;#039;Engagement : 03 26 70 74 69 - sylvie.truffet&amp;#64;grandest.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O32" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a60-mobilite-internationale-des-lyceens/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF69" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG69" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH69" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:34" customHeight="0">
+      <c r="A70" s="1">
+        <v>95007</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'intégration professionnelle des étudiants et des jeunes chercheurs</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Intégration professionnelle des étudiants et des jeunes chercheurs</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Est considérée comme étudiant, toute personne effectuant des études post bac.
+ &lt;em&gt;
+  *5 ans après la soutenance de thèse maximum
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;p&gt;
+ Le dispositif cible les doctorants et jeunes chercheurs.
+Pour se faire, la Région soutient les projets qui favorisent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les rencontres, échanges entre étudiants, jeunes chercheurs de différents établissements
+sur des aspects professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les temps d&amp;#039;échanges et rencontres avec des professionnels, potentiels recruteurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces manifestations, de par leur mise en œuvre et leur déroulement dépasseront la démarche
+d&amp;#039;information et d&amp;#039;orientation pour favoriser d&amp;#039;une part les relations professionnelles
+interpersonnelles et d&amp;#039;autre part une meilleure appréhension de leur futur environnement de travail
+par les étudiants et jeunes chercheurs.
+L&amp;#039;organisation de ces manifestations par ce public spécifiquement visé sera l&amp;#039;occasion pour eux de
+développer de nouvelles compétences comportementales (softskills) qu&amp;#039;ils pourront alors valoriser
+dans le cadre de leurs futurs entretiens professionnels.
+Territoires éligibles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Région Grand Est
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions transfrontalières sous réserve de disposer d&amp;#039;une visibilité quant à l&amp;#039;impact régional
+et que des étudiants/jeunes chercheurs impliqués dans l&amp;#039;organisation soient bien originaires
+d&amp;#039;établissements du Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   De l&amp;#039;aide
+  &lt;/strong&gt;
+  : établissements d&amp;#039;enseignement supérieur, associations étudiantes et de jeunes chercheurs basés sur le territoire du Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   De l&amp;#039;action
+  &lt;/strong&gt;
+  : étudiants et jeunes chercheurs originaires d&amp;#039;établissements du Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Montant de l&amp;#039;aide
+L&amp;#039;aide revêt la forme d&amp;#039;une subvention.
+&lt;p&gt;
+ Taux de base : 40 %
+&lt;/p&gt;
+&lt;p&gt;
+ Budget éligible minimum : 10 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de l&amp;#039;aide : 15 000 €
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Innovation, créativité et recherche
+Emploi</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R32" s="1" t="inlineStr">
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>07/08/2017</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Projets éligibles
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rencontres, concours nationaux ou internationaux organisés dans le Grand Est ou dans une région transfrontalière en lien avec le monde économique
+  &lt;/strong&gt;
+  Ces opérations sont à la fois des temps d&amp;#039;échanges entre étudiants et/ou jeunes chercheurs issus d&amp;#039;horizons différents et l&amp;#039;occasion de valoriser le Grand Est et ses compétences. Elles ont vocation à accroitre l&amp;#039;attractivité du Grand Est.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Manifestations visant à favoriser les interactions entre les étudiants et/ou jeunes
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   chercheurs et les acteurs socioéconomiques
+  &lt;/strong&gt;
+  Les étudiants et jeunes chercheurs constituent un public stratégique pour les entreprises et les territoires. De par leurs formations aux outils et techniques récentes, de pointe, ils peuvent apporter un regard original sur des projets ou problématiques d&amp;#039;entreprises et ainsi permettre aux acteurs économiques et aux collectivités de développer de nouveaux projets ou concepts. C&amp;#039;est également
+l&amp;#039;occasion pour de potentiels recruteurs de voir leurs futurs collaborateurs en action. Pour le public jeunes chercheurs peuvent être soutenus les projets valorisant les compétences acquises pendant le doctorat et/ou post doctorat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Programmes d&amp;#039;intégration professionnelle organisés en Grand Est par au moins 3 établissements du territoire et regroupant des étudiants et/ou jeunes chercheurs
+  &lt;/strong&gt;
+  Les programmes entrant dans ce cadre permettent de développer la transversalité et la rencontre d&amp;#039;étudiants et/ou jeunes chercheurs aux profils différents. Les actions soutenues s&amp;#039;inscrivent dans la durée et regroupent un ensemble d&amp;#039;évènements dédiés à l&amp;#039;intégration professionnelle des publics
+ciblés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/integration-pro-des-etudiants/</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0155/depot/simple</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous êtes :
-[...97 lines deleted...]
- Les candidatures seront déposées par les candidats en ligne uniquement, auquel peut être jointes toutes pièces qui paraissent utiles au candidat.
+ &lt;a href="mailto:vie-etudiante&amp;#64;grandest.fr"&gt;
+  vie-etudiante&amp;#64;grandest.fr
+ &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e9f8-integration-professionnelle-des-etudiants-et-/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF70" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG70" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH70" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E33" s="1" t="inlineStr">
+    <row r="71" spans="1:34" customHeight="0">
+      <c r="A71" s="1">
+        <v>95011</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures réseaux dans le domaine du patrimoine culturel</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux structures réseaux dans le domaine du patrimoine culturel</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
-[...710 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Association</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J71" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de la subvention : 1 000 €</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Nature des projets
+&lt;/h4&gt;
+&lt;p&gt;
+ Sont susceptibles d&amp;#039;être soutenues au titre du dispositif les opérations de fonctionnement liées à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche dans le domaine d&amp;#039;excellence de la structure et sa diffusion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la formation portées par une structure du Grand Est à l&amp;#039;adresse des autres acteurs du domaine à l&amp;#039;échelle du territoire régional ou au-delà,
+ &lt;/li&gt;
+ &lt;li&gt;
+  au développement d&amp;#039;outils de structuration du réseau, ex : site internet, annuaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Les associations, les laboratoires et les institutions de recherche, les établissements publics, les collectivités publiques, les musées de France.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P71" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Méthode de sélection
+&lt;/h4&gt;
+&lt;p&gt;
+ La demande se fait à partir d&amp;#039;un dossier comportant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une présentation de la structure : domaine d&amp;#039;expertise, équipe, projets déjà menés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la programmation annuelle chiffrée précisant les actions pour lesquelles un soutien est demandé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un descriptif des projets pour lesquels un financement est demandé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cas échéant un bilan chiffré de l&amp;#039;année antérieure.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Pour être éligibles, les projets doivent satisfaire, selon les cas, aux critères suivants :
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  qualité scientifique et culturelle de la structure sur la base de ses références, des référents de la structure et de sa programmation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  capacité de la structure à rayonner, a minima, à l&amp;#039;échelle régionale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  capacité de la structure à associer d&amp;#039;autres acteurs et à les fédérer,
+ &lt;/li&gt;
+ &lt;li&gt;
+  liens avec l&amp;#039;Inventaire Général du Patrimoine Culturel ou le Comité d&amp;#039;Histoire Régionale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Président de la Région pourra solliciter l&amp;#039;avis d&amp;#039;un comité scientifique et technique ad hoc avant présentation au vote des élus.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais de personnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de déplacement : transport et nuitées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations de valorisation de la recherche : opérations de médiation, publication papier ou numérique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ La demande d&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région Grand Est. La demande d&amp;#039;aide contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le nom du porteur de projet et sa taille s&amp;#039;il s&amp;#039;agit d&amp;#039;une entreprise ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la localisation du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des postes de dépenses du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant de l&amp;#039;aide sollicitée et le montant du financement public estimé nécessaire pour le projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-structures-reseaux-domaine-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="W71" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0025/depot/simple</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;a href="mailto:versements-patrimoines&amp;#64;grandest.fr"&gt;
+  versements-patrimoines&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne.
+ &lt;br /&gt;
+ Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  Guide utilisateurs du portail des aides dématérialisées
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+  Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c86-soutien-aux-structures-reseaux-dans-le-domain/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF71" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG71" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH71" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:34" customHeight="0">
+      <c r="A72" s="1">
+        <v>95024</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Aider les lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Particulier
 Entreprise privée
-Agriculteur</t>
-[...7 lines deleted...]
-      <c r="K38" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez mener à bien un projet visant à anticiper les manques d&amp;#039;eau et les sècheresses à venir ?
-[...2 lines deleted...]
- Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 100 000 € pour les équipements d&amp;#039;économie d&amp;#039;eau et 1 000 000 € pour les autres projets :
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Une avance de trésorerie de 30% dès le démarrage de votre projet
-[...8 lines deleted...]
-   Des dépenses remboursées jusqu&amp;#039;à 60 % du montant HT / TTC de votre projet
+   Dépôt des dossiers :
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O38" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R38" s="1" t="inlineStr">
+      <c r="P72" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous êtes :
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Une collectivité ou un groupement
-[...8 lines deleted...]
-   Une entreprise...
+   Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures pouvant s&amp;#039;entourer ou étant dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;une autre collectivité ou de l&amp;#039;Etat pour leur fonctionnement. Ne sont pas concernées par ce dispositif les structures disposant d&amp;#039;un label national au titre de la circulaire du 31 août 2010 du Ministère de la culture et de la communication, ou du programme de scène conventionnée au titre de la circulaire du 5 mai 1999 du Ministère de la culture et de la communication.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- Et votre projet concerne :
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   L&amp;#039;évaluation des ressources en eau disponibles et des besoins
-[...20 lines deleted...]
-   Les études, équipements et travaux permettant d&amp;#039;évaluer et renforcer la capacité d&amp;#039;adaptation des milieux aquatiques à l&amp;#039;évolution du climat, la fonctionnalité des milieux naturels (lutte contre les pollutions des milieux aquatiques induites par le réchauffement climatique), l&amp;#039;adaptation des espèces locales, la prévention et la gestion des espèces invasives.
+   présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
   &lt;/li&gt;
  &lt;/ul&gt;
- &lt;span&gt;
-[...1 lines deleted...]
- &lt;/span&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
  &lt;br /&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-lieux-projets-annuels-structurants/</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Demandes de paiement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/980b-aide-aux-lieux-et-projets-annuels-culturels-d/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF72" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG72" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH72" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E39" s="1" t="inlineStr">
+    <row r="73" spans="1:34" customHeight="0">
+      <c r="A73" s="1">
+        <v>95029</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Aider au développement et à la production cinématographique, audiovisuelle, nouveaux médias et animation - Dispositifs Cinéma Audiovisuel Grand Est</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Dispositifs Cinéma Audiovisuel Grand Est</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
-[...10 lines deleted...]
-      <c r="K39" s="1" t="inlineStr">
+Département
+Région
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...36 lines deleted...]
-  diffuser l&amp;#039;invitation auprès des milieux économiques et institutionnels.
+ A ce titre elle s&amp;#039;est engagée à intervenir dans le domaine des aides à la création et à la production, en créant un « fonds de soutien à l&amp;#039;écriture, au développement et à la production cinématographique, audiovisuelle, nouveaux médias et animation». Ce fonds est géré avec l&amp;#039;appui d&amp;#039;une commission de professionnels dénommée « Comité Consultatif cinéma – audiovisuel - nouveaux médias - animation ».
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-a-lecriture-cinema-audiovisuel-nouveaux-medias"&gt;
+   Aide à l&amp;#039;écriture cinéma, audiovisuel et nouveaux médias
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-developpement-oeuvres-cinematographiques-audiovisuelles-a-destination-nouveaux-medias"&gt;
+   Aide au développement des œuvres cinématographiques et audiovisuelles ou à destination des nouveaux médias
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-developpement-a-production-cinema-audiovisuel-nouveaux-medias-doeuvres-danimation"&gt;
+   Aide au développement et à la production d&amp;#039;animation
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-a-production-de-courts-metrages-cinema-documentaire-fiction-prise-de-vue-reelle"&gt;
+   Aide à la production de courts métrages
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-a-production-de-longs-metrages-cinema-documentaire-fiction-prise-de-vue-reelle"&gt;
+   Aide à la production de longs métrages
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-a-production-audiovisuelle-nouveaux-medias-documentaire"&gt;
+   Aide à la production audiovisuelle et nouveaux médias documentaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/vos-aides-regionales/aide-a-production-audiovisuelle-nouveaux-medias-fiction-prise-de-vue-reelle"&gt;
+   Aide à la production audiovisuelle et nouveaux médias fiction
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour tout renseignement concernant l&amp;#039;ensemble des dispositifs CINEMA et AUDIOVISUEL, contact :
+ &lt;a href="mailto:cinema.audiovisuel&amp;#64;grandest.fr"&gt;
+  cinema.audiovisuel&amp;#64;grandest.fr
+ &lt;/a&gt;
+ Pour les aides à l&amp;#039;écriture, contact :
+ &lt;a&gt;
+  glenn.handley&amp;#64;culturegrandest.fr
+ &lt;/a&gt;
+ Le règlement intérieur des fonds de soutien
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/20201127-reglement-fonds-de-soutien-actualise-2021.pdf"&gt;
+  Téléchargez les modalités de fonctionnement du fonds de soutien cinéma, audiovisuel, nouveaux médias et animation
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Liste des Comités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://tournagesgrandest.fr/soutien-aux-auteurs/aide-a-lecriture/composition-du-comite-de-lecture-et-resultats"&gt;
+   Écriture
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/comite-prod-courts-metrages-cinema.pdf"&gt;
+   Production courts métrages
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/comite-long-metrage-2020-2022.xlsx"&gt;
+   Comité de lecteurs développement et production de longs métrages - 2020-2022
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/cinema-audiovisuel-comite-lecteurs-ftv-2020.pdf"&gt;
+   Comité de lecteurs développement et production de fictions TV - 2020-2022
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/comite-documentaire.pdf"&gt;
+   Développement et production documentaire audiovisuel / nouveaux médias
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/cinema-audiovisuel-comite-animation-2020-2022.pdf"&gt;
+   Développement et production d&amp;#039;œuvres d&amp;#039;animation
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets soutenus
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/tableau-films-2017-ciclic-definitif-28032018.pdf"&gt;
+   Liste des projets soutenus en 2017
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/cinema-audivisuel-bilan-total-soutiens-2018-au-19122018.pdf"&gt;
+   Liste des projets Fonds de soutien et COM TV 2018
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/tableau-films-2019-ciclic-ge-17092019-2sessions.pdf"&gt;
+   Liste des projets soutenus en 2019
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/04102020-tableau-films-2020ciclic-complet.pdf"&gt;
+   Liste des projets soutenus en 2020
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
-[...338 lines deleted...]
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
-Médias et communication
-[...3 lines deleted...]
-      <c r="O41" s="1" t="inlineStr">
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P41" s="1" t="inlineStr">
+      <c r="P73" s="1" t="inlineStr">
         <is>
           <t>03/08/2017</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/dispositifs-cinema-audiovisuel/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...14 lines deleted...]
-&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   développer un projet culturel et artistique identifié et de qualité sur le territoire,
-[...8 lines deleted...]
-   équilibrer son budget prévisionnel et prouver la viabilité du projet.
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/08/convention-cadre-2020-2022.pdf"&gt;
+    Convention CNC – Etat – Région Grand Est – Eurométropole de Strasbourg 2020-2022
+   &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- Pour les festivals et manifestations relevant du secteur du livre , le projet respecte les critères suivants :
-[...63 lines deleted...]
-          <t>&lt;p&gt;
  &lt;strong&gt;
   Contact :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...10 lines deleted...]
-&lt;p&gt;
  Pour les demandes de paiement :
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;a href="mailto:versements-ecoculture&amp;#64;grandest.fr"&gt;
     versements-ecoculture&amp;#64;grandest.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- Les demandes se font exclusivement en ligne.
+ &lt;strong&gt;
+  Vos référents
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Écriture (audiovisuel, cinéma, nouveaux médias) : Glenn HANDLEY – Agence culturelle, tél 03 88 58 87 97
+  &lt;/li&gt;
+  &lt;li&gt;
+   Appel à Manifestation d&amp;#039;Intérêt Culture Création Numérique / Développement et animation de la filière image &amp;amp; numérique : creation.numerique&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développement et production d&amp;#039;œuvres d&amp;#039;animation / développement de longs métrages cinéma (documentaire et fiction prise de vue réelle) : Marie-Alix FOURQUENAY, tél 03 87 31 81 40
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développement et production de fictions TV et nouveaux medias / production de longs métrages cinéma (documentaire et fiction prise de vue réelle) : Murielle FAMY, tél 03 88 15 69 47
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développement et production de documentaires audiovisuels et nouveaux médias : Marion GRAVOULET, tél 03 88 15 38 56
+  &lt;/li&gt;
+  &lt;li&gt;
+   Production de courts métrages cinéma : Sophie HERSCHER-BOUSSEAU, tél 03 26 70 74 62
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82ee-dispositifs-cinema-audiovisuel-grand-est/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF73" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG73" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH73" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:34" customHeight="0">
+      <c r="A74" s="1">
+        <v>95032</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux et centres de ressources spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux réseaux et centres de ressources spectacle vivant et Arts visuels</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les structures professionnelles positionnées en réseaux ou en centres de ressources et qui contribuent, via l&amp;#039;animation de réseaux et des actions d&amp;#039;information, de médiation ou de formation, à l&amp;#039;accompagnement des acteurs culturels et au développement de la culture sur le territoire et en direction de tous les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités d&amp;#039;accès à la culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+Recommandation : le versement du solde de l&amp;#039;aide antérieure est demandé au plus tard à la date du dépôt du nouveau dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier du rayonnement de leur activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
  &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier de son rôle de réseau ou de centre de ressources pour les acteurs culturels et du rayonnement territorial de la structure, être en relation partenariale avec d&amp;#039;autres acteurs de la vie culturelle régionale,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ présenter un projet artistique et culturel global comprenant un ou plusieurs des volets suivants :
  &lt;br /&gt;
- Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   veille sur un sujet déterminé du développement culturel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ingénierie, expertise, conseil aux porteurs de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   conception et diffusion d&amp;#039;outils d&amp;#039;appui, d&amp;#039;études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ressources en diffusion ou en matériel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   animation, structuration de réseau,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement, appui, conseil, formation en direction d&amp;#039;artistes professionnels ou en voie de professionnalisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement des pratiques amateurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   actions culturelles en direction de publics spécifiques,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles adaptées à la nature du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir conventionné avec d&amp;#039;autres partenaires publics – Etat, Villes notamment – constitue un atout,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un budget global de fonctionnement de la structure sur 3 ans si le projet s&amp;#039;inscrit sur une durée de 3 ans dans le cadre d&amp;#039;une convention, sur la base de budgets prévisionnels annuels détaillés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-reseaux-centres-de-ressources/</t>
+        </is>
+      </c>
+      <c r="W74" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0018/depot/simple</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
     Guide utilisateurs du portail des aides dématérialisées
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
     Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
- &lt;p&gt;
-[...5 lines deleted...]
-  La date de réception par la Région du dossier complet doit être antérieure au démarrage de l&amp;#039;opération d&amp;#039;au moins 4 mois. L&amp;#039;ensemble de la procédure de dépôt des dossiers, dossier administratif et dossier de projet, ainsi que de sollicitation des versements de la subvention régionale octroyée, est dématérialisée Le dépôt de dossier s&amp;#039;effectue par voie électronique à l&amp;#039;une des adresses suivantes :
+</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc33-soutien-aux-reseaux-et-centres-de-ressources-/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF74" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG74" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH74" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:34" customHeight="0">
+      <c r="A75" s="1">
+        <v>95035</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la présence d’un artiste ou d’une équipe artistique dans un lieu de diffusion culturelle et sur un territoire</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux résidences mission de territoire Arts visuels</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrairement aux résidences de création portées habituellement par les structures culturelles, ces résidences artistiques et culturelles n&amp;#039;entraînent pas une obligation de production. Il s&amp;#039;agit d&amp;#039;une période où les artistes ont l&amp;#039;opportunité de développer une démarche de recherche ou d&amp;#039;expérimentation en lien avec le territoire où est installée la structure d&amp;#039;accueil. Les résidences se déroulent sur une période de 6 mois à 3 ans. Cette période de résidence doit permettre de mieux ancrer le travail artistique dans une réalité territoriale.
+Ce dispositif de soutien a pour objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;accompagner l&amp;#039;expérimentation et la recherche artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;améliorer le cadre d&amp;#039;activité des professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de favoriser l&amp;#039;échange entre la population et les artistes notamment par de nouvelles formes de rencontres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Subvention plafonnée à 30 000 €
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P75" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent être présentés conjointement par un artiste ou un collectif d&amp;#039;artistes et une structure d&amp;#039;accueil. Les Structures concernées : associations culturelles, collectivités territoriales et structures culturelles de droit public ou privé à but non lucratif ayant leur siège en région Grand Est. L&amp;#039;idée de structure implique l&amp;#039;existence d&amp;#039;un lieu équipé ou ayant accès aux équipements nécessaires, capable de donner aux artistes résidents les conditions techniques et financières pour mener leur travail de recherche ou d&amp;#039;expérimentation, d&amp;#039;un responsable culturel qui « porte » le projet de résidence avec l(es)&amp;#039;artiste(s), d&amp;#039;une équipe qui accompagne le projet et s&amp;#039;implique dans la médiation entre artiste et public. Il s&amp;#039;agit donc de structures conventionnées ou non, participant à une dynamique territoriale, ayant vocation à accueillir des artistes et disposant d&amp;#039;une personne ressource référente. Artistes concernés : artistes professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets relèvent des arts visuels, et s&amp;#039;inscrivent dans une logique de transversalité avec le lieu de résidence, le territoire et ses acteurs. Sont éligibles à ce dispositif, les projets proposant à la fois un travail de création ou d&amp;#039;expérimentation et des actions culturelles sur les territoires concernés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Par expérimentation : on entend un projet centré sur la recherche artistique, sans obligation de production, construit par un binôme entre lieu d&amp;#039;accueil et équipe artistique-artiste-collectif d&amp;#039;artistes et associant le public et le territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Par action sur le territoire : on entend les rencontres entre les artistes et la population du territoire où est implantée la structure d&amp;#039;accueil. Cela implique la diffusion du travail de recherche ou de création et plus largement d&amp;#039;autres moments partagés avec la population sous différentes formes. Il y a ici l&amp;#039;idée de sensibiliser le public à la création, de ne pas seulement lui proposer « verticalement » un produit fini, mais de lui faire partager sous diverses formes le cheminement des artistes et de favoriser les collaborations avec d&amp;#039;autres acteurs installés sur le territoire régional.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-residences-mission-de-territoire-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="W75" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0118/depot/simple</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des demandes
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Candidatures à envoyer à :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04a5-soutien-aux-residences-mission-de-territoire-/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF75" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG75" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH75" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:34" customHeight="0">
+      <c r="A76" s="1">
+        <v>95037</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets culturels commémoratifs événementiels relatifs à la mémoire des conflits</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux projets culturels commémoratifs événementiels relatifs à la mémoire des conflits</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de soutenir les projets culturels, commémoratifs et événementiels permettant de transmettre, de cultiver et de perpétuer la mémoire des conflits armés des 19ème et 20ème siècles - Guerre de 1870, 1ère et 2nde Guerres mondiales - sur le territoire régional,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   de labelliser et de soutenir plus spécifiquement les projets culturels et événementiels les plus remarquables présentés dans le cadre des commémorations du centenaire de la Première Guerre mondiale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   30 % maximum du budget prévisionnel
+Subvention plafonnée à 20 000 €
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/05/dispositif-memoire-conflits.pdf"&gt;
+    Règlement du dispositif soutien aux projets culturels commémoratifs événementiels
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/05/demande-labelisation-financement-14-18.docx"&gt;
+    Dossier de demande de labélisation et financement 14-18
+   &lt;/a&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/05/budget-memoire-conflits.xls"&gt;
+    Budget
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P76" s="1" t="inlineStr">
+        <is>
+          <t>01/08/2017</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations, les collectivités territoriales, les structures de droit public ou privé ayant leur siège social dans la région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif d&amp;#039;aide aux projets culturels et événementiels relatif à la mémoire des conflits permet de soutenir les initiatives culturelles, commémoratives et événementielles présentant un rapport direct et fort avec la commémoration des conflits armés des 19ème et 20ème siècles sur le territoire de la Région Grand Est. Outre une rigueur historique et scientifique avérée, les projets doivent répondre à au moins trois des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   ancrage territorial marqué,
+  &lt;/li&gt;
+  &lt;li&gt;
+   dimension internationale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   partenariats avec d&amp;#039;autres acteurs publics ou privés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   attractivité touristique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   déclinaison pédagogique, mise en valeur du patrimoine,
+  &lt;/li&gt;
+  &lt;li&gt;
+   innovation, créativité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pérennité du projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Dépenses nécessaires à l&amp;#039;organisation de l&amp;#039;événement ou de la manifestation (hors dépenses d&amp;#039;investissement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/projets-culturels-commemoratifs-evenementiels-memoire-conflits/</t>
+        </is>
+      </c>
+      <c r="W76" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0131/depot/simple</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/44f9-soutien-aux-projets-culturels-commemoratifs-e/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF76" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG76" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH76" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:34" customHeight="0">
+      <c r="A77" s="1">
+        <v>95038</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la réalisation de projets d’aménagement des points d’arrêt ferroviaires et routiers relevant de la compétence de la Région</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif d’Intervention Régional Intermodalité Grand Est</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif correspond à l&amp;#039;harmonisation des dispositifs qui existaient précédemment dans les Régions Alsace et Lorraine et intègre un volet spécifique « Pacte de Ruralité ».
+La Région, en tant qu&amp;#039;autorité organisatrice des transports régionaux de voyageurs définit l&amp;#039;offre de transports, la tarification applicable sur son réseau et fixe le niveau de service qui doit être
+fourni aux usagers dans le cadre des conventions et contrats qui lient la collectivité aux différents transporteurs et prestataires.
+Au-delà de ces interventions qui entrent directement dans son champ légal d&amp;#039;intervention, la Région met en place des dispositifs volontaristes permettant d&amp;#039;améliorer l&amp;#039;intermodalité entre les différents modes de transports et donc de développer l&amp;#039;utilisation des modes de transports alternatifs. Les gares et points d&amp;#039;arrêt sont les portes d&amp;#039;entrée sur le réseau régional de transport et constituent à ce titre des lieux stratégiques dans la chaîne du déplacement des voyageurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces lieux situés à la frontière entre le réseau de transport et le territoire doivent pouvoir bénéficier de traitements spécifiques permettant d&amp;#039;atténuer le phénomène de rupture de charge pour les usagers, d&amp;#039;ancrer les transports régionaux aux territoires et de fournir des services facilitant les déplacements des usagers.
+Pour cela, il est nécessaire que la Région accompagne les acteurs locaux et les porteurs de projets afin de faciliter l&amp;#039;accès au réseau régional de transport, et ce même si la Région n&amp;#039;est propriétaire
+ni des gares, ni des emprises foncières sur lesquelles ces projets sont développés. Il s&amp;#039;agit donc d&amp;#039;une intervention volontariste de la collectivité, nécessaire au développement de l&amp;#039;attractivité de son réseau de transport.
+Le développement de l&amp;#039;attractivité du réseau régional par ces investissements doit permettre d&amp;#039;accroitre le niveau des recettes perçues de la part des usagers, et donc de contribuer à limiter, voire à réduire, la contribution de la collectivité aux coûts de fonctionnement de son réseau de transport.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P77" s="1" t="inlineStr">
+        <is>
+          <t>25/07/2017</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/dispositif-dintervention-regional-dintermodalite-grand/</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contacts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de questions, vous disposez de deux possibilités afin d&amp;#039;identifier l&amp;#039;interlocuteur privilégié qui pourra vous renseigner sur les modalités pratiques du dispositif DIRIGE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Agence territoriale de la Région Grand Est du ressort territorial du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Direction des Transports et de la Mobilité via l&amp;#039;adresse
+  &lt;a href="mailto:transports&amp;#64;grandest.fr"&gt;
+   transports&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4feb-dispositif-dintervention-regional-dintermodal/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF77" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG77" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH77" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:34" customHeight="0">
+      <c r="A78" s="1">
+        <v>95040</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et protéger les eaux souterraines</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de connaissances et développement d’outils de gestion pour la protection des ressources en eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Connaître et protéger les eaux souterraines.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités locales, Établissements publics et associations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités, groupe d&amp;#039;experts, entreprises, etc...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ études à caractère général ou opérationnel, ayant pour objet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la connaissance sectorielle ou globale des nappes phréatiques ainsi que des pressions qui s&amp;#039;y exercent ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la connaissance des relations entre les canaux, les cours d&amp;#039;eau et les eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de données sur la partie profonde des nappes phréatiques ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la connaissance des sols au droit des nappes d&amp;#039;eaux souterraines.
+  &lt;/li&gt;
+  &lt;li&gt;
+   mesures de la piézométrie et de la qualité des nappes et de leurs points d&amp;#039;alimentations préférentiels
+  &lt;/li&gt;
+  &lt;li&gt;
+   élaboration de modèles de gestion, hydrodynamiques ou hydrochimiques ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   études et travaux relatifs à des pollutions peu connues, mises en évidence dans le cadre des inventaires de la qualité des eaux souterraines, ou à des &amp;#34;nouveaux polluants&amp;#34; (disrupteurs endocriniens, molécules phytopharmaceutiques, etc.) dont la présence constitue une menace pour les nappes d&amp;#039;eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   étude et projets pilotes de lutte contre les pollutions diffuses;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation et diffusion d&amp;#039;outils d&amp;#039;information sur les eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmes d&amp;#039;animation, sensibilisation, formation auprès des collectivités et du grand public sur les actions de réduction à la source des pollutions et au développement de techniques alternatives.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Étude, animation, matériel d&amp;#039;acquisition, modèles, travaux pilotes
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/connaitre-proteger-eaux-souterraines/</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0089/depot/simple</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président Philippe Richert
+   &lt;br /&gt;
+   (A l&amp;#039;attention du Service Eaux et Milieux Aquatiques - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour toute information :
+&lt;/p&gt;
+&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lajlah LUTHER : Tél : 03.88.15.65.13, Mail : lajlah.luther&amp;#64;region-alsace.eu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : Tél : 03 87 33 67 65, Mail : francis.vogin&amp;#64;lorraine.eu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Veronique BAUDET,
+   Tél : 03 26 70 89 33, Mail : vbaudet&amp;#64;cr-champagne-ardenne.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d52e-connaitre-et-proteger-les-eaux-souterraines/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF78" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG78" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH78" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:34" customHeight="0">
+      <c r="A79" s="1">
+        <v>95041</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Créer des équipements de randonnée nautique sur le Domaine public fluvial régional de l’Ill</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Création d’équipement de randonnée nautique sur le Domaine Public Fluvial régional de l’Ill</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux maxi : 60 % du montant H.T pour les équipements prioritaires / 40 % pour les équipements secondaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de 9 000 € pour les équipements prioritaires selon le schéma de gestion globale de l&amp;#039;Ill / 6 000 € pour les équipements secondaires selon le même schéma.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Forêts</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes et groupement de communes, associations, ....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Appui aux porteurs locaux pour la réalisation d&amp;#039;équipements publics, promouvant la pratique de la randonnée nautique et de la pêche sur le domaine public fluvial régional. Ce dispositif s&amp;#039;inscrit dans le cadre du schéma de gestion globale de l&amp;#039;Ill sur la base du recensement et de la priorisation des besoins établis conjointement par le Comité Régional de Canoë-Kayak et la Fédération du Bas-Rhin pour la pêche et la protection des milieux aquatiques. Il est conduit en cohérence avec les Plans Départementaux des Espaces Sites et Itinéraires visant à identifier et clarifier l&amp;#039;accessibilité aux sites.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création de sites de mise à l&amp;#039;eau pour embarcations légères (canoës, kayak...) ou tout type d&amp;#039;embarcation (embarcations tractées, barques à fond plat...) ; Équipements de signalisation sur l&amp;#039;eau et au droit des points de mise à l&amp;#039;eau, permettant la communication auprès des usagers (sites touristiques, accueil, consignes de sécurité ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/creation-dequipement-de-randonnee-nautique-domaine-public-fluvial-regional-de-lill/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Région Grand Est
+  &lt;br /&gt;
+  Monsieur le Président Jean Rottner (A l&amp;#039;attention du Service Eaux et Biodiversité)
+  &lt;br /&gt;
+  1, Place Adrien Zeller – BP 91006
+  &lt;br /&gt;
+  67070 STRASBOURG CEDEX
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour toute information :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Samuel KLEIN : Tél : 03 88 59 85 08, Mail :
   &lt;a rel="noopener" target="_blank"&gt;
-   cinema.audiovisuel&amp;#64;grandest.fr
+   samuel.klein&amp;#64;grandest.fr
   &lt;/a&gt;
-  ou
-[...3 lines deleted...]
- &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50d4-creation-dequipement-de-randonnee-nautique-su/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF79" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG79" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH79" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:34" customHeight="0">
+      <c r="A80" s="1">
+        <v>95042</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les cours d’eau et les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Restauration des cours d’eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 35 % du montant HT
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000€ par projet sauf sur les cours d&amp;#039;eau régionaux majeurs : Rhin, Ill, Sarre, Moselle, Meuse, Aisne, Marne, Seine, Aube.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ce dispositif s&amp;#039;inscrit en complément de l&amp;#039;aide Agence de l&amp;#039;eau dans la limite de 80 % d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration de la fonctionnalité des cours d&amp;#039;eau : reméandrage, diversification des écoulements, érosion maitrisée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des plans d&amp;#039;eau : renaturation / reprofilage de berges, création de hauts-fonds, restauration de roselières, restauration de digues, ouvrages d&amp;#039;alimentation et de vidange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des milieux humides : restauration de zones humides, création d&amp;#039;annexes hydrauliques, de mares, frayères, reconnexion de bras morts, restauration de réseau de fossés, création de zones humides artificielles, zones tampons entre réseau de drainage et cours d&amp;#039;eau... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration de la continuité écologique (suppression ou aménagements d&amp;#039;ouvrages transversaux, etc.) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration du petit patrimoine bâti et ouvrages alimentant ces milieux aquatiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P80" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes, associations, fédérations de pêche, entreprises, particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts d&amp;#039;investissement liés aux opérations précédemment décrites. Travaux et études préalables (faisabilité, avant-projet, projet...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-restaurer-cours-deau-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0083/depot/simple</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dfa-restauration-des-cours-deau-et-des-milieux-aq/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB80" s="1" t="inlineStr">
+        <is>
+          <t>Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AE80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF80" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG80" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH80" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E42" s="1" t="inlineStr">
+    <row r="81" spans="1:34" customHeight="0">
+      <c r="A81" s="1">
+        <v>95043</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer un plan de désherbage ou un plan de gestion différenciée</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Élaboration d'un plan de gestion différenciée des espaces ouverts aux publics : acquisition de plants et matériel de désherbage</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K42" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Financement public total Région-Agence de l&amp;#039;eau de 80 %
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de 4 200 € HT
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P81" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes ou groupement de communes mettant en œuvre un plan d&amp;#039;entretien des espaces communaux adapté aux objectifs de protection des ressources en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elaboration d&amp;#039;un plan de désherbage des espaces communaux ayant pour objet le repérage et le classement des zones traitées, avec évaluation des risques pour les ressources en eau. Le plan doit intégrer un diagnostic des pratiques communales en matière de traitement phytosanitaire. La commune doit s&amp;#039;engager par convention dans une démarche progressive et continue, avec la signature de la &amp;#34; charte de désherbage/d&amp;#039;entretien des espaces communaux &amp;#34;, celle-ci présentant 3 niveaux de mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les plans de désherbage et les plans de gestion différenciée des espaces.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/elaborer-plan-de-desherbage-plan-de-gestion-differenciee/</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0077/depot/simple</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lajlah LUTHER : 03 88 15 65 13 / lajlah.luther&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : 03 87 33 67 65 / francis.vogin&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Véronique BAUDET : 03 26 70 89 33 / veronique.baudet&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b26-elaborer-un-plan-de-desherbage-ou-un-plan-de-/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF81" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
-[...177 lines deleted...]
-          <t>published</t>
+      <c r="AG81" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH81" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E43" s="1" t="inlineStr">
+    <row r="82" spans="1:34" customHeight="0">
+      <c r="A82" s="1">
+        <v>95044</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les inondations</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les inondations</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I43" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K43" s="1" t="inlineStr">
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 20</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Objectifs :
-[...14 lines deleted...]
- 3 mois avant la date du projet
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Axes d&amp;#039;intervention ( Etudes et travaux )
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maximal d&amp;#039;intervention
+Amélioration de la connaissance et de la conscience du risque
+10% du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surveillance, prévision des crues et des inondations
+5 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en compte du risque inondation dans l&amp;#039;urbanisme
+10 % du montant éligible
+Actions de réduction de la vulnérabilité des biens et des personnes
+20 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ralentissement des écoulements
+20 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouvrages hydrauliques de protection
+10 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 80% d&amp;#039;aides publiques (déplafonnement possible lorsque le projet est inclus dans un CPIER) – hors autofinancement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P82" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes et groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes ouverts et fermés auxquels la compétence Inondation a été transférée, établissements publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Habitants en zones inondables, usagers de réseaux de transports impactés, acteurs économiques (entreprises, exploitations agricoles...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Amélioration de la connaissance et de la conscience du risque, actions d&amp;#039;information, de sensibilisation et de pédagogie à destination du public, des élus et des acteurs économiques pour favoriser la prise en compte du risque ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surveillance, prévision des crues et des inondations ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en compte du risque inondation dans l&amp;#039;urbanisme ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux d&amp;#039;amélioration des écoulements dans les zones urbanisées ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux de réduction de la vulnérabilité des réseaux, des activités économiques, et des services publics ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux de zones de ralentissement dynamique des crues, de restauration ou d&amp;#039;aménagement de zones d&amp;#039;expansion des crues ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux d&amp;#039;ouvrages hydrauliques de protection rapprochée des zones habitées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes et travaux en section investissement
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M43" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/prevenir-gerer-inondations/</t>
+        </is>
+      </c>
+      <c r="W82" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0190/depot/simple</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Projets éligibles :
-[...56 lines deleted...]
- 3) Utilisation des matériaux et des techniques adaptés à la restauration du patrimoine, notamment :
+ Axe Rhin-Sarre (site Strasbourg) :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   lavage à faible pression inférieur à 3 bars, aérogommage (poudre abrasive inférieure ou égale à 120 microns, pas de sablage sur granite ou marbre poli)
-[...28 lines deleted...]
-   &lt;br /&gt;
+   Marie-Dominique PARANIER : 03 88 15 38 62 / marie-dominique.paranier&amp;#64;grandest.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   le nettoyage avec une brosse métallique ou une paille de fer
-[...20 lines deleted...]
-   &lt;br /&gt;
+   Camille BARTHE : 03 87 33 67 62 / camille.barthe&amp;#64;grandest.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- Le Président de la Région pourra solliciter l&amp;#039;avis d&amp;#039;un comité scientifique et technique ad hoc avant présentation au vote des élus.
-[...55 lines deleted...]
-      <c r="Y43" s="1" t="inlineStr">
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sophie PAYER : 03 26 70 31 68 / sophie.payer&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ad50-prevenir-et-gerer-les-inondations/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB82" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des inondations</t>
+        </is>
+      </c>
+      <c r="AE82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF82" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG82" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH82" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E44" s="1" t="inlineStr">
+    <row r="83" spans="1:34" customHeight="0">
+      <c r="A83" s="1">
+        <v>95045</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer la gouvernance et la structuration de maîtrise d'ouvrage de projets structurants dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer la gouvernance et la structuration de maitrise d’ouvrage de projets structurants dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
-[...142 lines deleted...]
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...4 lines deleted...]
-      <c r="K45" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="O45" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Appui à l&amp;#039;animation de sages
+Plafond de 45 0000 € /an pour le salaire et 5 000 € pour les frais de fonctionnement /an, étude au cas par cas
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide régionale  à l&amp;#039;animation en complément de l&amp;#039;aide des Agences de l&amp;#039;Eau dans la limite de 80 % d&amp;#039;aide publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide aux études à 20% maximum dans la limite de 80% d&amp;#039;aide publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Structurer la maitrise d&amp;#039;ouvrage sur les grands axes fluviaux
+Subvention variable selon les statuts, les besoins et la gouvernance de l&amp;#039;EPTB
+Aide aux études à 20 % maximum dans la limite de 80 % d&amp;#039;aide publique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P45" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S45" s="1" t="inlineStr">
+      <c r="P83" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structures porteuses des SAGE : collectivités, associations. EPTB
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Animation des SAGE en cours d&amp;#039;élaboration ou mis en œuvre.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude nécessaire à l&amp;#039;élaboration/mise en œuvre des SAGE.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la structuration des EPTB sur les bassins d&amp;#039;intérêts régionaux à enjeu de maîtrise d&amp;#039;ouvrage.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude nécessaire à l&amp;#039;élaboration et mise en œuvre des travaux des EPTB (inventaire, analyse hydraulique..) non couverte par les autres dispositifs régionaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Dépenses salariales (salaire brut chargé &amp;#43; enveloppe forfaitaire pour les dépenses d&amp;#039;accompagnement) dans la limite d&amp;#039;un animateur (1 ETP) par SAGE. Subvention pluriannuelle/ adhésion régionale aux EPTB. Dépenses pour les études nécessaires à l&amp;#039;élaboration/mise en œuvre des SAGE. Dépenses pour les études nécessaires à l&amp;#039;élaboration et la mise en œuvre des travaux des EPTB (inventaire, analyse hydraulique..) non couvertes par les autres dispositifs régionaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
-[...274 lines deleted...]
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appuyer-gouvernance-structuration-de-maitrise-douvrage/</t>
+        </is>
+      </c>
+      <c r="W83" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0088/depot/simple</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adeline ALBRECHT : 03.88.15.67.84 / adeline.albrecht&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : 03 87 33 67 65 / francis.vogin&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Moselle (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Camille BARTHE : 03 87 33 67 62 / camille.barthe&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sophie PAYER : 03 26 70 31 68 / spayer&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2f8d-appuyer-la-gouvernance-et-la-structuration-de/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB83" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF83" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG83" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH83" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E48" s="1" t="inlineStr">
+    <row r="84" spans="1:34" customHeight="0">
+      <c r="A84" s="1">
+        <v>95046</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives interculturelles ou interreligieuses</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif de soutien aux initiatives interreligieuses</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H48" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I48" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
-[...58 lines deleted...]
-      <c r="O48" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir les initiatives interculturelles ou interreligieuses.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P48" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S48" s="1" t="inlineStr">
+      <c r="P84" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2017</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations, les collectivités locales, les confessions religieuses et les organismes qui leur sont liés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles, les manifestations culturelles, festives, les rencontres, les actions caritatives ou humanitaires, les sessions de formation ou les projets de sensibilisation ou de communication. Les projets associeront au moins trois des principales religions présentes dans la région Grand Est : catholique, protestante, orthodoxe, judaïque, musulmane, bouddhiste, hindouiste et bahaï. Les principales caractéristiques des projets mettront en exergue :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la dimension et le retentissement régional de l&amp;#039;initiative,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la participation prévisible,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;originalité, voire la singularité de l&amp;#039;initiative par rapport à celles déjà soutenues par d&amp;#039;autres dispositifs régionaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la réalité des partenariats, de l&amp;#039;échange et du dialogue entre les différentes sensibilités concernées et mobilisées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant du soutien régional sera défini au cas par cas en fonction de l&amp;#039;ampleur du projet et sera attribué dans la limite d&amp;#039;un plafond de 1 500 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
-[...155 lines deleted...]
-      <c r="L50" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-initiatives-interculturelles-interreligieuses/</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0104/depot/simple</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Région Grand Est décide de promouvoir les productions, les savoir-faire et les initiatives de l&amp;#039;ensemble de la chaîne de valeur agricole, viticole et forestière du Grand Est auprès des professionnels, des prescripteurs et du grand public.
-[...32 lines deleted...]
- &lt;/strong&gt;
+ Pour les demandes de paiement :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Tout organisme juridiquement constitué ayant un projet de manifestation agricole, viticole ou forestière et y étant autorisé par ses statuts.
-[...9 lines deleted...]
-&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   manifestations citées en annexe 1 du règlement à télécharger,
-[...85 lines deleted...]
-   l&amp;#039;achat d&amp;#039;espaces publicitaires.
+   &lt;a href="mailto:vieassociative&amp;#64;grandest.fr"&gt;
+    vieassociative&amp;#64;grandest.fr
+   &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32ae-soutien-aux-initiatives-interculturelles-ou-i/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF84" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG84" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH84" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E51" s="1" t="inlineStr">
+    <row r="85" spans="1:34" customHeight="0">
+      <c r="A85" s="1">
+        <v>95070</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'hydro-électricité</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'hydro-électricité</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G51" s="1" t="inlineStr">
-[...612 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
-[...3 lines deleted...]
-      <c r="H55" s="1" t="inlineStr">
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I55" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K55" s="1" t="inlineStr">
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 30</t>
+        </is>
+      </c>
+      <c r="J85" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de l'aide : 100.000 €</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
-[...21 lines deleted...]
-  pour des projets structurants
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs du
+  &lt;a href="https://www.grandest.fr/politiques-publiques/sraddet/"&gt;
+   Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET)
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concilier le développement hydro-électrique et la franchissabilité piscicole
  &lt;/li&gt;
 &lt;/ul&gt;
-La Région accompagne également les territoires moins pourvus en ingénierie dans la réflexion préalable, la définition de projet de requalification de friche et son séquençage avec la mise à disposition auprès des collectivités locales et leur EPCI d&amp;#039;une
-[...20 lines deleted...]
-  Travaux de reconversion du site : travaux et frais de maitrise d&amp;#039;œuvre (clos-couvert, aménagements, réhabilitation, reconstruction, hors VRD).
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises (hors fournisseur d&amp;#039;énergie)
  &lt;/li&gt;
 &lt;/ul&gt;
-Volet 2) Résorption des friches urbaines et « verrues » paysagères – expérimental d&amp;#039;avril 2020 à décembre 2022
-[...13 lines deleted...]
-      <c r="O55" s="1" t="inlineStr">
+&lt;p&gt;
+ Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rénovation et/ou construction de centrale hydro-électrique sur des ouvrages hydrauliques existants.
+Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Études
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Taux :
+  &lt;/strong&gt;
+  70 % sauf 60 % pour les moyennes entreprises et 50 % pour les grandes entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque :
+  &lt;/strong&gt;
+  intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond de l&amp;#039;aide :
+  &lt;/strong&gt;
+  10 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les collectivités : 30 % pour des turbines ichtyocompatibles, 20 % pour autres turbines avec dispositif de montaison et dévalaison fonctionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les entreprises et associations : 20 % pour des turbines ichtyocompatibles, 10 % pour autres turbines avec dispositif de montaison et dévalaison fonctionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond de l&amp;#039;aide :
+  &lt;/strong&gt;
+  100.000 €
+  &lt;strong&gt;
+   Remarque :
+  &lt;/strong&gt;
+  intervention par la Région seule
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-lhydroelectricite"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P55" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S55" s="1" t="inlineStr">
+      <c r="P85" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X55" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lhydro-electricite/</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction de la Cohésion des Territoires
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-lhydroelectricite" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-lhydroelectricite
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89c4-soutien-a-lhydro-electricite/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF85" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG85" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH85" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:34" customHeight="0">
+      <c r="A86" s="1">
+        <v>95071</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner des projets collaboratifs pour la rénovation énergétique des logements</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux du Climat de l&amp;#039;Air et de l&amp;#039;Energie en matière d&amp;#039;efficacité énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer des offres d&amp;#039;accompagnement complet des ménages (technique et financier) dans le cadre de projets de rénovation globale et performante, comme par exemple le Service Intégré de Rénovation Energétique Oktave ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimenter de nouveaux outils et services destinés à être mis en oeuvre et diffusés au travers d&amp;#039;un réseau de Plateformes Locales de Rénovation Energétique de l&amp;#039;Habitat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la structuration d&amp;#039;écosystèmes d&amp;#039;acteurs organisés, capables de répondre aux enjeux de la rénovation en s&amp;#039;adaptant à l&amp;#039;évolution de la demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités locales (EPCI, territoires de projet), les associations comme les Agences Locales de l&amp;#039;Energie (ALE), Société d&amp;#039;économie mixte (SEM) ou Société publique locale (SPL) mandatées
+par une ou plusieurs collectivités et, d&amp;#039;une manière générale, tout acteur impliqué dans des partenariats public/privé, comme une structure relevant de l&amp;#039;Economie Sociale et Solidaire
+spécialisée dans l&amp;#039;écoconstruction (exemple SCIC).
+Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces outils et services nouveaux profiteront directement aux ménages souhaitant rénover leur logement et apporteront un avantage aux entreprises et aux territoires qui les mettront en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature des projets
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;accompagner des projets collaboratifs menés en lien avec une ou plusieurs plateformes locales de rénovation énergétique de l&amp;#039;habitat du territoire en vue d&amp;#039;une mutualisation des résultats.
+Ces projets devront s&amp;#039;inscrire a minima dans l&amp;#039;un des champs d&amp;#039;expérimentation suivant :
+1. La dimension « collective » permettant de fédérer les ménages, mutualiser et optimiser les coûts de la rénovation (par exemple les coûts d&amp;#039;ingénierie) par le traitement d&amp;#039;ensembles de
+logements,
+2. La possibilité d&amp;#039;apporter une réponse technique « pré-fabriquée », par des acteurs locaux au travers de solutions de rénovation dédiées à des typologies d&amp;#039;habitat ciblées représentant un
+volume important de logements aux caractéristiques techniques similaires. Ces offres permettant d&amp;#039;envisager une rationalisation des coûts de rénovation, une rénovation de qualité,
+une massification des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région porte sur l&amp;#039;ensemble des dépenses d&amp;#039;investissement ou de fonctionnement qui concourent directement à l&amp;#039;aboutissement du projet déposé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Taux maxi : dans le respect des règles d&amp;#039;encadrement communautaire
+• Plafond : Le taux d&amp;#039;intervention sera défini selon le plan de financement du projet, le niveau de risque pris par le maître d&amp;#039;ouvrage, la complexité de l&amp;#039;opération.
+Remarque : Intervention complémentaire Région-ADEME. L&amp;#039;ADEME intervient directement selon ses systèmes d&amp;#039;aide conformément à l&amp;#039;AMI « Plateformes Locales de Rénovation Energétique de l&amp;#039;Habitat ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/developpement-de-loffre-de-service-renovation-energetique-globale-performante/</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rapprochez-vous du Service Transition Energétique de la Région Grand Est rattaché à votre département :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   &lt;a rel="noopener" target="_blank"&gt;
-[...1 lines deleted...]
-   &lt;/a&gt;
+   Départements 67, 68 : Strasbourg
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements 54, 55, 57, 88 : Metz
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements 08, 10, 51, 52 : Chalons-en-Champagne.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f06-developpement-de-loffre-de-service-pour-la-re/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF86" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG86" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH86" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E56" s="1" t="inlineStr">
+    <row r="87" spans="1:34" customHeight="0">
+      <c r="A87" s="1">
+        <v>95075</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Rénover les logements sociaux</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de rénovation de logements non éligibles au FEDER, selon le Programme Opérationnel en vigueur sur le territoire où se situe l&amp;#039;opération. Les opérations éligibles sont ainsi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sur les territoires alsacien et champardennais : opérations pour lesquelles l&amp;#039;étiquette énergétique avant travaux est D ou encore moins économe
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur le territoire champardennais : opérations &amp;lt; 40 logements en habitat collectif et &amp;lt; à 10 en habitat individuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur le territoire alsacien : opérations &amp;lt; 50 logements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur les territoires alsaciens, lorrains et champardennais : opérations d&amp;#039;acquisition-amélioration, ou dès épuisement des crédits FEDER.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant forfaitaire : entre 2 500 et 4 500 €/logt rénové (voir détail en Annexe 3 du règlement), selon le bouquet de travaux réalisé.
+ &lt;strong&gt;
+  Bonus :
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  Matériaux biosourcés pour l&amp;#039;isolation :
+ &lt;/strong&gt;
+ outre l&amp;#039;amélioration de la performance énergétique des logements, le recours à des matériaux biosourcés pour l&amp;#039;isolation permet de réduire l&amp;#039;impact énergétique et climatique des projets de rénovation tout en privilégiant le recours à des ressources renouvelables assurant par ailleurs la continuité de migration de la vapeur d&amp;#039;eau.
+Le recours à des isolants biosourcés pour l&amp;#039;isolation des parois opaques verticales ouvre droit à une bonification de 500 € par logement.
+ &lt;strong&gt;
+  Création de logements locatifs-sociaux
+ &lt;/strong&gt;
+ : Les opérations d&amp;#039;acquisition-amélioration donnant lieu à la création de logements locatifs conventionnés bénéficient d&amp;#039;une bonification d&amp;#039;aide de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  2 000 € par logement créé sans changement de destination de tout ou partie concernée du bâtiment rénové.
+ &lt;/li&gt;
+ &lt;li&gt;
+  4 000 € par logement créé par changement de destination de tout ou partie concernée du bâtiment rénové.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond
+ &lt;/strong&gt;
+ : 40 logements en habitat collectif et 10 logements en habitat individuel sur le territoire champardennais avant épuisement des crédits FEDER, 50 logements après. 50 logements sur les territoires alsacien et lorrain. Pour les opérations d&amp;#039;acquisition-amélioration, plafond de 50 logements quelque soit la localisation.
+Cette aide est cumulable avec d&amp;#039;autres dispositifs régionaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P87" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bailleurs sociaux, au sens de l&amp;#039;article R323-1 du CCH.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-logements-sociaux/</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible des projets avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 64 96
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 62 85
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-renovation-logements-sociaux" rel="noopener" target="_blank"&gt;
+  Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8aad-renovation-energetique-des-logements-sociaux/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB87" s="1" t="inlineStr">
+        <is>
+          <t>Isolation du bâtiment</t>
+        </is>
+      </c>
+      <c r="AE87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF87" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG87" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH87" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:34" customHeight="0">
+      <c r="A88" s="1">
+        <v>95077</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les manifestations sportives</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux manifestations sportives</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
-[...3 lines deleted...]
-      <c r="H56" s="1" t="inlineStr">
+Département
+Région
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I56" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 10 % maximum du budget prévisionnel éligible
+Plancher : 800 €, calculé sur la base des dépenses éligibles.
+Remarque : Toute manifestation justifiant d&amp;#039;un caractère exceptionnel avéré fera l&amp;#039;objet d&amp;#039;une étude particulière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande doit être déposée en ligne, en cliquant sur le lien disponible dans l&amp;#039;encart ci-dessus et
+ &lt;strong&gt;
+  doit impérativement être transmise, 4 mois avant le début de la manifestation.
+ &lt;/strong&gt;
+ En cas de doute, n&amp;#039;hésitez pas à contacter votre référent dont les coordonnées sont indiquées dans l&amp;#039;onglet « Contact » sur la page de la Région
+ .
+Toute demande incomplète ou arrivée hors délais sera rejetée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>30/11/2016</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les ligues et comités sportifs régionaux, les clubs sportifs ainsi que toute autre structure associative ou professionnelle mandatée par une fédération sportive reconnue par le Ministère en charge des Sports.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Manifestation sportive officielle, de niveau de compétition national minimum, inscrite au calendrier fédéral d&amp;#039;une discipline reconnue par le Ministère en charge des Sports.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Méthode de sélection
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La sélection sera faite en collaboration avec les ligues et comités sportifs régionaux qui transmettront au Service des Sports, durant l&amp;#039;année civile, une liste de 20 manifestations maximum pour le Grand Est, réparties idéalement à hauteur de deux compétitions maximum par département et par discipline. Seuls les projets justifiant d&amp;#039;une aide financière de la commune ou de l&amp;#039;intercommunalité d&amp;#039;accueil pourront bénéficier d&amp;#039;un soutien régional.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses incombant directement aux organisateurs, hors mises à disposition, valorisation, primes et récompenses financières, restauration et hébergement facturés aux participants ou toute autre dépense prise en charge par un autre partenaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-manifestations-sportives/</t>
+        </is>
+      </c>
+      <c r="W88" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0139/depot/simple</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  En cas de doute, veuillez s&amp;#039;il vous plait vérifier votre possibilité éligibilité auprès des services avant de constituer un dossier
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour l&amp;#039;Alsace :
+  &lt;a href="mailto:claire.manigold&amp;#64;grandest.fr"&gt;
+   Claire MANIGOLD
+  &lt;/a&gt;
+  – 03 88 15 65 24
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour la Champagne-Ardenne :
+  &lt;a href="mailto:isabelle.pillard&amp;#64;grandest.fr"&gt;
+   Isabelle PILLARD
+  &lt;/a&gt;
+  – 03 26 70 66 28
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour la Lorraine :
+  &lt;a href="mailto:xavier.blond&amp;#64;grandest.fr"&gt;
+   Xavier BLOND
+  &lt;/a&gt;
+  – 03 87 61 68 08
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Avant de faire votre demande en ligne,
+  &lt;br /&gt;
+  consultez le :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+  mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  guide utilisateurs
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/18eb-soutien-aux-manifestations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF88" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG88" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH88" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:34" customHeight="0">
+      <c r="A89" s="1">
+        <v>1028</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer le patrimoine non protégé</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J56" s="1" t="inlineStr">
+      <c r="J89" s="1" t="inlineStr">
         <is>
           <t>L'aide revêt la forme d'une subvention plafonnée à 100 000 €.</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par ce dispositif, la région Grand Est décide de préserver et restaurer le patrimoine architectural non protégé et les édifices inscrit au titre des Monuments Historiques (IMH), encourager la transmission des métiers et savoir-faire et la création d&amp;#039;emplois, et mobiliser le mécénat populaire de proximité en faveur du patrimoine bâti par le partenariat avec la Fondation du Patrimoine ou tout autre organisme ou association en charge du mécénat populaire en faveur du patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Le patrimoine bâti non protégé :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Public : cultuel, domestique, industriel, militaire, édicules (lavoir, croix de chemin, fontaine, etc.), ouvrages liés à l&amp;#039;eau (à l&amp;#039;exception des ponts postérieurs à 1789)
  &lt;/li&gt;
  &lt;li&gt;
   Privé : demeure, moulin, ferme, château, édicules, industriel etc.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   Le patrimoine bâti Inscrit au titre des Monuments Historiques (IMH) :
@@ -9792,63 +17956,63 @@
  &lt;li&gt;
   Public : cultuel, domestique, édicules (lavoir, croix de chemin, fontaine, etc.), ouvrages liés à l&amp;#039;eau (à l&amp;#039;exception des ponts postérieurs à 1789), etc.
  &lt;/li&gt;
  &lt;li&gt;
   Privé : demeure, moulin, ferme, château, édicules, etc.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les travaux de restauration portant sur le clos, le couvert et le décor porté (ferronneries, mosaïques, peintures murales, etc.).
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux pouvant présenter un caractère d&amp;#039;urgence et de mise en sécurité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Architecture
 Emploi</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les collectivités territoriales et associations propriétaires d&amp;#039;édifices situés dans une commune de moins de 6 000 habitants ;
   &lt;/li&gt;
   &lt;li&gt;
    Les personnes physiques propriétaires d&amp;#039;édifices situés dans une commune de moins de 3 500 habitants.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Les critères d&amp;#039;éligibilité :
  &lt;/strong&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     les édifices remarquables et d&amp;#039;intérêt patrimonial et historique exceptionnel ou représentatif au niveau régional ;
    &lt;/li&gt;
    &lt;li&gt;
     les édifices visibles de l&amp;#039;espace public ;
@@ -9867,23286 +18031,195 @@
    &lt;/li&gt;
    &lt;li&gt;
     les travaux de valorisation en vue de l&amp;#039;animation, de l&amp;#039;ouverture au public, de salle d&amp;#039;exposition, etc... ;
    &lt;/li&gt;
    &lt;li&gt;
     la présentation d&amp;#039;un plan de financement faisant apparaître les subventions demandées et le cas échéant la part estimative provenant du mécénat ;
    &lt;/li&gt;
    &lt;li&gt;
     un phasage des travaux prévoyant le projet dans son ensemble ;
    &lt;/li&gt;
    &lt;li&gt;
     l&amp;#039;engagement de réaliser les travaux dans l&amp;#039;année de la décision de l&amp;#039;assemblée régionale ;
    &lt;/li&gt;
    &lt;li&gt;
     l&amp;#039;intérêt du projet de restauration de valorisation ou de réhabilitation de qualité, selon l&amp;#039;analyse effectuée par l&amp;#039;Inventaire général du patrimoine culturel, par l&amp;#039;Unité Départemental de l&amp;#039;Architecture et du Patrimoine (UDAP) ou le Conseil d&amp;#039;Architecture, d&amp;#039;Urbanisme et d&amp;#039;Environnement concerné (CAUE) ;
    &lt;/li&gt;
    &lt;li&gt;
     la possibilité accordée aux équipes de l&amp;#039;Inventaire général du patrimoine culturel d&amp;#039;étudier l&amp;#039;édifice et d&amp;#039;en effectuer des photographies dont la diffusion, lorsqu&amp;#039;il s&amp;#039;agit des parties privatives, sera soumise à l&amp;#039;autorisation du propriétaire ou de l&amp;#039;occupant.
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;p&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T89" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/preservation-restauration-patrimoine-non-protege/</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture, du Patrimoine et de la Mémoire
 &lt;/p&gt;
 &lt;p&gt;
  patrimoines-subventions&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  03 87 54 32 36
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/44b3-preservation-et-restauration-du-patrimoine-no/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB89" s="1" t="inlineStr">
+        <is>
+          <t>Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AE89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF89" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG89" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH89" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E57" s="1" t="inlineStr">
+    <row r="90" spans="1:34" customHeight="0">
+      <c r="A90" s="1">
+        <v>1030</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Mener des actions de mutualisation des opérations d'inventaire général du patrimoine culturel</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
-[...6142 lines deleted...]
-      </c>
       <c r="G90" s="1" t="inlineStr">
-        <is>
-[...16965 lines deleted...]
-      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H178" s="1" t="inlineStr">
+Recherche
+Association</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I178" s="1" t="inlineStr">
+      <c r="I90" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 50</t>
         </is>
       </c>
-      <c r="J178" s="1" t="inlineStr">
+      <c r="J90" s="1" t="inlineStr">
         <is>
           <t>Plancher de la subvention : 2.000€ / La subvention est plafonnée à : 75.000€ sur 5 ans ou 20.000€ po</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par ce dispositif, la Région Grand Est décide de renforcer la connaissance et la reconnaissance du patrimoine culturel régional, matériel et immatériel, par la réalisation de programmes de
  recherche et par la mutualisation des moyens en aidant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations réalisées par ou avec des partenaires qui s&amp;#039;engagent par convention à respecter les normes de l&amp;#039;Inventaire général. Ces opérations peuvent être des recensements (cf. définition dans « Principes, méthodes et conduites »), des diagnostics (définition en cours), des inventaires topographiques ou thématiques, avec ou sans dépouillement d&amp;#039;archives ;
  &lt;/li&gt;
  &lt;li&gt;
   la professionnalisation des personnes en charge de l&amp;#039;identification et de la connaissance du patrimoine sur le territoire, afin de créer un maillage de professionnels aptes à intégrer les préoccupations patrimoniales dans la politique d&amp;#039;aménagement du territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   la diffusion du résultat de l&amp;#039;étude au cours de sa réalisation puis à son achèvement sur tout support et pour tout public.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 International</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont éligibles les opérations d&amp;#039;Inventaire général portant sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    le patrimoine bâti public ou privé présentant un intérêt pour l&amp;#039;histoire, l&amp;#039;histoire de l&amp;#039;art, des techniques, de l&amp;#039;urbanisme, des mentalités et des manières de vivre sur le territoire régional ;
   &lt;/li&gt;
   &lt;li&gt;
    le patrimoine mobilier public ou privé présentant un intérêt pour l&amp;#039;histoire, l&amp;#039;histoire de l&amp;#039;art, des techniques, des mentalités et des manières de vivre sur le territoire régional ;
   &lt;/li&gt;
   &lt;li&gt;
    le patrimoine immatériel en lien avec le patrimoine matériel régional.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les actions de valorisation issues d&amp;#039;opérations d&amp;#039;Inventaire général telles que :
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -33259,6072 +18332,1374 @@
   &lt;/li&gt;
   &lt;li&gt;
    Le coût de l&amp;#039;édition des publications et catalogues d&amp;#039;exposition ;
   &lt;/li&gt;
   &lt;li&gt;
    Le coût de la réalisation des actions de valorisation (conception, mise en oeuvre).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les dépenses de communication ;
   &lt;/li&gt;
   &lt;li&gt;
    Les dépenses liées aux inaugurations, déplacements d&amp;#039;intervenants et repas.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T90" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-actions-de-mutualisation-operations-dinventaire-general-patrimoine-culturel/</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   Direction de la Culture, du Patrimoine et de la Mémoire
  &lt;/p&gt;
  &lt;p&gt;
   Pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
  &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d473-soutien-aux-actions-de-mutualisation-des-oper/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF90" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG90" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH90" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E179" s="1" t="inlineStr">
+    <row r="91" spans="1:34" customHeight="0">
+      <c r="A91" s="1">
+        <v>1036</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Développer l’enseignement bilingue français-allemand</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...7 lines deleted...]
-      <c r="H179" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiez d&amp;#039;une subvention régionale pouvant aller :
-[...31 lines deleted...]
-  (taux d&amp;#039;aide de 20%)
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de soutenir le développement de l&amp;#039;enseignement bilingue paritaire français-allemand prenant appui sur l&amp;#039;apprentissage précoce à la fois dans le secteur public et dans le secteur associatif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien à l&amp;#039;équipement des classes bilingues paritaires publiques fonctionnant sur le mode d&amp;#039;un RPI : Section investissement. Montant forfaitaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aide unique de 7 700 € pour l&amp;#039;ouverture de la première classe dans l&amp;#039;une des communes membres du RPI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide de 4 600 € par classe complémentaire ouverte dans le RPI.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;span&gt;
-[...22 lines deleted...]
-  Des projets économiques publics ou privés de mise en tourisme fluvestre sur et dans l&amp;#039;environnement immédiat des canaux et voies d&amp;#039;eau éligibles (Canal des Ardennes, canal de la Meuse, Canal des Vosges, Canal du Rhône au Rhin Branche Sud, Canal du Rhône au Rhin déclassé).
+ Aide au fonctionnement des classes bilingues associatives et privées qui sont hors contrat d&amp;#039;association avec l&amp;#039;Etat :
+&lt;/p&gt;
+&lt;p&gt;
+ Section fonctionnement. Montant forfaitaire : aide de 20 000 € par classe bilingue paritaire hors contrat d&amp;#039;association.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Jeunesse
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien à l&amp;#039;équipement des classes publiques fonctionnant sur le mode d&amp;#039;un Regroupement Pédagogique Intercommunal : ouverture de classes bilingues paritaires français-allemand.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide au fonctionnement des classes bilingues associatives et privées qui sont hors contrat d&amp;#039;association avec l&amp;#039;Etat : ouverture de classes bilingues paritaires français-allemand.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Soutien à l&amp;#039;équipement des classes publiques fonctionnant sur le mode d&amp;#039;un RPI : acquisition de mobilier et de matériel pédagogique destinées à soutenir l&amp;#039;enseignement bilingue paritaire dans le cadre intercommunal :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   aide unique de 7 700 € pour l&amp;#039;ouverture de la première classe dans l&amp;#039;une des communes membres du RPI,
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide de 4 600 € par classe complémentaire ouverte dans le RPI.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Aide au fonctionnement des classes bilingues associatives et privées qui sont hors contrat d&amp;#039;association avec l&amp;#039;Etat :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   aide de 20 000 € par classe bilingue paritaire hors contrat d&amp;#039;association.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/politique-regionale-faveur-developpement-multilinguisme/</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   Direction : Culture, Patrimoine et Mémoire.
+  &lt;/p&gt;
+  &lt;p&gt;
+   Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+  &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d56c-politique-regionale-en-faveur-du-developpemen/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF91" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG91" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH91" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:34" customHeight="0">
+      <c r="A92" s="1">
+        <v>1037</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un soutien suite à des catastrophes naturelles</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>La subvention est plafonnée à 20.000€</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ Aider les communes à entreprendre les travaux de réparation des dégâts causés par des catastorphes naturelles exceptionnelles, reconnues par arrêté interministériel sur les installations ou équipements publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets et dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dégâts causés par les catastrophes naturelles sur le domaine et les bâtiments publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux réalisés par des entreprises, achat de matériaux/fournitures.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Une aide par commune et par événement exceptionnel reconnu par l&amp;#039;arrêté de catastrophe naturelle. A titre dérogatoire et pour des sinistres d&amp;#039;ampleur exceptionnelle l&amp;#039;aide régionale pourra être déplafonnée.
+ Pour la mise en œuvre de ce dispositif, un fonds d&amp;#039;intervention est spécialement constitué intitulé « fonds exceptionnel d&amp;#039;aide aux communes touchées par des catastrophes naturelles », dans la limite de 1M€ par an.
+ Ce dispositif est complémentaire aux différentes aides existant en faveur des communes et notamment de celui en faveur des investissements des communes rurales.
+&lt;p&gt;
+ Les dossiers seront reçus au fil de l&amp;#039;eau. Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention et du dépôt d&amp;#039;un dossier de demande d&amp;#039;aide (à télécharger) comprenant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;arrêté de classement en catastrophe naturelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un estimatif – devis – des travaux de réfection envisagés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plan de financement global mentionnant la prise en charge des assurances.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...59 lines deleted...]
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="T179" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes reconnues en état de catastrophes naturelles par arrêté interministériel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X179" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/fonds-aide/</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...18 lines deleted...]
- Contactez la Direction du Tourisme tourisme&amp;#64;grandest.fr &amp;#43;33 (0)3 87 33 67 21
+ territoiresetruralites&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/013d-fonds-daide-exceptionnelle-en-faveur-des-comm/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF92" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG92" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH92" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E180" s="1" t="inlineStr">
+    <row r="93" spans="1:34" customHeight="0">
+      <c r="A93" s="1">
+        <v>1038</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'aménagement des musées ou acquérir des équipements muséographiques</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...5 lines deleted...]
-      <c r="H180" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I180" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Par ce dispositif, la Région Grand Est décide de soutenir les projets situés sur le Massif des Vosges dans le Grand Est, afin de capter de nouvelles clientèles mais également de fidéliser celles de proximité.
-[...2 lines deleted...]
- Il convient de renforcer l&amp;#039;attractivité de la montagne en y développant une offre touristique durable quatre saisons, en accompagnant les opérateurs dans la diversification de leurs activités dans un contexte de changement climatique. Il s&amp;#039;agit de développer un tourisme durable qui prend en compte les impacts économiques, sociaux et environnementaux présents et futurs, au regard des besoins des visiteurs et des professionnels.
+ En Grand Est, on compte 131 musées labellisés « musée de France ». Structures essentielles dans la diffusion des œuvres d&amp;#039;art, de l&amp;#039;histoire et des traditions en région, les musées contribuent à des missions scientifiques, culturelles, pédagogiques et touristiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Après adoption de leur projet scientifique et culturel, certains d&amp;#039;entre eux veulent engager des travaux de modernisation et de conservation, de mise en réserves, à partir de programmes de rénovation ou de constructions neuves.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide d&amp;#039;accompagner les porteurs de projets défendant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;excellence en matière de muséographie, incluant des outils pédagogiques utilisant les technologies du numérique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualité de la conservation, pouvant inclure un programme de construction de réserves,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une intégration dans les enjeux de développement local, ex : économie, tourisme, emplois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ambition de rayonnement de leur collection en région, en France et en Europe.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les projets de construction ou de rénovation de musées labellisés « musée de France »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets de réserves aux normes contemporaines de conservation en lien avec des projets de construction ou de rénovation de musée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets muséographiques et scénographiques en lien avec un projet de construction ou de rénovation de musée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans une réflexion par rapport à l&amp;#039;offre muséale et patrimoniale du Grand Est et dans un projet de développement territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Méthode de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet doit obtenir l&amp;#039;agrément préalable des services compétents de l&amp;#039;État, y compris en cas de construction ou de rénovation de réserves,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit s&amp;#039;appuyer sur un projet scientifique et culturel validé par le service des Musées de France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un projet portant sur les réserves n&amp;#039;est pris en considération que s&amp;#039;il s&amp;#039;inscrit dans un projet muséographique plus important.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les investissements liés au développement des espaces d&amp;#039;expositions temporaires sont privilégiés afin de favoriser l&amp;#039;attractivité du musée.
+&lt;/p&gt;
+&lt;p&gt;
+ En vue de privilégier les projets à caractère réellement structurant, le montant minimum de l&amp;#039;investissement envisagé doit être de 150 000 € H.T.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à celle du début des travaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O180" s="1" t="inlineStr">
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lamenagement-musees-a-lacquisition-dequipements-museographiques/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Projets éligibles :
-[...63 lines deleted...]
- &lt;strong&gt;
   Siège du Conseil Régional - Strasbourg :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...61 lines deleted...]
-      <c r="Y180" s="1" t="inlineStr">
+&lt;p&gt;
+ Tél. &amp;#43;33 (0)3 88 15 68 67
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hôtel de Région - Metz :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. &amp;#43;33 (0)3 87 33 60 00
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hôtel de Région - Châlons-en-Champagne :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. &amp;#43;33 (0)3 26 70 31 31
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d094-soutien-a-lamenagement-des-musees-ou-a-lacqui/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF93" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG93" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH93" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E181" s="1" t="inlineStr">
+    <row r="94" spans="1:34" customHeight="0">
+      <c r="A94" s="1">
+        <v>1041</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Compléter les collections des musées régionaux</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-Région
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 500 €</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-  Nature et montant de l&amp;#039;aide
+ Fonds régional pour les acquisitions des musées (FRAM)
+&lt;/p&gt;
+&lt;p&gt;
+ Il vise à compléter les collections des musées régionaux dans le sens de la spécificité de chaque établissement. Le FRAM est un fonds cogéré par l&amp;#039;Etat et la Région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux maxi
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 % du prix de l&amp;#039;oeuvre, commission comprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  60 % du prix de l&amp;#039;oeuvre, commission comprise, en cas d&amp;#039;acquisition exceptionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 % du prix de l&amp;#039;oeuvre, commission comprise, en fonction des capacités financières de la collectivité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers devront être déposés avant le 31 juillet de chaque année pour permettre un examen par le Comité FRAM au cours du deuxième semestre et un passage en Commission Permanente avant la fin de l&amp;#039;année civile.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à la date d&amp;#039;achat de l&amp;#039;oeuvre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Musée</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Financement public total Région-Agence de l&amp;#039;eau de 80 %
-[...2 lines deleted...]
-   Plafond de 4 200 € HT
+   Acquisition d&amp;#039;oeuvres ou objets majeurs et significatifs qui, par leur prix, dépassent les possibilités budgétaires normales des bénéficiaires de l&amp;#039;aide.
   &lt;/li&gt;
  &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Méthode de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Avis positif de la Commission scientifique interrégionale des collections des Musées de France compétente ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Montant de l&amp;#039;acquisition justifié ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acquisition faite dans l&amp;#039;intérêt du Musée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acquisition inscrite dans un projet scientifique et culturel d&amp;#039;établissement et bénéficiant du soutien de l&amp;#039;Etat ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avis favorable du Comité Régional du FRAM, instance technique composée d&amp;#039;élus régionaux, de représentants de l&amp;#039;Etat et de personnes qualifiées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Dépenses liées à l&amp;#039;acquisition, sur présentation des factures acquittées
 </t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="R181" s="1" t="inlineStr">
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/fonds-regional-acquisitions-musees-fram/</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...20 lines deleted...]
- Les plans de désherbage et les plans de gestion différenciée des espaces.
+ Direction de la Culture, du Patrimoine et de la Mémoire
+&lt;/p&gt;
+&lt;p&gt;
+ Uniquement pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
-[...61 lines deleted...]
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea17-fonds-regional-pour-les-acquisitions-des-muse/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF94" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG94" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH94" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E182" s="1" t="inlineStr">
+    <row r="95" spans="1:34" customHeight="0">
+      <c r="A95" s="1">
+        <v>1045</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les meublés de tourisme afin de proposer une offre touristique d’excellence</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
-[...2789 lines deleted...]
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I199" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K199" s="1" t="inlineStr">
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Ce dispositif s&amp;#039;inscrit en cohérence avec les orientations stratégiques régionales en matière de maintien et de développement des emplois dans les zones ciblées prioritairement par le pacte de ruralité, et de manière plus large en matière de développement durable en évitant le report de trafics de marchandises de la voie ferroviaire vers la route.
-[...107 lines deleted...]
-      <c r="O199" s="1" t="inlineStr">
+ Par ce dispositif, la Région Grand Est décide de promouvoir les meublés de tourisme afin de proposer une offre touristique d&amp;#039;excellence et renforcer l&amp;#039;attractivité du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ PME au sens de l&amp;#039;union européenne, exploitants en nom propre, associations, particuliers, porteurs de projets publics pour les hébergements situés dans des communes de 2 000 habitants maximum dans les zones dépourvues d&amp;#039;hébergements touristiques, appréciation faite par la Région au travers de données fournies par l&amp;#039;Observatoire Régional du Tourisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les meublés de tourisme → Taux maxi : 20 % / Plafond : 60 000 €
+ &lt;br /&gt;
+ Pour les meublés de tourisme de grande capacité → Taux maxi : 20 % / Plafond : 100 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque
+ &lt;/strong&gt;
+ : Une période de franchise de 2 ans est appliquée avant toute nouvelle demande de subvention dès lors que le plafond d&amp;#039;aides a été perçu. Ce délai court à partir de la dernière délibération visée en Commission Permanente permettant de prendre en compte ce plafond.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération. Enfin, le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Projets éligibles
-[...22 lines deleted...]
-les travaux de remise en état de l&amp;#039;infrastructure ferroviaire pour une ligne capillaire fret ou la partie publique d&amp;#039;une Installation Terminale Embranchée connectée à une ligne capillaire fret classée UIC 7-9 SV.
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme : Investissements permettant la création ou la rénovation fondamentale d&amp;#039;équipements dans des bâtiments existants, en respectant l&amp;#039;architecture locale.
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme de grande capacité : Investissements permettant la création, la rénovation fondamentale ou l&amp;#039;extension d&amp;#039;équipements (chambres et/ou équipement complémentaire de type SPA, piscine, etc.).
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Sont éligibles les dépenses HT pour les études et travaux, les frais de MOA et MOE, et les frais annexes et de prestations intellectuelles (diagnostic, mission de bureau de contrôle, études de sol, etc.) ainsi que toutes dépenses nécessaires à la bonne réalisation des projets.
+ Meublés de tourisme : seront éligibles les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement et dont la dépense éligible est égale ou supérieure à 30 000 € HT &amp;#43; les honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme de grande capacité : Seront éligibles les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement de groupe et dont la dépense éligible est égale ou supérieure à 50 000 € HT &amp;#43; les honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ mobilier, matériel, éléments de décoration, literie, factures de matériaux mis en œuvre par le maître d&amp;#039;ouvrage ou par une association ainsi que les acquisitions immobilières et foncières et les investissements prévisibles et réglementaires (travaux de mise aux normes seuls).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
+      <c r="T95" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X199" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/meubles-de-tourisme/</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contactez votre maison de région.
-[...480 lines deleted...]
-  Nature et montant de l&amp;#039;aide :
+ &lt;strong&gt;
+  Siège du Conseil Régional - Strasbourg :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Prise en charge de 30% des dépenses d&amp;#039;études, de sensibilisation, de communication, d&amp;#039;organisation d&amp;#039;évènement, d&amp;#039;action de communication (versement sur présentation de factures)
-[...3 lines deleted...]
-   &lt;br /&gt;
+   Tél. &amp;#43;33 (0)3 88 15 68 67
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;h4&gt;
-[...76 lines deleted...]
-  Nature et montant de l&amp;#039;aide :
+&lt;p&gt;
+ &lt;strong&gt;
+  Coordonnées des Maisons de la Région :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Soutien au démarrage de l&amp;#039;activité de ressourceries ou d&amp;#039;actions de réemploi/réutilisation par une aide de 50% de la masse salariale
-[...477 lines deleted...]
-   &lt;/a&gt;
+   Maison de la Région – Charleville-Mézières / Verdun : 22 Avenue Georges Corneau 08000 CHARLEVILLE-MÉZIÈRES – Téléphone : 03 26 70 86 30 – maison.charleville-verdun&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Transport : 03 26 70 77 99
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Charleville-Mézières / Verdun : 44 Rue du Ru 55000 VERDUN – Téléphone : 03 26 70 74 80 – maison.charleville-verdun&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Saint-Dizier / Bar-le-Duc : 4 Rue des Romains 55000 BAR-LE-DUC – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Saint-Dizier / Bar-le-Duc : 9 Avenue de la République 52100 SAINT-DIZIER – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Châlons-en-Champagne : 5 Rue de Jéricho 51000 CHALONS-EN-CHAMPAGNE – Téléphone : 03 26 70 31 20 – maison.chalons&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Troyes / Chaumont : 9 Rue Charbonnet 10000 TROYES – Téléphone : 03 26 70 86 25 – maison.troyes-chaumont&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Troyes / Chaumont : 1 Boulevard Gambetta 52000 CHAUMONT – Téléphone : 03 26 70 86 50 – maison.troyes-chaumont&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Thionville / Longwy : 32 Rue du Vieux Collège 57100 THIONVILLE – Téléphone : 03 87 33 61 78 – maison.thionville&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Metz : 1 Place Gabriel Hocquard 57000 METZ – Téléphone : 03 87 61 65 49 – maison.metz&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Nancy : 4 Rue Piroux 54000 NANCY – Téléphone : 03 87 54 32 51 – maison.nancy&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Epinal : 40 Quai des Bons Enfants 88000 ÉPINAL – Téléphone : 03 87 33 62 47 – maison.epinal&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Saverne /Haguenau : 39 Rue Saint Nicolas 67700 SAVERNE – Téléphone : 03 88 03 40 80 – maison.saverne-haguenau&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Strasbourg : 26 Avenue de la Paix 67000 STRASBOURG – Téléphone : 03 88 15 67 40 – maison.strasbourg&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Sélestat : 1 Avenue de la Liberté 67600 SÉLESTAT – Téléphone : 03 88 58 41 11 – maison.selestat&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Mulhouse : 4 Avenue du Général Leclerc 68100 MULHOUSE – Téléphone : 03 89 36 67 68 – maison.mulhouse&amp;#64;grandest.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="R205" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b306-meubles-de-tourisme-grandest/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB95" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine</t>
+        </is>
+      </c>
+      <c r="AE95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF95" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG95" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH95" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:34" customHeight="0">
+      <c r="A96" s="1">
+        <v>1046</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les événements de forte envergure touristique</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...12 lines deleted...]
- L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ Par ce dispositif, la Région Grand Est décide de soutenir les évènements de forte envergure dont l&amp;#039;impact touristique est avéré. Il s&amp;#039;agit donc de faire converger la stratégie en matière d&amp;#039;événements et la stratégie relative au tourisme pour promouvoir la croissance du secteur touristique. Ces évènements auront deux priorités :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Ils devront contribuer à renforcer l&amp;#039;identité et l&amp;#039;image des destinations et des thématiques signatures.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ils devront générer une économie directe et indirecte en faveur du territoire qui sera évaluée chaque année dans le cadre d&amp;#039;études de retombées.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 20 % (sauf exception entrant dans le cadre d&amp;#039;autres régimes exemptés et contributions statutaires et événements identifiés comme étant phare dans le cadre des pactes de destination). Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération (hors régimes exemptés). Le soutien du Conseil régional sur ses fonds propres pourra être complété par la mobilisation de crédits FEDER ou FEADER. Seuls les dossiers répondant aux conditions et obligations du Programme Opérationnel ou du PDR du territoire concerné, et plus généralement aux règlements communautaires encadrant la gestion des fonds structurels seront instruits au titre des fonds FEDER ou FEADER.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les événementiels d&amp;#039;envergure régionale, nationale ou internationale, valorisant un site touristique d&amp;#039;envergure régional en particulier, et s&amp;#039;inscrivant idéalement dans un objectif de développement durable et / ou d&amp;#039;innovation touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles dans le cadre de ce règlement :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   justifier d&amp;#039;une candidature retenue dans une foire ou un salon d&amp;#039;art contemporain professionnel et de renommée en France ou à l&amp;#039;étranger,
-[...2 lines deleted...]
-   y présenter des œuvres d&amp;#039;au moins un artiste professionnel implanté en région Grand Est.
+   Les animations de loisirs à vocation locale (fêtes de village, foires, carnavals...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les manifestations à caractère politique ou syndical.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les animations de type commercial (brocantes, marché artisanal, vide – greniers...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les événements ayant trait aux fêtes de fin d&amp;#039;année seront traités dans le cadre d&amp;#039;un appel à projets ad hoc.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- Foires ou salons en France, à choisir dans la liste établie ci-dessous :
-[...40 lines deleted...]
- Sont éligibles les dépenses liées à la location du stand, ainsi qu&amp;#039;aux aménagements supplémentaires et frais pratiqués par la foire ou le salon.
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles toutes les dépenses liées à la bonne organisation de la manifestation (logistique, communication, locations diverses, intervenants, assurance, frais de transport, frais administratifs, les charges de personnel liées à l&amp;#039;organisation de l&amp;#039;évènement...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ la valorisation du bénévolat, les dépenses liées à la sécurité, taxes diverses (SACEM par exemple).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V205" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X205" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/accompagner-les-evenements/</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contact :
-[...25 lines deleted...]
-      <c r="AA205" s="1" t="inlineStr">
+ Direction des Sports et du Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 87 33 67 21
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72de-accompagner-les-evenements-grandest/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF96" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG96" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH96" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E206" s="1" t="inlineStr">
+    <row r="97" spans="1:34" customHeight="0">
+      <c r="A97" s="1">
+        <v>1048</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine classé au titre des monuments historiques</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G206" s="1" t="inlineStr">
-[...1023 lines deleted...]
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H212" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I212" s="1" t="inlineStr">
+      <c r="I97" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 30</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont concernés les travaux de restauration du patrimoine protégé au titre des monuments historiques, à l&amp;#039;exclusion des travaux d&amp;#039;entretien, et les études préalables correspondantes pour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le patrimoine architectural classé ou inscrit « Monument Historique » (églises, châteaux, demeures historiques) ;
  &lt;/li&gt;
  &lt;li&gt;
   le patrimoine militaire du Moyen Age à 1870 classé « Monument Historique » et les plus récents (après 1870) classés ou inscrits « Monuments Historiques » ;
  &lt;/li&gt;
  &lt;li&gt;
   le patrimoine industriel et technique classé ou inscrit « Monument Historique » ;
  &lt;/li&gt;
  &lt;li&gt;
   le patrimoine mobilier protégé au titre des Monuments Historiques, uniquement dans le cadre d&amp;#039;un projet global sur l&amp;#039;édifice dans lequel il est conservé.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  Peuvent être prises en compte dans le calcul de la dépense subventionnable : les dépenses d&amp;#039;investissement liées aux travaux, les études préalables, les diagnostics, les Projets Architecturaux et Techniques – il sera vérifié que les données du Service régional de l&amp;#039;Inventaire ont été intégrées -, et la première valorisation – action vis-à-vis du public pour présenter le projet, le chantier, la restauration.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Taux maximum :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   30 % du montant subventionnable pour les propriétaires d&amp;#039;édifices situés dans une commune de moins de 6000 habitants,
  &lt;/li&gt;
  &lt;li&gt;
   20 % du montant subventionnable pour les propriétaires d&amp;#039;édifices situés dans une commune de plus de 6000 habitants.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Architecture</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R212" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Assurer la conservation, la restauration et la mise en valeur du patrimoine architectural majeur classé ou inscrit au titre des Monuments Historiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour être éligibles, les projets doivent satisfaire, selon les cas, aux critères suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    caractère exceptionnel ou rareté de l&amp;#039;édifice, intérêt patrimonial (représentativité au titre d&amp;#039;un corpus, représentativité spécifique pour le patrimoine militaire ou industriel) ;
   &lt;/li&gt;
   &lt;li&gt;
    urgence sanitaire (arrêté de péril, risque pour les personnes ou les biens) ;
   &lt;/li&gt;
   &lt;li&gt;
    ouverture au public et actions envers le public.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
@@ -39338,2911 +19713,1552 @@
    &lt;li&gt;
     cohérence avec la programmation de l&amp;#039;Etat ;
    &lt;/li&gt;
    &lt;li&gt;
     qualité du projet de valorisation des actions vis-à-vis du public ;
    &lt;/li&gt;
    &lt;li&gt;
     projet intégré dans un programme prioritaire pluriannuel d&amp;#039;intervention ;
    &lt;/li&gt;
    &lt;li&gt;
     présentation d&amp;#039;un plan de financement faisant apparaître les subventions demandées et le cas échéant la part provenant du mécénat ;
    &lt;/li&gt;
    &lt;li&gt;
     avis scientifique de l&amp;#039;Inventaire général du patrimoine culturel.
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;p&gt;
   Le Président de la Région pourra solliciter l&amp;#039;avis d&amp;#039;un comité scientifique et technique ad hoc avant présentation au vote des élus.
  &lt;/p&gt;
  &lt;p&gt;
   La date de réception par la Région Grand Est de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="S212" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T212" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-patrimoine-protege/</t>
         </is>
       </c>
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dossier de candidature à adresser au Président de la Région Grand Est.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a5-soutien-au-patrimoine-classe-au-titre-des-mon/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB97" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AE97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF97" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG97" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH97" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E213" s="1" t="inlineStr">
+    <row r="98" spans="1:34" customHeight="0">
+      <c r="A98" s="1">
+        <v>1049</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Développer une offre d'hébergements insolites</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="K213" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Agriculteur
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J98" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 70 000 € (pour un maximum de 7 unités, soit 10 000 € par unité)</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous êtes en formation dans un institut sanitaire ou social agréé par la Région Grand Est et vous souhaitez faire une période d&amp;#039;études ou de stage à l&amp;#039;étranger ?
-[...17 lines deleted...]
- &lt;br /&gt;
+ Par ce dispositif, la Région Grand Est décide de soutenir une offre innovante et différenciante autour de l&amp;#039;hébergement insolite.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de soutenir les projets de création d&amp;#039;hébergements insolites de qualité (structures pérennes, exclusion des tipis, yourtes et bulles démontables, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs du dispositif sont plus particulièrement de soutenir les projets au regard des priorités stratégiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  renforcement d&amp;#039;une image régionale de qualité, de modernité et porteuse d&amp;#039;innovation et de différenciation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  développement d&amp;#039;investissements et de pratiques de développement durable.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque
+ &lt;/strong&gt;
+ : Obligation d&amp;#039;implanter 3 unités au minimum en cas de création ex-nihilo (pour des programmes d&amp;#039;extension de site existant, le nombre d&amp;#039;unités minimum créées pourra être étudié selon la qualité du projet, la notoriété du site, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Une période de franchise de 2 ans est appliquée avant toute nouvelle demande de subvention dès lors que le plafond d&amp;#039;aides a été perçu. Ce délai court à partir de la dernière délibération visée en Commission Permanente permettant de prendre en compte ce plafond.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="R213" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous pouvez bénéficier de l&amp;#039;aide :
-[...36 lines deleted...]
- Les aides attribuées au titre de ce dispositif seront bonifiées sous conditions pour les boursiers ou les personnes effectuant leur mobilité dans un pays frontalier de la région Grand Est.
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les programmes de création/implantation d&amp;#039;hébergements insolites (création ex- nihilo ou programme d&amp;#039;extension de site existant).
+&lt;/p&gt;
+&lt;p&gt;
+ Les établissements devront pouvoir justifier du label « Insolite » Gîtes de France ou Clévacances ou de tout autre organisme habilité à attribuer ce label à l&amp;#039;issue du programme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des dépenses permettant de mener à bien le programme. Ne seront éligibles que les travaux réalisés par des entreprises (l&amp;#039;achat de matériel ou matériaux mis en œuvre par le maître d&amp;#039;ouvrage ne seront pas pris en compte).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclues : les dépenses liées à des achats de terrains, de bâtiments, de mobilier, d&amp;#039;éléments de décoration.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S213" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T213" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X213" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/hebergements-insolites/</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...20 lines deleted...]
- &lt;/strong&gt;
+ Direction des Sports et du Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 33 67 21
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b26c-hebergements-insolites-grandest/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF98" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG98" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH98" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E214" s="1" t="inlineStr">
+    <row r="99" spans="1:34" customHeight="0">
+      <c r="A99" s="1">
+        <v>1053</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Développer et diversifier l'offre des stations de montagne</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
-[...810 lines deleted...]
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J99" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 300 000 €.</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...20 lines deleted...]
-  Participer à la conservation du patrimoine des communes ;
+ Par ce dispositif, la Région Grand Est décide de soutenir les projets situés sur le Massif des Vosges dans le Grand Est, afin de capter de nouvelles clientèles mais également de fidéliser celles de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de renforcer l&amp;#039;attractivité de la montagne en y développant une offre touristique durable quatre saisons, en accompagnant les opérateurs dans la diversification de leurs activités dans un contexte de changement climatique. Il s&amp;#039;agit de développer un tourisme durable qui prend en compte les impacts économiques, sociaux et environnementaux présents et futurs, au regard des besoins des visiteurs et des professionnels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise ainsi à soutenir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements privés et publics destinés à renforcer et diversifier l&amp;#039;offre touristique dans les stations de ski sur une période transitoire, liée aux changements climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;amélioration des services aux visiteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets des collectivités et des structures privées contribuant au développement d&amp;#039;une activité et d&amp;#039;une offre touristique quatre saisons sur le massif des Vosges.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont éligibles, les investissements d&amp;#039;équipements touristiques structurants d&amp;#039;envergure régionale, nationale ou internationale, visant l&amp;#039;excellence dans les services proposés aux visiteurs. Ces investissements devront s&amp;#039;inscrire dans un programme pluriannuel de développement prévoyant des créations d&amp;#039;emplois.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...63 lines deleted...]
-      <c r="R219" s="1" t="inlineStr">
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des dépenses répondant aux objectifs visés. Les investissements liés aux enneigeurs seront étudiés pour le renouvellement du matériel existant par du matériel plus économe en eau. et en énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont inéligibles les dépenses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Achat de terrain et de bâtiment.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de voirie et de parking.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signalétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/developper-et-diversifier-loffre-des-stations-de-montagne/</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires
-[...83 lines deleted...]
-      <c r="AA219" s="1" t="inlineStr">
+  Siège du Conseil Régional - Strasbourg :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél. &amp;#43;33 (0)3 88 15 68 67
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Coordonnées des Maisons de la Région :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maison de la Région – Charleville-Mézières / Verdun : 22 Avenue Georges Corneau 08000 CHARLEVILLE-MÉZIÈRES – Téléphone : 03 26 70 86 30 – maison.charleville-verdun&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transport : 03 26 70 77 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Charleville-Mézières / Verdun : 44 Rue du Ru 55000 VERDUN – Téléphone : 03 26 70 74 80 – maison.charleville-verdun&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saint-Dizier / Bar-le-Duc : 4 Rue des Romains 55000 BAR-LE-DUC – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saint-Dizier / Bar-le-Duc : 9 Avenue de la République 52100 SAINT-DIZIER – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Châlons-en-Champagne : 5 Rue de Jéricho 51000 CHALONS-EN-CHAMPAGNE – Téléphone : 03 26 70 31 20 – maison.chalons&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Troyes / Chaumont : 9 Rue Charbonnet 10000 TROYES – Téléphone : 03 26 70 86 25 – maison.troyes-chaumont&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Troyes / Chaumont : 1 Boulevard Gambetta 52000 CHAUMONT – Téléphone : 03 26 70 86 50 – maison.troyes-chaumont&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Thionville / Longwy : 32 Rue du Vieux Collège 57100 THIONVILLE – Téléphone : 03 87 33 61 78 – maison.thionville&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Metz : 1 Place Gabriel Hocquard 57000 METZ – Téléphone : 03 87 61 65 49 – maison.metz&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Nancy : 4 Rue Piroux 54000 NANCY – Téléphone : 03 87 54 32 51 – maison.nancy&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Epinal : 40 Quai des Bons Enfants 88000 ÉPINAL – Téléphone : 03 87 33 62 47 – maison.epinal&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saverne /Haguenau : 39 Rue Saint Nicolas 67700 SAVERNE – Téléphone : 03 88 03 40 80 – maison.saverne-haguenau&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Strasbourg : 26 Avenue de la Paix 67000 STRASBOURG – Téléphone : 03 88 15 67 40 – maison.strasbourg&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Sélestat : 1 Avenue de la Liberté 67600 SÉLESTAT – Téléphone : 03 88 58 41 11 – maison.selestat&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Mulhouse : 4 Avenue du Général Leclerc 68100 MULHOUSE – Téléphone : 03 89 36 67 68 – maison.mulhouse&amp;#64;grandest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/12da-developper-et-diversifier-loffre-des-stations/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB99" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF99" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG99" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH99" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E220" s="1" t="inlineStr">
+    <row r="100" spans="1:34" customHeight="0">
+      <c r="A100" s="1">
+        <v>1067</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux et les projets de spectacle vivant structurants</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
-[...781 lines deleted...]
-      <c r="G225" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H225" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I225" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K225" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L225" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Par ce dispositif, la Région Grand Est décide de promouvoir les meublés de tourisme afin de proposer une offre touristique d&amp;#039;excellence et renforcer l&amp;#039;attractivité du territoire.
-[...26 lines deleted...]
- Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération. Enfin, le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération.
+ &lt;strong&gt;
+  Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N225" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O225" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R225" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>http://culture-subvention@grandest.fr</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ culture-subvention&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/47f8-aide-aux-lieux-et-projets-annuels-structurant/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF100" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG100" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH100" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:34" customHeight="0">
+      <c r="A101" s="1">
+        <v>1069</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Financer de l'ingénierie aux territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, le Région Grand Est décide de donner aux territoires ruraux des moyens d&amp;#039;animation et de mise en réseau des acteurs publics et privés afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  connecter ou mutualiser les projets pour développer des services, des activités et des emplois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  valoriser les partenariats locaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  décliner les politiques régionales à l&amp;#039;échelle des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  faire émerger des projets structurants et articulés entre eux : prise en compte la trame verte et bleue dans les projets des communes et des EPCI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la transition énergétique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer l&amp;#039;artisanat local
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Les pôles d&amp;#039;équilibre territorial et rural, les syndicats mixtes ou les associations de Pays.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...5 lines deleted...]
-&lt;/p&gt;
+ Postes de chargé(e)s de mission généralistes ou thématiques, hors postes de direction et fonctionnels, secrétariat et finances.
+&lt;/p&gt;
+&lt;p&gt;
+ Financement de deux postes maximum par territoire hors communauté urbaine et métropole, et d&amp;#039;un poste pour les territoires comprenant une communauté d&amp;#039;agglomération.
+&lt;/p&gt;
+&lt;p&gt;
+ Une bonification au titre du Pacte pour la ruralité est prévue.
+&lt;/p&gt;
+&lt;p&gt;
+ Le cofinancement d&amp;#039;un poste financé au titre du Gal Leader est exclu ; celui d&amp;#039;un poste financé par l&amp;#039;État au titre d&amp;#039;un contrat de ruralité est possible dans la limite totale de 80% du coût chargé.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces missions doivent favoriser la prise en compte des politiques sectorielles de la Région en lien avec les contrats de ruralité de l&amp;#039;État ; elles contribueront à la mise en œuvre du dispositif régional en faveur des EPCI par une mise en cohérence des projets entre eux et au regard des orientations des documents stratégiques et de planification, ex : SRADDET, SCOT, projet de territoire.
+&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...33 lines deleted...]
-  Siège du Conseil Régional - Strasbourg :
+ Les salaires bruts et les charges patronales ; les coûts associés ne sont pas pris en charge.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Tél. &amp;#43;33 (0)3 88 15 68 67
-[...55 lines deleted...]
-   Maison de la Région – Mulhouse : 4 Avenue du Général Leclerc 68100 MULHOUSE – Téléphone : 03 89 36 67 68 – maison.mulhouse&amp;#64;grandest.fr
+   Territoire hors zone pacte ruralité et n&amp;#039;intégrant pas de communauté d&amp;#039;agglomération : 40% / 20 000 € /2 postes maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Territoire en zone pacte ruralité et n&amp;#039;intégrant pas de communauté d&amp;#039;agglomération : 50% / 30 000 € / 2 postes maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Territoire hors zone pacte ruralité et intégrant une communauté d&amp;#039;agglomération : 40% / 20 000 € / 1 poste maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Territoire en zone pacte ruralité et intégrant une communauté d&amp;#039;agglomération : 40% / 20 000 € /2 postes maximum
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y225" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ingenierie-territoriale-2018-2021/</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ territoiresetruralites&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z225" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA225" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b495-ingenierie-territoriale-2018-2021-grandest/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB101" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AE101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF101" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG101" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH101" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="226" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E226" s="1" t="inlineStr">
+    <row r="102" spans="1:34" customHeight="0">
+      <c r="A102" s="1">
+        <v>1075</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux et les projets d'arts visuels structurants</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G226" s="1" t="inlineStr">
-[...161 lines deleted...]
-      <c r="G227" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants des arts visuels, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;autres partenaires publics pour leur fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certaines manifestations structurantes et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter un projet artistique global de qualité comprenant un volet diffusion et médiation, et pouvant s&amp;#039;accompagner d&amp;#039;autres actions – ex : production, résidences, formation – sur une durée minimum d&amp;#039;une année,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer d&amp;#039;un lieu mobilisable ou de moyens dédiés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir la valorisation ou l&amp;#039;accompagnement d&amp;#039;artistes ou collectifs d&amp;#039;artistes installés dans le Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;appui d&amp;#039;une autre collectivité territoriale ou de l&amp;#039;Etat est un atout.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Dépôt des dossiers : culture-subvention&amp;#64;grandest.fr
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bebc-aides-aux-lieux-et-projets-structurants-arts-/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF102" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG102" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH102" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:34" customHeight="0">
+      <c r="A103" s="1">
+        <v>1081</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et manifestations de spectacle vivant d'envergure</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  participer au rééquilibrage du territoire en termes d&amp;#039;offre culturelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, diffuseurs et publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;emploi culturel régional et la promotion des équipes artistiques/artistes du territoire prenant part à ces manifestations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner les festivals dans leur effort de rayonnement régional, national ou international et promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les manifestations soucieuses du développement durable et des partenariats locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certains festivals structurants et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être une manifestation relevant du champ des arts de la scène – théâtre, danse, cirque, marionnette, arts de la parole), de la musique (actuelle, classique et contemporaine -, des arts de la rue ou pluridisciplinaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être un projet artistique et culturel de qualité affirmant une ligne artistique identifiée et mettant en oeuvre des actions spécifiques pour développer et sensibiliser les publics,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être une manifestation dont une 1ère édition a déjà eu lieu, se déroulant sur une durée minimale de 3 jours ou justifiant d&amp;#039;un minimum de 9 représentations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel exclusivement à des artistes professionnels et intégrer des artistes en activité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir une envergure a minima régionale par la fréquentation des publics, l&amp;#039;inscription dans les réseaux, le rayonnement et la visibilité médiatique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les projets à but strictement commercial.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-manifestations-denvergure-2/</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Dépôt des dossiers : culture-subvention&amp;#64;grandest.fr
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ef8f-soutien-aux-festivals-et-manifestations-denve/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF103" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG103" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH103" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:34" customHeight="0">
+      <c r="A104" s="1">
+        <v>1087</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études ou porter des investissements sur les lignes ferroviaires capillaire fret et leurs installations terminales embranchées - CAPFRET</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H227" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I227" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K227" s="1" t="inlineStr">
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Min : 33 Max : 50</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif s&amp;#039;inscrit en cohérence avec les orientations stratégiques régionales en matière de maintien et de développement des emplois dans les zones ciblées prioritairement par le pacte de ruralité, et de manière plus large en matière de développement durable en évitant le report de trafics de marchandises de la voie ferroviaire vers la route.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les études préalables à la création ou à la modification d&amp;#039;une Installation Terminale Embranchée sur les UIC 7-9 SV, le bénéficiaire peut être :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  SNCF Réseau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les collectivités territoriales ou leur groupement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les chambres consulaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les établissements publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les associations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les syndicats mixtes ouverts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les sociétés publiques portuaires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les investissements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  1- Si l&amp;#039;infrastructure ferroviaire fait partie du Réseau Ferré National (RFN), le bénéficiaire est SNCF Réseau.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  2- Si l&amp;#039;infrastructure ferroviaire est confiée à un gestionnaire tiers autre que SNCF Réseau, le bénéficiaire peut être (liste non exhaustive) :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les collectivités territoriales ou leurs groupements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les chambres consulaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les établissements publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les associations (ex : association syndicale libre, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les syndicats mixtes ouverts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les sociétés publiques portuaires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Nature et montant de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1- Etudes :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ Taux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% appliqué à un montant maximum d&amp;#039;études préalables plafonné à 50 000 € HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  33,33 % appliqué pour les études pré-opérationnelles (AVP et PRO).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2- Investissements :
+ &lt;/strong&gt;
+ Taux : 33,33% du montant global HT éligible.
+ Le montant de l&amp;#039;aide régionale est plafonné, par ligne capillaire fret, à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  2 000 000 € HT pour une pérennité à 5 ans ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  3 000 000 € HT pour une pérennité à 10 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1- Etudes :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études préalables à la création ou à la modification d&amp;#039;une Installation Terminale Embranchée (ITE) pour accompagner le développement de l&amp;#039;activité existante ou en phase d&amp;#039;installation d&amp;#039;entreprises sur une installation connectée à une ligne capillaire fret classée UIC 7-9 SV : études de potentiels et de développement d&amp;#039;un flux ferroviaire, de faisabilité technique, économique et financière, de montage juridique, plan de sécurité, de circulation, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  études pré-opérationnelles (AVP et PRO).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ &lt;em&gt;
+  2- Investissements :
+ &lt;/em&gt;
+&lt;/strong&gt;
+les travaux de remise en état de l&amp;#039;infrastructure ferroviaire pour une ligne capillaire fret ou la partie publique d&amp;#039;une Installation Terminale Embranchée connectée à une ligne capillaire fret classée UIC 7-9 SV.
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses HT pour les études et travaux, les frais de MOA et MOE, et les frais annexes et de prestations intellectuelles (diagnostic, mission de bureau de contrôle, études de sol, etc.) ainsi que toutes dépenses nécessaires à la bonne réalisation des projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/dispositif-dintervention-regional-lignes-ferroviaires-capillaire-fret-leurs-installations-terminales-embranchees-capfret/</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre maison de région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9dd2-dispositif-dintervention-regional-sur-les-lig/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF104" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L227" s="1" t="inlineStr">
-[...133 lines deleted...]
-          <t>published</t>
+      <c r="AG104" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH104" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
         </is>
       </c>
     </row>
-    <row r="228" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E228" s="1" t="inlineStr">
+    <row r="105" spans="1:34" customHeight="0">
+      <c r="A105" s="1">
+        <v>1050</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration et la mise en tourisme des Véloroutes et Voies Vertes</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G228" s="1" t="inlineStr">
-[...201 lines deleted...]
-      <c r="G229" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H229" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I229" s="1" t="inlineStr">
+      <c r="I105" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K229" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L229" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ambition est de faire de la Région Grand Est une destination d&amp;#039;excellence pour l&amp;#039;itinérance à vélo en fédérant les acteurs et en qualifiant l&amp;#039;offre.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
  Investissements permettant la création de circuits d&amp;#039;itinérance douce sur le territoire Grand Est et mise en tourisme de ces circuits.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les investissements :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Sont éligibles : terrassements, bande de roulement, voirie et aires de repos, signalisation, mobilier de sécurité, réseaux, signalétique touristique de l&amp;#039;itinéraire.
  &lt;/li&gt;
  &lt;li&gt;
   Sont exclus
  : installation de chantier, travaux préparatoires, démolitions préalables, passerelles, assistance à maîtrise d&amp;#039;ouvrage, Sécurité et Protection de la Santé, autres honoraires divers, dépenses liées au marché (publicité, éditions...), révisions de prix liées aux marchés publics, travaux d&amp;#039;entretien d&amp;#039;itinéraires cyclables déjà existants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -42258,10027 +21274,124 @@
  &lt;li&gt;
   Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération.
  &lt;/li&gt;
  &lt;li&gt;
   Le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération. Par ailleurs, si le projet comporte plusieurs phases d&amp;#039;investissements pour un même itinéraire, celles-ci devront être préalablement présentées lors de la première demande de subvention, il ne pourra être accordé d&amp;#039;aide régionale qu&amp;#039;une seule fois par année civile pour chaque phase.
  &lt;/li&gt;
  &lt;li&gt;
   Le soutien du Conseil régional sur ses fonds propres pourra être complété par la mobilisation de crédits FEDER ou FEADER. Seuls les dossiers répondant aux conditions et obligations du Programme Opérationnel ou du PDR du territoire concerné, et plus généralement aux règlements communautaires encadrant la gestion des fonds structurels seront instruits au titre des fonds FEDER ou FEADER.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide pour le fonctionnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Sont éligibles : les projets de mise en tourisme de l&amp;#039;offre « Vélo » à l&amp;#039;échelle d&amp;#039;un itinéraire phare inscrit au schéma national des Véloroutes et Voies Vertes ou sur ceux bénéficiant de financements INTERREG.
  &lt;/li&gt;
  &lt;li&gt;
   Taux maxi : 20 %
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N229" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Tourisme
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O229" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="T229" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U229" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V229" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/accompagner-la-structuration-et-la-mise-en-tourisme-des-veloroutes-et-voies-vertes/</t>
         </is>
       </c>
-      <c r="X229" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Sports et du Tourisme
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 03 87 3367 21
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y229" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z229" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d86d-accompagner-la-structuration-et-la-mise-en-to/</t>
         </is>
       </c>
-      <c r="AA229" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...32 lines deleted...]
-      <c r="K230" s="1" t="inlineStr">
+      <c r="AB105" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une voie douce / piste cyclable
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L230" s="1" t="inlineStr">
-[...9887 lines deleted...]
-          <t>published</t>
+      <c r="AF105" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG105" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH105" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>