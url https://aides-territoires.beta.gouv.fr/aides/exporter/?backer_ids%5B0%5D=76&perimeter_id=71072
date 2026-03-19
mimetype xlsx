--- v0 (2026-01-31)
+++ v1 (2026-03-19)
@@ -76,56 +76,56 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA2"/>
+  <dimension ref="A1:AH2"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -217,162 +217,194 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>165522</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Soutenir des projets en faveur de la réduction des impacts dus aux produits phytopharmaceutiques dans des territoires de convergence d’enjeux sur l’eau potable et la biodiversité</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>AAP Territoires de convergence eau potable et Natura 2000 : initiatives pour réduire l’usage et l’impact des produits phytopharmaceutiques</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Ministère de la Santé et de la Prévention
 Ministères de l'Aménagement du territoire et de la Transition écologique
 Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Etablissement public dont services de l'Etat
-[...2 lines deleted...]
-Agriculteur</t>
+Etablissement public dont services de l'Etat</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Max : 75</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
           <t>du coût total</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de la stratégie
 Ecophyto 2030, faisant suite au plan Ecophyto II&amp;#43;, des appels à projets
 nationaux sont lancés pour soutenir des projets en faveur d&amp;#039;une réduction de
 l’utilisation des produits phytopharmaceutiques, et de la limitation des
 risques et des impacts qui y sont liés.&lt;/p&gt;&lt;p&gt;L’appel à projets 2025 est le
 premier appel à projet thématique de la stratégie Ecophyto 2030. Il est lancé
 par l’OFB en lien avec les ministères pilote de la stratégie. &lt;/p&gt;&lt;p&gt;Il concerne l’ensemble du
 territoire métropolitain et ultramarin (Départements et Régions d’Outre-Mer).
 Il vise la suppression ou une forte réduction des produits phytopharmaceutiques
 dans des territoires présentant des enjeux croisés autour de la préservation de la qualité de l’eau destinées à la consommation humaine et de la protection de la biodiversité.&lt;/p&gt;&lt;p&gt;Le territoire visé par l’AAP doit
 contenir obligatoirement une aire d’alimentation de captages. &lt;/p&gt;&lt;p&gt;Les projets attendus seront multi
 partenariaux. &lt;/p&gt;&lt;p&gt;Doté d’une enveloppe allant
 jusqu’à 2,06 millions d’euros, les projets seront soutenus pour un montant de
 financement maximum de 300 000 € par projet et pour une durée maximale de 36
-mois.&lt;/p&gt;&lt;p&gt;Le 11 décembre 2025, un &lt;a href="https://ofb-fr.zoom.us/webinar/register/WN_Ipjm7ALMQjC8VH9-n93pDw" target="_self"&gt;Webinaire de présentation de l’AAPN&lt;/a&gt;
+mois.&lt;/p&gt;&lt;p&gt;ATTENTION : La date de clôture est décalée du 2 mars 23h59 au 31 mars 2026 à 23h59, afin de permettre aux porteurs de projets de finaliser au mieux leur dossier.&lt;/p&gt;&lt;p&gt;Le 11 décembre 2025, un &lt;a href="https://ofb-fr.zoom.us/webinar/register/WN_Ipjm7ALMQjC8VH9-n93pDw" target="_self"&gt;Webinaire de présentation de l’AAPN&lt;/a&gt;
 et du règlement sera organisé à l’intention des porteurs de projets.
 Le support de présentation et le replay seront disponibles sur le site de
 l’OFB.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le règlement via le lien
 suivant : &lt;a href="https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf" target="_self"&gt;https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous pouvez trouver la liste des projets lauréats aux
 éditions précédentes sur le portail technique de l’OFB :&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="https://ofb.gouv.fr/financements/resultats-de-appel-a-projets-national-ecophyto-2023" target="_self"&gt;Résultats de l’appel à projets national Écophyto 2023&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Alimentation
 Agriculture et agroalimentaire
 Consommation et production
 Innovation, créativité et recherche
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
           <t>12/11/2025</t>
         </is>
       </c>
       <c r="Q2" s="0" t="inlineStr">
         <is>
-          <t>02/03/2026</t>
+          <t>31/03/2026</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d’éligibilité et de sélection sont mentionnés
 dans le règlement de l’appel à projet.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles et le taux de financement sont
 précisés dans le règlement.&lt;/p&gt;&lt;p&gt;Les règles générales de subvention applicables sont celles
 prévues dans le règlement d’interventions de l’OFB, disponible à l’adresse
 suivante : &lt;a href="https://ofb.gouv.fr/doc/le-programme-intervention" target="_self"&gt;Office français de la biodiversité&lt;/a&gt;&lt;a&gt;&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
@@ -387,47 +419,77 @@
       </c>
       <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/appel-a-projets-national-ecophyto-2030-territoires</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute demande, merci d’écrire à l’adresse &lt;a href="mailto:ecophyto&amp;#64;ofb.gouv.fr"&gt;ecophyto&amp;#64;ofb.gouv.fr&lt;/a&gt;, en précisant dans
 l’objet de votre mail : « AAPN 2025 Écophyto Captages/ Natura 2000 ».&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>emma.schwartz@ofb.gouv.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-des-projets-en-faveur-de-la-reduction-des-impacts-dus-aux-produits-phytopharmaceutiques-dans-des-territoires-de-convergence-denjeux-sur-leau-potable-et-la-biodiversite/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>12/11/2025</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>