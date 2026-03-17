--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -76,56 +76,56 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA2"/>
+  <dimension ref="A1:AH2"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -217,81 +217,116 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>94574</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Sensibiliser et accompagner aux économies d'énergie dans les ZNI</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Programme SEIZE</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Eco CO2</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Certificat d'économie d'énergie (CEE)
 Ingénierie technique</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme SEIZE est un dispositif d&amp;#039;accompagnement aux économies d&amp;#039;énergie dédié aux entreprises et Collectivités territoriales de Corse, Guadeloupe, Guyane, Martinique et La Réunion. Financé à 100% dans le cadre du dispositif des Certificats d&amp;#039;Économies d&amp;#039;Énergie (CEE) et porté par Eco CO2, le programme propose un accompagnement à la maîtrise de la demande en énergie à travers différentes actions :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ateliers de sensibilisation aux économies d&amp;#039;énergie
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
@@ -481,45 +516,70 @@
    seize-maitrise-energie.fr/re
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   I mail : reunion&amp;#64;seize-maitrise-energie.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>gil.doat@ecoco2.com</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/01c8-programme-seize/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Eco CO2</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>25/06/2021</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>