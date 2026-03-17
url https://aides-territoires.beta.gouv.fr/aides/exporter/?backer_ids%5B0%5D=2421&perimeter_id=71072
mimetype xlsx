--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA3"/>
+  <dimension ref="A1:AH3"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,90 +225,304 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>158946</v>
+        <v>158947</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Promouvoir mes réseaux de chaleur et multiplier les raccordements</t>
+          <t>Étudier le potentiel de création ou d'extension de réseaux de chaleur sur mon territoire</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique
 France Chaleur Urbaine</t>
         </is>
       </c>
-      <c r="F2" s="0" t="inlineStr">
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ France Chaleur Urbaine est un service porté par le ministère de la transition écologique qui vise à accélérer le développement des réseaux de chaleur. Dans un contexte de tension autour de l&amp;#039;énergie et de crise écologique, France Chaleur Urbaine construit les outils qui aident les acteurs publics et privés à promouvoir davantage et plus facilement la solution réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La plateforme vous aide à identifier les potentiels de développement, d&amp;#039;extension ou de création de nouveaux réseaux.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À partir de
+  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/carte" target="_self"&gt;
+   notre cartographie
+  &lt;/a&gt;
+  nationale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Découvrez s&amp;#039;il existe des manifestations d&amp;#039;intérêt sur votre territoire (demandes déposées sur France Chaleur Urbaine)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Localisez les bâtiments à chauffage collectif gaz ou fioul, les plus facilement raccordables aux réseaux de chaleur
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accédez aux consommations de gaz à l&amp;#039;adresse pour identifier les plus gros consommateurs sur votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exportez la totalité des informations sur une zone précise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définissez un projet de tracé de réseau, obtenez la densité thermique linéaire associée et exportez le tracé pour l&amp;#039;intégrer dans vos propres outils
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ --&amp;gt; Découvrez dans ce guide tout ce que France Chaleur Urbaine peut faire pour vous :
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/documentation/FCU_guide_collectivites.pdf" target="_self"&gt;
+  le guide collectivité
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les sources de données utilisées par France Chaleur Urbaine sont disponibles
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/documentation/carto_sources.pdf" target="_self"&gt;
+  ici
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le site
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/" target="_self"&gt;
+  France Chaleur Urbaine
+ &lt;/a&gt;
+ est accessible sans conditions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://france-chaleur-urbaine.beta.gouv.fr/carte</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Contact pour tout renseignement :
+  &lt;a target="_self"&gt;
+   france-chaleur-urbaine&amp;#64;developpement-durable.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>france.chaleur.urbaine@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d01a-etudier-le-potentiel-de-creation-dun-reseau-d/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
         <is>
           <t>France Chaleur Urbaine</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>18/01/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
+        <v>158946</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir mes réseaux de chaleur et multiplier les raccordements</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique
+France Chaleur Urbaine</t>
+        </is>
+      </c>
+      <c r="F3" s="1" t="inlineStr">
+        <is>
+          <t>France Chaleur Urbaine</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   France Chaleur Urbaine est un service porté par le Ministère de la transition écologique qui vise à accélérer le développement des réseaux de chaleur.
  &lt;/span&gt;
  Dans un contexte de tension autour de l&amp;#039;énergie et de crise écologique, France Chaleur Urbaine construit les outils qui aident les acteurs publics et privés à promouvoir davantage et plus facilement la solution réseaux de chaleur.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le tracé de votre réseau est affiché sur la
   &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/carte" target="_self"&gt;
    &lt;strong&gt;
     cartographie
    &lt;/strong&gt;
   &lt;/a&gt;
   nationale des réseaux de chaleur. Vous pouvez également utiliser cette carte pour faire connaître un réseau en construction, ou le périmètre de développement prioritaire de votre réseau
  &lt;/li&gt;
  &lt;li&gt;
   Vos administrés peuvent
   &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/" target="_self"&gt;
    &lt;strong&gt;
     tester leur adresse
@@ -346,290 +560,173 @@
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Nous vous accompagnons dans la définition de votre campagne (affichage en ville, réseaux sociaux, ...)
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Nous réalisons et mettons à votre disposition gratuitement des visuels qui répondent à vos besoins.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   --&amp;gt; Découvrez dans ce guide tout ce que France Chaleur Urbaine peut faire pour vous :
  &lt;/span&gt;
  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/documentation/FCU_guide_collectivites.pdf" target="_self"&gt;
   le guide collectivité
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/actus/notre-campagne-sur-charleville-mezieres" target="_self"&gt;
    L&amp;#039;accompagnement de Charleville-Mézières
   &lt;/a&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  A Charleville-Mézières, 13 kilomètres de réseaux sont en construction sur la période 2023-2024. Cette période de travaux est un moment-clé faire connaître le chauffage urbain et convaincre de nouveaux prospects de se raccorder. La collectivité et son délégataire se sont appuyés sur nos outils et services pour communiquer sur ce projet.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pour communiquer sur le projet auprès des Carolomacériens,
   &lt;strong&gt;
    France Chaleur Urbaine a réalisé des visuels de promotion du réseau pour le journal communal, les bâches travaux et les espaces d&amp;#039;affichage de la collectivité ;
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Pour simplifier les demandes de raccordement,
   &lt;strong&gt;
    Charleville-Mézières a intégré dans son site le test d&amp;#039;adresse et la cartographie France Chaleur Urbaine
   &lt;/strong&gt;
   . Des intégrations possibles en un copié-collé grâce à nos iframes librement réutilisables.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  En 2 mois, cette campagne à généré plus d&amp;#039;une cinquantaine de demandes de raccordement, dans la zone d&amp;#039;extension du réseau.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Réseaux de chaleur</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le site
  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/collectivites-et-exploitants" target="_self"&gt;
   France Chaleur Urbaine
  &lt;/a&gt;
  est accessible sans conditions.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://france-chaleur-urbaine.beta.gouv.fr/collectivites-et-exploitants</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Contact pour tout renseignement :
   &lt;a target="_self"&gt;
    france-chaleur-urbaine&amp;#64;developpement-durable.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>france.chaleur.urbaine@gmail.com</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d498-faire-connaitre-son-reseau-de-chaleur-et-gere/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="K3" s="1" t="inlineStr">
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>France Chaleur Urbaine</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...112 lines deleted...]
-          <t>published</t>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2024</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>