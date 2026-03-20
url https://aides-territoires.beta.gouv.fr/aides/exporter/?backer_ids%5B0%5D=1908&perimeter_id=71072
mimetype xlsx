--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA3"/>
+  <dimension ref="A1:AH3"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,331 +225,421 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
+        <v>158948</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Définir un plan d'implantation de Pôles d'Echanges Multimodaux et leur faisabilité technique à destination des déplacements domicile-travail et touristiques</t>
+        </is>
+      </c>
+      <c r="C2" s="0" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité technique à l'installation de différents types de Pôles d'Echanges Multimodaux</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Force d&amp;#039;une expertise et de retours d&amp;#039;expériences sur plusieurs de ses réseaux, PIM Mobility vous propose, en amont de tout déploiement, un accompagnement complet, reprenant vos études et réflexions en cours, en vue de créer des espaces de rétention de voyageur et instaurer une pratique multimodale durable :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification géographique et définition des typologies des sites étudiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des profils voyageurs présents, leur consentement à changer de comportement et leurs besoins de services associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  cartographie des offres de transport présentes, en cours de déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faisabilité technique  chiffré
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hubs de mobilité sur des lignes de covoiturage et lignes BHNS/cars express ; aires de services vélo sur des grands itinéraires touristiques, espaces relais vélos en libre service et stationnement vélos en parc d&amp;#039;activités, aires de covoiturage et relais transport en commun, revitalisation et valorisation multimodale de parvis de gare TER.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une collectivités, une entreprise, un syndicat ou un office du tourisme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://pim-mobility.com/contact/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;pim-mobility.com&lt;br /&gt;06 22 45 03 36&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>p.renault@pim-mobility.com</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5313-definir-un-plan-dimplantation-de-poles-dechan/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>PIM Mobility</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>18/01/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
         <v>147249</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Accompagner l'ouverture des données mobilités</t>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
+      <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Le Point d’Accès National aux données de transport</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>France Mobilités</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...3 lines deleted...]
-      <c r="H2" s="0" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le règlement (UE) n° 2017/1926 du 31 mai 2017 sur la mise à disposition, dans l&amp;#039;ensemble de l&amp;#039;Union, de services d&amp;#039;information sur les déplacements multimodaux définit les règles en matière d&amp;#039;ouverture des données. Ce règlement demande à chaque État membre la création d&amp;#039;un Point d&amp;#039;Accès National (PAN) qui référence l&amp;#039;ensemble des données de mobilité nécessaires à l&amp;#039;information des voyageurs sur le territoire. Le décret 2020-183 du 28 février 2020, paru au Journal Officiel du 1er mars, désigne la plateforme transport.data.gouv.fr comme Point d&amp;#039;accès national (PAN) aux données de l&amp;#039;information multimodale.
 &lt;/p&gt;
 &lt;p&gt;
  Le Point d&amp;#039;Accès National a pour objectif de rendre l&amp;#039;information voyageur sur l&amp;#039;ensemble des modes de transport disponibles sur le maximum de supports numériques, grâce à l&amp;#039;ouverture des données, et ainsi faciliter les déplacements des usagers, favoriser l&amp;#039;intermodalité et lutter contre l&amp;#039;omniprésence de la voiture individuelle.
  &lt;br /&gt;
  Celui-ci est destiné aux producteurs de données (collectivités territoriales, entreprises de transport...) et aux réutilisateurs de données (développeurs, applications de calcul d&amp;#039;itinéraires comme Mappy, services d&amp;#039;information,...).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;équipe du Point d&amp;#039;accès national accompagne
  &lt;span&gt;
   les producteurs de données pour mener à bien ces ouvertures de données, tant sur un plan technique que juridique, en étroite collaboration avec les réutilisateurs, pour conjuguer au mieux les contraintes et les attentes de cet écosystème.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sur un plan juridique, le PAN joue en particulier un rôle de pédagogie autour des exigences législatives et règlementaires relatives à l&amp;#039;ouverture des données de transport, notamment pour sensibiliser les acteurs, et leur apporter tout éclairage nécessaire. Nous accordons par ailleurs une attention particulière aux conditions d&amp;#039;accès et de mise à disposition des données, afin qu&amp;#039;elles soient les plus uniformes possibles entre les différents jeux de données et qu&amp;#039;elles favorisent la réutilisation.
 &lt;/p&gt;
 &lt;p&gt;
  Sur un plan technique, nous accompagnons les collectivités dans la compréhension des formats attendus et nous développons des outils pour leur permettre d&amp;#039;améliorer la publication, les mises à jour et la qualité de leurs données.
  &lt;br /&gt;
  N
  &lt;span&gt;
   ous veillons à proposer une plateforme parfaitement opérationnelle pour répondre à la demande de l&amp;#039;écosystème. En constante évolution, la plateforme évolue selon les besoins exprimés par les producteurs, réutilisateurs ou l&amp;#039;équipe avec de nouvelles fonctionnalités, ou de nouveaux outils, pour faciliter l&amp;#039;ouverture de données, améliorer leur qualité, et inciter à leur réutilisation.
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PAN a accompagné plus de 268 autorités organisatrices de la mobilité et une dizaine d&amp;#039;entreprises dans l&amp;#039;ouverture de leurs données mobilité.
 &lt;/p&gt;
 &lt;p&gt;
  Ces données sont intégrées dans des applications d&amp;#039;information voyageur comme ViaTransit, MyBus, Google Maps, Transit etc.,  ce qui a permis d&amp;#039;accroitre la couverture géographique de ces applications. Cela a notamment été impulsée par l&amp;#039;article 122 de la loi dite « Climat et résilience » qui prévoit un ensemble d&amp;#039;obligations de réutilisation des données du Point d&amp;#039;accès national auprès des services numériques multimodaux, relatives aux informations sur les modes et services de mobilité alternatifs à l&amp;#039;usage individuel du véhicule. Dans ce cadre, les collectivités n&amp;#039;ont plus à faire de demandes d&amp;#039;intégration de leurs données dans les services numériques multimodaux. Elles doivent être intégrées dès lors qu&amp;#039;elles sont publiées dans un format standardisé, sous licence ouverte et avec une qualité suffisante à leur utilisation.
  &lt;a href="https://transport.data.gouv.fr/loi-climat-resilience" target="_self"&gt;
   Plus d&amp;#039;informations
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Les producteurs et réutilisateurs ont accès à différents outils leur permettant d&amp;#039;améliorer la qualité et la découvrabilité des données :
  &lt;a href="https://transport.data.gouv.fr/validation" target="_self"&gt;
   validateurs à la demande
  &lt;/a&gt;
  ,
  &lt;a href="https://transport.data.gouv.fr/tools/siri-querier" target="_self"&gt;
   générateur de requêtes SIRI
  &lt;/a&gt;
  ,
  &lt;a href="https://transport.data.gouv.fr/tools/gtfs_diff" target="_self"&gt;
   comparateur de GTFS (GTFS diff)
  &lt;/a&gt;
  , conversion en GeoJSON des ressources etc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://transport.data.gouv.fr/</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;transport.data.gouv.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>contact@transport.beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e693-accompagner-louverture-des-donnees-mobilites/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...132 lines deleted...]
-          <t>published</t>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>08/08/2023</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>