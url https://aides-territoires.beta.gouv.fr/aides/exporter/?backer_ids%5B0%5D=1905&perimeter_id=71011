--- v0 (2026-01-29)
+++ v1 (2026-03-18)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA10"/>
+  <dimension ref="A1:AH10"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,864 +225,1134 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>101582</v>
+        <v>164374</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Agir pour la biodiversité, l'environnement et les paysages</t>
+          <t>Faire dialoguer agriculture et société</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Chambres d'agriculture</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
+Association</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Notre offre vous aide à favoriser le dialogue entre acteurs du monde agricole et les habitants de votre territoire. Nous soutenons la mise en place d&amp;#039;initiatives participatives qui rapprochent agriculteurs, citoyens et acteurs locaux. Nous accompagnons la co-construction de projets permettant de sensibiliser aux enjeux agricoles, renforcer les liens sociaux et promouvoir une agriculture durable, respectueuse des attentes sociétales et des spécificités locales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Alimentation
+Agriculture et agroalimentaire
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez votre chambre d&amp;#039;agriculture (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faire-dialoguer-agriculture-et-societe/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>13/02/2025</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
+        <v>126170</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le renouvellement des générations en agriculture</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Agriculteur
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous soutenons les collectivités dans le renouvellement des générations en agriculture, en proposant des solutions adaptées pour faciliter l&amp;#039;installation des agriculteurs, assurer la transmission des exploitations et promouvoir des pratiques agricoles durables, tout en renforçant l&amp;#039;attractivité du territoire et la résilience de son tissu agricole.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Revitalisation
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f905-mobiliser-des-porteurs-de-projets-et-securise/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2023</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>126166</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Encourager l'agriculture urbaine</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H2" s="0" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L2" s="0" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Notre offre vous aide dans le développement de projets d&amp;#039;agriculture urbaine, en apportant des solutions innovantes pour intégrer des espaces de production agricole au coeur des zones urbaines.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département annuaire : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4ece-elaborer-une-strategie-dagriculture-urbaine-e/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2023</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>119750</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Notre offre vous soutient dans la mise en place de stratégies d&amp;#039;économie circulaire et de valorisation des déchets organiques. Nous proposons des solutions innovantes pour optimiser les ressources, réduire les déchets, favoriser le compostage et la méthanisation, tout en créant des boucles locales de réutilisation et en renforçant la résilience écologique et économique du territoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7eb-favoriser-leconomie-circulaire-sur-un-territo/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>08/07/2022</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>119747</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Relocaliser l'alimentation et valoriser les produits locaux</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous aidons à développer l&amp;#039;approvisionnement local et à animer des dynamiques territoriales avec les acteurs des filières alimentaires locales. Nous proposons des solutions adaptées pour renforcer ces filières, favoriser les liens entre producteurs et consommateurs, soutenir l&amp;#039;économie territoriale et promouvoir une alimentation durable, tout en répondant aux enjeux de souveraineté alimentaire et de transition écologique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a1be-accompagner-lemergence-de-circuits-courts-et-/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>08/07/2022</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>119743</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Aménager l'espace en valorisant et préservant le foncier</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Notre offre vous permet d&amp;#039;appréhender les enjeux de l&amp;#039;agriculture locale dans vos projets d&amp;#039;aménagement. Nous élaborons avec vous une solution qui prend en compte les préoccupations agricoles locales dans un souci de développement maîtrisé et économe de votre territoire.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9593-reperer-les-friches-agricoles-et-urbaines/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>08/07/2022</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>101582</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour la biodiversité, l'environnement et les paysages</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Nous vous aidons à préserver et valoriser la biodiversité, l&amp;#039;environnement et les paysages en lien avec les agriculteurs et les forestiers de votre territoire. Nous proposons des solutions concertées pour restaurer les écosystèmes, promouvoir les pratiques et renforcer la résilience des territoires tout en conciliant les enjeux environnementaux, économiques et paysagers.&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Agriculture et agroalimentaire
 Biodiversité
 Paysage
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre chambre d&amp;#039;agriculture (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3118-amenager-les-espaces-agricoles-et-forestiers-/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-      <c r="A3" s="1">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>101583</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la gestion durable de l'eau et de zones humides</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Chambres d'agriculture</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Agriculteur</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L3" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Notre offre d&amp;#039;accompagnement vous aide à mettre en place une gestion durable de l&amp;#039;eau et des zones humides, en fournissant une expertise environnementale et des solutions sur mesure pour gérer au mieux les ressources hydriques, et adapter votre territoire aux défis climatiques en conciliant les besoins économiques, agricoles et écologiques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Milieux humides</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2d79-mettre-en-place-une-gestion-durable-de-leau-d/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E4" s="1" t="inlineStr">
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>101584</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Œuvrer pour la transition énergétique, le climat et la qualité de l'air</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Chambres d'agriculture</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
-[...176 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L6" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Nous vous soutenons dans le développement de projets d&amp;#039;énergies renouvelables locales et l&amp;#039;amélioration de la résilience du territoire face aux enjeux climatiques. Nous apportons des solutions adaptées pour favoriser la transition écologique de votre territoire&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d970-uvrer-pour-la-transition-energetique-le-clima/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...360 lines deleted...]
-          <t>published</t>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture France</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>