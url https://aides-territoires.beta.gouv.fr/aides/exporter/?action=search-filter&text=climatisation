--- v0 (2025-10-22)
+++ v1 (2026-01-11)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA15"/>
+  <dimension ref="A1:AA103"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1251 +228,11223 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>73146</v>
+        <v>82917</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Financer les équipements éligibles aux Certificats d’Economie d’Energie - Prêt Eco Energie</t>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>France Relance</t>
+          <t>Petites villes de demain</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Bpifrance</t>
+          <t>Agences Locales de l'Energie et du Climat (ALEC)</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Entreprise privée</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Prêt</t>
+          <t>Ingénierie technique
+Ingénierie financière</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le Prêt Eco-Energie (PEE) permet de financer les entreprises dans leur projet d&amp;#039;investissement s&amp;#039;inscrivant dans des enjeux de protection de l&amp;#039;environnement et d&amp;#039;économie d&amp;#039;énergie.
-[...46 lines deleted...]
-  Aucune garantie n&amp;#039;est exigée sur les actifs de l&amp;#039;entreprise, ni sur le patrimoine du dirigeant.
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
-Biodiversité
-Réhabilitation</t>
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://federation-flame.org</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Peuvent bénéficier du dispositif, les TPE et PME créées depuis plus de trois ans (ou créées pour la reprise d&amp;#039;un établissement de plus de trois ans) et financièrement saines.
+ Frank Sentier, Délégué général de la Fédération FLAME
+&lt;/p&gt;
+&lt;p&gt;
+ frank.sentier&amp;#64;federation-flame.org
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
-[...35 lines deleted...]
-      </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>annelise.brouste@beta.gouv.fr</t>
+          <t>contact@federation-flame.org</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/a313-financer-les-equipements-eligibles-aux-certif/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8b5-copie-17h59-se-faire-accompagner-sur-les-them/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>162367</v>
+        <v>102050</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les domaines skiables afin qu’ils puissent atteindre la neutralité carbone dès 2030 avec zéro émission de CO2</t>
-[...4 lines deleted...]
-          <t>Contrats stations 2030 : un cap d'avance"</t>
+          <t>Sensibiliser les citoyens sur leur empreinte climat</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Face aux nombreux défis environnementaux, comment (s&amp;#039;)informer, (se) sensibiliser, (s&amp;#039;)engager ?
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME, en partenariat avec l&amp;#039;Association Bilan Carbone, a développé
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;a href="https://nosgestesclimat.fr/" rel="noopener" target="_blank"&gt;
+    Nos Gestes Climat
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ pour permettre à chacun de
+ &lt;strong&gt;
+  calculer son empreinte carbone individuelle
+ &lt;/strong&gt;
+ à travers une série de questions sur son quotidien. Mais l&amp;#039;outil ne s&amp;#039;arrête pas là : il donne également des
+ &lt;strong&gt;
+  actions chiffrées pour réduire concrètement son impact
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Une
+ &lt;strong&gt;
+  &lt;a href="https://nosgestesclimat.fr/groupe?mode&amp;#61;sondage" rel="noopener" target="_blank"&gt;
+   version sondage
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  vous permet de créer un lien dédié pour collecter de manière anonyme les résultats d&amp;#039;un groupe
+ &lt;/strong&gt;
+ de citoyens, agents, élus ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec plus d&amp;#039;1,5 millions de tests réalisés, ce simulateur est déjà promu par différentes collectivités de toutes tailles comme
+ &lt;a href="https://www.grenoble.fr/2294-nos-gestes-climat.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+l&amp;#039;
+ &lt;a href="https://www.agglo-saintquentinois.fr/pratique/developpement-durable/le-plan-climat-air-energie-territorial-981.html" rel="noopener" target="_blank"&gt;
+  Agglo du Saint Quentinois
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Transports collectifs et optimisation des trafics routiers
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable, mais aussi intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://nosgestesclimat.fr</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe :
+ &lt;a href="https://nosgestesclimat.fr/contact" target="_self"&gt;
+  nosgestesclimat.fr/contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1e4-copie-13h56-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>140778</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner dans la démarche Climat-Air-Energie</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Objectifs :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ - Accompagner les EPCI pour la mise en oeuvre d&amp;#039;actions concrètes
+&lt;/p&gt;
+&lt;p&gt;
+ - Réduction des consommations énergétiques et des émissions de gaz à effet de serre (GES)
+&lt;/p&gt;
+&lt;p&gt;
+ - Sobriété énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des énergies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ - Adaptation du territoire au changement climatique
+&lt;/p&gt;
+&lt;p&gt;
+ - Mobilité alternative
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Démarche ADAPT pour la définition d&amp;#039;une feuille de route sur l&amp;#039;adaptation au changement climatique avec une Communauté de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recours à la boîte à outils SIDEC (e-lum, mission conseil en énergie, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  transitionenergetique&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c2e-accompagner-dans-la-demarche-climat-air-energ/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>163284</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Adapter son territoire au changement climatique</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Adapter son territoire au changement climatique - TACCT - 2024</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à manifestation d’intérêt a pour objectif d&amp;#039;apporter un soutien aux démarches territoriales d’élaboration de diagnostic et/ou trajectoires d’adaptation au changement climatique, suivant la méthodologie TACCT (Trajectoires d&amp;#039;Adaptation au Changement Climatique des Territoires).&lt;/p&gt;&lt;p&gt;Cet AMI a vocation à financer :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’accompagnement par un bureau d’études spécialisé &lt;/strong&gt;pour la prise en main de la méthodologie TACCT.&lt;/li&gt;&lt;li&gt;L&lt;strong&gt;es actions d’acculturation &lt;/strong&gt;aux enjeux climatiques à destination des élus, acteurs socio-économiques et autres partenaires mobilisés.&lt;/li&gt;&lt;li&gt;L&amp;#039;&lt;strong&gt;animation des temps de concertation&lt;/strong&gt; prévus dans la démarche. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide de l’ADEME pourra atteindre jusqu’à &lt;strong&gt;70 % maximum &lt;/strong&gt;du montant de l’assiette éligible retenue.&lt;/p&gt;&lt;p&gt;Les projets des territoires candidats seront notamment évalués sur la &lt;strong&gt;pertinence de l’échelle territoriale&lt;/strong&gt;, la &lt;strong&gt;motivation affichée par le représentant légal à porter cet enjeu d’adaptation&lt;/strong&gt;, la &lt;strong&gt;pertinence de l’organisation et de la gouvernance proposées et la qualité du programme&lt;/strong&gt; présenté.&lt;/p&gt;&lt;p&gt;Les dossiers déposés seront analysés par un jury régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au préalable de son dépôt de demande d&amp;#039;aide&lt;/strong&gt;, la collectivité devra déposer son intention de projet sur :&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-grand-est"&gt;innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-grand-est&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-son-territoire-au-changement-climatique-tacct-2024/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>111682</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Innover en faveur de la transition énergie-climat</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Transition énergie climat</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût HT de l’opération</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds d&amp;#039;innovation en faveur de la transition énergie-climat. Aide en faveur d&amp;#039;une opération d&amp;#039;investissement de 150.000 € minimum pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;économie circulaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;écologie industrielle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la production locale d&amp;#039;énergie renouvelable ou la récupération réduisant les impacts négatifs du mix énergétique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mobilité décarbonée (dans une logique de solidarité territoriale et d&amp;#039;égalité des territoires),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la construction ou la rénovation énergétique de bâtiments (autre que l&amp;#039;habitat) avec un label à très haute performance énergétique, conformément à la réglementation thermique 2020,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le recyclage d&amp;#039;espaces publics ou bâtis intégrant des solutions basées sur la nature et les solidarités (agriculture urbaine,...) pour prévenir les risques liés au changement climatique (rafraichissement naturel pour lutter contre les effets d&amp;#039;ilot de chaleur urbain...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ 150.000 € minimum d&amp;#039;investissement.
+ &lt;br /&gt;
+&lt;p&gt;
+ Délibération n°2019-04-0010 (AD du 25/03/2019)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Réhabilitation
+Industrie</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet de 150.000€ minimum d&amp;#039;investissement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mission développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 96
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3290-innover-en-faveur-de-la-transition-energie-cl/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>111763</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Former et sensibiliser aux Enjeux Energie Climat</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Proposer aux élus, aux techniciens des Collectivités  des temps de formation et de sensibilisation aux Enjeux Energie Climat.
+&lt;/p&gt;
+&lt;p&gt;
+ Informer sur les actualités réglementaires et les innovations techniques d&amp;#039;actualité (petits déjeuner techniques)
+&lt;/p&gt;
+&lt;p&gt;
+ Capitaliser les connaissances et les compétences en généralisant les retours d&amp;#039;expériences,
+&lt;/p&gt;
+&lt;p&gt;
+ Créer des synergies
+&lt;/p&gt;
+&lt;p&gt;
+ Organisation de Commissions techniques, réglementaires et de retours d&amp;#039;expérience avec l&amp;#039;ensemble des EPCI de Gironde (Commission Consultative Paritaire). Temps d&amp;#039;échanges et de coordination de l&amp;#039;action Départementale dans le cadre des PCAET.
+&lt;/p&gt;
+&lt;p&gt;
+ Organisation de groupes d&amp;#039;information technique à destination des élus et des techniciens des Collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Identification de sujets d&amp;#039;actualité en lien avec les problématiques des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Groupes d&amp;#039;échanges régulier « Conversations Carbone », identification des problématiques des chargés de missions pour la mise en place d&amp;#039;actions de Transition Energétique et Environnementale au sein de leur Collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ -	Pour participer aux Commissions Consultatives Paritaire de l&amp;#039;Energie à destination des EPCI de Gironde, désignation par délibération d&amp;#039;un délégué pour chacune des EPCI
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aucunes conditions particulières pour participer aux autres accompagnements
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/mediatheque-numerique/les-manifestations-forum-salons-journees-a-theme/377-petits-dejeuners-energetiques.html</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Énergie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile PERDRIX&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingénieure Planification Territoriale
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fb5e-former-et-sensibiliser-aux-enjeux-energie-cli/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>163079</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Organiser une planification énergie-climat territoriale</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Organiser une planification énergie-climat territoriale</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Expertise à l’échelle des intercommunalités / communes / quartiers dans l’élaboration et la mise en œuvre des politiques publiques de planification territoriale : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Caractérisation de la demande et de l’offre en énergie &lt;/li&gt;&lt;li&gt;Réflexion thématique sur l’adéquation entre offre et demande en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Caractérisation de la demande en énergie selon les usages (chaleur, électricité…) et les périmètres d’étude (quartier, typologies de bâtiments…). &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Caractérisation de l’offre en énergie : &lt;/strong&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etat des lieux des filières EnR (projets en fonctionnement, en étude et en développement) &lt;/li&gt;&lt;li&gt;Recensement des installations et caractérisation des fournisseurs et plateformes de production &lt;/li&gt;&lt;li&gt;Perspectives de développement des EnR&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;strong&gt;2. Réflexions thématiques sur l’adéquation entre offre et demande en énergie : &lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identification des gros consommateurs d’énergie et étude de la mise en place d’un réseau de chaleur urbain ou communal &lt;/li&gt;&lt;li&gt;Identification de sites favorables au développement d’une énergie spécifique &lt;/li&gt;&lt;li&gt;Identification des besoins de froid (actuels et à venir), ainsi que des solutions adaptées pour les réduire et/ou y répondre &lt;/li&gt;&lt;li&gt;Détermination des quartiers ou des typologies de bâtiments prioritaires en termes de rénovation énergétique&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identification des zones favorables aux réseaux de chaleur, étude des problématiques de réseaux liées à l’approvisionnement en électricité, quantification des besoins de froid actuels et à venir, détermination des profils de logements prioritaires en matière de rénovation thermique.&lt;/li&gt;&lt;li&gt;Caractérisation de la demande en énergie et de ses gros consommateurs d’énergie sur un territoire pour déterminer les zones favorables à la mise en œuvre de réseaux de chaleur.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/organiser-une-planification-energie-climat-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>163150</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement sylvicole et les besoins d’adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au développement sylvicole et aux besoins d’adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cycle forestier présente la caractéristique d’être en mesure de générer à la fois plus-value économique grâce à la valorisation des produits bois et bénéfice environnemental (aménités de la forêt). Dans certains cas, des travaux sylvicoles peuvent être nécessaires à l’accomplissement du cycle de production et justifier des financements incitatifs ciblés sur les interventions les plus pertinentes. La mise en évidence d’itinéraires de travaux sylvicoles prioritaires répond à ce besoin. En complément de ces itinéraires, une approche large de reboisement ou d’enrichissement vis-à-vis des objectifs sylvicoles et des essences d’accompagnement permettra de financer l’achat de plants et les investissements liés à des plantations en forêt lorsque la régénération naturelle rencontre des difficultés à se mettre en place et dans le cas de dépérissement dû au changement climatique.&lt;/p&gt;
+&lt;p&gt;Les objectifs sont :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;inciter les propriétaires publics et privés à augmenter les surfaces avec un objectif de valorisation « bois d’oeuvre » dans les documents de gestion durable ;&lt;/li&gt; 	&lt;li&gt;inciter et aider les propriétaires à réaliser des travaux sylvicoles et des opérations de reboisement ou d’enrichissement le cas échéant ;&lt;/li&gt; 	&lt;li&gt;aider à la régénération naturelle et à l’adaptation au changement climatique ;&lt;/li&gt; 	&lt;li&gt;favoriser et structurer le type de travaux pouvant émarger au Fonds RESPIR ;&lt;/li&gt; 	&lt;li&gt;favoriser l&amp;#039;intervention d&amp;#039;un gestionnaire en forêts privées.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités territoriales, Office national des forêts, EPCI ;&lt;/li&gt; 	&lt;li&gt;toutes structures publiques ou privées gestionnaires d’un patrimoine forestier dotées d’une personne morale constituée (GIEEF, ASL, ASF, ASA…) et qui possèdent des statuts, un SIRET et un RIB au nom de la personne morale ;&lt;/li&gt; 	&lt;li&gt;propriétaires de forêts privées et leurs groupements ;&lt;/li&gt; 	&lt;li&gt;OGEC (coopératives forestières) ;&lt;/li&gt; 	&lt;li&gt;structures oeuvrant dans le cadre de l’amélioration des forêts et la valorisation des services écosystémiques ;&lt;/li&gt; 	&lt;li&gt;experts forestiers ou gestionnaires forestiers professionnels éligibles.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Travaux de reboisement ou d’enrichissement&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Dépenses éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Fourniture et mise en place des plants : respect des conditions de l’arrêté régional relatif aux Matériels Forestiers de Reproduction (MFR) éligibles aux aides de l’État en vigueur au moment&lt;br /&gt; 	du dépôt du dossier (arrêté disponible sur le site internet de la &lt;a href="http://draaf.paca.agriculture.gouv.fr/"&gt;DRAAF PACA&lt;/a&gt; , rubrique productions et filières forêt/bois énergie/gestion durable des forêts et réglementation générale/graines et plants forestiers - MFR). Tout changement par rapport aux prescriptions de l’arrêté devra être justifié. Le conditionnement des plants et leurs modalités de transport et de conservation devront également être justifiés (en cas d’indisponibilité des plants prévus dans l’étude préalable, une adaptation justifiée des choix techniques réalisés pourra être étudiée au cas par cas)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Travaux de préparation du sol&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Travaux de reboisement&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Achat et travaux de mise en place de protection des plants (et potentiellement des protections (cf IV.2)&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Frais de maitrise d’oeuvre ou d’expertise forestière liés à la réalisation des travaux plafonnés à 15% du montant de travaux forestiers éligibles&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Travaux de reboisement ou d’enrichissement&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Dépenses éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Fourniture et mise en place des plants : respect des conditions de l’arrêté régional relatif aux Matériels Forestiers de Reproduction (MFR) éligibles aux aides de l’État en vigueur au moment&lt;br /&gt; 	du dépôt du dossier (arrêté disponible sur le site internet de la &lt;a href="http://draaf.paca.agriculture.gouv.fr/"&gt;DRAAF PACA&lt;/a&gt; , rubrique productions et filières forêt/bois énergie/gestion durable des forêts et réglementation générale/graines et plants forestiers - MFR). Tout changement par rapport aux prescriptions de l’arrêté devra être justifié. Le conditionnement des plants et leurs modalités de transport et de conservation devront également être justifiés (en cas d’indisponibilité des plants prévus dans l’étude préalable, une adaptation justifiée des choix techniques réalisés pourra être étudiée au cas par cas)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Travaux de préparation du sol&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Travaux de reboisement&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Achat et travaux de mise en place de protection des plants (et potentiellement des protections (cf IV.2)&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Frais de maitrise d’oeuvre ou d’expertise forestière liés à la réalisation des travaux plafonnés à 15% du montant de travaux forestiers éligibles&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-au-developpement-sylvicole-et-aux-besoins-dadaptation-au-changement-climatique</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:service_foret_natura2000&amp;#64;maregionsud.fr"&gt;service_foret_natura2000&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-developpement-sylvicole-et-aux-besoins-dadaptation-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>164950</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Préparer le territoire aux enjeux climatiques de demain</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets n°3.2</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;La stratégie du GAL spécifique à cet appel à projets - « Préparer le territoire aux enjeux climatiques de demain »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;La stratégie de la fiche action n°3 du programme LEADER du GAL Castelroussin-Valençay vise à :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;• Soutenir le changement et l’adaptation des pratiques agricoles, favoriser la résilience et la biodiversité.&lt;/p&gt;&lt;p&gt;• Accompagner le territoire dans la réduction de la consommation énergétique finale et la mobilisation de ressources ENR.&lt;/p&gt;&lt;p&gt;• Adopter une gestion durable des ressources (eau, bois) et promouvoir la mobilisation des matériaux biosourcés.&lt;/p&gt;&lt;p&gt;• Accompagner le territoire en matière de lutte contre l’artificialisation des sols pour une gestion optimale du foncier et la végétalisation des espaces urbains.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Lors de l’élaboration du dossier de candidature LEADER, la liste d’opérations suivantes avaient été retenues :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe d’accompagnement du territoire dans la réduction de la consommation énergétique finale et la mobilisation de ressources et des énergies renouvelables (ENR) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives pour accompagner le territoire vers la réduction de sa consommation énergétique.&lt;/p&gt;&lt;p&gt;• Actions de sensibilisation de tous les acteurs locaux aux enjeux climatiques (diagnostics innovants autour de la structuration des ENR, améliorer la performance énergétique d’un parc immobilier appuie à la résilience énergétique des entreprises, réflexion sur des outils de sensibilisation (caméra thermique...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Soutenir les pratiques agricoles respectueuses de l’environnement, favoriser la résilience et la biodiversité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions innovantes sur les pratiques agricoles liées à l’adaptation au changement climatique (Accompagnement sur les économies d’eau, choix de nouvelles espèces agricoles pluriannuelles, choix d’animaux pour un usage autre qu’agricole – écopaturage , réduction des intrants et nouvelles productions, nouvelles pratiques agricoles adaptées à la sécheresse...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Adopter une gestion durable des ressources (eau, bois) et promouvoir la mobilisation des matériaux &lt;/strong&gt;&lt;strong&gt;biosourcés:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Projets expérimentaux de gestion optimisée des eaux de pluies.&lt;/p&gt;&lt;p&gt;• Actions sur la remise en état des zones humides.&lt;/p&gt;&lt;p&gt;• Actions sur la renaturation de vallées.&lt;/p&gt;&lt;p&gt;• Mise en place de plan de gestion durable de ressource en bois (interventions ciblées sur petits boisements sans plans de gestion), de reconstitution de haies.&lt;/p&gt;&lt;p&gt;• Mise en place d’un plan de gestion des espaces naturels, de reconstitution de trames écologiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagner le territoire en matière de lutte contre l’artificialisation des sols pour une gestion optimale du foncier et la végétalisation des espaces urbains :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives environnementales et mise en œuvre de projets autour de la biodiversité, réduction des pesticides, valorisation et réduction des déchets, gestion du foncier et la gestion des espaces urbains (accompagnement à la désartificialisation et à la végétalisation et renaturation des parties urbanisées...).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Associations loi 1901, agréées, étrangères.&lt;/p&gt;&lt;p&gt;• Collectivités territoriales (communes, EPCI,...).&lt;/p&gt;&lt;p&gt;• Établissements publics, dont les chambres consulaires.&lt;/p&gt;&lt;p&gt;• Micro entreprises, TPE, PME, groupements d’entreprises (qui restent des PME).&lt;/p&gt;&lt;p&gt;• Syndicats professionnels ou interprofessionnels (salariés et patronaux).&lt;/p&gt;&lt;p&gt;• Offices de tourisme.&lt;/p&gt;&lt;p&gt;• Sociétés agricoles, exploitants agricoles et groupements d’agriculteurs (études uniquement).&lt;/p&gt;&lt;p&gt;• Organismes de formation avec numéro d’agrément.&lt;/p&gt;&lt;p&gt;• Organismes d’enseignement.&lt;/p&gt;&lt;p&gt;• Fondations.&lt;/p&gt;&lt;p&gt;• Établissements privés à but non lucratif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Autres conditions d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D’ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d’aide publique. Au moment du paiement, le montant d’aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;/p&gt;&lt;p&gt;• Plafond maximum de dépenses publiques pour les projets d’investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;• Plafond maximum d’attribution d’une aide Leader sur le territoire du GAL Castelroussin-Valençay : 80 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention : &lt;/strong&gt;les dépenses éligibles sont déterminées lors de l’instruction. Le seuil est donc vérifié à cette étape et non lors du dépôt de dossier. Le seuil est vérifié à nouveau lors de la demande de paiement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense. Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, l&amp;#039;investissement doit être réalisé sur le périmètre du GAL Castelroussin-Valençay (hors projet de coopération).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À noter :&lt;/strong&gt; possibilité de mise en place d&amp;#039;actions hors périmètre du GAL à condition que les bénéfices resurgissent sur le territoire de celui-ci.&lt;/p&gt;&lt;p&gt;
+ DÉPENSES ÉLIGIBLES SUR FACTURE : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ •    Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;
+ &lt;br /&gt;
+ •    Prestation de services et frais d&amp;#039;honoraires en accompagnement 
+comptable, juridique, et technique nécessaires à la réalisation de 
+l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;
+ &lt;br /&gt;
+ •    Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;
+ &lt;br /&gt;
+ •    Frais de conception et d&amp;#039;aménagement de stands ;
+ &lt;br /&gt;
+ •    Frais de communication (encart publicitaire, frais d&amp;#039;impression, 
+affranchissement pour envoi en nombre, conception de supports de 
+communication), de promotion, d&amp;#039;information (guide, film, site 
+internet...) ;
+ &lt;br /&gt;
+ •    Acquisition de matériel/outillage industriel, mobilier, 
+fournitures (hors acquisition d&amp;#039;occasion et hors investissement 
+agricole) ;
+ &lt;br /&gt;
+ •    Investissement immatériel (logiciels et brevets) ;
+ &lt;br /&gt;
+ •    Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;
+ &lt;br /&gt;
+ •    Achat de biens immeubles (dans la limite des règles d&amp;#039;éligibilité définies au niveau régional) ;
+ &lt;br /&gt;
+ •    Location de biens meubles ou immeubles ;
+ &lt;br /&gt;
+ •    Véhicule en lien direct avec le projet (maximum 1 par opération) 
+et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention
+ et dans le périmètre éligible au programme LEADER.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ DÉPENSES ÉLIGIBLES DE PERSONNEL :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ •    Frais de personnels nécessaires à la réalisation de l&amp;#039;opération et
+ comportant un lien démontré avec celle-ci (salaires, charges liées et 
+traitements accessoires, un justificatif de temps de travail sera 
+demandé) ;
+ &lt;br /&gt;
+ •    Coûts indirects selon un taux forfaitaire de 15 % des frais de 
+personnels directs éligibles (option de coûts simplifiés (OCS) 
+conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux 
+plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 
+2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;
+ &lt;br /&gt;
+ •    Notes de frais des personnels ou bénévoles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.payscastelroussin.fr/actions/leader.html</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr/account-management/crcvl-demandeurs/ux/#/login?redirectTo=https:%2F%2Fnosaidesenligneregion.centre-valdeloire.fr%2Faides%2F%23%2Fcrcvl%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-crcvl-portail-depot-demande-a</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Thibault MOURIER
+&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaire / Animateur
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.34.68.04.70
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : leader&amp;#64;payscastelroussin.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>leader@payscastelroussin.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preparer-le-territoire-aux-enjeux-climatiques-de-demain/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>165101</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les stations de montagne au changement climatique</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les stations de montagne au changement climatique</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet touristique au sein d’une station de montagne dans une logique d’adaptation des activités ou de diversification et dessaisonalisation de l’offre touristique ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 20 % des dépenses éligibles (*) et plafonnée à 300 000 €  &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;(*) pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une PME au sens de l’union européenne&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une collectivité territoriale&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Des investissements d’équipements touristiques structurants d’envergure régionale, nationale ou internationale, facteur de différenciation par rapport aux équipements en place, visant l’excellence dans les services proposés aux visiteurs et qui favoriseront l’émergence d’une nouvelle production touristique ou viendront renforcer l’offre des filières touristiques. Ils devront s’inscrire dans un programme de développement ou maintien de l’emploi et répondre aux principaux enjeux de protection de l’environnement, de la biodiversité, des ressources.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 300 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;L’ensemble des dépenses répondant aux objectifs visés précédemment.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Dans les stations de ski, les renouvellements de remontées mécaniques seront étudiés au cas par cas.&lt;/p&gt;
+&lt;p&gt;Pour les années 2025, 2026, 2027 et 2028, le soutien aux investissements liés aux enneigeurs pourra être étudié au cas par cas et de manière dégressive, dès lors qu’il s’agira d’installer ou renouveler du matériel existant par du matériel plus économe en eau et en énergie.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Si des retenues d’eau sont prévues pour l’approvisionnement des enneigeurs, le porteur devra démontrer dans son dossier de demande d’aide à la Région qu’elles sont écologiquement et économiquement viables et socialement acceptées.&lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI…)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande avant signature de devis et avant le début des travaux.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Paysage</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2024</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/stations-montagne-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0292/depot/simple</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 67 24&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-les-stations-de-montagne-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>76270</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Servir les politiques énergie-climat des territoires du Rhône</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>ALTE 69 - Agence Locale de la Transition Énergétique du Rhône</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée par les communautés de communes et d&amp;#039;agglomération du Rhône, le Département du Rhône, la Région Auvergne-Rhône-Alpes, l&amp;#039;association Hespul et des acteurs du secteur privé, l&amp;#039;
+ &lt;strong&gt;
+  Agence Locale de la Transition Énergétique du Rhône (ALTE 69)
+ &lt;/strong&gt;
+ est une association à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Tel que défini dans ses statuts, elle se donne pour objectif d&amp;#039;encourager, d&amp;#039;accompagner, de promouvoir et d&amp;#039;animer par tous moyens à sa disposition la mise en œuvre de la transition énergétique. Dans le cadre d&amp;#039;un développement soutenable des territoires et de la lutte contre les causes et les effets du changement climatique, elle participe à la mise en place d&amp;#039;un paysage énergétique sobre, efficace et renouvelable.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elle accompagne les usagers (les collectivités, les habitants et plus largement tous les acteurs locaux) dans leurs démarches d&amp;#039;économie d&amp;#039;énergie, d&amp;#039;utilisation d&amp;#039;énergies renouvelables et d&amp;#039;innovations énergétiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elle déploie une expertise mutualisée à l&amp;#039;échelle départementale pour fournir un service d&amp;#039;intérêt général, indépendant des fournisseurs d&amp;#039;énergie et de matériaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les principaux domaines d&amp;#039;expertise sont:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le suivi des consommations d&amp;#039;énergie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment performant, en construction et rénovation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la production d&amp;#039;énergies renouvelables thermiques et électriques (photovoltaïque), intégrées au bâtiment ou en centrales de production indépendantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la planification énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de l&amp;#039;ALTE 69 varie de la sensibilisation du particulier à l&amp;#039;accompagnement de projet collectif ou de politique territoriale, avec en perspective la réduction des émissions de gaz à effet de serre sur les territoires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur de l&amp;#039;énergie (SDE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et optimisation des consommations d&amp;#039;énergie du patrimoine bâti (notamment public)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information et formation des acteurs de l&amp;#039;acte de construire et des acteurs du logement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, conseil et accompagnement des particuliers pour la rénovation énergétique de leur logement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être un acteur du territoire du Rhône hors Métropole de Lyon (particulier, collectivité, association...).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Rhône</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alte69.org/fr/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence Locale de la Transition Énergétique du Rhône
+ &lt;br /&gt;
+ contact&amp;#64;alte69.org
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>habiba.belkadi-seys@alte69.org</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d1b0-servir-les-politiques-energie-climat-des-terr/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>101584</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Œuvrer pour la transition énergétique, le climat et la qualité de l'air</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous soutenons dans le développement de projets d&amp;#039;énergies renouvelables locales et l&amp;#039;amélioration de la résilience du territoire face aux enjeux climatiques. Nous apportons des solutions adaptées pour favoriser la transition écologique de votre territoire&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d970-uvrer-pour-la-transition-energetique-le-clima/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>142831</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer les vulnérabilités aux aléas climatiques actuels et futurs</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous gérez un réseau d&amp;#039;infrastructures de transport et vous préoccupez de la continuité d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous craignez que des aléas mal estimés ne viennent anéantir votre patrimoine et mettre en péril l&amp;#039;activité économique de votre région ou de votre périmètre d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez identifier les vulnérabilités, physiques ou fonctionnelles, de vos infrastructures et préparer une réponse globale.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez être accompagnés par des experts de la résilience des réseaux de transport pour définir la stratégie d&amp;#039;action adaptée à vos besoins réels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema réalise une analyse de risques sur votre patrimoine, identifie les points critiques de votre réseau ou de vos plateformes, évalue les dommages potentiels et vous propose des solutions d&amp;#039;atténuation des effets de ces aléas. Une offre intégrée d&amp;#039;accompagnement comporte : diagnostic des vulnérabilités, hiérarchisation des différentes solutions, définition et déploiement des solutions, communication vers les parties prenantes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   &amp;gt; Identifier les vulnérabilités : votre stratégie de résilience
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Etape essentielle de la démarche Cerema d&amp;#039;amélioration de la résilience d&amp;#039;un réseau de transport, elle s&amp;#039;appuie sur : un périmètre d&amp;#039;étude adapté aux objectifs du territoire, l&amp;#039;identification des aléas et leurs évolutions possibles, la qualification des vulnérabilités physiques et fonctionnelles, l&amp;#039;analyse des impacts sur les déplacements.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsque vulnérabilités des infrastructures et impacts pour le territoire sont connus, le Cerema vous accompagne dans l&amp;#039;identification des solutions et de leurs coûts, afin de les prioriser et les mettre en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   &amp;gt; Assistance à maîtrise d&amp;#039;ouvrage
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre stratégie de résilience étant adoptée, le Cerema propose des solutions techniques éprouvées et neutres et vous accompagne dans la rédaction des marchés de maîtrise d&amp;#039;œuvre. Il vous apporte également son expertise en phase travaux, afin de lever toute difficulté technique. Le Cerema vous aide, enfin, à identifier les aides disponibles et à lancer les travaux au plus vite.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   &amp;gt; Sensibiliser, former et communiquer
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les formations Cerema vous permettent de maîtriser le sujet de la résilience des infrastructures. Un appui est proposé pour vos actions de sensibilisation, de communication ou de concertation : éléments d&amp;#039;analyse et de langage, mise en valeur des actions de résilience sur votre budget et votre patrimoine (réduction de la dette grise).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  AMO – Trois domaines d&amp;#039;accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Priorisation des actions de résilience.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de marchés de maîtrise d&amp;#039;œuvre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise technique spécifique tout au long du projet, des études amont à la réalisation des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La démarche globale
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Priorisation des actions de résilience, selon vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aléas naturels et climatiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aléas anthropiques, socio-économiques, sanitaires ou industriels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouleversements liés aux nouvelles technologies,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conjugaison de plusieurs types d&amp;#039;aléas
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan national d&amp;#039;adaptation au changement climatique, le Cerema a développé une méthodologie innovante d&amp;#039;analyse des vulnérabilités des infrastructures déjà appliquée sur de nombreux territoires. Il intervient également au niveau national et international pour les meilleures stratégies d&amp;#039;adaptation adaptées aux différents types de réseaux. Réseau routier national, départementaux, autoroutiers, grands ponts emblématiques, grands ports maritimes ou encore réseaux ferrés et voies navigables, le Cerema accompagne de nombreux gestionnaires pour améliorer la résilience des infrastructures de transport.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/diagnostiquer-vulnerabilites-aux-aleas-climatiques-actuels</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87b3-diagnostiquer-les-vulnerabilites-aux-aleas-cl/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>142833</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la viabilité hivernale en s’adaptant au changement climatique</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le référentiel français en matière de viabilité hivernale (VH) repose principalement sur une doctrine datant des années 1990. Plusieurs évolutions (d&amp;#039;ordre climatique, technologique ou social) appellent à reconsidérer l&amp;#039;organisation des mobilités. Parmi elles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réorganisation des services routiers en lien avec la loi 3DS et le périmètre de compétences évolutif des métropoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement des transports en commun et des modes doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  la généralisation des systèmes d&amp;#039;aide à la conduite et les perspectives de véhicules autonomes ou de routes électriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  le changement climatique impactant les conditions de circulation hivernale
+ &lt;/li&gt;
+ &lt;li&gt;
+  la nécessaire prise en compte de l&amp;#039;environnement et de la protection de la ressource en eau.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gestionnaires d&amp;#039;infrastructures routières ou cyclables, le Cerema vous accompagne pour optimiser la viabilité hivernale, tout en réduisant l&amp;#039;impact sur l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Evaluer la sensibilité environnementale de votre réseau en intégrant les évolutions climatiques et sociétales ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostiquer votre organisation VH à des fins d&amp;#039;optimisation ? (i.e. répondre aux besoins économiques et de mobilité en limitant l&amp;#039;impact sur l&amp;#039;environnement et la mobilisation de ressources)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer un service hivernal intégrant l&amp;#039;ensemble des mobilités (cycles, transports en commun...) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suite à la réorganisation des compétences et transferts de réseaux, mettre en place une organisation commune, homogénéiser les pratiques, mutualiser les moyens ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Stratégie et plan d&amp;#039;actions pour optimiser la VH
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Appui à la définition des objectifs et stratégie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification et pondération des enjeux (économie, mobilités douces, environnement...) et mesures acceptables pour la région et le réseau concernés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de séminaires de sensibilisation et aide aux décisions politiques et stratégiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de principes de hiérarchisation du réseau et de mesures d&amp;#039;accompagnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Diagnostic
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des documents d&amp;#039;organisation existants (DOVH) au vu des enjeux préalablement définis
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien avec des intervenants de différents niveaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit des matériels et visites de centres
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Elaboration d&amp;#039;un plan d&amp;#039;actions portant sur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La redéfinition des niveaux de service
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le choix du type de fondant et des consignes de traitement
+ &lt;/li&gt;
+ &lt;li&gt;
+  La définition de mesures d&amp;#039;accompagnement (communication, gestion de trafic, etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La stratégie d&amp;#039;investissement pour les matériels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation de l&amp;#039;impact du changement climatique sur la VH
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Définition des phénomènes hivernaux (courants, rares et exceptionnels) actuels et prévisionnels pour la région et le réseau
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Mesure de l&amp;#039;impact sur le choix des techniques de traitement, niveaux de service, gestion de crises.
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Gestion hivernale des itinéraires cyclables
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification des itinéraires prioritaires et critères de hiérarchisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des principes de traitement. Aide à la rédaction des documents de planification et d&amp;#039;organisation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix des techniques et matériels adaptés au réseau. Elaboration d&amp;#039;une stratégie d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   APIEME
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema accompagne l&amp;#039;APIEME (Association de Protection de l&amp;#039;Impluvium des Eaux Minérales d&amp;#039;Evian) pour limiter les apports de chlorures et disposer d&amp;#039;une viabilité hivernale raisonnée.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DIR Ile-de-France
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En 2020-2021, le Cerema a accompagné la DIR Ile de France dans sa démarche de professionnalisation des acteurs de la viabilité hivernale.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Agence de l&amp;#039;eau Rhin Meuse
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;AERM a confié au Cerema une étude sur la réduction des flux de fondants routiers vers les milieux aquatiques et humides de la communauté de communes de Bruyère Vallon des Vosges.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/optimiser-viabilite-hivernale-s-adaptant-au-changement</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/70f2-optimiser-la-viabilite-hivernale-en-sadaptant/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>157557</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Aider les collectivités samariennes lors d'évènements climatiques majeurs</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Fonds catastrophes naturelles</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 30</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au regard de la fréquence accrue des aléas climatiques dans la Somme, un dispositif de soutien départemental aux collectivités concernées est mis en oeuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 250.000€ sur 6 ans et le dispositif est décliné selon les modalités suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   taux de subvention : 30% du coût hors taxes des dépenses éligibles, déduction faite le cas échéant des indemnités d&amp;#039;assurance
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide financière plafonnée à 80.000€ par dossier
+  &lt;/li&gt;
+  &lt;li&gt;
+   participation minimale du maître d&amp;#039;ouvrage : 20% du coût de l&amp;#039;opération
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide départementale cumulable avec d&amp;#039;autres financements publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   prise en compte des dépenses à compter de la date de survenue des dommages.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   réparation des voiries,
+  &lt;/li&gt;
+  &lt;li&gt;
+   espaces publics et ouvrages endommagés (études et travaux d&amp;#039;investissement).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Sols
+Espace public
+Voirie et réseaux
+Risques naturels
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P16" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q16" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors, de vote du budget primitif 2023, l&amp;#039;assemblée départementale a pérennisé et élargi l&amp;#039;accès à ce dispositif à tous les évènements climatiques exceptionnels sans que l&amp;#039;état de catastrophe naturelle ne soit nécessairement reconnu. Les bénéficiaires sont donc les communes de la Somme (et leurs groupements) dont l&amp;#039;état de catastrophe naturelle a été reconnu par arrêté ministériel
+ &lt;strong&gt;
+  ou attestant du caractère exceptionnel d&amp;#039;un évènement climatique.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/fonds-catastrophes-naturelles/</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://subvention.somme.fr/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/be56-soutenir-les-collectivites-samariennes-lors-d/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>163077</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et comprendre la situation énergie-climat de mon territoire</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et comprendre la situation énergie-climat de mon territoire</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La collectivité bénéficie des informations nécessaires et d’une connaissance fine de l’existant pour mettre en oeuvre une politique climat-air-énergie efficace. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Etat des lieux et analyse des consommations énergétiques finales par type d’énergie, par secteur et par usage &lt;/p&gt;&lt;p&gt;• Etat des lieux et analyse des productions énergétiques : filières EnR locales, installations de production et de transformation d’énergie &lt;/p&gt;&lt;p&gt;• Analyse des flux énergétiques sur le territoire en mettant en lien production, transformation, transport, distribution, pertes et consommation d’énergie sur le territoire, afin d’apprécier l’autonomie du territoire et ses échanges avec l’extérieur &lt;/p&gt;&lt;p&gt;• Evaluation des émissions territoriales de gaz à effet de serre, directes et indirectes (scopes 1 et 2), et de la séquestration de CO2 du territoire &lt;/p&gt;&lt;p&gt;• Evaluation de la vulnérabilité au changement climatique : analyse des forces et faiblesses du territoire &lt;/p&gt;&lt;p&gt;• Estimation de la dépense énergétique par type d’énergie et par secteur &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Diagnostics énergie-climat territoriaux à différentes échelles dans le cadre de plusieurs démarches (PCAET, TEPOS, PNR, Agenda 21, Convention des Maires...) en Gironde.&lt;/li&gt;&lt;li&gt;Fourniture ponctuelle de données dans le cadre de projets territoriaux (PLU, SCOT, études spécifiques…)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion &lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/connaitre-et-comprendre-la-situation-energie-climat-de-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>163080</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un porter à connaissance énergie-climat</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un porter à connaissance énergie-climat</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Expertise énergie-climat dans la conception ou l’aménagement d’un projet urbain ou site à enjeux (éco-quartier, zone d’activités…), dans le but d’apprécier de façon transversale les opportunités de desserte et/ou réhabilitation énergétiques.&lt;/p&gt;&lt;p&gt;Réalisation d’un &lt;strong&gt;« Porter à connaissance Energie / Urbanisme » &lt;/strong&gt;auprès du ou des maîtres d’ouvrage du projet  comprenant : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définition d’un périmètre d’analyse pertinent, intégrant le ou les projets et les bâtiments et tissus existants situés à proximité, &lt;/li&gt;&lt;li&gt;Identification des consommateurs en jeu et quantification des besoins énergétiques &lt;/li&gt;&lt;li&gt;Caractérisation des tissus bordant le projet : typologie, nombre de logements, surfaces des bâtiments, datation, domanialité, mode et énergie de chauffage… &lt;/li&gt;&lt;li&gt;Identification qualitative et quantitative des ressources renouvelables mobilisables au droit du projet et au regard de « l’économie générale » des ressources renouvelables locales &lt;/li&gt;&lt;li&gt;Propositions d’options de rénovation thermique et/ou de desserte en énergies renouvelables satisfaisant tout ou partie des besoins énergétiques en jeu.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude de préfaisabilité d’un réseau de chaleur sur un quartier des hôpitaux &lt;/li&gt;&lt;li&gt;Etude de l’intégration des tissus urbains existants dans la réflexion de desserte énergétique d&amp;#039;un quartier &lt;/li&gt;&lt;li&gt;Etude de l’adéquation entre besoins et distribution en électricité à moyen-long terme&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Bâtiments et construction
+Logement et habitat
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-dun-porter-a-connaissance-energie-climat/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>163733</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans le renouvellement des forêts et l'adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans le renouvellement des forêts et l&amp;apos;adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous êtes propriétaire forestier en Nouvelle-Aquitaine ? La Region vous accompagne dans vos investissements en faveur du boisement, du renouvellement et de l’amélioration de vos peuplements.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Améliorer la résilience et la valeur environnementale des peuplements,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir la régénération naturelle et les enrichissements en cas de régénération partielle ou au milieu de peuplements déjà constitués,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Améliorer la qualité des peuplements et des bois produits pour répondre à la demande de la filière,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser les premières interventions d’amélioration de suberaies permettant la production de liège de meilleure qualité,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en place de nouvelles peupleraies et développer la qualité des peupleraies existantes afin de répondre à la demande croissante des industriels régionaux.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Le taux de base est fixé à 40 %.&lt;/p&gt;&lt;p&gt;Des bonifications éventuelles peuvent être apportées pour :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Regroupement de chantiers géographiquement proches,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Diversification d’essences et maintien / entretien d’éléments de biodiversité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le taux maximum d’aide publique est de 65 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Forêts</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les propriétaires privés (personnes morales ou physiques), individuels ou regroupés,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les structures de regroupement des investissements telles que les OGEC (coopératives forestières), les associations syndicales autorisées (ASA), les associations syndicales libres (ASL, ASLGF…), ainsi que les GIEEF (Groupement d&amp;#039;Intérêt Economique et Environnemental Forestier), si elles sont titulaires des engagements liés à la réalisation des opérations,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les propriétaires de forêts publiques autres que les forêts domaniales.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/investir-dans-le-renouvellement-des-forets-et-ladaptation-au-changement-climatique</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Le formulaire de demande d’aide publique accompagné des pièces justificatives et des annexes doit être déposé sur la plateforme MDNA (Mes démarches en Nouvelle-Aquitaine, en cliquant sur le bouton rouge, dessous &amp;#34;Déposer ma demande&amp;#34;).&lt;/p&gt;&lt;p&gt;Vous trouverez ces documents sur ce lien Vous avez un projet concernant l&amp;#039;agriculture, la forêt ou Natura 2000 | Europe (europe-en-nouvelle-aquitaine.eu). (Le renouvellement des forêts 73.08.01)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après le dépôt, un accusé de recevabilité sera transmis au demandeur dans les conditions mentionnées au 1.3.2 du cahier des charges.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Après instruction, les dossiers feront l’objet d’un passage en Commission Permanente de la Région Nouvelle-Aquitaine puis en Instance de Consultation des Partenaires, instance de décision du FEADER. Le porteur de projet sera informé de la décision globale.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investir-dans-le-renouvellement-des-forets-et-ladaptation-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>164102</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - fiche action  8</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>164927</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'adaptation des territoires au changement climatique dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Projets multithématiques pour l'adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;agence de l’eau soutient des actions multithématiques pour l&amp;#039;adaptation des territoires au changement climatique dans le domaine de l&amp;#039;eau.&lt;br /&gt;
+&lt;br /&gt;
+Face aux défis tels que l&amp;#039;assèchement des sols et la diminution du niveau des aquifères, elle encourage l&amp;#039;élaboration de stratégies territoriales intégrant les enjeux des ressources en eau et des milieux aquatiques. L&amp;#039;agence favorise des approches systémiques au niveau des bassins versants et soutient l&amp;#039;animation, les études et les plans d&amp;#039;action via des contrats Eau et Climat. Elle peut également financer des projets innovants et exemplaires pour répondre aux enjeux identifiés dans le plan de bassin d&amp;#039;adaptation au changement climatique.</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q21" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128700/fr/projets-multithematiques-pour-l-adaptation-au-changement-climatique</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-multithematiques-pour-ladaptation-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>165273</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Financer les analyses Hydrologie Milieux Usage Climat (HMUC)</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Analyse Hydrologie Milieux Usage Climat (HMUC)</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les analyses Hydrologie Milieux Usage Climat 
+(HMUC), indispensable pour mesurer les effets du dérèglement climatique 
+et suivre les évolutions prévisibles sur les milieux aquatiques en vue 
+d’établir un état des lieux partagé à partir de données locales. 
+L’analyse HMUC constitue la déclinaison sur le bassin Loire-Bretagne de 
+l’évaluation des volumes prélevables. L’analyse HMUC est reconnue comme 
+un élément de la phase de diagnostic de territoire, socle du projet de 
+territoire pour la gestion de l’eau (PTGE). Elle constitue ainsi un 
+outil d&amp;#039;aide à la décision pour la définition d’une politique locale de 
+gestion de l’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q22" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-analyse-hydrologie-milieux-usage-climat-hmuc.html</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-analyses-hydrologie-milieux-usage-climat-hmuc/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>42869</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>S'engager dans le programme de labellisation Climat-Air-Énergie Cit'ergie</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cit&amp;#039;ergie est un programme de management et de labellisation qui
+ récompense les collectivités pour la mise en œuvre d&amp;#039;une politique climat­-air-énergie ambitieuse.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide consiste en un accompagnement financier par un conseiller Cit&amp;#039;ergie accrédité par l&amp;#039;ADEME et un accompagnement technique à la prise en main de la démarche d&amp;#039;évaluation et de labellisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour répondre au défi que constitue le changement climatique, les collectivités locales ont un rôle déterminant à jouer dans la définition et la mise en œuvre d&amp;#039;actions visant à la réduction des émissions de gaz à effet de serre, l&amp;#039;amélioration de l&amp;#039;efficacité énergétique, la réduction de la pollution atmosphérique, le développement des énergies renouvelables ou encore l&amp;#039;adaptation au changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est maintenant acquis qu&amp;#039;un engagement fort de la collectivité dans la transition énergétique est synonyme de développement économique, d&amp;#039;attractivité et de qualité de vie pour ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Cependant, même motivées pour agir, les collectivités se trouvent face à de nombreuses interrogations :
+&lt;/p&gt;
+&lt;p&gt;
+ Comment mettre en place une politique énergétique efficace ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quelle méthode suivre pour conduire et réussir un Plan Climat Air Energie Territorial (PCAET) ambitieux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Comment s&amp;#039;intégrer dans les objectifs air-énergie-climat régionaux et nationaux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le label européen European Energy Award (EEA), décliné en France via le programme Cit&amp;#039;ergie, est destiné en particulier aux intercommunalités souhaitant conduire des politiques actives.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label Cit&amp;#039;ergie évalue les collectivités sur les actions qu&amp;#039;elles conduisent dans le cadre de leurs compétences propres et dans leur sphère d&amp;#039;influence. Via un catalogue de mesures concrètes, la labellisation prend en compte tous les leviers possibles pour l&amp;#039;engagement d&amp;#039;actions énergie climat sur le territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Structuration, suivi, et évaluation du plan climat-air-énergie (PCAET)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un seul déposant est attendu par dossier ; les projets collaboratifs ne sont pas éligibles. Il est vivement conseillé de contacter l&amp;#039;ADEME en amont du dépôt du dossier pour tous renseignements ou conseils relatifs au montage et à la soumission de votre dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr/contact/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:citergie&amp;#64;ademe.fr?subject&amp;#61;Contact%20via%20aides-territoires.beta.gouv.fr"&gt;
+  citergie&amp;#64;ademe.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 15 09 82 07 (permanence de 9h à 12h30 et de 14h à 16h30, du lundi au vendredi)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.vallee@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a3ba-sengager-dans-le-programme-de-labellisation-c/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>78203</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser, préserver les ressources locales et atténuer le changement climatique</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Le territoire présente un environnement peu dégradé, mais porte toutefois les traces d’activités anciennes qui laissent des friches et des sites potentiellement pollués. Les activités contemporaines exercent aussi des pressions sur l’environnement, tout comme le changement climatique.&lt;/p&gt;&lt;p&gt;L’agriculture, dominée par la polyculture et un élevage important, est une composante essentielle du territoire. La production biologique est en plein essor, la demande d’installation sur de petites surfaces est en hausse (en lien avec le projet d’espace-test maraîcher porté par le Pays Comminges Pyrénées) et la filière viande est en cours de structuration.&lt;/p&gt;&lt;p&gt;L’offre de transport demeure limitée, le Pays Comminges Pyrénées doit améliorer les mobilités sur l’ensemble de son territoire afin de le rendre accessible à tout type de population, en priorisant le développement des mobilités multimodales, durables et économes en énergie. Le fait que 78% des actifs résident et travaillent sur le territoire montre que le potentiel de développement des alternatives à la voiture individuelle est réel.&lt;/p&gt;&lt;p&gt;Les enjeux : Valoriser l’environnement, le patrimoine naturel et le cadre de vie ; encourager une agriculture et une consommation locales et durables ; développer le potentiel énergétique renouvelable du territoire et adapter le territoire au changement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.1 Soutenir une agriculture locale durable&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.1.1 Adapter et développer une agriculture locale, de montagne et accessible à tous&lt;/li&gt;&lt;li&gt;4.1.2 Diversifier les activités agricoles par la transformation ou la valorisation des produits et par les activités agritouristiques&lt;/li&gt;&lt;li&gt;4.1.3 Développer les actions inscrites dans le Projet Alimentaire Territorial Comminges Pyrénées et/ou en cohérence avec celui-ci.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;4.2 Accompagner le développement raisonné des ressources naturelles locales&lt;/strong&gt;&lt;br /&gt;&lt;ul&gt;&lt;li&gt;4.2.1 Préserver et valoriser la richesse environnementale du territoire ;&lt;/li&gt;&lt;li&gt;4.2.2 Développer et valoriser les filières locales&lt;/li&gt;&lt;li&gt;4.2.3 Gérer durablement les ressources naturelles du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;span&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3 Favoriser les transitions écologiques et énergétique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.3.1 Développer les initiatives en faveur de la transition écologique, de la maîtrise de l’énergie et des énergies renouvelables&lt;/li&gt;&lt;li&gt;4.3.2 Développer une mobilité innovante et durable&lt;/li&gt;&lt;li&gt;4.3.3 Mettre en œuvre et réviser les Plans Climat Air Energie Territoriaux.&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;p&gt;&lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’un tiers lieu nourricier, création d’une cuisine centrale pour la restauration collective, création d’un magasin de producteurs, réalisation d’un guide des producteurs locaux, développement des AFP, mise en place d’espaces-tests, etc. ;&lt;/p&gt;&lt;p&gt;- Installation d’unités de production de méthanisation, structuration de la filière laine, protection des captages d’eau, etc. ;&lt;/p&gt;&lt;p&gt;- Projet solaire citoyen, aménagement d’un pôle multimodal, réalisation d’un plan mobilité simplifiée à l’échelle du Pays Comminges Pyrénées, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Paysage
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES&lt;/strong&gt;&lt;br /&gt;Tous sauf SCI et particuliers.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;br /&gt;&lt;/strong&gt;&lt;br /&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.1.2 Pour les activités agritouristiques&lt;/em&gt; : Les projets touristiques devront s’inscrire dans une démarche qualité inclusive de type « Tourisme et handicap » et /ou environnementale de type « Ecogite de Gîtes de France/Qualité tourisme/Camping Qualité » et/ou favorisant les mobilités douces de type « Accueil vélo » / « Cheval étape ».&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.3. Favoriser les transitions écologique et énergétique &lt;/em&gt;: Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Exclusions spécifiques&lt;/strong&gt; : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6359-promouvoir-une-agriculture-locale-perenne-et-/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>80365</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Bâtir le volet énergie-climat du projet de territoire et le mettre en œuvre</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des Agences Locales de l'Energie et du Climat (FLAME)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous  souhaiter  mettre  un  accent  particulier  sur  la  lutte  contre  le  changement  climatique  et  la  transition énergétique dans votre projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence  Locale  de  l&amp;#039;Energie  et  du  Climat  (ALEC)  de  votre  territoire  vous accompagne  dans  toutes  les étapes  de  votre  Projet de  Territoire  sur les  enjeux  énergie  et  climat,  que  vous  ayez  entamé  une  démarche Plan Climat Air Energie Territorial (PCAET) ou pas grâce à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sa connaissance des acteurs du territoire, l&amp;#039;ALEC vous facilite la concertation indispensable à votre Plan territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ses liens privilégiés avec l&amp;#039;observatoire régional Energie-Climat et les gestionnaires de réseaux, l&amp;#039;ALEC vous apportera les données nécessaires à l&amp;#039;établissement du diagnostic initial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  sa connaissance fine du territoire, l&amp;#039;ALEC vous aidera à définir les axes stratégiques de votre PT en lien avec les enjeux énergie-climat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux actions qu&amp;#039;elle mène déjà sur le territoire, l&amp;#039;ALEC vous aidera à définir et mettre en oeuvre un plan d&amp;#039;actions concret adapté à votre territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à sa présence dans la durée, l&amp;#039;ALEC vous permettra de réaliser un suivi précis de votre Plan territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Risques naturels
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.federation-flame.org/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un site internet :
+ &lt;a href="https://www.federation-flame.org/"&gt;
+  https://www.federation-flame.org/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez la Fédération :
+ &lt;a&gt;
+  contact&amp;#64;federation-flame.org
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/90ea-batir-le-volet-energie-climat-du-projet-de-te/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>102051</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Impact CO2 - L’impact sur le climat des objets et gestes de quotidien</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ On parle de plus en plus de kilos ou de tonnes de CO2, et tant mieux. Mais concrètement, quelles sont les émissions nécessaires pour fabriquer et consommer les objets qui nous entourent ? et comment les communiquer auprès des citoyens ? &lt;span&gt;🤔&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   &lt;a href="https://impactco2.fr/" rel="noopener" target="_blank"&gt;
+    Impact CO2
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ vous propose de
+ &lt;strong&gt;
+  découvrir l&amp;#039;impact sur le climat
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  des objets et gestes du quotidien pour les comparer avoir les bons ordres de grandeur : usages numérique, transport, alimentation, chauffage ...
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des infographies peuvent être directement reprises pour illustrer vos contenus et communications.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet outil simple et ludique est intégrable sur tout type de site.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Diffusé par différentes entreprises ou à l&amp;#039;issue de certaines
+ &lt;a href="https://fresqueduclimat.org/" rel="noopener" target="_blank"&gt;
+  &lt;em&gt;
+   Fresques du climat
+  &lt;/em&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , ce simulateur est aussi intégré sur les sites de
+ &lt;a href="https://www.grenoble.fr/2297-mon-convertisseur-co2.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.larochelle-zerocarbone.fr/s-engager/la-boite-a-outils-du-zero-carbone/mon-convertisseur-co2" rel="noopener" target="_blank"&gt;
+  La Rochelle
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/lutter-contre-le-changement-climatique/action-1-je-calcule-mon" rel="noopener" target="_blank"&gt;
+  Issy
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.defimobilite-lemans.fr/" rel="noopener" target="_blank"&gt;
+  Le Mans
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Technologies numériques et numérisation
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Logement et habitat
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/516c-copie-14h12-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>147307</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transition écologique et numérique : sciences du climat et réponses</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Sciences du climat et réponses - 2024</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.5 Climat, Energie et Mobilité - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Le cluster &amp;#34;Climate Energy and Mobility&amp;#34; vise à accélérer la double transition verte et numérique et la transformation associée de notre économie, de notre industrie et de notre société en vue d&amp;#039;atteindre la neutralité climatique en Europe d&amp;#039;ici 2050.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Budget total de l&amp;#039;appel : 103 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget total par topic :
+  &lt;ul&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-01 : 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-02 : 22 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-03 : 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-04: 12 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-05 : 14 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-06 : 5 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-07 : 20 millions d&amp;#039;euros
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Certains budgets Horizon Europe sont structurés en réponse à des ambitions politiques (&amp;#34;destinations&amp;#34;) et déployés par le biais d&amp;#039;appels à propositions ciblant des thèmes/secteurs plus spécifiques (&amp;#34;sujets&amp;#34;). Ainsi, votre candidature doit être liée à un thème d&amp;#039;un appel à propositions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Différentes catégories de projets sont éligibles :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Actions de Recherche et d&amp;#039;Innovation : Recherche fondamentale et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Actions d&amp;#039;innovation : Prototypes, essais, démonstrations, projets pilotes, mise sur le marché. Ces actions peuvent inclure des activités limitées de R&amp;amp;D.
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Actions de coordination et de soutien : Mise en réseau, études et conférences, communication, études pour de nouvelles infrastructures de recherche.
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Actions Marie Skłodowska-Curie / subventions individuelles du CER : Réseaux de formation pour les chercheurs, bourses individuelles pour les chercheurs expérimentés, échange de personnel - mobilité pour les chercheurs et le personnel non scientifique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   En outre, les appels précisent les catégories de bénéficiaires éligibles :
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composés d&amp;#039;un coordinateur et de plusieurs organisations partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets à bénéficiaire unique, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes aux personnes physiques en leur nom propre avec leur institution d&amp;#039;origine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  TOPICS
+ &lt;/span&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ A venir
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-01: Amélioration de la quantification et de la compréhension des émissions et des puits de méthane naturels et anthropiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-02 : Glaces continentales, y compris la couverture neigeuse, les glaciers, les nappes glaciaires et le pergélisol, et leur interaction avec le changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-03: La science du paléoclimat pour une meilleure compréhension de l&amp;#039;évolution à court et à long terme du système terrestre
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-04: Boîte à outils améliorée pour l&amp;#039;évaluation des impacts climatiques et environnementaux des politiques commerciales
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-05: Prochaine génération de trajectoires à faibles émissions et résilientes au changement climatique et NDCs pour un avenir aligné sur l&amp;#039;Accord de Paris
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-06: Le rôle de la prospective du changement climatique pour l&amp;#039;approvisionnement en matières premières primaires et secondaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-07: Quantification du rôle des principaux écosystèmes terrestres dans le cycle du carbone et les effets climatiques connexes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl5-2024-d1-01-04;callCode&amp;#61;HORIZON-CL5-2024-D1-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;0,1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site de la Direction générale
+ &lt;br /&gt;
+ &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43;
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/cluster-5-climate-energy-and-mobility_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e536-horizon-europe-sciences-du-climat-et-reponses/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>161783</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Créer et financer le fonctionnement des observatoires territoriaux Climat Air Energie</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie Circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d&amp;#039;aide se décompose en deux piliers :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide à la création est une aide      forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission      (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un      observatoire portant deux missions pourra bénéficier de deux aides à la      création. L&amp;#039;aide à la création est cumulable avec l&amp;#039;aide au fonctionnement      sur une même période.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;ADEME apporte aussi une aide pour les études de préfiguration d&amp;#039;un observatoire.&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide au fonctionnement est une aide      annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un observatoire portant deux      missions pourra bénéficier de deux aides au fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aide-a-creation-fonctionnement-observatoires-territoriaux</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>163076</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des démarches énergie-climat territoriales structurantes</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des démarches énergie-climat territoriales structurantes</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Expertise énergie-climat pour mettre en place une stratégie territoriale de réduction des consommations d’énergie et des émissions de gaz à effet de serre et de développement des énergies renouvelables et de récupération (EnRR).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;• &lt;/span&gt;Etat des lieux énergie-climat du territoire &lt;/p&gt;&lt;p&gt;• Elaboration d’une scénarisation prospective de la demande en énergie, du mix énergétique et du développement des EnRR à court, moyen et long termes, en lien avec les contextes et objectifs nationaux, régionaux et locaux &lt;/p&gt;&lt;p&gt;• Participation à la définition des objectifs et de la stratégie énergie-climat du territoire &lt;/p&gt;&lt;p&gt;• Participation aux groupes de travail et ateliers thématiques portés par les collectivités en vue de définir un plan d’actions &lt;/p&gt;&lt;p&gt;• Accompagnement tout au long de la mise en place de la démarche : participation aux comités de pilotage, recherche de benchmarks locaux et européens… &lt;/p&gt;&lt;p&gt;• Aide à la mise en place d’indicateurs de suivi &lt;/p&gt;&lt;p&gt;• Suivi des trajectoires d’évolution des consommations et des productions en lien avec les objectifs fixés &lt;/p&gt;&lt;p&gt;• Suivi de la mise en œuvre du plan d’actions et de ses impacts sur la stratégie territoriale&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement des territoires engagés dans des démarches type Plan Climat-Air-Energie Territorial, TEPOS, Agenda 21...&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;EPCI, collectivités, communautés de communes... en Gironde&lt;/li&gt;&lt;li&gt;Adhésion à l&amp;#039;Alec&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention éventuelle&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-demarches-energie-climat-territoriales-structurantes/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>90777</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l'efficacité énergétique des navires de pêche et atténuer le changement climatique</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Améliorer l&amp;#039;efficacité énergétique des navires afin de réduire les émissions de gaz à effet de serre et autres polluants tout en contribuant à améliorer la rentabilité et la compétitivité des entreprises de pêche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audits énergétiques et programmes visant à identifier les priorités et à optimiser les choix d&amp;#039;investissements en matière d&amp;#039;amélioration de l&amp;#039;efficacité énergétique des navires de pêche ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement ou modernisation des moteurs principaux ou auxiliaires des navires de pêche visant à réduire l&amp;#039;émission de polluants ou de gaz à effet de serre ou à augmenter l&amp;#039;efficacité énergétique des navires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements à bord autres que les moteurs, y compris les engins de pêche, visant à réduire l&amp;#039;émission de polluants ou de gaz à effet de serre ou à augmenter l&amp;#039;efficacité énergétique des navires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études destinées à évaluer la contribution que de nouveaux systèmes de propulsion ou modèles de coques peuvent apporter à l&amp;#039;efficacité énergétique des navires de pêche, sous forme de test, de mesure des performances ou encore de suivis de consommation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ Les propriétaires de navires de pêche
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;p&gt;
+ 1/ Motorisation
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher d&amp;#039;éligibilité de 3 000 € d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond d&amp;#039;éligibilité de 25 000 € d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ 2/ Hors motorisation
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond d&amp;#039;éligibilité de 70 000 € d&amp;#039;aides publiques
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Consommation et production
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critère de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;efficacité énergétique actuelle du navire ainsi que le pourcentage prévisionnel d&amp;#039;amélioration de l&amp;#039;efficacité énergétique du navire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le nombre de navires concernés par le projet ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La prévision d&amp;#039;une diffusion des résultats du projet.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les investissements dans des mécanismes de stabilité tels que les quilles de roulis et les étraves à bulbe qui contribuent à la tenue en mer et à la stabilité ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coûts liés à l&amp;#039;usage des produits antisalissures non toxiques tels que les revêtements cuivrés afin de réduire les frottements ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les hélices économes en énergie, y compris les arbres de transmission ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les catalyseurs ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les générateurs économes en énergie, tels que ceux utilisant l&amp;#039;hydrogène ou le gaz naturel ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les éléments de propulsion fonctionnant aux énergies renouvelables, tels que les voiles, les cerfs-volants, les moteurs éoliens ou les panneaux solaires ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le remplacement des engins remorqués par d&amp;#039;autres engins de pêche ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements destinés à améliorer la réfrigération, la congélation ou les systèmes d&amp;#039;isolation des navires de moins de 18 ans ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements destinés à encourager le recyclage de la chaleur dans le navire, la chaleur étant récupérée et réutilisée pour des opérations auxiliaires à bord.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions inéligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coûts relatifs aux entretiens planifiés ou préventifs de toute partie d&amp;#039;équipement permettant de maintenir un dispositif en état de marche ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le matériel d&amp;#039;occasion ou reconditionné.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/efficacite-energetique-navires-de-peche-et-attenuation-du-changement-climatique</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>Gaëtan BAELEN - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+05 57 57 55 82
+Joëlle LIRIA-GIMENEZ - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+05 56 56 38 10</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fb4-efficacite-energetique-navires-de-peche-et-at/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>111759</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la carte intégrant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de la Stratégie territoriale Air Energie Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de la concertation du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition du plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de l&amp;#039;Etat initial de l&amp;#039;environnement et de l&amp;#039;Evaluation environnementale Stratégique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration du dispositif de suivi du plan d&amp;#039;actions et évaluation (définition des indicateurs, suivi de la mise en place des actions, comité des acteurs, logiciel PROSPER Actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à l&amp;#039;approbation du PCAET (Lien MRAE, DDTM, ADEME, préfecture, Région ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation post- PCAET
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostics PCAET, Profil Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etat initial de l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport Stratégique, Rapport PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tableur de suivi des actions (logiciel PROSPER actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support de communication et de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement et Finalisation de PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépôt du PCAET sur la plateforme ADEME
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place des actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche de subventions ....
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Forêts
+Sols
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la Transition Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature du devis de prestation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile PERDRIX&lt;/p&gt;
+&lt;p&gt;
+ Ingénieure Planification Territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>137989</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements agricoles limitant l'impact des aléas climatiques sur les productions végétales</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux investissements agricoles limitant l'impact des aléas climatiques sur les productions végétales</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="J32" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 5.000€ / Plafond : 200.000€</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Investissement agricoles limitant l&amp;#039;impact des aléas climatiques sur les productions végétales
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Formulaire de demande et pièces précisées en annexe de l&amp;#039;APP
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Investissement agricoles limitant l&amp;#039;impact des aléas climatiques sur les productions végétales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;achat de filets, serres
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif mis en œuvre au travers de la mesure 203 du programme régional FEADER AURA par AAP permanent.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/investir-dans-les-productions-vegetales-pour-limiter-les-risques-climatiques-et-sanitaires</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+&lt;p&gt;Roxane Gimenez&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Email : &lt;a href="mailto:alexandra.mignon&amp;#64;hauteloire.fr" target="_self"&gt;roxane.gimenez&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.43.07.12.05
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6e24-soutenir-les-investissements-agricoles-limita/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>160377</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter les solutions fondées sur la nature pour atténuer le changement climatique et ses conséquences</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Elévation du niveau marin, sécheresse, perturbation des précipitations, etc., le changement climatique est déjà une réalité en Normandie et sur le territoire « Seine Normande ». A moyen terme, les effets attendus du changement climatique sur les habitants et les ressources seront problématiques : pression sur la qualité et la quantité de la ressource en eau potable, baisse de la qualité de l&amp;#039;air, variations saisonnières plus sévères, inondation en bord de Seine et le long des rivières, baisse de la qualité des sols avec des effets sur l&amp;#039;agriculture, et sur la santé, sécheresses qui pourraient faire baisser les rendements agricoles, présence plus importante d&amp;#039;espèces invasives.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour limiter et stabiliser le réchauffement climatique, il faudrait baisser les émissions de CO2 rapidement, avec un objectif de zéro émission nette en 2050, et réduire fortement aussi les émissions des autres gaz à effet de serre. Il faudra également s&amp;#039;adapter et modifier nos habitudes de vie. Pour relever ces défis, les acteurs du territoire font le pari de la nature : la nature pour se reconnecter à nos besoins essentiels, les solutions fondées sur la nature pour développer des alternatives économiques viables et durables moins coûteuses à long terme que des investissements technologiques ou la construction et l&amp;#039;entretien d&amp;#039;infrastructures, la nature au cœur de nouvelles formes d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Limiter les conséquences du changement climatique pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La reconnexion à la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;expérimentation des solutions fondées sur la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de nouvelles formes d&amp;#039;urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;éducation ou de sensibilisation permettant une prise de conscience à tout âge de notre interdépendance avec la nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la recherche et à l&amp;#039;expérimentation de solutions innovantes pour diminuer la production de gaz à effet de serre, l&amp;#039;impact sur l&amp;#039;environnement et améliorer l&amp;#039;adaptation au réchauffement climatique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de nouvelles formes d&amp;#039;urbanisme alternatives à l&amp;#039;échelle d&amp;#039;un aménagement, d&amp;#039;un bâtiment, d&amp;#039;une rue ou d&amp;#039;un quartier, d&amp;#039;une ville ou d&amp;#039;un village.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833d-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>162782</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'adaptation des littoraux au changement climatique et la gestion souple du trait de côte</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Nos territoires d'abord adaptation des littoraux au changement climatique volet 2</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Soutenir l&amp;#039;adaptation des littoraux au changement climatique et la gestion souple du trait de côte pour faire face aux enjeux d’érosion des plages et de submersion dont les projets d’investissements sont inscrits dans les Contrats ‘Nos territoires d’abord’.&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt;Collectivités territoriales ou leurs groupements&lt;/li&gt; 	&lt;li&gt;des syndicats mixtes&lt;/li&gt; 	&lt;li&gt;des établissements publics gestionnaires de sites.&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;L’accompagnement de la Région s’appuie sur les modalités du Dispositif ‘Trait de côte’ adopté en 2021 avec trois volets :&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Volet 1 :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Il concerne la définition de stratégies territoriales de gestion du trait de côte :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;« la Région accompagne les collectivités qui anticipent et planifient l’avenir de leur front de mer face au changement climatique ».&lt;/li&gt; 	&lt;li&gt;L’aide apportée est une aide à la planification pour inciter les porteurs de projets à définir des futurs projets à la bonne échelle spatiale et temporelle. Elle concerne les études, les frais de conception et d’ingénierie aboutissant à la définition d’un document de nature stratégique (planification).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Volet 2 :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Il concerne la définition de stratégies locales relatives aux réaménagements d’espaces littoraux particulièrement vulnérables et à la mise en œuvre de travaux de requalification des sites balnéaires majeurs :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;« la Région accompagne les collectivités ou les EPCI qui (ré)inventent les littoraux de demain et renforcent leur attractivité ».&lt;/li&gt; &lt;/ul&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide de la Région pourra porter à la fois sur l’ingénierie (étude préalable) ou sur la réalisation de travaux quand le projet est suffisamment abouti.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Nota : &lt;/strong&gt;Pour les aides à l’investissement, le projet devra être inscrit dans les Contrats ’Nos territoires d’Abord’.&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Volet 3 : &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Il concerne la mise en œuvre de travaux d’adaptation des plages face au risque d’érosion et de mise en œuvre de solutions fondées sur la nature, pour des « Plages de caractère en Méditerranée » :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;« la Région accompagne les collectivités qui osent le pari de plages plus naturelles et résilientes face au changement climatique ».&lt;/li&gt; 	&lt;li&gt;Afin de permettre l’émergence de projets ambitieux et de qualité, une aide à l’ingénierie pourra être envisagée en amont afin d’affiner les projets (cf point d) ci-dessus).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;L’aide apportée par la Région pourra porter à la fois sur l’ingénierie (étude, conception) et sur la réalisation de travaux sur les plages.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P34" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’accompagnement de la Région s’appuie sur les modalités du Dispositif ‘Trait de côte’ adopté en 2021 avec trois volets :&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Volet 1 :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Il concerne la définition de stratégies territoriales de gestion du trait de côte :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;« la Région accompagne les collectivités qui anticipent et planifient l’avenir de leur front de mer face au changement climatique ».&lt;/li&gt; 	&lt;li&gt;L’aide apportée est une aide à la planification pour inciter les porteurs de projets à définir des futurs projets à la bonne échelle spatiale et temporelle. Elle concerne les études, les frais de conception et d’ingénierie aboutissant à la définition d’un document de nature stratégique (planification).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Volet 2 :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Il concerne la définition de stratégies locales relatives aux réaménagements d’espaces littoraux particulièrement vulnérables et à la mise en œuvre de travaux de requalification des sites balnéaires majeurs :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;« la Région accompagne les collectivités ou les EPCI qui (ré)inventent les littoraux de demain et renforcent leur attractivité ».&lt;/li&gt; &lt;/ul&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide de la Région pourra porter à la fois sur l’ingénierie (étude préalable) ou sur la réalisation de travaux quand le projet est suffisamment abouti.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Nota : &lt;/strong&gt;Pour les aides à l’investissement, le projet devra être inscrit dans les Contrats ’Nos territoires d’Abord’.&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Volet 3 : &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Il concerne la mise en œuvre de travaux d’adaptation des plages face au risque d’érosion et de mise en œuvre de solutions fondées sur la nature, pour des « Plages de caractère en Méditerranée » :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;« la Région accompagne les collectivités qui osent le pari de plages plus naturelles et résilientes face au changement climatique ».&lt;/li&gt; 	&lt;li&gt;Afin de permettre l’émergence de projets ambitieux et de qualité, une aide à l’ingénierie pourra être envisagée en amont afin d’affiner les projets (cf point d) ci-dessus).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;L’aide apportée par la Région pourra porter à la fois sur l’ingénierie (étude, conception) et sur la réalisation de travaux sur les plages.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/nos-territoires-dabord-adaptation-des-littoraux-au-changement-climatique-volet-2</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thierry CORNELOUP : &lt;a href="mailto:tcorneloup&amp;#64;maregionsud.fr"&gt;tcorneloup&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/nos-territoires-dabord-adaptation-des-littoraux-au-changement-climatique-volet-2/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>162918</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de rénovation énergétique et climatique des équipements sportifs franciliens couverts</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des équipements sportifs</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique et climatique des équipements sportifs franciliens couverts.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>05/07/2023</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs regroupements (communes, EPCI, syndicats...) &lt;/li&gt;&lt;li&gt;Mouvements sportifs (club, ligue, comité, fédération)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Études&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;Jusqu’à 70% du montant éligible TTC ou HT en cas de récupération de la TVA – (subvention plafonnée à 50.000€)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Travaux&lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;Jusqu’à 50% du montant éligible TTC ou HT en cas de récupération de la TVA – (subvention plafonnée à 450.000€) &lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;Aucune indemnité ne sera versée pour les frais engagés pour participer au présent appel à projets et à l’élaboration des dossiers.&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Études&lt;br /&gt;&lt;/strong&gt;Etude intégrant le diagnostic énergétique des bâtiments et des systèmes, la répartition des consommations énergétiques par usages, la répartition des déperditions énergétiques, au moins deux scénarii de rénovation détaillés et incluant l’estimation du gain énergétique et une estimation des coûts de travaux correspondants.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Travaux&lt;br /&gt;&lt;/strong&gt;Rénovation énergétique et climatique des équipements sportifs couverts (gymnases, piscines, patinoires, dojos…) permettant un gain énergétique minimal de 30%.&lt;br /&gt;&lt;br /&gt;Les travaux engagés et le gain énergétique correspondant devront être attestés par une étude thermique dont le contenu est précisé dans le cahier des charges (voir plus bas dans « Document (s) »).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;&lt;span&gt;Les dossiers peuvent être déposés toute l&amp;#039;année sur &lt;/span&gt;&lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt;.&lt;/p&gt;Les projets de rénovation doivent être au moins en phase avant-projet définitif (APD) validé et les travaux ne doivent pas avoir débuté avant la date de dépôt de la demande sur mesdemarches. &lt;br /&gt;&lt;br /&gt;Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente. &lt;br /&gt;&lt;br /&gt;Un démarrage anticipé (avant l’examen de la demande en commission permanente) peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l’octroi de la subvention. &lt;br /&gt;&lt;br /&gt;Le candidat qui présente plus de 1 projet doit réaliser autant de dossiers de candidature que de projets. &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/renovation-energetique-des-equipements-sportifs</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:aap-equipement-sportif&amp;#64;iledefrance.fr"&gt;aap-equipement-sportif&amp;#64;iledefrance.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renovation-energetique-des-equipements-sportifs-1/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>111758</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à l'intégration des enjeux climatiques aux documents d’urbanisme (ScoT, PLUi, PLU)</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intégrer les enjeux énergie climat aux documents d&amp;#039;Urbanisme réglementaires ScoT, PLU, PLUi. Promouvoir un Urbanisme respectueux de l&amp;#039;environnement et adapter aux évolutions Climatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la carte intégrant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  formation et sensibilisation « Urbanisme et Climat »
+ &lt;/li&gt;
+ &lt;li&gt;
+  état des lieux de l&amp;#039;intégration des enjeux climatiques au document d&amp;#039;urbanisme existant (outil Clim&amp;#039;URBA Cerema).
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la définition des enjeux Energie Climat prioritaires à la formulation d&amp;#039;une Stratégie et d&amp;#039;orientation partagée en lien avec le PCAET (EPCI) et le SRADDET (Région).
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la rédaction du PADD en collaboration avec le bureau d&amp;#039;études mandaté par la collectivité pour la rédaction du document.
+ &lt;/li&gt;
+ &lt;li&gt;
+  participation aux comités de pilotage
+ &lt;/li&gt;
+ &lt;li&gt;
+  assistance à la rédaction du document d&amp;#039;urbanisme pour l&amp;#039;intégration des enjeux (végétalisation, perméabilité des sols, mobilités, énergie renouvelables, connaissance des réseaux d&amp;#039;énergie, choix constructif des bâtiments neufs, usages des surfaces, économie circulaire et circuits courts....
+ &lt;/li&gt;
+ &lt;li&gt;
+  formation des élus et des services instructeurs à la compréhension et l&amp;#039;instruction du nouveau document.
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en œuvre du document d&amp;#039;urbanisme Energie Climat
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  stratégie énergie climat du document
+ &lt;/li&gt;
+ &lt;li&gt;
+  propositions d&amp;#039;évolution du PADD aux regards de la stratégie énergie climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  propositions d&amp;#039;évolution des OAP aux regards de la stratégie énergie climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  co-rédaction de zonages du Règlement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Lors de la révision des documents d&amp;#039;urbanisme PLU, PLUi, ScoT ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le SDEEG accompagne la Collectivités en partenariat avec le bureau d&amp;#039;études en charge de la rédaction du document .
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;objectif étant d&amp;#039;intégrer les enjeux climats en fonction des souhaits des élus et des documents cadre de planification existants : PCAET, PPA, SRADDET...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Forêts
+Sols
+Espaces verts
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Prévention des risques
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la Transition Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature du devis de prestation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/323-urbanisme-efficacite-energetique-planification-audits.html</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile PERDRIX&lt;/li&gt;
+ &lt;li&gt;
+  Ingénieure Planification Territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/758d-accompagner-a-lintegration-des-enjeux-climati/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>130193</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les projets favorisant l’adaptation locale des territoires aux effets du changement climatique</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Îlots de fraîcheur</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+La Région encourage les projets favorisant l&amp;#039;adaptation locale des territoires aux effets du changement climatique, en s&amp;#039;appuyant sur les solutions fondées sur la nature.
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales et leurs groupements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bailleurs sociaux publics ou privés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Universités et organismes de recherche,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements d&amp;#039;enseignement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  TPE/PME,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toute autre personne publique, para publique ou privée, intervenant dans le cadre d&amp;#039;une maîtrise d&amp;#039;ouvrage déléguée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats doivent être localisés en Île-de-France.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les aides de la Région correspondent exclusivement à
+ &lt;strong&gt;
+  des dépenses en investissement.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;îlots de fraîcheur :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 50% des dépenses éligibles - 60% pour les projets situés en zones à effet d&amp;#039;îlot de chaleur urbain (sub. max : 30.000€ pour les études pré-opérationnelles et 250.000€ pour les travaux).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création de toitures végétalisés :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 50% des dépenses éligibles (sub. max. : 30.000€ pour les études pré-opérationnelles et 250.000€ pour les travaux).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;îlots de fraîcheur au sein des espaces publics urbains, des cours d&amp;#039;établissement d&amp;#039;enseignement, des établissements recevant du public.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Désimperméabilisation des sols,
+ &lt;br /&gt;
+ - Végétalisation, gestion alternative des eaux pluviales,
+ &lt;br /&gt;
+ - Mise en place de revêtements durables, voire à albédo élevé.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;strong&gt;
+ Création de toitures végétalisées semi-intensives ou intensives.
+&lt;/strong&gt;
+&lt;br /&gt;
+Les toitures semi-intensives correspondent à une hauteur de substrat comprise entre 15 et 30 cm et les toitures intensives à une hauteur de substrat supérieure à 30 cm.
+&lt;br /&gt;
+&lt;br /&gt;
+Les porteurs de projet peuvent déposer leurs dossiers de candidature toute l&amp;#039;année sur la plateforme des aides régionales
+&lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+ mesdemarches.iledefrance.fr.
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+Après examen par les services de la Région, les élus du Conseil régional désignent les initiatives lauréates et le montant de la dotation régionale prévisionnelle.
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/ilots-de-fraicheur</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>biodiversite&amp;#64;iledefrance.fr
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae1c-ilots-de-fraicheur/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>137988</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'agriculture par l'accompagnement de la modernisation et l'adaptation de bâtiments et équipements des exploitations d'élevage aux enjeux climatiques</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction, déconstruction, extension, rénovation de bâtiments, et équipements des exploitations d'élevage</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 10.000€ / Plafond selon projet : 50.000€ / 200.000€</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Modernisation et adaptation des élevages aux enjeux climatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Formulaire de demande et pièces précisées en annexe de l&amp;#039;APP
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la construction, déconstruction, extension, rénovation de bâtiments, et équipements des exploitations d&amp;#039;élevage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modernisation des exploitations, soutien aux investissements des CUMA, ...(Investissement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien des actions des organisations pro agricoles... (Fonctionnement)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif mis en œuvre au travers de la mesure 201 du programme régional FEADER AURA par AAP permanent.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/investir-pour-mon-exploitation-delevage-feader</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+&lt;p&gt;Roxane Gimenez&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Email : &lt;a href="mailto:alexandra.mignon&amp;#64;hauteloire.fr" target="_self"&gt;roxane.gimenez&amp;#64;hauteloire.fr&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.43.07.12.05.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c87-soutenir-lagriculture-par-laccompagnement-de-/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>165671</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>PACT²e – Planifier et aménager, face au changement climatique, la transition des territoires</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>PACT²e – Planifier et aménager, face au changement climatique, la transition des territoires</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette troisième édition de l’appel à projets de recherche (APR) PACT²e « Planifier et aménager, face au changement climatique, la transition des territoires » interroge les leviers de l’urbanisme pour planifier et aménager les territoires et les villes dans un contexte d’urgence climatique. Il a vocation à lever des verrous scientifiques pour :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;répondre conjointement aux enjeux d’atténuation et d’adaptation &lt;/strong&gt;au changement climatique ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;maximiser les cobénéfices&lt;/strong&gt; environnementaux et sanitaires de l’action climatique ;&lt;/li&gt;&lt;li&gt;analyser pour les &lt;strong&gt;réduire les vulnérabilités sociales&lt;/strong&gt; au changement climatique, répartir équitablement les efforts et bénéfices de l’action climatique, et assurer la participation des populations les plus vulnérables, dans un objectif de transition juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’APR s’adresse à des consortiums pluriels, composés :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’équipes de recherche (laboratoires publics ou privés de recherche, bureaux d’étude, associations, etc.) interdisciplinaires :&lt;br /&gt;les expertises en lien avec l’urbanisme, l’aménagement et le climat (planification écologique et urbaine, atténuation et adaptation au changement climatique, climatologie urbaine et modélisation, etc.) devront être croisées avec les sciences humaines et sociales (santé publique, économie, sociologie, science politique, géographie, communication, psychologie, anthropologie, design, etc.) ;&lt;/li&gt;&lt;li&gt;d’acteurs territoriaux (collectivités, agences d’urbanisme, CAUE, entreprises, associations, etc.), dans une logique de recherche participative.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est structuré autour de deux axes de recherche :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Axe 1&lt;/strong&gt; : Planifier des trajectoires territoriales d’atténuation et d’adaptation au changement climatique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 2&lt;/strong&gt; : Aménager les villes et les villages pour répondre aux enjeux d’atténuation et d’adaptation et maximiser les cobénéfices.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour l’ensemble de ces axes, les projets attendus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pourront couvrir l’un ou les deux axes de l’APR ;&lt;/li&gt;&lt;li&gt;répondront aux critères d’évaluation définis ;&lt;/li&gt;&lt;li&gt;s’attacheront à développer un ancrage territorial ;&lt;/li&gt;&lt;li&gt;seront composés de consortiums interdisciplinaires et ouverts aux acteurs des territoires ;&lt;/li&gt;&lt;li&gt;seront d’une durée comprise entre 24 mois et 36 mois ;&lt;/li&gt;&lt;li&gt;s’attacheront à communiquer et valoriser les résultats de la recherche :&lt;ol&gt;&lt;li&gt;tout au long du projet et au-delà de la communication scientifique ;&lt;/li&gt;&lt;li&gt;en veillant à répondre aux besoins des cibles ;&lt;/li&gt;&lt;li&gt;et en s’associant si besoin à des acteurs compétents en communication, graphisme et/ou design ;&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;s’assureront du caractère généralisable et transposable des résultats de la recherche ;&lt;/li&gt;&lt;li&gt;incluront une évaluation environnementale des impacts du projet déposé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets doivent impérativement être déposés avant la date de clôture de l’APR fixée au 13 mars 2026 à 12h sur la plateforme de dépôt et de suivi ADEME, accessible depuis la plateforme Agir.&lt;/p&gt;&lt;p&gt;La soumission du dossier en ligne nécessite l’anticipation des délais de saisie du dossier sur la plateforme informatique. Il est conseillé au coordinateur d’initier la création du dossier au moins 2 semaines avant la date de clôture de l’APR.&lt;/p&gt;&lt;p&gt;L’annonce des projets retenus par l’ADEME à l’issue de la phase de sélection est prévue pour le mois de juin 2026.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide financière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Dans le cadre de l’APR PACT²e, vous pouvez bénéficier d’une &lt;strong&gt;aide financière sous la forme d’une subvention allant de 25 à 100 % des dépenses éligibles&lt;/strong&gt;, selon la taille de votre structure, son activité (économique ou non économique), et le type de recherche réalisée dans votre projet (recherche fondamentale et recherche en connaissances nouvelles, recherche industrielle ou développement expérimental). À titre indicatif, le montant moyen de l’aide attribuable par projet est de &lt;strong&gt;100 000 à 200 000 euros&lt;/strong&gt; maximum.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Bâtiments et construction
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>16/12/2025</t>
+        </is>
+      </c>
+      <c r="Q39" s="1" t="inlineStr">
+        <is>
+          <t>13/03/2026</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/pact2e-planifier-et-amenager-face-au-changement-climatique-la-transition-des-territoires-0</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://vosaides.ademe.fr/create-assistant?id_dispo=1f0991b1-b560-6f06-bf99-091db4648a75&amp;id_liste=1f0d59e2-032d-6710-b4d6-63946df340d8&amp;dossier_aide_type=REINNO</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pact2e-planifier-et-amenager-face-au-changement-climatique-la-transition-des-territoires/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>162693</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités territoriales souhaitant mettre en place une stratégie d’adaptation au changement climatique sur leur territoire</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d'intérêt TACCT Île-de-France #Édition 2024</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à manifestation d’intérêt s’adresse aux collectivités d’Ile-de-France souhaitant enclencher des changements profonds dans la manière d’élaborer et de mettre en œuvre les politiques d’adaptation au changement climatique et leurs actions sur leur territoire avec &lt;a href="https://tacct.ademe.fr/" target="_blank"&gt;TACCT&lt;/a&gt; (Trajectoires d&amp;#039;Adaptation au Changement Climatique des Territoires).&lt;/p&gt;&lt;p&gt;Adaptés et résilients : développant des capacités naturelles,      humaines, organisationnelles et techniques permettant de s’adapter aux      changements et de surmonter les chocs à venir, qu’ils soient climatiques,      écologiques, énergétiques, sanitaires, démographiques, ou encore économiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les collectivités lauréates bénéficieront :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;de sessions de formations ADEME sur l’Adaptation au changement      climatique&lt;/li&gt;&lt;li&gt;d’un accompagnement (sous forme de coaching) sur 6 étapes de la prise en main de la démarche à      l’évaluation des premières actions mises en œuvre&lt;/li&gt;&lt;li&gt;d’une animation et d’une mise en réseau entre les territoires      lauréats&lt;/li&gt;&lt;li&gt;d’accompagnements individuel et collectif par les partenaires de cet AMI adaptés à leur spécificités de territoire…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La candidature à cet AMI ne propose pas à cette étape de financement.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Si sa candidature est retenue, le territoire s’engage à déposer une demande de financement avant le 1ᵉʳ octobre 2025 sur le portail ADEME   &lt;a href="https://agirpourlatransition.ademe.fr/" target="_blank"&gt;https://agirpourlatransition.ademe.fr&lt;/a&gt; et/ou de la Région.&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;6 étapes d’accompagnements :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les 6 étapes de l’accompagnement devront être mises en œuvre sur la durée de l&amp;#039;AMI TACCT IDF (24 mois). Avec le lancement d’une première action concrète devant faire l’objet d’une demande d’aide demande d’aide avant le 1ᵉʳ octobre 2025.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Étape #1.&lt;/strong&gt; Prise en main de la démarche TACCT &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #2. &lt;/strong&gt;Accompagnement TACCT  &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #3.&lt;/strong&gt; Priorisation des actions &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #4. &lt;/strong&gt;Formalisation des demandes d&amp;#039;aide financières&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #5. &lt;/strong&gt;Mise en œuvre des premières actions accompagnées par l&amp;#039;AMI TACCT&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #6.&lt;/strong&gt; Évaluation des premières actions mises en œuvre &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets devront être en lien avec une ou plusieurs des thématiques d’intervention de l’ADEME : agriculture urbaine, alimentation, mobilité, production d’énergies renouvelables, optimisation de la consommation des ressources et des espaces.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Retrouvez l’ensemble des informations dédiées à cet AMI dont le cahier des charges sur la plateforme Innover pour la Transition : &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/admin/challenges/ami-tacct-idf-edition-2024/challenges/general_editions/edit?lang&amp;#61;fr" target="_blank"&gt;https://www.innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-idf-edition-2024?lang&amp;#61;fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Je vérifie mon éligibilité&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour un échange préalable au dépôt d&amp;#039;une candidature, les collectivités pourront participer aux webinaires organisés :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;le 9 juillet 2024 entre 15h et 16h&lt;/li&gt;&lt;li&gt;le 13 septembre 2024 de 11h à 12h&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;S&amp;#039;inscrire aux webinaires&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://events.teams.microsoft.com/event/0795b459-dad4-46a6-a9a5-cc48d855f12b&amp;#64;cb6c2492-4a85-4b15-85a1-ed94d47e5849"&gt;Inscription en ligne pour le webinaire du 9 juillet sur le site&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://events.teams.microsoft.com/event/ccdd4708-a333-4316-9302-71d4d46a91a7&amp;#64;cb6c2492-4a85-4b15-85a1-ed94d47e5849"&gt;Inscription en ligne pour le webinaire du 13 septembre sur le site&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-tacct-ile-de-france-edition-2024/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>94945</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les productions agricoles vis-à-vis des aléas climatiques et des attaques des ravageurs</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Prévention des risques en agriculture</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - &amp;#34;Prévention des risques en agriculture&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Sécuriser les productions agricoles vis-à-vis des aléas climatiques et des attaques des ravageurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les exploitants agricoles individuels personnes physiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les exploitants agricoles personnes morales dont l&amp;#039;objet est agricole (Société à objet agricole telles que GAEC, EARL, SARL, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures collectives (y compris les coopératives agricoles, les coopératives d&amp;#039;utilisation de matériel agricole (CUMA) dont 100% des parts sociales sont détenues par des agriculteurs ou qui sont composées exclusivement par des agriculteurs, dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures collectives portant un projet reconnu en qualité de GIEE dont la création est prévue dans le cadre de la loi d&amp;#039;avenir et exerçant une activité agricole au sens du L. 311-1 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les fondations, associations, établissements d&amp;#039;enseignement et de recherche agricoles mettant en valeur une exploitation agricole ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations et personnes morales issues de regroupement d&amp;#039;exploitants individuels, de sociétés, de coopératives agricoles, de tiers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide: l
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  es dossiers sont reçus au fil de l&amp;#039;eau.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Investissements matériels de prévention contre le gel, la grêle et les filets anti-oiseaux. Les productions éligibles sont les suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Maraîchage y compris les légumes plein champs (hors betterave)
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Productions fruitières
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Dépenses éligibles :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Les dépenses matérielles de lutte contre le gel et la grêle : filets paragrêles, brasseurs d&amp;#039;airs, tours à vent...
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les filets anti-oiseaux sont éligibles uniquement pour les exploitations situés en zone de montagne.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  Les consommables ne sont pas éligibles.
+  &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>14/12/2018</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/prevention-risques-agriculture/</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0200/depot/simple</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter la Région Grand Est - DIRECTION DE L&amp;#039;AGRICULTURE ET DE LA FORÊT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6482-prevention-des-risques-en-agriculture/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>117506</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Programme Nature 2050</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>CDC Biodiversité</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J42" s="1" t="inlineStr">
+        <is>
+          <t>Pas de limites minimum ou maximum</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
+ à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
+ résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
+ ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  atténuer les changements climatiques en renforçant les
+ capacités de stockage ou de captage de CO2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et adapter les territoires à ces changements, notamment en limitant leurs
+ effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
+ inondation, sécheresse, incendie, submersion marine...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ecosystèmes marins et côtiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transitions agricole et forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Continuités écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Biodiversité en ville
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ 104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
+ &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
+  Les Réalisations Nature 2050
+ &lt;/a&gt;
+&lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de projets soutenus par Nature 2050 :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
+  &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre
+&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
+  &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des projets Nature 2050 sont accessibles
+ en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Friche
+Risques naturels
+Biodiversité
+Paysage
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le porteur de projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recourir aux solutions fondées sur la nature ;
+ &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
+ &lt;li&gt;
+  Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+   Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
+  &lt;br /&gt;
+ &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
+ &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
+  Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>nature2050@cdc-biodiversite.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>149550</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans les productions végétales pour limiter les risques climatiques et sanitaires – DISPOSITIF 203 DU FEADER</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>INVESTIR DANS LES PRODUCTIONs végétales pour limiter les risques climatiques et sanitaires – attribuee dans le cadre du DISPOSITIF 203 DU FEADER</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme
+Conseil régional d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Ce type d&amp;#039;opération vise à soutenir les investissements permettant de protéger contre les aléas climatiques et sanitaires les productions végétales des exploitations agricoles, hors céréales et oléagineux.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses sous forme de coûts simplifiés
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses de matériels neufs ci-après sont calculées sur la base de coûts unitaires pour les natures d&amp;#039;investissement suivantes (le détail des coûts unitaires sera précisé dans les appels à candidatures) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Matériel de brassage et de réchauffement de l&amp;#039;air mobile ou fixe (tour à vent, chauffage, convecteur d&amp;#039;air chaud) permettant une protection contre le gel hors intérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Filet, bâche, serre, abris, système de support, fixation, système d&amp;#039;attache des arbres pour une protection contre la pluie excessive et le vent
+ &lt;/li&gt;
+ &lt;li&gt;
+  Filet, serre, abris, système de support et fixation pour une protection contre la grêle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Filet, serre, abris permettant une protection contre les aléas sanitaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Filet, serre abris « multifonctions » permettant une protection contre les aléas climatiques et contre les insectes
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses au réel :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sonde de température, électrovanne et fil chauffant permettant une protection contre le gel hors intérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Piège à insecte permettant une protection contre les aléas sanitaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel lié à un abri ou une serre : automatisation des aérations, motorisation ouvrant latéral, écran thermique, ordinateur climatique, capteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Location de matériel pour mise en place des investissements listés ci-dessus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outil de détection, de mesure et d&amp;#039;alarme uniquement en complément d&amp;#039;un matériel de protection cité ci-dessus.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toutes les dépenses éligibles listées ci-dessus sont également éligibles quand les matériels sont d&amp;#039;occasion ; les dépenses sont dans ce cas prises en charge au réel – voir les conditions d&amp;#039;éligibilité auprès de l&amp;#039;instructeur régional dans ce cas.
+&lt;/p&gt;
+&lt;p&gt;
+ PRECISIONS : Pour les tunnels, abris et serres de cultures de légumes, ils ne seront soutenus que s&amp;#039;ils présentent une largeur supérieure ou égale à 8m. Pour les tunnels, abris et serres de cultures de fruits, ils ne seront soutenus que s&amp;#039;ils présentent une largeur supérieure ou égale à 4m. Pas de précision sur la largeur pour les autres cultures. Pour tous, pas de précision sur la longueur.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Montant/Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide de base est de 50% sauf pour les productions horticoles, dont le taux d&amp;#039;aide de base est de 40%. Il peut être bonifié :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#43;10 % pour la labellisation : Agriculture Biologique en viticulture / Plante Bleue en Horticulture / Signes d&amp;#039;Identification de Qualité ou d&amp;#039;Origine dans les autres filières
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43;10 % si nouvel Installé (y compris Jeune Agriculteur)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43;10 % en Zone de Montagne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces modulations sont cumulables dans la limite d&amp;#039;un taux d&amp;#039;aide de 70 % (Le dispositif contribuant à l&amp;#039;objectif climat, ce taux respecte l&amp;#039;article 73.4.a.i du Règlement (UE) 2021/2115).
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le dossier doit être déposé en ligne sur le site de la Région Auvergne-Rhône-Alpes dans le cadre des appels à candidatures lancés sur le dispositif 203 – Investir dans les productions végétales pour limiter les risques climatiques et sanitaires. La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : les dépenses ou devis signés avant la date d&amp;#039;accusé de réception de votre dossier ne sont pas éligibles.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Versement
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Pour les dossiers retenus sur le dispositif 203 « Investir dans les productions végétales pour limiter les risques climatiques et sanitaires » du FEADER 2023-2027, la demande de paiement est à adresser à la Région Auvergne-Rhône-Alpes dans les délais mentionnés dans la décision juridique attributive de subvention. La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bases réglementaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Ce dispositif entre dans le champ de l&amp;#039;article 42 du Traité sur le fonctionnement de l&amp;#039;Union Européenne (TFUE).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Plancher des dépenses : 5 000 € HT.
+ &lt;br /&gt;
+ Plafond des dépenses : 200 000 € HT (pour les GAEC, ce plafond est multiplié par le nombre d&amp;#039;associés jusqu&amp;#039;à 2 maximum).
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet est éligible si le siège d&amp;#039;exploitation est situé dans le département de la Drôme.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont soutenus dans ce dispositif les investissements qui visent à :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider l&amp;#039;adaptation climatique des exploitations agricoles de production végétale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Limiter les évolutions de revenus des exploitations liées aux aléas.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;attribution de cette aide ne relève pas d&amp;#039;un caractère automatique. Les projets sont étudiés dans l&amp;#039;ordre de classement vis-à-vis de la grille de sélection du FEADER, disponible dans chaque appel à projets. Les critères de sélection garantissent une égalité de traitement des demandes et une bonne utilisation des ressources financières.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Gestion de l&amp;#039;enveloppe votée au budget et priorités départementales
+ &lt;/strong&gt;
+ :Les participations financières de chaque co-financeur national et du FEADER sont optimisées au sein de chaque appel à candidatures. Les dossiers sont classés par ordre de priorité en fonction d&amp;#039;une grille de sélection disponible dans chaque appel à candidatures.Le Département engage ses crédits dans la limite des enveloppes votées par l&amp;#039;Assemblée.La Commission permanente du Conseil départemental de la Drôme peut choisir les dossiers qu&amp;#039;elle accompagne parmi les sélectionnés, en fonction des priorités fixées au niveau départemental. Ainsi, dans le cadre de sa politique agricole, le Département interviendra en priorité sur les dossiers des agriculteurs certifiés Bio, puis sur ceux des nouveaux installés (reconnus JA ou non) et enfin sur ceux qui se trouvent en zone de montagne. Si le Département a encore des crédits disponibles après avoir pris ces dossiers, il pourra financer les autres dossiers sélectionnés.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Exclusions
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses liées à l&amp;#039;auto-construction (y compris les pièces, matériaux),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consumables (bougies, paille, briques...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Voiles (de production, de forçage, d&amp;#039;hivernage, d&amp;#039;ombrage, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Canons anti-grêle, systèmes d&amp;#039;atténuation de la grêle et radars associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées à l&amp;#039;irrigation (dont le matériel d&amp;#039;aspersion),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haie brise-vent.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agriculteurs actifs, dont les cotisants solidaires et les stations d&amp;#039;expérimentation agricole.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/investir-dans-les-productions-vegetales-pour-limiter-les-risques-climatiques-et-sanitaires-attribuee-dans-le-cadre-du-dispositif-203-du-feader/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Direction Économie Emploi Insertion du Département de la Drôme :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Service Développement Agricole, Agroalimentaire et Bois
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi technique du dossier : Cassandre MONNET – tél. : 06.87.74.97.42 –
+ &lt;a href="mailto:cmonnet&amp;#64;ladrome.fr" target="_self"&gt;
+  cmonnet&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi administratif du dossier : Sylvie BILLION-REY – tél. : 04.75.79.81.37 –
+ &lt;a href="mailto:sbillion-rey&amp;#64;ladrome.fr" target="_self"&gt;
+  sbillion-rey&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Direction Agriculture Forêt et Alimentation de la Région :
+  &lt;/strong&gt;
+  &lt;a href="mailto:Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr" target="_self"&gt;
+   Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3c87-investir-dans-les-productions-vegetales-pour-/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>154983</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les atouts du territoire pour lutter et d'adapter au changement climatique et à l'urgence énergétique</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La situation géographique du PETR Sélestat Alsace Central et de la communauté de communes du Canton d&amp;#039;Erstein en bordure du Rhin et à la confluence de nombreux cours d&amp;#039;eau confère au territoire un patrimoine naturel exceptionnel. La préservation et la restauration des ressources naturelles mais également celle des éléments participant de l&amp;#039;identité paysagère (réseau hydrographique, coteaux, piémont, façade rhénane, ried) doivent conditionner le développement local du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Des dynamiques dans ce sens sont actuellement à l&amp;#039;œuvre sur le territoire : le Projet Alimentaire Territorial 2020-2022 ; le Pacte de Relance et de Transition Energétique ; les Plans Climat Air Energie Territorial ; les Contrats d&amp;#039;objectif Territorial « Accélérateur de transition » dans lesquels se sont engagés chaque EPCI et qui représentent un processus transversal climat-air-énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ La préservation environnementale constitue donc pour le territoire un levier de transition, de coopération et d&amp;#039;innovation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développer des circuits courts ainsi que la création et/ou le développement de filières alimentaires de proximité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Créer et/ou développer des actions de communication et/ou d&amp;#039;animation contribuant au développement de l&amp;#039;agriculture durable, à l&amp;#039;autonomie alimentaire et/ou l&amp;#039;alimentation locale
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir les équipements de valorisation des filières mellifères et fruitières issues de l&amp;#039;agriculture biologique ou en conversion
+&lt;/p&gt;
+&lt;p&gt;
+ Créer et/ou préserver des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Créer et/ou préserver de mares, vergers, serres, jardins partagés ou pédagogiques
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Valoriser la production locale d&amp;#039;énergies renouvelables pour de l&amp;#039;autoconsommation collective
+&lt;/p&gt;
+&lt;p&gt;
+ Développer la filière locale du bois en faveur de l&amp;#039;économie circulaire locale
+&lt;/p&gt;
+&lt;p&gt;
+ Actions pédagogiques de sensibilisation à la transition écologique et/ou aux enjeux du dérèglement climatique à destination de tous les publics
+&lt;/p&gt;
+&lt;p&gt;
+ Démarches d&amp;#039;expérimentation sur l&amp;#039;adaptation des peuplements forestiers et/ou espèces végétales aux défis climatiques
+&lt;/p&gt;
+&lt;p&gt;
+ Actions d&amp;#039;économie et/ou de la protection de la ressource eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Transition énergétique
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale :&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fb4-mobiliser-les-atouts-du-territoire-pour-lutte/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>162335</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>S’approprier les enjeux de la biodiversité dans un contexte de dérèglement climatique afin de construire le monde de demain</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif d’accompagnement de projets à destination des jeunes citoyens</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire des 15-30 ans des « passeurs et des porteurs de transitions », telle est l’ambition du dernier dispositif régional en faveur de la biodiversité.&lt;/p&gt;
+&lt;p&gt;Dans le cadre de sa politique environnementale visant à avoir « Une COP d’avance » et en lien avec la future stratégie régionale de la biodiversité, la Région Sud, chef de file sur la Biodiversité a mis en avant plusieurs mesures à destination de la jeunesse qui répondent à un objectif ambitieux : s’approprier les enjeux de la biodiversité dans un contexte de dérèglement climatique afin de construire le monde de demain.&lt;/p&gt;
+&lt;p&gt;Aujourd’hui en lien étroit avec les 17 objectifs de développement durable définis par l’Organisation des Nations Unie en 2015, et dans un contexte de crise sanitaire et écologique, la Région Sud met en place un nouveau dispositif d’accompagnement de projets à destination des jeunes citoyens : Nature ta vie et agis !&lt;/p&gt;
+&lt;p&gt;Celui-ci s’inscrit dans une année 2021 marquée par plusieurs évènements internationaux comme la tenue du Congrès mondial de la Nature, le lancement de la feuille de route pour l’éducation au développement durable par l’UNESCO lors de la Conférence mondiale de l’éducation au développement durable à Berlin en mai 2021, la COP 15 sur la biodiversité à Kunming en Chine, la COP 26 en novembre à Glasgow.&lt;/p&gt; &lt;p&gt;Concerne des jeunes entre 15 et 30 ans en les associant dès l’amont le plus souvent possible&lt;/p&gt; &lt;p&gt;Concrètement il s’agit d’outiller les 15-30 ans, déjà pour beaucoup présents dans l’action, afin d’en faire des acteurs du changement, des transformateurs, prêts à relever les défis de la résilience en proposant des solutions novatrices, en stimulant le progrès social et en inspirant le changement au sein de leurs communautés et leurs territoires.&lt;/p&gt; &lt;p&gt;La thématique principale portée par ce nouveau dispositif est l’appropriation des enjeux de la biodiversité en lien avec les changements globaux. Les projets, pourront porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la connaissance et la  préservation des richesses et des fragilités de la biodiversité ;&lt;/li&gt; 	&lt;li&gt;les impacts de ces dégradations sur les écosystèmes ;&lt;/li&gt; 	&lt;li&gt;la gestion des risques naturels ;&lt;/li&gt; 	&lt;li&gt;les liens entre santé de la biodiversité et santé humaine ;&lt;/li&gt; 	&lt;li&gt;les adaptations individuelles, collectives et sociétales&lt;strong&gt;.&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les projets présentés pourront se faire soit en milieu scolaire sortie, visite, réalisation soit hors scolaire (création d’évènements, d’expression artistiques,…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P45" s="1" t="inlineStr">
+        <is>
+          <t>21/05/2021</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La thématique principale portée par ce nouveau dispositif est l’appropriation des enjeux de la biodiversité en lien avec les changements globaux. Les projets, pourront porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la connaissance et la  préservation des richesses et des fragilités de la biodiversité ;&lt;/li&gt; 	&lt;li&gt;les impacts de ces dégradations sur les écosystèmes ;&lt;/li&gt; 	&lt;li&gt;la gestion des risques naturels ;&lt;/li&gt; 	&lt;li&gt;les liens entre santé de la biodiversité et santé humaine ;&lt;/li&gt; 	&lt;li&gt;les adaptations individuelles, collectives et sociétales&lt;strong&gt;.&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les projets présentés pourront se faire soit en milieu scolaire sortie, visite, réalisation soit hors scolaire (création d’évènements, d’expression artistiques,…).&lt;/p&gt; &lt;p&gt;Le dépôt des dossiers peut se faire « Au fil de l’eau » tout au long de l’année.&lt;/p&gt;
+&lt;p&gt;Les dossiers pourront être menés au cours des années scolaires pour les actions destinées aux élèves (lycéens, apprentis, étudiants) ; des années civiles pour les actions destinées aux autres publics, âgés de 15 à 30 ans.&lt;/p&gt;
+&lt;p&gt;Le bénéficiaire d’une subvention pour action spécifique de fonctionnement dispose d’un délai de deux ans à compter du vote de celle-ci pour réaliser l’action subventionnée et transmettre les pièces justificatives.&lt;/p&gt;
+&lt;h3&gt;Comment candidater? &lt;/h3&gt;
+&lt;p&gt;1) Déposer sa candidature sur l’adresse mail dédiée : &lt;a href="mailto:aap-isef&amp;#64;maregionsud.fr"&gt;aap-isef&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;• En mettant en objet du mail : ISEF NTV &amp;#43; année  « Nom de la structure »&lt;/p&gt;
+&lt;p&gt;• En transmettant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Une fiche de candidature,&lt;/li&gt; 	&lt;li&gt;Une note technique descriptive détaillée (modèle ci-annexé),&lt;/li&gt; 	&lt;li&gt;Un budget prévisionnel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;2) Déposer &lt;strong&gt;en parallèle &lt;/strong&gt;un dossier de demande de subvention administratif auprès de la Région ayant pour objet : Réponse Dispositif « &lt;strong&gt;Dispositif d’accompagnement de projets à destination des jeunes citoyens »&lt;/strong&gt; déposé sur la plateforme dédiée : &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;https://subventionsenligne.maregionsud.fr/&lt;/a&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/dispositif-daccompagnement-de-projets-a-destination-des-jeunes-citoyens</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daccompagnement-de-projets-a-destination-des-jeunes-citoyens/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>162887</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets innovants qui apportent des solutions pour l’avenir des forêts franciliennes face au changement climatique</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>SOUTIEN AUX PROJETS INNOVANTS POUR LES FORÊTS FRANCILIENNES ET L'USAGE DES BIOSOURCÉS</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Île-de-France soutient les projets innovants qui apportent des solutions pour l’avenir des forêts franciliennes face au changement climatique, et pour le développement des usages durables du bois sur le territoire francilien.&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="Q46" s="1" t="inlineStr">
+        <is>
+          <t>30/04/2026</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les personnes morales publiques (à l’exception des services de l’Etat) et privées :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Exerçant tous types d’activité (économique, formation, technique, recherche, …) au profit de la filière forêt-bois,&lt;/li&gt;&lt;li&gt;Situées en Île-de-France (justifiant au moins d’un établissement secondaire sur le territoire régional).&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;L’aide est une subvention plafonnée à &lt;strong&gt;100 000 € par projet&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le taux de subvention ne peut dépasser 50% des dépenses éligibles&lt;/strong&gt;, dans la limite des plafonds autorisés par les régimes d’aides et le règlement de minimis mobilisés.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles sont prises en compte à partir de la date de validation du dossier. Elles peuvent être les suivantes :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Achat de matériels et d’équipements affectés à la réalisation des projets,&lt;/li&gt;&lt;li&gt;Frais externes (prestations) d’études et d’ingénierie,&lt;/li&gt;&lt;li&gt;Salaires dédiés à l’ingénierie des projets, dans la limite de 25% des dépenses éligibles,&lt;/li&gt;&lt;li&gt;De manière obligatoire pour tout projet soutenu, les frais de publication des résultats dans la limite de 5% des dépenses éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour plus de précisions, consultez le règlement d’intervention et le cahier des charges téléchargeables sur cette page.&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Dans le cadre de &lt;a href="https://data.iledefrance.fr/pages/publication-des-actes-fiche-detail/?q&amp;#61;identifiant:%22CP2023-367%22"&gt;l’Acte 2 de sa stratégie pour la forêt et le bois&lt;/a&gt;, la Région élargit son soutien aux projets innovants pour une filière essentielle à la transition écologique de l’Île-de-France. &lt;/p&gt; &lt;p&gt;Les projets doivent répondre à au moins un des objectifs suivants :&lt;br /&gt;&lt;/p&gt; &lt;ul&gt;&lt;li&gt;Favoriser l’adaptation des forêts aux changements climatiques,&lt;/li&gt;&lt;li&gt;Développer l’usage de produits bois et autres biosourcés dans la réhabilitation des bâtiments,&lt;/li&gt;&lt;li&gt;Valoriser les produits bois français, en particulier les bois feuillus et/ou franciliens, et autres matériaux biosourcés dans les secteurs de la construction, de l’aménagement et de l’énergie,&lt;/li&gt;&lt;li&gt;Accompagner des démarches intégrées et territoriales pour des usages en cascade optimisée du bois et des autres matériaux biosourcés.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;&lt;span&gt;La demande d’aide est à déposer sur la plateforme régionale &lt;/span&gt;&lt;/strong&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;&lt;strong&gt;&lt;span&gt;mesdemarches.iledefrance.fr&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-aux-projets-innovants-pour-les-forets-franciliennes-et-lusage-des-biosources</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Contact : &lt;/span&gt;&lt;/strong&gt;&lt;a href="mailto:foret_energie_biosources&amp;#64;iledefrance.fr"&gt;&lt;strong&gt;&lt;span&gt;foret_energie_biosources&amp;#64;iledefrance.fr&lt;/span&gt;&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-projets-innovants-pour-les-forets-franciliennes-et-lusage-des-biosources-1/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>163154</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Aider la flotte fluviale à réduire ses impacts environnementaux et à s’adapter aux changements climatiques</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Plan d’aides à la modernisation et à l’innovation de la flotte (PAMI)</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce Plan d’aide est une réponse aux &lt;strong&gt;grands enjeux de la flotte fluviale &lt;/strong&gt;et comprend des mesures conçues afin d’atteindre les objectifs environnementaux et logistiques listés ci-dessous.&lt;/p&gt;&lt;p&gt;Pour candidater : les &lt;strong&gt;demandes d&amp;#039;aide sont à déposer exclusivement en ligne sur la plateforme web dédiée&lt;/strong&gt; de Voies Navigables de France :&lt;br /&gt;&lt;a target="_blank" href="https://portail-pami-connect.vnf.fr"&gt;PAMI Connect&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le PAMI s’articule en quatre volets d’aides :&lt;/p&gt;&lt;p&gt;Volet A&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance environnementale&lt;/strong&gt; de la flotte&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Réduire la consommation&lt;/strong&gt; en carburant, les émissions et rejets polluants&lt;/li&gt;&lt;li&gt;Encourager le &lt;strong&gt;recours à des énergies renouvelables&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimiser la gestion des énergies&lt;/strong&gt; à bord&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet B&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mieux &lt;strong&gt;intégrer le maillon fluvial aux chaînes logistiques&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Capter de nouveaux trafics&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Consolider la desserte fluviale&lt;/strong&gt; des ports maritimes&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance logistique&lt;/strong&gt; de la flotte fluviale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet C&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Accompagner le renouvellement&lt;/strong&gt; des acteurs et de la filière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet D&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Favoriser l’émergence des solutions innovantes&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P47" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q47" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2027</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/plan-daides-la-modernisation-et-linnovation-de-la-flotte-pami</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-daides-a-la-modernisation-et-a-linnovation-de-la-flotte-pami/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>120974</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les bonnes pratiques pour répondre à la double menace du changement climatique et de l’effondrement de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Programme Patrimoine naturel et biodiversité</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valoriser les bonnes pratiques pour répondre à la double menace du changement climatique et de l&amp;#039;effondrement de la biodiversité, et apporter un soutien financier à des projets d&amp;#039;éco-rénovation du patrimoine bâti, et de protection du patrimoine naturel, des espaces naturels terrestres, aquatiques et maritimes.
+ &lt;br /&gt;
+ 3 champs d&amp;#039;action :
+ &lt;br /&gt;
+ • Patrimoine bâti plus vert
+ &lt;br /&gt;
+ • Biodiversité, parcs et jardins
+ &lt;br /&gt;
+ • Espaces naturels, littoraux et biodiversité
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets de préservation, de sauvegarde ou de restauration de biens bâtis d&amp;#039;intérêt patrimonial, d&amp;#039;espaces naturels ou accueillant de la biodiversité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bourgogne-Franche-Comté
+ &lt;br /&gt;
+ • 14 rue Violet
+ &lt;br /&gt;
+ 25000 Besançon
+ &lt;br /&gt;
+ 03 81 47 95 14
+ &lt;br /&gt;
+ bfcbesancon&amp;#64;fondation-patrimoine.org
+ &lt;br /&gt;
+ • 88 rue Jean-Jacques Rousseau
+ &lt;br /&gt;
+ BP 25 105 21051 DIJON CEDEX Dijon
+ &lt;br /&gt;
+ 03 80 43 97 19
+ &lt;br /&gt;
+ bfcdijon&amp;#64;fondation-patrimoine.org
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>sylviane.philippe@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acf8-valoriser-les-bonnes-pratiques-pour-repondre-/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>162297</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…)</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité et territoires - Stratégies</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les territoires organisés et gérés par des collectivités (Communes, EPCI, Syndicats mixtes…) sont un des maillons essentiels pour déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…), prenant en compte la biodiversité et les services écosystémiques.&lt;br /&gt; Il s’agit pour la Région d’accompagner et de soutenir les dynamiques des territoires pour développer leur résilience face au changement climatique et à l’effondrement de la biodiversité pour une transition réussie, par l’élaboration stratégies territoriales biodiversité.&lt;/p&gt; &lt;p&gt;Collectivités locales et leurs Groupements (Communes, EPCI, Syndicats mixtes).&lt;/p&gt; &lt;p&gt;Elaboration de stratégies territoriales pour la biodiversité, avec un objectif d’adaptation du territoire au changement climatique, ainsi que leurs programmes d’actions, prenant impérativement en compte les services écosystémiques et les solutions d’adaptation fondées sur la nature.&lt;br /&gt; Les actions suivantes pourront être soutenues :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Prestations de maîtrise d’œuvre ou d’accompagnement par un bureau d’étude ou équivalent,&lt;/li&gt; 	&lt;li&gt;Implication des parties prenantes : élus, acteurs privés et publics du territoires, citoyens,&lt;/li&gt; 	&lt;li&gt;Identification et hiérarchisation des enjeux de biodiversité du territoire, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Évaluation de services écosystémiques et de la dépendance du territoire à ces services,&lt;br /&gt; Impacts directs et indirects des actions de la collectivité sur la biodiversité et les services écosystémiques,&lt;br /&gt; &lt;br /&gt; Cartographie et hiérarchisation des enjeux ;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Formalisation de la stratégie biodiversité et élaboration de son plan d’action,&lt;/li&gt; 	&lt;li&gt;Élaboration du système de suivi de la stratégie biodiversité, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Définition et surveillance des indicateurs, analyse des résultats des indicateurs,&lt;br /&gt; Procédure de mise à jour de la stratégie biodiversité,&lt;br /&gt; Audit de la stratégie et de sa mise en œuvre par la collectivité.&lt;br /&gt; &lt;br /&gt; Les démarches telles que « territoire engagé pour la nature », stratégies locales biodiversité, liste verte UICN, voire de certification pour faire suite à la mise en œuvre de normes volontaires relatives à une démarche biodiversité pourront être soutenues dans ce cadre.&lt;/p&gt; &lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P49" s="1" t="inlineStr">
+        <is>
+          <t>13/07/2023</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/biodiversite-et-territoires-strategies</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/biodiversite-et-territoires-strategies/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>121464</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Faire évoluer les pratiques vers une meilleure prise en compte de l'environnement dans les pratiques agricoles - Programme Agro-Environnemental et Climatique</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>PAEC-MAEC</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le syndicat mixte du Parc est porteur et animateur d&amp;#039;un programme agro-environnemental et climatique pour la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, il accompagne les éleveurs et agriculteurs qui souhaitent faire évoluer leurs pratiques vers une meilleure prise en compte de l&amp;#039;environnement dans leurs pratiques agricoles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Réalisation de nichoirs, Installations de mares ou de haies, formations sur l&amp;#039;agro-foresterie...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Être éligible au PAEC
+  &lt;/li&gt;
+  &lt;li&gt;
+   Se trouver dans le périmètre du PNR des Baronnies provençales
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>PNR des Baronnies provençales (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.baronnies-provencales.fr/le-parc/le-parc-naturel-regional/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Julie MAVIEL
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission agriculture et pastoralisme
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.58.17.37.57
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : jmaviel&amp;#64;baronnies-provencales.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>eruin@baronnies-provencales.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38b5-programme-agro-environnemental-et-climatique/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>162780</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les littoraux au changement climatique et favoriser une gestion souple du trait de côte pour faire face aux enjeux d’érosion des plages</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Adaptation des littoraux au changement climatique</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adapter les littoraux au changement climatique et favoriser une gestion souple du trait de côte pour faire face aux enjeux d’érosion des plages et de submersion&lt;br /&gt; Afin de répondre à ces défis, la Région organise la mise en œuvre du dispositif autour de cinq principaux leviers décrits ci-dessous :&lt;/p&gt;
+&lt;p&gt; La plateforme Monlittoral &lt;a href="https://www.monlittoral.fr/"&gt;https://www.monlittoral.fr/&lt;/a&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Il s’agit d’un outil régional de capitalisation, de valorisation et de diffusion des données relatives à la gestion du trait de côte copiloté depuis janvier 2022 par l’Etat et la Région.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; La plateforme de mobilisation pour des plages de caractères &lt;a href="https://www.act4posidonia.eu/"&gt;https://www.act4posidonia.eu/&lt;/a&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Outil développé dans le cadre d’un projet européen INTERREG MED, il est à destination de l’ensemble des acteurs et usagers des plages de Méditerranée. La plateforme permet de s’engager concrètement en agissant chacun à son niveau pour des plages plus naturelles, des plages de caractère qui respectent le fonctionnement des écosystèmes côtiers et préservent les banquettes de Posidonie.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Des formations et des actions de sensibilisation pour renforcer les capacités des acteurs et faciliter l’acceptabilité sociale du changement à travers :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Un partenariat avec le CNFPT &lt;/li&gt; 	&lt;li&gt;La participation à des projets européens de Coopération Méditerranéenne &lt;/li&gt; 	&lt;li&gt; Des actions de sensibilisation et d’information sur l’adaptation des littoraux au changement climatique et les enjeux érosion et submersion.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;  Une assistance à ingénierie :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Il s’agit dans ce volet de développer une assistance à l’ingénierie auprès des collectivités locales littorales pour les accompagner dans leurs projets d’adaptation au changement climatique par des appuis ponctuel à la définition de projets innovants (Convention CEREMA notamment).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt; L’adaptation des littoraux au changement climatique »&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’accompagnement de la Région s’appuie sur les modalités du Dispositif ‘Trait de côte’ adopté en 2021 avec trois volets :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Volet 1 :&lt;/span&gt; Il concerne la définition de stratégies territoriales de gestion du trait de côte &lt;br /&gt; &lt;span&gt;Volet 2 :&lt;/span&gt; Il concerne la définition de stratégies locales relatives aux réaménagements d’espaces littoraux particulièrement vulnérables et à la mise en œuvre de travaux de requalification des sites balnéaires majeurs&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; L’aide de la Région pourra porter à la fois sur l’ingénierie (étude préalable) ou sur la réalisation de travaux quand le projet est suffisamment abouti.&lt;br /&gt; &lt;strong&gt;Nota : &lt;/strong&gt;Pour les aides à l’investissement, le projet devra être inscrit dans les Contrats ’Nos territoires d’Abord’.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Volet 3 :&lt;/span&gt; Il concerne la mise en œuvre de travaux d’adaptation des plages face au risque d’érosion et de mise en œuvre de solutions fondées sur la nature, pour des « Plages de caractère en Méditerranée »&lt;br /&gt; Afin de permettre l’émergence de projets ambitieux et de qualité, une aide à l’ingénierie pourra être envisagée en amont afin d’affiner les projets&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités territoriales ou leurs groupements&lt;/li&gt; 	&lt;li&gt; des syndicats mixtes&lt;/li&gt; 	&lt;li&gt; des établissements publics gestionnaires de sites&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Les critères suivants sont regardés pour les trois volets :&lt;span&gt; &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Administratif :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Complétude / lettres d’engagement des partenaires ;&lt;/li&gt; 	&lt;li&gt; Faisabilité financière / Caractère raisonnable des dépenses / Cofinancements existants ;&lt;/li&gt; 	&lt;li&gt; Calendrier de l’action / Maturité du projet ;&lt;/li&gt; 	&lt;li&gt; Clarté du dossier.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Environnemental :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Approche écosystémique / cellule hydrosédimentaire / prise en compte du changement climatique à l’horizon 2050/2100 ;&lt;/li&gt; &lt;/ul&gt;
+&lt;ul&gt; 	&lt;li&gt;Solution fondée sur la nature / méthodes souples / Caractère réversible/impact écosystèmes marins / renaturation des sites / Restauration écologique des milieux/ désimpermabilisation des sols ;&lt;/li&gt; 	&lt;li&gt; Implication des habitants et acteurs privés (Concertation et démarche participative) / Actions de sensibilisation et éducation en accompagnement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Innovation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Caractère innovant (démarches ou technologies) / Crédibilité de l’expérimentation (principe de précaution) / labellisation / Lien avec la recherche scientifique ;&lt;/li&gt; 	&lt;li&gt; Ambition et exemplarité / Réplicabilité / Transférabilité / Echelle spatiotemporelle adaptée / approche holistique ;&lt;/li&gt; 	&lt;li&gt; Qualité des partenariats/ cohérence ou lien avec d’autres actions conduites sur la commune sur l’interco ou la région.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères suivants sont regardés pour les trois volets :&lt;span&gt; &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Administratif :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Complétude / lettres d’engagement des partenaires ;&lt;/li&gt; 	&lt;li&gt; Faisabilité financière / Caractère raisonnable des dépenses / Cofinancements existants ;&lt;/li&gt; 	&lt;li&gt; Calendrier de l’action / Maturité du projet ;&lt;/li&gt; 	&lt;li&gt; Clarté du dossier.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Environnemental :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Approche écosystémique / cellule hydrosédimentaire / prise en compte du changement climatique à l’horizon 2050/2100 ;&lt;/li&gt; &lt;/ul&gt;
+&lt;ul&gt; 	&lt;li&gt;Solution fondée sur la nature / méthodes souples / Caractère réversible/impact écosystèmes marins / renaturation des sites / Restauration écologique des milieux/ désimpermabilisation des sols ;&lt;/li&gt; 	&lt;li&gt; Implication des habitants et acteurs privés (Concertation et démarche participative) / Actions de sensibilisation et éducation en accompagnement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Innovation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Caractère innovant (démarches ou technologies) / Crédibilité de l’expérimentation (principe de précaution) / labellisation / Lien avec la recherche scientifique ;&lt;/li&gt; 	&lt;li&gt; Ambition et exemplarité / Réplicabilité / Transférabilité / Echelle spatiotemporelle adaptée / approche holistique ;&lt;/li&gt; 	&lt;li&gt; Qualité des partenariats/ cohérence ou lien avec d’autres actions conduites sur la commune sur l’interco ou la région.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/adaptation-des-littoraux-au-changement-climatique-1</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thierry CORNELOUP : &lt;a href="mailto:tcorneloup&amp;#64;maregionsud.fr"&gt;tcorneloup&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adaptation-des-littoraux-au-changement-climatique-1/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>162269</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficiez d'une aide à l'investissement comprise entre 2 000 et 5 000 euros et jusqu’à 7 000 euros grâce à la bonification 100% Plan climat</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Mon projet de rénovation</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vous êtes artisan ou commerçant et souhaitez réaliser des travaux de second œuvre, investir dans du matériel ou des équipements professionnels ?&lt;/strong&gt; En faisant de la redynamisation des centres-villes une priorité, avec Mon Projet de rénovation, bénéficiez d&amp;#039;une aide à l&amp;#039;investissement comprise entre 2 000 et 5 000 euros et jusqu’à 7 000 euros grâce à la bonification 100% Plan climat.&lt;/p&gt; &lt;p&gt;Les artisans, commerçants et entreprises de &lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="l&amp;#039;économie social et solidaire"&gt;l&amp;#039;Economie Sociale et Solidaire&lt;/a&gt; (ESS) en phase de création ou de développement :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Exerçant une activité de vente de biens ou de services aux particuliers au moins 8 mois par an dans un &lt;a href="https://entreprendre.service-public.fr/vosdroits/F32351" target="_blank" title="Etablissement recevant du public"&gt;Etablissement Recevant du Public&lt;/a&gt;.&lt;/li&gt; 	&lt;li&gt;Dont l’établissement concerné par les investissements réalisés est situé dans le &lt;a href="https://maregionsud.maps.arcgis.com/apps/instant/lookup/index.html?appid&amp;#61;4d7d58dc28ec4a118c9af5e3f0f4b8ce" target="_blank" title="centre-ville de l&amp;#039;une des 139 communes ciblées par le dispositif"&gt;centre-ville de l’une des 139 communes ciblées par le dispositif&lt;/a&gt; &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Ou&lt;br /&gt; &lt;br /&gt; En dehors de ces périmètres géographiques, les entreprises de plus de 3 ans ayant bénéficié d’un parcours d’accompagnement au développement opéré par la &lt;a href="https://www.cmar-paca.fr/article/coach-artisanat" target="_blank" title=" Chambre de métiers et de l’artisanat de région"&gt;Chambre de métiers et de l’artisanat de région &lt;/a&gt; ou le &lt;a href="https://www.paca.cci.fr/se-developper/developpement-commercial" target="_blank" title="réseau des Chambres de commerce et d’industrie"&gt;réseau des Chambres de commerce et d’industrie&lt;/a&gt;  dans le cadre du dispositif régional &lt;a&gt;Mon projet d’entreprise&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour ces derniers, le caractère Etablissement Recevant du public (ERP) n’est pas obligatoire.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Dans les deux cas, les entreprises doivent réunir de manière Cumulative les critères suivants : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Pour les entreprises créées depuis plus d’un an, présenter un chiffre d’affaires compris entre 20 000 et 2 millions d&amp;#039;euros.&lt;/li&gt; 	&lt;li&gt;Ne pas se trouver en difficulté au sens de la réglementation de l’Union Européenne (procédure de redressement ou en liquidation judiciaire) à l&amp;#039;exception des entreprises dont le Tribunal de commerce a validé un plan de continuation.&lt;/li&gt; 	&lt;li&gt;À jour de leurs cotisations sociales et fiscales, sous réserve des reports de charges sollicités en période de crise.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les professions libérales réglementées.&lt;/li&gt; 	&lt;li&gt;Les activités financières et immobilières (banques, assurances, agences immobilières, hébergements non soumis aux obligations des ERP, etc.)&lt;/li&gt; 	&lt;li&gt;Les organismes de formation, conseil, bureaux d’études&lt;/li&gt; 	&lt;li&gt;Le commerce de gros&lt;/li&gt; 	&lt;li&gt;Les professionnels effectuant des opérations de démarchage réglementées par des textes particuliers (agents commerciaux, VRP, etc.)&lt;/li&gt; 	&lt;li&gt;Les sociétés civiles immobilières&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Les projets éligibles concernent des investissements amortissables dont le montant unitaire ou celui d’un lot regroupé considéré comme un tout est égale ou supérieure à 500 euros HT : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Travaux de second œuvre&lt;/li&gt; 	&lt;li&gt;Aménagement d&amp;#039;espaces et mobiliers&lt;/li&gt; 	&lt;li&gt;Matériel et équipement professionnel&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le matériel d’occasion est éligible uniquement si une facture en bonne et due forme est établie, comportant l&amp;#039;ensemble des mentions légales et obligatoires si la vente a lieu entre professionnels.&lt;br /&gt; &lt;br /&gt; Si la vente a lieu auprès d&amp;#039;un particulier, une attestation entre le vendeur et l’acheteur doit mentionner le bien et la valeur de rachat et doit être accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dépenses financées sous forme de crédit-bail ou de leasing&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers (parking, extension de bâtiment, acquisitions de locaux, de terrain, etc.)&lt;/li&gt; 	&lt;li&gt;Les climatisations, les pompes à chaleur air/air&lt;/li&gt; 	&lt;li&gt;Les véhicules roulants et flottants (voitures, utilitaires, vélo-cargo, triporteurs, remorques, bateaux, les bornes électriques, etc.),&lt;/li&gt; 	&lt;li&gt;Le matériel roulant immatriculé, matériel flottant&lt;/li&gt; 	&lt;li&gt;Les travaux de gros œuvre&lt;/li&gt; 	&lt;li&gt;Le coût homme des travaux réalisés par l’entreprise demandeuse&lt;/li&gt; 	&lt;li&gt;Les sites internet vitrine ou de vente en ligne&lt;/li&gt; 	&lt;li&gt;Le matériel informatique et de téléphonie (téléphones, tablettes, ordinateurs, écrans, imprimantes, logiciels, etc.)&lt;/li&gt; 	&lt;li&gt;Les interventions de réparation et/ou maintenance&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement (nettoyage, traitement des nuisibles, abonnements, constitution de stock, campagnes de communication, petit outillage, services de table, ustensiles, textile, plantes, etc.)&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>03/09/2024</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les projets éligibles concernent des investissements amortissables dont le montant unitaire ou celui d’un lot regroupé considéré comme un tout est égale ou supérieure à 500 euros HT : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Travaux de second œuvre&lt;/li&gt; 	&lt;li&gt;Aménagement d&amp;#039;espaces et mobiliers&lt;/li&gt; 	&lt;li&gt;Matériel et équipement professionnel&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le matériel d’occasion est éligible uniquement si une facture en bonne et due forme est établie, comportant l&amp;#039;ensemble des mentions légales et obligatoires si la vente a lieu entre professionnels.&lt;br /&gt; &lt;br /&gt; Si la vente a lieu auprès d&amp;#039;un particulier, une attestation entre le vendeur et l’acheteur doit mentionner le bien et la valeur de rachat et doit être accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dépenses financées sous forme de crédit-bail ou de leasing&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers (parking, extension de bâtiment, acquisitions de locaux, de terrain, etc.)&lt;/li&gt; 	&lt;li&gt;Les climatisations, les pompes à chaleur air/air&lt;/li&gt; 	&lt;li&gt;Les véhicules roulants et flottants (voitures, utilitaires, vélo-cargo, triporteurs, remorques, bateaux, les bornes électriques, etc.),&lt;/li&gt; 	&lt;li&gt;Le matériel roulant immatriculé, matériel flottant&lt;/li&gt; 	&lt;li&gt;Les travaux de gros œuvre&lt;/li&gt; 	&lt;li&gt;Le coût homme des travaux réalisés par l’entreprise demandeuse&lt;/li&gt; 	&lt;li&gt;Les sites internet vitrine ou de vente en ligne&lt;/li&gt; 	&lt;li&gt;Le matériel informatique et de téléphonie (téléphones, tablettes, ordinateurs, écrans, imprimantes, logiciels, etc.)&lt;/li&gt; 	&lt;li&gt;Les interventions de réparation et/ou maintenance&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement (nettoyage, traitement des nuisibles, abonnements, constitution de stock, campagnes de communication, petit outillage, services de table, ustensiles, textile, plantes, etc.)&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne &lt;/span&gt;&lt;br /&gt; Chaque dossier de demande de subvention doit être transmis de manière dématérialisée sur la plateforme Démarches simplifiées.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de subvention d&amp;#039;investissement. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Toute demande de modification et/ou de dépôt de pièces complémentaires doit obligatoirement intervenir via la messagerie sécurisée accessible dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; Pour les établissements ayant bénéficié d’un accompagnement structurant au développement par la&lt;a href="https://www.cmar-paca.fr/article/coach-artisanat" target="_blank" title="Chambre de métiers et de l’artisanat de région "&gt; Chambre de métiers et de l’artisanat de région&lt;/a&gt; ou le &lt;a href="http://www.paca.cci.fr/se-developper/developpement-commercial" target="_blank" title=" réseau des Chambres de commerce et d’industrie"&gt;réseau des Chambres de commerce et d’industrie&lt;/a&gt; dans le cadre du dispositif régional &lt;a&gt;Mon projet d’entreprise&lt;/a&gt;, une pièce justificative leur sera demandée.&lt;br /&gt; &lt;br /&gt; La subvention est attribuée pour un établissement (SIRET), principal ou secondaire.&lt;br /&gt; &lt;br /&gt; Au maximum, 3 demandes de subventions peuvent être octroyées pour 3 établissements différents d’une même entreprise (SIREN).&lt;br /&gt; &lt;br /&gt; Le même établissement (SIRET) ne peut bénéficier que d’une seule subvention tous les 2 ans.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mon-projet-de-renovation</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/zero-rideau-ferme-investissement</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;br /&gt; &lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au&lt;strong&gt; 0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-projet-de-renovation/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>383</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt bonifié Vert</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>PSP Vert</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les territoires ultramarins sont de plus en plus sensibles
+ aux impacts du changement climatique et aux risques
+ naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les soutenir, l&amp;#039;AFD accompagne la réalisation
+ des investissements s&amp;#039;inscrivant dans les objectifs
+ d&amp;#039;atténuation des effets du changement climatique, de
+ protection de la biodiversité, et de réduction des vulnérabilités
+ liées aux aléas climatiques, afin d&amp;#039;accélérer et
+ d&amp;#039;amplifier le
+ développement durable et la résilience de
+ ces territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification : 15 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances
+constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet d&amp;#039;investissement intégrant une dimension en
+faveur de l&amp;#039;atténuation au changement climatique et
+ de la préservation de la biodiversité ou de l&amp;#039;adaptation
+ au changement climatique et de la réduction des vulnérabilités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+  Atténuation et biodiversité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Efficacité et transition énergétique (production
+   d&amp;#039;énergie renouvelable : éolien, photovoltaïque, biomasse) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éco-quartiers (construction HQE ou norme équivalente) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et mise à niveau d&amp;#039;équipements et d&amp;#039;infrastructures de transport durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement intégrant une dimension atténuation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports collectifs et mobilités douces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de circuits d&amp;#039;approvisionnement courts, investissements liés à la mise en œuvre du Plan Climat-Air-Énergie Territorial (PCAET) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parc naturel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration des écosystèmes fragiles ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+   Adaptation et vulnérabilité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction ou reconstruction aux normes parasismiques suite à destruction par un évènement climatique majeur, avec prise en compte des vulnérabilités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement traitant une vulnérabilité en lien avec le changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévention des risques climatiques y compris les inondations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les algues sargasses ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les épisodes de sécheresse ou canicules ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>153402</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la rénovation énergétique des copropriétés</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Aide Rénovation énergétique copropriété</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Planète Manche Rénovation &amp;#34;volet copropriété&amp;#34; est un dispositif d&amp;#039;aide aux copropriétés pour des projets de rénovation globale d&amp;#039;habitations collectives privées utilisées en résidence principale et situées sur le territoire de la Manche. Les projets visés concernent la rénovation globale des habitations dans un souci de performance énergétique et de respect de la qualité architecturale.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux éligibles traitent les parties communes ou relevent d&amp;#039;un intérêt collectif au sein des parties privatives.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux concernant la construction neuve, une extension de la surface habitable d&amp;#039;un bâtiment existant ou le changement de destination de locaux ne sont pas éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale est réservée aux copropriétés gérées par un syndic professionnel ou bénévole, enregistré au registre national des copropriétés. Elle concerne les bâtis collectifs à usage d&amp;#039;habitations principales de plus de 15 ans et situés sur le territoire de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du Département est de 25% des dépenses éligibles avec un plafond par dossier fixé à 75.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier transmis par le syndicat de copropriété devra comporter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le formulaire de demande d&amp;#039;aide signé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le procès verbal de l&amp;#039;assemblée générale donnant mandat au syndic de copropriété pour cette demande de subvention et validant les travaux à engager faisant l&amp;#039;objet de la demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les devis non signés des travaux prévus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;audit énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une photo de la façade.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les attestations RGE des entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent notamment mettre en oeuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des façades, toitures, planchers bas, menuiseries extérieures, ventilation), d&amp;#039;installation de systèmes de chauffage et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets doivent concerner à minima deux postes de travaux dont l&amp;#039;un doit concerner obligatoirement un poste d&amp;#039;isolation : murs, toitures ou planchers bas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour être considéré comme un poste de travaux, les travaux doivent concerner la totalité des travaux restant à réaliser dans une même nature de travaux. La ventilation n&amp;#039;est pas considérée comme un poste de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;attribution de l&amp;#039;aide départementale est conditionnée à l&amp;#039;accompagnement du projet par un assistant à maîtrise d&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attention, les devis ne doivent pas être signés et les travaux ne doivent pas être engagés avant la réception d&amp;#039;un accusé de réception du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux dépenses TTC liées aux travaux d&amp;#039;amélioration énergétique : isolation de l&amp;#039;enveloppe, remplacement des ouvrants, des systèmes de chauffage, de production d&amp;#039;eau chaude sanitaire, mise en place d&amp;#039;une ventilation mécanique contrôlée, ainsi que les travaux induits, c&amp;#039;est-à-dire nécessairement liés aux travaux précités.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/987a-aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>162271</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Financer à faible coût les investissements matériels et immatériels nécessaires à la transition énergétique et écologique des PME</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Sud Prêt Climat</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;En adoptant son Plan Climat : Gardons une Cop d&amp;#039;avance, la Région Sud a fait de la lutte contre le changement climatique sa priorité.&lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; Avec SUD Prêt Climat, et en partenariat avec Bpifrance, la Région Sud entend donc répondre au besoin des PME de financer à faible coût, les investissements matériels et immatériels nécessaires à leur transition énergétique et écologique et/ou de soutenir leurs besoins en trésorerie liés à ces transitions.&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises répondant à la définition européenne de la PME à savoir un &lt;strong&gt;effectif inférieur à 250 personnes&lt;/strong&gt; et un&lt;strong&gt; chiffre d’affaires inférieur à 50 M€&lt;/strong&gt; ou un &lt;strong&gt;total bilan inférieur à 43 M€.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;De plus de 3 ans&lt;/strong&gt; ou en capacité de fournir deux bilans couvrant une durée minimum de 24 mois.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quelle que soit leur forme juridique&lt;/strong&gt; (à l&amp;#039;exclusion des entreprises individuelles et des SCI).&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Exerçant l&amp;#039;essentiel de leur activité sur le territoire régional ou s&amp;#039;y installant.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Financièrement saines.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;A jour de leurs &lt;strong&gt;obligations fiscales et sociales.&lt;/strong&gt;&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Eligibles au &lt;strong&gt;&lt;strong&gt;&lt;a href="https://www.europe-en-france.gouv.fr/fr/aides-d-etat/les-aides-de-minimis" target="_blank" title="régime de minimis (nouvelle fenêtre) (nouvelle fenêtre)"&gt;régime de minimis&lt;/a&gt;&lt;/strong&gt;&lt;/strong&gt;&lt;/strong&gt; (Cumul d’aides publiques inférieur à 300 000 € sur les 3 dernières années).&lt;br /&gt; 	  &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises en difficulté au sens de la réglementation européenne.&lt;/li&gt; 	&lt;li&gt;Les SCI (Société Civile Immobilière).&lt;/li&gt; 	&lt;li&gt;Les associations et fondations sans activité économique et qui n’emploient pas au moins 1 salarié.&lt;/li&gt; 	&lt;li&gt;Les autoentrepreneurs.&lt;/li&gt; 	&lt;li&gt;Les entreprises individuelles.&lt;/li&gt; 	&lt;li&gt;Les activités d’intermédiation financière (NAF : section K64 sauf 64-2).&lt;/li&gt; 	&lt;li&gt;Les activités de promotion et de locations immobilières (NAF : section L68-1, L68-2 et F41-1).&lt;/li&gt; 	&lt;li&gt;Les activités auxiliaires de services financiers et d&amp;#039;assurance (NAF : section 66).&lt;/li&gt; 	&lt;li&gt;Le secteur agricole ayant un code NAF section A01 (culture et production animale, chasse et services annexes) ou A02 (sylviculture et autres activités forestières, exploitation forestière, récolte de produits forestiers non ligneux poussant à l&amp;#039;état sauvage et services de soutien à l&amp;#039;exploitation forestière).&lt;/li&gt; 	&lt;li&gt;Le secteur de la pêche et de l’aquaculture ayant un code NAF section A03 (pêche en mer, pêche en eau douce, aquaculture en mer et aquaculture en eau douce) ou code NAF 4638A (commerce de gros (commerce interentreprise) de poissons, crustacés et mollusques).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P55" s="1" t="inlineStr">
+        <is>
+          <t>06/06/2023</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sud Prêt Climat finance les projets permettant de renforcer a minima l’une des priorités suivantes : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; La lutte contre le changement climatique (mix énergétique et mobilité bas carbone, économies d’énergies, etc.).&lt;/li&gt; 	&lt;li&gt; L&amp;#039;adaptation au changement climatique (prévention des risques d’approvisionnement, des risques climatiques, etc.).&lt;/li&gt; 	&lt;li&gt;Les économies d’eau.&lt;/li&gt; 	&lt;li&gt;L’économie circulaire (recyclage, réparabilité, réemploi, allongement de la vie des produits, etc.).&lt;/li&gt; 	&lt;li&gt;La prévention et le contrôle des pollutions.&lt;/li&gt; 	&lt;li&gt;La préservation ou la restauration de la biodiversité et des écosystèmes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Opéré par Bpifrance, l’analyse du plan d’actions réalisée permettra de déterminer dans quelle mesure l’entreprise ou son projet permet de répondre favorablement aux enjeux du &lt;a&gt;Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;br /&gt; &lt;br /&gt; Pour les entreprises déjà engagées sur ces sujets, Bpifrance se réserve le droit d’alléger le plan d’actions exigé dans l’instruction du dossier en cas de labellisation environnementale et/ou de réalisation d&amp;#039;un diagnostic (énergétique / environnemental), effectués préalablement à la demande de prêt.&lt;br /&gt; &lt;br /&gt; Pour les demandes de prêts inférieurs ou égaux à 50 000 euros, le plan d’action est également allégé mais l’entreprise est tenue de réaliser l&amp;#039;&lt;a href="https://evenements.bpifrance.fr/jour-e-2021/content/climatometre" target="_blank" title="Autodiag Climatomètre"&gt;Autodiag Climatomètre&lt;/a&gt; intégré à la plateforme de demande de Bpifrance.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en fonds de roulement liés à un projet de développement de l&amp;#039;entreprise en relation avec la transition énergétique, écologique et/ou l’économie circulaire.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels, les coûts de mise aux normes (environnement, sécurité), de recrutement, de formation, de frais de prospection, les dépenses de publicité, etc.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les opérations relatives au financement de la création (entreprises de moins d’un an d’ancienneté).&lt;/li&gt; 	&lt;li&gt;Les investissements immobiliers et mobiliers, les acquisitions de titres ou de fonds de commerce.&lt;/li&gt; 	&lt;li&gt; Les programmes de transmission (y compris croissance externe) et de restructuration financière.&lt;/li&gt; 	&lt;li&gt;Les opérations purement patrimoniales (cash out, vente à soi-même, etc.).&lt;/li&gt; 	&lt;li&gt;La substitution de dettes et remboursement d’encours existants ou comptes courants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne   &lt;br /&gt;                                             &lt;/span&gt;&lt;br /&gt; Afin d’assurer la distribution rapide des fonds régionaux, la constitution et l&amp;#039;instruction des dossiers sont assurés par Bpifrance. A l&amp;#039;issue, une notification est envoyée aux entreprises ayant finalisé leur demande.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de prêt. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;br /&gt; &lt;br /&gt; &lt;a href="https://flash.bpifrance.fr/pret/relance-region?regionId&amp;#61;provence-alpes-cote-azur" target="_blank" title="PRÊT INFÉRIEUR OU ÉGAL À 50 000 €"&gt;PRÊT INFÉRIEUR OU ÉGAL À 50 000 €&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;a href="https://auth.web.bpifrance.fr/mga/sps/authsvc?PolicyId&amp;#61;urn:ibm:security:authentication:asf:LoginBPI&amp;amp;TAM_OP&amp;#61;login&amp;amp;URL&amp;#61;https%3A%2F%2Fauth.web.bpifrance.fr%2Fmga%2Fsps%2Fauth%3FPartnerId%3DYdaGZikOi2zIZ6ftRVaY%26Target%3Dhttps%253A%252F%252Fapp.bel.bpifrance.fr%252Fsso%252Fcode%26SSORequest%3DY29kZV9jaGFsbGVuZ2U9bUpTZjRiQjdLRFBsamFRZVNTZUllbGJPUU1VLW82dUk2Xy1DZGxpcEg3WSZyZWRpcmVjdF91cmk9aHR0cHM6Ly9hcHAuYmVsLmJwaWZyYW5jZS5mci9zc28vY29kZSZub25jZT1WVnB6VW1wNlNsOXBUMDFQV25WMkxYUkRTRlp1U0c4d2EybFVjMDVrVEVKalUxTjBTRXN4VHpSbVVFRjUmc2NvcGU9b3BlbmlkIHByb2ZpbGUgZW1haWwmY29kZV9jaGFsbGVuZ2VfbWV0aG9kPVMyNTYmc3RhdGU9VlZwelVtcDZTbDlwVDAxUFduVjJMWFJEU0ZadVNHOHdhMmxVYzA1a1RFSmpVMU4wU0VzeFR6Um1VRUY1OyUyRnN1YnNjcmliZSUyRnByZXQtcmVsYW5jZS1yZWdpb24mcmVzcG9uc2VfdHlwZT1jb2RlJmNsaWVudF9pZD1ZZGFHWmlrT2kyeklaNmZ0UlZhWQ%253D%253D" target="_blank" title="PRÊT SUPÉRIEUR À 50 000 €"&gt;PRÊT SUPÉRIEUR À 50 000 €&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/sud-pret-climat</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique tous les jours de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (service et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sud-pret-climat/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>164165</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions générées par les activités économiques industrielles et artisanales - Autres opérations</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Selon dispositif :  https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf et/ou l’encadrement  européen des aides  d’État en vigueur</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont par ailleurs éligibles :
+&lt;br /&gt;• Les opérations de protection ou restauration de la biodiversité et solutions fondées sur la nature pour 
+l’adaptation au changement climatique et l’atténuation de ses effets : les solutions de végétalisation 
+(plantations, haies, ...), la création de zones de rejets végétalisées, la gestion écologique des espaces 
+verts, les opérations de préservation et de restauration des milieux naturels sur l’emprise foncière de 
+l’entreprise ;
+&lt;br /&gt;• Les solutions de réductions des consommations énergétiques et de performance environnementale 
+(projet consistant cumulativement en un investissement directement rattachable au petit cycle de l’eau 
+et en un effort de réduction de la consommation énergétique) ;
+&lt;br /&gt;• Les projets de substitution de prélèvement vers des ressources moins fragiles en respectant les 
+conditions édictées dans la fiche « Gestion quantitative de la ressource en eau » ;
+&lt;br /&gt;• Les opérations nécessaires à l’atteinte des objectifs environnementaux fixés par le SDAGE, le Grenelle 
+de l’environnement et le Plan d’adaptation et d’atténuation au changement climatique qui ne sont pas 
+mentionnées aux articles précédents dans la mesure où ils concourent à l’atteinte des objectifs du 12e
+Programme d’intervention de l’Agence de l’eau.
+&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q56" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations nécessaires à 
+l’atteinte des objectifs 
+environnementaux fixés par le 
+SDAGE, le Grenelle de 
+l’environnement et le Plan 
+d’adaptation et d’atténuation au 
+changement climatique et qui ne 
+sont pas mentionnées dans les 
+entrées précédentes de ce tableau 
+sont éligibles dans la mesure où elles 
+concourent à l’atteinte des objectifs 
+du 12e Programme d’intervention.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-gestion-integree-des-eaux-pluviales/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>162533</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de coopération interterritoriale et transnationale</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette mesure vise à soutenir les projets de
+coopération sur le territoire du Pays de Coutances.&lt;/p&gt;&lt;p&gt;Deux types de coopération peuvent être soutenus :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;La coopération «
+interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;La coopération «
+transnationale » entre des territoires relevant de plusieurs Etats membres
+ainsi qu’avec des territoires de pays tiers.&lt;/p&gt;&lt;p&gt;Aux vues des besoins et des pistes d’actions
+envisagées, seront particulièrement favorisés :&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les projets en lien avec
+l’évolution des pratiques d’implication des acteurs locaux dans les prises de
+décisions ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les projets d’évolution des
+pratiques agricole et conchylicoles (qualité des eaux, valorisation économique
+et circuits courts) ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Le développement des énergies
+renouvelables ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;La mise en place d’actions
+interterritoriales d’économie circulaire ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les voyages d’études dont la
+thématique répond aux enjeux de la SLD.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Tout autre projet contribuant à l’atteinte des
+objectifs de la stratégie locale de développement pourra également être
+soutenu.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les enjeux du GAL du Pays de Coutances se retrouvent sur d’autres
+territoires européens ou nationaux : impacts du réchauffement climatique sur
+les activités humaines et sur l’environnement, adaptation au changement
+climatique, mobilité durable dans les zones rurales, égalité femmes-hommes,
+etc. Cette fiche-action a pour objectif de soutenir les projets de coopération répondant à ces enjeux, avec des territoires français ou européens. La coopération a pour objectifs de mutualiser des
+connaissances, de partager des bonnes pratiques, ou d&amp;#039;agir ensemble. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Coopérer avec d’autres territoires favorise &lt;span&gt;l’innovation et permet de &lt;/span&gt;&lt;span&gt;diffuser les valeurs européennes auprès des habitants du territoire.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-sociale-et-solidaire-et-leconomie-circulaire-fiche-action-6/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>164157</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Financer des technologies propres</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 65</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zone AFR</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Est considéré comme une technologie propre éligible, un investissement de lutte contre la pollution ou 
+contribuant à l’adaptation ou l’atténuation au changement climatique, faisant partie intégrante de la chaine de 
+production.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles, les investissements de 
+lutte contre la pollution ou 
+contribuant à l’adaptation ou 
+l’atténuation au changement 
+climatique, faisant partie intégrante 
+de la chaine de production. &lt;/p&gt;&lt;p&gt;Pour microentreprises concernant la 
+pollution classique : sont éligibles les 
+actions exclusivement groupées sur les 
+secteurs où un enjeu relatif à la 
+pollution classique a été démontré.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-operations-preliminaires-a-lepuration-ou-a-un-raccordement/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>164306</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’approche intégrée de l’eau à la bonne échelle territoriale</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Gestion territoriale</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les territoires pour réduire leur vulnérabilité face au changement climatique est l’une des priorités de l’agence de l’eau Adour-Garonne. L’aide de l’Agence vise à soutenir des démarches globales intégrant l’ensemble des actions nécessaires pour protéger ou restaurer les masses d’eau.&lt;/p&gt;&lt;p&gt;L’Agence soutient des projets pour accompagner l’élaboration et la mise en œuvre de contrats 
+« Eau et Climat » permettant de contractualiser sur des 
+durées pluriannuelles les actions territoriales de gestion 
+intégrée avec un programme de mesures d’adaptation et 
+d’atténuation au changement climatique adaptées au territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/demarches-territoriales-gestion-integree"&gt;Démarches territoriales de gestion intégrée | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Accompagner la structuration de la gouvernance intégrée ; &lt;/li&gt;&lt;li&gt;Améliorer la connaissance intégrée des territoires en 
+prenant compte des prospectives ; &lt;/li&gt;&lt;li&gt;Accompagner l’animation territoriale multithématiques ; &lt;/li&gt;&lt;li&gt;Assurer la promotion de la gestion intégrée de l’eau.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Animation et mise en réseau
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q59" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont les collectivités territoriales ou leurs 
+groupements et associations. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les maîtres d’ouvrage doivent consulter la CLE du SAGE 
+lorsqu’elle existe et associer l’EPTB ou la structure assimilée 
+intervenant à l’échelle de la stratégie territoriale de sous 
+bassin géographique ; &lt;/li&gt;&lt;li&gt;Pour le renouvellement d’une démarche territoriale un 
+contrat « Eau et Climat » devra être établi.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Gestion%20territoriale.pdf</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-3/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>162732</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Recherche et réseaux alpins</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
-[...17 lines deleted...]
-Biodiversité
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Recherche et réseaux&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;c’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les actions doivent servir la politique du Comité de Massif des Alpes ;&lt;/li&gt; 	&lt;li&gt;une convention pluriannuelle d’objectifs et de moyens pourra être établie entre la Région et le bénéficiaire.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ;&lt;/li&gt; 	&lt;li&gt;animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne,&lt;br /&gt; 	gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Type d’action non éligible :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P3" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="S3" s="1" t="inlineStr">
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>30/05/2024</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les actions doivent servir la politique du Comité de Massif des Alpes ;&lt;/li&gt; 	&lt;li&gt;une convention pluriannuelle d’objectifs et de moyens pourra être établie entre la Région et le bénéficiaire.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ;&lt;/li&gt; 	&lt;li&gt;animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne,&lt;br /&gt; 	gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Type d’action non éligible :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/recherche-reseaux-alpins</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/recherche-et-reseaux-alpins/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>162529</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser et accompagner l'agricultutre et l'alimentation locales</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;a) Alimentation et autonomie : développer les
+filières locales et les circuits-courts de production, de transformation et de
+commercialisation des aliments et des produits, notamment ceux issus de
+l’agriculture biologique.&lt;/p&gt;&lt;p&gt;b) Foncier et bocage : connaître et protéger le
+foncier agricole par le biais d’outils, d’ingénierie, de formation ou de
+travaux &lt;/p&gt;&lt;p&gt;c) Les actions de pédagogie et de communication
+visant à améliorer l’image du monde agricole, lorsqu’il est en accord avec les
+problématiques environnementales actuelles et dans un objectif d’attractivité
+des métiers.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;d) Pratiques agricoles : adapter les
+pratiques au changement climatique et accompagner les changements de modèles
+agricoles lorsque ces actions ne sont pas éligibles aux dispositifs régionaux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Transition énergétique
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q61" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’agriculture contribue au façonnement des paysages et à l’aménagement du
+territoire. Elle représente un poids important dans l’économie locale.
+Cependant elle subit la diminution de son foncier (au profit de
+l’urbanisation) et fait face à la difficulté à trouver de la main d’œuvre ou des
+repreneurs. Dynamiser l’agriculture locale pour la rendre plus attractive et
+répondre à la problématique de transmission des installations est vitale.&lt;/p&gt;&lt;p&gt;En
+parallèle, les pratiques agricoles doivent être adaptées pour prendre en compte
+la préservation de la biodiversité et de la qualité des sols et de l’eau. La
+modification des pratiques agricole vise à diminuer l’impact sur le changement
+climatique et contribue à l’adaptation au changement climatique.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Soutenir la transformation des productions et encourager la consommation
+de produits locaux, contribue au développement d&amp;#039;une économie locale et augmente la résilience alimentaire du
+territoire.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-solutions-de-mobilite-durable-fiche-action-2/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>162774</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projet de restauration d'édifices, de décors portés, de mobilier monumental et objets de propriété publique ou privée</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Patrimoine - Chaîne patrimoniale</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Son objectif est de soutenir les projet de restauration d&amp;#039;édifices, de décors portés, de mobilier monumental et objets de propriété publique ou privée, qu&amp;#039;ils soient protégés ou non au titre des Monuments historiques, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent.&lt;/p&gt;
  &lt;ul&gt; 	&lt;li&gt; Les propriétaires publics ou privés dont le bien concerné par la demande a été étudié par l&amp;#039;Inventaire général ou est situé sur un territoire en cours d’étude par l’Inventaire général.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Les structures de droit privé désirant assurer la maîtrise d&amp;#039;ouvrage pour des travaux sur une œuvre appartenant à une personne publique doivent obligatoirement justifier d&amp;#039;une convention de délégation de maîtrise d&amp;#039;ouvrage passée avec le propriétaire.&lt;/p&gt;
  &lt;p&gt;&lt;span&gt;Types de projet éligibles : &lt;/span&gt;travaux de conservation préventive, de restauration, de réhabilitation, de mise aux normes de sécurité.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Projets non éligibles&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Reconstruction de bâtiments ou parties de bâtiments détruits,&lt;/li&gt; 	&lt;li&gt;Création ex-nihilo, y compris de projets historiques non réalisés,&lt;/li&gt; 	&lt;li&gt;Achat d&amp;#039;objets ou de meubles,&lt;/li&gt; 	&lt;li&gt;Construction, remplacement d&amp;#039;un instrument du culte ou d’un orgue&lt;/li&gt; 	&lt;li&gt; Travaux de confort (chauffage, climatisation, ameublement)&lt;/li&gt; 	&lt;li&gt;Adaptation à des usages non patrimoniaux,&lt;/li&gt; 	&lt;li&gt;Signalétique et mise en lumière.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P4" s="1" t="inlineStr">
+      <c r="P62" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Types de projet éligibles : &lt;/span&gt;travaux de conservation préventive, de restauration, de réhabilitation, de mise aux normes de sécurité.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Projets non éligibles&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Reconstruction de bâtiments ou parties de bâtiments détruits,&lt;/li&gt; 	&lt;li&gt;Création ex-nihilo, y compris de projets historiques non réalisés,&lt;/li&gt; 	&lt;li&gt;Achat d&amp;#039;objets ou de meubles,&lt;/li&gt; 	&lt;li&gt;Construction, remplacement d&amp;#039;un instrument du culte ou d’un orgue&lt;/li&gt; 	&lt;li&gt; Travaux de confort (chauffage, climatisation, ameublement)&lt;/li&gt; 	&lt;li&gt;Adaptation à des usages non patrimoniaux,&lt;/li&gt; 	&lt;li&gt;Signalétique et mise en lumière.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/patrimoine-chaine-patrimoniale</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Chargée de mission Patrimoine et Musées : &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Gaëlle Cuesta: &lt;a href="mailto:gcuesta&amp;#64;maregionsud.fr"&gt;gcuesta&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-chaine-patrimoniale/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-      <c r="A5" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>162268</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer une levée de fonds et augmenter votre capacité en fonds propres</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Sud Investissement</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous êtes une TPE/PME innovante, industrielle ou de service, leader de demain, avec d’importantes perspectives de croissance ? Avec Sud Investissement, la Région Sud vous accompagne à accélérer la levée de fonds et augmenter votre capacité en fonds propres.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises répondant à la définition européenne de la PME à savoir un effectif inférieur à 250 personnes et un chiffre d’affaires inférieur à 50 M€ ou un total bilan inférieur à 43 M€&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement est situé en Provence-Alpes-Côte d’Azur ou les entreprises s&amp;#039;y installant.&lt;/li&gt; 	&lt;li&gt;A jour de leurs cotisations sociales et fiscales, sous réserve des reports de charges sollicités en période de crise.&lt;/li&gt; 	&lt;li&gt;Ne se trouvant pas en difficulté au sens de la réglementation de l’Union Européenne (procédure de redressement ou en liquidation judiciaire) à l&amp;#039;exception des entreprises dont le Tribunal de commerce a validé un plan de continuation.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Projets soutenus : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les investissements productifs et un nombre de créations d&amp;#039;emplois important pour le territoire.&lt;/li&gt; 	&lt;li&gt;Concourant au développement des&lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" target="_blank" title="8 filières d&amp;#039;avenir"&gt; 8 filières d’avenir&lt;/a&gt;  de la Région et/ou du&lt;a&gt; Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;/li&gt; 	&lt;li&gt;Dans une logique d&amp;#039;accélération forte de la croissance &lt;/li&gt; 	&lt;li&gt;Et/ou de développement de nouveaux marchés/technologies à forte valeur ajoutée &lt;/li&gt; 	&lt;li&gt;Et/ou qui n&amp;#039;existent pas&lt;/li&gt; 	&lt;li&gt;Et/ou de transformation du processus de production&lt;/li&gt; 	&lt;li&gt;Et/ou de transition forte sur le plan numérique, technologique, énergétique ou écologique.&lt;/li&gt; &lt;/ul&gt;
+&lt;div&gt;&lt;p&gt;Le dispositif ne permet pas de financer des projets ayant un impact significativement négatif sur le climat.&lt;/p&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Projets soutenus : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les investissements productifs et un nombre de créations d&amp;#039;emplois important pour le territoire.&lt;/li&gt; 	&lt;li&gt;Concourant au développement des&lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" target="_blank" title="8 filières d&amp;#039;avenir"&gt; 8 filières d’avenir&lt;/a&gt;  de la Région et/ou du&lt;a&gt; Plan Climat : gardons une Cop d&amp;#039;avance&lt;/a&gt;.&lt;/li&gt; 	&lt;li&gt;Dans une logique d&amp;#039;accélération forte de la croissance &lt;/li&gt; 	&lt;li&gt;Et/ou de développement de nouveaux marchés/technologies à forte valeur ajoutée &lt;/li&gt; 	&lt;li&gt;Et/ou qui n&amp;#039;existent pas&lt;/li&gt; 	&lt;li&gt;Et/ou de transformation du processus de production&lt;/li&gt; 	&lt;li&gt;Et/ou de transition forte sur le plan numérique, technologique, énergétique ou écologique.&lt;/li&gt; &lt;/ul&gt;
+&lt;div&gt;&lt;p&gt;Le dispositif ne permet pas de financer des projets ayant un impact significativement négatif sur le climat.&lt;/p&gt;&lt;/div&gt; &lt;p&gt;&lt;span&gt;Demande en ligne &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les dossiers de candidature doivent être transmis de manière dématérialisée auprès de Région Sud Investissement, société dont la Région est l&amp;#039;actionnaire unique, avant le démarrage des acquisitions liées au projet.&lt;/p&gt;
+&lt;p&gt;Les entreprises ayant candidaté sur la base d’un dossier constitué avec l’appui d’un conseiller de Région Sud Investissement font l’objet d’un examen par un Comité technique de pré-sélection constitué des parties prenantes de Sud Investissement (Bpifrance, Banque de France, etc.).&lt;/p&gt;
+&lt;p&gt;A l’issue, les entreprises présélectionnées sont conviées à un comité de sélection qui délibérera des projets retenus.&lt;/p&gt;
+&lt;p&gt;Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/sud-investissement</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.regionsudinvestissement.com/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au&lt;strong&gt; 0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sud-investissement/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>162799</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’accès des jeunes à l’enseignement supérieur quel que soit leur milieu socio-culturel, en leur donnant les clés pour s’engager avec succès dans les filières d’excellence</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Cordées de la réussite</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif, initié par l’Education Nationale, vise à favoriser l’accès des jeunes à l’enseignement supérieur quel que soit leur milieu socio-culturel, en leur donnant les clés pour s’engager avec succès dans les filières d’excellence. Elles sont fondées sur des partenariats entre des établissements de l&amp;#039;enseignement supérieur et des lycées, ou collèges, situés majoritairement dans des quartiers prioritaires de la politique de la ville ou en zones rurales, et se traduisent par des actions d’aide à l’orientation, de tutorat, de préparation à l’entrée dans les filières sélectives et d’ouverture sociale et culturelle dans un objectif de réussite éducative.&lt;/p&gt;
+ &lt;p&gt;Les bénéficiaires éligibles à l’attribution d’une subvention régionale sont :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les établissements d’enseignement supérieur (universités, lycées ayant des formations post bac et grandes écoles) agissant en tant que tête de cordée ;&lt;/li&gt; 	&lt;li&gt; Les opérateurs (organismes de recherche, associations) délégataires agissant pour le compte d’une tête de cordée.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Une convention de partenariat (2023-2027) entre l’Etat (Préfecture de région pour le volet politique de la ville et les deux Rectorats pour le volet Education nationale) et la Région a été approuvée en mars 2023.&lt;br /&gt; Elle prévoit une possible participation de la Région ciblée sur des projets de « Cordées de la réussite » incluant des lycéens, avec une attention particulière sur les projets dont les thématiques répondent aux priorités régionales (diffusion de la culture scientifique et plan climat régional).&lt;br /&gt; &lt;br /&gt; Au préalable, conformément à la concertation Etat-Région, le projet de cordée doit passer en commission pédagogique et en commission financière.&lt;br /&gt; &lt;br /&gt; L&amp;#039;aide de la Région sera réservée aux projets incluant des lycéens parmi leur public cible.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Une attention particulière sera portée aux projets :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;destinés à être mis en œuvre dans les lycées installés sur des territoires fragiles (notamment les territoire ruraux),&lt;/li&gt; 	&lt;li&gt;portant des actions relevant des thématiques du plan climat régional,&lt;/li&gt; 	&lt;li&gt; de diffusion de la culture scientifique&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2024</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une convention de partenariat (2023-2027) entre l’Etat (Préfecture de région pour le volet politique de la ville et les deux Rectorats pour le volet Education nationale) et la Région a été approuvée en mars 2023.&lt;br /&gt; Elle prévoit une possible participation de la Région ciblée sur des projets de « Cordées de la réussite » incluant des lycéens, avec une attention particulière sur les projets dont les thématiques répondent aux priorités régionales (diffusion de la culture scientifique et plan climat régional).&lt;br /&gt; &lt;br /&gt; Au préalable, conformément à la concertation Etat-Région, le projet de cordée doit passer en commission pédagogique et en commission financière.&lt;br /&gt; &lt;br /&gt; L&amp;#039;aide de la Région sera réservée aux projets incluant des lycéens parmi leur public cible.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Une attention particulière sera portée aux projets :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;destinés à être mis en œuvre dans les lycées installés sur des territoires fragiles (notamment les territoire ruraux),&lt;/li&gt; 	&lt;li&gt;portant des actions relevant des thématiques du plan climat régional,&lt;/li&gt; 	&lt;li&gt; de diffusion de la culture scientifique&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Le projet de cordée doit faire l&amp;#039;objet d&amp;#039;une validation pédagogique en région académique.&lt;br /&gt; La sous commission se prononce sur la qualité et la cohérence du projet d&amp;#039;actions des cordées candidate à l&amp;#039;appel à projet de l&amp;#039;année en cours. La demande doit être adressée au Rectorat de la région académique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/cordees-de-la-reussite</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Laury TOMAS: &lt;a href="mailto:latomas&amp;#64;maregionsud.fr"&gt;latomas&amp;#64;maregionsud.fr&lt;/a&gt; &lt;/p&gt;
+&lt;p&gt;Sandrine Denis: &lt;a href="mailto:sadenis&amp;#64;maregionsud.fr"&gt;sadenis&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cordees-de-la-reussite/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>94695</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création de postes de Conseillers en énergie partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Dispositif de soutien à la création de postes de Conseil en énergie partagé (CEP) », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Le dispositif de Conseil en Énergie Partagé permet de doter de compétences énergie des communes n&amp;#039;ayant pas la taille et les moyens suffisants pour salarier un technicien spécialisé, dans le but de leur permettre de faire des choix en matière de performance énergétique et gestion des consommables sur leur patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : la cible visée par le dispositif CEP sont les communes de moins de 10 000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Actions éligibles : soutien à la création d&amp;#039;un (ou plusieurs) poste(s) CEP et d&amp;#039;une organisation de service en cohérence avec cette mission, pendant 3 ans max
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Accompagnement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Financement de la mise en place/extension du service, soit les 3 premières années,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Forfait maximum de base : 30 k€ /ETPT/an,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses d&amp;#039;équipement liées à la création de poste:15 k€ /ETPT maxi,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses externes Communication... : 60 k€ sur 3 ans maxi.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Attention ! Les montants d&amp;#039;aide peuvent varier en fonction du contexte régional : priorités régionales, cofinancement de partenaires, disponibilités budgétaires, etc...
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Emploi</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Territoire rural ou péri-urbain,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Périmètre mini pour 1 ETP,
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ - 20 communes de moins de 10 000 habitants,
+ &lt;br /&gt;
+ - 30 000 habitants,
+ &lt;br /&gt;
+ - 2300 bâtiments publics.
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Réelles perspectives de pérennisation du poste,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Signature de la charte CEP.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Opérations non éligibles :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Renouvellement de poste sauf exception
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Poste de fonctionnaire territorial
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Poste dont les missions ne couvrent pas les thématiques énergie/climat ou la cible des
+    Bâtiments
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/dispositif-soutien-a-creation-postes-conseil-energie-partage-cep</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;48326" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4c2f-soutenir-la-creation-de-postes-de-conseil-en-/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>164773</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les fonctionnalités des écosystèmes aquatiques, humides et littoraux ainsi que leur biodiversité</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Restauration et gestion des milieux, habitats et écosystèmes</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La préservation et la restauration des milieux aquatiques, des habitats et des écosystèmes est l’une des priorités de l’agence de l’eau Adour-Garonne. &lt;/p&gt;&lt;p&gt;Les aides financières et l’accompagnement de l’Agence visent à soutenir des projets permettant d’atténuer les effets du changement climatique et de renforcer la résilience des écosystèmes.&lt;/p&gt;&lt;p&gt;Les approches préventives sont à privilégier à travers la valorisation des services rendus par les SfN (Solutions fondées sur la Nature) et leurs co-bénéfices pour les territoires. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/restauration-gestion-milieux-aquatiques-habitats-ecosystemes"&gt;Restauration et gestion des milieux aquatiques, des habitats et des écosystèmes | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Exemples d&amp;#039;opérations financées :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études, suivis &lt;/li&gt;&lt;li&gt;Animations territoriales ou thématiques &lt;/li&gt;&lt;li&gt;Opérations de communication ou de sensibilisation &lt;/li&gt;&lt;li&gt;Mise en œuvre d’une stratégie foncière &lt;/li&gt;&lt;li&gt;Actions contenues dans un programme pluriannuel 
+de gestion (PPG) des cours d’eau &lt;/li&gt;&lt;li&gt;Effacements et arasements d’ouvrages transversaux 
+dans le respect de la réglementation en vigueur &lt;/li&gt;&lt;li&gt;Actions de restauration et renaturation de cours d’eau en 
+milieu urbain combinées à des actions de gestion intégrée 
+des eaux pluviales &lt;/li&gt;&lt;li&gt;Inventaires de zones humides &lt;/li&gt;&lt;li&gt;Équipements d’ouvrages en vue de restaurer 
+la continuité écologique &lt;/li&gt;&lt;li&gt;Actions intégrées dans les plans de gestion des réserves 
+naturelles, les plans nationaux d’actions, les plans 
+de gestion des poissons migrateurs, et actions en faveur 
+de la biodiversité ordinaire, &lt;/li&gt;&lt;li&gt;etc&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONDITIONS D’ATTRIBUTION 
+PRINCIPALES :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Réponse aux objectifs de l’Agence 
+ Maîtrise d’ouvrage à une échelle hydrographique adaptée 
+aux enjeux « eau, milieux aquatiques et biodiversité 
+aquatique »
+ Diagnostic territorial intégrant les effets du changement 
+climatique
+ Mobilisation des moyens techniques, financiers (notamment taxe GEMAPI) et des partenariats privés et publics 
+nécessaires&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/58-24-Milieux%20aquatiques_0.pdf"&gt;eau-grandsudouest.fr/sites/default/files/2025-01/58-24-Milieux aquatiques_0.pdf&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Restauration%20et%20gestion%20des%20milieux%20aquatiques%20et%20%C3%A9cosyst%C3%A8mes.pdf</t>
+        </is>
+      </c>
+      <c r="W66" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-micropolluants/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>164138</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les débits des cours d'eau</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Les travaux visant à améliorer le pilotage des ouvrages de gestion hydraulique existants (gestion des 
+éclusées, optimisation du remplissage et du déstockage des retenues pour un impact positif sur les 
+milieux aquatiques) ;
+&lt;br /&gt;• Réhausse d’ouvrages existants ou création de nouveaux ouvrages. Seuls les volumes destinés 
+uniquement au soutien d’étiage seront éligibles et constitueront l’assiette de l’aide ;
+&lt;br /&gt;• Déconnection des plans d’eau des cours d’eau et mise en place de dispositifs d’alimentation des plans 
+d’eau uniquement en période de hautes eaux dont l’objectif très majoritaire est la gestion quantitative 
+de la ressource. &lt;/p&gt;&lt;p&gt; Ces actions devront être réalisées dans le respect des règles et principes de la fiche thématique « Intervention 
+en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité ». &lt;/p&gt;&lt;p&gt;Les autres actions concourant à l’amélioration du fonctionnement des milieux aquatiques avec des bénéfices 
+multiples, y compris sur les débits, sont traitées dans la fiche thématique « Intervention en faveur de la 
+préservation et de la restauration des milieux naturels et de la biodiversité ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, les projets de restauration de débits devront : &lt;br /&gt;-  Être situés sur une zone en tension 
+quantitative sur la ressource en eau ; &lt;br /&gt;- apporter un gain 
+significatif et quantifiable sur les 
+conditions d’étiage (exemple : linéaire de 
+cours d’eau suffisant) ; &lt;br /&gt;- présenter une pérennité de la solution sous climat 
+changeant et absence d’impacts 
+écologiques négatifs directs et indirects 
+notables&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La recharge artificielle de nappe ne fait 
+pas encore l’objet de techniques 
+éprouvées. Ce sujet sera abordé via les 
+projets expérimentaux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-substituer-les-prelevements-vers-des-ressources-moins-fragiles/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>149125</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet visant à anticiper les manques d’eau et les sècheresses à venir</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Changement climatique et impact sur les ressources en eau et les milieux naturels</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet visant à anticiper les manques d&amp;#039;eau et les sècheresses à venir ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 100 000 € pour les équipements d&amp;#039;économie d&amp;#039;eau et 1 000 000 € pour les autres projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une avance de trésorerie de 30% dès le démarrage de votre projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  et
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Des dépenses remboursées jusqu&amp;#039;à 60 % du montant HT / TTC de votre projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>27/04/2022</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une collectivité ou un groupement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un établissement public
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une association
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une entreprise...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;évaluation des ressources en eau disponibles et des besoins
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;amélioration de process et/ou la mise en œuvre de technologies économes en eau
+  &lt;/li&gt;
+  &lt;li&gt;
+   La réalisation de diagnostic eau visant à référencer les principales consommations et les possibilités d&amp;#039;économie (hors réseau alimentation en eau potable public)
+  &lt;/li&gt;
+  &lt;li&gt;
+   La mobilisation de nouvelles ressources y compris la récupération et la réutilisation des eaux de pluie ou des eaux usées traitées pour des usages compatibles (hors soutien d&amp;#039;étiage) sous réserve d&amp;#039;absence de déséquilibre ou d&amp;#039;impact sur les milieux naturels
+  &lt;/li&gt;
+  &lt;li&gt;
+   La substitution des prélèvements sur les ressources les plus sensibles, notamment les prélèvements dans les cours d&amp;#039;eau et leurs nappes d&amp;#039;accompagnement, vers des ressources moins sensibles
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études, équipements et travaux permettant de favoriser la recharge des milieux naturels et garantir les services éco-systémiques : l&amp;#039;optimisation des aménagements existants
+  &lt;/li&gt;
+  &lt;li&gt;
+   La gestion à la source les eaux pluviales en privilégiant les solutions fondées sur la nature (schéma de gestion des eaux pluviales, aménagement d&amp;#039;espaces multifonctionnels d&amp;#039;infiltration des eaux pluviales, etc)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études, équipements et travaux permettant d&amp;#039;évaluer et renforcer la capacité d&amp;#039;adaptation des milieux aquatiques à l&amp;#039;évolution du climat, la fonctionnalité des milieux naturels (lutte contre les pollutions des milieux aquatiques induites par le réchauffement climatique), l&amp;#039;adaptation des espèces locales, la prévention et la gestion des espèces invasives.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+ &lt;/span&gt;
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/anticiper-manque-eau-et-secheresses/</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0231/depot/simple</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact dès maintenant avec les services régionaux (cf rubrique « contactez-nous »). Vous bénéficierez d&amp;#039;un entretien personnalisé afin de vous aider dans l&amp;#039;élaboration de votre projet et de vous guider dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ OU
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne dès que vous détenez l&amp;#039;ensemble des devis et une note décrivant le projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b735-changement-climatique-et-impact-sur-les-resso/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>164135</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux durable</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions permettant de structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux 
+durable (exemple : mise en place de Projets de Territoires pour la Gestion de l’Eau/Commissions Locales de l’Eau 
+formelles ou informelles /d’Organismes Uniques de Gestion Collective (OUGC), actions permettant le partage 
+des enjeux, la définition des trajectoires de sobriété, la définition de projets de territoire associés, la mobilisation 
+des populations et des acteurs de l’eau pour ces différentes étapes et pour la mise en œuvre du projet de 
+territoire) sont éligibles. &lt;/p&gt;&lt;p&gt;Il peut s’agir de différentes formes d’accompagnement comme des études (exemples : études des volumes 
+prélevables, études des liens entre l’hydrologie, le fonctionnement des milieux aquatiques, les usages et les 
+climats présents et futurs…), de porter à connaissance, d’événements, d’animation (en régie ou non), de toute 
+autre action permettant de mobiliser les parties prenantes. &lt;/p&gt;&lt;p&gt;Une cohérence territoriale et une optimisation des moyens sera recherchée et les redondances proscrites. Par 
+exemple, si un Schéma d’Aménagement et de Gestion des Eaux est mis en place sur un territoire, il ne sera pas 
+possible de co-financer une animation à une échelle inférieure sans que la synergie / complémentarité ne soit 
+démontrée.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces types d’action sont éligibles si elles 
+s’intègrent dans un processus de 
+concertation répondant aux critères 
+suivants, actés par le Comité de bassin : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intervenir à une échelle géographique 
+hydrographique pertinente ; &lt;/li&gt;&lt;li&gt;Associer l’ensemble des acteurs 
+concernés ; &lt;/li&gt;&lt;li&gt;Reposer sur des connaissances 
+objectives et des diagnostics et porter à 
+connaissances partagés ; &lt;/li&gt;&lt;li&gt;Prendre en compte le changement 
+climatique, les approches prospectives 
+associées et les spécificités liées à ce 
+sujet (ex : pas de mal adaptation, 
+intégration des incertitudes) ; &lt;/li&gt;&lt;li&gt;Choisir dans le projet de territoire des 
+scénarios d’actions intégrant des 
+approches de type coûts-bénéfices sur 
+le moyen et le long terme.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-securiser-lalimentation-de-leau-potable/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>162809</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du Fonds d'innovation pour la formation</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'innovation pour la formation</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet d’innovation formative répondant aux besoins en compétences des filières et métiers stratégiques régionaux (filières fortement pourvoyeuses d’emplois et d’enjeux d’avenir, nouveau métier ou métier en forte évolution, métiers en tension de recrutement).&lt;/p&gt;
+&lt;p&gt;Vous êtes organisme de formation, entreprise, Campus des métiers et qualifications et vous souhaitez éprouver un nouveau référentiel de formation, de nouvelles modalités pédagogiques ou encore proposer et tester un outillage innovant de l’approche par les compétences. Le Fonds d’innovation pour la formation vous permet de financer la recherche appliquée ou le développement expérimental avec une subvention pouvant aller jusqu’à 70% du coût du projet maximum, et 50% des investissements nécessaires à l’expérimentation.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Un organisme de formation, agissant en propre ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Un campus des métiers, ou un membre d’un campus des métiers, agissant au nom du campus ou comme mandataire d’un groupement dans lequel les entreprises sont présentes ou représentées,&lt;/li&gt; 	&lt;li&gt;Une entreprise, un groupement d’intérêt économique, une association, une société coopérative d’intérêt collective, ou d’autres formes de groupements d’entreprises, agissant comme mandataire d’un groupement associant au moins un organisme de formation continue ou initiale.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Tourisme
+Santé
+Education et renforcement des compétences
+Formation professionnelle
+Agriculture et agroalimentaire
+Biodiversité
+Emploi
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets du Fonds d’innovation pour la formation doivent s’inscrire dans le champ de la formation professionnelle et viser prioritairement les personnes en recherche d’emploi. Ils doivent proposer l’ingénierie, le test et/ou l’expérimentation d’une solution pédagogique nouvelle et apportant une réelle plus-value à la résolution d’une problématique emploi-formation clairement et objectivement identifiée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Le Fonds d’innovation pour la formation peut être mobilisé pour soutenir des projets visant :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la création ou l’adaptation d’un référentiel de formation, en vue de son éventuel référencement au répertoire national des certifications professionnelles ou au répertoire spécifique, pour répondre aux besoins suscités par une économie en forte mutation (métiers émergents ou en forte évolution) ;&lt;/li&gt; 	&lt;li&gt;Le test de modalités pédagogiques rénovées susceptibles de favoriser un engagement durable dans le parcours vers l’emploi, d’individualiser les apprentissages, de favoriser l’inclusivité et la mixité ;&lt;/li&gt; 	&lt;li&gt; l’installation d’une offre de formation professionnelle inexistante ou insuffisante en région pour répondre à un enjeu de recrutement objectivé ; l’expérimentation doit permettre à la Région d’identifier la pertinence d’intégrer cette action au droit commun, notamment via le catalogue des formations professionnelles continues achetées par la Région à destination des demandeurs d’emploi ;&lt;/li&gt; 	&lt;li&gt; L’outillage de l’approche par les compétences, notamment en tirant profit des opportunités ouvertes par le numérique, l’IA ou encore le Big data.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les projets à impact significativement négatif sur le climat et sans intégration de la portée climatique ;&lt;/li&gt; 	&lt;li&gt; les actions de préqualification classiques, sauf à démontrer une approche complètement renouvelée ;&lt;/li&gt; 	&lt;li&gt; les actions portant uniquement sur l’accompagnement du bénéficiaire, sans intervention sur la formation en tant que telle ;&lt;/li&gt; 	&lt;li&gt; les projets se résumant au passage en tout distanciel d’une offre de formation ;&lt;/li&gt; 	&lt;li&gt; les actions de formation à la création d’entreprise.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Par mail adressé à innovation-formation&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/fonds-dinnovation-pour-la-formation</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:innovation-formation&amp;#64;maregionsud.fr"&gt;innovation-formation&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-dinnovation-pour-la-formation/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>165547</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les effets d'îlots de chaleur urbains</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les effets d&amp;apos;îlots de chaleur urbains</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’appel à projets « Lutte contre les effets d&amp;#039;îlots de chaleur urbains » prévu dans l’OSP 2.4 du Programme FEDER 2021-2027, a pour objectif d’encourager l’adaptation des espaces publics urbains en Nouvelle-Aquitaine face aux effets du changement climatique, notamment par la désimperméabilisation et la végétalisation.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Adapter l’aménagement des espaces publics pour améliorer le confort thermique estival pour les habitants néo-aquitains&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager les solutions basées sur la désimperméabilisation des surfaces et le recours au végétal&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faciliter la reconnexion des riverains à la nature, compte tenu des bénéfices sur la santé humaine liés à la proximité avec cette dernière&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Montant d’aide plancher : 50 000 € minimum&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Montant d’aide plafond : 400 000 € maximum&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Cumulable avec d’autres co-financements, à condition d&amp;#039;apporter un minimum de 20% d&amp;#039;autofinancement&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le taux d’intervention peut varier en fonction de la réglementation des aides d’État&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’enveloppe budgétaire allouée à cet appel à projets est de 5 000 000 €.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles sont indiquées dans le règlement du présent AAP.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2026</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Localisation du projet en zone prioritaire : territoire vulnérable &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Taux de désimperméabilisation nette proposé par le projet &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Choix d&amp;#039;une palette végétale adaptée&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Localisation de l&amp;#039;opération aux abords directs d&amp;#039;un ou plusieurs bâtiments rénovés sur le plan des consommations énergétiques &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Bénéfices du projet pour les milieux aquatiques et humides &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Présence d’un dispositif enterré de stockage et de réutilisation des eaux pluviales pour une utilisation urbaine &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions de sensibilisation à destination des gestionnaires et du grand public (dont démarche participative) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Intégration du projet dans une politique d’aménagement durable du territoire favorisant l’adaptation au changement climatique &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribution du projet au plan d’action communal « canicule » &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Durabilité et potentiel de reproductibilité de l&amp;#039;opération&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Qualité générale et complétude des documents transmis&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Seuls les projets les mieux classés seront financés, dans la limite de l’enveloppe allouée au présent AAP.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/lutte-contre-les-effets-dilots-de-chaleur-urbains</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dépôt de la demande sera à effectuer en ligne sur le site l&amp;#039;&lt;a href="https://www.europe-en-nouvelle-aquitaine.eu/fr/appels-à-projets/appel-projets-feder-lutte-contre-les-effets-dilots-de-chaleur-urbains.html" target="_self"&gt;Europe en Nouvelle-Aquitaine&lt;/a&gt;, en cliquant sur &amp;#34;Déposer son dossier&amp;#34; et en sélectionnant &amp;#34;Vous souhaitez déposer votre demande pour du FEDER ou FSE&amp;#43; - Programme 2021-2027&amp;#34; &amp;#61;&amp;#61;&amp;gt; votre demande de financement&amp;#34;.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutte-contre-les-effets-d-apos-ilots-de-chaleur-urbains/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>162803</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Soutien à l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La pratique sportive nécessite de disposer d’équipements spécifiques, souvent coûteux mais nécessaire à une pratique sécurisée, lointaine et dans les meilleures conditions de performance. A ce titre, la Région souhaite aider les associations sportives de son territoire dans l&amp;#039;acquisition de véhicules nécessaires au transport de leurs équipes et de leurs sportifs.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt; Associations sportives ;&lt;/li&gt; 	&lt;li&gt;Ligues et comités sportifs régionaux&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Date de dépôt des dossiers :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W72" s="1" t="inlineStr">
         <is>
           <t>https://subventionsenligne.maregionsud.fr/</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>164753</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Développer la gestion intégrée des eaux pluviales dans le domaine industriel</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K6" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 80</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
-[...337 lines deleted...]
-Réhabilitation
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence encourage l’infiltration de l’eau dans le sol et la gestion durable des eaux pluviales. Elle soutient le développement de la gestion intégrée des eaux pluviales en particulier avec des solutions fondées sur la nature (SFN) et en favorisant la désimperméabilisation des sols. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/activites-industrielles-artisanat"&gt;Activités industrielles et artisanat | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations favorisant l’infiltration et la gestion des eaux pluviales &lt;/p&gt;&lt;p&gt;Projets permettant d&amp;#039;accroître la désimperméabilisation des sols&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
 Artisanat
 Industrie
-Réduction de l'empreinte carbone</t>
-[...47 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P73" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q73" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
+(entreprise, collectivité, association, syndicat, …) exerçant 
+une activité économique à caractère industriel, commercial 
+et artisanal ou en lien avec de telles activités (hors secteur 
+agricole et élevage (ou assimilé) traité dans la politique de 
+lutte contre les pollutions agricoles). &lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;être portés par une structure créée depuis plus de 2 ans 
+(sauf s’il y a continuité d’activité) &lt;/li&gt;&lt;li&gt;pour les études préalables aux travaux, prendre en compte 
+l’impact du changement climatique &lt;/li&gt;&lt;li&gt;mettre en jeu des surfaces supérieures ou égales à 700 m2
+de bâtiments ou zones artisanales déjà existantes et utiliser majoritairement des solutions fondées sur la nature sur 
+plus de 50 % des surfaces ou des volumes concernés&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/53-24-Re%CC%81duction%20pollutions%20industries_0.pdf"&gt;53-24-Réduction pollutions industries_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Industries_GIEP.pdf</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-lefficience-la-sobriete-et-les-economies-deau-en-agriculture/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...193 lines deleted...]
-      <c r="A10" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>94965</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Mettre en marché les productions alimentaires agricoles</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Mise en marché des productions alimentaires agricoles</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Bénéficiaires
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les exploitants agricoles individuels personnes physiques (agriculteur à titre principal) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les exploitants agricoles personnes morales dont l&amp;#039;objet est agricole (Société à objet agricole telles que GAEC, EARL, SARL, etc.) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les sociétés dont le capital est détenu majoritairement par des exploitants agricoles à titre principal ou dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole au sens de l&amp;#039;article L. 311-1 du Code rural et de la pêche maritime ;
  &lt;/li&gt;
  &lt;li&gt;
   Les structures collectives (y compris les coopératives agricoles, les coopératives d&amp;#039;utilisation de matériel agricole (CUMA) dont 100% des parts sociales sont détenues par des agriculteurs ou qui sont composées exclusivement par des agriculteurs) dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole ;
  &lt;/li&gt;
  &lt;li&gt;
   Les structures collectives portant un projet reconnu en qualité de GIEE dont la création est prévue dans le cadre de la loi d&amp;#039;avenir et exerçant une activité agricole au sens du L. 311-1 ;
  &lt;/li&gt;
  &lt;li&gt;
   Les fondations, associations, établissements d&amp;#039;enseignement et de recherche agricoles mettant en valeur une exploitation agricole ;
  &lt;/li&gt;
  &lt;li&gt;
   Les associations et personnes morales issues du regroupement d&amp;#039;exploitants individuels, de sociétés, de coopératives agricoles, de tiers porteuses d&amp;#039;un projet collectif  dont l&amp;#039;objet est de gérer une unité de stockage, préparation, transformation, conditionnement ou de commercialisation de produits agricoles sous réserve qu&amp;#039;au moins 50 % du capital social de la structure soit détenu par l&amp;#039;ensemble des agriculteurs ou  groupement d&amp;#039;agriculteurs (personne physique ou morale, ou associé-exploitant).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P10" s="1" t="inlineStr">
+      <c r="P74" s="1" t="inlineStr">
         <is>
           <t>10/01/2018</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Projets éligibles
 &lt;/h4&gt;
 &lt;p&gt;
  Le dispositif couvre les projets qui ne relèvent pas de la mise en œuvre d&amp;#039;un programme de développement rural régional. Lorsqu&amp;#039;un projet est éligible au titre du FEADER, le dossier sera traité en priorité sur les dispositifs mobilisant des fonds européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les études de marché ;
  &lt;/li&gt;
  &lt;li&gt;
   les investissements relatifs à la création ou à l&amp;#039;aménagement des locaux de transformation, des points de vente individuels ou collectifs de produits fermiers y compris l&amp;#039;amélioration des lieux de stockage pour les AMAP et les Drive Fermiers.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Dépenses éligibles
 &lt;/h3&gt;
 &lt;h4&gt;
  Phase d&amp;#039;émergence du projet
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les études de marchés préalables à la réalisation des opérations de création de locaux de transformation et de vente.
  &lt;/li&gt;
@@ -1499,416 +11471,4492 @@
  &lt;li&gt;
   les équipements et matériels sanitaires ;
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements de véhicule de marché (hors coût du véhicule), remorques de marché réfrigérées et équipements frigorifiques des véhicules utilitaires ;
  &lt;/li&gt;
  &lt;li&gt;
   les distributeurs automatiques de produits fermiers;
  &lt;/li&gt;
  &lt;li&gt;
   les prestations de communication nécessaires à la promotion du projet uniquement à la conception ;
  &lt;/li&gt;
  &lt;li&gt;
   les frais généraux liés aux projets (architecte ,maîtrise d&amp;#039;œuvre...) associés aux investissements matériels dans la limite de 10 % de l&amp;#039;assiette éligible considérée hors ce poste.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  La demande d&amp;#039;aide
 &lt;/h4&gt;
 &lt;p&gt;
  Les dossiers seront réceptionnés au fil de l&amp;#039;eau.
 Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région. La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/mise-marche-productions-alimentaires-agricoles/</t>
         </is>
       </c>
-      <c r="W10" s="1" t="inlineStr">
+      <c r="W74" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0239/depot/simple</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Siège du conseil régional
 &lt;/p&gt;
 &lt;p&gt;
  1 place Adrien Zeller -
  67000 Strasbourg
 &lt;/p&gt;
 &lt;p&gt;
  03 88 15 68 67
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c3c7-mise-en-marche-des-productions-alimentaires-a/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E11" s="1" t="inlineStr">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>1053</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Développer et diversifier l'offre des stations de montagne</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H11" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J75" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 300 000 €.</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le présent dispositif vise donc à soutenir l&amp;#039;effort d&amp;#039;investissement des industries agro-alimentaires qui fédèrent plus de 2 000 établissements et qui emploient près de 40 000 salariés, soit 10% des salariés dans l&amp;#039;activité industrielle de la région Grand Est.
-[...142 lines deleted...]
-      <c r="X11" s="1" t="inlineStr">
+ Par ce dispositif, la Région Grand Est décide de soutenir les projets situés sur le Massif des Vosges dans le Grand Est, afin de capter de nouvelles clientèles mais également de fidéliser celles de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de renforcer l&amp;#039;attractivité de la montagne en y développant une offre touristique durable quatre saisons, en accompagnant les opérateurs dans la diversification de leurs activités dans un contexte de changement climatique. Il s&amp;#039;agit de développer un tourisme durable qui prend en compte les impacts économiques, sociaux et environnementaux présents et futurs, au regard des besoins des visiteurs et des professionnels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+  Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Les dossiers sont à transmettre à la
-[...10 lines deleted...]
-   karima.bouresas&amp;#64;grandest.fr
+ Ce dispositif vise ainsi à soutenir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements privés et publics destinés à renforcer et diversifier l&amp;#039;offre touristique dans les stations de ski sur une période transitoire, liée aux changements climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;amélioration des services aux visiteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets des collectivités et des structures privées contribuant au développement d&amp;#039;une activité et d&amp;#039;une offre touristique quatre saisons sur le massif des Vosges.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont éligibles, les investissements d&amp;#039;équipements touristiques structurants d&amp;#039;envergure régionale, nationale ou internationale, visant l&amp;#039;excellence dans les services proposés aux visiteurs. Ces investissements devront s&amp;#039;inscrire dans un programme pluriannuel de développement prévoyant des créations d&amp;#039;emplois.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des dépenses répondant aux objectifs visés. Les investissements liés aux enneigeurs seront étudiés pour le renouvellement du matériel existant par du matériel plus économe en eau. et en énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont inéligibles les dépenses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Achat de terrain et de bâtiment.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de voirie et de parking.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signalétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/developper-et-diversifier-loffre-des-stations-de-montagne/</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Siège du Conseil Régional - Strasbourg :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél. &amp;#43;33 (0)3 88 15 68 67
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Coordonnées des Maisons de la Région :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maison de la Région – Charleville-Mézières / Verdun : 22 Avenue Georges Corneau 08000 CHARLEVILLE-MÉZIÈRES – Téléphone : 03 26 70 86 30 – maison.charleville-verdun&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transport : 03 26 70 77 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Charleville-Mézières / Verdun : 44 Rue du Ru 55000 VERDUN – Téléphone : 03 26 70 74 80 – maison.charleville-verdun&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saint-Dizier / Bar-le-Duc : 4 Rue des Romains 55000 BAR-LE-DUC – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saint-Dizier / Bar-le-Duc : 9 Avenue de la République 52100 SAINT-DIZIER – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Châlons-en-Champagne : 5 Rue de Jéricho 51000 CHALONS-EN-CHAMPAGNE – Téléphone : 03 26 70 31 20 – maison.chalons&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Troyes / Chaumont : 9 Rue Charbonnet 10000 TROYES – Téléphone : 03 26 70 86 25 – maison.troyes-chaumont&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Troyes / Chaumont : 1 Boulevard Gambetta 52000 CHAUMONT – Téléphone : 03 26 70 86 50 – maison.troyes-chaumont&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Thionville / Longwy : 32 Rue du Vieux Collège 57100 THIONVILLE – Téléphone : 03 87 33 61 78 – maison.thionville&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Metz : 1 Place Gabriel Hocquard 57000 METZ – Téléphone : 03 87 61 65 49 – maison.metz&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Nancy : 4 Rue Piroux 54000 NANCY – Téléphone : 03 87 54 32 51 – maison.nancy&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Epinal : 40 Quai des Bons Enfants 88000 ÉPINAL – Téléphone : 03 87 33 62 47 – maison.epinal&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saverne /Haguenau : 39 Rue Saint Nicolas 67700 SAVERNE – Téléphone : 03 88 03 40 80 – maison.saverne-haguenau&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Strasbourg : 26 Avenue de la Paix 67000 STRASBOURG – Téléphone : 03 88 15 67 40 – maison.strasbourg&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Sélestat : 1 Avenue de la Liberté 67600 SÉLESTAT – Téléphone : 03 88 58 41 11 – maison.selestat&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Mulhouse : 4 Avenue du Général Leclerc 68100 MULHOUSE – Téléphone : 03 89 36 67 68 – maison.mulhouse&amp;#64;grandest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/12da-developper-et-diversifier-loffre-des-stations/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>56752</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de prestations en ingénierie pour la mise en œuvre de vos projets</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Subventions financées par le Fonds Outre-mer (FOM)</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de
+son offre de prêts,
+l&amp;#039;AFD assure le
+pilotage du Fonds
+Outre-mer 5.0 pour le
+compte du Ministère
+de l&amp;#039;Outre-mer.
+Ce fonds d&amp;#039;assistance
+à maîtrise d&amp;#039;ouvrage
+vise à appuyer
+le renforcement
+des capacités des
+territoires ultramarins,
+pour la réalisation des
+projets structurants
+s&amp;#039;inscrivant dans la
+Trajectoire Outre-mer
+5.0 du Ministère.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer le renforcement des capacités techniques
+et de gestion des maîtrises d&amp;#039;ouvrage
+publiques locales, pour soutenir leurs projets
+d&amp;#039;investissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir le renforcement des capacités et l&amp;#039;accès
+aux financements des associations et des acteurs
+de la solidarité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apporter un soutien technique et financier aux
+projets de coopération régionale permettant de
+répondre aux grands enjeux de la Trajectoire 5.0 à
+l&amp;#039;échelle des bassins géographiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de dispositif : subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de financement : jusqu&amp;#039;à 100% du besoin
+&lt;/p&gt;
+&lt;p&gt;
+ Projets ciblés : besoins d&amp;#039;appui des maîtrises d&amp;#039;ouvrage
+locales en renforcement des capacités de gestion et
+en ingénierie technique et financière
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : après accord de la Préfecture
+ou du Haut-commissariat, puis de la DGOM.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Transition énergétique
+Recyclage et valorisation des déchets
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Secteurs éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Infrastructures
+: construction ou réhabilitation d&amp;#039;infrastructures publiques
+de santé, médico-sociales, culturelles, sportives, sociales,
+et d&amp;#039;enseignement ; 
+infrastructures de transport collectif, d&amp;#039;eau potable et
+d&amp;#039;assainissement, de collecte / traitement / valorisation
+des déchets ; 
+mise en oeuvre des projets intégrés au Plan Eau DOM ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Energie :  
+élaboration des PCAET ; 
+appuis techniques pour la maîtrise des consommations
+énergétiques, la création ou l&amp;#039;acquisition d&amp;#039;unités de production
+d&amp;#039;énergie renouvelable, la construction aux normes HQE, les
+démarches Port Vert.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Environnement et risques naturels : 
+constructions adaptées aux risques naturels (cyclones,
+séismes, inondations, sargasses, etc.) ; 
+investissements liés au changement climatique (protection
+des littoraux, montée des eaux, plans de prévention, etc.) ; 
+appui aux investissements visant à protéger la biodiversité
+(études d&amp;#039;impact, mise en sécurité, parcs naturels, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en oeuvre des contrats de convergence et de transformation
+et des contrats Etat-COM.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b7d-le-fonds-outre-mer-50/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>164771</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une gestion quantitative équilibrée de la ressource et les projets multi-usages</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser-et-eduquer-aux-enjeux-de-leau</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence promeut une gestion équilibrée de la ressource en eau en soutenant des projets multi-usages profitant aux milieux naturels et à plusieurs secteurs, tels que par exemple : l’eau potable, l’irrigation, l’industrie, le soutien des débits des cours d’eau ou le tourisme. &lt;/p&gt;&lt;p&gt;Ces initiatives visent à réduire les prélèvements sur le milieu naturel, particulièrement en période d’étiage, grâce à des infrastructures adaptées ou à la réalimentation des cours d’eau. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/gestion-quantitative-ressource-economies-eau-pour-tous-usages"&gt;Gestion quantitative de la ressource et économies d&amp;#039;eau pour tous les usages | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions financées incluent des études pour mieux appréhender les besoins et les ressources, des démarches territoriales pour coordonner les acteurs, ainsi que des travaux visant à améliorer la disponibilité de l’eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P77" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q77" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont les collectivités, les agriculteurs et 
+leurs groupements, les entreprises, les associations ainsi 
+que toutes personnes morales légitimes à porter ces projets. &lt;/p&gt;&lt;p&gt;Concernant la création et/ou l’aménagement d’ouvrages, les 
+principales conditions d’éligibilité sont les suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;être réalisé au bénéfice d’un périmètre élémentaire prioritaire identifié dans la carte C9 du SDAGE&lt;/li&gt;&lt;li&gt;la réalisation d’une étude d’impact intégrant les effets du 
+changement climatique, s’assurant des capacités prévisibles de remplissage de l’ouvrage et du maintien ou de 
+la reconquête du bon état des masses d’eau de la zone 
+d’influence du projet &lt;/li&gt;&lt;li&gt;l’engagement du territoire dans la transition agroécologique et le cas échéant les engagements individuels des 
+agriculteurs irrigants &lt;/li&gt;&lt;li&gt;la validation du projet d’allocation des volumes pour les 
+différents usages &lt;/li&gt;&lt;li&gt;l’engagement à effectuer la régularisation réglementaire 
+des volumes de prélèvements substitués &lt;/li&gt;&lt;li&gt;Le recouvrement total de la part du maître d’ouvrage des 
+coûts de fonctionnement de l’ouvrage auprès des usagers 
+et aussi, sauf exception, de l’amortissement de la part non 
+subventionnée&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/56-24-Gestion%20quantitative_0_1.pdf"&gt;56-24-Gestion quantitative_0_1.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_GQ%20Projets%20multi-usages.pdf</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-et-eduquer-aux-enjeux-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>120499</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Ouvrir une Petite Cantine dans mon quartier</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Les Petites Cantines
+Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J78" s="1" t="inlineStr">
+        <is>
+          <t>Co-financement à hauteur de 50%</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une Petite Cantine, c&amp;#039;est une
+ &lt;strong&gt;
+  grande salle à manger de quartier,
+ &lt;/strong&gt;
+ où les convives
+ &lt;strong&gt;
+  s&amp;#039;accueillent et se rencontrent,
+ &lt;/strong&gt;
+ en cuisine comme à table, autour de
+ &lt;strong&gt;
+  repas durables, participatifs et à prix libre,
+ &lt;/strong&gt;
+ pour tisser des
+ &lt;strong&gt;
+  relations de qualité
+ &lt;/strong&gt;
+ et contribuer à la construction d&amp;#039;une société fondée sur la
+ &lt;strong&gt;
+  confiance.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Envie de monter une Petite Cantine ?
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce au
+ &lt;strong&gt;
+  soutien de la Région Île-de-France
+ &lt;/strong&gt;
+ pour les projets socialement innovants, vous pouvez bénéficier de &lt;strong&gt;5&lt;/strong&gt;&lt;strong&gt;0.000€ pour vous aider à monter votre projet !
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le
+ &lt;strong&gt;
+  Réseau des Petites Cantines vous accompagne pas à pas
+ &lt;/strong&gt;
+ dans le montage de votre cantine de quartier à travers un accompagnement gratuit : bienvenue dans la communauté apprenante !
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;13 Petites Cantines
+ &lt;/strong&gt;
+ sont déjà en activité à
+ &lt;strong&gt;
+  Paris, Lyon, Croix, Strasbourg, Annecy, Oullins et Grenoble.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 12 autres sont en cours de montage et accompagnées par le réseau des Petites Cantines.
+&lt;/p&gt;
+&lt;p&gt;
+ Plus d&amp;#039;infos sur
+ &lt;strong&gt;
+  &lt;a rel="noopener" target="_blank"&gt;
+   www.lespetitescantines.org
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
   &lt;/a&gt;
- &lt;/p&gt;
-[...13 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Qui peut monter une Petite Cantine?
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement s&amp;#039;adresse à des
+  &lt;strong&gt;
+   équipes de porteurs de projet
+  &lt;/strong&gt;
+  (2-3 personnes), car on croit très fort que seul on va plus vite, mais qu&amp;#039;ensemble, on va plus loin !
+ &lt;/li&gt;
+ &lt;li&gt;
+  On estime qu&amp;#039;une
+  &lt;strong&gt;
+   disponibilité de 4 à 5 jours par semaine
+  &lt;/strong&gt;
+  (cumulé entre les porteurs de projet) pendant au moins 1 an est confortable pour monter le projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Où monter une Petite Cantine ? Partout  ! Ce qui facilite la réussite du projet : s&amp;#039;implanter dans une
+  &lt;strong&gt;
+   ville de plus de 20 000 habitants et dans un quartier à forte mixité d&amp;#039;usage
+  &lt;/strong&gt;
+  (des habitants, des travailleurs, des commerçants...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La posture : être à l&amp;#039;aise dans un climat d&amp;#039;incertitude, et en capacité d&amp;#039;impulser de la confiance.
+  &lt;strong&gt;
+   Posture proactive, d&amp;#039;écoute, de curiosité, de contribution, et de transparence
+  &lt;/strong&gt;
+  sur les forces et les fragilités de chacun.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les compétences ? On recherche avant tout la
+  &lt;strong&gt;
+   complémentarité au sein de l&amp;#039;équipe
+  &lt;/strong&gt;
+  de porteurs de projet. Parmi les compétences utiles : capacité à gérer des projets, à fédérer et mobiliser différentes parties prenantes, recherche de financement, comptabilité, gestion de chantier...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lespetitescantines.org</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prêt à vous lancer, à faire votre premier petit pas, à en parler autour de vous ? On se donne
+ &lt;strong&gt;
+  rendez-vous en session ça mijote, en visio, pour échanger et vous donner plus d&amp;#039;informations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  👉 Détails et inscriptions : &lt;a target="_self"&gt;www.lespetitescantines.org&lt;/a&gt; &lt;/strong&gt;&lt;strong&gt;!
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour toute question, contactez-nous :
+ &lt;strong&gt;
+  &lt;a href="mailto:nousrejoindre&amp;#64;lespetitescantines.org" rel="noopener" target="_blank"&gt;
+   nousrejoindre&amp;#64;lespetitescantines.org
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou
+  &lt;a href="mailto:enviedagir&amp;#64;lespetitescantines.org" rel="noopener" target="_blank"&gt;
+   enviedagir&amp;#64;lespetitescantines.org
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>benedicte.pachod@lespetitescantines.org</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0219-et-si-tu-ouvrais-une-petite-cantine-dans-ton-/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G12" s="1" t="inlineStr">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>164752</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir l'efficience, la sobriété et les économies d'eau en agriculture</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les pressions des activités agricoles  (réduction des pollutions et prélèvement,  sobriété) et accompagnement des filières</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Promouvoir l’efficience, la sobriété et les économies d’eau en 
+agriculture, grâce notamment à la transition agroécologique. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la gestion collective et la compréhension de 
+l’impact des prélèvements agricoles sur un périmètre 
+cohérent (cela inclut des actions de type installation d’outils 
+pour suivre et gérer les prélèvements et des équipements 
+hydrauliques. Les OUGC peuvent aussi remplir les missions 
+de gestion collective : base de données interopérable et 
+mise en œuvre d’actions de gestion de la ressource notamment en période de crise et de restrictions. Des études sur 
+les autorisations pluriannuelles (AUP) peuvent être accompagnées si l’OUGC s’engage à élaborer, avec l’EPTB ou une 
+structure similaire, un chemin de retour à l’équilibre partagé 
+et conduit les actions précitées.) &lt;/li&gt;&lt;li&gt;Maîtriser les prélèvements et les consommations 
+agricoles. L’Agence finance des actions de type : 
+ • amélioration du pilotage et de l’efficience de l’irrigation 
+(par ex : achat collectif de matériels hydroéconomes) 
+ • actions d’accompagnement individuel pour réduire 
+la consommation d’eau 
+ • actions de sensibilisation aux économies d’eau, formations 
+ • prestations de conseil collectif auprès des usagers
+ • engagement de diagnostics de réseaux collectifs, d’études 
+et d’expérimentations en faveur de programmes d’économies d’eau &lt;/li&gt;&lt;li&gt;Faire évoluer les pratiques agricoles et les systèmes 
+d’exploitation pour une meilleure résilience face au 
+changement climatique (les actions se traduisent par la 
+mise en œuvre d’un programme de transition agroécologique, le développement des MAEC, la structuration de 
+réseaux d’échange sur des pratiques économes en eau et 
+le conseil individuel dans le cadre de démarches de gestion 
+quantitative.) &lt;/li&gt;&lt;li&gt;Réduire la pression des prélèvements, notamment en 
+période d’étiage, en les déplaçant vers des ressources 
+moins sensibles ou en les compensant (l’Agence finance 
+des actions de type : aménagement / optimisation des 
+ouvrages agricoles existants ou création de nouvelles 
+infrastructures de stockage, à condition qu’elles soient 
+intégrées dans un PTGE validé et approuvé par la CLE du 
+SAGE, si elle existe.)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/gestion-quantitative-ressource-economies-eau-pour-tous-usages"&gt;Gestion quantitative de la ressource et économies d&amp;#039;eau pour tous les usages | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sur le thème agricole, cette contribution est déployée par exemple 
+par la mise en œuvre de :
+ la mobilisation des potentialités de l’agroécologie
+ un meilleur pilotage de l’irrigation et la mise en place de matériels hydroéconomes
+ l’engagement d’études et d’expérimentations en faveur de programmes ambitieux d’économies d’eau
+ une amélioration de la connaissance et la gestion collective des prélèvements agricoles
+ un accompagnement de conseils collectifs et individuels effectués 
+dans une approche globale (gestion de la ressource, économies d’eau, 
+pratiques agroécologiques, restauration de la qualité de l’eau et économies d’énergie)
+ la création / aménagements d’ouvrages de stockage&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q79" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont les collectivités, les agriculteurs et leurs groupements, les entreprises, les associations ainsi que toutes personnes morales légitimes à porter ces projets. Pour l’achat collectif de matériels hydroéconomes, il convient de s’engager à réaliser a minima 10 % d’économies d’eau de prélèvement. Concernant la création et/ou l’aménagement d’ouvrages, les principales conditions d’éligibilité sont les suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;être réalisé au bénéfice d’un périmètre élémentaire priori- taire identifié dans la carte C9 du SDAGE&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la réalisation d’une étude d’impact intégrant les effets du changement climatique, s’assurant des capacités prévi- sibles de remplissage de l’ouvrage et du maintien ou de la reconquête du bon état des masses d’eau de la zone d’influence du projet&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’engagement du territoire dans la transition agroécologique et les engagements individuels des agriculteurs irrigants l’engagement à effectuer la régularisation règlementaire des volumes de prélèvements substitués&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le recouvrement total de la part du maître d’ouvrage des coûts de fonctionnement de l’ouvrage auprès des usagers et aussi, sauf exception, de l’amortissement de la part non subventionnée&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-03/FICHE-THEMATIQUE_GQ_Sobri%C3%A9t%C3%A9%20et%20%C3%A9conomies%20d%27eau%20en%20agriculture.pdf</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-les-experimentations-et-la-diffusion-de-connaissances-dans-le-domaine-agricole/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>164754</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Développer les partenariats avec les filières professionnelles et les entreprises</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Opérations collectives partenariales dans le domaine industriel</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence soutient le développement d’actions collectives en associant les entreprises d’un territoire ou d’un secteur d’activité pour agir à une échelle pertinente en faveur de la réduction des pollutions toxiques ou organiques et des économies d’eau.  &lt;br /&gt;Elle encourage également la création de partenariats pour renforcer la coordination et l’efficacité des initiatives. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/activites-industrielles-artisanat"&gt;Activités industrielles et artisanat | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P80" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q80" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
+(exemple : entreprise, collectivité, association, syndicat) 
+exerçant une activité économique à caractère industriel, 
+commercial et artisanal ou en lien avec de telles activités 
+(hors secteur agricole et élevage (ou assimilé) traité dans la 
+politique de lutte contre les pollutions agricoles).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;s’inscrire dans le cadre d’une opération collective sectorielle ou territoriale regroupant un nombre significatif 
+d’établissements générant une pression significative sur 
+les masses d’eau ou perturbant la préservation des usages 
+(eau potable, baignade, conchyliculture et pêche à pied) 
+incluant une animation globale par une structure compétente &lt;/li&gt;&lt;li&gt;s’inscrire dans un programme global de dépollution et 
+d’économie d’eau des entreprises intégrant la trajectoire 
+prospective d’adaptation au changement climatique &lt;/li&gt;&lt;li&gt;pour les entreprises raccordées, intégrer une mise à jour 
+du règlement d’assainissement et des autorisations de 
+raccordement et s’assurer de la réalisation de démarches 
+préventives de réduction des pollutions à la source&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/53-24-Re%CC%81duction%20pollutions%20industries_0.pdf"&gt;53-24-Réduction pollutions industries_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Industries_Op%C3%A9rations%20collectives.pdf</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 - franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 - marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-gestion-integree-des-eaux-pluviales-y-compris-la-desimpermeabilisation-dans-le-domaine-industriel/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>165220</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements de replantation / complantation de ceps de vigne</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la replantation des vignes suite à maladies ou accidents climatiques</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses subventionnables limitées à 6,90 € HT par plant - Aide plafonnée à 2 500 € par bénéficiaire - 1 demande maximum par an</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif visant à soutenir les investissements de replantation / complantation de ceps de vigne suite à des arrachages pour cause de flavescence dorée ou de maladie du bois noir, ou d&amp;#039;accidents climatiques.&lt;/p&gt;&lt;p&gt;Cette aide s&amp;#039;inscrit dans le régime cadre SA.107520 &amp;#34;Aides aux investissements dans les exploitations agricoles liées à la production primaire&amp;#34; notifié par le Ministère de l&amp;#039;Agriculture et entré en vigueur le 30 novembre 2023.&lt;/p&gt;&lt;p&gt;Ne sont éligibles que les investissements ne causant pas de préjudice important à l’environnement, selon la définition du règlement EU 2020/852, article 17.&lt;/p&gt;&lt;p&gt;Ce dispositif est complémentaire des mesures du Plan Stratégique National (PSN) et l’aide attribuée n’est pas cumulable avec les aides FEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P81" s="1" t="inlineStr">
+        <is>
+          <t>28/03/2024</t>
+        </is>
+      </c>
+      <c r="Q81" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le siège d&amp;#039;exploitation des bénéficiaires doit se situer en Saône-et-Loire.&lt;/p&gt;&lt;p&gt;Peuvent prétendre à cette aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les agriculteurs ayant le statut de chef d’exploitation à titre principal exerçant en exploitation individuelle ayant pour objet la production agricole primaire ;&lt;/li&gt;&lt;li&gt;Les sociétés ayant pour objet la production agricole primaire dont plus de 50 % du capital social est détenu par des associés exploitants à titre principal ;&lt;/li&gt;&lt;li&gt;Les groupements d’agriculteurs exploitants et Groupements d’Intérêt Economique et Environnemental (GIEE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Sont exclues : Les entreprises en difficulté faisant l’objet d’une procédure en redressement, en liquidation judiciaire ou sous menace de sauvegarde.&lt;/p&gt;&lt;p&gt;L’aide porte sur les plants de vignes autorisés en France et traités à l’eau chaude sous réserve de figurer dans la liste des porte-greffes réputés adaptés au nouveau contexte climatique (voir liste en annexe du règlement) ainsi que sur les fournitures connexes (tuteurs, …) et la mécanisation.&lt;/p&gt;&lt;p&gt;Les dossiers peuvent être déposés jusqu&amp;#039;au 31 décembre 2027 à raison d&amp;#039;une seule demande par bénéficiaire et par an.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saoneetloire.fr/guide-des-aides/aide-a-la-replantation-des-vignes-suite-a-maladies-ou-accidents-climatiques/</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches71.fr/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour tout renseignement contacter la Mission Politique Agricole au 03 85 39 57 74 ou mission-agriculture&amp;#64;saoneetloire71.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>d.defillon@saoneetloire71.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-investissements-de-replantation-complantation-de-ceps-de-vigne/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>123492</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Foncier
+Accès aux services
+Cohésion sociale et inclusion
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W82" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>162273</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide pour accélérer votre croissance, rebondir pour rester compétitif ou faciliter votre implantation en région</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Sud Développement</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vous êtes une PME, une ETI ou un grand groupe et souhaitez vous moderniser, innover ou développer des projets d’investissement dans une logique d’accélération en termes de développement économique, de créations, de maintien d’emplois ou de préservation de savoir-faire pour l’écosystème régional ? &lt;/strong&gt;Avec Sud Développement, la Région Sud vous aide à accélérer votre croissance, rebondir pour rester compétitif ou faciliter votre implantation en région.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les Petites et Moyennes Entreprises (PME), les Entreprises de Taille Intermédiaire (ETI) et les grands groupes.&lt;/li&gt; 	&lt;li&gt;Les entreprises industrielles ayant intégré et finalisé leur accompagnement dans le cadre du &lt;a&gt;Parcours Sud Industrie 4.0 Carbone&lt;/a&gt;.&lt;/li&gt; 	&lt;li&gt;Les entreprises justifiant d’une activité significative en termes d’effectifs et de chiffres d’affaires pour le bassin d’emploi.&lt;/li&gt; 	&lt;li&gt;Les entreprises porteuses d&amp;#039;un projet à fort potentiel de création d&amp;#039;emplois et d&amp;#039;investissement pour le territoire.&lt;/li&gt; 	&lt;li&gt;Les entreprises justifiant d’un fort impact social et économique sur leur bassin d’emploi ou pour la filière.&lt;/li&gt; 	&lt;li&gt;Les entreprises préservant un savoir-faire (artisanal ou industriel) emblématique pour la région (patrimoine vivant, savoir artisanal, etc.) ou relevant des &lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" target="_blank" title="filières stratégiques régionales"&gt;filières stratégiques régionales&lt;/a&gt; &lt;/li&gt; 	&lt;li&gt;De plus de 3 ans ou présentant au moins 2 bilans&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement est situé en Provence-Alpes-Côte d’Azur ou les entreprises s&amp;#039;y installant&lt;/li&gt; 	&lt;li&gt;A jour de leurs cotisations sociales et fiscales, sous réserve des reports de charges sollicités en période de crise&lt;/li&gt; 	&lt;li&gt;En règle vis-à-vis des obligations relevant du &lt;a href="https://code.travail.gouv.fr/)" target="_blank" title=" Code du Travail "&gt;Code du Travail&lt;/a&gt;&lt;/li&gt; 	&lt;li&gt;Ne se trouvant pas en difficulté au sens de la réglementation de l’Union Européenne (procédure de redressement ou en liquidation judiciaire) à l&amp;#039;exception des entreprises dont le Tribunal de commerce a validé un plan de continuation.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Projets soutenus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les investissements productifs et un nombre de créations ou de maintien d&amp;#039;emplois important pour le territoire&lt;/li&gt; 	&lt;li&gt;Concourant au développement des &lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" title="8 filières d&amp;#039;avenir"&gt;8 filières d’avenir&lt;/a&gt; de la Région et/ou du &lt;a&gt;Plan Climat&lt;/a&gt; .&lt;/li&gt; 	&lt;li&gt;Dans une logique d&amp;#039;accélération et de forte croissance &lt;/li&gt; 	&lt;li&gt;Et/ou de développement de nouveaux marchés/technologies à forte valeur ajoutée &lt;/li&gt; 	&lt;li&gt;Et/ou qui n&amp;#039;existent pas&lt;/li&gt; 	&lt;li&gt;Et/ou de transformation du processus de production&lt;/li&gt; 	&lt;li&gt;Et/ou de transition forte sur le plan numérique, technologique, énergétique ou écologique.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P83" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Projets soutenus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les investissements productifs et un nombre de créations ou de maintien d&amp;#039;emplois important pour le territoire&lt;/li&gt; 	&lt;li&gt;Concourant au développement des &lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" title="8 filières d&amp;#039;avenir"&gt;8 filières d’avenir&lt;/a&gt; de la Région et/ou du &lt;a&gt;Plan Climat&lt;/a&gt; .&lt;/li&gt; 	&lt;li&gt;Dans une logique d&amp;#039;accélération et de forte croissance &lt;/li&gt; 	&lt;li&gt;Et/ou de développement de nouveaux marchés/technologies à forte valeur ajoutée &lt;/li&gt; 	&lt;li&gt;Et/ou qui n&amp;#039;existent pas&lt;/li&gt; 	&lt;li&gt;Et/ou de transformation du processus de production&lt;/li&gt; 	&lt;li&gt;Et/ou de transition forte sur le plan numérique, technologique, énergétique ou écologique.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; Les dossiers de demande doivent être transmis de manière dématérialisée sur la plateforme régionale Subventions en ligne avant le démarrage des acquisitions liées au projet.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de subvention d&amp;#039;investissement. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;/p&gt;
+&lt;p&gt;Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée. &lt;/p&gt;
+&lt;p&gt;Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/sud-developpement</t>
+        </is>
+      </c>
+      <c r="W83" s="1" t="inlineStr">
+        <is>
+          <t>https://sudconnect.maregionsud.fr/auth/realms/citoyen/protocol/openid-connect/auth?client_id=subventions-portail&amp;redirect_uri=https%3A%2F%2Fsubventionsenligne.maregionsud.fr%2F&amp;response_type=code&amp;scope=openid&amp;code_challenge=LS3msIJ-lsZlHg1XNJDceSfTnRb-L0Z</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;br /&gt; &lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sud-developpement/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>163894</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+ÉcoQuartier
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>163959</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W87" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>164139</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Créer un ouvrage de stockage de l'eau</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J88" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La création d’ouvrages de stockage est éligible, dès lors que toutes les mesures d’économies d’eau ne suffisent 
+pas. Le financement de ce type d’ouvrage sera limité aux seuls volumes d’eau substitués, c’est-à-dire qui 
+soulagent une ressource plus fragile, et jugés prioritaires, ainsi qu’aux volumes destinés uniquement au soutien 
+d’étiage. Le principe de bénéfice pour le milieu devra être démontré&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour qu’il soit finançable par l’Agence 
+de l’eau, un projet de stockage de l’eau 
+devra de façon cumulative : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être situé dans une zone de tension 
+quantitative ; &lt;/li&gt;&lt;li&gt;Emaner d’une démarche de concertation 
+de type Projet de Territoire pour la 
+Gestion de l’Eau respectant les principes 
+de concertation. &lt;/li&gt;&lt;li&gt;Dans le cadre d’une telle concertation, 
+avoir fait l’objet d’une étude à l’échelle du 
+bassin versant démontrant le bénéfice 
+global de l’ouvrage. Cette étude 
+identifiera les prélèvements actuels, leurs 
+impacts sur les milieux aquatiques ainsi 
+que les volumes prélevables. Elle analysera 
+les coûts-bénéfices de l’ouvrage en 
+intégrant à l’étude la viabilité de l’ouvrage 
+sur l’ensemble de sa durée de vie 
+prévisionnelle compte tenu de l’évolution 
+du climat. Une attention particulière sera 
+portée sur les impacts engendrés sur le 
+milieu, et pas uniquement sur les 
+bénéfices économiques des parties 
+prenantes. Cette étude doit permettre 
+d’évaluer l’ensemble des coûts afférents à 
+la création d’un ouvrage et de les mettre 
+en regard de tous les bénéfices pouvant 
+en être retirés, qu’ils soient économiques, 
+écologiques, ou de toute autre nature.
+&lt;/li&gt;&lt;li&gt;Être accompagné d’une démarche de 
+sobriété assortie d’un pilotage par la 
+ressource et non par la demande, ce qui
+suppose une démarche globale de 
+transition écologique&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-1/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W90" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>165519</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la stratégie une seule santé</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences régionales de santé (ARS)</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé
+humaine repose sur celle des écosystèmes. En effet, la biodiversité fournit des
+services écosystémiques indispensables à notre survie : production d’oxygène,
+régulation des températures, production d’aliments ou encore disponibilité de
+la ressource en eau. Préserver la santé de la biodiversité c’est garantir celle
+des êtres humains, et il est indispensable de les penser ensemble et non
+séparément.&lt;/p&gt;&lt;p&gt;L’approche « une seule santé » vise à maximiser toutes les santés
+en intégrant les domaines entre eux, et en surveillant et réduisant les
+pressions des activités humaines sur les écosystèmes. L’adoption de cette
+approche permet d’identifier des solutions répondant à la fois à des enjeux
+environnementaux et de santé humaine. Aussi, elle pourrait permettre de faire
+d’importantes économies en termes de santé publique. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens : l’ARS, la CPAM, la Mutuelle sociale Agricole. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Sols
+Espaces verts
+Espace public
+Friche
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://professionnels.ofb.fr/fr/annonce/conference-seule-sante-en-pratique?page=0</t>
+        </is>
+      </c>
+      <c r="W92" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66 91&lt;/p&gt;&lt;p&gt;Hauts-de-France&lt;/p&gt;&lt;p&gt;&lt;strong&gt;BEAUCHAMP Mélanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-strategie-une-seule-sante/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q93" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>165521</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : réduire les ilots de chaleur grâce à la biodiversité</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+EUROPE - LIFE - Programme européen pour l'environnement et le climat
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)
+Office Français de la Biodiversité (OFB)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’une des
+conséquences du changement climatique est notamment l’augmentation des
+températures, et ce d’autant plus dans les zones urbaines. Au-delà des
+émissions de gaz à effet de serre, les choix d’aménagement urbain ont également
+des effets amplifiant la surchauffe. L’ambition des Solutions fondées sur la nature (SfN) pour l’adaptation est
+de renforcer la résilience des territoires face aux impacts du changement
+climatique, en s’appuyant sur les écosystèmes, en dégageant un gain net en
+biodiversité, et peuvent être dans ce cas des alliés de taille. Par exemple en s’appuyant
+sur les services écosystémiques rendues par la végétation pour réduire la
+surchauffe en créant désimperméabilisant et végétalisant l’espace.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les
+territoires engagés s’appuient pour certains sur les SfN et sont accompagnés
+pour trouver les meilleurs partenaires dans cette démarche. En effet, ce
+programme permet d’accompagner les élu(e)s dans le diagnostic et l’élaboration
+d’un plan d’actions, ainsi que dans la recherche de financements et de
+partenaires. Dans ce cadre, le Cerema peut être un soutien de taille. Le projet
+Artisan accompagne également les projets de SfN, par un animateur dans chaque
+région, d’un réseau national d’acteurs et des ressources, il apporte ainsi de
+l’aide à la décision. Il propose également de la sensibilisation, de la
+formation, des ateliers pour accompagner la réflexion (ANT) et le financent des
+actions. Le programme TEN donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Santé
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Prévention des risques
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W94" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-reduire-les-ilots-de-chaleur-grace-a-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>162367</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les domaines skiables afin qu’ils puissent atteindre la neutralité carbone dès 2030 avec zéro émission de CO2</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Contrats stations 2030 : un cap d'avance"</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Au travers de l&amp;#039;appel à manifestation d’intérêt “Contrat Stations 2030” (AMI), l&amp;#039;ambition de la Région Sud est triple :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Poursuivre activement son accompagnement à l’investissement des stations au regard des expertises apportées par l’étude prospective et en tenant compte des spécificités de chaque territoire de projet. Le soutien régional sera prioritairement en faveur du maintien de la pratique des sports d’hiver, de la diversification des activités touristiques et de l’innovation environnementale.&lt;/li&gt; 	&lt;li&gt;Accompagner les domaines skiables afin qu’ils puissent atteindre la neutralité carbone dès 2030 avec zéro émission de CO2.&lt;/li&gt; 	&lt;li&gt;Donner l’opportunité aux acteurs du tourisme des Alpes du Sud de présenter leurs démarches d&amp;#039;évolution du modèle de développement économique et touristique des stations de montagne intégrée dans leur écosystème valléen à l’horizon 2030-2050.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;L&amp;#039;Appel à Manifestation d&amp;#039;intérêt &amp;#34;Contrats stations 2030 : un cap d&amp;#039;avance&amp;#34; s&amp;#039;adresse aux acteurs de la montagne suivants :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Collectivités locales et leurs regroupements&lt;/li&gt; 	&lt;li&gt;Etablissements Publics de Coopération Intercommunale&lt;/li&gt; 	&lt;li&gt;Parcs Naturels Régionaux&lt;/li&gt; 	&lt;li&gt;Syndicats Mixtes&lt;/li&gt; 	&lt;li&gt;Sociétés d’Economie Mixte&lt;/li&gt; 	&lt;li&gt;Sociétés Publics Locales&lt;/li&gt; 	&lt;li&gt;Structures gestionnaires des domaines skiables dont régie personnalisée&lt;/li&gt; 	&lt;li&gt;Sociétés et opérateurs privés&lt;/li&gt; 	&lt;li&gt;Associations&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les candidatures devront démontrer leur capacité à atténuer les impacts du changement climatique et à la prise en compte de la performance économique, énergétique et de la sobriété d’utilisation des ressources naturelles. Une attention particulière sera portée aux projets favorisant l’accessibilité des sites et équipements touristiques, aux publics en situation de handicap.&lt;/p&gt; &lt;p&gt;Les critères d’éligibilité présentés ci-dessous doivent permettre d’aiguiller les bénéficiaires sur le contenu des projets attendus. Les projets doivent avoir été priorisés lors du Comité de Pilotage et répondre à la stratégie définie par le porteur de la candidature.&lt;br /&gt; &lt;br /&gt; 1) Les projets devront démontrer leur capacité à atténuer les impacts du changement&lt;br /&gt; climatique et à la prise en compte de la performance économique, énergétique et de la sobriété&lt;br /&gt; d’utilisation des ressources naturelles.&lt;br /&gt; &lt;br /&gt; 2) Pour les projets de construction ou de réhabilitation de bâtiments ou d’équipement public&lt;br /&gt; les critères d’éligibilité spécifiques suivants s’appliquent :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;dans le cas d’une construction neuve, la performance énergétique du bâtiment doit être supérieure ou égale à la Règlementation Thermique 2012 (RT) -20 % hors production photovoltaïque. Pour la future Règlementation Environnementale (RE), il s’agira d’atteindre à minima la CEP – 20 % du niveau E1.&lt;/li&gt; 	&lt;li&gt;dans le cas d’une rénovation/réhabilitation, la performance énergétique du bâtiment doit être supérieure au BBC Rénovation hors production d’énergie locale. Dans le cas où le niveau BBC rénovation ne pourrait être atteint, l’obtention du label Effinergie Patrimoine sera recommandée.&lt;br /&gt; 	Dans les deux cas, ces bâtiments doivent Favoriser le confort d’été sans avoir recours à la climatisation (sauf obligation règlementaire) dans une logique d’architecture bioclimatique ; Intégrer des installations de production d’énergie renouvelable dans le programme de travaux et éviter le recours à l’électricité notamment pour le poste chauffage y compris l’Eau Chaude Sanitaire (ECS) ; Comporter des éco matériaux et des matériaux biosourcés, notamment labélisés «bois des Alpes ; (le polystyrène en isolant de façade étant proscrit sauf en pied de façade) ; Prendre en compte les questions d’énergies renouvelables (réseau de chaleur chaud/ froid notamment), la prévention, la gestion et le traitement des déchets, la nature en ville et la transition vers une mobilité décarbonée (stations de ravitaillement vélos, scooters et voitures en carburant propre, stationnements vélo sécurisés en pied d’immeuble, services d’autopartage, nombre de stationnements réduits et potentiellement mutualisés).&lt;/li&gt; 	&lt;li&gt;Le recours à des entreprises labellisées RGE sera à privilégier.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;3) Une attention particulière sera portée aux projets favorisant l’accessibilité des sites et&lt;br /&gt; équipements touristiques, aux publics en situation de handicap.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P95" s="1" t="inlineStr">
+        <is>
+          <t>08/09/2023</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité présentés ci-dessous doivent permettre d’aiguiller les bénéficiaires sur le contenu des projets attendus. Les projets doivent avoir été priorisés lors du Comité de Pilotage et répondre à la stratégie définie par le porteur de la candidature.&lt;br /&gt; &lt;br /&gt; 1) Les projets devront démontrer leur capacité à atténuer les impacts du changement&lt;br /&gt; climatique et à la prise en compte de la performance économique, énergétique et de la sobriété&lt;br /&gt; d’utilisation des ressources naturelles.&lt;br /&gt; &lt;br /&gt; 2) Pour les projets de construction ou de réhabilitation de bâtiments ou d’équipement public&lt;br /&gt; les critères d’éligibilité spécifiques suivants s’appliquent :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;dans le cas d’une construction neuve, la performance énergétique du bâtiment doit être supérieure ou égale à la Règlementation Thermique 2012 (RT) -20 % hors production photovoltaïque. Pour la future Règlementation Environnementale (RE), il s’agira d’atteindre à minima la CEP – 20 % du niveau E1.&lt;/li&gt; 	&lt;li&gt;dans le cas d’une rénovation/réhabilitation, la performance énergétique du bâtiment doit être supérieure au BBC Rénovation hors production d’énergie locale. Dans le cas où le niveau BBC rénovation ne pourrait être atteint, l’obtention du label Effinergie Patrimoine sera recommandée.&lt;br /&gt; 	Dans les deux cas, ces bâtiments doivent Favoriser le confort d’été sans avoir recours à la climatisation (sauf obligation règlementaire) dans une logique d’architecture bioclimatique ; Intégrer des installations de production d’énergie renouvelable dans le programme de travaux et éviter le recours à l’électricité notamment pour le poste chauffage y compris l’Eau Chaude Sanitaire (ECS) ; Comporter des éco matériaux et des matériaux biosourcés, notamment labélisés «bois des Alpes ; (le polystyrène en isolant de façade étant proscrit sauf en pied de façade) ; Prendre en compte les questions d’énergies renouvelables (réseau de chaleur chaud/ froid notamment), la prévention, la gestion et le traitement des déchets, la nature en ville et la transition vers une mobilité décarbonée (stations de ravitaillement vélos, scooters et voitures en carburant propre, stationnements vélo sécurisés en pied d’immeuble, services d’autopartage, nombre de stationnements réduits et potentiellement mutualisés).&lt;/li&gt; 	&lt;li&gt;Le recours à des entreprises labellisées RGE sera à privilégier.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;3) Une attention particulière sera portée aux projets favorisant l’accessibilité des sites et&lt;br /&gt; équipements touristiques, aux publics en situation de handicap.&lt;/p&gt; &lt;p&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-&lt;br /&gt; Côte d’Azur. La demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/contrats-stations-2030-un-cap-davance</t>
+        </is>
+      </c>
+      <c r="W95" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Valerie CONTE -&lt;br /&gt; vconte&amp;#64;maregionsud.fr&lt;br /&gt; 04.92.53.26.23.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-contrats-stations-2030-un-cap-davance/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>149081</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet d’initiatives citoyennes en faveur de l’environnement</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Appel à initiatives citoyennes</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet d&amp;#039;initiatives citoyennes en faveur de l&amp;#039;environnement ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller 10 000€ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une avance de trésorerie de 50% dès le démarrage de votre projet sur présentation d&amp;#039;une attestation de démarrage du projet
+   &lt;br /&gt;
+   et
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le solde sur présentation d&amp;#039;un état récapitulatif des dépenses et copie des factures
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P96" s="1" t="inlineStr">
+        <is>
+          <t>03/07/2023</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une association
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un particulier ou collectif de citoyens
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets d&amp;#039;initiatives citoyennes « micro-projets » devront répondre aux critères d&amp;#039;éligibilité suivants :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer des solutions pratiques et concrètes en lien avec les orientations et/ou la mise en œuvre de la Stratégie régionale Biodiversité, axées sur la transition écologique et solidaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Correspondre à une initiative de terrain, avec une échelle de mise en œuvre précisément établie (quartier, hameau, village, ville, ...), favoriser l&amp;#039;engagement des citoyens
+  &lt;/li&gt;
+  &lt;li&gt;
+   Satisfaire des objectifs sociaux (équité, solidarité etc.) et environnementaux (préservation de la biodiversité ...), et de consommation locale
+  &lt;/li&gt;
+  &lt;li&gt;
+   Favoriser l&amp;#039;interaction et la mise en mouvement d&amp;#039;acteurs diversifiés (collectifs de citoyens organisés, associations locales, ...), en donnant aux citoyens et à la société civile une place importante dans le projet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les initiatives citoyennes doivent avoir pour finalité la transition écologique et solidaire et la protection de l&amp;#039;environnement. Elles s&amp;#039;inscriront dans l&amp;#039;une au moins des quatre thématiques suivantes :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Biodiversité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Eaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Energie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Economie circulaire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement climatique
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet est localisé en Région Grand Est.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le projet devra répondre à un besoin constaté et avoir une portée collective.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/initiatives-citoyennes/</t>
+        </is>
+      </c>
+      <c r="W96" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0032/depot/simple</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez votre demande en ligne au fil de l&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidatures seront déposées par les candidats en ligne uniquement, auquel peut être jointes toutes pièces qui paraissent utiles au candidat.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5e49-appel-a-initiatives-citoyennes/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>162748</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser les instituts de formations sanitaires sociales</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Modernisation des instituts de formations sanitaires sociales</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le secteur de la santé et de l’action sociale joue un rôle majeur pour le développement du territoire régional. Compétence forte de la Région, les formations sanitaires et du travail social financent et accompagnent les parcours de plus de 18 500 élèves et étudiants chaque année.&lt;/p&gt;
+&lt;p&gt;Afin de moderniser les établissements de formations sanitaires et du travail social et offrir aux élèves et étudiants les meilleures conditions de vie et d’études, la Région s’engage à soutenir des projets d’investissement s’inscrivant dans les orientations du schéma régional des formations sanitaires et du travail social et de sa politique en matière de développement durable.&lt;br /&gt; L’objectif est de permettre à ces futurs professionnels d&amp;#039;étudier dans de bonnes conditions correspondant aux référentiels de formation et aux outils qu’ils utilisent dans leurs divers lieux de stage.&lt;/p&gt; &lt;p&gt;Sont éligibles à ce dispositif les personnes morales publiques ou privées gestionnaires d’un établissement de formation sanitaire ou du travail social autorisé ou agréé par le Président du Conseil régional. Ces établissements doivent en outre être signataires d’une convention d’objectifs et de moyens avec la Région.&lt;/p&gt; &lt;p&gt;Les demandes de subvention déposées dans ce cadre concernent les établissements de formation paramédicale et du travail social agréés ou autorisés par le Président du Conseil régional et signataires d’une convention d’objectifs et de moyens avec la Région.&lt;/p&gt;
+&lt;p&gt;Les projets déposés doivent porter sur l’un des objets suivants :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;achat de matériel numérique et informatique ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement pédagogique et de simulation ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement ou de mobilier pour l’amélioration des conditions de vie et d&amp;#039;études ;&lt;/li&gt; 	&lt;li&gt;petits travaux et aménagements ;&lt;/li&gt; 	&lt;li&gt;petits travaux de mise aux normes et achat de matériel de sécurité.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;A l’exception des dossiers dont l’objet porte sur des petits travaux de mises aux normes et achat de matériel de sécurité, les dossiers déposés devront s’inscrire dans la mesure 137 du plan Climat.&lt;br /&gt; Les demandes doivent par ailleurs s’inscrire dans un programme d’investissement pluriannuel de l’établissement de formation. Dans ce cadre, l’établissement devra présenter sa stratégie et articuler sa demande aux investissements déjà réalisés et à venir, tout en joignant une étude d’impact financier démontrant sa capacité d’anticipation et de maîtrise des coûts.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P97" s="1" t="inlineStr">
+        <is>
+          <t>28/05/2024</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les demandes de subvention déposées dans ce cadre concernent les établissements de formation paramédicale et du travail social agréés ou autorisés par le Président du Conseil régional et signataires d’une convention d’objectifs et de moyens avec la Région.&lt;/p&gt;
+&lt;p&gt;Les projets déposés doivent porter sur l’un des objets suivants :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;achat de matériel numérique et informatique ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement pédagogique et de simulation ;&lt;/li&gt; 	&lt;li&gt;achat d’équipement ou de mobilier pour l’amélioration des conditions de vie et d&amp;#039;études ;&lt;/li&gt; 	&lt;li&gt;petits travaux et aménagements ;&lt;/li&gt; 	&lt;li&gt;petits travaux de mise aux normes et achat de matériel de sécurité.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;A l’exception des dossiers dont l’objet porte sur des petits travaux de mises aux normes et achat de matériel de sécurité, les dossiers déposés devront s’inscrire dans la mesure 137 du plan Climat.&lt;br /&gt; Les demandes doivent par ailleurs s’inscrire dans un programme d’investissement pluriannuel de l’établissement de formation. Dans ce cadre, l’établissement devra présenter sa stratégie et articuler sa demande aux investissements déjà réalisés et à venir, tout en joignant une étude d’impact financier démontrant sa capacité d’anticipation et de maîtrise des coûts.&lt;/p&gt; &lt;p&gt;L’établissement de formation dépose son dossier dans les mêmes conditions que tout dépôt de dossier de demande de subvention d’investissement sur le site dédié de la Région.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/modernisation-des-instituts-de-formations-sanitaires-sociales</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Service Formations Sanitaires et Sociales&lt;/strong&gt;&lt;br /&gt; Tel : 04.88.10.76.43 et 04.91.57.51.08 &lt;br /&gt; Mail : &lt;a href="mailto:sfss-secretariat&amp;#64;maregionsud.fr"&gt;sfss-secretariat&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/modernisation-des-instituts-de-formations-sanitaires-sociales/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>129712</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation énergétique des bâtiments publics - SYDEV</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Programme rénovation</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Énergie et d’équipement de Vendée (SYDEV)</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I12" s="1" t="inlineStr">
+      <c r="I98" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J12" s="1" t="inlineStr">
+      <c r="J98" s="1" t="inlineStr">
         <is>
           <t>Variable en fonction de la typologie du projet, piscine 250 k€, autres bâtiments 120 k€</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La rénovation énergétique des bâtiments est un axe majeur dans la transition énergétique et les collectivités territoriales ont un rôle prépondérant dans l&amp;#039;atteinte des objectifs que se sont fixés la France ainsi que la Région des Pays de la Loire.
 &lt;/p&gt;
 &lt;p&gt;
  Depuis 2005, plus de 1 700 audits énergétiques ont été menés sur le patrimoine des collectivités vendéennes. Cela a permis de constater que 72 millions d&amp;#039;euros sont nécessaires pour améliorer significativement la performance du patrimoine bâti des collectivités vendéennes.
 &lt;/p&gt;
 &lt;p&gt;
  Fort de ce constat, le SYDEV a décidé en 2020 de poursuivre son action en faveur des économies d&amp;#039;énergie en accompagnant les collectivités territoriales dans la réalisation de travaux de rénovation énergétique sur leurs bâtiments.
 &lt;/p&gt;
 &lt;p&gt;
  Le SYDEV consacre ainsi 20 millions d&amp;#039;euros jusqu&amp;#039;en 2026 pour soutenir les collectivités dans l&amp;#039;atteinte de cet objectif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M12" s="1" t="inlineStr">
+      <c r="M98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les projets éligibles sont l&amp;#039;ensemble des bâtiments publics des collectivités adhérentes au SYDEV, dans la mesure où, si des systèmes de chauffage fioul et propane existent, ils seront remplacés.
 &lt;/p&gt;
 &lt;p&gt;
  Les bâtiments éligibles sont divisés en 4 catégories et classés par surface, &amp;gt; ou &amp;lt; à 150 m2 de SHON.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les dossiers sont instruits et les aides accordées selon les critères d&amp;#039;éligibilité en vigueur à la date de présentation du dossier complet au Bureau du SYDEV. L&amp;#039;ensemble des critères d&amp;#039;éligibilité doivent être respectés pour que le dossier soit recevable.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier du soutien financier du SYDEV, le maître d&amp;#039;ouvrage doit associer le pôle Services aux Territoires du SYDEV tout au long du projet de rénovation énergétique.
 &lt;/p&gt;
 &lt;p&gt;
  Cela implique notamment sa présence aux phases suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   À l&amp;#039;élaboration du programme afin de conseiller la collectivité pour définir ses objectifs de performance énergétiques,
  &lt;/li&gt;
  &lt;li&gt;
   Lors de la consultation de la maîtrise d&amp;#039;œuvre afin de transcrire ces objectifs,
  &lt;/li&gt;
  &lt;li&gt;
   Lors de la sélection de la maîtrise d&amp;#039;œuvre pour apprécier la prise en compte des aspects énergétiques,
  &lt;/li&gt;
  &lt;li&gt;
   Au stade des études de projet (PRO : APS et APD) afin d&amp;#039;apprécier les choix techniques proposés et d&amp;#039;effectuer une estimation de la subvention,
  &lt;/li&gt;
  &lt;li&gt;
@@ -2002,594 +16050,931 @@
  &lt;strong&gt;
   Catégorie 2 Catégorie 3
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; 80 kWhep/m2.an
 &lt;/p&gt;
 &lt;p&gt;
  Une étude réglementaire thermique Th-C-Ex sera demandée, elle permettra de clairement identifier les gains énergétiques induits par les travaux sur le projet.
  &lt;br /&gt;
  Le périmètre d&amp;#039;étude correspond à la SHON thermique (SHOB de la zone traité thermiquement et isolé - zone de stationnement, non aménagée pour l&amp;#039;utilisation du bâtiment, HSP &amp;lt; 1,8 m).
  &lt;br /&gt;
  Elle est défini en partenariat avec le chargé d&amp;#039;affaire SYDEV du projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Catégorie 4 (Piscine)
  :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contacter directement le SYDEV.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://sydev-vendee.fr/transition-energetique/efficacite-energetique/batiments-publics</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Secteur
  :
  &lt;br /&gt;
  Île d&amp;#039;Yeu / CC de l&amp;#039;île de Noirmoutier / CC Océan Marais de Monts / Challans-Gois Communauté / CC de Vie et Boulogne / La Roche-sur-Yon agglomération
  &lt;br /&gt;
  &lt;em&gt;
   Pierre GORSIC : Animateur de secteur / 02 51 45 93 23 / p.gorsic&amp;#64;sydev-vendee.fr
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Terres de Montaigu agglomération / CC St Fulgent - Les Essarts / CC Pays de Mortagne / CC Pays des Herbiers / CC pays de Pouzauges / CC Pays de Chantonnay
  &lt;/em&gt;
  &lt;br /&gt;
  &lt;em&gt;
   Vincent BILLAUD : Animateur de secteur / 02 51 45 88 96 / v.billaud&amp;#64;sydev-vendee.fr
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CC du Pays de St Gilles Croix de Vie / Les Sables d&amp;#039;Olonne Agglomération / CC du Pays des Achards / Vendée Grand Littoral Talmont Moutiers Communauté
  &lt;br /&gt;
  &lt;em&gt;
   Arnaud CHAILLOU : Animateur de secteur / 02 51 45 88 61 / a.chaillou&amp;#64;sydev-vendee.fr
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CC Sud Vendée Littoral / CC Pays de la Chatigneraie / CC Pays de Fontenay-Vendée / Vendée, Sèvre, Autise
  &lt;br /&gt;
  &lt;em&gt;
   Elodie TRAINEAU : Animatrice de secteur / 02 51 45 93 19 / e.traineau&amp;#64;sydev-vendee.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>b.guilbaud@sydev-vendee.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7923-aide-a-la-renovation-energetique-des-batiment/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E13" s="1" t="inlineStr">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>1065</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Investir sur les procédés de production existants permettant une réduction significative des consommations d’énergie</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="J99" s="1" t="inlineStr">
+        <is>
+          <t>Plafond 200.000€ / bonus de +10% pour les structures s’engageant dans une stratégie d’investissement</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Concourir à la mutation nécessaire du monde économique vers la sobriété énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pérenniser l&amp;#039;activité économique et l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Limiter les émissions de gaz à effet de serre (GES)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide est renouvelable 3 ans après la décision de la Commission Permanente du Conseil Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les investissements portant sur les procédés de production innovants ou procédés classiques permettant une réduction significative des consommations d&amp;#039;énergie, ainsi que le pilotage performant de ces procédés (nouveau système ou optimisation de l&amp;#039;existant). Les investissements portant sur les utilités permettant une réduction significative des consommations d&amp;#039;énergie grâce à des techniques plus efficaces ou des systèmes de récupération de chaleur fatale (optimisation de la ventilation, de l&amp;#039;air comprimé, de la production et de la distribution de vapeur, du froid, de la force motrice, de l&amp;#039;éclairage...engendrant des économies d&amp;#039;énergie).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts d&amp;#039;investissement HT supplémentaires nécessaires pour parvenir à un niveau d&amp;#039;efficacité énergétique supérieur. Ils sont déterminés comme suit : a) si les coûts de l&amp;#039;investissement dans l&amp;#039;efficacité énergétique peuvent être identifiés comme investissement distinct dans les coûts d&amp;#039;investissement totaux, ces coûts liés à l&amp;#039;efficacité énergétique constituent les coûts admissibles ; b) dans tous les autres cas, les coûts de l&amp;#039;investissement dans l&amp;#039;efficacité énergétique sont déterminés par référence à un investissement similaire, favorisant moins l&amp;#039;efficacité énergétique, qui aurait été plausible en l&amp;#039;absence d&amp;#039;aide. La différence entre les coûts des deux investissements représente les coûts liés à l&amp;#039;efficacité énergétique et constitue les coûts admissibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lefficacite-energetique-des-procedes/</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 64 96
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 62 85
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a4d-efficacite-energetique-des-procedes-grandest/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>144518</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les démarches relatives à la sensibilisation et l’éducation vers la transition écologique</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Stratégie nationale de transition écologique vers un développement durable (SNTEDD) 2015-2020, adoptée en conseil des ministres le 4 février 2015, confère un cadre transversal à l’engagement pour le climat, la transition énergétique et la biodiversité.&lt;/p&gt;&lt;p&gt;Les grands enjeux économiques, sociaux et environnementaux du développement durable sont au coeur de cette stratégie.&lt;/p&gt;&lt;p&gt;La transition écologique est une évolution vers un nouveau modèle économique et social, un modèle de développement durable qui renouvelle nos façons de consommer, de produire, de travailler, de vivre ensemble pour répondre aux grands enjeux environnementaux, ceux du changement climatique, de la rareté des ressources, de la perte accélérée de la biodiversité et de la multiplication des risques sanitaires environnementaux.…&lt;/p&gt;&lt;p&gt;Sensibiliser à la transition écologique, c’est donner à chacun le pouvoir d’agir pour un nouveau modèle de société plus sobre et qui associe progrès économique, écologique et humain.&lt;/p&gt;&lt;p&gt;Au travers de ce règlement, le Département a pour objectif de réaffirmer son engagement auprès des acteurs de l’éducation à l’environnement et au développement durable qui interviennent sur ces thématiques en soutenant les nombreuses actions existantes et en permettant l’émergence de nouvelles initiatives.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention de fonctionnement pour :&lt;/p&gt;&lt;p&gt;- aider à promouvoir et développer la sensibilisation à la transition écologique sur le département des Landes ;&lt;/p&gt;&lt;p&gt;- inciter à des actions d’ampleur territoriale (à l’échelle d’une commune ou d’un établissement public de coopération intercommunale) voire départementale par la création de réseaux ou collectifs ;&lt;/p&gt;&lt;p&gt;- mutualiser des compétences et des outils.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions et critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée sur les projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favorisant la mutualisation entre les acteurs de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   présentant l&amp;#039;engagement des collectivités locales ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   novateurs, soit dans leur contenu (thématique), soit dans la démarche proposée (approche, outils..) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   selon le périmètre d&amp;#039;intervention.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront porter sur les thématiques de la sensibilisation à la transition écologique (tout en respectant les champs d&amp;#039;action du Département) telles que :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la biodiversité (faune, flore et milieux d&amp;#039;intérêt local ou patrimonial, paysage...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;économie circulaire (déchets, consommation, alimentation...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la transition énergétique / le changement climatique (énergie, mobilité, risques majeurs, pollution...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favoriser la participation active et concrète du public cible, pouvant à terme conduire à un changement de comportement;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être centrés sur la transition écologique même s&amp;#039;ils balaient des notions sur les pratiques économiques, la solidarité et le partage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être soutenus par les collectivités territoriales concernées soit directement par l&amp;#039;attribution de subventions soit par la mise à disposition de biens (bâtiment, terrain, etc...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un autofinancement de 20 % minimum du budget total de l&amp;#039;action.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ne seront pas éligibles les projets relevant d&amp;#039;autres dispositifs ou règlements portés par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=200</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/demande-subvention</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction Générale Adjointe Transitions Écologique, Énergétique et Mobilités&lt;br /&gt;
+Direction de l&amp;#039;Environnement&lt;br /&gt;
+Service Médiation environnementale et partenariats&lt;br /&gt;
+Tél. : 05.58.05.40.40&lt;br /&gt;
+Mèl : environnement&amp;#64;landes.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a47f-soutien-aux-demarches-relatives-a-la-sensibil/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>165548</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Réutiliser des eaux non conventionnelles</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Réutilisation des eaux non conventionnelles</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’appel à projets « Réutilisation des eaux non conventionnelles » prévu dans l’OSP 2.4 du Programme FEDER 2021-2027, a pour objectif de favoriser une gestion durable et résiliente de la ressource en eau en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renforcer les actions d’économies d’eaux et accélérer l’émergence de modèles de gestion plus vertueux;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Agir face aux pénuries d’eau et lutter localement contre les effets du changement climatique;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Préserver les ressources en eau à haute valeur ajoutée en limitant les prélèvements dans le milieu.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront apportées en subvention selon le taux maximum réglementaire.L‘enveloppe FEDER disponible pour cet appel à projet est limitée à 4 millions d’euros.L’assiette éligible retenue peut être différente du montant présenté si les services de la Région estiment que certaines dépenses ne rentrent pas dans le champ de l’appel à projets. Par ailleurs, l’aide maximale par bénéficiaire pourra être plafonnée selon le nombre de dossiers éligibles retenus par le jury de l’appel à projets.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
+        <is>
+          <t>15/06/2026</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les collectivités publiques et leurs groupements, les syndicats mixtes, les établissements publics… ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les PME (tous les secteurs d’activité sont visés) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les organismes consulaires ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les universités, laboratoires et organismes de recherche ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les associations ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les fondations ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les clusters.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection :&lt;/p&gt;&lt;p&gt;Une sélection des dossiers sera opérée selon les critères suivants et compte tenu de l’enveloppe financière allouée à cet appel à projets, ainsi que des cofinancements obtenus par les candidats :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Bénéfices du projet pour les milieux aquatiques : volumes substitués ou économisés, bassin en déséquilibre, réduction de pression qualitative...&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Approche territoriale et/ou exemplaire, caractère duplicable et transférable à d’autres territoires ; intégration dans une démarche de territoire (Projets de Territoire pour la Gestion de l&amp;#039;Eau, contrats territoriaux…) notamment pour les collectivités;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prise en compte des différents enjeux : changement climatique, enjeux réglementaires et sanitaires, enjeux sociétaux...&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Durabilité du projet et reproductibilité : évaluation des risques et des enjeux technico-économiques, environnementaux, sociétaux. Robustesse du montage financier, rentabilité globale à terme sans subvention, vision stratégique du besoin et identification du marché, modèle économique, mise en place d’une démarche de concertation avec les parties prenantes, qualité globale du dossier, identification et qualité des livrables, adéquation des ressources mobilisées pour le projet et pour chacun des partenaires, expertise technique.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/reutilisation-des-eaux-non-conventionnelles</t>
+        </is>
+      </c>
+      <c r="W101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-en-nouvelle-aquitaine.eu/fr/appels-à-projets/appel-projets-feder-reutilisation-des-eaux-non-conventionnelles.html</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dépôt de la demande sera à effectuer en ligne sur le site l&amp;#039;Europe en Nouvelle-Aquitaine, en cliquant sur &amp;#34;Déposer son dossier&amp;#34; et en sélectionnant &amp;#34;Vous souhaitez déposer votre demande pour du FEDER ou FSE&amp;#43; - Programme 2021-2027&amp;#34; &amp;#61;&amp;#61;&amp;gt; votre demande de financement&amp;#34;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reutilisation-des-eaux-non-conventionnelles/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>164304</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Réduire les pollutions des activités industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La réduction des pollutions industrielles et artisanales est un objectif essentiel de l’agence de l’eau Adour-Garonne pour préserver la qualité de l&amp;#039;eau. &lt;/p&gt;&lt;p&gt;Pour répondre à cet enjeu, les aides proposées par l’Agence soutiennent des actions permettant de garantir un bon état écologique de l’eau. Elles prennent également en compte les impacts du changement climatique et l’émergence de nouvelles pollutions. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;Agence finance des opérations visant à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire/supprimer les pollutions à la source ; &lt;/li&gt;&lt;li&gt;Traiter les effluents ; &lt;/li&gt;&lt;li&gt;Maîtriser les risques de pollutions accidentelles et rejets 
+pluviaux ; &lt;/li&gt;&lt;li&gt;Développer les partenariats ; &lt;/li&gt;&lt;li&gt;Encourager les démarches de développement durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Artisanat
+Industrie
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q102" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
+(à  titre d’exemple : entreprise, collectivité, association, 
+syndicat) exerçant une activité économique à caractère 
+industriel, commercial et artisanal ou en lien avec de telles 
+activités (hors secteur agricole et élevage (ou assimilé) traité 
+dans la politique de lutte contre les pollutions agricoles). &lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; s’inscrire dans un programme global de dépollution 
+comprenant une réflexion en termes d’économie d’eau 
+à l’échelle de l’établissement en identifiant les actions 
+réalisables et les réductions déjà effectives en intégrant 
+la trajectoire prospective d’adaptation au changement 
+climatique, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; être portés par une structure créée depuis plus de 2 ans 
+(sauf s’il y a continuité d’activité), &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; aboutir à une réduction de la pression du rejet sur la masse 
+d’eau et vérifier que le rejet projeté est compatible avec 
+l’objectif d’état de la masse d’eau réceptrice ou avec les 
+usages sensibles, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; pour les établissements générant des pollutions ponctuelles 
+(rejet au milieu naturel), &lt;/span&gt;s’inscrire dans un projet individuel 
+visant à respecter ou à aller au-delà de la réglementation 
+ou s’intégrer dans une opération collective partenariale, &lt;/li&gt;&lt;li&gt; pour les opérations concernant le traitement des micropolluants, les études pilotes et leurs résultats permettant 
+d’évaluer les filières de traitement doivent être validés par 
+un tiers expert indépendant et les traitements doivent être 
+issus d’études pilotes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/Fiche%20th%C3%A9matique_Industries_R%C3%A9duction%20des%20pollutions.pdf</t>
+        </is>
+      </c>
+      <c r="W102" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 - franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 - marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-1/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>153400</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Transformer l'usage des bâtiments en habitations individuelles ou collectives privées</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Aide au changement d&amp;rsquo;usage de bâtiments en habitation</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="H13" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconquête des bâtiments en « friche » constitue un levier d&amp;#039;action prépondérant pour répondre au triple enjeu de : créer des logements pour les manchois, se montrer plus sobre en matière de foncier et réduire les émissions de gaz à effet de serre des bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, et en complément des aides existantes en matière de rénovation, Planète Manche Rénovation &amp;#34;volet changement d&amp;#039;usage&amp;#34; est un dispositif d&amp;#039;aide pour des projets de transformation d&amp;#039;usage de bâtiments (anciens commerces, locaux techniques...) en habitations individuelles ou collectives privées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale s&amp;#039;adresse aux particuliers (personnes physiques) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Propriétaires occupants en vue de la réhabilitation d&amp;#039;un bâtiment en maison individuelle, utilisée en résidence principale, sans condition de ressources.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Propriétaires bailleurs pour la réhabilitation de bâtiments en maison individuelle ou en plusieurs logements (petit collectif). Dans ce cas, un conventionnement « sans travaux » avec l&amp;#039;ANAH est obligatoire, avec encadrement de loyer pendant six ans pour l&amp;#039;ensemble des logements.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Maîtrise d&amp;#039;œuvre : aide de 50% du coût lié à la conception et au suivi des travaux avec un plafond de 2.500€.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux : aide de 25% des dépenses éligibles avec un plafond fixé à 10.000€ par projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide n&amp;#039;est soumise à aucun critère de revenu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide doit comporter :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le formulaire de demande d&amp;#039;aide signé.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le devis de maîtrise d&amp;#039;œuvre ou d&amp;#039;architecte incluant la conception et le suivi des travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les devis non signés des travaux prévus et détaillant chaque poste de travaux concernés par l&amp;#039;aide.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les certificats RGE des entreprises pour les travaux de mise en performance énergétique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un RIB.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La déclaration préalable de travaux ou le permis de construire avec photos des façades, élément graphique, projection, plans ou tout document permettant d&amp;#039;apprécier le projet de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
-[...37 lines deleted...]
-          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Toutes les typologies de bâti sont éligibles : bâtiment tertiaire, bureaux, commerce, friche artisanale, garage, atelier, école, bâtiment agricole, grange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide s&amp;#039;applique à tout le territoire de la Manche, toutes zones confondues sous réserve d&amp;#039;obtention d&amp;#039;un permis de construire ou d&amp;#039;une déclaration préalable.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Tous les travaux de mise en performance énergétique doivent être réalisés par des professionnels certifiés Reconnu Garant de l&amp;#039;Environnement (RGE).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...52 lines deleted...]
-&lt;/ul&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;attribution de l&amp;#039;aide départementale est conditionnée à l&amp;#039;accompagnement des porteurs de projet par un maître d&amp;#039;œuvre ou un architecte dans le cadre d&amp;#039;un contrat avec suivi des travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide départementale est cumulable avec les dispositifs financiers existants en matière de changement d&amp;#039;usage mis en place par la Région Normandie. Elle n&amp;#039;est en revanche pas cumulable avec les aides de l&amp;#039;ANAH.
+  &lt;/li&gt;
+ &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...49 lines deleted...]
-      <c r="S13" s="1" t="inlineStr">
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets doivent notamment mettre en œuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des murs, toitures, planchers bas, menuiseries extérieures), d&amp;#039;installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...) et les travaux induits.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Certains travaux à vocation d&amp;#039;amélioration architecturale ou de pérennisation du bâti sont également éligibles: enduits de finition extérieure, piquetage et rejointoiement des joints à la chaux naturelle sur les façades extérieures, travaux de couverture.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W13" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-au-changement-dusage-de-batiments-en-habitation/</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Téléphone : 02 33 05 96 79
+ Téléphone : 02 33 05 97 41
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
-[...229 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4826-aide-au-changement-drsquousage-de-batiments-e/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>