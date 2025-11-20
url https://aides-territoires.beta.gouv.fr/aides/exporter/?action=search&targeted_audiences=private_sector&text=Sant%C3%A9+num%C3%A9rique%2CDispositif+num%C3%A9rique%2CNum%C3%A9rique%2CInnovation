--- v0 (2025-10-01)
+++ v1 (2025-11-20)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA24"/>
+  <dimension ref="A1:AA17"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -671,1046 +671,882 @@
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f098-valoriser-les-elements-identitaires-et-le-pat/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>126588</v>
+        <v>103245</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aider les professionnels libéraux omnipraticiens ou spécialistes à s'installer</t>
-[...4 lines deleted...]
-          <t>Aide à l'installation des professionnels de santé libéraux</t>
+          <t>Soutenir l'acquisition d'équipements et la sécurisation des professionnels de santé libéraux</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
-        <is>
-[...162 lines deleted...]
-      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre du plan Région solidaire, la Région s&amp;#039;engage aux côtés des professionnels libéraux omnipraticiens ou spécialistes d&amp;#039;accès direct, qu&amp;#039;ils exercent seuls ou en cabinet de groupe.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La Région peut participer :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    au financement d&amp;#039;acquisition d&amp;#039;équipements type mobilier et informatique à hauteur de 50% maximum de la dépense  dans la limite d&amp;#039;un plafond de subvention fixé à 15.000€
   &lt;/li&gt;
   &lt;li&gt;
    au financement d&amp;#039;acquisition d&amp;#039;équipements destinés à sécuriser les locaux professionnels (portes blindées, clés de sûreté, etc...) à hauteur de 50-70% maximum de la dépense  dans la limite d&amp;#039;un plafond de subvention fixé à 15.000€
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Démarche :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt du dossier de candidature sur la plateforme des aides régionales (
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  ).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A noter :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
+      <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Acquisition
    d&amp;#039;équipements (mobiliers et informatiques)
   &lt;/li&gt;
   &lt;li&gt;
    Sécurisation
    des cabinets médicaux
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P5" s="1" t="inlineStr">
+      <c r="P4" s="1" t="inlineStr">
         <is>
           <t>05/05/2021</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Professionnels de santé libéraux exerçant seuls ou en cabinet de groupe :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    omnipraticiens ou spécialistes de premier recours,
   &lt;/li&gt;
   &lt;li&gt;
    masseurs-kinésithérapeutes,
   &lt;/li&gt;
   &lt;li&gt;
    infirmiers,
   &lt;/li&gt;
   &lt;li&gt;
    sages-femmes.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Ce dispositif ne peut être sollicité qu&amp;#039;une seule fois par bénéficiaire, dans la limite de 30.000€ au maximum par cabinet médical en veillant à respecter l&amp;#039;équilibre entre professionnels médicaux et paramédicaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/soutien-au-maintien-et-la-securisation-des-professionnels-de-sante-liberaux</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Magdouda Bendjebla :
  &lt;a href="mailto:magdouda.bendjebla&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   magdouda.bendjebla&amp;#64;iledefrance.fr
  &lt;/a&gt;
  / t
  él. :
  01.53.85.74.62
 &lt;/p&gt;
 &lt;p&gt;
  Aurélie Deltombe :
  &lt;a href="mailto:aurelie.deltombe&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   aurelie.deltombe&amp;#64;iledefrance.fr
  &lt;/a&gt;
  /
  tél. :
  01.53.85.69.52
 &lt;/p&gt;
 &lt;p&gt;
  Véronique Boislaville :
  &lt;a href="mailto:veronique.boislaville&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   veronique.boislaville&amp;#64;iledefrance.fr
  &lt;/a&gt;
  /
  tél. :
  01.53.85.75.77
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b347-soutien-au-maintien-et-a-la-securisation-des-/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
         <v>165115</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’accès aux soins dans les zones sous denses</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Soutien à l’accès aux soins dans les zones sous denses</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="I5" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer les réponses aux besoins de la population en matière de santé, de soins de premiers recours et de premiers secours ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 300 000 €.&lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une collectivité ou groupement de communes ; leurs SPL (Sociétés Publiques Locales) ou les SEM (Sociétés d’Economie Mixte) dans le cadre d’un bail emphytéotique avec la collectivité d’implantation&lt;/li&gt;
 &lt;li&gt;Une association Loi 1901, Loi 1905 ou Loi 1908 (sans but lucratif)&lt;/li&gt;
 &lt;li&gt;Un établissements de santé public et privé à but non lucratif&lt;/li&gt;
 &lt;li&gt;Un regroupement de professionnels de santé, qui peuvent être libéraux ou salariés, médicaux ou paramédicaux : Société Civile Immobilière, Société Interprofessionnelle de Soins Ambulatoires, association, Communauté Professionnelle Territoriale de Santé, Equipe de Soins Primaires, etc.&lt;/li&gt;
 &lt;li&gt;Un professionnel de santé référencé dans l’annuaire de l’Assurance Maladie.&lt;/li&gt;
 &lt;li&gt;Un bailleur public ou privé sous réserve qu’il réponde à un intérêt public défini avec les autres co financeurs.&lt;/li&gt;
 &lt;li&gt;Une mutualité, une fondation, un régime de sécurité sociale, une société coopérative d’intérêt collectif.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne notamment&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;La création, rénovation et extension de Maisons de Santé Pluri professionnelles (MSP)&lt;/li&gt;
 &lt;li&gt;La création, rénovation et extension de Centres de Santé (CDS)&lt;/li&gt;
 &lt;li&gt;L’acquisition d’équipement médical mutualisé ou non entre plusieurs professionnels de santé intervenant dans une même structure.&lt;/li&gt;
 &lt;li&gt;L’acquisition de vecteurs mobiles contribuant à la mise en œuvre de projets de promotion de la santé voire de soins, etc.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;L’aide couvre exclusivement la dépense d’investissement avec un taux d’intervention plafonné à 50% des dépense éligibles.&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;L’aide est plafonnée selon le tableau de &lt;a href="https://www.grandest.fr/wp-content/uploads/2024/07/presentation-des-aides-2024-1.pdf"&gt;présentation des aides&lt;/a&gt; 2024&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches. Puis déposez votre demande en ligne.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Santé
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P6" s="1" t="inlineStr">
+      <c r="P5" s="1" t="inlineStr">
         <is>
           <t>12/07/2024</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/acces-soins-zones-sous-denses/</t>
         </is>
       </c>
-      <c r="W6" s="1" t="inlineStr">
+      <c r="W5" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0287/depot/simple</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En fonction de votre département voici votre interlocuteur :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour l’Aube et les Ardennes : Sandrine Poittevin – Tel : 03 26 70 66 61 ou 07 88 80 59 14 – sandrine.poittevin&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Marne et la Haute-Marne : Patricia Larcier – Tel : 03 26 70 78 04 – patricia.larcier&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Meuse et les Vosges : Tiphaine Gambini – Tel : 03 87 33 64 54 – tiphaine.gambini&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Meurthe-et-Moselle et la Moselle : Sophie Charpentier – Tel : 03 87 61 66 93 – sophie.charpentier&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Collectivité Européenne d’Alsace : Emma Bordes  – Tel : 03 88 15 39 63 – emma.bordes&amp;#64;grandest.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacces-aux-soins-dans-les-zones-sous-denses/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>162482</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Développer les services et les activités en milieu rural (fiche-action 1)</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C6" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="F7" s="1" t="inlineStr">
+      <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
+      <c r="I6" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J7" s="1" t="inlineStr">
+      <c r="J6" s="1" t="inlineStr">
         <is>
           <t>1 € de cofinancement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Composé de deux communautés de communes, le Groupe d’Action Locale
 (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du
 département de la Manche. Les communautés de communes Coutances mer et bocage
 et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le
 prochain programme LEADER 2023-2027.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;LEADER signifie
 Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme
 européen qui permet aux territoires ruraux concernés de bénéficier du Fonds
 Européen Agricole pour le Développement Rural (FEADER). &lt;/span&gt;Le GAL du Pays de
 Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur
 de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Les bénéficiaires
 peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils
 sont précisés dans chaque fiche-action.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;span&gt;Quelles sont les actions concernées ?&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Les actions
 doivent être innovantes et répondre à la stratégie du territoire : “ Agir
 ensemble pour une transition solidaire et durable “.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;4 axes de
 développement ont été retenu pour l’élaboration des fiches actions, auxquelles
 les projets devront répondre.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Attractivité du territoire&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Cadre de vie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Agriculture, alimentation et énergie locale&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Economie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;u&gt;&lt;span&gt;6 fiches actions élaborées :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 1 : Développer les services et activités en zone rurale&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 2 : Développer des solutions de mobilité durables&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 4 : Adapter le bâti existant&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les actions devront proposer des opérations visant
 à maintenir, compléter ou créer un service sur le territoire afin d’améliorer
 la vie quotidienne des habitants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les opérations permettant
 d’améliorer l’offre de services médicaux, par exemple en attirant des
 professionnels de santé médicale ou paramédicale en leur proposant des
 conditions de travail attractives et décentes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions améliorant ou
 maintenant la vitalité des communes, en lien avec les commerces et services
 (marchands ou non marchands) de proximité, les activités proposées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions facilitant la
 cohésion des acteurs, notamment au sein du tissu associatif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;span&gt;Les actions facilitant l’accès aux services et
 activités, pour tous les types de public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Santé</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P7" s="1" t="inlineStr">
+      <c r="P6" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q7" s="1" t="inlineStr">
+      <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus
 sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;améliorer le cadre de vie des habitants, il est important de soutenir les
 actions permettant d’améliorer les offres de services et d’activités sur le
 territoire, et leur accessibilité.&lt;/p&gt;&lt;p&gt;Une offre de services plus étoffée permettra
 notamment de mieux accompagner la population vieillissante, avec des offres au
 plus proche, que ce soit pour des soins médicaux ou pour des accompagnements
 administratifs. De plus, cela améliorera l’attractivité du territoire, et
 contribuera ainsi à l’installation de jeunes actifs.&lt;/p&gt;&lt;p&gt;Les services concernés sont les commerces, les
 nouvelles technologies de l’information et de la communication, le maintien et
 le développement des structures de santé, les services relatifs à l’accueil de
 la petite enfance et des nouveaux habitants, les services d’insertion,
 formation et emploi, les services pour développer des nouvelles formes de
 travail (espace dédiés au télétravail, espace de travail partagé, tiers lieux),
 les services administratifs, les services améliorant la vie des personnes âgées
 et des personnes isolées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Véhiculer une
 image attractive du territoire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Accueillir des
 familles et des jeunes actifs&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Contribuer au
 développement de l’offre de santé&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Conserver et
 développer les commerces et services de proximité&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Rendre accessible
 les loisirs et activités au plus grand nombre&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Développer
 l’accès et la formation au numérique&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances est composé de 2
 animatrices et gestionnaires, Céline Guérard et Marie-Anne Jourdan. Elles sont
 là pour vous aider à finaliser votre projet, vous orienter sur les aides
 disponibles, et vous aider à compléter le dossier.&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Communauté de
 communes Coutances mer et bocage&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Hôtel de
 Ville_ Place du Parvis_50 200 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;50200
 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Céline
 GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Marie-Anne
 JOURDAN : &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-des-fonds-europeens-leader-du-pays-de-coutances/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>164285</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Développer les services à la population</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C7" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Développer les services pour attirer et maintenir des actifs et renforcer l'attractivité</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1.1     
 Renforcer l’offre
 de santé &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2     
 Améliorer l’accès
 aux services&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.2.1    
 Faciliter les
 déplacements et renforcer l’offre de transport&lt;/p&gt;&lt;p&gt;1.2.2   
 Créer des services
 de proximité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3     
 Renforcer la
 cohésion sociale et le bien vivre ensemble&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.3.1    
 Promouvoir les
 atouts de la ruralité pour attirer des actifs&lt;/p&gt;&lt;p&gt;1.3.2  Soutenir les
 initiatives contribuant au lien social, l’interconnaissance et   l’implication
 des habitants&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4     
 Adapter l’offre de
 logements à des besoins spécifiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.4.1     Créer/rénover des logements pour les saisonniers,
 les apprentis, les internes   en médecine&lt;/p&gt;&lt;p&gt;1.4.2    Développer des
 modes d’habiter innovants &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.5 Soutenir la pratique du sport&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Découverte de l’offre de santé, construction d’un équipement de santé,
 etc. ;&lt;/li&gt;&lt;li&gt;Plateforme multimodale, prêt de véhicules,
 transport à la demande, service itinérant, crèches, etc. ;&lt;/li&gt;&lt;li&gt;Jardin partagé, café associatif, etc. ;&lt;/li&gt;&lt;li&gt;Création d’habitats légers, habitat inclusif, etc. ;&lt;/li&gt;&lt;li&gt;Journées d’initiations, découverte écoliers, création salle de sport,
 etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Equipement public
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q8" s="1" t="inlineStr">
+      <c r="Q7" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les équipements sportifs : &lt;a name="_Hlk155952246"&gt;Si le porteur de projet est une commune et que
 ce projet porte sur un équipement, seules les opérations présentant un
 financement local (autre commune ou EPCI) sont éligibles. &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader/</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Cécile PLEIMPON&lt;/h2&gt;&lt;p&gt;Coordination du programme et animation sur les territoires des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc, Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;Portable : 07 86 54 57 12 - cpleimpon&amp;#64;grandquercy.fr&lt;/p&gt;&lt;h2&gt;Jean-François HESSEL&lt;/h2&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;Tel : 05 65 24 20 50 - jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/p&gt;&lt;h2&gt;Anne-Catherine JACOBS&lt;/h2&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;Bureau : 05 65 30 64 29 - Portable : 06 78 11 33
 97 - acjacobs&amp;#64;grandquercy.fr&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-a-la-population/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>157092</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Renforcer l'attractivité par l'offre de services</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I9" s="1" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J9" s="1" t="inlineStr">
+      <c r="J8" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action permettra de viser les attendus suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Un patrimoine vernaculaire valorisé (clos masure notamment)
 &lt;/p&gt;
 &lt;p&gt;
  - Un allongement de la durée des séjours touristiques
 &lt;/p&gt;
 &lt;p&gt;
  - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
 &lt;/p&gt;
 &lt;p&gt;
  - Des parcours résidentiels facilités pour les habitants
 &lt;/p&gt;
 &lt;p&gt;
  - Des centres bourgs dynamiques, des services proches des habitants
 &lt;/p&gt;
 &lt;p&gt;
  - UN vieillissement de la population mieux anticipé et accompagné
 &lt;/p&gt;
 &lt;p&gt;
  - Une offre locale de formation renforcée et adaptée
 &lt;/p&gt;
 &lt;p&gt;
  - Un accès aux services de soins facilité par des initiatives innovantes
 &lt;/p&gt;
 &lt;p&gt;
  - Un maillage de solutions de mobilités adaptées au territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M9" s="1" t="inlineStr">
+      <c r="M8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
 &lt;/p&gt;
 &lt;p&gt;
  - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
 &lt;/p&gt;
 &lt;p&gt;
  - Création de nouveaux services numériques.
 &lt;/p&gt;
 &lt;p&gt;
  - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
 &lt;/p&gt;
 &lt;p&gt;
  - Mise en place de services itinérants.
@@ -1720,71 +1556,71 @@
   Opérations liées aux études :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de nouveaux services à la population.
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de l&amp;#039;offre de santé sur le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de services itinérants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Animation et contribution à la mise en réseau des acteurs du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Mise en place de partenariats avec des centres de formations locaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Formation professionnelle
 Equipement public
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -1818,126 +1654,126 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>82915</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>CAUE de l'Ardèche
 CAUE de la Drôme
 CAUE de l'Oise
 CAUE du Gard
 CAUE de la Haute-Garonne
 CAUE de la Gironde
 CAUE de l'Hérault
 CAUE de l'Isère
 Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE de l'Aude
 CAUE de la Haute-Loire
 CAUE du Lot
 CAUE Lot-et-Garonne
 CAUE du Maine-et-Loire
 CAUE de la Manche
 CAUE de la Mayenne
 CAUE de Meurthe-et-Moselle
 CAUE de la Moselle
 CAUE des Landes
 CAUE de la Dordogne
 CAUE du Tarn
 CAUE de la Meuse
 CAUE du Gers
 CAUE de l'Ain
@@ -1969,77 +1805,77 @@
 CAUE de la Creuse
 CAUE du Loir-et-Cher
 CAUE du Loiret
 CAUE du Morbihan
 CAUE d'Alsace
 CAUE de la Somme
 CAUE de la Seine-et-Marne
 CAUE des Pyrénées-Atlantiques
 CAUE des Hautes-Pyrénées
 CAUE des Pyrénées-Orientales
 CAUE de Rhône-Métropole
 CAUE de la Sarthe
 CAUE de la Savoie
 CAUE de l'Orne
 CAUE de l'Yonne
 CAUE du Pas-de-Calais
 CAUE des Deux-Sèvres
 CAUE de la Vendée
 CAUE de la Haute-Vienne
 CAUE des Vosges
 CAUE de l'Essonne
 Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
 CAUE de la Haute-Savoie</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
  &lt;/strong&gt;
  à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE contribuent à améliorer qualité de vie de chacun
  &lt;/strong&gt;
  . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE sont à votre service.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
@@ -2081,88 +1917,88 @@
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M10" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  / Patrimoine religieux
  / Ecomatériaux
  / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
  / Petite ville de demain
  (PVD) / Action Coeur de Ville
  / Sobriété foncière / Rural / Périurbain / Urbain
  / Densification / Requalification de friches
  / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
  / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
  / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -2181,79 +2017,79 @@
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN
  - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
  - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES
  - 1 avenue Alexandre Didier
  - BP 55  - 05200    EMBRUN
  - caue05&amp;#64;orange.fr
  - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE
  - 2 bis avenue de l&amp;#039;Europe Unie
@@ -2725,110 +2561,110 @@
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE
  - Département de Mayotte
  - BP101
  - 97600    MAYOTTE
  - feda.soidri&amp;#64;cg976.fr
  - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>117496</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le développement des villes</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les transports propres et de mobilité durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
@@ -2852,188 +2688,188 @@
   Traiter les friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour de tels projets, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études visant à structurer le montage économique, financier et juridique ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser un accompagnement en ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Friche
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>139916</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Se faire accompagner sur les thématiques énergie et climat</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
  accompagne, et anticipe sur ces questions.
 &lt;/p&gt;
 &lt;p&gt;
  Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
  l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
  oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
  En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
  d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
 &lt;/p&gt;
 &lt;p&gt;
  Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
  réglementaire, technique et de connaissance fine du territoire (observatoire).
 &lt;/p&gt;
 &lt;p&gt;
  Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M12" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Diagnostic énergétique et climatique territorial
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Prise en compte des enjeux climatiques dans les PLU/I
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Schéma directeur énergie
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Observatoire local énergie-climat
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   État des lieux énergétique du patrimoine public
   &lt;br /&gt;
@@ -3047,482 +2883,377 @@
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Lutte contre la précarité énergétique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des acteurs pour le développement des énergies renouvelables locales
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Economie circulaire
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Pays des Vallons de Vilaine</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>contact@federation-flame.org</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
         <v>147706</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
+      <c r="I12" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P13" s="1" t="inlineStr">
+      <c r="P12" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q13" s="1" t="inlineStr">
+      <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...105 lines deleted...]
-      <c r="A15" s="1">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>103324</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Investir dans les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Santé numérique et innovation</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
+      <c r="I13" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Intelligence artificielle, télémédecine... Alors que le système de santé est en évolution rapide, la Région soutient les projets qui misent sur les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets proposés doivent prioritairement concerner l&amp;#039;une ou plusieurs des thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Innovation en santé,
  &lt;/li&gt;
  &lt;li&gt;
   Intelligence artificielle,
  &lt;/li&gt;
  &lt;li&gt;
   Télémédecine,
  &lt;/li&gt;
  &lt;li&gt;
   Téléconsultation,
  &lt;/li&gt;
@@ -3550,415 +3281,388 @@
 &lt;p&gt;
  &lt;strong&gt;
   À noter
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;un dispositif régional pouvant être sollicité durant toute l&amp;#039;année en fonction de la disponibilité des crédits.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes doivent être déposées en ligne sur la plateforme
  &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P15" s="1" t="inlineStr">
+      <c r="P13" s="1" t="inlineStr">
         <is>
           <t>31/12/2019</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les associations relevant de la loi de 1901 et les fondations reconnues d&amp;#039;utilité publique, existantes depuis au moins 1 an.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les projets innovants et emblématiques :
   &lt;/strong&gt;
   les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les projets de recherche :
   &lt;/strong&gt;
   les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère scientifique, culturel et professionnel.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/sante-numerique-et-innovation</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service santé :
  &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   sante&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  et
  &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   pierre.faivre&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01.53.85.53.85
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3dfa-sante-numerique-et-innovation/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>162848</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine apporter des réponses concrètes aux problèmes de désertification médicale</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Soutien à la télémédecine</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>La Région souhaite faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine qui peuvent permettre, selon le contexte local, d’apporter des réponses concrètes aux problèmes de désertification médicale.&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région peut prendre en charge 50% de la dépense subventionnable à hauteur de 20.000€ pour les équipements mobiles (chariot, mallette, objets portatifs...) et non mobiles (télécabines…).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles peuvent comprendre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’acquisition du matériel nécessaire à la téléconsultation (chariot, ordinateur, matériel connecté, imprimante, terminal de carte Vitale…),&lt;/li&gt;&lt;li&gt;Les solutions informatiques permettant la prise en charge de la consultation.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; La Région entend soutenir prioritairement les projets d&amp;#039;acquisition de matériels légers de téléconsultation mobiles ou non, inscrits dans un parcours de soins et ayant reçu l&amp;#039;aval des autorités de santé.&lt;br /&gt; &lt;p&gt;Dépôt du dossier sur la plateforme régionale &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; (sélectionner le dispositif « Soutien à la télémédecine »).&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-la-telemedecine</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:sante&amp;#64;iledefrance.fr" target="_blank"&gt;sante&amp;#64;iledefrance.fr&lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-telemedecine-1/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...68 lines deleted...]
-      <c r="S17" s="1" t="inlineStr">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>165455</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d'action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d&amp;apos;action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;EU4Health - Programme de L’UE pour la santé - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;56 816 810 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 56 816 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 1,2 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 600 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 400 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 200 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles, vous pouvez demander un taux de financement plus élevé (80 %) si votre projet présente une « utilité exceptionnelle ».&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer gastrique et du cancer de la prostate, selon une approche progressive afin de garantir une planification, une mise à l&amp;#039;essai et un déploiement graduels et appropriés des programmes de dépistage&lt;/li&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer du poumon, afin d&amp;#039;améliorer la détection précoce et l&amp;#039;efficacité des programmes&lt;/li&gt;    &lt;li&gt;Tirer parti de l&amp;#039;IA et des données de santé pour soutenir l&amp;#039;innovation dans le domaine des dispositifs médicaux&lt;/li&gt;    &lt;li&gt;Accélérer le développement et le déploiement de l&amp;#039;IA et des solutions numériques dans le secteur des biotechnologies&lt;/li&gt;    &lt;li&gt;Contribuer à réduire le fardeau des maladies non transmissibles et de leurs facteurs de risque tout au long de la vie&lt;/li&gt;    &lt;li&gt;Mesurer et mieux comprendre l&amp;#039;accès des patients aux médicaments&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;organisation de conférences scientifiques, politiques et sociales de haut niveau, à but non lucratif et à l&amp;#039;échelle de l&amp;#039;Union&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Recherche via de nouveaux projets pilotes et initiatives de déploiement de programmes&lt;/li&gt;    &lt;li&gt;Fédérer des ensembles de données de santé diversifiés et de haute qualité à travers l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Interventions ambitieuses et innovantes en matière de santé publique pour lutter contre les facteurs de risque&lt;/li&gt;    &lt;li&gt;Développement des activités via la base de données EURIPID&lt;/li&gt;    &lt;li&gt;Développement, conception, production et distribution de dispositifs orphelins&lt;/li&gt;    &lt;li&gt;Plateforme multipartite/communauté de pratique&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une personne morale&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : les pays de l&amp;#039;EEE et les pays associés au programme UE4Santé (&lt;a title="liste des pays participants" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/guidance/list-3rd-country-participation_eu4h_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants EN&lt;/a&gt;).&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;Au moins 3 entités, établies dans au moins 3 États membres de l&amp;#039;UE ou pays associés différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-01)&lt;/li&gt;    &lt;li&gt;Au moins 5 entités, établies dans au moins 5 États membres de l&amp;#039;UE ou pays associés au programme différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-02, EU4H-2026-SANTE-PJ-03, EU4H-2026-SANTE-PJ-04, EU4H-2026-SANTE-PJ-05, EU4H-2026-SANTE-PJ-08)&lt;/li&gt;    &lt;li&gt;Les propositions peuvent être soumises soit par un candidat unique, soit par un consortium (sans exigence minimale) (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) (EU4H-2026-SANTE-PJ-07 et EU4H-2026-SANTE-PJ-09)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : jusqu&amp;#039;à 12 mois, la conférence peut durer jusqu&amp;#039;à 5 jours calendaires&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Contact : HADEA-HP-CALLS&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;EU4H-2026-SANTE-PJ&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) :&lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://health.ec.europa.eu/publications/2025-eu4health-work-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>23/09/2025</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>101387</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Financer la santé numérique et les services liés au prendre soin</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
 entreprise privée (opérateur, investisseur, exploitant ou société de services
 portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
 entreprise à mission ou corporate venture) et vous développez un projet de
@@ -3967,1137 +3671,287 @@
 d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
 propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
 service lié à la e-santé et au médico-social, comme la transition numérique des
 établissements de santé, l’usage du numérique pour la prévention, les
 technologies innovantes au service des soignants, ou encore un service à impact
 social lié au prendre soin dans la santé, le vieillissement, le handicap, la
 petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
 « tiers de confiance », la Banque des Territoires propose de financer
 les projets portant une logique d’intérêt général sous la forme d’apports en
 capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
 d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
 aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
 la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
 données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
 de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
 sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
 des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
 &lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
 l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
 transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
 et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Santé
 Technologies numériques et numérisation
 Sécurité</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>103246</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’expérimentation en e-santé</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Soutien à l’expérimentation en e-santé</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I17" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Résolument tournée vers l&amp;#039;avenir et mobilisée pour lutter contre les fractures territoriales, la Région soutient les solutions innovantes pour contribuer à la permanence des soins sur le territoire francilien.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Projets en investissement : acquisition de matériels légers de télémédecine inscrits dans une démarche de valorisation de la ressource médicale locale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Région participe au financement d&amp;#039;équipements de type télécabines de santé, mallettes ou chariots de télémédecine et soutient les solutions technologiques ou informatiques innovantes.
 &lt;/p&gt;
 &lt;p&gt;
  Le soutien régional s&amp;#039;élève à 50 % du coût de l&amp;#039;équipement à hauteur de 15 000 euros pour les équipements mobiles et 50 000 euros pour les équipements non mobiles (équipements lourds type télécabine, système d&amp;#039;information...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
  Contacter le service action sociale, santé et famille pour vérifier l&amp;#039;éligibilité du projet avant de renseigner et transmettre un dossier complet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A noter :
  &lt;/strong&gt;
  Les dépenses éligibles se composent de dépenses en investissement. Le bénéficiaire doit démontrer la nécessité de l&amp;#039;équipement pour lequel il demande un soutien tant par le besoin concernant l&amp;#039;accès aux soins que par la pertinence de l&amp;#039;outil proposé (éloignement des structures de soins, population fragilisée, jeunes actifs mobiles...)
  &lt;br /&gt;
  Ne peuvent être soutenus que les projets ayant reçu l&amp;#039;aval des autorités de santé sur les nouvelles technologies utilisées.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
  Sont éligibles les professionnels de santé regroupés en un collectif (associations, fondations, GCS, GCSM, GIP, GIE, SCI, SCP, SISA, SEL...) et les collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/Byq2ccW9E</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Magdouda Bendjebla :
  &lt;a href="mailto:magdouda.bendjebla&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   magdouda.bendjebla&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pierre Faivre :
  &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   pierre.faivre&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/428b-soutien-a-lexperimentation-en-e-sante/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
-[...849 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>