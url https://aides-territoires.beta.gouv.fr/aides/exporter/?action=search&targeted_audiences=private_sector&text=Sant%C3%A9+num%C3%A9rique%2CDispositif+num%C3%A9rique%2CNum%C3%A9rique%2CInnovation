--- v1 (2025-11-20)
+++ v2 (2026-01-10)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA17"/>
+  <dimension ref="A1:AA78"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,2648 +228,11972 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>94236</v>
+        <v>77364</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Investir dans un projet santé ou médico-social à impact social positif</t>
+          <t>Financer les projets autour de l’économie inclusive</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+          <t>L’investissement dans l’économie inclusive</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Association
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
 Entreprise privée</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- ________________________________________________________________________
-[...11 lines deleted...]
- La Banque des Territoires accompagne le développement des entreprises portant un projet ayant un impact social positif dans l&amp;#039;un des 5 secteurs suivants.
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure d’insertion par l’activité économique ou adaptée aux personnes en
+situation de handicap, une entreprise engagée dans l’inclusion numérique
+relevant ou non de l’économie sociale et solidaire, un acteur de l’économie
+circulaire ou une structure portant un projet de tiers-lieu d&amp;#039;innovation
+sociale et vous portez un projet dans l’économie inclusive ? Vous souhaitez
+bénéficier de l&amp;#039;expertise d&amp;#039;un tiers de confiance et être accompagné sur le
+long terme via des dispositifs adaptés ? La Banque des Territoires vous
+accompagne en investissant dans vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous finançons ainsi différents projets autour
+de l’économie inclusive : insertion par l’activité économique, inclusion
+numérique, tiers-lieux d’innovation sociale et économie circulaire à impact
+social. Le financement peut se faire sous forme d’investissement direct en
+fonds propres ou quasi-fonds propres. Pour les projets d’inclusion numérique,
+la Banque des Territoires soutient également l’opérationnalisation de
+programmes d’État et accompagne, finance et outille les acteurs de l’inclusion
+numérique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Economie sociale et solidaire
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_eco_psat</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-economie-inclusive/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>50278</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Visualiser le déploiement du numérique à l'école</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’éducation et la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires met à votre disposition eCarto, un outil développé de manière collaborative par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Santé : projet de maisons de répit ou d&amp;#039;accès aux aides techniques par exemple.
-[...11 lines deleted...]
-  Habitat : projet de foncières solidaires ou création de maisons intergénérationnelles par exemple.
+  La Caisse des Dépôts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Ministère de l&amp;#039;Éducation nationale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le soutien de la Banque des Territoires s&amp;#039;adresse aux entreprises :
+ eCarto vous permet de prendre connaissance du déploiement du numérique éducatif au sein des 63 000 établissements scolaires français. Pour cela, il se base sur les données en open data relatives :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  En phase de développement, à condition de présenter au moins 3 années de comptes de résultats et des fonds propres positifs ;
-[...2 lines deleted...]
-  En changement d&amp;#039;échelle, en accord avec un plan de développement établi.
+  À la connectivité des établissements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux ressources ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et aux expérimentations.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_ecole_psat</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Pour un projet éligible, la Banque des Territoires peut :
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Proposer un accompagnement en ingénierie pour développer le projet avant son financement ;
-[...2 lines deleted...]
-  Investir en fonds propres et/ou quasi-fonds propres dans la structure ou dans le projet.
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
-[...7 lines deleted...]
-      <c r="O2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/27c6-obtenir-un-outil-permettant-de-visualiser-le-/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>90723</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives incluant le développement de technologies, services ou produits numériques innovants - Prototypes numériques</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite d’un plafond de 100 000 €</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Prototypes numériques soutient les initiatives incluant le développement de technologies, services ou produits numériques innovants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Démontrer et expérimenter avec des utilisateurs la pertinence des applications, technologies, contenus, services ou usages numériques novateurs avant leur phase de déploiement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Susciter des opportunités de marchés pour les entreprises de la filière numérique régionale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer de nouveaux services et usages répondant aux évolutions sociétales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les soumissionnaires doivent être localisés sur le territoire régional (ils doivent pouvoir justifier, à la date du dépôt du dossier, de l&amp;#039;existence d&amp;#039;un établissement en région).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Prototypes numériques soutient les initiatives incluant le développement de technologies, services ou produits numériques innovants. Sont visés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets nécessitant la production d&amp;#039;un prototype validé avant leur déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets permettant un gain significatif en compétitivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets devront démontrer une innovation (technique, d&amp;#039;usage, sociale, sociétale, etc.) et faire apparaître une création de valeur (emploi, montée en compétence, retombées économiques directes et indirectes, efficacité et efficience du service rendu, etc.) sur le territoire régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, seront particulièrement appréciés les projets intégrant une ou plusieurs des bonnes pratiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Confiance numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux solutions produites sous licence libre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interopérabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérience utilisateur
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts doivent être justifiés comme nécessaires à la phase de prototypage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de conception
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de marketing / communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts matériels pour la réalisation du prototype
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de personnels mobilisés sur le projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  au coût réel chargé pour les salariés (sur justifications des bulletins de salaires),
+ &lt;/li&gt;
+ &lt;li&gt;
+  au coût valorisé pour les non-salariés (utilisation de la grille des salaires du Syntec numérique) et dans la limite de 30 % du coût total du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts des services de consultants ou prestataires, utilisés exclusivement pour le projet (études d&amp;#039;ingénierie technique, études juridiques, test d&amp;#039;usages, coûts de maquettage, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T2" s="0" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/prototypes-numeriques</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Paul Chiron
+Délégation numérique : 05 57 57 83 49
+&lt;/p&gt;
+&lt;p&gt;
+ Myriam Drouet
+Délégation numérique : 05 57 57 74 08
+&lt;/p&gt;
+&lt;p&gt;
+ Cyrille Harnay
+Délégation numérique : 05 57 57 86 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/217d-prototypes-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>90733</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Financer des prestations d’études et de conseil (diagnostic, expertise, AMOA) permettant de définir une stratégie de transformation numérique et/ou de cybersécurité</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>Plafonné à 30 000€</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a pour but d&amp;#039;accompagner le financement des prestations d&amp;#039;études et de conseil (diagnostic, expertise, AMOA) permettant de définir votre stratégie de transformation numérique et/ou votre stratégie cybersécurité.
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectif
+&lt;/strong&gt;
+: A
+ccélérer l&amp;#039;appropriation des usages avancés du numérique des entreprises en les accompagnant grâce à des prestations de conseil spécialisé en vue de la future mise en oeuvre de projets numériques.</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ PME, ETI et associations ayant des activités lucratives avec un impact économique implantées en région Nouvelle-Aquitaine..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent à des prestations externes : frais d&amp;#039;études et de conseil (diagnostic en vue de définir votre projet de transformation numérique et/ou de cybersécurité, AMOA...)
+ &lt;br /&gt;
+ Taux d&amp;#039;intervention jusqu&amp;#039;à 50%, plafonné à 30 000€
+ &lt;br /&gt;
+ Base réglementaire SA 40453 PME
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La transformation numérique accompagne une transformation globale et continue qui nécessite d&amp;#039;agir sur 4 leviers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le client : Mettre le client final au cœur de la stratégie de développement et de la valeur de l&amp;#039;offre de l&amp;#039;entreprise et le transformer en ressource active, personnalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;organisation interne : Rendre son organisation plus agile, injecter de la transversalité et du mode projet, refondre ses dispositifs managériaux, mieux gérer ses stocks et ses flux
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;usage : passer du produit ou  du service à l&amp;#039;usage, proposer des offres globales incluant produit et services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les partenaires : mieux associer ses partenaires pour créer plus de valeur, savoir se coordonner et s&amp;#039;interfacer avec ses partenaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans cette perspective, une attention particulière sera portée aux engagements de l&amp;#039;entreprise en matière de RSE. Il est attendu que la transformation numérique de l&amp;#039;entreprise tienne compte des enjeux de sobriété et de sécurité numériques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/conseil-en-strategie-numerique</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délégation numérique
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Si vous êtes une PME ou une ETI non-industrielle : transfonum&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les PME et les ETI industrielles sont invitées à prendre directement contact avec nos services à l&amp;#039;adresse suivante : aides.eco&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c102-conseil-en-strategie-numerique/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>90901</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Aider au recrutement pour gérer la transformation numérique</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif permettra aux PME, aux ETI et aux associations avec une activité économique de recruter un(e) chef(fe) de projets transformation numérique. Ce(tte) dernier(ère) vous permettra d&amp;#039;assurer la mise en œuvre et le suivi du projet de transformation numérique au sein de l&amp;#039;entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Piloter la stratégie de transformation numérique au sein de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ PME, ETI ou association avec activité économique disposant d&amp;#039;une stratégie de transformation numérique clairement définie.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Recrutement en CDI d&amp;#039;un cadre qualifié en charge du projet de transformation numérique
+ &lt;br /&gt;
+ Prise en charge des 12 premiers mois du salaire brut charges sociales et patronales incluses
+ &lt;br /&gt;
+ Condition : création d&amp;#039;une fonction nouvelle dans l&amp;#039;entreprise et recrutement en CDI sur un statut de cadre ayant en charge la mise en œuvre de la stratégie de transformation numérique de l&amp;#039;entreprise. Cette fonction est de celle différente d&amp;#039;un DSI.
+ &lt;br /&gt;
+ Base réglementaire De Minimis
+ &lt;br /&gt;
+ Taux d&amp;#039;intervention jusqu&amp;#039;à 50% plafonné à 40 000 euros.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Si vous êtes une PME ou une ETI (hors industrie)
+  &lt;/strong&gt;
+  , vous pouvez télécharger le document de pré demande ci dessous et en le renvoyant dûment complété à l&amp;#039;adresse mail de contact indiquée dans la fiche.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les entreprises industrielles
+  &lt;/strong&gt;
+  sont invités à prendre directement contact avec nos services à l&amp;#039;adresse suivante :
+  aides.eco&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-recrutement-transformation-numerique</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>Délégation numérique
+14. rue francois de sourdis
+&lt;br /&gt;
+33000
+                                                    Bordeaux</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c11f-aide-au-recrutement-transformation-numerique/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>95031</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et aux manifestations dans les secteurs de l’économie culturelle et de la création numérique</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals et aux manifestations dans les secteurs des industries créatives</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du cinéma et de l&amp;#039;audiovisuel :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, diffuseurs et publics, et participer à la cohérence du territoire en termes culturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;emploi culturel et la pérennité des équipes de création en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la promotion des équipes artistiques en région, et au-delà du territoire régional,
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du livre :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir et accompagner la création littéraire contemporaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dynamiser le développement de la vie littéraire en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la professionnalisation et la coopération des acteurs du livre en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé en fonction de la nature, de l&amp;#039;ampleur, de la qualité du projet ainsi que des partenariats financiers établis. Une subvention pluriannuelle peut être proposée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations et structures culturelles de droit public ou privé ayant leur siège en région Grand Est, dont le projet est entièrement dédié à la promotion des oeuvres cinématographiques, audiovisuelles, nouveaux medias, du livre ou de la lecture et dont l&amp;#039;action se déroule en région Grand Est. Les collectivités territoriales. Les bénéficiaires doivent être implantés en région Grand Est ou y mener leur activité de façon effective.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du cinéma ou de l&amp;#039;audiovisuel , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   développer un projet culturel et artistique identifié et de qualité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;entourer d&amp;#039;une équipe compétente ou de professionnels pour l&amp;#039;organisation et la programmation du festival ou de la manifestation, respecter les conditions de rémunération des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier l&amp;#039;engagement d&amp;#039;au moins une collectivité publique locale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   équilibrer son budget prévisionnel et prouver la viabilité du projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du secteur du livre , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   soutenir et accompagner la création littéraire contemporaine,
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamiser le développement de la vie littéraire en région,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter la chaîne du livre et les conditions de rémunération des auteurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser la professionnalisation et la coopération des acteurs du livre en région, par exemple sous forme de rencontres professionnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une manifestation avec une programmation cohérente et de qualité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   participer au développement de l&amp;#039;économie du livre à l&amp;#039;échelle régionale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une stratégie de rayonnement régional voire national ou international,
+  &lt;/li&gt;
+  &lt;li&gt;
+   bénéficier d&amp;#039;une pluralité de financements et d&amp;#039;une part significative dédiée aux frais artistiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts liés à l&amp;#039;organisation des festivals et des manifestations sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-aux-manifestations-secteurs-de-leconomie-culturelle-de-creation-numerique/</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0022/depot/simple</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
+    livre&amp;#64;grandest.fr
+   &lt;/a&gt;
+   /
+   &lt;a href="mailto:cinema.audiovisuel&amp;#64;grandest.fr"&gt;
+    cinema.audiovisuel&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-ecoculture&amp;#64;grandest.fr"&gt;
+    versements-ecoculture&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépôt des dossiers :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  La date de réception par la Région du dossier complet doit être antérieure au démarrage de l&amp;#039;opération d&amp;#039;au moins 4 mois. L&amp;#039;ensemble de la procédure de dépôt des dossiers, dossier administratif et dossier de projet, ainsi que de sollicitation des versements de la subvention régionale octroyée, est dématérialisée Le dépôt de dossier s&amp;#039;effectue par voie électronique à l&amp;#039;une des adresses suivantes :
+  &lt;a rel="noopener" target="_blank"&gt;
+   cinema.audiovisuel&amp;#64;grandest.fr
+  &lt;/a&gt;
+  ou
+  &lt;a rel="noopener" target="_blank"&gt;
+   livre&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8aee-soutien-aux-festivals-et-aux-manifestations-d/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>161864</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers l’autonomie numérique - Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Mission Société Numérique</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif Conseiller numérique a été lancé en 2021 dans le cadre du volet inclusion numérique du plan France Relance. Aujourd&amp;#039;hui,  4000 conseillers numériques sont déployés partout en France pour accompagner les citoyens dans leurs usages quotidiens du numérique. &lt;/p&gt;&lt;p&gt;Les Conseillers numériques accompagnent les Français sur trois thématiques considérées comme
+prioritaires : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutenir les Français dans leurs usages quotidiens du numérique : travailler à distance,
+consulter un médecin, vendre un objet, acheter en ligne, etc. ;&lt;/li&gt;&lt;li&gt;Sensibiliser aux enjeux du numérique et favoriser des usages citoyens et critiques : s’informer et
+apprendre à vérifier les sources, protéger ses données personnelles, maitriser les réseaux sociaux,
+suivre la scolarité de ses enfants, etc. ;&lt;/li&gt;&lt;li&gt;Accompagner les Français vers l’autonomie pour réaliser des démarches administratives en
+ligne seul.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les structures d&amp;#039;accueil, publiques ou privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) doivent s&amp;#039;inscrire sur la plateforme conseiller-numérique.gouv.fr. Leur candidature sera alors étudiée par leur préfecture de rattachement, chargée de donner un avis motivé à l&amp;#039;Agence nationale de la Cohésion des Territoires, qui attribue les postes dans le cadre d&amp;#039;un Comité de sélection national.  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier de l&amp;#039;Etat s&amp;#039;organise selon les modalités suivantes : &lt;a href="https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/" target="_self"&gt;https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;A l’issue de sa formation initiale, le Conseiller numérique pourra engager des actions d’accompagnement auprès de tous types de publics au travers d’ateliers de groupes, de présentations et d’accompagnements individuels :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Prendre en main un équipement informatique (ordinateur, smartphone, tablette, etc.) ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Naviguer sur internet ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyer, recevoir, gérer ses courriels ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Installer et utiliser des applications utiles sur son smartphone ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer et gérer (stocker, ranger, partager) ses contenus numériques ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaître l’environnement et le vocabulaire numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprendre les bases du traitement de texte ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Échanger avec ses proches ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Trouver un emploi ou une formation ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner son enfant ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre ce que le numérique peut apporter à sa TPE/PME ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre la culture numérique.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les structures d’accueil, publiques et privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) France Services doivent s’inscrire sur la plateforme conseiller-numerique.gouv.fr. Leur candidature sera alors étudiée par la préfecture de département, chargée de donner un avis motivé à l’Agence nationale de la cohésion des territoires, qui attribue les postes dans le cadre d’un Comité de sélection national.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Pour les structures publiques, ce dispositif est ouvert aux :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collectivités territoriales et leurs groupements au sens de l’article L. 5111-1 du Code général des collectivités territoriales, la Métropole du Grand Paris ainsi que les établissements publics territoriaux et la Métropole de Lyon, les territoires et collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;établissements publics locaux qui leur sont rattachés : CCAS, CIAS, Offices publics de l’habitat… ;&lt;/li&gt;&lt;li&gt;GIP constitués de personnes morales de droit public ;&lt;/li&gt;&lt;li&gt;chambres consulaires, établissements publics administratifs sous tutelle de l’État ;&lt;/li&gt;&lt;li&gt;EPIC préalablement identifiés par l’État.&lt;/li&gt;&lt;li&gt;les services déconcentrés de l’État ne sont pas éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Les structures privées listées ci-dessous peuvent aussi accueillir des Conseillers numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;associations déclarées au sens de la loi du 1er juillet 1901 (loi 1908 en Alsace-Moselle) ;&lt;/li&gt;&lt;li&gt;entreprises relevant de l’économie sociale et solidaire au sens de la loi n°2014-856 du 31 juillet 2014 ;&lt;/li&gt;&lt;li&gt;entreprises sociales pour l’habitat ;&lt;/li&gt;&lt;li&gt;toute personne morale de droit privé poursuivant une mission d’intérêt général et n’ayant pas, à titre exclusif, un but lucratif.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des Conseillers numériques France Services. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l’ensemble du territoire. Les initiatives coordonnées sur un même territoire sont donc à favoriser.&lt;/span&gt;&lt;p&gt;&lt;span&gt;Un projet peut être porté par plusieurs structures, qu’elles soient publiques ou privées, dans la mesure où le Conseiller numérique exerce bien les activités présentées dans l’offre de services. Dans ce cas, une seule structure d’accueil sera identifiée pour instruire la demande de subvention, signaler la convention et percevoir la subvention. Elle sera l’employeur du Conseiller numérique et signataire à ce titre du contrat de travail.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conformément à la &lt;/span&gt;&lt;a href="https://cdn.conseiller-numerique.gouv.fr/cir_45126.pdf" target="_blank" rel="noopener noreferrer" role="link"&gt;circulaire interministérielle du 26 janvier 2021 relative à la mise en œuvre du volet « inclusion numérique » du plan France Relance&lt;/a&gt;&lt;span&gt; : « un Conseiller numérique ne peut venir qu’en complément des deux agents (ou plus) animant la France Services, sur les missions de conseil numérique qui sont les siennes ». Un Conseiller numérique ne peut pas être un des deux ETP d’un espace France Services.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/aide-structure</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:conseiller-numerique&amp;#64;anct.gouv.fr" target="_self"&gt;conseiller-numerique&amp;#64;anct.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>societe.numerique@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-vers-lautonomie-dans-lusage-du-numerique/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>127289</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
+   Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une
+ &lt;strong&gt;
+  subvention d&amp;#039;un taux maximum de 40%
+ &lt;/strong&gt;
+ du montant des dépenses éligibles, plafonnées à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé
+ &lt;strong&gt;
+  à hauteur de 20% minimum par la structure porteuse.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X2" s="0" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ Pour les projets relevant du secteur :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
-   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;strong&gt;
+   du spectacle vivant
+  &lt;/strong&gt;
+  :
+  &lt;span&gt;
+   Christine Vacher :
+   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+    christine.vacher&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du patrimoine
+  &lt;/strong&gt;
+  : Héloise Maillé - heloise.maille-virole&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   des arts plastiques
+  &lt;/strong&gt;
+  : Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
-&lt;/ul&gt;
-[...8 lines deleted...]
-   Contactez-nous à travers notre formulaire de contact
+ &lt;li&gt;
+  &lt;strong&gt;
+   du cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du livre et de la lecture
+  &lt;/strong&gt;
+  : Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b09-investissement-culturel-aide-aux-investisseme/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C3" s="1" t="inlineStr">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>120289</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de formations et d'actions de sensibilisation aux nouveaux usages numériques</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux usages numériques</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Formations, actions de sensibilisation, ateliers spécifiques, conseil et accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une intervention collective par territoire ou auprès des adhérents / membres / partenaires (1/2 journée)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une intervention par structure auprès des équipes (1/2 journée)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour créer un espace de co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès aux ressources et équipements du Moulin Digital :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ – Deux journées de coworking pour une personne à ROVALTAIN
+ &lt;br /&gt;
+ – Une journée d&amp;#039;utilisation de la salle de réunion du moulin digital, équipée de visioconférence
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour la mise en place de projets innovants, d&amp;#039;actions de sensibilisation au numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations de conseil pour l&amp;#039;organisation d&amp;#039;événements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition de la stratégie numérique des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Animation de formations numériques à destination des agents de la collectivité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organisation de Café-outils ou « 1h pour... » dans les territoires
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/nouveaux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Moulin Digital
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 83 50 58
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;lemoulindigital.fr"&gt;
+  contact&amp;#64;lemoulindigital.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://lemoulindigital.fr/"&gt;
+  www.lemoulindigital.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/177f-nouveaux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>116786</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales - Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>ADULLACT (Association des Développeurs et Utilisateurs de Logiciels Libres pour les Administrations et les Collectivités Territoriales)</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2016, le label Territoire Numérique Libre encourage les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales, en valorisant les choix stratégiques et techniques mis en place sur le territoire : mise en place d&amp;#039;une stratégie en faveur du libre, utilisation de logiciels et systèmes libres, mise à disposition des données publiques (open data), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Il récompense la mutualisation des ressources, le bon usage de l&amp;#039;argent public, et toutes les initiatives en faveur des biens communs numériques sur le territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le label Territoire Numérique Libre a été créé pour mettre en lumière les initiatives libres des collectivités, pour les promouvoir auprès des élus, des autres collectivités et des citoyens. C&amp;#039;est un marqueur fort pour toutes les collectivités engagées dans une démarche &amp;#34;Libre&amp;#34;.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La candidature au label Territoire Numérique Libre est gratuite, et ne nécessite aucune adhésion préalable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://territoire-numerique-libre.org/le-label/" rel="noopener" target="_blank"&gt;
+  Visitez notre site web pour plus d&amp;#039;informations.
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  votre collectivité utilise au moins un logiciel libre, dans ses services ou établissements scolaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous avez entrepris d&amp;#039;ouvrir vos données publiques (open data),
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous favorisez l&amp;#039;utilisation de formats de fichiers ouverts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les initiatives numériques libres sont encouragées sur votre territoire ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ... alors, vous êtes déjà un Territoire Numérique Libre !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les collectivités territoriales françaises de métropole ou d&amp;#039;outre-mer peuvent participer : villes, métropoles, communautés de communes, communautés d&amp;#039;agglomération, départements, régions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Il suffit de désigner un·e élu·e référent et un·e personne responsable de la candidature, et de compléter le questionnaire de candidature en ligne. La participation au label est entièrement gratuite, seule la fabrication de la signalétique est à la charge des collectivités lauréates.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez davantage d&amp;#039;informations sur notre page pour
+ &lt;a href="https://territoire-numerique-libre.org/candidat/" rel="noopener" target="_blank"&gt;
+  Être candidat
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://territoire-numerique-libre.org/le-label/</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Camille TILLATTE
+ &lt;br /&gt;
+ Chargée de Marketing et Communication à l&amp;#039;ADULLACT
+ &lt;br /&gt;
+ label&amp;#64;territoire-numerique-libre.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>camille.tillatte@adullact.org</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e457-encourager-les-usages-numeriques-libres-ouver/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>103486</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Investissement culturel - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>1 million € maximum</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Nature de l&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention d&amp;#039;un taux maximum de 40% du montant des dépenses éligibles, plafonnées à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé à hauteur de 20% minimum par la structure porteuse.
+&lt;/p&gt;
+&lt;h4&gt;
+ Cofinancements possibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
+   Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espace public
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires cibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-aux-investissements-numeriques</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les projets relevant du secteur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du spectacle vivant
+  &lt;/strong&gt;
+  :
+  &lt;span&gt;
+   Christine Vacher :
+   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+    christine.vacher&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du patrimoine
+  &lt;/strong&gt;
+  : Cécile Chenot -
+  &lt;a href="mailto:cecile.chenot&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   cecile.chenot&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou Véronique Cagnon -
+  &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   veronique.cagnon&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   des arts plastiques
+  &lt;/strong&gt;
+  : Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  &lt;a href="mailto:cinema.audiovisuel&amp;#64;iledefrance.fr"&gt;
+   cinema.audiovisuel&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du livre et de la lecture
+  &lt;/strong&gt;
+  : Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dae5-investissement-culturel-aide-aux-investisseme/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>157092</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un patrimoine vernaculaire valorisé (clos masure notamment)
+&lt;/p&gt;
+&lt;p&gt;
+ - Un allongement de la durée des séjours touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des parcours résidentiels facilités pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des centres bourgs dynamiques, des services proches des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - UN vieillissement de la population mieux anticipé et accompagné
+&lt;/p&gt;
+&lt;p&gt;
+ - Une offre locale de formation renforcée et adaptée
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accès aux services de soins facilité par des initiatives innovantes
+&lt;/p&gt;
+&lt;p&gt;
+ - Un maillage de solutions de mobilités adaptées au territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création de nouveaux services numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services à la population.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de l&amp;#039;offre de santé sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de partenariats avec des centres de formations locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Formation professionnelle
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>90946</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises touristiques dans leurs démarches de transformation numérique et l'expérimentation d'outils métiers</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide soutient les entreprises touristiques dans leurs démarches de transformation numérique et l&amp;#039;expérimentation d&amp;#039;outils métiers.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       &lt;strong&gt;
+        Objectifs
+       &lt;/strong&gt;
+       :
+      &lt;/li&gt;
+      &lt;li&gt;
+       accompagner la transformation numérique de la filière touristique comme facteur de développement et d&amp;#039;attractivité des territoires
+      &lt;/li&gt;
+      &lt;li&gt;
+       favoriser l&amp;#039;émergence et l&amp;#039;expérimentation de nouveaux outils métiers permettant aux acteurs institutionnels et professionnels du tourisme de la Nouvelle-Aquitaine d&amp;#039;améliorer la lisibilité/visibilité de leur destination et de répondre efficacement aux changements de comportements et d&amp;#039;usages des clientèles touristiques.
+      &lt;/li&gt;
+     &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés. Les SCI sont exclues du champ des aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% maximum d&amp;#039;un montant de dépenses éligibles plafonné à 60 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des dépenses : 8 000 €.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Dépenses éligibles
+   &lt;/strong&gt;
+   : prestation de développement, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux outils, ...
+   Expérimentation, d&amp;#039;intérêt régional,  de nouveaux outils métiers et/ou nouvelles compétences partagées :
+   démarches collectives (acteurs institutionnels et professionnels du tourisme) ancrées sur le territoire de la Nouvelle-Aquitaine
+   initiatives individuelles, pour les professionnels du tourisme, en vue d&amp;#039;un déploiement potentiel à la filière.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : diagnostic, tests utilisateurs et expérimentation territoriale, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux nouveaux outils.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez prendre contact afin de connaître les démarches à effectuer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/transformation-numerique</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19)
+Direction du tourisme
+27, boulevard de la Corderie. CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16)
+Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers
+05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64)
+Direction du tourisme
+14, rue François de Sourdis CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6727-transformation-numerique/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>101593</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transformation écologique et numérique des entreprises</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de contribuer à la transition écologique de votre territoire, les associations Initiative France proposent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de sensibiliser les porteurs de projets dans votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;analyser la &amp;#34;responsabilité écologique&amp;#34; des projets entrepreneuriaux du territoire lors de leur passage en comités d&amp;#039;agrément ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de mobiliser des experts sur la thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de valoriser des projets à forte dimension sociale et environnementale via le label Initiative Remarquable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de favoriser la transition écologique agricole en soutenant les projets d&amp;#039;agriculture biologique, les circuits-courts, la diversification, les technologies agricoles performantes au niveau environnemental...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, pour accélérer la transformation numérique des TPE du territoire, le réseau Initiative France pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à disposition des élus son réseau de partenaires  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  intégrer la dimension numérique dans la stratégie de développement des entreprises soutenues par le réseau Initiative France ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobiliser des experts sur les questions numériques pour accompagner les entrepreneurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La capacité d&amp;#039;action du réseau sera conditionnée par les moyens mis à disposition des associations  France, qui pourront être co-construits avec les différents partenaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir cartographie sur
+ &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer" rel="noopener" target="_blank"&gt;
+  https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>julie.leveque@initiative-france.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a303-accelerer-la-transformation-ecologique-et-num/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration de stratégies de transformation numérique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisition (dans la limite de 10% de l&amp;#039;assiette éligible), de construction et réhabilitation de bâtiments et études liées pour les tiers lieux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de construction et déploiement de réseaux et études liées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées au développement ou déploiement de nouvelles briques ou de nouveaux services numériques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;achats d&amp;#039;équipements numériques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 30 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>162524</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Développer un territoire inclusif et cohésif</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H3" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K3" s="1" t="inlineStr">
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q17" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>103245</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition d'équipements et la sécurisation des professionnels de santé libéraux</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...247 lines deleted...]
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre du plan Région solidaire, la Région s&amp;#039;engage aux côtés des professionnels libéraux omnipraticiens ou spécialistes d&amp;#039;accès direct, qu&amp;#039;ils exercent seuls ou en cabinet de groupe.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La Région peut participer :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    au financement d&amp;#039;acquisition d&amp;#039;équipements type mobilier et informatique à hauteur de 50% maximum de la dépense  dans la limite d&amp;#039;un plafond de subvention fixé à 15.000€
   &lt;/li&gt;
   &lt;li&gt;
    au financement d&amp;#039;acquisition d&amp;#039;équipements destinés à sécuriser les locaux professionnels (portes blindées, clés de sûreté, etc...) à hauteur de 50-70% maximum de la dépense  dans la limite d&amp;#039;un plafond de subvention fixé à 15.000€
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Démarche :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt du dossier de candidature sur la plateforme des aides régionales (
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  ).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A noter :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Acquisition
    d&amp;#039;équipements (mobiliers et informatiques)
   &lt;/li&gt;
   &lt;li&gt;
    Sécurisation
    des cabinets médicaux
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P4" s="1" t="inlineStr">
+      <c r="P18" s="1" t="inlineStr">
         <is>
           <t>05/05/2021</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Professionnels de santé libéraux exerçant seuls ou en cabinet de groupe :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    omnipraticiens ou spécialistes de premier recours,
   &lt;/li&gt;
   &lt;li&gt;
    masseurs-kinésithérapeutes,
   &lt;/li&gt;
   &lt;li&gt;
    infirmiers,
   &lt;/li&gt;
   &lt;li&gt;
    sages-femmes.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Ce dispositif ne peut être sollicité qu&amp;#039;une seule fois par bénéficiaire, dans la limite de 30.000€ au maximum par cabinet médical en veillant à respecter l&amp;#039;équilibre entre professionnels médicaux et paramédicaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/soutien-au-maintien-et-la-securisation-des-professionnels-de-sante-liberaux</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Magdouda Bendjebla :
  &lt;a href="mailto:magdouda.bendjebla&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   magdouda.bendjebla&amp;#64;iledefrance.fr
  &lt;/a&gt;
  / t
  él. :
  01.53.85.74.62
 &lt;/p&gt;
 &lt;p&gt;
  Aurélie Deltombe :
  &lt;a href="mailto:aurelie.deltombe&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   aurelie.deltombe&amp;#64;iledefrance.fr
  &lt;/a&gt;
  /
  tél. :
  01.53.85.69.52
 &lt;/p&gt;
 &lt;p&gt;
  Véronique Boislaville :
  &lt;a href="mailto:veronique.boislaville&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   veronique.boislaville&amp;#64;iledefrance.fr
  &lt;/a&gt;
  /
  tél. :
  01.53.85.75.77
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b347-soutien-au-maintien-et-a-la-securisation-des-/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-      <c r="A5" s="1">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>165115</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’accès aux soins dans les zones sous denses</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Soutien à l’accès aux soins dans les zones sous denses</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
+      <c r="I19" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer les réponses aux besoins de la population en matière de santé, de soins de premiers recours et de premiers secours ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 300 000 €.&lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une collectivité ou groupement de communes ; leurs SPL (Sociétés Publiques Locales) ou les SEM (Sociétés d’Economie Mixte) dans le cadre d’un bail emphytéotique avec la collectivité d’implantation&lt;/li&gt;
 &lt;li&gt;Une association Loi 1901, Loi 1905 ou Loi 1908 (sans but lucratif)&lt;/li&gt;
 &lt;li&gt;Un établissements de santé public et privé à but non lucratif&lt;/li&gt;
 &lt;li&gt;Un regroupement de professionnels de santé, qui peuvent être libéraux ou salariés, médicaux ou paramédicaux : Société Civile Immobilière, Société Interprofessionnelle de Soins Ambulatoires, association, Communauté Professionnelle Territoriale de Santé, Equipe de Soins Primaires, etc.&lt;/li&gt;
 &lt;li&gt;Un professionnel de santé référencé dans l’annuaire de l’Assurance Maladie.&lt;/li&gt;
 &lt;li&gt;Un bailleur public ou privé sous réserve qu’il réponde à un intérêt public défini avec les autres co financeurs.&lt;/li&gt;
 &lt;li&gt;Une mutualité, une fondation, un régime de sécurité sociale, une société coopérative d’intérêt collectif.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne notamment&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;La création, rénovation et extension de Maisons de Santé Pluri professionnelles (MSP)&lt;/li&gt;
 &lt;li&gt;La création, rénovation et extension de Centres de Santé (CDS)&lt;/li&gt;
 &lt;li&gt;L’acquisition d’équipement médical mutualisé ou non entre plusieurs professionnels de santé intervenant dans une même structure.&lt;/li&gt;
 &lt;li&gt;L’acquisition de vecteurs mobiles contribuant à la mise en œuvre de projets de promotion de la santé voire de soins, etc.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;L’aide couvre exclusivement la dépense d’investissement avec un taux d’intervention plafonné à 50% des dépense éligibles.&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;L’aide est plafonnée selon le tableau de &lt;a href="https://www.grandest.fr/wp-content/uploads/2024/07/presentation-des-aides-2024-1.pdf"&gt;présentation des aides&lt;/a&gt; 2024&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches. Puis déposez votre demande en ligne.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Santé
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P5" s="1" t="inlineStr">
+      <c r="P19" s="1" t="inlineStr">
         <is>
           <t>12/07/2024</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/acces-soins-zones-sous-denses/</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W19" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0287/depot/simple</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En fonction de votre département voici votre interlocuteur :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour l’Aube et les Ardennes : Sandrine Poittevin – Tel : 03 26 70 66 61 ou 07 88 80 59 14 – sandrine.poittevin&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Marne et la Haute-Marne : Patricia Larcier – Tel : 03 26 70 78 04 – patricia.larcier&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Meuse et les Vosges : Tiphaine Gambini – Tel : 03 87 33 64 54 – tiphaine.gambini&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Meurthe-et-Moselle et la Moselle : Sophie Charpentier – Tel : 03 87 61 66 93 – sophie.charpentier&amp;#64;grandest.fr&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour la Collectivité Européenne d’Alsace : Emma Bordes  – Tel : 03 88 15 39 63 – emma.bordes&amp;#64;grandest.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacces-aux-soins-dans-les-zones-sous-denses/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>159897</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour la santé de tous et prendre soin des populations les plus fragiles</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Renforcer l&amp;#039;accès à la santé, garantir le bien-être aux habitants du territoire, accompagner les étapes clef de la vie, soutenir les personnes les plus vulnérables
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+ Les services publics et aux publics demeurent une demande prioritaire sur le territoire du GAL de la part de ses habitants. Cela recouvre une large palette de domaines ou de préoccupations.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette fiche-action ambitionne ainsi d&amp;#039;apporter une attention toute particulière à l&amp;#039;accès à la santé pour toutes et tous, ainsi qu&amp;#039;au soin apporté aux populations vulnérables et/ou dans les tranches d&amp;#039;âge de vie qui en ont le plus besoin : petite enfance, séniors, personnes en situation de handicap... ou encore personnes aidantes s&amp;#039;occupant d&amp;#039;un proche malade ou en situation de handicap.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accès aux services de santé
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes visant l&amp;#039;élaboration de « projets de santé » sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude programmatique portant sur de l&amp;#039;immobilier à destination des professionnels de santé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;aide au démarrage, la mobilisation, la coordination et l&amp;#039;animation d&amp;#039;une dynamique collective des professionnels de santé en lien avec les EPCI et les structures concernées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie et investissements favorisant la prévention santé auprès du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouvelles structures de santé pluridisciplinaire, ou extension ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou réhabilitation de logements permettant l&amp;#039;accueil de stagiaires, internes, ou autres professionnels de santé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accès aux services de la petite enfance
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de services de garde d&amp;#039;enfants en partenariat avec une collectivité : investissements pour la création et l&amp;#039;agrandissement de structures de garde type établissement d&amp;#039;accueil du jeune enfant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant notamment de développer des actions autour de la parentalité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des personnes âgées
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions favorisant le maintien à domicile : création ou amélioration de services, de structures, d&amp;#039;habitats regroupés via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions permettant de renforcer les liens intergénérationnels : création ou amélioration de services, de structures, via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des personnes en situation de handicap
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création ou amélioration de services, de structures, permettant de maintenir voire de renforcer la vie sociale via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des proches aidants
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création ou amélioration de services, de structures permettant d&amp;#039;offrir du répit et du soutien aux personnes proches aidantes, via des actions d&amp;#039;ingénierie ou des investissements portant sur des équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accès aux droits pour les personnes éloignées (géographiquement et/ou culturellement des centres de ressources publiques)
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui à l&amp;#039;ingénierie pour faciliter l&amp;#039;accès aux droits pour les publics les plus éloignés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Equipement public
+Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole, les bailleurs sociaux privés hors SEM.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les dépenses d&amp;#039;équipements de matériel de santé.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f098-valoriser-les-elements-identitaires-et-le-pat/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>120897</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Innov'up Expérimentation Transition écologique des territoires</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 45</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>La limite de 500.000€ de subvention et 500.000€ d’avance récupérable.</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région, Bpifrance et leurs partenaires accompagnent les TPE, PME et ETI d&amp;#039;Île-de-France qui expérimentent des solutions innovantes en réponse aux enjeux de transition écologique des territoires franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bpifrance
+ &lt;/strong&gt;
+ accompagne les entreprises vers la transition écologique via son plan Climat, qui soutient les greentechs et offreurs de solution « verte » et les investissements dans la filière énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cap Digital
+ &lt;/strong&gt;
+ est le 1er collectif européen d&amp;#039;innovateurs du numérique et de la transition écologique. Il regroupe plus de 1.000 structures dont des PME, grandes entreprises/ETI/EPIC, écoles/universités/labos et des fonds d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Fondation Solar Impulse
+ &lt;/strong&gt;
+ vise à stimuler l&amp;#039;adoption de solutions innovantes rentables pour protéger l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Construire au Futur, Habiter le Futur
+ &lt;/strong&gt;
+ réunit 120 partenaires (collectivités territoriales, établissements publics, start-up, grands groupes industriels, fédérations pro, universités...) voulant construire l&amp;#039;industrie de la construction de demain, innovante, verte, modulaire, et plus proche des usages des clients/bénéficiaires.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Ce programme vise à expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique rencontrés par les territoires franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les projets ciblés répondent aux priorités identifiées dans le cadre du SRDEII « Impact 2028 » :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Éco-construction,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mobilité et logistique durables,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Déchets et économie circulaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sobriété et Énergie décarbonée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adaptation et résilience,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nature et biodiversité.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Les solutions doivent être expérimentées avec les acteurs directement impliqués dans la mise en œuvre de la transition du territoire francilien :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Acteurs publics locaux (communes, EPCI, syndicats...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acteurs privés en situation de délégation de service public,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sociétés privées (dès lors qu&amp;#039;elles participent de la mise en œuvre de solutions au service des territoires).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les entreprises franciliennes, TPE, PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat devra posséder au moins 1 établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
+&lt;/p&gt;
+&lt;p&gt;
+ Les partenaires du programme, Cap Digital, la fondation Solar Impulse et l&amp;#039;association « Construire au Futur, Habiter le Futur », sont mobilisés pour  fournir aux territoires et aux entreprises un accompagnement opérationnel à l&amp;#039;identification de partenaires et à la qualification des projets  d&amp;#039;expérimentation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises, l&amp;#039;aide peut prendre la forme d&amp;#039;
+ &lt;strong&gt;
+  une subvention et/ou une avance récupérable (AR), dans la limite de 500.000€ de subvention et 500.000€ d&amp;#039;avance récupérable.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise (de 25% à 45%).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts admissibles dans le cadre du projet doivent rentrer dans les catégories de coûts éligibles au régime cadre exempté numéro SA. 58995 relatifs aux aides à la recherche, au développement et à l&amp;#039;innovation (RDI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  L&amp;#039;ensemble des critères sont précisés dans le cahier des charges.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide est à déposer sur la plateforme
+ &lt;/strong&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  &lt;strong&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/strong&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide doit être déposée
+ &lt;strong&gt;
+  avant le démarrage du projet.
+ &lt;/strong&gt;
+ Toute dépense antérieure ne pourra pas être prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidatures peuvent être déposées « au fil de l&amp;#039;eau » et sont relevées régulièrement tout au long de l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, n&amp;#039;hésitez pas à consulter le cahier des charges et le règlement d&amp;#039;intervention Innov&amp;#039;up dans les documents téléchargeables.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant tout dépôt de dossier, il est vivement recommandé de contacter les partenaires du programme pour vous accompagner dans la qualification de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous proposons un webinaire afin de vous présenter le programme, vous expliquer les priorités régionales et répondre à vos questions pour bien candidater.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/innovup-experimentation-transition-ecologique-des-territoires</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:innovup-transition-ecologique&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ innovup-transition-ecologique&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c5b-innovup-experimentation-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>94236</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans un projet santé ou médico-social à impact social positif</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne le développement des entreprises portant un projet ayant un impact social positif dans l&amp;#039;un des 5 secteurs suivants.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Santé : projet de maisons de répit ou d&amp;#039;accès aux aides techniques par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vieillissement : projet de renforcement des liens intergénérationnels ou de services d&amp;#039;accompagnement dans la perte d&amp;#039;autonomie par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Handicap : projet de solutions techniques de gestion de la perte d&amp;#039;autonomie ou d&amp;#039;emploi de personnes en situation de handicap par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petite enfance : projet de création de crèches adaptées aux enfants en situation de handicap par exemple.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habitat : projet de foncières solidaires ou création de maisons intergénérationnelles par exemple.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien de la Banque des Territoires s&amp;#039;adresse aux entreprises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  En phase de développement, à condition de présenter au moins 3 années de comptes de résultats et des fonds propres positifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En changement d&amp;#039;échelle, en accord avec un plan de développement établi.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour un projet éligible, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Proposer un accompagnement en ingénierie pour développer le projet avant son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investir en fonds propres et/ou quasi-fonds propres dans la structure ou dans le projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Handicap
+Santé
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_sante_medico_social_psat</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdbc-investir-dans-linnovation-sociale-pour-la-san/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>162482</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services et les activités en milieu rural (fiche-action 1)</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J6" s="1" t="inlineStr">
+      <c r="J23" s="1" t="inlineStr">
         <is>
           <t>1 € de cofinancement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Composé de deux communautés de communes, le Groupe d’Action Locale
 (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du
 département de la Manche. Les communautés de communes Coutances mer et bocage
 et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le
 prochain programme LEADER 2023-2027.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;LEADER signifie
 Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme
 européen qui permet aux territoires ruraux concernés de bénéficier du Fonds
 Européen Agricole pour le Développement Rural (FEADER). &lt;/span&gt;Le GAL du Pays de
 Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur
 de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Les bénéficiaires
 peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils
 sont précisés dans chaque fiche-action.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;span&gt;Quelles sont les actions concernées ?&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Les actions
 doivent être innovantes et répondre à la stratégie du territoire : “ Agir
 ensemble pour une transition solidaire et durable “.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;4 axes de
 développement ont été retenu pour l’élaboration des fiches actions, auxquelles
 les projets devront répondre.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Attractivité du territoire&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Cadre de vie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Agriculture, alimentation et énergie locale&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
 &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Economie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;u&gt;&lt;span&gt;6 fiches actions élaborées :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 1 : Développer les services et activités en zone rurale&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 2 : Développer des solutions de mobilité durables&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 4 : Adapter le bâti existant&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;•                     Fiche-action
 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les actions devront proposer des opérations visant
 à maintenir, compléter ou créer un service sur le territoire afin d’améliorer
 la vie quotidienne des habitants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les opérations permettant
 d’améliorer l’offre de services médicaux, par exemple en attirant des
 professionnels de santé médicale ou paramédicale en leur proposant des
 conditions de travail attractives et décentes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions améliorant ou
 maintenant la vitalité des communes, en lien avec les commerces et services
 (marchands ou non marchands) de proximité, les activités proposées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions facilitant la
 cohésion des acteurs, notamment au sein du tissu associatif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;span&gt;Les actions facilitant l’accès aux services et
 activités, pour tous les types de public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Santé</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P6" s="1" t="inlineStr">
+      <c r="P23" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q6" s="1" t="inlineStr">
+      <c r="Q23" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus
 sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;améliorer le cadre de vie des habitants, il est important de soutenir les
 actions permettant d’améliorer les offres de services et d’activités sur le
 territoire, et leur accessibilité.&lt;/p&gt;&lt;p&gt;Une offre de services plus étoffée permettra
 notamment de mieux accompagner la population vieillissante, avec des offres au
 plus proche, que ce soit pour des soins médicaux ou pour des accompagnements
 administratifs. De plus, cela améliorera l’attractivité du territoire, et
 contribuera ainsi à l’installation de jeunes actifs.&lt;/p&gt;&lt;p&gt;Les services concernés sont les commerces, les
 nouvelles technologies de l’information et de la communication, le maintien et
 le développement des structures de santé, les services relatifs à l’accueil de
 la petite enfance et des nouveaux habitants, les services d’insertion,
 formation et emploi, les services pour développer des nouvelles formes de
 travail (espace dédiés au télétravail, espace de travail partagé, tiers lieux),
 les services administratifs, les services améliorant la vie des personnes âgées
 et des personnes isolées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Véhiculer une
 image attractive du territoire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Accueillir des
 familles et des jeunes actifs&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Contribuer au
 développement de l’offre de santé&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Conserver et
 développer les commerces et services de proximité&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Rendre accessible
 les loisirs et activités au plus grand nombre&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Développer
 l’accès et la formation au numérique&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances est composé de 2
 animatrices et gestionnaires, Céline Guérard et Marie-Anne Jourdan. Elles sont
 là pour vous aider à finaliser votre projet, vous orienter sur les aides
 disponibles, et vous aider à compléter le dossier.&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Communauté de
 communes Coutances mer et bocage&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Hôtel de
 Ville_ Place du Parvis_50 200 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;50200
 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Céline
 GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Marie-Anne
 JOURDAN : &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-des-fonds-europeens-leader-du-pays-de-coutances/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>103324</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Santé numérique et innovation</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intelligence artificielle, télémédecine... Alors que le système de santé est en évolution rapide, la Région soutient les projets qui misent sur les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets proposés doivent prioritairement concerner l&amp;#039;une ou plusieurs des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Innovation en santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intelligence artificielle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Télémédecine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléconsultation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléexpertise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des professionnels de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la prise en charge des patients.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention en fonctionnement :
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention régionale est fixée à 50% de la dépense subventionnable (total des dépenses éligibles). Le montant de subvention est fixé au plafond de 50.000€ par an et par opérateur pour un même projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;un dispositif régional pouvant être sollicité durant toute l&amp;#039;année en fonction de la disponibilité des crédits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être déposées en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P24" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2019</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations relevant de la loi de 1901 et les fondations reconnues d&amp;#039;utilité publique, existantes depuis au moins 1 an.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets innovants et emblématiques :
+  &lt;/strong&gt;
+  les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets de recherche :
+  &lt;/strong&gt;
+  les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère scientifique, culturel et professionnel.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/sante-numerique-et-innovation</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service santé :
+ &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  sante&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ et
+ &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  pierre.faivre&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01.53.85.53.85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dfa-sante-numerique-et-innovation/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>117496</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le développement des villes</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les transports propres et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales qui sont spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements, ainsi que des équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers-lieux d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter les friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour de tels projets, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études visant à structurer le montage économique, financier et juridique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser un accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>90915</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Prototyper les innovations pour un numérique responsable</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la feuille de route régionale pour un Numérique Responsable 2020-2022, la Région Nouvelle-Aquitaine souhaite favoriser l&amp;#039;émergence de solutions numériques au bénéfice de la transition sociale et environnementale, en permettant le prototypage d&amp;#039;innovations numériques à impact positif.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;br /&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;émergence de solutions numériques à impact environnemental positif en soutenant le prototypage des technologies, services, produits et outils innovants, durables, et à fort potentiel, dédiés à la protection de l&amp;#039;environnement et à la transition environnementale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;innovation numérique pouvant conduire à la création d&amp;#039;outils, de services ou de produits à impact social positif en matière notamment d&amp;#039;insertion professionnelle et d&amp;#039;employabilité, d&amp;#039;accès et de maintien dans l&amp;#039;emploi, d&amp;#039;inclusion, de médiation, d&amp;#039;éducation, de santé, de solidarité, d&amp;#039;accès au logement, de lutte contre les discriminations, de lutte contre la pauvreté ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider la filière numérique à innover dans les technologies, les process de création ou encore les modèles économiques pour concevoir ses produits et services de façon moins impactante.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Biodiversité
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ C&amp;#039;est un appel à projets permanent
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Les entreprises (sauf les autoentrepreneurs et les micro-entrepreneurs) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations et les syndicats professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les collectivités et établissements publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats doivent impérativement justifier, à la date du dépôt de dossier, d&amp;#039;avoir leur siège social en Nouvelle-Aquitaine et s&amp;#039;engagent à réaliser la majorité des travaux relatifs au projet sur le territoire régional.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Pertinence du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Impact : gain environnemental et/ou social attendu à l&amp;#039;issue du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dimension innovante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nécessité de prototyper et méthodologie de tests
+ &lt;/li&gt;
+ &lt;li&gt;
+  Méthodologie de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compétences du porteur de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partenariats et collaboration avec les acteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Viabilité du modèle économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pérennité technique et opérationnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utilisation des technologies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utilisation des technologies libres ou utilisation éthique des données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Comment faire ma demande ?
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Il est recommandé de prendre contact avec le service en amont du dépôt de candidature.
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Télécharger et remplir le dossier de candidature, ainsi que le modèle de budget fourni ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Préparer les pièces justificatives demandées dans le dossier de candidature ;Renvoyer le dossier par e-mail à :
+   protoimpact&amp;#64;nouvelle-aquitaine.fr
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/proto-impact-prototyper-les-innovations-pour-un-numerique-responsable</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délégation numérique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d1bc-proto-impact-prototyper-les-innovations-pour-/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>163685</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les innovations et nouvelles technologies numériques au service des transitions</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Innovation numérique responsable</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide à l&amp;#039;innovation numérique responsable vise à encourager les innovations et nouvelles technologies numériques au service des transitions (innovations à impact environnemental, social, sociétal, territorial) et/ou qui visent à diminuer leur propre empreinte environnementale (enjeu de sobriété).
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Les projets devront répondre à un ou plusieurs des objectifs suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;un numérique sobre : en réduisant sa consommation énergétique et donc son empreinte environnementale ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique durable : qui tienne compte du cycle de vie ou qui augmente la durée de vie des matériels et services numériques ou leur recyclabilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique maîtrisé : par le développement de solutions open source ou de communs numériques, par le renforcement de la cybersécurité et l’interopérabilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique inclusif : qui agit pour plus d’accessibilité et d’égalité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique accélérateur des ambitions de la feuille de route régionale Néo Terra.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L&amp;#039;aide prend la forme d&amp;#039;une subvention. &lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;intervention de la subvention est défini en fonction de la nature du porteur de projet et des dépenses éligibles. Il ne peut pas excéder 50%, sauf le développement de logiciels libres et de communs numériques qui pourra être soutenu jusqu’à 60% d&amp;#039;intervention. Pour cela, le demandeur devra être en mesure de justifier d’une stratégie de création de communauté pertinente et d’un modèle économique durable adapté.&lt;/p&gt;&lt;p&gt;La subvention n&amp;#039;est pas accordée à titre général mais affectée à la réalisation du projet (pas de soutien au fonctionnement des structures).&lt;/p&gt;&lt;p&gt;Une part d&amp;#039;autofinancement est attendue des porteurs de projets.&lt;/p&gt;&lt;p&gt;Coûts éligibles :&lt;/p&gt;&lt;p&gt;Coûts de conception &lt;/p&gt;&lt;p&gt;Coûts de développement &lt;/p&gt;&lt;p&gt;Dépenses de personnels mobilisées sur le projet : &lt;/p&gt;&lt;p&gt;au coût réel chargé sur justifications des salaires ; &lt;/p&gt;&lt;p&gt;au coût valorisé pour les non-salariés qui ne pourra pas excéder 30% du montant des dépenses éligibles (la prise en compte des dépenses de personnels non salariés sera limitée aux porteurs de projets de type association ou entreprises de moins de 3 ans) &lt;/p&gt;&lt;p&gt;Frais de déplacements nécessaires au projet (limité à 5 % de l’assiette éligible) &lt;/p&gt;&lt;p&gt;Frais généraux (limité à 20 % des dépenses de personnel) &lt;/p&gt;&lt;p&gt;Coûts des services de consultants ou prestataires (y compris les études) utilisés exclusivement pour le projet &lt;/p&gt;&lt;p&gt;Investissements matériels&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Des projets individuels ou collaboratifs pourront être soutenus. &lt;/p&gt;&lt;p&gt;Pour les projets d’innovation technologique : &lt;/p&gt;&lt;p&gt;Entreprises et associations des filières numérique, robotique et électronique &lt;/p&gt;&lt;p&gt;Le caractère innovant du projet sera déterminant. &lt;/p&gt;&lt;p&gt;Pour les innovations à visée collective :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprises&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités et autres acteurs publics et parapublics. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le caractère d’intérêt général et/ou les retombées sur le territoire du projet seront déterminants.&lt;/p&gt;&lt;p&gt;Critères de sélection : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Dimension innovante en termes d’usages, de services et/ou de technologies &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Impact / création de valeur : environnementale, sociale, territoriale, économique, d’intérêt général &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Viabilité, pérennité technique et opérationnelle du projet &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Interopérabilité, réutilisabilité, ouverture du projet&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Capacité du porteur de projet &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Utilisation éthique des données&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Partenariats et collaboration avec les acteurs locaux&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’intensité de l’aide régionale sera modulée suivant le cumul de plusieurs critères : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Création ou utilisation d’un ou plusieurs communs numériques et utilisation des technologies libres&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Cybersécurité &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’éco-conception numérique &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Impact environnemental, social et sociétal démontré &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Analyse cycle de vie du produit&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/innovation-numerique-responsable</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;étudier l&amp;#039;éligibilité de votre demande, la fiche de renseignements est à renvoyer dûment complétée à la Délégation Numérique : innovation-numerique&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innovation-numerique-responsable/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>101387</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Financer la santé numérique et les services liés au prendre soin</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+entreprise privée (opérateur, investisseur, exploitant ou société de services
+portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
+entreprise à mission ou corporate venture) et vous développez un projet de
+services relatifs à la santé et au prendre soin ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des Territoires vous permet de
+bénéficier d’un financement adapté à votre projet, de profiter de l’expertise
+d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
+propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
+service lié à la e-santé et au médico-social, comme la transition numérique des
+établissements de santé, l’usage du numérique pour la prévention, les
+technologies innovantes au service des soignants, ou encore un service à impact
+social lié au prendre soin dans la santé, le vieillissement, le handicap, la
+petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
+« tiers de confiance », la Banque des Territoires propose de financer
+les projets portant une logique d’intérêt général sous la forme d’apports en
+capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
+d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
+aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
+la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
+données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
+de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
+sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
+des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
+&lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
+l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
+transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
+et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Santé
+Technologies numériques et numérisation
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>165507</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent réseau des pôles européens d'innovation numérique (EDIH) IA - 2026</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent EDIH IA - 2026</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;79,2 millions d&amp;#039;euros &lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 79,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 1 million d&amp;#039;euros et 3 millions d&amp;#039;euros par projet.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  La subvention accordée peut être inférieure au montant demandé  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Consolider le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) afin de couvrir toutes les régions de l&amp;#039;Union Européenne et des pays associés en renforçant ses performances et sa capacité à répondre aux besoins locaux, régionaux, nationaux et européens en matière de numérisation&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes afin de faire progresser les objectifs collectifs de l&amp;#039;Europe en matière de climat et d&amp;#039;environnement&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Les propositions doivent être soumises par des pôles d&amp;#039;innovation numérique européens candidats issus de pôles EDIH existants financés par le programme « Europe numérique » et de pôles EDIH ayant obtenu le label d&amp;#039;excellence, tels qu&amp;#039;énumérés dans la &lt;a href="https://eur-lex.europa.eu/eli/dec_impl/2023/1534/oj" target="_blank" rel="nofollow noopener"&gt;décision d&amp;#039;exécution 2023/1534 de la Commission&lt;/a&gt; établissant le réseau initial de pôles EDIH.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-eu-eaa-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-EDIH-EU-EEA-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P29" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q29" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : CNECT-DIH&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>165509</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q30" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>77381</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Financer les services numériques pour accélérer et sécuriser la transition numérique des territoires</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Financement de vos projets de services numériques</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+portez un projet de services numériques en tant que collectivité locale,
+entreprise publique locale, entreprise ou acteur financier privé, association
+représentative d’élus et de collectivités, société innovante ou bailleur
+social ? Vous êtes à la recherche d’un financement pour un projet lié à la
+souveraineté numérique, à l’accompagnement de territoires intelligents ou
+encore à la transition numérique ? La Banque des Territoires peut investir
+dans le développement de services numériques contribuant au développement
+économique sobre et à l’attractivité des territoires.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre
+d’investissement concerne quatre domaines de services numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;la gestion de la donnée territoriale
+;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les services numériques liés aux
+villes et territoires intelligents ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la
+souveraineté numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les services numériques liés à
+l’habitat.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le
+financement proposé peut se faire sous la forme d’apports en capitaux en fonds
+propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Technologies numériques et numérisation
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=services_numeriques_psat</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>117631</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Créer des centres de formation ou développer de nouvelles formations  pour accompagner l'innovation et la transformation digitale dans l'industrie</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Offre d’amorçage pour la création de centres de formation</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous accompagne dans votre projet de création d&amp;#039;un centre de formation ou de développement de nouvelles formations dans une structure existante. Objectif : soutenir l&amp;#039;innovation, la transformation digitale, la reconversion des industries ou encore rendre plus attractif les métiers industriels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=centre_formation_psat</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+  Votre contact en région
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9101-creer-des-centres-de-formation-ou-developper-/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>131407</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Développer des technologies numériques et émergentes pour la compétitivité en  adéquation avec le Pacte Vert</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Technologies numériques et émergentes pour la compétitivité et l'adéquation avec le Pacte Vert - 2024</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.4 Numérique, Industrie et Espace - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Technologies numériques et émergentes au service de la compétitivité et de l&amp;#039;adaptation au Pacte Vert qui vise à réaliser et à exploiter des avancées majeures dans le domaine de la science et de la technologie, à maintenir l&amp;#039;excellence scientifique de l&amp;#039;Europe et à garantir la souveraineté de ces technologies clés qui devraient avoir une incidence sur la société en contribuant à relever les grands défis sociétaux touchant à l&amp;#039;environnement.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Montant par topic :
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : 15 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04: 60 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : 18 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22 : 13,5 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03 : 30 millions d&amp;#039;euros
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;strong&gt;
+ Différentes catégories de projets sont éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ De même, les appels précisent les bénéficiaires attendus :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ TOPICS
+&lt;/span&gt;
+:   A venir
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : Usine d&amp;#039;innovation photonique pour l&amp;#039;Europe (Partenariat photonique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04 : Leadership industriel en matière d&amp;#039;IA, de données et de robotique au service de la compétitivité et de la transition écologique (Partenariat IA, données et robotique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : Photonique intelligente pour la communication, la détection et l&amp;#039;accès conjoints partout (Partenariat Photonique) (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22: Fondamentaux du génie logiciel (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03: Nouveaux paradigmes et approches, vers des robots alimentés par l&amp;#039;IA - changement d&amp;#039;étape dans la fonctionnalité (Partenariat IA, données et robotique) (RIA)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL4-2024-DIGITAL-EMERGING-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,0;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;43120193;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;45355292;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la Direction Générale (EN)
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43; (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0ee-horizon-europe-technologies-numeriques-et-eme/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>164157</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Financer des technologies propres</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 65</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zone AFR</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Est considéré comme une technologie propre éligible, un investissement de lutte contre la pollution ou 
+contribuant à l’adaptation ou l’atténuation au changement climatique, faisant partie intégrante de la chaine de 
+production.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q34" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles, les investissements de 
+lutte contre la pollution ou 
+contribuant à l’adaptation ou 
+l’atténuation au changement 
+climatique, faisant partie intégrante 
+de la chaine de production. &lt;/p&gt;&lt;p&gt;Pour microentreprises concernant la 
+pollution classique : sont éligibles les 
+actions exclusivement groupées sur les 
+secteurs où un enjeu relatif à la 
+pollution classique a été démontré.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-operations-preliminaires-a-lepuration-ou-a-un-raccordement/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>165511</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l'utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l&amp;apos;utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;6 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 6 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : maximum 750 000 euros par projet&lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Financer les activités des centres nationaux ou régionaux indépendants afin d&amp;#039;assurer la couverture des zones géographiques couvertes par les centres EDMO dont le financement prend fin en 2026&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : renforcer la surveillance et l&amp;#039;analyse de l&amp;#039;environnement informationnel en ligne, détecter et dénoncer les campagnes de désinformation, dans le but de contribuer à la connaissance de la situation dans l&amp;#039;ensemble de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : soutenir l&amp;#039;intégrité des élections en surveillant et en analysant les campagnes de désinformation et les manipulations liées aux élections&lt;/li&gt;    &lt;li&gt;Priorité n° 3 : mettre l&amp;#039;accent sur le renforcement de la résilience sociale et l&amp;#039;intensification des efforts de sensibilisation et de communication afin de toucher un large public et de concevoir des réponses efficaces adaptées aux publics nationaux&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats indépendants (bénéficiaires ; pas d&amp;#039;entités affiliées) doit être constitué et le coordinateur du consortium doit être établi dans un État membre de l&amp;#039;UE couvert par le pôle.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 18 mois&lt;/li&gt;    &lt;li&gt;Contact : &lt;a href="https://european-union.europa.eu/contact-eu/write-us_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-bestuse-tech-edmo-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-BESTUSE-TECH-EDMO-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q35" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-accelerer-lutilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>165330</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’innovation en promouvant le développement de briques technologiques, les actions de DEMonstration et l’appropriation par les Industriels de solutions de product(DEMIBaC)</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Développement de briques technologiques et démonstrateurs - Réalisations de premières industrielles associant l'offre et la demande (DEMIBaC)</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AAP (appel à projets) « DEMIBaC » s’inscrit dans le cadre de la stratégie d’accélération « Décarbonation de l’industrie », dont l’un des objectifs est de soutenir l’innovation en promouvant le développement de briques technologiques, les actions de &lt;strong&gt;DEM&lt;/strong&gt;onstration et l’appropriation par les &lt;strong&gt;I&lt;/strong&gt;ndustriels de solutions de production &lt;strong&gt;Ba&lt;/strong&gt;s &lt;strong&gt;C&lt;/strong&gt;arbone. &lt;/p&gt;&lt;p&gt;Le présent AAP comporte deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le volet 1 concerne des &lt;strong&gt;projets pour le développement de briques technologiques innovantes&lt;/strong&gt; et d’actions de démonstration, dont les consortiums sont généralement constitués par des académiques et des industriels de l’offre.&lt;/li&gt;&lt;li&gt;Le volet 2 cible des projets portés par des &lt;strong&gt;consortiums constitués d’un ou plusieurs industriels proposant une offre de décarbonation et d’un ou plusieurs industriels côté demande&lt;/strong&gt; prêts à accueillir les solutions innovantes proposées sur leurs sites de production.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;se clôture le 09/03/2027 à 15h (heure de Paris).&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Industrie</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q36" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2027</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet AAP vise à &lt;strong&gt;soutenir des projets d’innovation portés par des entreprises&lt;/strong&gt; (TPE, PME, ETI, GE), qui accélèrent la mise sur le marché de technologies et/ou de &lt;strong&gt;solutions ambitieuses et durables&lt;/strong&gt;, depuis les phases de recherche industrielle jusqu’à la démonstration de leur intérêt dans leur environnement opérationnel. Il est possible de déposer un projet qui s’inscrit en même temps sur les deux volets. Les coûts projet doivent être &lt;strong&gt;supérieurs à 1,5 M€.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/developpement-de-briques-technologiques-et-demonstrateurs-realisations-de-premieres-industrielles-associant-loffre-et-la-demande-demibac</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developpement-de-briques-technologiques-et-demonstrateurs-realisations-de-premieres-industrielles-associant-loffre-et-la-demande-demibac/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>72302</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements numériques des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de Relance, la Région Hauts-de-France renforce son soutien aux Artisans-Commerçants dans leur reprise d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif financier vise à accompagner les artisans/commerçants et les entreprises de l&amp;#039;Economie Sociale et Solidaire (ESS) dans leur transition numérique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses doivent faire l&amp;#039;objet de facturation au nom de l&amp;#039;entreprise bénéficiaire, elles peuvent être de l&amp;#039;acquisition, de la prestation ou de l&amp;#039;abonnement, incluant les frais de conseil amont ou d&amp;#039;installation et de formation aval. Sont éligibles les équipements :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  en capacité de vente en ligne (site nouveau ou évolution de site existant),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en système de gestion de la relation client (GRC ou CRM en anglais),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en système de gestion intégrée (PGI ou ERP en anglais),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en progiciels « métiers » (spécifique à un type d&amp;#039;entreprise, à ses fonctions de gestion, ressources humaines, aide à la décision...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  et l&amp;#039;organisation de l&amp;#039;entreprise autour de ses données (collecte, structuration, hébergement, exploitation...), voire l&amp;#039;équipement en logiciel d&amp;#039;intelligence artificielle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en outils favorisant la transversalité et le travail collaboratif (présentiel ou distanciel ; visioconférence, espace de travail et de créativité partagé, travail en mode projet...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en application mobile multicanale pour le client ou les collaborateurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matériel numérique ou connecté (caisse, brodeuse, machine de production, appareil robotisé...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en impression additive (impression 3D ; imprimante ou scanner),
+ permettant (pour le client ; pour les collaborateurs) l&amp;#039;usage de la réalité augmentée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matériel informatique rendu nécessaires dans le cadre d&amp;#039;équipement tels qu&amp;#039;évoqués ci-dessus (tablette, smartphone, terminal mobile...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en outils de webmarketing (mesure de l&amp;#039;activité publicitaire, collecte et gestion de données, optimisation de la relation client...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en migration complète ou partielle vers l&amp;#039;informatique en nuage (Cloud).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne pourront être éligibles que les dépenses réalisées a posteriori de la date de création de demande d&amp;#039;aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les artisans/commerçants doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être inscrits au RCS et/ou au RM ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un effectif &amp;lt; 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un projet de transformation numérique (ce projet doit être certifié par un tiers de confiance : CCI, CMA, Hauts-de-France Innovation Développement, OPCO, EPCI, tout cabinet conseil spécialisé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des entreprises existantes, en création ou en reprise, situées sur le territoire des Hauts-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réaliser moins de 2 M€ de chiffre d&amp;#039;affaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être à jour de ses obligations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas répondre à la définition d&amp;#039;entreprise en difficulté.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Entreprise de l&amp;#039;Economie Sociale et Solidaire doivent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être des sociétés de capitaux (SARL, SA, SAS, ...) ayant obtenu l&amp;#039;agrément ESUS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des sociétés coopératives de production (SCOP),
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des associations employeuses ayant une activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des structures de l&amp;#039;insertion par l&amp;#039;activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des groupements d&amp;#039;employeurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des groupements d&amp;#039;employeurs d&amp;#039;insertion qualification,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des entreprises existantes, en création ou en reprise, situées sur le territoire des Hauts-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un CA &amp;lt; 2 M€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un effectif &amp;lt; 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être à jour de ses obligations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas répondre à la définition d&amp;#039;entreprise en difficulté,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un projet de transformation numérique (ce projet doit être certifié par un tiers de confiance : CRESS, IRIAE, URSCOP,, structures d&amp;#039;accompagnement partenaires de la Région, Hauts-de-France Innovation Développement, OPCO, EPCI, tout cabinet conseil spécialisé).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne peuvent pas bénéficier de ce soutien :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions libérales réglementées et non réglementées ou assimilées (pharmacies,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le commerce de gros,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les structures agréées ACI (Ateliers Chantiers d&amp;#039;Insertion),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les entreprises de l&amp;#039;ESS et toute entreprise ayant le numérique pour cœur d&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/extranet/dispositif-consulter.sub?sigle=INAC</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f84f-soutenir-les-investissements-numeriques-des-a/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>133061</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour la cybersécurité et la souveraineté numérique</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Financement de vos projets de services numériques</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;🚩&lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vos enjeux de cybersécurité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes une collectivité locale et vous souhaitez protéger et gérer les données de vos infrastructures sensibles ou stratégiques, renforcer la sécurité numérique des hôpitaux, administrations ou tout autre acteur territorial ou encore garantir un numérique de confiance à vos administrés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un porteur de projet (entreprise, investisseur, exploitant...) et vous souhaitez développer des solutions numériques éprouvées et accessibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour accompagner les territoires dans leur transition numérique face à une numérisation croissante et à une recrudescence du risque cyber, la Banque des Territoires propose une offre d&amp;#039;investissements pour financer des solutions innovantes autour de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la confiance numérique : identité numérique, signature électronique... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cybersécurité : solutions de gestion du risque cyber, sensibilisation, protection et assurance cyber, détection... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de la data : services de protection de la donnée personnelle et territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cybersecurite_souverainete_numerique</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2267-investir-pour-la-cybersecurite-et-la-souverai/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>129711</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement d’infrastructures numériques au sein des territoires</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+êtes porteur d’un projet d’infrastructures numériques en tant que collectivité
+locale, entreprise publique locale, entreprise, opérateur ou exploitant de
+réseau ou acteur financier ? Vous êtes à la recherche d’un financement
+pour développer le Très Haut Débit fixe ou mobile au sein d’un territoire ? La
+Banque des Territoires peut investir dans le développement d’infrastructures
+contribuant à l’amélioration de la connectivité, la création d’emploi, la
+transformation numérique ou encore à l’attractivité des territoires.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre
+d’investissement concerne les projets portant sur :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les réseaux 4G/5G ;&lt;/li&gt;&lt;li&gt;la sécurisation des réseaux ;&lt;/li&gt;&lt;li&gt;les réseaux fixes des territoires ;&lt;/li&gt;&lt;li&gt;les data centers.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;En tant
+que « tiers de confiance », la Banque des Territoires propose de
+financer les projets portant une logique d’intérêt général sous la forme
+d’apports en capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=infrastructures_numeriques_psat</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>121764</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction, la restauration, l'aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>Les Musées franciliens disposent d&amp;#039;importantes collections. Ils constituent à ce titre des espaces privilégiés de valorisation du patrimoine. La Région s&amp;#039;est engagée à soutenir l&amp;#039;attractivité et le rayonnement des Musées de France.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux. L&amp;#039;établissement doit être labellisé « Musée de France ».
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Soutien à la création, à la rénovation et à l&amp;#039;aménagement des musées :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le taux d&amp;#039;intervention est de 40 % maximum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses éligibles correspondent au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (hors études préalables).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont inéligibles les dépenses inhérentes aux assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers (VRD), à l&amp;#039;acquisition foncière.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale est plafonnée à 1 000 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Soutien à la numérisation des collections :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le taux d&amp;#039;intervention est de 30 % maximum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses éligibles correspondent au coût d&amp;#039;acquisition du logiciel et des prestations de numérisation et d&amp;#039;indexation, hors coût du contrat de garantie et de maintenance.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale est plafonnée à 30 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale permet de financer en investissement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les travaux de construction, restauration (clos et couvert) et aménagement des espaces y compris les réserves.
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de logiciel d&amp;#039;inventaire et de base de données nécessaires à la numérisation, les travaux de numérisation des collections et leur indexation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  .Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;/span&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ &lt;span&gt;
+  , la plateforme des aides régionales.
+ &lt;/span&gt;
+</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-construction-la-restauration-lamenagement-des-musees-et-la-numerisation-des-collections</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+ Service Patrimoines et inventaire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+ &lt;br /&gt;
+ Héloïse Maillé
+ &lt;br /&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c054-aide-a-la-construction-la-restauration-lamena/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>60939</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet de partenariat technologique (APT)</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention plafonnée à 50.000€</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI participe au financement de votre projet de partenariat innovant.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Toutes les dépenses internes ou externes de préparation d&amp;#039;un partenariat : recherche de partenaire(s), négociation de l&amp;#039;accord de consortium, recours à des conseils ou prestataires spécialisés, préparation des réponses aux appels à projets, des accords et des candidatures, assistance et conseil juridique, participation à un salon professionnel, notamment.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h4&gt;
+&lt;p&gt;
+ Participation au financement du projet de partenariat principalement sous forme de subvention plafonnée à 50 000 euros ou sous forme d&amp;#039;Avance récupérable au-delà.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la préparation du partenariat dans le cadre d&amp;#039;un projet innovant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter la participation des entreprises françaises à des projets collaboratifs de RDI nationaux ( PSPC. ..), transnationaux (ERA-Net), intergouvernementaux ( EUREKA , Eurostars ) européens ( Programme Horizon 2020 , Instrument PME-Phase2 si le projet est partenarial, Fast Track to Innovation) ou via des coopérations bilatérales extra-européennes.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous innovez avec des partenaires français ou étrangers.
+&lt;/p&gt;
+&lt;h4&gt;
+ Entreprises éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ PME(1) et entreprises de moins de 2 000 salariés(2).
+&lt;/p&gt;
+&lt;p&gt;
+ ______________
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Selon la définition européenne de la PME : entreprise de moins de 250 salariés déclarant soit un CA annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Indépendante d&amp;#039;un groupe de plus de 2 000 personnes.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-au-partenariat-technologique-APT</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/25a5-aide-au-partenariat-technologique-apt/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>163920</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir à la maturation technologique</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la maturation technologique</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Située en aval de la recherche et d&amp;#039;une éventuelle pré-maturation, la maturation doit s’insérer dans une stratégie de transfert définie et portée par les ayants droits de la technologie protégée ou ses mandataires.  &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;Contexte &lt;/p&gt;&lt;p&gt; Les entreprises ne sont pas toujours en capacité d’exploiter directement les résultats de la recherche académique, ceux-ci étant trop éloignés de leurs problématiques, de leur marché, ou situés trop en amont de la réalité d’une production industrielle et de ses contraintes. &lt;/p&gt;&lt;p&gt; Ainsi, de nombreuses innovations de rupture (deep tech) ne peuvent être transférées et ainsi bénéficier à la société, et ce même si d’importants investissements publics ont pu être réalisés en amont pour nourrir la recherche à ce sujet. &lt;/p&gt;&lt;p&gt; Définition &lt;/p&gt;&lt;p&gt; Située entre la recherche et le transfert, la maturation d’un projet d’innovation est définie comme le processus global qui permet d’atteindre la maturité nécessaire à son transfert vers le monde socio-économique. &lt;/p&gt;&lt;p&gt; Objectifs &lt;/p&gt;&lt;p&gt; Ce dispositif régional vise exclusivement à accompagner la maturation scientifique et technologique de projets portés parles structures de transfert et les offices de valorisation des universités (OTT) du territoire. &lt;/p&gt;&lt;p&gt; Le transfert se matérialise spécifiquement par une cession ou une concession de droits d&amp;#039;exploitation vers une entreprise existante ou une start-up créée spécifiquement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>Les dépenses éligibles sont celles de l&amp;#039;office de transfert de technologies pour la mise en oeuvre du programme de maturation, à l&amp;#039;exception de ses dépenses de fonctionnement internes:
+	ressources humaines (salaires bruts chargés non environnés) dédiées à 100% au programme de maturation technologique ;
+	dépenses de petit matériel ou achats nécessaires à la réalisation du programme ;
+	sous-traitances éventuelles nécessaires à la réalisation du programme ;
+	amortissements d&amp;#039;équipements utilisés dans le programme au prorata de leur temps d&amp;#039;utilisation, et s&amp;#039;ils n&amp;#039;ont pas déjà été financés par une entité publique.</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Emploi</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Universités, établissements d&amp;#039;enseignement supérieur et de recherche &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Entreprises et associations assurant la mission de valorisation des résultats issus de la recherche publique&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Critères de sélection : &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;objet du programme dematuration est une technologie ayant préalablement atteint le stade d&amp;#039;un POC (TRL 3) issue d&amp;#039;un laboratoire néo aquitain ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Cette technologie fait l&amp;#039;objet d&amp;#039;une stratégie de transfert mise en oeuvre par un office de transfert de technologies, national ou situé sur le territoire néo aquitain ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La cible de transfert est identifiée : une entreprise sur le territoire ou un projet de création de start up sur le territoire ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le programme de maturation s&amp;#039;appuie sur un actif de PI déposé, décrit, ou protégé ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le programme décrit les étapes de la maturation scientifique / technologique d&amp;#039;une innovation en vue de son transfert vers une entreprise et un marché.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-la-maturation-technologique</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>Le dépôt se fait au fil de l&amp;#039;eau, les dossiers étant instruits selon le calendrier des commissions permanentes. Une première prise de contact avec la personne référente permettra de se procurer un dossier de soumission et d&amp;#039;être accompagné dans le processus de dépôt.</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-maturation-technologique/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>90847</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Construire une stratégie globale numérique (NOTT)</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide accompagne les maîtres d&amp;#039;ouvrage sélectionnées dans le cadre de l&amp;#039;appel à projet territorial « Nouvelle Organisation Territoriale Touristique » pour construire et développer une stratégie numérique. Cette stratégie est
+ établie en cohérence notamment avec le Schéma d&amp;#039;Accueil et de Diffusion de l&amp;#039;Information et le Schéma Numérique de Territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Maîtres d&amp;#039;ouvrages publics et privés
+  sélectionnés dans le cadre de l&amp;#039;appel à projet territorial  &amp;#34;Nouvelle Organisation Territoriale Touristique&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% maximum d&amp;#039;un montant de dépenses éligibles d&amp;#039;un coût plafonné annuellement à 150.000 € HT ou TTC.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bornes et site Internet, wifi territorial, accueil numérique et info tourisme, contenus numériques (photos, vidéo, audio...), outils métiers... Les dépenses relatives aux actions de commercialisation ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/strategie-numerique-nott</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (87, 86, 23, 19) : tourisme-limoges&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79,86,17,16) : tourisme-poitiers&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33,24,47,40,64) : tourisme&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f59-strategie-numerique-nott/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>104534</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création cinématographique, audiovisuelle et numérique en Pays de la Loire.</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;aide à la création cinématographique, audiovisuelle et numérique</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la production 50 % du coût prévisionnel du film, dans la limite de 30 000 €</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le soutien à la création est l&amp;#039;une des priorités de la politique culturelle régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Dans le domaine du cinéma, de l&amp;#039;audiovisuel et de la création numérique, les aides régionales visent à soutenir les productions d&amp;#039;auteurs et de structures régionales et d&amp;#039;attirer en Pays de la Loire des projets de qualité.
+ &lt;br /&gt;
+ En partenariat avec le CNC, le fonds d&amp;#039;aide à la création a ainsi pour objectif de soutenir la diversité de la création, conforter la filière régionale et contribuer à la valorisation du territoire, dans toutes ses dimensions.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région aide la production de longs métrages, fictions télévisées, magazines, documentaires, courts métrages et œuvres numériques, en partenariat avec le CNC.
+ &lt;br /&gt;
+ Elle propose également des aides au développement, destinées à financer la réalisation de pilotes, la réécriture de scénarios de fictions, le développement de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Technologies numériques et numérisation
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour tous les types de projets, les dates limites de dépôt des dossiers sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;le lundi 27 janvier 2025,&lt;/li&gt;
+&lt;li&gt;le lundi 19 mai 2025,&lt;/li&gt;
+&lt;p&gt;le lundi 18 août 2025,&lt;/p&gt;
+&lt;li&gt;le lundi 13 octobre 2025.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Le dépôt des dossiers de demande d’aide à la création cinématographique, audiovisuelle et numérique est dématérialisé via l’outil Portail des Aides – voir onglet « Déposer un dossier ».&lt;/p&gt;
+&lt;p&gt;Il vous faut, en parallèle, adresser l’ensemble des éléments déposés en un seul fichier pdf à l’adresse &lt;a href="mailto:cinema&amp;#64;paysdelaloire.fr"&gt;cinema&amp;#64;paysdelaloire.fr&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/fonds-daide-la-creation-cinematographique-audiovisuelle-et-numerique</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/CREATION_CINE/depot/simple</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de la culture, du sport et des associations&lt;/p&gt;&lt;p&gt; Service Culture&lt;/p&gt;&lt;p&gt;Guylaine Hass&lt;br /&gt;&lt;strong&gt;Longs métrages, fictions tv, numérique&lt;/strong&gt;&lt;br /&gt;02 28 20 51 30&lt;br /&gt;&lt;a href="mailto:guylaine.hass&amp;#64;paysdelaloire.fr"&gt;guylaine.hass&amp;#64;paysdelaloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Xénia Buet&lt;br /&gt;&lt;strong&gt;Documentaires, courts métrages&lt;/strong&gt;&lt;br /&gt;02 28 20 52 19&lt;br /&gt;&lt;a href="mailto:xenia.buet&amp;#64;paysdelaloire.fr"&gt;xenia.buet&amp;#64;paysdelaloire.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2fc2-fonds-daide-a-la-creation-cinematographique-a/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>165508</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent AI - 2026</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent AI - 2026</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;60,2 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 60,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-TOOL: 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-STORAGE: 17.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP: 14.4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-ECAVA: 1 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-AUTOMOTIVE: 3.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-GENAI-PA: 1.8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP: 17 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-TOOL: 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-STORAGE: 17.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP: 14.4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-ECAVA: 1 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-AUTOMOTIVE: 3.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-GENAI-PA: 1.8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP: entre 8 et 9 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Améliorer l&amp;#039;infrastructure européenne de données génomiques en soutenant le déploiement d&amp;#039;outils avancés pour la conservation des donnée&lt;/li&gt;    &lt;li&gt;Renforcer la capacité des États membres à séquencer les génomes humains en développant des environnements dédiés et sécurisés de stockage et de traitement des données&lt;/li&gt;    &lt;li&gt;Accélérer l&amp;#039;adoption de solutions européennes basées sur l&amp;#039;IA qui sont prêtes à être déployées dans les établissements de santé pour les soins aux patients et à des fins de recherche&lt;/li&gt;    &lt;li&gt;Renforcer la compétitivité et le leadership en matière d&amp;#039;innovation du secteur automobile européen&lt;/li&gt;    &lt;li&gt;Coordonner et soutenir les projets pilotes mettant en œuvre l&amp;#039;intelligence artificielle générative (GenAI)&lt;/li&gt;    &lt;li&gt;Accroître la productivité et la capacité d&amp;#039;innovation grâce à des technologies de pointe dans le domaine des mondes virtuel&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-TOOL jusqu&amp;#039;à 48 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-STORAGE jusqu&amp;#039;à 48 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP jusqu&amp;#039;à 48 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-ECAVA jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-AUTOMOTIVE jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-GENAI-PA jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP entre 48 et 60 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-ai-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-AI-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://digital-strategy.ec.europa.eu/en/activities/digital-programme" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN): &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P45" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q45" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/span&gt;&lt;br /&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE (à l&amp;#039;exception des thèmes soumis à des restrictions ; voir dans le call document)&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation). Pour la validation, ils seront invités à télécharger des documents attestant leur statut juridique et leur origine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un consortium composé :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 5 entités de 5 pays éligibles différents doit être constitué (DIGITAL-2026-AI-09-DS-HEALTH-STORAGE, DIGITAL-2026-AI-09-DS-HEALTH-TOOLS)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 7 entités de 7 pays éligibles différents doit être constitué (DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 3 entités de 3 pays éligibles différents doit être constitué (DIGITAL-2026-AI-09-GENAI-PA)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 3 entités doit être constitué (DIGITAL-2026-AI-09-ECAVA)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 4 entités de 3 pays éligibles différents dont : au moins un organisme de recherche et au moins une entreprise privée par secteur identifié dans l&amp;#039;appel (DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-ai-2026/</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=DIGITAL-2026-AI-09&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-ai-2026/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>92939</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Inciter les entreprises à acquérir les compétences permettant la maitrise du digital pour devenir une entreprise digitale</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce parcours s&amp;#039;inscrit dans le cadre de la politique régionale en faveur de la transition numérique et tout particulièrement du Business Act dont la transition numérique est l&amp;#039;un des 3 moteurs. La Région Grand Est souhaite proposer des accompagnements adaptés aux besoins en matière de transition numérique des différentes typologies d&amp;#039;entreprises régionales (TPE, PME, ETI).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par ce dispositif, la Région Grand Est souhaite accélérer la digitalisation des petites entreprises afin de leur permettre de faire face aux évolutions des modes de consommation de la population, aux effets de la fracture urbain/rural, aux nouvelles habitudes en terme de mobilité ou encore aux nouvelles contraintes sanitaires avec pour objectif de maintenir, sur tous les territoires de la région, des commerces et services de proximité, des artisans, des activités touristiques...
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Transformation Digitale propose un accompagnement complet qui vise à inciter les entreprises à acquérir les compétences permettant la maitrise du digital mais également à faciliter l&amp;#039;acquisition des équipements nécessaires pour devenir une entreprise digitale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif propose un parcours de digitalisation articulé autour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours collectif : concerne l&amp;#039;accompagnement des projets de territoires, portés par un acteur local (EPCI/communes/Union de Commerçants...), dans la définition et la mise en œuvre de projets collectifs notamment de plateformes d&amp;#039;achat local, la CCI Grand Est est mobilisée sur ce parcours – ce parcours fait l&amp;#039;objet d&amp;#039;un dispositif dédié ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours individuel : concerne l&amp;#039;accompagnement individuel à la digitalisation des entreprises avec : un accompagnement au déploiement du digital via des prestataires labellisés par la Région et une aide à l&amp;#039;acquisition de solutions digitales qui vise à rendre opérationnelle l&amp;#039;intégration du digital dans l&amp;#039;entreprise.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles les entreprises remplissant les critères suivants
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Moins de 20 salariés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un chiffre d&amp;#039;affaires annuel n&amp;#039;excédant pas 2 millions d&amp;#039;euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant d&amp;#039;au moins un exercice fiscal clos à compter de la date de la demande d&amp;#039;aide (sauf en cas de reprise d&amp;#039;entreprise assortie d&amp;#039;une nouvelle immatriculation ou de création d&amp;#039;un établissement secondaire) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Immatriculées au Registre du Commerce et de l&amp;#039;industrie et/ou au Répertoire des métiers et de l&amp;#039;Artisanat et/ou bénéficiant d&amp;#039;une attestation MSA – pour les activités touristiques et agricoles les associations sont éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant une activité relevant d&amp;#039;un code NAF de la liste suivante : Secteur commerce / artisanat    Secteur tourisme    Secteur agricole, 10 à 33 hors 3250A, 43 à 47 hors 4773Z-4774Z-4791A et B, 49 hors (NAF secteur tourisme), 50 (hors NAF secteur tourisme), 51 (hors NAF secteur tourisme), 56, 5914Z, 7420Z, 81, 9003, 95 et 96    4932Z, 4939, 5010Z, 5030Z, 5110Z, 55, 7010Z, 7711A, 7721Z, 79, 8230Z, 8532Z, 8551Z, 8559B, 8899B, 9102Z, 9103Z, 9104Z, 9312 et 9313, 9321 et 9329, 9491Z, 9499Z    0111Z, 0121Z, 0124Z à 0129Z, 0141Z, 0142Z, 0145Z à 0147Z, 0149Z, 0150Z, 0312Z, 0322Z, 1102A
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exerçant une activité marchande majoritairement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En situation régulière au regard des obligations fiscales, sociales et environnementales ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les activités sous forme de franchises ne sont pas éligibles.
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aide sous forme de chèque numérique qui comprendra une aide au conseil et prestation numérique réalisée auprès d&amp;#039;un/d&amp;#039;opérateur(s) labellisé(s) par la Région ainsi qu&amp;#039;une aide à l&amp;#039;acquisition de solutions digitales.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement proposé par les opérateurs labellisés visera à intégrer, selon les besoins et spécificités de l&amp;#039;activité, les compétences suivantes dans l&amp;#039;entreprise : « je souhaite connaitre et maitriser les outils digitaux permettant d&amp;#039;optimiser l&amp;#039;organisation interne de l&amp;#039;entreprise »,
+&lt;/p&gt;
+« j&amp;#039;adapte mon local, mon environnement pour optimiser l&amp;#039;utilisation d&amp;#039;outils numériques »,
+&lt;br /&gt;
+« je souhaite déployer une stratégie de commercialisation multicanale en ligne »,
+&lt;br /&gt;
+« je souhaite déployer une stratégie de communication multicanale en ligne ».
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après réalisation du diagnostic de maturité digitale, les demandes se font par l&amp;#039;intermédiaire de la plateforme de téléservice dédiée. Un accusé de réception sera envoyé à réception de la demande.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lien :
+ &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/" rel="noopener" target="_blank"&gt;
+  https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>audrey.lemaire@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87f5-grand-est-transformation-digitale-parcours-in/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>60927</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la coopération technologique européenne - Label EUREKA</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le labeL EUREKA est une Initiative intergouvernementale de soutien à la coopération technologique européenne permettant aux bénéficiaires d&amp;#039;obtenir un label et un accès aux financements nationaux de leur projet collaboratif de RDI.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Chaque partenaire est susceptible de bénéficier d&amp;#039;une aide nationale, en France par Bpifrance.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le projet cible un produit, procédé ou service innovant proche du marché dont la phase de développement est de trois ans maximum avec une commercialisation rapide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le consortium doit être composé d&amp;#039;au moins deux partenaires implantés dans deux pays membres du réseau
+  &lt;a href="https://www.eurekanetwork.org/eureka-countries"&gt;
+   EUREKA
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Application des règles et procédures qui régissent le programme de financement éventuellement mobilisé [programmes d&amp;#039;Aide à l&amp;#039;Innovation (AI),...].
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Attribuer un label EUREKA de qualité à des projets collaboratifs transnationaux de Recherche, Développement et Innovation (RDI) ciblant un produit, procédé ou service innovant proche du marché, tous domaines technologiques confondus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter l&amp;#039;accès à des financements nationaux pour les partenaires impliqués dans ces projets.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la notoriété internationale des participants et de leur offre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous participez à un projet collaboratif transnational.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;h4&gt;
+ &lt;p&gt;
+  Tous les projets collaboratifs impliquant au moins deux participants indépendants implantés dans deux pays membres du réseau EUREKA (liste sur le site
+  &lt;a href="https://www.eurekanetwork.org/eureka-countries"&gt;
+   EUREKA
+  &lt;/a&gt;
+  ).
+ &lt;/p&gt;
+ &lt;p&gt;
+  Indirectement tous les partenaires de ces projets.
+ &lt;/p&gt;
+&lt;/h4&gt;
+&lt;h4&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Labels/Label-EUREKA</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Bpifrance de votre région
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ et la Direction du Développement et Support Innovation/Programmes Internationaux Innovation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:mael.mbaye&amp;#64;bpifrance.fr"&gt;
+  Mael Mbaye
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:odile.henin&amp;#64;bpifrance.fr"&gt;
+  Odile Hénin
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c277-label-eureka/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>98525</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Consigner pour faire face aux risques technologiques</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>La consignation pour faire face aux risques technologiques</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre d&amp;#039;un Plan de Prévention des Risques Technologiques (PPRT), la Banque des Territoires vous accompagne grâce à une offre de consignation des montants arrêtés dans une convention financière tripartite (industriel, collectivité et État).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/consignations/consignation-risques-technologiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=risques_tech_psat</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c1f-faire-face-aux-risques-technologiques-grace-a/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>165131</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les offices de tourisme à la transformation digitale</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les offices de tourisme à la transformation digitale</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous êtes un office de tourisme dans le Grand Est et vous souhaitez acquérir des solutions digitales et d’équipements innovants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale d’un montant maximum de 5 000 € : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses (minimum de 10 000 €) remboursées jusqu’à 50% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT / TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Votre projet concerne l’acquisition de&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Progiciels &lt;/strong&gt;: progiciel de gestion, de gestion commerciale ou de relation client, de gestion et contrôle, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Logiciels&lt;/strong&gt;: logiciel de gestion RH/comptable/gestion électronique des documents, logiciel de visites virtuelles, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Sites web marchand&lt;/strong&gt;: site internet permettant d’acheter ou de réserver en ligne, création de contenu, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Applications mobiles &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Outils de travail collaboratifs&lt;/strong&gt;: intranet, logiciel de gestion de projet global, plateforme collaborative d’échanges… ;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Equipements &lt;/strong&gt;: matériel nécessaire à l’utilisation optimale d’une solution développée ci-dessus en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Expérience augmentée &lt;/strong&gt;: matériels, applications et logiciels permettant l’accès à une réalité virtuelle pour les utilisateurs&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Prestation de photos ou vidéos &lt;/strong&gt;: images permettant la valorisation du territoire concerné pour alimenter un site internet ou une animation spécifique&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le montant minimum de dépenses devra atteindre au moins 10 000 €. Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT/TTC.&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Plafond de 5 000 €&lt;/strong&gt; (pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous)&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les achats de licences et logiciels&lt;/li&gt;
+&lt;li&gt;Les frais de paramétrage et de conception d’une solution numérique&lt;/li&gt;
+&lt;li&gt;Les frais de formation inhérent aux nouveaux équipements&lt;/li&gt;
+&lt;li&gt;Les investissements liés au développement d’un service (site internet/intranet/application)&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses liées à des prestations visuelles valorisant le territoire concerné (vidéos, photos…)&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses liées à l’expérience augmentée : casques immersifs, vidéos 3D, hologrammes, tables interactives et/ou immersives, bornes interactives, objets connectés, solutions innovantes d’aide à la visite ou d’interprétation, applications, logiciels, etc.&lt;/li&gt;
+&lt;li&gt;Tous les équipements nécessaires à l’utilisation optimale d’une solution développée en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sont exclus :&lt;br /&gt;
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le renouvellement du parc informatique seul&lt;/li&gt;
+&lt;li&gt;Les abonnements&lt;/li&gt;
+&lt;li&gt;Les contrats et autres services en location&lt;/li&gt;
+&lt;li&gt;Les frais d’expédition&lt;/li&gt;
+&lt;li&gt;Les contrats de maintenance&lt;/li&gt;
+&lt;li&gt;Les petites fournitures et accessoires&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne,&lt;strong&gt; uniquement, &lt;/strong&gt;avant signature de devis et avant le début de l’achat. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.²&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P49" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2024</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/offices-tourisme-transformation-digitale/</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0270/depot/simple</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez :&lt;/p&gt;&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-offices-de-tourisme-a-la-transformation-digitale/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>164713</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les Technologies et les vecteurs énergétiques innovants</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Technologies et vecteurs énergétiques innovants</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02. Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet
+Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Aide à l&amp;#039;investissement &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt; Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;/p&gt;&lt;p&gt; Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.
+Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.
+Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q50" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/technologies-et-vecteurs-energetiques-innovants</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/technologies-et-vecteurs-energetiques-innovants/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>165506</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;8 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 2 666 666 millions et 4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 50% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Compléter le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) depuis la Suisse&lt;/li&gt;    &lt;li&gt;Continuer à fournir l&amp;#039;ensemble des services d&amp;#039;un EDIH, y compris l&amp;#039;infrastructure nécessaire, en se concentrant principalement sur des zones géographiques spécifiques&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : soutenir le secteur privé et public local dans sa transformation numérique, en mettant particulièrement l&amp;#039;accent sur le soutien au développement, au déploiement de formations et à l&amp;#039;adoption de l&amp;#039;IA européenne.&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Fournir un accès à l&amp;#039;expertise technique et aux installations d&amp;#039;expérimentation&lt;/li&gt;    &lt;li&gt;Formation et développement des compétences  Aide à l&amp;#039;identification et à l&amp;#039;accès à des sources de financement potentielles&lt;/li&gt;    &lt;li&gt;Favoriser un écosystème d&amp;#039;innovation et les opportunités de réseautage&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-ac-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-EDIH-AC-09-COMPLETION-STEP?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-EDIH-AC-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://digital-strategy.ec.europa.eu/en/activities/digital-programme" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN): &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une personne morale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE : les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un consortium composé uniquement de candidats présélectionnés pour les pôles européens d&amp;#039;innovation numérique de Suisse, désignés par leur pays associé respectif, doit être présenté.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-EDIH-AC-09-COMPLETION-STEP?isExactMatch=true&amp;status=31094501,31094502,31094503&amp;callIdentifier=DIGITAL-2026-EDIH-AC-09&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>165510</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;1,8 million d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la coordination et le renforcement des capacités des points de contact nationaux (PCN) pour le programme&lt;/li&gt;    &lt;li&gt;Stimuler la mise en œuvre des politiques numériques de l&amp;#039;UE, la visibilité et l&amp;#039;impact du programme, ainsi que la diffusion et l&amp;#039;exploitation à long terme des résultats&lt;/li&gt;    &lt;li&gt;Renforcer le caractère transnational des activités du réseau, dans le but d&amp;#039;encourager davantage la collaboration&lt;/li&gt;    &lt;li&gt;Aider les PCN à mieux faire connaître le programme « Europe numérique » et les politiques numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : faciliter la coopération transnationale entre les PCN&lt;/li&gt;    &lt;li&gt;Priorité 2 : fournir un cadre qui favorisera la participation au programme et maximisera la sensibilisation générale à celui-ci&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Activités sur-mesure&lt;/li&gt;    &lt;li&gt;Activités transfrontalières&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles si elles sont dument justifiées par un amendement&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-support-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-SUPPORT-09-NCP-NETWORK?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-SUPPORT-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q52" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité :&lt;/p&gt;&lt;p&gt;- Etre des personnes morales (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Etre établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/p&gt;&lt;p&gt;- Un consortium composé d&amp;#039;au moins une entité établie dans un État membre et d&amp;#039;au moins deux candidats indépendants supplémentaires, chacun établi dans un État membre ou un pays associé différent, doit être constitué.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>147307</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transition écologique et numérique : sciences du climat et réponses</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Sciences du climat et réponses - 2024</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.5 Climat, Energie et Mobilité - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Le cluster &amp;#34;Climate Energy and Mobility&amp;#34; vise à accélérer la double transition verte et numérique et la transformation associée de notre économie, de notre industrie et de notre société en vue d&amp;#039;atteindre la neutralité climatique en Europe d&amp;#039;ici 2050.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Budget total de l&amp;#039;appel : 103 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget total par topic :
+  &lt;ul&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-01 : 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-02 : 22 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-03 : 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-04: 12 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-05 : 14 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-06 : 5 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-07 : 20 millions d&amp;#039;euros
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Certains budgets Horizon Europe sont structurés en réponse à des ambitions politiques (&amp;#34;destinations&amp;#34;) et déployés par le biais d&amp;#039;appels à propositions ciblant des thèmes/secteurs plus spécifiques (&amp;#34;sujets&amp;#34;). Ainsi, votre candidature doit être liée à un thème d&amp;#039;un appel à propositions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Différentes catégories de projets sont éligibles :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Actions de Recherche et d&amp;#039;Innovation : Recherche fondamentale et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Actions d&amp;#039;innovation : Prototypes, essais, démonstrations, projets pilotes, mise sur le marché. Ces actions peuvent inclure des activités limitées de R&amp;amp;D.
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Actions de coordination et de soutien : Mise en réseau, études et conférences, communication, études pour de nouvelles infrastructures de recherche.
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Actions Marie Skłodowska-Curie / subventions individuelles du CER : Réseaux de formation pour les chercheurs, bourses individuelles pour les chercheurs expérimentés, échange de personnel - mobilité pour les chercheurs et le personnel non scientifique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   En outre, les appels précisent les catégories de bénéficiaires éligibles :
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composés d&amp;#039;un coordinateur et de plusieurs organisations partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets à bénéficiaire unique, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes aux personnes physiques en leur nom propre avec leur institution d&amp;#039;origine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  TOPICS
+ &lt;/span&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ A venir
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-01: Amélioration de la quantification et de la compréhension des émissions et des puits de méthane naturels et anthropiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-02 : Glaces continentales, y compris la couverture neigeuse, les glaciers, les nappes glaciaires et le pergélisol, et leur interaction avec le changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-03: La science du paléoclimat pour une meilleure compréhension de l&amp;#039;évolution à court et à long terme du système terrestre
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-04: Boîte à outils améliorée pour l&amp;#039;évaluation des impacts climatiques et environnementaux des politiques commerciales
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-05: Prochaine génération de trajectoires à faibles émissions et résilientes au changement climatique et NDCs pour un avenir aligné sur l&amp;#039;Accord de Paris
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-06: Le rôle de la prospective du changement climatique pour l&amp;#039;approvisionnement en matières premières primaires et secondaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-07: Quantification du rôle des principaux écosystèmes terrestres dans le cycle du carbone et les effets climatiques connexes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl5-2024-d1-01-04;callCode&amp;#61;HORIZON-CL5-2024-D1-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;0,1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site de la Direction générale
+ &lt;br /&gt;
+ &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43;
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/cluster-5-climate-energy-and-mobility_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e536-horizon-europe-sciences-du-climat-et-reponses/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>164819</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les défis Numériques des Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Programme : les défis numériques des Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à l’entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final. Elle propose un parcours d’accompagnement des très petites entreprises (TPE) à la transformation numérique intitulé « Défis numériques ». &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;DÉFI 1 : Conquérir le WEB &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : créer votre première vitrine Google &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : déployer votre présence digitale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : créer mon site vitrine &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 2 : Rayonner en ligne &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : optimiser votre présence naturelle &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : créer votre stratégie de contenus &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : lancer vos premières campagnes d’acquisition &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 3 : Transformer le digital en business &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : vendre via les plateformes existantes &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : lancer votre boutique digitale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : créer une expérience d’achat unique &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 4 : Établir une bonne relation clients &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : dialoguer avec vos clients &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : construire votre communauté &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : développer votre programme relationnel &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 5 : Propulser votre entreprise avec le numérique &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : digitaliser vos opérations essentielles &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : piloter grâce à des tableaux de bord et indicateurs clés &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : unifier votre gestion digitale adaptée à votre taille &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; DÉFI 6 : Sécuriser votre environnement digital &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : adopter les réflexes cyber &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : cartographier vos risques &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : mettre en conformité votre environnement numérique &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; DÉFI 7 : Tendre vers la sobriété numérique &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : comprendre votre impact &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : mesurer votre empreinte &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : construire votre transition écodigitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>Prise en charge financière du parcours « défis numériques » jusqu’à 4 jours d’intervention sans reste à charge pour l’entreprise grâce au soutien financier des fonds européens et des réseaux consulaires.</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE de moins de 10 salariés &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE réalisant moins de 2 millions de chiffre d&amp;#039;affaires &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Critères de sélection :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; Pour entrer dans le programme régional, le chef d’entreprise recevra de son conseiller numérique un lien pour saisir sa demande sur « mes démarches simplifiées » &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Saisie de la demande sur mes démarches simplifiées et entrée dans le parcours.
+		Le parcours se déroule en une première phase comprenant un diagnostic et un plan d’action et une deuxième phase comprenant l’accompagnement dans la mise en œuvre du projet. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réalisation d’un diagnostic et une définition des défis numériques (1 jour) &lt;/span&gt;A minima, à la fin du diagnostic et avant le démarrage ou non de la deuxième phase (accompagnement), un échange entre le conseiller numérique et le chargé de mission référent de l’économie territoriale sera réalisé sur les modalités de poursuite dans le programme du dirigeant selon plusieurs cas de figure :
+		Pas d’accompagnement post diagnostic,
+		Accompagnement post diagnostic court ou long sans demande de subvention,
+		Accompagnement post diagnostic court ou long avec une demande de subvention &lt;/li&gt;&lt;li&gt;Accompagnement à la réalisation des défis numériques (1 j à 3 jours) selon les besoins identifiés dans le plan d’action.
+		Soit un parcours global (diagnostic et accompagnement) de 2 à 4 jours comprenant l’administratif dont la saisie sur MDS et le Reporting.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/programme-les-defis-numeriques-des-tres-petites-entreprises-tpe</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>Pour bénéficier d’un accompagnement à la transformation numérique, le chef d’entreprise doit contacter le conseiller numérique de la chambre consulaire (Chambre de Métiers et de l&amp;#039;Artisanat ou Chambre de Commerce et d&amp;#039;Industrie) de son département (voir la liste des conseillers numériques disponible en bas de page).
+Après échange et présentation des besoins, il sera proposé au dirigeant :
+	soit d’entrer dans le dispositif régional,
+	soit un accompagnement autre (formations, prestations etc…).</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-les-defis-numeriques-des-tres-petites-entreprises-tpe/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>103252</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de restauration et de numérisation d’œuvre d’un fonds patrimonial identifié</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration et numérisation d'œuvre d'un fonds patrimonial identifié</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient la préservation et la conservation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié. Constitutives du patrimoine matériel et immatériel, ces archives présentent un réel intérêt à être valorisées auprès du public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux coûts de la restauration de l&amp;#039;œuvre, des travaux de numérisation et d&amp;#039;indexation des données, sur la base du devis présenté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des dépenses éligibles est plafonné à 1 000 000 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit être financé à hauteur de 20 % minimum par la structure porteuse du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide porte sur les travaux de restauration et de numérisation d&amp;#039;archives photographiques, audiovisuelles, papier qu&amp;#039;elles soient privées ou publiques en lien avec l&amp;#039;histoire et la mémoire de l&amp;#039;Ile-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales. La plateforme sera accessible à compter d&amp;#039;avril 2019.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-restauration-et-numerisation-doeuvre-dun-fonds-patrimonial-identifie</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+&lt;/p&gt;
+&lt;p&gt;
+ Service Patrimoines et inventaire
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+&lt;/p&gt;
+&lt;p&gt;
+ Héloïse Maillé
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 66 27
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ Tél. : 01 53 85 64 72
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;br /&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c39-aide-a-la-restauration-et-numerisation-duvre-/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>60930</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Sourcer les meilleures startups B2B françaises - Le Hub Digital</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La plateforme de référence pour sourcer les meilleures startups B2B françaises.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La BPI met gratuitement à disposition une plateforme pour vous permettre d&amp;#039;identifier et de contacter les startups qui correspondent le mieux à vos critères en plus de vous donner un accès rapide à des informations sur leurs produits, leurs équipes, leurs clients et bien plus..
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ La plateforme est ouverte et consultable par tous, en créant un compte les internautes auront accès à des services supplémentaires (contacter et avoir plus d&amp;#039;informations sur les startups, créer des listes, poster des appels à projets..).
+&lt;/p&gt;
+&lt;p&gt;
+ Les startups voulant se référencer peuvent postuler directement depuis le site.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Partenaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Le réseau Bpifrance accélère la collaboration entre les entreprises traditionnelles et la crème des startups françaises. Une initiative soutenue par la French Tech et La French Fab.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Finalités
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour le Grand Groupe/PME/ETI :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sourcer et contacter en un rien de temps les meilleures startups B2B françaises,
+ &lt;/li&gt;
+ &lt;li&gt;
+  sauvegarder et partager ses recherches avec ses collaborateurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  poster ses appels à projets auprès d&amp;#039;une communauté de plus de 1 100 startups B2B,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être accompagné sur la définition de ses besoins d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour la start-up :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  booster sa visibilité gratuitement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accélérer son business en multipliant les opportunités commerciales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  consulter et postuler à des appels à projets de Grands Groupes/PME/ETI.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes un Grand Groupe/PME/ETI avec des enjeux d&amp;#039;innovation ? Vous cherchez des solutions concrètes et actionnables pour développer votre business ? Vous souhaitez être accompagné par une équipe d&amp;#039;experts ?
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Grands Groupes/PME/ETI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Start-ups
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Mises-en-reseau/Le-Hub-Digital</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ N&amp;#039;attendez plus pour rejoindre la
+ &lt;a href="https://lehub.web.bpifrance.fr/corporates"&gt;
+  plateforme Business du Hub
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82e4-le-hub-digital/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>71329</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études de faisabilité ou la démonstration de technologies vertes et innovantes - FASEP</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Économie, des Finances et de la Souveraineté industrielle et numérique</t>
+        </is>
+      </c>
+      <c r="F57" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale du Trésor</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>De 100 000 à 800 000 euros</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds d&amp;#039;études et d&amp;#039;aide au secteur privé (FASEP) est une subvention ou une avance remboursable destinée à financer des études de faisabilité ou des démonstrateurs de technologies innovantes, offerts par la France à un État étranger.
+&lt;/p&gt;
+&lt;p&gt;
+ Il permet de positionner les entreprises françaises en amont de projets d&amp;#039;infrastructures (étude de faisabilité) ou d&amp;#039;obtenir un effet vitrine (démonstrateur). Il permet ainsi à l&amp;#039;entreprise française bénéficiaire de démontrer l&amp;#039;efficacité de ses méthodes et d&amp;#039;acquérir une référence dans le pays partenaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Il se décline en deux catégories :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;a href="https://www.tresor.economie.gouv.fr/services-aux-entreprises/le-fasep/le-fasep-etudes"&gt;
+    Le FASEP Études
+   &lt;/a&gt;
+  &lt;/strong&gt;
+  finance une étude de faisabilité. En se positionnant au plus proche de la réalisation du projet (rédaction des documents d&amp;#039;appels d&amp;#039;offres), il a pour objectif de faire émerger un projet à forte valeur ajoutée française.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;a href="https://www.tresor.economie.gouv.fr/services-aux-entreprises/le-fasep/le-fasep-innovation-verte"&gt;
+    Le FASEP Innovation Verte
+   &lt;/a&gt;
+  &lt;/strong&gt;
+  permet de financer tout ou partie d&amp;#039;un démonstrateur de technologies « vertes ». L&amp;#039;objectif est de démontrer au pays bénéficiaire l&amp;#039;efficacité de certaines technologies françaises pour répondre à leurs besoins prioritaires de développement durable. Il permet à l&amp;#039;entreprise d&amp;#039;acquérir une première référence à l&amp;#039;export  dans le pays visé, dans l&amp;#039;objectif de répliquer le projet et/ou de le déployer à grande échelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un comité interministériel, composé de la Direction Générale du Trésor, du ministère de la Transition Écologique et Solidaire, du ministère de l&amp;#039;Europe et des Affaires Étrangères, de l&amp;#039;Agence Française de Développement, de la Direction du Budget, de la Direction Générale des Entreprises et d&amp;#039;autres ministères selon la nature du projet, évalue mensuellement les projets selon la grille d&amp;#039;analyse suivante:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effet levier	
+:
+ &lt;/strong&gt;
+ Le projet doit pouvoir générer des retombées, ce qui est notamment évalué en fonction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour le FASEP études, des chances que l&amp;#039;étude débouche directement sur un appel d&amp;#039;offres;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour le FASEP innvation verte, des chances de réplication ou de passage à l&amp;#039;échelle du projet dans le pays ou au voisinage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la soutenabilité du modèle économique présenté, et donc des chances de financement aval
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Appropriation locale
+ &lt;/strong&gt;
+ : Le projet doit susciter l&amp;#039;adhésion auprès des autorités locales :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet correspond aux priorités politiques du pays ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bénéficiaire a clairement manifesté son intérêt pour la solution ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bénéficiaire est en mesure de s&amp;#039;approprier le démonstrateur, d&amp;#039;en maîtriser la technicité et de l&amp;#039;utiliser sur le long terme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien à l&amp;#039;export
+ &lt;/strong&gt;
+ : Le projet doit favoriser le soutien à l&amp;#039;export pour les entreprises françaises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet lui-même est à forte composante française (85% de valeur ajoutée produite en France, des flexibilités étant possibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet peut permettre de générer des retombées pour d&amp;#039;autres entreprises françaises, figurant notamment dans le club de suivi.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Innovation
+ &lt;/strong&gt;
+ : Le caractère innovant du projet sera évalué :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet présente une innovation, technologique ou non (organisationnelle, de services, s&amp;#039;agisse d&amp;#039;une innovation technique...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la solution est innovante par rapport à la situation dans le pays cible ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la solution doit bénéficier d&amp;#039;un niveau de maturité minimum, éprouvée sur le sol français ou ailleurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Impacts environnementaux et sociaux
+ &lt;/strong&gt;
+ : Impact positif du projet en termes de lutte contre le changement climatique, de protection de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Impact sociaux positifs du projet
+ &lt;/strong&gt;
+ : création d&amp;#039;emplois, intégration de l&amp;#039;économie informelle, lutte contre la pauvreté, formation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres critères d&amp;#039;appréciatio
+ &lt;/strong&gt;
+ n
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancement identifié pour compléter l&amp;#039;enveloppe FASEP, que ce soit de la part du bénéficiaire public, de l&amp;#039;entreprise elle-même, ou d&amp;#039;autres financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation de partenaires locaux (PME, ONG)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte de la dimension égalité hommes-femmes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Consommation et production
+Innovation, créativité et recherche
+International</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les entreprises sont éligibles au FASEP, notamment les PME à condition que le projet présenté respecte les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une part française de 85 % minimum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des perspectives de retombées aval importantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un intérêt du bénéficiaire local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une solution innovante,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prise en compte des enjeux environnementaux et sociaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tresor.economie.gouv.fr/services-aux-entreprises/le-fasep</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les entreprises souhaitant déposer une demande de FASEP peuvent contacter les services de la DG Trésor à cette adresse :
+ &lt;a rel="noopener" target="_blank"&gt;
+  aide-projet&amp;#64;dgtresor.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/84d7-financer-des-etudes-de-faisabilite-ou-la-demo/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>163639</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les énergies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Energies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements.&lt;/p&gt;&lt;p&gt;1. Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;2. Aide à l&amp;#039;investissement&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/system/files/specific_pj_files/Dossier_candidatureAAPtechnologies2025_2026_VF%20%281%29.docx</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En amont du dépôt de candidature à une aide aux études et/ou à l’investissement, le maître d’ouvrage devra contacter le coordinateur de l’appel à projets afin d’échanger sur la nature du projet, l’éligibilité des dépenses, les modalités de l’appel à projets et sur les éléments attendus.&lt;/p&gt;&lt;p&gt;Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>152558</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal - 2024</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Horizon Europe vise à renforcer la base scientifique et technologique de l&amp;#039;UE et l&amp;#039;Espace européen de la recherche (EER), à stimuler la capacité d&amp;#039;innovation, la compétitivité et l&amp;#039;emploi en Europe, et à répondre aux priorités des citoyens, en soutenant notre modèle et nos valeurs socio-économiques.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+133,5 millions d&amp;#039;euros
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Budget total de l&amp;#039;appel : 133,5 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant par topic :
+  &lt;ul&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-1: 60 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-2: 3,5 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-3: 3 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-5: 19 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-6: 8 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-7: 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-8: 4 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-9: 6 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-10: 4 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-11: 3 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-12: 4 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-13: 4 millions d&amp;#039;euros
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Différentes catégories de projets sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions: Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions: Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions: Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  De même, les appels précisent les bénéficiaires attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  TOPICS:
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A venir
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-1: Activités supplémentaires pour le Partenariat européen pour une économie bleue climatiquement neutre, durable et productive
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-2: Des écosystèmes régionaux d&amp;#039;innovation pour favoriser la transformation des systèmes alimentaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-3: Le rôle des médias grand public, des médias sociaux et du marketing dans la promotion de modes de consommation sains et durables et la manière d&amp;#039;encourager les bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-5: Personnalisation/pré-opérationnalisation de prototypes de services aux utilisateurs finaux dans le domaine de l&amp;#039;adaptation au changement climatique et de l&amp;#039;atténuation de ses effets
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-6: Développer des applications innovantes pour soutenir le Green Deal européen, en s&amp;#039;appuyant sur des données météorologiques par satellite
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-7: Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-8: Élargir les résultats du groupe opérationnel du EIP au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-9: Des réseaux thématiques pour compiler et partager des connaissances prêtes à être mises en pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-10: Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager les connaissances prêtes à être mises en pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-11: Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-12: Développement de réseaux consultatifs de l&amp;#039;UE dans le domaine de la sylviculture
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-13: Développement de réseaux de conseil de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (EN)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL6-2024-GOVERNANCE-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;null;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;callTopicSearchTableState" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la DG
+ &lt;br /&gt;
+ &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43;
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/944c-heu-gouvernance-innovante-observations-enviro/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>165329</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement de briques technologiques et services par des PME pour la décarbonation de l’industrie (IBaC PME)</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Développement de briques technologiques et services par des PME pour la décarbonation de l’industrie (IBaC PME) </t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AAP &lt;strong&gt;« IBaC PME »&lt;/strong&gt; s’inscrit dans le cadre de la &lt;strong&gt;stratégie d’accélération « Décarbonation de l’industrie »&lt;/strong&gt;, dont l’un des objectifs est de soutenir l’innovation pour une &lt;strong&gt;I&lt;/strong&gt;ndustrie &lt;strong&gt;B&lt;/strong&gt;as &lt;strong&gt;C&lt;/strong&gt;arbone, en ciblant tout particulièrement les &lt;strong&gt;PME&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’AAP vise à financer des projets mono-partenaires d’innovation portés par des petites et moyennes entreprises au potentiel particulièrement fort pour l’économie française. Il permet de cofinancer des &lt;strong&gt;projets de recherche, développement et innovation&lt;/strong&gt;, dont les coûts totaux sont &lt;strong&gt;inférieurs à 1,5 M€&lt;/strong&gt;, et contribue à accélérer le développement et la mise sur le marché de solutions et technologies innovantes.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;se clôture le 09/02/2027 à 15h (heure de Paris).&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2027</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AAP vise à financer des projets mono-partenaires d’innovation portés par des petites et moyennes entreprises (PME).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/developpement-de-briques-technologiques-et-services-par-des-pme-pour-la-decarbonation-de-lindustrie-ibac-pme</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developpement-de-briques-technologiques-et-services-par-des-pme-pour-la-decarbonation-de-lindustrie-ibac-pme/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>164285</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services à la population</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services pour attirer et maintenir des actifs et renforcer l'attractivité</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
+      <c r="I61" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1.1     
 Renforcer l’offre
 de santé &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2     
 Améliorer l’accès
 aux services&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.2.1    
 Faciliter les
 déplacements et renforcer l’offre de transport&lt;/p&gt;&lt;p&gt;1.2.2   
 Créer des services
 de proximité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3     
 Renforcer la
 cohésion sociale et le bien vivre ensemble&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.3.1    
 Promouvoir les
 atouts de la ruralité pour attirer des actifs&lt;/p&gt;&lt;p&gt;1.3.2  Soutenir les
 initiatives contribuant au lien social, l’interconnaissance et   l’implication
 des habitants&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4     
 Adapter l’offre de
 logements à des besoins spécifiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.4.1     Créer/rénover des logements pour les saisonniers,
 les apprentis, les internes   en médecine&lt;/p&gt;&lt;p&gt;1.4.2    Développer des
 modes d’habiter innovants &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.5 Soutenir la pratique du sport&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Découverte de l’offre de santé, construction d’un équipement de santé,
 etc. ;&lt;/li&gt;&lt;li&gt;Plateforme multimodale, prêt de véhicules,
 transport à la demande, service itinérant, crèches, etc. ;&lt;/li&gt;&lt;li&gt;Jardin partagé, café associatif, etc. ;&lt;/li&gt;&lt;li&gt;Création d’habitats légers, habitat inclusif, etc. ;&lt;/li&gt;&lt;li&gt;Journées d’initiations, découverte écoliers, création salle de sport,
 etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Equipement public
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q7" s="1" t="inlineStr">
+      <c r="Q61" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les équipements sportifs : &lt;a name="_Hlk155952246"&gt;Si le porteur de projet est une commune et que
 ce projet porte sur un équipement, seules les opérations présentant un
 financement local (autre commune ou EPCI) sont éligibles. &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Cécile PLEIMPON&lt;/h2&gt;&lt;p&gt;Coordination du programme et animation sur les territoires des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc, Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;Portable : 07 86 54 57 12 - cpleimpon&amp;#64;grandquercy.fr&lt;/p&gt;&lt;h2&gt;Jean-François HESSEL&lt;/h2&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;Tel : 05 65 24 20 50 - jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/p&gt;&lt;h2&gt;Anne-Catherine JACOBS&lt;/h2&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;Bureau : 05 65 30 64 29 - Portable : 06 78 11 33
 97 - acjacobs&amp;#64;grandquercy.fr&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-a-la-population/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G8" s="1" t="inlineStr">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>90782</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le transfert de technologie et/ou de connaissances issues d’un laboratoire public pour des applications économiques</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     L&amp;#039;objectif est d&amp;#039;accompagner les porteurs de projets ou/les entreprises favorisant un transfert de technologie et/ou de connaissances en lien ou issu d&amp;#039;un laboratoire public pour des applications économiques sur le territoire de la Nouvelle-Aquitaine.
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ Transfert de technologie ou de connaissances en lien ou issu d&amp;#039;un laboratoire public
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Structures d&amp;#039;incubation
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Créateurs d&amp;#039;entreprises innovantes
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises toutes tailles
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles : t
+ outes dépenses liées au projet
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;intervention : Subvention maximum de 100%
+&lt;/p&gt;
+&lt;p&gt;
+ Base règlementaire : SA 40391 RDI – SA 40453 PME
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-en-lien-ou-issus-dun-laboratoire-public</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux
+&lt;/p&gt;
+&lt;p&gt;
+ Usagers
+Direction de l&amp;#039;enseignement supérieur recherche et transfert de technologie
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c6b-projets-en-lien-ou-issus-dun-laboratoire-publ/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>90923</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures d'interface scientifique et technologique favorisant un transfert de compétence vers les entreprises</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Structures d’interface scientifique et technologique</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est d&amp;#039;accompagner des structures d&amp;#039;interface scientifique et technologique favorisant ou réalisant un transfert de compétences en direction des entreprises de la région Nouvelle-Aquitaine.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Soutien aux structures d&amp;#039;interface scientifique et technologique favorisant un transfert de compétence vers les entreprises
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Centres de développement scientifique et technologique
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les structures en création : toutes dépenses liées au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les structures existantes : dépenses des programmes de ressourcement scientifique et technologique ; dépenses en équipement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;assiette est composée de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Activité non économique : 100% maximum des investissements et du fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Activité économique : 50% maximum des investissements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Base règlementaire
+&lt;/h3&gt;
+&lt;p&gt;
+ SA 40391 RDI – SA 40957 R&amp;amp;D agricole
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/structures-dinterface-scientifique-et-technologique</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>Service Relation aux Usagers
+Direction de l&amp;#039;enseignement supérieur recherche et transfert de technologie
+05 49 38 49 38
+Du lundi au vendredi de 9h à 18h sans interruption</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3f04-structures-dinterface-scientifique-et-technol/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>127288</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements (mobilier, fonds initial d’une nouvelle bibliothèque, matériel numérique et scénographique)</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux travaux et à l'acquisition d'équipements</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques"&gt;
+   Investissement culturel – Aide aux investissements numériques
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espace public</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2019</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention, d&amp;#039;un
+ &lt;strong&gt;
+  montant maximum de 30% des dépenses éligibles
+ &lt;/strong&gt;
+ , avec un plafond de dépense de 6,5 M€ pour les travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond peut monter à 40% des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements, les dépenses éligibles correspondent aux montants des devis des acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif permet le soutien à la construction et la restructuration des équipements culturels relevant des quatre disciplines suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Enseignement artistique :
+  &lt;/strong&gt;
+  conservatoires agrées par le ministère de la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Spectacle vivant :
+  &lt;/strong&gt;
+  lieux de répétition, de formation et de diffusion du spectacle vivant, lieux labellisés par le ministère de la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Arts plastiques :
+  &lt;/strong&gt;
+  centres d&amp;#039;art, espace collectifs de travail, ateliers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   livre et lecture :
+  &lt;/strong&gt;
+  bibliothèques, médiathèques et lieux de vie littéraire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif permet également l
+ e soutien à la rénovation, l&amp;#039;extension ou l&amp;#039;aménagement
+ &lt;strong&gt;
+  des cinémas classés art et essai.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, le dispositif permet le soutien à
+ &lt;strong&gt;
+  l&amp;#039;acquisition d&amp;#039;équipements
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilier lié à l&amp;#039;accueil du public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fonds initial de la collection d&amp;#039;une nouvelle bibliothèque,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel numérique et scénographique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux
+ &lt;/strong&gt;
+ (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
+ &lt;br /&gt;
+ La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un
+ &lt;strong&gt;
+  dossier de candidature complet
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé
+ &lt;strong&gt;
+  à hauteur de 20% minimum par la structure porteuse.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En fonction du secteur dont relève le projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Spectacle vivant et enseignement artistique
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Christine Vacher -
+  &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   christine.vacher&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Arts plastiques
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Livre et lecture
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a897-investissement-culturel-aide-aux-travaux-et-a/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>95039</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer des technologies et des méthodes de production nouvelles - Diagnostic de performance industrielle, artisanale et agricole</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide d&amp;#039;accompagner les entreprises à devenir des entreprises 4.0 en leur proposant un diagnostic régional.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;br /&gt;
+&lt;/h2&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Entreprises ayant bénéficié de ce dispositif
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.arcgis.com/apps/Embed/index.html?webmap&amp;#61;3a7e55732fdd440cafdd9bedbfc0dae7&amp;amp;extent&amp;#61;1.8032,47.1179,9.9166,50.3727&amp;amp;zoom&amp;#61;true&amp;amp;scale&amp;#61;true&amp;amp;details&amp;#61;true&amp;amp;disable_scroll&amp;#61;true&amp;amp;theme&amp;#61;light" rel="noopener" target="_blank"&gt;
+    Agrandir la carte
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les principaux bénéficiaires sont les entreprises industrielles, artisanales et agricoles qui souhaitent transformer leur modèle d&amp;#039;affaires, leur organisation, leur mode de conception et de commercialisation dans les quatre axes relevant de la performance industrielle. Sont concernées plus particulièrement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les petites et moyennes entreprises - PME implantées dans le Grand Est, ayant une activité de production, désireuses d&amp;#039;être plus compétitives en entrant dans une dynamique entreprises 4.0,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises de taille intermédiaire – ETI et les grandes entreprises ayant un site de production situé dans le Grand Est et présentant une autonomie de décision et de financement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Il est demandé à l&amp;#039;entreprise de produire un argumentaire démontrant l&amp;#039;intérêt du diagnostic « Industrie du Futur » par rapport au site régional. Les PME, ETI et grandes entreprises justifient d&amp;#039;une situation financière saine sur les trois derniers exercices fiscaux et ne sont pas en procédure collective ou judiciaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet éligible
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un groupement d&amp;#039;experts sélectionné par la Région Grand Est intervient durant près de 5 jours sur quatre axes décrit dans le règlement. A l&amp;#039;issue du diagnostic, l&amp;#039;entreprise dispose d&amp;#039;un rapport écrit qui décrit :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;analyse de la situation actuelle de l&amp;#039;entreprise et de son projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les pistes de progrès sur le plan des outils de production, de l&amp;#039;organisation et des ressources, avec une estimation des gains potentiels réalisables,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une proposition de plan d&amp;#039;actions pragmatique permettant d&amp;#039;obtenir rapidement des résultats tangibles, adaptés à la maturité de l&amp;#039;entreprise.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Modalités
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Les dossiers sont reçus au fil de l&amp;#039;eau.
+  &lt;br /&gt;
+  Toute demande fait l&amp;#039;objet d&amp;#039;une déclaration d&amp;#039;intention. Le formulaire de déclaration d&amp;#039;intention est délivré par les services de la Région. Le bénéficiaire s&amp;#039;engage à mentionner le soutien financier de la Région dans tout support de communication. Le bénéficiaire s&amp;#039;engage à communiquer à la Région toute information relative à l&amp;#039;impact de l&amp;#039;aide régionale non couverte par le secret des affaires, afin de lui permettre de disposer des données nécessaires au suivi et à l&amp;#039;évaluation des politiques publiques économiques.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/diagnostic-de-performance-industrielle-artisanale-agricole/</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:industriedufutur&amp;#64;grandest.fr"&gt;
+  industriedufutur&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/74b4-diagnostic-de-performance-industrielle-artisa/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>103463</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transition énergétique avec des projets présentants un caractère disruptif sur le plan technologique ou méthodologique</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Solutions innovantes de rupture - Énergie climat</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
+Département
 Association
-Entreprise privée
-[...22 lines deleted...]
-      <c r="K8" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu’à 30% du montant TTC (ou HT en cas de récupération de la TVA) plafonné à 1 M€.</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p width="100%;"&gt;
+ &lt;/p&gt;&lt;p&gt;
+  En déclinaison de sa Stratégie énergie-climat, la Région soutient les projets visant à accélérer la transition énergétique et présentant un caractère disruptif sur le plan technologique ou méthodologique. Ce dispositif est éligible au
+  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+   budget participatif écologique de la Région Île-de-France
+  &lt;/a&gt;
+  .
+ &lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Financement des investissements pour des projets en phase expérimentale ou en déploiement, concernant des installations et des équipements ou des développements numériques, notamment :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Solutions de gestion intelligente du réseau adapté à des contraintes locales,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Solutions intégrées de gestion intelligente de sites reliés à un périmètre électrique privé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Outils juridiques et organisationnels pour accompagner les projets d&amp;#039;autoconsommation collective autour du concept de personne morale organisatrice,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Étude du comportement des utilisateurs pour analyser l&amp;#039;acceptabilité et l&amp;#039;appropriation durable de nouveaux produits, services et tarifications énergétiques associées,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Partage et augmentation des données (cadastres, plateformes administrées par et pour la communauté),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sécurisation des données privées télérelevées, transmises et stockées...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit être suffisamment mature pour une faisabilité opérationnelle rapide et ne doit pas porter sur les projets de production d&amp;#039;énergies renouvelables faisant l&amp;#039;objet d&amp;#039;appels à projets spécifiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur mesdemarches.iledefrance.fr préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
-[...35 lines deleted...]
- - Un maillage de solutions de mobilités adaptées au territoire
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Toutes personnes morales, à l&amp;#039;exception de l&amp;#039;État et de ses établissements publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Jusqu&amp;#039;à 30% du montant TTC - ou HT en cas de récupération de la TVA (subvention max : 1 M€).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aucune indemnité ne sera versée pour les frais engagés pour l&amp;#039;élaboration du dossier et la participation à l&amp;#039;appel à projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/solutions-innovantes-de-rupture-energie-climat</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:aap-projets-innovants&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aap-projets-innovants&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+ &lt;br /&gt;
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830818.116616119&amp;amp;zoom&amp;#61;3" rel="noopener" target="_blank"&gt;
+  Trouver un conseiller
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
-[...197 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5204-solutions-innovantes-de-rupture/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...98 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>165505</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l&amp;apos;Europe - 2026</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
-[...161 lines deleted...]
-Education et renforcement des compétences
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;50 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 50 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 10 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : à titre indicatif, entre 3 et 5 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 1,5 million d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : jusqu&amp;#039;à 50 % et 75 % (pour les PME) du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBSs : jusqu&amp;#039;à 70 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre une création et une analyse plus efficaces des renseignements sur les cybermenaces (CTI), l&amp;#039;automatisation des processus à grande échelle, ainsi qu&amp;#039;un traitement plus rapide et évolutif des CTI et l&amp;#039;identification de modèles permettant une détection et une prise de décision rapide&lt;/li&gt;    &lt;li&gt;Relever le défi de trouver les compétences techniques nécessaires pour faire face à un paysage technologique complexe qui repose fortement sur des configurations et des capacités étendues&lt;/li&gt;    &lt;li&gt;Viser à compléter les efforts déployés par les États membres et au niveau de l&amp;#039;Union pour accroître le niveau de protection et de résilience face aux cybermenaces en aidant les États membres dans leurs efforts pour améliorer leur préparation aux cybermenaces et aux incidents en leur fournissant des connaissances et une expertise&lt;/li&gt;    &lt;li&gt;Soutenir la mise en place progressive de centres câblés régionaux, à raison d&amp;#039;un par bassin maritime de l&amp;#039;UE, dont le rôle sera d&amp;#039;améliorer concrètement la détection des menaces et la sécurité opérationnelle autour de ces infrastructures stratégiques&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : outre leur sécurité, les technologies d&amp;#039;IA développées doivent être performantes, robustes et fiables, en particulier, disposer de solutions d&amp;#039;IA fiables facilitera la phase de déploiement, où l&amp;#039;acceptation sociale est essentielle&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : réaliser des tests coordonnés de préparation des entités opérant dans des secteurs hautement critiques à travers l&amp;#039;Union, en tenant compte des TIC ainsi que des technologies opérationnelles/systèmes de contrôle industriels&lt;/li&gt;  &lt;/ul&gt;  &lt;br /&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;  &lt;ul&gt;    &lt;li&gt;pour les topics DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI, DIGITAL-ECCC2025-DEPLOY-CYBER-09-UPTAKE, and DIGITAL-ECCC-2025-DEPLOY-CYBER09-CABLEHUBS, la durée indicative de l&amp;#039;action est de 36 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP, la durée indicative de l&amp;#039;action est de 24 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://cybersecurity-centre.europa.eu/document/download/4da440fa-b5dd-474b-b6a9-df1cbdba67d2_en?filename&amp;#61;DEP%209%20Call%20document%20v7.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-ECCC-2025-DEPLOY-CYBER-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
 Commerces et services
-Tiers-lieux
-[...2 lines deleted...]
-Revitalisation
+Technologies numériques et numérisation
 Innovation, créativité et recherche
-Risques naturels
-[...10 lines deleted...]
-Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-[...18 lines deleted...]
-      <c r="S9" s="1" t="inlineStr">
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2025</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE (Norvège, Islande, Liechtenstein)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;/span&gt;&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt;&lt;span&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour le thème DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS, au moins 2 candidats indépendants (bénéficiaires ; entités non affiliées) provenant de 2 pays éligibles différents doivent être constitués.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
-[...541 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-leurope-2026/</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-l-apos-europe-2026/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>163593</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner des projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif d&amp;#039;accompagnement des projets collaboratifs de R&amp;amp;D portés par des entreprises. Les entreprises, positionnées sur leur marché et disposant d&amp;#039;une stratégie de R&amp;amp;D à long terme, décident, face à un verrou technologique ou scientifique, de s&amp;#039;adjoindre les compétences d&amp;#039;un laboratoire public, ou/et d&amp;#039;un centre de transfert de technologies et de méthodologies, dans le cadre d&amp;#039;un partenariat pour mettre en oeuvre un projet de R&amp;amp;D collaboratif.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif a pour objectif d’aider les entreprises régionales dans leurs démarches d’innovation, pour améliorer leur positionnement concurrentiel sur le marché et ainsi favoriser le développement économique du territoire.&lt;/p&gt;&lt;p&gt;Le dispositif d’accompagnement au transfert de technologies, cible les collaborations de R&amp;amp;D entre les entreprises et les centres de compétences en accord avec la priorité 2 du schéma régional de développement économique régional : renforcer notre souveraineté par l&amp;#039;innovation responsable, et ainsi s&amp;#039;appuyer sur la recherche pour dynamiser l&amp;#039;innovation, les sauts technologiques, et le transfert vers les entreprises.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;assiette éligible comprend toutes les dépenses de l&amp;#039;entreprise liées au projet. &lt;/p&gt;&lt;p&gt;Le montant de l&amp;#039;aide sera calculé après instruction en fonction de la typologie de projet, de la typologie d&amp;#039;entreprise et de sa capacité financière.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Economie locale et circuits courts
+Innovation, créativité et recherche
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Entreprises de toutes tailles localisées en Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entreprise devra :&lt;/p&gt;&lt;p&gt;être localisée en Nouvelle-Aquitaine (NA);&lt;/p&gt;&lt;p&gt;avoir un projet de partenariat R&amp;amp;D avec un centre de compétences situé dans ou hors du territoire de NA ;&lt;/p&gt;&lt;p&gt;avoir un niveau de fonds propres en adéquation avec sa demande d&amp;#039;aide ;&lt;/p&gt;&lt;p&gt;respecter les règles d&amp;#039;éco-socio conditionnalités mises en place par la Région ;&lt;/p&gt;&lt;p&gt;ne pas distribuer de dividendes issus de la subvention ;&lt;/p&gt;&lt;p&gt;signer un accord de partenariat définissant notamment les règles de confidentialité, de répartition/protection et d&amp;#039;exploitation des résultats issus du projet collaboratif.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La demande devra être faite directement auprès du service concerné, avant le début du projet qui fait l&amp;#039;objet de la demande de subvention. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Relation aux Usagers&lt;/p&gt;&lt;p&gt;Direction de l’enseignement supérieur recherche et transfert de technologie&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;/p&gt;&lt;p&gt;Du lundi au vendredi de 9h à 18h sans interruption&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de-technologies-et-de-methodologies-et-ou-laboratoires-publics/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>162848</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine apporter des réponses concrètes aux problèmes de désertification médicale</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la télémédecine</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Entreprise publique locale (Sem, Spl, SemOp)
+Département
+Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>La Région souhaite faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine qui peuvent permettre, selon le contexte local, d’apporter des réponses concrètes aux problèmes de désertification médicale.&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région peut prendre en charge 50% de la dépense subventionnable à hauteur de 20.000€ pour les équipements mobiles (chariot, mallette, objets portatifs...) et non mobiles (télécabines…).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles peuvent comprendre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’acquisition du matériel nécessaire à la téléconsultation (chariot, ordinateur, matériel connecté, imprimante, terminal de carte Vitale…),&lt;/li&gt;&lt;li&gt;Les solutions informatiques permettant la prise en charge de la consultation.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; La Région entend soutenir prioritairement les projets d&amp;#039;acquisition de matériels légers de téléconsultation mobiles ou non, inscrits dans un parcours de soins et ayant reçu l&amp;#039;aval des autorités de santé.&lt;br /&gt; &lt;p&gt;Dépôt du dossier sur la plateforme régionale &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; (sélectionner le dispositif « Soutien à la télémédecine »).&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-la-telemedecine</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:sante&amp;#64;iledefrance.fr" target="_blank"&gt;sante&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-telemedecine-1/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>103491</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer  la présence et les ventes sur Internet des artisans et commerçants franciliens avec une aide pouvant aller jusqu'à 1.500€</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Chèque numérique pour un commerce connecté</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>La Région soutient, avec une aide pouvant aller jusqu&amp;#039;à 1.500€, la transition numérique des artisans et commerçants franciliens. Objectifs : améliorer leur présence et leurs ventes sur Internet.
+&lt;br /&gt;
+&lt;p&gt;
+ Le Chèque numérique volet 1 vise à maintenir et développer l&amp;#039;activité des artisans et commerçants de proximité grâce au digital.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer leur gestion digitale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Générer du flux dans leur boutique grâce au marketing digital,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Booster leurs ventes grâce au e-commerce.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il peut financer :
+&lt;/p&gt;
+&lt;p&gt;
+ 1-
+ &lt;strong&gt;
+  SOIT des dépenses de fonctionnement
+ &lt;/strong&gt;
+ (charges) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abonnement solutions digitales de gestion (logiciel de caisse...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publicité digitale, solutions de fidélisation, achat de mots-clés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Référencement, nom de domaine, hébergement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Abonnement logiciel de création de site en SaaS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Abonnement ou commissions sur ventes liés à solution digitale (marketplace, clickandcollect...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Services de livraison,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Location/abonnement box pro wifi, location d&amp;#039;écrans de diffusion,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2.
+ &lt;strong&gt;
+  SOIT des dépenses d&amp;#039;investissement
+ &lt;/strong&gt;
+ (actif) pour le développement/acquisition de site, l&amp;#039;achat de licences ou d&amp;#039;écrans de diffusion.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 1. Pour évaluer votre situation numérique, vous pouvez réaliser en 5 min votre autodiagnostic en ligne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.laboutic.fr/diagnostic.php?diagnostic&amp;#61;" rel="noopener" target="_blank"&gt;
+   Dédié aux commerçants
+  &lt;/a&gt;
+  (CCI),
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://autodiagnostic-numerique.crma-idf.com/" rel="noopener" target="_blank"&gt;
+   Dédié aux artisans
+  &lt;/a&gt;
+  (CRMA).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous pouvez aussi consulter
+ &lt;a href="https://smartidf.services/fr/solutions-covid19" rel="noopener" target="_blank"&gt;
+  la plateforme de solutions Covid
+ &lt;/a&gt;
+ pour les artisans et commerçants et
+ &lt;a href="http://www.iledefrance.fr/sites/default/files/medias/2019/11/Cheque_numerique_guide.pdf" rel="noopener" target="_blank"&gt;
+  le guide téléchargeable
+ &lt;/a&gt;
+ pour vous aider à choisir les solutions
+ &lt;br /&gt;
+ adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Réunissez les pièces nécessaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un extrait Kbis ou D1 de moins de 3 mois,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les pièces justificatives des dépenses prévisionnelles (devis, grille tarifaire,...)
+  &lt;strong&gt;
+   OU
+  &lt;/strong&gt;
+  les factures acquittées (à compter du 12/03/2020) et le formulaire téléchargeable en ligne.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Déposez votre demande d&amp;#039;aide sur
+ &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Le versement sera directement effectué en cas de transmission de factures. Pour les demandes avec devis, transmettez votre demande de versement avec les factures acquittées (dans un délai maximal d&amp;#039;un an).
+ &lt;strong&gt;
+  Les factures indiquent un n° de chèque, un règlement CB, un virement ou la mention « payé ».
+ &lt;/strong&gt;
+ Le versement prend la forme d&amp;#039;un paiement unique ou d&amp;#039;un paiement en 2 fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en compte
+ &lt;strong&gt;
+  en HT
+ &lt;/strong&gt;
+ portent sur une période maximale de 12 mois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- _________________________________________________________________
-[...73 lines deleted...]
-      <c r="O10" s="1" t="inlineStr">
+ Une subvention pouvant aller jusqu&amp;#039;à 1.500€.
+&lt;/p&gt;
+&lt;strong&gt;
+ Montant HT des dépenses éligibles
+&lt;/strong&gt;
+&lt;strong&gt;
+ Montant du chèque
+&lt;/strong&gt;
+À partir de 300€
+150€
+À partir de 600€
+300€
+À partir de 900€
+450€
+À partir de 1.200€
+600€
+À partir de 1.500€
+750€
+À partir de 1.800€
+900€
+À partir de 2.100€
+1.050€
+À partir de 2.400€
+1.200€
+À partir de 2.700€
+1.350€
+À partir de 3.000€
+1.500€
+&lt;p&gt;
+ La subvention est calculée sur les montants Hors Taxes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses de matériel de type ordinateur ou caisse connectée ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X10" s="1" t="inlineStr">
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>14/11/2019</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...23 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour toute information sur l&amp;#039;aide :
+   &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr"&gt;
+    aides.economiques&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour toute question sur votre dossier :
+   &lt;a href="mailto:chequenumerique&amp;#64;cci-paris-idf.fr"&gt;
+    chequenumerique&amp;#64;cci-paris-idf.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dd50-cheque-numerique-pour-un-commerce-connecte/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>139916</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Se faire accompagner sur les thématiques énergie et climat</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C71" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
  accompagne, et anticipe sur ces questions.
 &lt;/p&gt;
 &lt;p&gt;
  Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
  l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
  oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
  En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
  d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
 &lt;/p&gt;
 &lt;p&gt;
  Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
  réglementaire, technique et de connaissance fine du territoire (observatoire).
 &lt;/p&gt;
 &lt;p&gt;
  Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M71" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Diagnostic énergétique et climatique territorial
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Prise en compte des enjeux climatiques dans les PLU/I
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Schéma directeur énergie
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Observatoire local énergie-climat
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   État des lieux énergétique du patrimoine public
   &lt;br /&gt;
@@ -2883,1075 +12207,1547 @@
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Lutte contre la précarité énergétique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des acteurs pour le développement des énergies renouvelables locales
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Economie circulaire
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T71" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Pays des Vallons de Vilaine</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>contact@federation-flame.org</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>147706</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I12" s="1" t="inlineStr">
+      <c r="I72" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P12" s="1" t="inlineStr">
+      <c r="P72" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q12" s="1" t="inlineStr">
+      <c r="Q72" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>94851</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Recruter votre premier docteur</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Recrutement des docteurs en entreprises</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   promouvoir les compétences des docteurs auprès des entreprises du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser leur embauche grâce à une incitation financière.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Nature et montant de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux maxi : 50% du salaire brut
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond : 50 000 € sur la durée totale du contrat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond annuel : 25 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Education et renforcement des compétences
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P73" s="1" t="inlineStr">
+        <is>
+          <t>27/04/2021</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ De l&amp;#039;aide :
+ Les entreprises du territoire : PME, ETI.
+&lt;/p&gt;
+&lt;p&gt;
+ De l&amp;#039;action :
+ Titulaire d&amp;#039;un doctorat depuis 3 ans maximum (l&amp;#039;année de soutenance est l&amp;#039;année de référence) et ne bénéficiant d&amp;#039;aucune expérience professionnelle en entreprise.
+&lt;/p&gt;
+&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Le projet dans lequel s&amp;#039;inscrit l&amp;#039;embauche du docteur est en cohérence avec les trois enjeux de transition écologique et environnementale, numérique et industrielle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet de l&amp;#039;entreprise s&amp;#039;inscrit aussi dans les domaines identifiés de la stratégie de spécialisation intelligente (S3) dont les perspectives de transfert et d&amp;#039;innovation sont avérées (technologies et équipements pour la transition industrielle ; recyclage et fonctionnalisation des matériaux ; biotechnologies médicales ; outils numériques pour la santé ; dispositifs médicaux ; molécules et matériaux biosourcés ; outils et systèmes pour la gestion durable et intelligente des ressources naturelles ; systèmes énergétiques et leur performance).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise justifiera de la plus-value de l&amp;#039;embauche d&amp;#039;un docteur en termes de compétences, d&amp;#039;expertises, de savoir-faire, ... pouvant être en lien avec les domaines de recherche maitrisés du candidat.
+&lt;/p&gt;
+&lt;p&gt;
+ La durée du contrat de travail est d&amp;#039;un an minimum.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise ne pourra bénéficier de cette aide régionale qu&amp;#039;une seule fois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/recruter-votre-premier-docteur/</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0097/depot/simple</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:docteurentreprise&amp;#64;grandest.fr"&gt;
+  docteurentreprise&amp;#64;grandest.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2895-recruter-votre-premier-docteur/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>94876</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les chaires industrielles</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux chaires industrielles</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I74" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Grand Est souhaite amplifier les passerelles entre la recherche académique et les entreprises, en créant un environnement de recherche de haut niveau.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rapprocher le secteur de la R&amp;amp;D privée du potentiel académique de recherche régional pour augmenter l&amp;#039;investissement en R&amp;amp;D et favoriser la participation des organismes de recherche et de transfert de technologie au développement de produits et procédés innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  orienter le soutien régional vers la recherche à fort potentiel d&amp;#039;innovation et attirer le recrutement de chercheurs de haut niveau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accroître l&amp;#039;employabilité de personnels hautement qualifiés formés à une double culture de laboratoire et entreprise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : à parité de l&amp;#039;investissement privé dans la limite de 30 % de l&amp;#039;assiette éligible
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de l&amp;#039;aide régionale : 120 K€ maximum par an dans la limite de 5 ans
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2021</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires :
+ Les organismes de recherche et les établissements d&amp;#039;enseignement supérieur suivants : Universités, Grandes Ecoles, EPST.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   S&amp;#039;inscrire en cohérence avec les trois enjeux de transition écologique, numérique et industrielle et dans les thématiques d&amp;#039;excellence déjà identifiées (santé, chimie, matériaux, ...) fédératrices couvrant l&amp;#039;ensemble des domaines de la recherche, susceptibles de générer des innovations et pouvant alimenter les connaissances dans les domaines identifiés de la stratégie de spécialisation intelligente (S3) (technologies et équipements pour la transition industrielle ; recyclage et fonctionnalisation des matériaux ; biotechnologies médicales ; outils numériques pour la santé ; dispositifs médicaux ; molécules et matériaux biosourcés ; outils et systèmes pour la gestion durable et intelligente des ressources naturelles ; systèmes énergétiques et leur performance) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Impliquer financièrement (en numéraire) à minima une ou plusieurs entreprises du Grand Est (TPE, PE, PME, ETI, GE). La/les entreprises partenaires doivent contribuer à hauteur de 25% minimum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Impliquer financièrement (en numéraire) un autre cofinancement public (hors apport de l&amp;#039;établissement d&amp;#039;accueil).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre portée par un titulaire, chercheur ou enseignant chercheur de notoriété internationale ou nationale, en mobilité ou non avec une expérience avérée et réussie de partenariat avec le monde économique. Celui-ci doit occuper au moins 50 % de son temps de recherche aux travaux propres de la chaire. Il doit mener par ailleurs, des actions de formation par la recherche selon une vision à long terme dans les laboratoires de recherche fortement en lien monde économique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-chaires-industrielles/</t>
+        </is>
+      </c>
+      <c r="W74" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0214/depot/simple</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question :
+ &lt;a href="mailto:chairesindus&amp;#64;grandest.fr"&gt;
+  chairesindus&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/707d-soutien-aux-chaires-industrielles/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>71878</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'extension de la couverture THD</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques : nous investissons à vos côtés</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...1 lines deleted...]
-Association
+Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Intelligence artificielle, télémédecine... Alors que le système de santé est en évolution rapide, la Région soutient les projets qui misent sur les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants.
-[...7 lines deleted...]
- Les projets proposés doivent prioritairement concerner l&amp;#039;une ou plusieurs des thématiques suivantes :
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions de financement à destination des raccordements complexes en zone d&amp;#039;initiative publique qui présenteraient une économie dégradée, dont le nombre est estimé à 500 000 en France. Il s&amp;#039;agit de projets dont le coût du raccordement est très élevé :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Innovation en santé,
-[...17 lines deleted...]
-  Amélioration de la prise en charge des patients.
+  À cause de leur complexité technique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En raison de leur localisation (site isolé).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...25 lines deleted...]
-  mesdemarches.iledefrance.fr
+ Pour les acteurs souhaitant contribuer au développement de la couverture fixe THD pour de tels raccordements, à condition qu&amp;#039;ils ne soient pas encore financés, la Banque des Territoires propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un compte courant d&amp;#039;associés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une dette mezzanine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt subordonné ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des Prêts au Secteur Public Local (PSPL) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un Crédit d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Ext_couverture_THD_psat</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+  &lt;strong&gt;
+   Nous contacter par mail via notre f
+   ormulaire de contact
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fecc-trouver-les-moyens-de-favoriser-lachevement-d/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>71879</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Étendre et améliorer la couverture 4G en Outre-mer</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques : nous investissons à vos côtés</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions dédiées pour résoudre les problèmes de sous-équipement en infrastructures 4G en Outre-mer, notamment en ce qui concerne la couverture et la qualité de service :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sur les principaux axes de transports ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans les zones avec un potentiel économique et démographique important ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur les sites prioritaires : administrations, écoles, hôpitaux et mairies ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur les zones touristiques (à condition que l&amp;#039;installation d&amp;#039;infrastructures se fasse dans le respect de l&amp;#039;environnement).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les collectivités et acteurs privés souhaitant participer au développement de projets de mutualisation de nouveaux points hauts et d&amp;#039;amélioration de la qualité de service, la Banque des Territoires propose des outils spécifiques d&amp;#039;investissement et de prêt. L&amp;#039;enjeu ? Épauler les engagements qui ont déjà été pris par les acteurs publics et privés intervenant sur le projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour résorber ces situations et garantir une couverture de qualité, tout en soutenant les chantiers locaux de travaux, la Banque des Territoires propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une prise de participation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un compte courant d&amp;#039;associés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une dette mezzanine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt subordonné
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des Prêts au Secteur Public Local (PSPL) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un crédit d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Outre_Mer_4G_psat</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Nous contacter par mail via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80f3-resoudre-les-problemes-de-sous-equipement-en-/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>120454</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises dans la réalisation de programmes d'innovation en vue d’une commercialisation</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bretagne</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 65</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la recherche et développement (R&amp;amp;D) de produits, procédés ou services innovants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer la compétitivité des entreprises bretonnes en aidant l&amp;#039;intégration de nouvelles technologies dans les PME (saut technologique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Encourager les projets d&amp;#039;innovation non technologiques : innovation organisationnelle, marketing ou d&amp;#039;usage dans les PME,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Encourager les projets qui s&amp;#039;inscrivent dans des démarches responsables et de développement durable, à faible impact ou en dernier à impact environnemental positif            (ressources, carbone, biodiversité, ...), pour une économie plus résiliente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif pour l&amp;#039;offre &amp;#34;Sobriété&amp;#34; (transition écologique)
+ &lt;/strong&gt;
+ :  encourager les démarches d&amp;#039;innovation intégrant des enjeux d&amp;#039;économie circulaire, d&amp;#039;éco-conception, d&amp;#039;adaptation au changement climatique, de low tech, etc. dans leurs produits, process et services.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide se décline sous deux formes, selon le degré de développement durable intégré au projet. Ainsi, les projets répondant aux critères de l&amp;#039;offre &amp;#34;sobriété&amp;#34; définis par la Région bénéficieront de conditions et d&amp;#039;un montant d&amp;#039;aide plus favorables que ceux n&amp;#039;y répondant pas.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide correspond  à 50 % de l&amp;#039;assiette des dépenses retenues.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particularité : si le projet est éligible à l&amp;#039;offre &amp;#34;sobriété&amp;#34;: le taux pourra être porté à 65 %.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cette aide, sous forme d&amp;#039;avance remboursable à taux nul pourra de manière exceptionnelle prendre la forme d&amp;#039;une subvention, plafonnée à 50 K€ pour les projets &amp;#34;sobriété&amp;#34; ou des entreprises primo-innovantes.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Entreprises éligibles
+ &lt;/strong&gt;
+ : Les entreprises bretonnes : PME et les ETI (Entreprises de Taille Intermédiaire) de moins de 5000 salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets éligibles
+ &lt;/strong&gt;
+ Les projets menés dans le cadre d&amp;#039;une démarche globale d&amp;#039;innovation, et le plus souvent dans un objectif de diversification.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mener un projet de Recherche et développement de produits, services ou procédés innovants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;innovation pourra être non technologique dans les domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Innovation par le Design : réalisation de nouveaux produits dont le développement intégrera le Design (l&amp;#039;innovation par le Design doit conférer une nouvelle fonctionnalité au produit ou générer une modification du process de production de la PME)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Innovation Organisationnelle : Projet d&amp;#039;évolution de l&amp;#039;organisation globale de l&amp;#039;entreprise, nécessairement inscrite dans une démarche RSE (nouvelles méthodes de travail, travail à distance...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Innovation d&amp;#039;usage : projet d&amp;#039;innovation basée sur l&amp;#039;usage de nouvelles technologies « sobres » ou low-tech.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Des précisions sont apportées sur les projets du secteur des industries culturelles et créatives (jeu vidéo et assimilés en particulier), au regard de la particularité de ce secteur : les entreprises de ce secteur sont éligibles au dispositif, en particulier pour des projets, en pré-production et prototypage, d&amp;#039;innovation liée à la technologie utilisée, au « game design », au graphisme, à la distribution et monétisation, à l&amp;#039;acquisition de joueurs, à l&amp;#039;interface avec le jeu (IHM), à l&amp;#039;analyse de données et à la data science, à la structure narrative, etc. Les entreprises soutenues devront conserver la propriété intellectuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité à l&amp;#039;offre &amp;#34;sobriété&amp;#34; :
+ &lt;/strong&gt;
+ une priorité sera donnée aux projets s&amp;#039;inscrivant dans l&amp;#039;une des priorités formulées par la Région au sein de la « Breizh COP » et en particulier de ses feuilles de routes : « Bien manger pour tous », énergétiques et climatiques, numérique responsable, Mobilités solidaires et décarbonées, Préservation et valorisation de la biodiversité et des ressources.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : Ensemble des coûts (internes et externes) directement liés à la réalisation du projet d&amp;#039;innovation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises devront rester propriétaires de la propriété intellectuelle du jeu.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bretagne.bzh/aides/fiches/inno-rd-2/</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.bretagne.bzh/aides/#/crbr/connecte/F_EXTSUBPESIS/depot/simple</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur les modalités de dépôt, vous pouvez contacter :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Région Bretagne
+&lt;/p&gt;
+&lt;p&gt;
+ Service de l&amp;#039;innovation et des stratégies économiques
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du développement économique
+&lt;/p&gt;
+&lt;p&gt;
+ 283 avenue du Général Patton
+&lt;/p&gt;
+&lt;p&gt;
+ CS 21101
+&lt;/p&gt;
+&lt;p&gt;
+ 35711 RENNES cedex 7
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a rel="noopener" target="_blank"&gt;
+  projets.innovation&amp;#64;bretagne.bzh
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
-[...612 lines deleted...]
-  &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02 99 27 10 92
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez besoin d&amp;#039;aide pour maximiser les chances que votre dossier soit retenu ? Des structures dans vos régions sont là pour vous accompagner. Retrouvez la liste
+ &lt;a href="https://gnius.esante.gouv.fr/fr/acteurs/fiches-acteur?title&amp;#61;&amp;amp;field_zone_d_intervention_target_id%5B127%5D&amp;#61;127" rel="noopener" target="_blank"&gt;
+  ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>anne.bertaud@esante.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/64db-soutenir-les-entreprises-dans-la-realisation-/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>126578</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets innovants portés par des PME et des ETI franciliennes</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Innov'up Leader PIA 4</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Île-de-France soutient, à travers sa gamme de financement Innov&amp;#039;up, avec l&amp;#039;État et en partenariat avec Bpifrance, des projets innovants portés par des PME et des ETI franciliennes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2021</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligibles au dispositif, les entreprises doivent respecter ces critères cumulatifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être une PME ou une ETI créée au moment du dépôt du dossier de candidature (avoir un numéro SIRET et être en mesure de fournir un extrait K-Bis),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être un PME ou une ETI localisée en Île-de-France (siège social ou établissement secondaire y réalisant sa R&amp;amp;D),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être en situation financière saine et disposer de fonds propres et quasi fonds propres suffisants pour mener à bien le projet envisagé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets déposés par les ETI doivent impérativement s&amp;#039;inscrire dans l&amp;#039;une des 5 thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Industrie du futur/Robotique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quantique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cybersécurité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hydrogène,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bioproduction, Santé ou toute autre filière industrielle se rattachant à une
+  &lt;a href="https://www.entreprises.gouv.fr/fr/strategies-d-acceleration" rel="noopener" target="_blank"&gt;
+   stratégie nationale d&amp;#039;accélération
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant du soutien public est compris
+ &lt;strong&gt;
+  entre 75.000€ et 500.000€.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Dans le cas général, la modalité d&amp;#039;attribution de l&amp;#039;aide est forfaitaire et respecte la répartition suivante :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  2/3 de l&amp;#039;aide attribuée sous la forme de subventions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  1/3 de l&amp;#039;aide attribuée sous la forme d&amp;#039;avances récupérables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sauf cas particulier,
+ &lt;strong&gt;
+  l&amp;#039;aide est versée en 2 fois :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la notification de l&amp;#039;aide (50%),
+ &lt;/li&gt;
+ &lt;li&gt;
+  À la clôture du projet (50%).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses internes ou externes liées à la réalisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements non récupérables (affectés au programme),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amortissement sur la durée du programme des investissements récupérables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : les investissements de remplacement ne sont pas éligibles à l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La qualité de l&amp;#039;innovation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le potentiel économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La contribution au développement de l&amp;#039;Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La qualité du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets proposés doivent s&amp;#039;inscrire dans les priorités de la stratégie régionale
+ &lt;strong&gt;
+  &lt;a href="https://www.iledefrance.fr/la-region-lance-impact-2028-sa-nouvelle-strategie-economique-face-aux-grands-defis-de-demain" rel="noopener" target="_blank"&gt;
+   Impact 2028
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ pour la croissance, l&amp;#039;emploi et l&amp;#039;innovation en Île-de-France et cibler particulièrement les secteurs suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aéronautique, spatial et défense,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agriculture, agro-alimentaire et nutrition, sylviculture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Automobile et mobilités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Industrie du Futur/Robotique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Énergies d&amp;#039;avenir (dont hydrogène),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Numérique (dont quantique, cybersécurité, big data, calcul haute performance, industries culturelles et créatives, infrastructures numériques, intelligence artificielle, internet des objets, fintech, logiciels, réseaux, smart grid),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé (dont bioproduction, biotechnologies, dispositifs médicaux, silver économie),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tourisme, sport et loisirs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Région – Ville durable et intelligente (dont écoactivités, énergies, biomatériaux, (re)construction durable, déchets, smart cities, services).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 3 périodes de réception des dossiers de candidature, sur l&amp;#039;année 2023, sont prévues aux dates suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Du 4 janvier 2023 au 7 avril 2023,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Du 10 avril 2023 au 8 septembre 2023,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Du 11 septembre 2023 au 1er décembre 2023.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide doit être déposée avant le démarrage du projet, toute dépense réalisée avant rend le projet inéligible.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;strong&gt;
+ Le dossier de candidature est à déposer sur la plateforme de collecte à l&amp;#039;adresse suivante :
+ &lt;a href="http://leaderpia.iledefrance.fr/Innov-up-Leader-PIA" rel="noopener" target="_blank"&gt;
+  http://leaderpia.iledefrance.fr/Innov-up-Leader-PIA
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/strong&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/innovup-leader-pia-4</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>http://leaderpia.iledefrance.fr/Innov-up-LEADER-PIA</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Région :
+ &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aides.economiques&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance :
+ &lt;a href="http://leaderpia.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  http://leaderpia.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9d62-innovup-leader-pia-4/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>