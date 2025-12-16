--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA209"/>
+  <dimension ref="A1:AA213"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -1255,322 +1255,690 @@
       <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir en fonction de chaque aide (suivre le lien du descriptif complet).
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>554</v>
+        <v>38919</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
-[...10 lines deleted...]
-          <t>DATAVIZ Cœur de Ville</t>
+          <t>Faire émerger des solutions collectives pour la logistique de livraison</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Commune
-Collectivité d’outre-mer à statut particulier</t>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 75</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
-[...2 lines deleted...]
- Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Occitanie souhaite encourager l&amp;#039;émergence d&amp;#039;initiatives collective pour la logistique de livraison de produits locaux (conditionnement, stockage, transport...).
+ Ces projets, à caractère innovant, devront avoir un impact structurel en matière de distribution de produits alimentaires locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de ce dispositif est d&amp;#039;initier et de renforcer des initiatives et des dynamiques générées par la crise afin d&amp;#039;assurer une meilleure circulation des produits locaux sur les territoires à l&amp;#039;échelle régionale sans être une source d&amp;#039;une augmentation des prix des produits ni une croissance de charge de travail pour les producteurs et entreprises alimentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prend la forme d&amp;#039;une subvention calculée sur la base des dépenses prévisionnelles dans la limite de 3 000€.
+ Taux de l&amp;#039;intervention plafonné à 75% maximum des dépenses éligibles de l&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Personnes morales de droit public ou privé : agriculteurs ou groupements d&amp;#039;agriculteurs, entreprises, associations dont syndicats ou fédérations professionnelles, entreprises de l&amp;#039;économie sociale et solidaires (dont SCOP, SCIC), ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Emploi</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-a-l-emergence-de-solutions-collectives-pour-la-logistique</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/account-management/croccitanie-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesaidesenligne.laregion.fr%2Faides%2F%23%2Fcroccitanie%2Fconnecte%2Fdashboard%2Faccueil</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hub Entreprendre Occitanie : 0 800 31 31 01
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba14-aide-a-lemergence-de-solutions-collectives-po/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>43189</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les associations face à la crise du COVID – Fonds exceptionnel de soutien aux associations d'Occitanie</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la crise sanitaire et sociale liée à la pandémie du COVID-19, parce que les associations sont essentielles à la vitalité de notre territoire et à la chaîne des solidarités au plus près des habitant(e) s,   la Région met en place, à titre transitoire, le fonds Solutions associations Occitanie, un système d&amp;#039;aides exceptionnelles dans le cadre d&amp;#039;un fonds régional de soutien au tissu associatif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations concernées sont basées en Occitanie et interviennent dans les secteurs culturel, sportif, solidaire, politique de la ville, de l&amp;#039;économie sociale et solidaire, d&amp;#039;éducation populaire, de culture scientifique et technique, de sensibilisation à l&amp;#039;environnement, de valorisation patrimoniale et touristique, en direction de la jeunesse, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Le maintien d&amp;#039;événements à la veille du confinement, leur report ou leur annulation a pu créer un vrai risque sur les ressources propres des associations, mais aussi sur leur économie globale. La Région Occitanie soutient le tissu associatif au travers des subventions qu&amp;#039;elle octroie tout au long de l&amp;#039;année et souhaite réaffirmer son appui dans la traversée de cet épisode compliqué pour tous les acteurs et actrices du service public.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est pourquoi la Région Occitanie a créé Solutions associations Occitanie – Fonds exceptionnel de soutien, pour les associations opératrices d&amp;#039;événements dont le total des dépenses acquittées est supérieur à 20 000€, et dont les ressources propres seraient inférieures de 40% au montant inscrit dans le budget prévisionnel, pourront solliciter une compensation des pertes de recettes à hauteur de 25%, dans la limite de 30 000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide financière exceptionnelle doit permettre aux associations, d&amp;#039;honorer les contrats en cours avec leurs différents prestataires, et d&amp;#039;honorer les rémunérations des salarié.e.s, tout en bénéficiant du maintien des subventions dans le cadre des dispositifs régionaux votés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  A)	Aide aux manifestations récurrentes ou ponctuelles
+ &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Portrait socio-démographique
-[...23 lines deleted...]
-Patrimoine et monuments historiques
+  La manifestation doit être récurrente (il s&amp;#039;agit au moins de la 2ème édition) ou ponctuelle (manifestation ne pouvant par nature être reconduite l&amp;#039;année suivante : commémoration, anniversaire, colloque, rencontres sportives exceptionnelles...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  B)	Aide aux manifestations nouvelles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La première édition doit avoir lieu en 2020 et elle sera reconduite d&amp;#039;une année sur l&amp;#039;autre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide sera accordée sous la forme d&amp;#039;une subvention, versée en une seule fois, sous réserve de la disponibilité des crédits budgétaires votés par le Conseil régional et dans le respect des critères définis. La Région se réserve le droit d&amp;#039;effectuer un contrôle a posteriori sur les dépenses et les recettes déclarées et réelles, et procéder aux réclamations des sommes qui auraient été indument versées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  A)	Aide aux manifestations récurrentes ou ponctuelles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide versée ne pourra pas dépasser 25% de la perte de recettes (hors subventions publiques), avec un plafond de la subvention exceptionnelle de 30 000€. Le calcul du montant du soutien exceptionnel se fera sur la base du delta entre recettes propres escomptées et recettes propres réelles et sur présentation des justificatifs de dépenses acquittées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  B)	Aide aux manifestations nouvelles
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide versée ne pourra pas dépasser 25 % de la perte de recettes (hors subventions publiques), avec un plafond de la subvention exceptionnelle de 20 000€. Le calcul du montant du soutien exceptionnel se fera sur la base du delta entre recettes propres escomptées et recettes propres réelles et sur présentation des justificatifs de dépenses  acquittées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres aides prévues dans le 1er Plan régional d&amp;#039;urgence sanitaire, économique et solidaire dont peuvent bénéficier les associations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure 11.2 - Continuité des paiements aux entreprises, associations, au titre du plan de continuité &amp;#61; La Région se mobilise pour assurer la continuité des paiements que ce soit pour la commande publique ou le versement des aides et subventions (rémunération des stagiaires de la formation professionnelle, bourses, subventions aux associations et aux entreprises...).
+ Une veille toute particulière est accordée aux délais de paiement des factures pour soutenir l&amp;#039;activité : la Région s&amp;#039;engage à assurer leur règlement en moins de 30 jours, de la réception de la facture au versement par le comptable public.
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure 17.3 - Appui à la continuité de l&amp;#039;aide alimentaire régionale et à l&amp;#039;approvisionnement solidaire en alimentation locale des plus démunis : de façon exceptionnelle, les associations pourront bénéficier des aides existantes ou exceptionnelles mise en place par la Région pour la collecte et la distribution des denrées alimentaires (aides à la livraison, investissements...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
-Forêts
-[...9 lines deleted...]
-Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
-Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...2 lines deleted...]
-Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
-Risques naturels
-[...13 lines deleted...]
-      <c r="O6" s="1" t="inlineStr">
+Lutte contre la précarité
+Emploi</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les associations organisatrices d&amp;#039;évènements [ 1 ] culturels, sportifs, solidaires, en lien avec la politique de la ville, l&amp;#039;économie sociale et solidaire, l&amp;#039;éducation populaire, la culture scientifique et technique, la sensibilisation à l&amp;#039;environnement, la valorisation patrimoniale et touristique, en direction de la jeunesse... intervenant sur le territoire de la Région Occitanie et dont le siège est situé dans cette région. Pour le secteur des événements sportifs, sont concernées les associations bénéficiaires des dispositifs de soutien des clubs « Occitanie - Ambassadeurs Sport » et « Occitanie - Sport Performance ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclues du champ d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les sociétés, entreprises et collectivités territoriales qui peuvent bénéficier des autres dispositifs mis en place par l&amp;#039;Etat et la Région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les associations dont le siège social et l&amp;#039;activité principale sont hors région Occitanie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Conditions d&amp;#039;éligibilité :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;évènement devait avoir lieu entre le 1er mars et le 30 juin 2020 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;association doit avoir honoré les contrats avec les professionnel.le.s, personnels temporaires et prestataires prévus pour la tenue des événements, le soutien exceptionnel de la Région visant à maintenir la chaîne des paiements jusqu&amp;#039;à l&amp;#039;acteur.rice/professionnel.e de terrain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;association devra produire un budget réalisé d&amp;#039;opération supérieur à 20 000€, avec justificatif des dépenses acquittées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de maintien entre le 1er et le 15mars, de report ou d&amp;#039;annulation sans report possible de l&amp;#039;évènement, la perte de recettes doit être égale ou supérieure à 40% du prévisionnel. La perte de recettes sera calculée hors subventions publiques à partir des baisses de recettes propres telles que billetterie, vente de prestations ou de produits, locations, mécénat, etc...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concernant le montant des recettes escomptées, la Région procèdera à une évaluation de l&amp;#039;estimation transmise sur la base des éditions précédentes pour les manifestations récurrentes ou sur la base d&amp;#039;événements comparables pour les autres.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Solutions-association-Occitanie-Fonds-exceptionnel-de-soutien</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/account-management/croccitanie-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesaidesenligne.laregion.fr%2Faides%2F%23%2Fcroccitanie%2Fconnecte%2FF_FESA_OCC%2Fdepot%</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations : Se reporter sur le site de la Région, à la rubrique &amp;#34;associations d&amp;#039;Occitanie&amp;#34; ou composer le 3010, numéro unique et gratuit.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d621-solutions-association-occitanie-fonds-excepti/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>44203</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'émergence de projets d'utilité sociale - Fabriques à projets d'utilité sociale</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="F8" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Avise</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>50 % du salaire chargé de chef de projet / 50 % des frais de transport liés aux déplacements dans</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner l&amp;#039;émergence de projets d&amp;#039;utilité sociale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ Les structures de toute forme juridique, ayant leur siège social ou un établissement dans le Grand Est et proposant une méthode d&amp;#039;accompagnement à l&amp;#039;émergence de projets sur le territoire de la région.
+ L&amp;#039;opérateur identifié comme chef de file de la « fabrique » dès lors que celle-ci ne dispose pas d&amp;#039;un statut juridique propre.
+ Projets éligibles et nature des projets
+ Les « fabriques à projets d&amp;#039;utilité sociale » présentent les compétences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  capacité de mobilisation collective d&amp;#039;acteurs et de partenaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  maîtrise de technique d&amp;#039;idéation, de facilitation et d&amp;#039;animation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  maîtrise des démarches d&amp;#039;accompagnement pragmatique, s&amp;#039;appuyant sur les opportunités offertes par le territoire et l&amp;#039;environnement du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ingénierie de financement public ou privé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  connaissance des modèles économiques spécifiques aux activités d&amp;#039;utilité sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accès à des bases de connaissances et capacité à mobiliser des expertises sectorielles en fonction des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ingénierie de construction d&amp;#039;alliances s&amp;#039;appuyant sur le développement de visions et de valeurs communes, et sur l&amp;#039;alignement des intérêts d&amp;#039;acteurs aux profils variés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les compétences peuvent être internes à la « fabrique à projets » ou s&amp;#039;appuyer sur des partenaires externes.
+ Le projet de « fabrique » dans sa globalité est apprécié au regard des critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pertinence de la « fabrique » par rapport à l&amp;#039;existant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  moyens mis en oeuvre pour répondre aux objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  diversité des sources de financement et la pertinence de mobilisation des fonds publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ancrage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  plan d&amp;#039;actions budgétisé à 3 ans, présentant la stratégie de développement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  gouvernance et pilotage de la fabrique, rôle et implication des parties prenantes, notamment des EPCI.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets sont étudiés par la Région et la Caisse des Dépôts en lien avec l&amp;#039;AVISE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réception des dossiers : au fil de l&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  salaire chargé de chef de projet à hauteur de 50% maximum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de transport liés aux déplacements nécessaires à l&amp;#039;accompagnement de projets sur le territoire d&amp;#039;intervention, dans la limite de 3 000 € par an et de 50% des dépenses éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide maximum globale de 105 000 €, soit 35 000 € maximum par an, dans la limite de 3 ans de financement pour soutenir le démarrage de la démarche.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de financement public ne dépasse pas 80% par projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aap-fabriques-a-projets-utilite-sociale/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ess&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>ddt-stpp@marne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9d3d-fabriques-a-projets-dutilite-sociale-accompag/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>9082</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé sur des sujets complexes en gestion financière, budgétaire, comptable et fiscale (MRCDP)</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Mission régionale de conseil aux décideurs publics (MRCDP
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mission de conseil installée au niveau régional auprès de chaque Direction régionale des Finances publiques (DRFiP), à l&amp;#039;exception de la Corse et des territoires d&amp;#039;Outre-Mer.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La MRCDP offre des prestations pluricompétences sur des sujets à dominante financière, fiscale et économique dès lors que les enjeux des dossiers sont jugés importants, sensibles ou de dimension régionale.
 &lt;/p&gt;
 &lt;p&gt;
  Le champ de compétence des MRCDP est centré principalement sur les décideurs publics de la sphère État (préfets, ARS, rectorats, CROUS et établissements publics nationaux) et les grandes collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   le conseil sur des montages contractuels complexes et l&amp;#039;expertise organisationnelle de structures ;
  &lt;/li&gt;
  &lt;li&gt;
   la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Étude au profit du Préfet de région sur la santé économique et financière d&amp;#039;un territoire
  &lt;/li&gt;
  &lt;li&gt;
   Étude sur les modes de financement et la soutenabilité budgétaire d&amp;#039;un projet d&amp;#039;investissement ou projet de renouvellement urbain
  &lt;/li&gt;
  &lt;li&gt;
   Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1595,331 +1963,331 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P7" s="1" t="inlineStr">
+      <c r="P9" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
 &lt;/p&gt;
 &lt;p&gt;
  Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9b7e-conseil-aux-decideurs-publics/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>10500</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Dotation Départementale Rurale (DDR)</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
         <is>
           <t> Max : 10</t>
         </is>
       </c>
-      <c r="J8" s="1" t="inlineStr">
+      <c r="J10" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des micro-projets, dont le montant est situé entre 5 000€ HT et 100 000€ HT, portés par les communes et leurs groupements, hors EPCI à fiscalité propre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;enveloppe annuelle fait l&amp;#039;objet de 2 programmations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   fin juin (dossiers reçus avant le 1er avril)
  &lt;/li&gt;
  &lt;li&gt;
   et fin d&amp;#039;année (dossiers reçus avant le 1er octobre)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Alimentation
 Economie sociale et solidaire
 Biodiversité
 Réhabilitation
 Logement et habitat
 Paysage
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P8" s="1" t="inlineStr">
+      <c r="P10" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q8" s="1" t="inlineStr">
+      <c r="Q10" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  • Les projets relevant des typologies suivantes sont prioritaires :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations favorisant le développement des mobilités douces ou partagées,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique des logements communaux à vocation sociale,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  • Sont aussi éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
 &lt;/p&gt;
 &lt;p&gt;
  - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
 &lt;/p&gt;
 &lt;p&gt;
  - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation de structure des ouvrages d&amp;#039;art.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail : subventions.dmit&amp;#64;gers.fr
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/971b-dotation-departementale-rurale-ddr/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>10501</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Fonds Départemental de développement (F2D)</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I9" s="1" t="inlineStr">
+      <c r="I11" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J9" s="1" t="inlineStr">
+      <c r="J11" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1947,1557 +2315,1726 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P9" s="1" t="inlineStr">
+      <c r="P11" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q9" s="1" t="inlineStr">
+      <c r="Q11" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  • Les projets relevant des typologies suivantes sont prioritaires :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations favorisant le développement des mobilités douces ou partagées,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique des logements communaux à vocation sociale,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
 &lt;/p&gt;
 &lt;p&gt;
  - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  • Sont aussi éligibles :
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
 &lt;/p&gt;
 &lt;p&gt;
  - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
 &lt;/p&gt;
 &lt;p&gt;
  - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
 &lt;/p&gt;
 &lt;p&gt;
  - la rénovation de structure des ouvrages d&amp;#039;art.
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail : subventions.dmit&amp;#64;gers.fr
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
-        </is>
-[...269 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/ba14-aide-a-lemergence-de-solutions-collectives-po/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:27" customHeight="0">
       <c r="A12" s="1">
-        <v>43189</v>
+        <v>554</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les associations face à la crise du COVID – Fonds exceptionnel de soutien aux associations d'Occitanie</t>
+          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>DATAVIZ Cœur de Ville</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Occitanie</t>
+          <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>Association</t>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...26 lines deleted...]
- &lt;/em&gt;
+ Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  La manifestation doit être récurrente (il s&amp;#039;agit au moins de la 2ème édition) ou ponctuelle (manifestation ne pouvant par nature être reconduite l&amp;#039;année suivante : commémoration, anniversaire, colloque, rencontres sportives exceptionnelles...).
-[...47 lines deleted...]
-&lt;/p&gt;</t>
+  Portrait socio-démographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructurer l&amp;#039;habitat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter les mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Servir les citoyens
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N12" s="1" t="inlineStr">
         <is>
-          <t>Patrimoine et monuments historiques
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
-Personnes âgées
-[...557 lines deleted...]
-Tourisme
 Forêts
 Montagne
 Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Connaissance de la mobilité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>44624</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration et l'essaimage de démarches collectives novatrices et/ou inhabituelles qui se développent sur les territoires - Grand Est Initiatives territoriales</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 70</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Selon le volet concerné, plancher à 5 000 €/an, planfond à 50 000 €/an</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner la structuration et l&amp;#039;essaimage de démarches collectives novatrices et/ou inhabituelles qui se développent sur les territoires, dont la mutualisation de moyens, la coopération ou le partenariat de service.
+ Cet accompagnement se décline sur deux volets distincts :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Volet 1 : initiatives territoriales (IT)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Volet 2 : initiatives innovantes d&amp;#039;insertion territoriales (3IT)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets étudiés au fil de l&amp;#039;eau.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet IT :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets collectifs en phase de structuration dont l&amp;#039;organisation économique, politique et financière nécessite une étape de consolidation visant la pérennité organisationnelle et/ou économique du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets collectifs déjà structurés et créateurs d&amp;#039;une nouvelle activité ou entité dans le cadre d&amp;#039;un changement d&amp;#039;échelle, d&amp;#039;une diversification d&amp;#039;activités ou d&amp;#039;un essaimage par le développement d&amp;#039;une nouvelle filière ou sur un nouveau territoire).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 3IT :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets collectifs dont le but principal est l&amp;#039;insertion vers l&amp;#039;emploi des publics en difficulté, ayant un caractère innovant, que ce soit en matière de gouvernance, méthode de construction, de déploiement, d&amp;#039;organisation, d&amp;#039;implication des parties prenantes, de mobilisation des publics et acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible, les projets sont développés sur le territoire de la région Grand Est et doivent tout-à-la fois :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  reposer sur un collectif d&amp;#039;acteurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondre à des problématiques territoriales non ou mal résolues,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer, à court terme, un potentiel d&amp;#039;activité/service(s) nouveau(x) et structurant(s),
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer des partenariats locaux dans une logique collaborative, proposer une gouvernance locale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un caractère réaliste tant dans le montage technique que financier (cofinancements publics et/ou privés obligatoires)
+ &lt;/li&gt;
+ &lt;li&gt;
+  structurer à terme un modèle de fonctionnement pérenne (volet IT seulement).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ge-initiatives-territoriales/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ initiatives.territoriales&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>ddt-stpp@marne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c1e-grand-est-initiatives-territoriales/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>71808</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets pour l’environnement (eau, économie circulaire, biodiversité, etc.)</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets en faveur de l’environnement</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet en faveur de l’environnement, structuré
+par exemple autour de la gestion de l’eau, de l’économie circulaire, de la biodiversité
+? La Banque des Territoires vous propose une offre de financement des projets
+en faveur de l’environnement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes à la
+recherche d’investisseurs pour structurer et financer un projet portant sur
+l’eau et l’assainissement, l’économie circulaire ou bien encore les services
+liés à l’environnement permettant également d’adresser les problématiques debiodiversité
+et de compensation environnementale, avec des coopératives carbone.. Nous
+finançons en fonds propres et quasi-fonds propres ce type de projets.
+Sollicitez-nous pour bénéficier de financements adaptés, d’un accompagnement et
+d’une expertise reconnus.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projet-environnement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=environnement_biodiversite_psat</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-environnement/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>72010</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour créer ou développer son activité - Fonds pour l'économie des quartiers d'Est Ensemble</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Est Ensemble - Grand Paris</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>La subvention est de 10 000 € minimum et peut couvrir jusqu'à 80 % des dépenses d'investissement lié</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le fonds pour l&amp;#039;économie des quartiers est dédié à l&amp;#039;investissement dans des projets économiques s&amp;#039;implantant ou se développant dans les quartiers prioritaires du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Est Ensemble a lancé le fonds pour l&amp;#039;économie des quartiers, qui se trouve à la croisée de deux constats. D&amp;#039;une part, les porteurs de projet ont souvent des difficultés à s&amp;#039;installer correctement, avec un coût de départ élevé et donc fragilisant pour investir dans l&amp;#039;achat de matériel adéquat ou dans l&amp;#039;aménagement d&amp;#039;un local.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;autre part, les activités économiques sont souvent peu développées dans les quartiers « politique de la ville ».
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds propose ainsi de financer une partie de leur installation dans un des 19 QPV ou à proximité immédiate, avec une subvention minimale de 10 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À qui s&amp;#039;adresse-t-il ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds s&amp;#039;adresse aux porteurs de projets – entrepreneurs, créateurs d&amp;#039;activité, associations – qui cherchent des financements pour s&amp;#039;installer ou développer leur activité, c&amp;#039;est-à-dire faire des travaux ou acheter le matériel nécessaire (un véhicule, une machine, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ En conséquence, seuls les projets déjà constitués sont concernés. Le fonds intervient au moment de l&amp;#039;installation d&amp;#039;une activité (ou son développement) et pas avant.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entrepreneur est donc éligible s&amp;#039;il a déjà fait tout le chemin de la création d&amp;#039;activité, y compris avoir trouvé un lieu où s&amp;#039;établir. Ce lieu doit se trouver dans l&amp;#039;un des QPV d&amp;#039;Est Ensemble ou à proximité immédiate (voir sur
+ &lt;a href="https://sig.ville.gouv.fr/"&gt;
+  https://sig.ville.gouv.fr/
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Que finance-t-il ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds pour l&amp;#039;économie des quartiers finance les travaux d&amp;#039;aménagement d&amp;#039;un local et/ou l&amp;#039;achat de matériel nécessaire à l&amp;#039;activité. La subvention est de 10 000 € minimum et peut couvrir jusqu&amp;#039;à 80 % des dépenses d&amp;#039;investissement liées à l&amp;#039;installation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment le débloquer ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet doit remplir un dossier de candidature qui passe devant une commission composée de représentants d&amp;#039;Est Ensemble et de ses partenaires institutionnels ou privés actifs dans le développement et le financement d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Outre les critères de maturité du projet et d&amp;#039;implantation géographique, la commission va apprécier la candidature selon la solidité de son modèle économique, son ancrage local et sa dimension collective, son éventuel nombre d&amp;#039;emplois induits et la valeur ajoutée apportée au quartier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil de Territoire d&amp;#039;Est Ensemble votera ensuite les subventions à débloquer selon les projets repérés par la commission.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crèche, pâtisserie, épicerie coopérative...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Est Ensemble (EPT)</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.est-ensemble.fr/fonds-eco-quartiers</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://framaforms.org/fonds-de-soutien-au-developpement-economique-des-quartiers-politique-de-la-ville-est-ensemble-0</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ dev-eco-quartiers&amp;#64;est-ensemble.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>thomas.annonier@est-ensemble.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/918d-investir-pour-creer-ou-developper-son-activit/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>72011</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Identifier et développer des activités économiques à impact social avec la Fabrique à initiatives</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Avise</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La
+  &lt;a href="https://fabriqueainitiatives.org/"&gt;
+   Fabrique à initiatives
+  &lt;/a&gt;
+  est un dispositif d&amp;#039;ingénierie territoriale
+ &lt;/strong&gt;
+ créé en 2010 par l&amp;#039;
+ &lt;a href="https://www.avise.org/"&gt;
+  Avise
+ &lt;/a&gt;
+ - agence d&amp;#039;ingénierie pour entreprendre autrement, afin d&amp;#039;
+ &lt;strong&gt;
+  accompagner les acteurs d&amp;#039;un territoire dans la co-construction de projets économiques à impact en partant des enjeux et des besoins locaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Porté localement par des structures de l&amp;#039;accompagnement et présent dans 22 territoires,
+ &lt;strong&gt;
+  le dispositif permet, en partant d&amp;#039;un besoin social / environnemental, d&amp;#039;une idée de projet ou d&amp;#039;un lieu, de faciliter la création d&amp;#039;activités d&amp;#039;utilité sociale
+ &lt;/strong&gt;
+ en apportant
+ &lt;strong&gt;
+  son expertise  en matière d&amp;#039;animation territoriale, de modélisation économique et d&amp;#039;innovation sociale.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Fabrique à initiatives accompagne également la phase de recherche de financements pour concrétiser le projet. L&amp;#039;Avise mobilise notamment le dispositif dans le cadre de son partenariat sur le programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;a href="https://fabriqueainitiatives.org/les-projets/"&gt;
+  Comprendre le dispositif en 25 projets
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif a 3 clés d&amp;#039;entrée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un besoin
+  &lt;/strong&gt;
+  : développer des réponses en partant d&amp;#039;un besoin ou d&amp;#039;un enjeu clé du territoire.
+  &lt;em&gt;
+   Exemples : revitaliser le centre-bourg, développer les circuits courts, identifier des supports d&amp;#039;insertion professionnelle, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une idée
+  &lt;/strong&gt;
+  : valider la pertinence d&amp;#039;une idée d&amp;#039;activité d&amp;#039;utilité sociale et la concrétiser.
+  &lt;em&gt;
+   E
+  &lt;/em&gt;
+  &lt;em&gt;
+   xemples : tiers-lieu culturel, filière locale de compostage, crèche associative, épicerie coopérative, réseau de ressourceries, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un lieu
+  &lt;/strong&gt;
+  : créer une dynamique locale d&amp;#039;innovation sociale ou transformer un lieu disponible en projet à fort impact.
+  &lt;em&gt;
+   Exemples : revaloriser une friche, créer des activités en bas d&amp;#039;immeubles, identifier des activités innovants en QPV, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il intervient à travers le processus adaptable suivant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Détecter les besoins et les opportunités
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   et qualifier des projets à impact
+  &lt;/strong&gt;
+  , à travers des ateliers d&amp;#039;intelligence collective et une démarche de prospective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Concevoir des activités innovantes
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   durables
+  &lt;/strong&gt;
+  à travers l&amp;#039;étude d&amp;#039;opportunité et la mobilisation collective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transmettre le projet
+  &lt;/strong&gt;
+  à un entrepreneur qualifié ou une entreprise de l&amp;#039;ESS existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagner le porteur de projet jusqu&amp;#039;à la création
+  &lt;/strong&gt;
+  de l&amp;#039;activité, en partenariat avec les réseaux et acteurs spécialisés existants
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples de projets réalisés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Espace de couture mutualisé en QPV
+  &lt;/strong&gt;
+  , dans le cadre du contrat de ville avec Toulouse métropole, la Ville de Toulouse et la Région Occitanie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plateforme de circuits-courts
+  &lt;/strong&gt;
+  avec la Métropole du Havre
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Commerce de proximité local et solidaire
+  &lt;/strong&gt;
+  avec la commue du Juch
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réseau de conciergeries de quartier
+  &lt;/strong&gt;
+  , avec Strasbourg Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion
+  &lt;/strong&gt;
+  pour personnes en situation de handicap, avec la commune de Pontarlier
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Jardin familial et pédagogique
+  &lt;/strong&gt;
+  , avec la CC du Pays Ajaccien
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Filière locale de compostage
+  &lt;/strong&gt;
+  , en partenariat avec Nantes Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu culturel et restaurant en circuit-court
+  &lt;/strong&gt;
+  , en partenariat avec la Ville de Bègles
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conciergerie itinérante rurale
+  &lt;/strong&gt;
+  , sur le Pays des Hauts du Val de Saône
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu numérique et intergénérationnel
+  &lt;/strong&gt;
+  , avec la commune de Moncontour
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion en QPV
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu café associatif / repair café
+  &lt;/strong&gt;
+  etc. avec la commune d&amp;#039;Annonay
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conserverie à partir d&amp;#039;invendus alimentaires
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
-Biodiversité
-[...31 lines deleted...]
-      <c r="R15" s="1" t="inlineStr">
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Démarche multi-partenaires
-[...11 lines deleted...]
-  Inclusion de tous les publics
+  Ne pas avoir identifié de porteurs de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres conditions d&amp;#039;intervention selon les structures porteuses (cf.
+  &lt;a href="https://fabriqueainitiatives.org/contact/" target="_self"&gt;
+   carte du réseau
+  &lt;/a&gt;
+  ). Le dispositif est partenaire du programme Petites villes de demain de l&amp;#039;ANCT.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
-[...107 lines deleted...]
-      </c>
       <c r="U16" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V16" s="1" t="inlineStr">
         <is>
-          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acc_projets_dev_territorial_psat</t>
+          <t>https://fabriqueainitiatives.org/</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/contact/</t>
         </is>
       </c>
       <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...21 lines deleted...]
-&lt;/ul&gt;</t>
+ https://fabriqueainitiatives.org/contact/
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y16" s="1" t="inlineStr">
         <is>
-          <t>baptiste.girod@caissedesdepots.fr</t>
+          <t>contact@avise.org</t>
         </is>
       </c>
       <c r="Z16" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/2511-etre-accompagne-par-des-experts-du-developpem/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6dba-identifier-et-developper-des-activites-econom/</t>
         </is>
       </c>
       <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:27" customHeight="0">
       <c r="A17" s="1">
-        <v>52290</v>
+        <v>80957</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Financer vos budgets d'investissement</t>
+          <t>Accompagner la gestion de vos Ressources Humaines</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Action cœur de ville
-Actions pour la Relance (complémentaires à France Relance)</t>
+          <t>Actions pour la Relance (complémentaires à France Relance)
+EUROPE - FSE + - Fonds social européen</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
+          <t>Alliance Villes Emploi</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>DEFIS emploi du Pays de Brest</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise à soutenir les TPE en gestion des ressources humaines dans un contexte où les entreprises doivent adapter leur organisation pour faire face à la situation sanitaire et à ses impacts.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En tant que TPE, vous devez adapter votre stratégie et optimiser votre gestion des ressources humaines afin de relancer, créer ou faire évoluer votre entreprise. RH TPE c&amp;#039;est un soutien gratuit et personnalisé en ressources humaines dédié aux Très Petites Entreprises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au recrutement, à l&amp;#039;alternance, à la formation, à la mise en œuvre des entretiens professionnels, au management,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils pour mieux comprendre les aides financières et techniques au développement et à la formation,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification et communication des interlocuteurs et correspondants pouvant aider les dirigeants sur les problématiques rencontrées,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide et conseils sur l&amp;#039;évolution du DUER et du Plan de Continuité d&amp;#039;Activité pour anticiper la reprise et la réussir,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication et aide sur les différentes modalités de travail : télétravail – activité partielle – mise à disposition de compétences (prêt de main d&amp;#039;œuvre entre entreprises) ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Economie sociale et solidaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette action s&amp;#039;adresse à toute entreprise de 0 à 20 salariés, tous secteurs d&amp;#039;activités confondus.
+&lt;/p&gt;
+&lt;p&gt;
+ La seule condition requise est d&amp;#039;être située sur une zone couverte par le dispositif sur le territoire national.  Evolution des zones couvertes mise à jour régulièrement  :
+ &lt;a href="https://www.rhtpe.fr/fr/rh-tpe-en-france"&gt;
+  Vérifier en un clic
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lien carte et contacts
+ &lt;a href="https://www.rhtpe.fr/fr/rh-tpe-en-france"&gt;
+  Lien carte RH TPE et contacts en France
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>b.panetta@defisemploi.bzh</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f35b-accompagner-la-gestion-de-vos-ressources-huma/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>77364</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets autour de l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure d’insertion par l’activité économique ou adaptée aux personnes en
+situation de handicap, une entreprise engagée dans l’inclusion numérique
+relevant ou non de l’économie sociale et solidaire, un acteur de l’économie
+circulaire ou une structure portant un projet de tiers-lieu d&amp;#039;innovation
+sociale et vous portez un projet dans l’économie inclusive ? Vous souhaitez
+bénéficier de l&amp;#039;expertise d&amp;#039;un tiers de confiance et être accompagné sur le
+long terme via des dispositifs adaptés ? La Banque des Territoires vous
+accompagne en investissant dans vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous finançons ainsi différents projets autour
+de l’économie inclusive : insertion par l’activité économique, inclusion
+numérique, tiers-lieux d’innovation sociale et économie circulaire à impact
+social. Le financement peut se faire sous forme d’investissement direct en
+fonds propres ou quasi-fonds propres. Pour les projets d’inclusion numérique,
+la Banque des Territoires soutient également l’opérationnalisation de
+programmes d’État et accompagne, finance et outille les acteurs de l’inclusion
+numérique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Economie sociale et solidaire
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_eco_psat</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-economie-inclusive/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>77376</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le tissu économique en Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le paysage économique du Pays Comminges Pyrénées connaît depuis plusieurs décennies des évolutions profondes. Les chocs économiques successifs, la tertiairisation de l’économie, la métropolisation, le développement des grands axes de communication, etc. ont entraîné l’économie commingeoise vers de nouvelles tendances, notamment la fragilisation de son tissu industriel traditionnel, une agriculture en recul ainsi que la diversification de son économie dans les domaines du commerce, du tourisme et des services à la personne.&lt;/p&gt;&lt;p&gt;Pour autant, le territoire doit aussi compter sur de forts potentiels à développer. Le Pays doit conforter le rôle structurant de l’agriculture, du tourisme et des services dans l’attractivité économique tout en soutenant le développement de filières d’avenir innovantes. Plus globalement, il doit renforcer son attractivité, faciliter l’installation de nouvelles entreprises et artisans et veiller à la revitalisation des centres-bourgs.&lt;/p&gt;&lt;p&gt;Les enjeux : Revitaliser les coeurs de villes et de villages ; conforter l’emploi local ; soutenir l’innovation, l’économie circulaire et l’économie sociale et solidaire.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TYPE ET DESCRIPTION DES OPERATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.1 Maintenir et développer le tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.1.1 Maintenir et développer les commerces de proximité, les activités artisanales et les savoirs faire locaux&lt;/li&gt;&lt;li&gt;2.1.2 Soutenir la (re)qualification des zones d’activités économiques du territoire&lt;/li&gt;&lt;li&gt;2.1.3 Résorber les friches commerciales, industrielles ou tertiaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.2 Soutenir les projets stratégiques, innovants et expérimentaux concourant à l’attractivité du territoire&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.2.1 Accompagner la création et le développement d’activités économiques innovantes&lt;/li&gt;&lt;li&gt;2.2.2 Développer les filières d&amp;#039;avenir&lt;/li&gt;&lt;li&gt;2.2.3 Elaborer ou réviser une stratégie de planification de développement et d’aménagement territorial.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.3 Développer des dynamiques relevant de l’économie sociale et solidaire (ESS)&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.3.1 Accompagner les acteurs de l’ESS dans leur développement&lt;/li&gt;&lt;li&gt;2.3.2 Développer de nouvelles méthodes de travail, accompagner vers l’emploi et la création/reprise d’entreprises&lt;/li&gt;&lt;li&gt;2.3.3 Contribuer à la lutte contre les exclusions et les inégalités, à la préservation et au renforcement du lien social.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’une épicerie associative, création d’une boulangerie, études sur les vacances commerciales, reconversion de friches industrielles, boutiques éphémères, etc. ;&lt;/p&gt;&lt;p&gt;- Création d’un FABLAB, installation d’unités de production d’hydrogène, etc. ;&lt;/p&gt;&lt;p&gt;- Création et mise en réseau de tiers lieux, développement du réemploi et des ressourceries, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;br /&gt;BENEFICIAIRES&lt;br /&gt;&lt;/strong&gt;Tous sauf SCI et particuliers.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Pour les projets de (re)qualification de zones d’activités et nouvelles zones d’activités, le porteur de projet devra présenter une stratégie d’aménagement durable (pré-verdissement et/ou végétalisation, mobilité douce et/ou collective, aménagement des espaces communs…)&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Les nouvelles zones d’activités devront être compatibles avec le SCoT du PETR Pays Comminges Pyrénées. Le porteur de projet devra présenter l’avis positif de la commission Scot Du PETR Comminges Pyrénées.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/570e-renforcer-linnovation-et-dynamiser-lattractiv/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...27 lines deleted...]
-&lt;/ul&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...63 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M17" s="1" t="inlineStr">
-[...38 lines deleted...]
-&lt;/ul&gt;
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3540,397 +4077,953 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;ul&gt;
-[...30 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W17" s="1" t="inlineStr">
-[...16 lines deleted...]
- adhesion&amp;#64;agence-france-locale.fr
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-[...14 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>73059</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’innovation dans le champ du vieillissement actif et en santé</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Caisse nationale d'assurance vieillesse (CNAV)
+Agirc-Arrco
+France Active
+Mutualité sociale agricole (MSA)</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ VIVA LAb repère et accompagne des solutions servicielles, technologiques ou organisationnelles à fort potentiel et ayant réussi leur preuve de concept (validation de la faisabilité, de l&amp;#039;existence d&amp;#039;un marché etc.)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement, intégralement financé par VIVA Lab, est assuré par des partenaires experts référencés sur le territoire (livings lab, incubateurs, clusters, cabinets d&amp;#039;experts du domaine, etc.). Il articule différentes dimensions : business plan, études d&amp;#039;usages, stratégie commerciale, accompagnement au processus de levée de fonds, subvention éventuelle, etc. en fonction des besoins et de la maturité du projet soutenu.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est la détection et le soutien au déploiement de solutions destinées à apporter des réponses nouvelles aux besoins des retraités (nouveaux services, nouvelles générations d&amp;#039;aides techniques, etc.) dans le champ, par exemple, du bien-être et de la prévention, du soutien aux aidants, du numérique, des projets de lieux de vie collectifs, etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ VIVA Lab accompagne tous les types de structures (entreprises ESS ou non, start-up, association, etc.).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un descriptif des projets accompagnés par VIVA Lab est disponible sur le site internet :
+ &lt;a href="https://www.vivalab.fr/"&gt;
+  https://www.vivalab.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Accès aux services
+Santé
+Commerces et services
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors de l&amp;#039;étude des projets, les membres du pôle sont particulièrement vigilants à l&amp;#039;existence d&amp;#039;une preuve de concept, au potentiel national de la solution et à son modèle économique (non dépendant de subventions publiques ou para publiques).
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, VIVA Lab ne soutient pas :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les solutions à destination des personnes dépendantes ou en perte d&amp;#039;autonomie. Nous cherchons des solutions amont
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le financement de votre projet : un soutien financier est possible mais s&amp;#039;inscrira dans un accompagnement global et sera fléché vers des aspects précis de votre développement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vivalab.fr/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le
+ &lt;a href="https://www.vivalab.fr/"&gt;
+  formulaire de contact
+ &lt;/a&gt;
+ en bas de page mettra le porteur d&amp;#039;action en lien avec le bon interlocuteur régional au sein de la Carsat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>magalie.raimbault@cnav.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a3b9-soutenir-linnovation-dans-le-champ-de-la-prev/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>89215</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>ADEFPAT</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des avancées concrètes dans la réalisation du projet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La favorisation de l&amp;#039;ancrage territorial et professionnel
+   du projet dans son environnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour des projets :
+  Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tiers lieux
+&lt;/p&gt;
+&lt;p&gt;
+ Projet alimentaire de territoire
+&lt;/p&gt;
+&lt;p&gt;
+ stratégie de developpement touristique
+&lt;/p&gt;
+&lt;p&gt;
+ équipement de loisir, touristique,
+&lt;/p&gt;
+&lt;p&gt;
+ atelier de découpe transformation
+&lt;/p&gt;
+&lt;p&gt;
+ mobilisation des acteurs : bourg centre, services aux publics,...
+&lt;/p&gt;
+&lt;p&gt;
+ boutique école
+&lt;/p&gt;
+&lt;p&gt;
+ petits commerces
+&lt;/p&gt;
+&lt;p&gt;
+ installation d&amp;#039;artisans
+&lt;/p&gt;
+&lt;p&gt;
+ Politiques et actions d&amp;#039;accueil de nouvelle population
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Citoyenneté
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Bâtiments et construction
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adefpat.fr</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adefpat.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 63 36 20 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>benedicte.dupre@adefpat.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>76536</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des structures de l'Economie Sociale et Solidaire (REALIS)</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous avez une entreprise à impact et engagée ? Une entreprise de l&amp;#039;ESS ? Vous recherchez un accompagnement, des locaux pour votre activité ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objet
+&lt;/p&gt;
+&lt;p&gt;
+ Le pôle RÉALIS vous accueille et vous accompagne pour la stabilisation et le développement de votre modèle économique à impact, l&amp;#039;inscription durable de votre projet dans l&amp;#039;ESS, la consolidation de votre stratégie financière, le renforcement de votre équipe.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un besoin d&amp;#039;accompagnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes disponible pour vous consacrer au développement de votre structure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous vous engagez à suivre l&amp;#039;accompagnement proposé et à participer aux formations et animations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rejoignez REALIS et bénéficiez  d&amp;#039;un accompagnement de 36 mois
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un accompagnement individuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bilan entrepreneurial et 5 jours de formations obligatoires à l&amp;#039;entrée
+ &lt;/li&gt;
+ &lt;li&gt;
+  des appuis et conseils d&amp;#039;experts toute l&amp;#039;année et sur différentes thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  une mise en relation avec un réseau de partenaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ d&amp;#039;un hébergement
+ [
+ 1
+ ]
+ modulable selon votre activité
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  bureaux et ateliers privés de 15 à 150m2
+ &lt;/li&gt;
+ &lt;li&gt;
+  bureaux partagés et espaces de coworking
+ &lt;/li&gt;
+ &lt;li&gt;
+  salles de réunions pour organiser vos événements, vos formations et manifestations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Calendrier
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   4 février et 4 mars 2021 - 10h :
+  &lt;/strong&gt;
+  Réunion d&amp;#039;information en visio (inscriptions sur
+  www.laregion-realis.fr
+  )
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   15 mars - minuit :
+  &lt;/strong&gt;
+  Date limite des candidatures
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   15 Avril :
+  &lt;/strong&gt;
+  Présentation des projets sélectionnés devant le jury de sélection
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Mai :
+  &lt;/strong&gt;
+  Démarrage de l&amp;#039;accompagnement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;intégration
+  &lt;br /&gt;
+  Votre entreprise / association
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  A des statuts enregistrés auprès des impôts : SARL, SAS, Coopérative, Association...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répond à un objet/besoin social, sociétal ou environnemental. Il apporte une solution.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développe déjà une activité économique ou a une étude de marché
+ &lt;/li&gt;
+ &lt;li&gt;
+  Détient du potentiel de développement et de création d&amp;#039;emplois
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;inscrit ou souhaite s&amp;#039;inscrire dans les principes de l&amp;#039;ESS : une lucrativité encadrée et une gouvernance démocratique et participative
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Appel-a-candidatures-REALIS</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail : realis&amp;#64;laregion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d7c3-appel-a-candidatures-realis/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>74102</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui pour faire émerger des stratégies globales de territoires</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
-[...10 lines deleted...]
- Bénéficiaires: TPE-PME d&amp;#039;Occitanie (moins de 250 salariés), y compris les associations et entreprises ESS, développant un projet économique à impact social / sociétal.
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Du fait de leur proximité avec les élus et de leur connaissance des territoires, les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la DDTM 29, sont en capacité d&amp;#039;apporter localement une réponse adaptée à chaque collectivité, prenant en compte les objectifs des dispositifs d&amp;#039;aménagement du territoire et les principes généraux du développement durable.
+ &lt;br /&gt;
+ Cette aide se matérialise par un appui en ingénierie technique, juridique, et financier. Un fonctionnement en mode projet et des apports méthodologiques contribuent à faire émerger des stratégies territoriales qui peuvent ensuite se traduire par une contractualisation ou la mise en place d&amp;#039;outils réglementaires. Et suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation pré-diagnostic, assistance à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;une consultation, conseil amont, analyse observatoire de faisabilité...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="O18" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Action Cœur de Ville &amp;amp; Opérations de Revitalisation des Territoires (ORT) ;
+ &lt;br /&gt;
+ - OPAH ;
+ &lt;br /&gt;
+ - Contrats de Ruralité (programmes pluriannuel et annuel) ;
+ &lt;br /&gt;
+ - Contrat de Transition Écologique ;
+ &lt;br /&gt;
+ - ateliers de territoire ; plan de paysage ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - AMI centres-bourgs et AàP revitalisation des centralités......
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
-[...22 lines deleted...]
- Contacter la Région (Hub Entreprendre)
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0519-obtenir-un-appui-pour-faire-emerger-des-strat/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>62848</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3976,212 +5069,212 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
+      <c r="W25" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>63646</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Accompagner à la création, au développement, à la consolidation et à la professionalisation d'un garage solidaire -SOLIDARAUTO</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Fédération Solidarauto</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Recherche</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contexte
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La mobilité au quotidien des personnes en situation de précarité et de recherche d&amp;#039;emploi est un enjeu majeur, surtout dans les zones péri-urbaines et rurales qui manquent, dans la quasi-totalité des situations, de transports en commun. D&amp;#039;après le Laboratoire de la Mobilité Inclusive, 7 millions de personnes rencontrent des difficultés de mobilité pour leurs déplacements quotidiens et 1 personne sur 2 a déjà refusé un emploi à cause de difficultés de mobilité.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   86% des français estiment que les problèmes de mobilité quotidienne sont un frein à l&amp;#039;emploi
  &lt;/li&gt;
  &lt;li&gt;
   23% des français ont déjà renoncé à un job du fait des difficultés de mobilité pour s&amp;#039;y rendre.
  &lt;/li&gt;
  &lt;li&gt;
   40% des français estiment ne pas disposer d&amp;#039;un accès facile et rapide au réseau de transport local.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La problématique de la mobilité touche tous les territoires, et impacte les plus précaires tant sur leur insertion professionnelle et leur maintien dans l&amp;#039;emploi que sur leur mobilité sociale et personnelle.
  &lt;br /&gt;
  &lt;strong&gt;
   Les garages Solidarauto ont fait le choix d&amp;#039;accueillir directement les bénéficiaires sous présentation d&amp;#039;un quotient familial et de s&amp;#039;entourer d&amp;#039;un réseau de &amp;#34;prescripteurs&amp;#34; qui redirigent les personnes vers le garage.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Mission, valeurs, principes
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures SOLIDARAUTO ont pour mission principale d&amp;#039;aider à la mobilité des personnes rencontrant des difficultés sociales ou économiques.
 &lt;/p&gt;
 &lt;p&gt;
  Nos structures ont vocation à fonctionner dans un cadre partenarial. Elles prennent place dans leur environnement social et économique, dans une logique d&amp;#039;accompagnement global des personnes en difficulté. Elles s&amp;#039;inscrivent dans l&amp;#039;économie sociale et solidaire, sous une forme associative ou coopérative.
 &lt;/p&gt;
 &lt;p&gt;
  Tout en étant ouverts à tous, les garages solidaires pratiquent des tarifs en fonction des revenus des personnes, en utilisant comme base pour les définir une référence transparente et connue du grand public (quotient familial par exemple).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
+      <c r="M26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Notre activité de référence
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une structure Solidarauto gère en pratique un garage automobile solidaire, et est centré autour d&amp;#039;un modèle couvrant obligatoirement les activités suivantes, bases du modèle économique:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   accueil, conseil, accompagnement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   réception des dons de véhicules
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   vente de véhicules d&amp;#039;occasion à un public à faibles ressources
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   entretien et réparation de véhicules
   &lt;br /&gt;
@@ -4209,901 +5302,735 @@
  &lt;li&gt;
   Garage connexe, en relais livraison-réparation ou pour des auto-réparations
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Plateforme de mobilité, activité d&amp;#039;aide à la mobilité
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Casse, démantèlement, dépollution
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Self-garage
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Auto-école sociale
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Retrouvez plus d&amp;#039;informations sur notre site: www.solidarauto.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie sociale et solidaire
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;engagement premier d&amp;#039;une structure Solidarauto est de favoriser la mobilité de personnes en situation de précarité afin de favoriser leur insertion personnelle et professionnelle.
  &lt;/strong&gt;
  Les garages Solidarauto sont tous des associations.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://solidarauto.org/en-bref/</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
+      <c r="W26" s="1" t="inlineStr">
         <is>
           <t>https://solidarauto.org/rejoindre-notre-reseau/</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Jean Giraudeau - Chargé de développement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  reseau.solidarauto&amp;#64;gmail.com
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>reseau.solidarauto@gmail.com</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c300-accompagner-a-la-creation-au-developpement-a-/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-          <t>Etablissement public dont services de l'Etat
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>58617</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Apporter une solution de financement aux projets d'Innovation Sociale dans leur phase de lancement opérationnel</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie
+Bpifrance</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Région Occitanie, en partenariat avec Bpifrance et Ad&amp;#039;Occ, soutient les entreprises en leur apportant des solutions de financement sur des projets d&amp;#039;Innovation Sociale.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Fonds d&amp;#039;innovation sociale FISO Occitanie, mis en œuvre par Bpifrance en partenariat avec la Région et l&amp;#039;appui technique d&amp;#039;Ad&amp;#039;Occ, a pour but d&amp;#039;apporter une solution de financement aux projets d&amp;#039;Innovation Sociale dans leur phase de lancement opérationnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires: TPE-PME d&amp;#039;Occitanie (moins de 250 salariés), y compris les associations et entreprises ESS, développant un projet économique à impact social / sociétal.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont concernés les projets qui :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   proposent une solution innovante répondant à un besoin social / sociétal pas ou mal satisfait ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   cherchent à démontrer la faisabilité de la solution, sa viabilité et ses possibilités de duplication et d&amp;#039;essaimage ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;inscrivent dans un objectif entrepreneurial avec un modèle économique viable ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   créent de l&amp;#039;emploi et/ou apportent une plus-value sociale et/ou environnementale ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   sont engagés dans une démarche participative avec implication des parties prenantes.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>Consultez la page de l&amp;#039;aide pour obtenir des détails.</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Fonds-d-Innovation-Sociale-FISO-Occitanie</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter la Région (Hub Entreprendre)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f6ff-fonds-dinnovation-sociale-fiso-occitanie/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>12477</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner son projet en amont sur les procédures réglementaires associées : le pôle projets</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>DDT de la Lozère</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...7 lines deleted...]
-      <c r="K21" s="1" t="inlineStr">
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
-[...69 lines deleted...]
-  Retrouvez votre contact régional sur :
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement et revue des procédures réglementaires associées à un projet : le pôle projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une logique de simplification administrative, le pôle projets apporte un conseil stratégique amont tenant compte du contexte local et des particularités du projet, et permet d&amp;#039;aplanir la complexité des procédures inhérentes aux projets d&amp;#039;aménagement et de développement économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Après un examen sur la base d&amp;#039;une fiche fournie par le porteur de projet, le pôle projets délivre au bénéficiaire un avis préalable sur les procédures applicables et les délais induits ainsi qu&amp;#039;une synthèse des informations utiles pour faciliter la réalisation du projet (contraintes identifiées, simplifications possibles, optimisation des délais...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de projets réalisés grâce à cette aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
-[...133 lines deleted...]
-          <t>Tourisme
+  extension d&amp;#039;un parc animalier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  implantation ou extension de sites industriels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements touristiques.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
 Commerces et services
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
-Emploi
-[...4 lines deleted...]
-      <c r="O22" s="1" t="inlineStr">
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
-[...28 lines deleted...]
- dev-eco-quartiers&amp;#64;est-ensemble.fr
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Lozère</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction départementale des Territoires de la Lozère
+&lt;/p&gt;
+&lt;p&gt;
+ Mission stratégie et connaissance des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de l&amp;#039;unité connaissance et conseil aux territoires
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ddt-pole-projet&amp;#64;lozere.gouv.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>sylvie.pascal@lozere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/21ed-accompagnement-et-revue-des-procedures-reglem/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>50023</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour ses projets de développement territorial</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie territoriale</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...7 lines deleted...]
-      <c r="H23" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
-[...5 lines deleted...]
-   Fabrique à initiatives
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un service d&amp;#039;accompagnement aux communes portant un projet de développement territorial. Pour cela, nous mettons à votre disposition une équipe d&amp;#039;experts dont la mission est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous apporter un appui méthodologique pour simplifier la conception et la réalisation des projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décrypter les évolutions réglementaires et institutionnelles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous aider à réfléchir en amont de la concrétisation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Economie sociale et solidaire
+Paysage</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acc_projets_dev_territorial_psat</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
-  est un dispositif d&amp;#039;ingénierie territoriale
-[...31 lines deleted...]
- Le dispositif a 3 clés d&amp;#039;entrée :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...147 lines deleted...]
-  &lt;/strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
-[...68 lines deleted...]
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2511-etre-accompagne-par-des-experts-du-developpem/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E24" s="1" t="inlineStr">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
-[...16 lines deleted...]
-&lt;/p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...35 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;/p&gt;
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -5146,1688 +6073,563 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;p&gt;
-[...28 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W24" s="1" t="inlineStr">
-[...15 lines deleted...]
- : adhesion&amp;#64;agence-france-locale.fr
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
-[...933 lines deleted...]
-      </c>
       <c r="Z30" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/f35b-accompagner-la-gestion-de-vos-ressources-huma/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
         </is>
       </c>
       <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:27" customHeight="0">
       <c r="A31" s="1">
-        <v>89215</v>
+        <v>90741</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
-[...5 lines deleted...]
-EUROPE - FSE + - Fonds social européen</t>
+          <t>Accompagner les projets de start-up de la phase d’incubation à celle de déploiement - Expertise Start-up</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>ADEFPAT</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
-        <is>
-[...179 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I32" s="1" t="inlineStr">
+      <c r="I31" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La région Nouvelle-Aquitaine se donne pour ambition d&amp;#039;impulser de nouvelles actions permettant de passer à une phase d&amp;#039;accélération dans l&amp;#039;émergence et la croissance des jeunes pousses innovantes. L&amp;#039;enjeu est d&amp;#039;être en mesure d&amp;#039;accompagner les projets de start-up de la phase d&amp;#039;incubation à celle de déploiement, en passant par l&amp;#039;étape intermédiaire d&amp;#039;amorçage.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Conseil, appui, et expertise liés au projet d&amp;#039;innovation : soutien visant à faciliter l&amp;#039;accès aux nouvelles technologies, aux transferts de connaissances, à des services de conseil et d&amp;#039;appui, à des compétences qualifiées...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cas général : subvention maximum de 50% des dépenses éligibles retenues,
  &lt;/li&gt;
  &lt;li&gt;
   Cas particulier : en fonction du type de bénéficiaire et du projet, possibilité de déplafonnement au-delà du taux maximum ci-dessus.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Coûts externes liés aux études et services de conseil,
  &lt;/li&gt;
  &lt;li&gt;
   Coûts salariaux en lien avec le projet d&amp;#039;innovation.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Economie sociale et solidaire
 Innovation, créativité et recherche
 Industrie</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   Les entreprises innovantes implantées en Nouvelle-Aquitaine :
   &lt;ul&gt;
    &lt;li&gt;
     immatriculées depuis 5 ans au maximum,
    &lt;/li&gt;
    &lt;li&gt;
     qui ont pour objectif de développer un produit et/ou service basé sur une innovation technologique ou non technologique,
    &lt;/li&gt;
    &lt;li&gt;
     dont le modèle d&amp;#039;affaires présente un risque,
    &lt;/li&gt;
    &lt;li&gt;
     et n&amp;#039;ayant pas encore distribué de bénéfices.
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Personnes physiques qui portent un projet de création d&amp;#039;entreprise innovante.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/expertise-start</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 Service start-up
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Mail : startup-region&amp;#64;nouvelle-aquitaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b006-expertise-start-up/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
         <v>90767</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Conseiller les entreprises de l'Economie Sociale et Solidaire (ESS)</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      L&amp;#039;aide au conseil permet d&amp;#039;apporter l&amp;#039;expertise nécessaire pour franchir des étapes stratégiques du développement de l&amp;#039;entreprise. Elle permet de conforter les décisions de positionnement et d&amp;#039;investissement des entreprises de l&amp;#039;ESS pour le développement de nouvelles stratégies ou activités, pour favoriser l&amp;#039;innovation et la professionnalisation des acteurs.
     &lt;/p&gt;
     &lt;p&gt;
      Ce dispositif est présenté dans le cadre de la politique de développement économique et de l&amp;#039;emploi de la Région dans une volonté prioritaire de développement des activités en faveur de l&amp;#039;ESS, de structuration économique des acteurs, de dynamisme territorial et d&amp;#039;innovation des pratiques.
     &lt;/p&gt;
     &lt;p&gt;
      Objectifs:
     &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   apporter l&amp;#039;expertise nécessaire pour franchir les étapes stratégiques de la vie de l&amp;#039;entreprise.
  &lt;/li&gt;
  &lt;li&gt;
   conforter les décisions de positionnement et d&amp;#039;investissement des entreprises de l&amp;#039;ESS pour la création d&amp;#039;activité, le développement de nouvelles stratégies ou activités,
  &lt;/li&gt;
  &lt;li&gt;
   favoriser l&amp;#039;innovation et la professionnalisation des acteurs.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Economie sociale et solidaire
 Emploi
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes sont instruites au fil de l&amp;#039;eau et seront présentées en commission permanente en fonction du calendrier fixé pour l&amp;#039;année.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères de sélection
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide au conseil peut être mobilisée sur diverses thématiques (création d&amp;#039;activité, développement économique, diversification d&amp;#039;activité, faisabilité, montage d&amp;#039;actions collectives,...) :
 &lt;/p&gt;
 &lt;p&gt;
  1) Etude de faisabilité et toutes prestations externes permettant l&amp;#039;expertise nécessaire pour franchir une étape stratégique :
 &lt;/p&gt;
 &lt;p&gt;
  Les études de faisabilité peuvent concerner des projets de création et/ou de développement d&amp;#039;activité pour les structures de l&amp;#039;IAE et de l&amp;#039;ESS.
 &lt;/p&gt;
 &lt;p&gt;
  2) Création de SCOP :
 &lt;/p&gt;
 &lt;p&gt;
  En plus de l&amp;#039;appui global de l&amp;#039;URSCOP, les candidats à la reprise sous forme de SCOP peuvent recourir à des conseils extérieurs sur des questions techniques d&amp;#039;ordre financier, juridique et fiscal. Ils peuvent alors solliciter une aide à l&amp;#039;ingénierie du Conseil régional.
 &lt;/p&gt;
 &lt;p&gt;
  Cas particulier : Lors de reprise en SCOP d&amp;#039;entreprises en difficulté, il est impératif de solliciter l&amp;#039;intervention de l&amp;#039;Union Régionale des SCOP en appui aux salariés dans la construction de leur projet.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;adéquation entre la nature de la prestation et les compétences et références du prestataire fera l&amp;#039;objet d&amp;#039;une attention particulière lors de l&amp;#039;instruction. L&amp;#039;aide au conseil doit donner lieu à la mise en place d&amp;#039;un comité de pilotage pour suivre le déroulé des préconisations.
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute demande d&amp;#039;appui conseil par une structure, il sera vérifié que le Dispositif Local d&amp;#039;Accompagnement (DLA) n&amp;#039;est pas mobilisable et l&amp;#039;aide régionale au titre du règlement d&amp;#039;intervention en faveur de l&amp;#039;ESS n&amp;#039;est pas cumulable avec un co-financement par le DLA.
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-conseil</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Relation aux Usagers
 Direction de l&amp;#039;économie sociale et solidaire et innovation sociale
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment faire ma demande ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet doit, par courrier à l&amp;#039;attention du Président du Conseil régional, solliciter l&amp;#039;intervention de la Région et compléter le dossier téléchargé plus bas.
 &lt;/p&gt;
 &lt;p&gt;
  Avant toute transmission d&amp;#039;une demande d&amp;#039;aide il est fortement conseillé de prendre l&amp;#039;attache du chargé de mission de la direction sur le département concerné afin de s&amp;#039;assurer de la bonne éligibilité de la demande, des dates de commission permanentes à venir ainsi que du calendrier d&amp;#039;instruction. Le chargé de mission territorial, par son conseil, permet une orientation adaptée de la demande.
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet transmet ensuite l&amp;#039;ensemble de son dossier de demande d&amp;#039;aide, par voie numérique , au chargé de mission et à la gestionnaire administrative et financière du département concerné.
 &lt;/p&gt;
 &lt;p&gt;
  A la réception du dossier de demande complet, le chargé de mission du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation de cette demande en commission permanente du Conseil régional qui se réunit 6 à 8 fois par an.
 &lt;/p&gt;
 &lt;p&gt;
  La décision finale appartient aux élus du Conseil régional qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6723-aide-au-conseil/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>90775</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises à forte utilité sociale dans leur démarrage</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      L&amp;#039;enjeu de la politique régionale est à la fois de permettre la création et le développement des entreprises à forte utilité sociale en prenant en compte leur cycle de vie et leur capacité d&amp;#039;innovation.
 L&amp;#039;ensemble des Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE) de la région sont amenées à jouer un rôle important dans l&amp;#039;économie territoriale en lien avec l&amp;#039;ensemble du tissu économique. L&amp;#039;aide au démarrage permet de consolider la structuration de leur modèle économique hybride.
     &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser la création de Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE) et structures apparentées (GEIQ, Régies de quartier et de territoire) en Nouvelle-Aquitaine et plus particulièrement sur les territoires peu ou mal pourvus.
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser la création d&amp;#039;établissements à but d&amp;#039;emploi (EBE) dans le cadre des territoires animant une dynamique Territoire zéro chômeur de longue durée (TZCLD).
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser la création d&amp;#039;entreprises adaptées (EA).
  &lt;/li&gt;
@@ -6857,197 +6659,197 @@
   &lt;/li&gt;
   &lt;li&gt;
    Montant de l&amp;#039;aide : de 5 000 € à 20 000 €
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment faire ma demande ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet doit, par courrier à l&amp;#039;attention du Président du Conseil régional, solliciter l&amp;#039;intervention de la Région et compléter le présent dossier téléchargé à partir du site internet de la Région Nouvelle-Aquitaine. Avant toute transmission d&amp;#039;une demande d&amp;#039;aide, il est fortement conseillé de prendre l&amp;#039;attache du chargé de mission de la direction sur le département concerné afin de s&amp;#039;assurer de la bonne éligibilité de la demande, des dates de commissions Permanentes à venir ainsi que du calendrier d&amp;#039;instruction. Le chargé de mission territorial, par son conseil, permet une orientation adaptée de la demande.
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet transmet ensuite l&amp;#039;ensemble de son dossier de demande d&amp;#039;aide, par voie numérique , au chargé de mission et à la gestionnaire administrative et financière du département concerné.
 &lt;/p&gt;
 &lt;p&gt;
  A la réception du dossier de demande complet, le chargé de mission du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation de cette demande en commission permanente du Conseil régional qui se réunit 6 à 8 fois par an.
 &lt;/p&gt;
 &lt;p&gt;
  La décision finale appartient aux élus du Conseil régional qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Economie sociale et solidaire
 Lutte contre la précarité
 Emploi
 Industrie</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères de sélection :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide ne peut être demandée qu&amp;#039;à la création d&amp;#039;une structure.
 &lt;/p&gt;
 &lt;p&gt;
  Le bénéficiaire devra être aidé par les réseaux de l&amp;#039;accompagnement à la création d&amp;#039;activité dans l&amp;#039;ESS (INAE, France Active Nouvelle-Aquitaine, CR-GEIQ, UNEA...) pour travailler sur les différentes dimensions du projet : social/insertion, économique et financière (plan de trésorerie, plan de financement au démarrage, budget prévisionnel...), marketing/commercialisation, spécifications techniques....
 &lt;/p&gt;
 &lt;p&gt;
  Un comité de pilotage réunissant l&amp;#039;ensemble des partenaires du projet doit être mis en place et permettre le suivi de la phase de création.
 &lt;/p&gt;
 &lt;p&gt;
  La pertinence et la cohérence du projet seront étudiées lors de l&amp;#039;instruction. Les structures de travail temporaire (d&amp;#039;insertion ou du handicap) ne sont pas prioritaires.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/aide-au-demarrage-pour-les-entreprises-forte-utilite-sociale</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 Direction de l&amp;#039;économie sociale et solidaire et innovation sociale
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7dbc-aide-au-demarrage-pour-les-entreprises-a-fort/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>90813</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Soutenir les structures de l'ESS</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I35" s="1" t="inlineStr">
+      <c r="I34" s="1" t="inlineStr">
         <is>
           <t> Max : 27</t>
         </is>
       </c>
-      <c r="J35" s="1" t="inlineStr">
+      <c r="J34" s="1" t="inlineStr">
         <is>
           <t>Plafond: 20 000 euros</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      Prévenir ou anticiper les difficultés conjoncturelles et renforcer la trésorerie durant des périodes de transition de l&amp;#039;entreprise.
     &lt;/p&gt;
     &lt;p&gt;
      Accompagner les entreprises de l&amp;#039;ESS confrontées à des difficultés financières ponctuelles. L&amp;#039;entreprise doit s&amp;#039;engager dans une stratégie économique de retournement stable et assurer la pérennité de son activité sur le long terme.
     &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette aide revêt un caractère exceptionnel et intervient en cofinancement systématique.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;em&gt;
    Conditions d&amp;#039;intervention
   &lt;/em&gt;
   : Le soutien financier conjoncturel du Conseil régional est conditionné par :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  la réalisation d&amp;#039;un diagnostic économique complet et partagé de la structure et de la situation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    l&amp;#039;intervention des autres acteurs institutionnels (Etat, Département, etc.) et le soutien des partenaires bancaires.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Pour les structures conventionnées IAE, le diagnostic peut être pris en charge par la mesure d&amp;#039;aide au conseil « SIAE en difficulté » relevant d&amp;#039;un marché public dont la Région est le donneur d&amp;#039;ordre et qui permet une forte réactivité pour le conseil et un coût d&amp;#039;ingénierie totalement pris en charge par la Région.
 &lt;/p&gt;
@@ -7089,681 +6891,2271 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Et après ?
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  A la réception du dossier de demande complet, le chargé de mission du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation de cette demande en
  &lt;strong&gt;
   commission permanente
  &lt;/strong&gt;
  du Conseil régional qui se réunit 6 à 8 fois par an.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La décision finale appartient aux élus du Conseil régional
  &lt;/strong&gt;
  qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier. Toute contestation ou demande de révision de la décision d&amp;#039;octroi sera soumise à la commission permanente du Conseil régional.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-conjoncturel-aux-structures-de-less</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;économie sociale et solidaire et innovation sociale:
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e275-soutien-conjoncturel-aux-structures-de-less/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>90835</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Accompagner les acteurs touristiques dans le maintien et l'adaptation de l'offre d'hébergements de tourisme social</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Hébergements de Tourisme social</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
+      <c r="I35" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette aide accompagne les acteurs touristiques dans le maintien et l&amp;#039;adaptation de l&amp;#039;offre d&amp;#039;hébergements de tourisme social.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Maintenir un parc d&amp;#039;hébergement social diversifié, qualifié et accessible au plus grand nombre dans une logique de mixité sociale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Cohésion sociale et inclusion
 Economie sociale et solidaire
 Revitalisation
 Biodiversité</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrages publics et privés (associations, entreprises, SCI constituée pour solliciter des financements ANCV / CDC - Agence Nationale pour les chèques vacances / Caisse des dépôts)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Village de vacances, auberge de jeunesse, centre international de séjour : 25% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 1 000 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Centres de vacances : 25% maximum d&amp;#039;un montant de dépenses éligibles
   HT
   plafonné à 500 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Montant minimum des travaux : 40 000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   Une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
  : investissements intérieur ou extérieur (hébergement, espaces collectifs d&amp;#039;accueil, de restauration, équipements de loisirs,..) et de confort (chauffage, isolation, sanitaires, mobilier, traitement paysager, économie d&amp;#039;énergie) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation du projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Les travaux réalisés en régie directe sont exclus.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/hebergements-de-tourisme-social</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Site de Limoges : 05 55 45 00 30
 &lt;/p&gt;
 &lt;p&gt;
  Site de Poitiers : 05 16 01 40 55
 &lt;/p&gt;
 &lt;p&gt;
  Site de Bordeaux: 05 57 57 83 09
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3277-hebergements-de-tourisme-social/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>94931</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le secteur du livre par des projets interprofessionnels</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux projets collectifs dans le domaine du livre</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Grand Est compte de nombreux acteurs variés dans le domaine du livre et dans les autres secteurs artistiques liés notamment à la typographie, au graphisme, à l&amp;#039;image et au numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collaborations sont également nombreuses entre ces différents acteurs et sont importantes pour dynamiser la chaîne du livre, et diffuser l&amp;#039;intérêt pour la lecture et la littérature par d&amp;#039;autres moyens.
+Les projets en lien avec le livre, l&amp;#039;écrit, la langue, la littérature ou l&amp;#039;illustration, portés par, ou en collaboration avec, des acteurs d&amp;#039;autres domaines artistiques seront soutenus pour ce qu&amp;#039;ils apportent en termes d&amp;#039;innovation, d&amp;#039;attractivité du territoire, de développement économique et de cohésion sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides s&amp;#039;adressent aux structures culturelles, collectivités, personnes morales et personnes physiques installées en région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide : subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;ensemble des projets éligibles, les aides cumulées de la Région Grand Est et de la DRAC Grand
+ Est s&amp;#039;élèvent à 70 % maximum du coût hors taxes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Composition du dossier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une lettre argumentée conjointement au Président de la Région Grand Est, à la Directrice Régionale des Affaires Culturelles du Grand Est et au Président du Centre national du livre précisant le montant de l&amp;#039;aide sollicitée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le formulaire type dûment rempli en langue française de la demande de subvention « aide aux projets intersectoriels en lien avec le domaine du livre » disponible en téléchargement sur les sites de la Région Grand Est et de la DRAC Grand Est accompagné des pièces administratives, comptables et relatives au projet demandé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers doivent être transmis uniquement de manière dématérialisée pour le
+ &lt;strong&gt;
+  31 mars 2021
+ &lt;/strong&gt;
+ (première session) et le
+ &lt;strong&gt;
+  30 juin 2021
+ &lt;/strong&gt;
+ (seconde session) et
+ &lt;strong&gt;
+  31 octobre 2021
+ &lt;/strong&gt;
+ (troisième session) conjointement aux deux adresses suivantes :
+ &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
+  livre&amp;#64;grandest.fr
+ &lt;/a&gt;
+ et
+ &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr"&gt;
+  demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - &amp;#34;Aide aux projets interprofessionnels&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets qui
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   visent à la réalisation d&amp;#039;un produit original et novateur, ou d&amp;#039;outils communs, en lien avec le livre ou la littérature ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   participent à la diffusion de la lecture et de la littérature via un medium nouveau ou peu exploité sur le territoire ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   favorisent la circulation des savoirs, des œuvres, des artistes liés au livre et à l&amp;#039;écrit au sein de la région Grand Est ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamisent la filière du livre par des actions innovantes et accompagne la professionnalisation de ses acteurs ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   expérimentent des liens entre la filière livre et celle du cinéma.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Sont éligibles :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Les initiatives originales portées par un acteur de la chaîne du livre (bibliothèque, éditeur, libraire, auteur...) en collaboration avec au minimum un acteur du secteur des arts visuels, du cinéma, ou du numérique ;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les initiatives originales portées par plusieurs acteurs d&amp;#039;un même maillon de la chaîne du livre (regroupement de bibliothèques, d&amp;#039;éditeurs, de libraires, d&amp;#039;auteurs...) visant à développer des actions ponctuelles collectives et collaboratives.
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;p&gt;
+   Les projets éligibles sont les projets ou produits, originaux élaborés grâce à une collaboration entre différents types d&amp;#039;acteurs liés au livre et aux autres secteurs artistiques mentionnés en introduction. Une attention particulière sera portée sur les enjeux liés à la diffusion et à la médiation. Les actions développées devront se faire de manière mutualisée ou fédérative, et le partenariat sera examiné avec attention. Seront considérés comme prioritaires les projets proposant des liens entre les filières livre et cinéma, et notamment les expérimentations impliquant les acteurs des deux filières. Sont notamment éligibles les projets suivants :
+  &lt;/p&gt;
+  &lt;p&gt;
+   &lt;/p&gt;&lt;ul&gt;
+    &lt;li&gt;
+     la production de dispositifs originaux permettant d&amp;#039;appréhender différemment l&amp;#039;objet livre ou la lecture ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     les éditions d&amp;#039;ouvrages littéraires et artistiques originaux, correspondant à des esthétiques particulières et n&amp;#039;entrant pas dans les circuits de l&amp;#039;édition classique, à condition de développer un axe de médiation important ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     les webdocs, documents et outils transmédia en lien avec le livre ou la littérature ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     les projets de lecture augmentée ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     les rencontres professionnelles entre acteurs des différentes filières, dans le but d&amp;#039;une production finale ;
+     &lt;br /&gt;
+    &lt;/li&gt;
+    &lt;li&gt;
+     le développement d&amp;#039;outils mutualisés originaux visant à développer la chaîne du livre et sa visibilité en région.
+     &lt;br /&gt;
+    &lt;/li&gt;
+   &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Economie locale et circuits courts
+Economie sociale et solidaire
+Attractivité économique
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>18/03/2019</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide doit être sollicitée avant la réalisation de l&amp;#039;opération. Les frais de fonctionnement inhérents à la structure porteuse ne sont pas éligibles. Les coûts liés à l&amp;#039;organisation d&amp;#039;un festival ou salon du livre ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/projets-collectifs-livre/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Anne POIDEVIN
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Région Grand Est
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Chargée de mission vie littéraire
+ &lt;br /&gt;
+ Tél. 03.88.15.67.74
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers doivent être transmis uniquement de manière dématérialisée pour le
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   31 mars 2021 (première session)
+  &lt;/li&gt;
+  &lt;li&gt;
+   et le 30 juin 2021 (seconde session)
+  &lt;/li&gt;
+  &lt;li&gt;
+   et 31 octobre 2021 (troisième session) conjointement aux deux adresses suivantes :
+   &lt;a href="mailto:livre&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+    livre&amp;#64;grandest.fr
+   &lt;/a&gt;
+   et
+   &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+    demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+   &lt;/a&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
       <c r="Y36" s="1" t="inlineStr">
         <is>
-          <t>newsroom@nouvelle-aquitaine.fr</t>
+          <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z36" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/3277-hebergements-de-tourisme-social/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/479a-aide-aux-projets-interprofessionnels/</t>
         </is>
       </c>
       <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:27" customHeight="0">
       <c r="A37" s="1">
-        <v>90867</v>
+        <v>94950</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sensibiliser aux démarches collectives de l'ESS, mettre en situation le jeune public et construire des parcours éducatifs</t>
+          <t>Soutenir les animations d'éducation à la nature, à l'environnement et au développement durable</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Soutien annuel aux associations d’éducation à l’environnement</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>Entreprise publique locale (Sem, Spl, SemOp)
-[...6 lines deleted...]
-          <t>Subvention</t>
+          <t>Association</t>
         </is>
       </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L37" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...11 lines deleted...]
- Soutenir les démarches de sensibilisation collectives de l&amp;#039;ESS, mettre en situation le public jeune et permettre la construction de parcours éducatifs qui présentent l&amp;#039;ESS aux jeunes. Ces projets seront étudiés en lien avec la CRESS Nouvelle-Aquitaine.
+          <t>&lt;h2&gt;
+ Objectifs
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Permettre la compréhension et la participation des jeunes à la protection de la nature, de l&amp;#039;environnement et au développement durable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre au plus grand nombre de jeunes du Grand Est de bénéficier d&amp;#039;animations pédagogiques portant sur la nature, l&amp;#039;environnement et/ou le développement durable et contribuant ainsi à l&amp;#039;éducation de futurs éco-citoyens.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir un programme régional d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable cohérent et global qui réponde à la définition de l&amp;#039;éducation à l&amp;#039;environnement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+Sont éligibles les associations répondant aux conditions suivantes :
+&lt;ul&gt;
+ &lt;li&gt;
+  Statut associatif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant leur siège en Région Grand Est,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant pour objet associatif l&amp;#039;éducation à l&amp;#039;environnement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont les activités sont en lien avec l&amp;#039;objet statutaire de l&amp;#039;association,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant d&amp;#039;animateurs professionnels, formés à la pédagogie, ou expérimentés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant des agréments nécessaires à l&amp;#039;exercice d&amp;#039;activités d&amp;#039;éducation à l&amp;#039;environnement en direction d&amp;#039;un public scolaire et plus généralement à l&amp;#039;accueil du public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les associations d&amp;#039;ores et déjà référencées par le Conseil Régional dans le cadre du programme régional d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable sont dispensées de la fourniture des pièces permettant de vérifier leur éligibilité aux conditions précitées.
+&lt;h2&gt;
+ Projets éligibles
+&lt;/h2&gt;
+Sont éligibles les projets en éducation à la nature, à l&amp;#039;environnement et/ou au développement durable portés par des associations, qui se déroulent en Grand Est et qui se traduisent par des interventions en face à face pédagogique devant un public jeune dans le cadre scolaire ou en club nature.
+&lt;h2&gt;
+ Dépenses éligibles
+&lt;/h2&gt;
+Les dépenses éligibles sont : les salaires chargés, les frais de structure, de déplacement et/ou de mission, l&amp;#039;achat ou la fabrication de petit matériel nécessaire aux animations. Le temps de préparation peut-être intégré dans le budget prévisionnel.
+Les dépenses sont prises en charge à partir du 1er janvier de l&amp;#039;année de réalisation du projet. Le délai de réalisation est fixé au 15 juillet de l&amp;#039;année suivant l&amp;#039;année de démarrage du projet et le délai de transmission des pièces au 31 octobre de l&amp;#039;année N&amp;#43;1.
+&lt;h2&gt;
+ Nature et montant de l&amp;#039;aide
+&lt;/h2&gt;
+L&amp;#039;aide prend la forme d&amp;#039;une subvention de fonctionnement dont le taux maximum est de 80 %
+&lt;h2&gt;
+ La demande d&amp;#039;aide
+&lt;/h2&gt;
+Un appel à projet sera lancé.
+Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet incitatif. Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne pourra être accordée.
+La demande d&amp;#039;aide déposée avant le 31 décembre 2018 puis le 15 novembre pour les années suivantes
+&lt;strong&gt;
+ (ATTENTION, exceptionnellement en 2021 la demande doit être déposée avant le 15 octobre 2021)
+&lt;/strong&gt;
+, contient au moins les informations suivantes :
+&lt;ul&gt;
+ &lt;li&gt;
+  Un courrier de demande avec le montant de l&amp;#039;aide sollicitée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note présentant le projet (titre explicite, présentation détaillée, calendrier, budget équilibré et plan de financement),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB comportant le nom du bénéficiaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération du Conseil d&amp;#039;Administration ou de l&amp;#039;Assemblée Générale concernant le projet et son plan de financement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les associations non référencées sont amenées à fournir les pièces permettant de vérifier leur éligibilité aux conditions précitées.
+&lt;strong&gt;
+ La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/strong&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Qualité de l'air
+Biodiversité
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P37" s="1" t="inlineStr">
+        <is>
+          <t>23/11/2018</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/animations-education-a-la-nature/</t>
+        </is>
+      </c>
+      <c r="W37" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0086/depot/simple</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter la
+ &lt;a href="https://www.grandest.fr/contact/" rel="noopener" target="_blank"&gt;
+  Région Grand Est
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
-[...78 lines deleted...]
-      </c>
       <c r="Y37" s="1" t="inlineStr">
         <is>
-          <t>newsroom@nouvelle-aquitaine.fr</t>
+          <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z37" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/782e-economie-sociale-et-solidaire-sensibiliser-au/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/51e7-soutien-aux-animations-deducation-a-la-nature/</t>
         </is>
       </c>
       <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:27" customHeight="0">
       <c r="A38" s="1">
-        <v>90914</v>
+        <v>94953</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Favoriser le développement du design</t>
+          <t>Soutenir les actions d’intégration et d’accompagnement dans la vie étudiante et valoriser les engagements et les mouvements étudiants</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'animation de la vie étudiante</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
+Particulier
+Recherche</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>10000€</t>
+        </is>
+      </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- - Favoriser le développement du design en Nouvelle-Aquitaine
-[...1 lines deleted...]
-- Aider le développement du territoire par l&amp;#039;innovation
+ &lt;strong&gt;
+  Soutien à l&amp;#039;animation de la vie étudiante
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Objectif : Soutenir les actions d&amp;#039;intégration et d&amp;#039;accompagnement dans la vie étudiante et valoriser les engagements et les mouvements étudiants
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région s&amp;#039;articule autour de 2 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  AXE 1 - Valorisation des Engagements et Mouvements Etudiants
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux manifestations étudiantes qui participent au rayonnement et à l&amp;#039;attractivité du Grand Est et de ses territoires.
+Les manifestations, initiées par les associations étudiantes ou multi partenariales, peuvent être soutenues dès lors qu&amp;#039;elles présentent une dimension régionale, nationale ou internationale et se déroulent sur le territoire du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  AXE 2 Soutien aux actions d&amp;#039;intégration et d&amp;#039;accompagnement dans la vie étudiante
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux initiatives étudiantes destinées à accueillir les étudiants primo-entrants d&amp;#039;un territoire afin de favoriser leur intégration et le bien–vivre dans ce territoire.
+Les manifestations doivent participer d&amp;#039;une logique thématique explicite – ex : sportive, artistique, patrimoniale – et faciliter la découverte et l&amp;#039;appropriation de leur environnement par les nouveaux arrivants, elles permettent aux nouveaux étudiants d&amp;#039;échanger avec d&amp;#039;autres étudiants plus anciens ou avec la population locale en vue de faciliter leur intégration au sein de la cité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide :
+ &lt;/strong&gt;
+ les établissements d&amp;#039;enseignement supérieur, les associations et les associations étudiantes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ subvention de fonctionnement.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  Taux maxi : 50 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond : 10 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un appel à projet est lancé.
+Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région démontrant que l&amp;#039;aide allouée a un effet incitatif.
+La demande d&amp;#039;aide doit contenir les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le nom du porteur de projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une description du projet, y compris ses dates de début et de fin,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la localisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un budget prévisionnel équilibré en dépenses et recettes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant de l&amp;#039;aide sollicitée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Délais de transmission de la demande
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;Axe 1
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  Valorisation des Engagements et Mouvements Etudiants
+ &lt;/strong&gt;
+ Les dates de réception sont fixées au 30 juin pour les actions du premier semestre de l&amp;#039;année universitaire à venir et au 31 décembre pour les manifestations du second semestre de l&amp;#039;année universitaire en cours.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;Axe 2 : Soutien aux actions d&amp;#039;intégration et d&amp;#039;accompagnement dans la vie étudiante
+ &lt;/strong&gt;
+ La date de réception par la Région de la réponse à l&amp;#039;appel à projet est fixée au 30 septembre 2017 pour l&amp;#039;année universitaire 2017-2018 et au plus tard au 30 avril précédent l&amp;#039;année universitaire de déroulement de la manifestation pour les années suivantes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Axe 1 : Valorisation des Engagements et Mouvements Etudiants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les manifestations dont les étudiants sont les organisateurs,
   &lt;br /&gt;
  &lt;/li&gt;
+ &lt;li&gt;
+  Les manifestations multi partenariales d&amp;#039;ampleur régionale ou à visibilité nationale ou internationale.
+  &lt;br /&gt;
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;strong&gt;
-[...2 lines deleted...]
-:
+&lt;p&gt;
+ &lt;strong&gt;
+  Axe 2 : Soutien aux actions d&amp;#039;intégration et d&amp;#039;accompagnement dans la vie étudiante
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Accompagner des projets innovants individuels ou collaboratifs
-[...5 lines deleted...]
-  Aider au recrutement d&amp;#039;un collaborateur designer
+  Les manifestations destinées aux étudiants primo-entrants,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les manifestations se déroulant dans le mois précédent la rentrée ou dans un délai de trois mois après la rentrée universitaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les manifestations justifiant d&amp;#039;une déclinaison thématique avérée ou d&amp;#039;un intérêt local marqué.
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
-&lt;br /&gt;</t>
+&lt;p&gt;
+ Les manifestations strictement festives ou d&amp;#039;intégration, les soirées étudiantes, ainsi que les salons étudiants ou manifestations à caractère professionnel, ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses éligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les rémunérations hors salaires de fonctionnaires,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les prestations externes,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de déplacement, d&amp;#039;hébergement, de restauration,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de location,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de communication,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les achats liés à l&amp;#039;événement soutenu.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N38" s="1" t="inlineStr">
         <is>
-          <t>Economie sociale et solidaire
-[...2 lines deleted...]
-Industrie</t>
+          <t>Jeunesse
+Egalité des chances
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Economie sociale et solidaire
+Lutte contre la précarité</t>
         </is>
       </c>
       <c r="O38" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
-[...46 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P38" s="1" t="inlineStr">
+        <is>
+          <t>17/10/2018</t>
         </is>
       </c>
       <c r="S38" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U38" s="1" t="inlineStr">
         <is>
-          <t>Nouvelle-Aquitaine</t>
+          <t>Grand Est</t>
         </is>
       </c>
       <c r="V38" s="1" t="inlineStr">
         <is>
-          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/plan-design-aide-aux-entrepreneurs</t>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lanimation-de-la-vie-etudiante/</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0159/depot/simple</t>
         </is>
       </c>
       <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Départements 33, 40, 47 et 64
-[...30 lines deleted...]
- 05 87 21 20 25
+ &lt;a href="https://www.grandest.fr/contact/" rel="noopener" target="_blank"&gt;
+  Prendre contact avec la Région Grand Est
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y38" s="1" t="inlineStr">
         <is>
-          <t>newsroom@nouvelle-aquitaine.fr</t>
+          <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z38" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/4d5f-plan-design-aide-aux-entrepreneurs/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05e2-soutien-a-lanimation-de-la-vie-etudiante/</t>
         </is>
       </c>
       <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:27" customHeight="0">
       <c r="A39" s="1">
-        <v>90915</v>
+        <v>98582</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Prototyper les innovations pour un numérique responsable</t>
+          <t>Réaliser des diagnostics territoriaux de l'ESS - Observatoire de l'ESS</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>Chambre régionale de l'Economie Sociale et Solidaire (CRESS) d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Chambre Régionale de l&amp;#039;Économie Sociale et Solidaire – CRESS - Auvergne-Rhône-Alpes a pour objet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La représentation du champ de l&amp;#039;Économie Sociale et Solidaire et de ses différentes composantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;appui à la création, à la consolidation et au développement des entreprises de l&amp;#039;ESS ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La promotion et la diffusion des principes de l&amp;#039;Économie Sociale et Solidaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;information et la coordination de ses membres
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans ce cadre, elle anime l&amp;#039;Observatoire Régional de l&amp;#039;Economie Sociale et Solidaire en région qui permet d&amp;#039;exploiter et d&amp;#039;analyser les données de l&amp;#039;emploi dans l&amp;#039;ESS.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réalisation de &amp;#34;Chiffres clés&amp;#34;
+  &lt;/strong&gt;
+  – tout au long de l&amp;#039;année, l&amp;#039;ORESS répond aux demandes de ses partenaires, adhérents et de collectivités, sur la livraison de chiffres clés de l&amp;#039;ESS (essentiellement concernant le poids que représente l&amp;#039;ESS sur un territoire).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réalisation de &amp;#34;Liste des entreprises de l&amp;#039;ESS&amp;#34;
+  &lt;/strong&gt;
+  - Tout comme la demande de chiffres clés, l&amp;#039;ORESS fournit des listes des entreprises de l&amp;#039;ESS à la demande. Une cartographie peut être proposée ainsi que des listes plus détaillées selon les commandes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réalisation de diagnostics territoriaux de l&amp;#039;ESS
+  &lt;/strong&gt;
+  – réalisés à la demande, pour donner à voir la réalité de l&amp;#039;ESS sur un territoire, d&amp;#039;un point de vue quantitatif et d&amp;#039;un point de vue qualitatif (poids dans le tissu économique du territoire, analyse des statuts/ secteurs d&amp;#039;activités/ typologie des emplois/ écosystème de l&amp;#039;ESS/ initiatives/ liste et cartographie des entreprises de l&amp;#039;ESS/...) et sensibiliser les élus d&amp;#039;un territoire en vue d&amp;#039;intégrer l&amp;#039;ESS dans leurs actions/politiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réalisation d&amp;#039;études
+  &lt;/strong&gt;
+  – l&amp;#039;ORESS réalise des études sur des sujets spécifiques soit à la demande d&amp;#039;acteurs soit pour mettre en avant une situation/filière...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LES FACTEURS D&amp;#039;IMPLANTATION
+ &lt;br /&gt;
+ DES ENTREPRISES DE L&amp;#039;ESS
+ &lt;br /&gt;
+ DANS LES TERRITOIRES : http://www.cress-aura.org/sites/default/files/etude_implantation_ess_decembre_2018_vf.pdf
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;intervention de la CRESS peut se faire dans le cadre d&amp;#039;une prestation, d&amp;#039;une convention de partenariat avec la commune ou l&amp;#039;EPCI, ou d&amp;#039;une convention plus globale déjà établie à l&amp;#039;échelle départementale ou régionale. En fonction de la modalité retenue, le coût de la mise en œuvre de l&amp;#039;action restant à la charge de la collectivité pourra être établi. Une proposition sur-mesure pourra être faite en réponse aux besoins exprimés par la collectivité lors d&amp;#039;un premier échange.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cress-aura.org/presentation-1</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Clermont-Ferrand - siège social : 3, rue Colbert 63000 Clermont-Ferrand
+ &lt;br /&gt;
+ Site de Lyon - siège administratif : 11, rue Auguste Lacroix 69003 Lyon
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.cress-aura.org/lequipe-de-la-cress" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/lequipe-de-la-cress
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : Lorène Pastiau -
+ &lt;a href="mailto:lpastiau&amp;#64;cress-aura.org" rel="noopener" target="_blank"&gt;
+  lpastiau&amp;#64;cress-aura.org
+ &lt;/a&gt;
+ - 04 78 09 11 97 -
+ &lt;a rel="noopener" target="_blank"&gt;
+  info&amp;#64;cress-aura.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>lgardarin@cress-aura.org</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ff1-copie-10h43-appuyer-lemergence-de-cooperation/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>98585</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer au montage d’un projet de conciergerie de territoire</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Chambre régionale de l'Economie Sociale et Solidaire (CRESS) d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conjointement par la Chambre Régionale de l&amp;#039;Economie Sociale et Solidaire et l&amp;#039;entreprise Let&amp;#039;s Co, propose d&amp;#039;appuyer l&amp;#039;émergence de nouveaux projets de conciergeries sur les territoires.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le réseau Pluriels peut apporter son ingénierie d&amp;#039;accompagnement au montage de projet, sur les axes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude du besoin / étude d&amp;#039;opportunité / étude de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retour d&amp;#039;expérience et intervention auprès des acteurs de votre territoire et habitants pour les mobiliser / fédérer autour de ce projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition du modèle économique de votre future conciergerie, sa gouvernance, son offre de services, ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pluriels fera intervenir l&amp;#039;un ou l&amp;#039;autre de ses membres en fonction du territoire d&amp;#039;implantation de votre projet et de la nature du projet.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.reseau-pluriels.fr/pluriels/nos-missions/
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le réseau PLURIELS peut se faire dans le cadre d&amp;#039;une prestation, d&amp;#039;une convention de partenariat avec la commune ou l&amp;#039;EPCI, ou d&amp;#039;une convention plus globale déjà établie à l&amp;#039;échelle départementale ou régionale. En fonction de la modalité retenue, le coût de la mise en œuvre de l&amp;#039;action restant à la charge de la collectivité pourra être établi. Une proposition sur-mesure pourra être faite en réponse aux besoins exprimés par la collectivité lors d&amp;#039;un premier échange.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-pluriels.fr/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les membres : https://www.reseau-pluriels.fr/les-membres-2/les-membres/
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire de contact : https://www.reseau-pluriels.fr/nous-contacter/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>lgardarin@cress-aura.org</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c680-copie-10h58-observatoire-regional-de-less/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>98915</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les associations d'éducation à la nature, à l'environnement et au développement durable</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Soutien pluriannuel à destination des associations d’éducation à la nature, à l’environnement et au développement durable</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Soutien pluriannuel à destination des associations d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Permettre la compréhension et la participation des jeunes à la protection de la nature, de l&amp;#039;environnement et au développement durable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre au plus grand nombre de jeunes du Grand Est de bénéficier d&amp;#039;animations pédagogiques portant sur la nature, l&amp;#039;environnement et/ou le développement durable et contribuant ainsi à l&amp;#039;éducation de futurs éco-citoyens.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir un programme régional pluriannuel d&amp;#039;éducation à la nature, à l&amp;#039;environnement et au développement durable cohérent et global qui réponde à la définition de l&amp;#039;éducation à l&amp;#039;environnement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les politiques régionales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre aux principales associations soutenues par la Région de bénéficier d&amp;#039;un conventionnement triennal permettant d&amp;#039;accompagner au mieux et dans la durée les territoires, offrant une meilleure visibilité à moyen terme et favorisant la prospection de co-financements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : associations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est une subvention de fonctionnement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux max : 80 %
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide prend la forme d&amp;#039;un appel à projet.
+Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet incitatif.
+La demande d&amp;#039;aide pour la première année déposée avant le 31 décembre contient au moins les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un courrier de demande avec le montant de l&amp;#039;aide sollicitée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet associatif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note présentant le projet sur 3 ans (titre explicite, présentation détaillée, calendrier envisagé , budget équilibré et plan de financement),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB comportant le nom du bénéficiaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération du Conseil d&amp;#039;Administration ou de l&amp;#039;Assemblée Générale concernant le projet et son plan de financement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les années 2 et 3 du projet, la demande d&amp;#039;aide devra être déposée pour le 15 novembre de l&amp;#039;année N-1 accompagnée d&amp;#039;un courrier de demande et d&amp;#039;un budget prévisionnel pour l&amp;#039;année ajusté.
+La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets pluriannuels en éducation à la nature, à l&amp;#039;environnement et/ou au développement durable portés par des associations, qui se déroulent en Grand Est et qui se traduisent par des interventions en face à face pédagogique devant un public jeune dans le cadre scolaire ou en club nature.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association peut présenter plusieurs projets pédagogiques, chacun sensibilisant au minimum 5 groupes différents.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque projet pédagogique est articulé autour d&amp;#039;une thématique forte en lien direct avec les problématiques du territoire. Il est réalisé en plusieurs séances (minimum de 3 séances réparties dans l&amp;#039;année scolaire pour le public scolaire et les jeunes en IME et IMP et minimum de 5 séances pour les clubs nature) et chaque séance dure au minimum une demi-journée à l&amp;#039;exception des faces à faces pédagogiques réalisés devant des lycéens. Dans ce cas, la notion de séance, et non pas de demi-journée, est retenue. Il est possible que dans le cadre d&amp;#039;un projet des actions soient à destination du grand public ou du public adulte. Celles-ci sont éligibles si le budget alloué à ces dernières reste inférieur à 20 % du montant total du budget du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les salaires chargés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de structure, de déplacement et/ou de mission
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou fabrication de petit matériel nécessaire aux animations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le temps de préparation peut être intégré dans le budget prévisionnel. Les dépenses sont prises en charge à partir du 1er janvier de l&amp;#039;année de réalisation du projet. Le délai de réalisation est fixé au 31 mars de l&amp;#039;année suivant l&amp;#039;année de démarrage du projet et le délai de transmission des pièces au 30 septembre de l&amp;#039;année N&amp;#43;1.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Economie d'énergie et rénovation énergétique
+Education et renforcement des compétences
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Animation et mise en réseau
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles les associations répondant aux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Statut associatif,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant leur siège en Région Grand Est,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un ancrage territorial avéré,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant pour objet associatif l&amp;#039;éducation à l&amp;#039;environnement,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont les activités sont en lien avec l&amp;#039;objet statutaire de l&amp;#039;association,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un projet associatif formalisé, pluriannuel et dont un axe est dédié à l&amp;#039;éducation à l&amp;#039;environnement,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant d&amp;#039;animateurs professionnels, formés à la pédagogie, ou expérimentés,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant des agréments nécessaires à l&amp;#039;exercice d&amp;#039;activités d&amp;#039;éducation à l&amp;#039;environnement en direction d&amp;#039;un public scolaire et plus généralement à l&amp;#039;accueil du public,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant de moyens professionnels en gestion budgétaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant de pratiques et outils de suivi de leur activité,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;engageant dans la démarche collective des trois réseaux d&amp;#039;éducation à l&amp;#039;environnement (Ariena, Graine Champagne-Ardenne, LorEEN),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficiant précédemment d&amp;#039;une convention pluriannuelle d&amp;#039;objectifs avec une des anciennes Régions ou d&amp;#039;un soutien financier annuel important (supérieur à 21 000 €). Toutefois, une nouvelle candidature pourrait être étudiée dans l&amp;#039;hypothèse où, après un premier examen, il s&amp;#039;avère que, dans un département, seule une association serait éligible.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Têtes de Réseau aideront les associations qui le souhaitent à construire leur projet pluriannuel de même que les Parcs Naturels Régionaux pourront aider les associations de leur territoire notamment pour la définition des enjeux environnementaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-pluriannuel-associations-education-lenvironnement/</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/contact/" rel="noopener" target="_blank"&gt;
+  Contacter la région
+ &lt;/a&gt;
+ pour toute question relative à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Direction : Environnement et Aménagement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f0b-copie-09h34-soutien-pluriannuel-a-destination/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>94680</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Financer les diagnostics de territoire et études préalables aux investissement de réemploi, réparation et réutilisation</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Diagnostic de territoire ou d&amp;#039;étude préalable à un investissement de réemploi, réparation et réutilisation », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ v
+ ous souhaitez connaître le potentiel d&amp;#039;une filière de réemploi, réparation et réutilisation sur votre territoire ou étudier la faisabilité d&amp;#039;une installation de collecte, de remise en état ou de réparation d&amp;#039;objets ou matériaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Structure impliquée dans l&amp;#039;économie circulaire :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités et entreprises (y compris fédérations nationales ou régionales),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Structures de l&amp;#039;économie sociale et solidaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Associations,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chambres de commerce et de métiers...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les taux d&amp;#039;aide maximum peuvent varier de 50 % à 70 %,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette des dépenses éligibles : 50 000 à 100 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+ 1/ Diagnostics de territoires,
+ &lt;br /&gt;
+ 2/ Études d&amp;#039;opportunité ou de faisabilité d&amp;#039;un projet d&amp;#039;équipement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Atelier de réparation au sein d&amp;#039;une recyclerie,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création de nouvelles recyclerie,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développement d&amp;#039;activités spécifiques de réemploi, notamment liées aux futures filières REP,
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 3/ Étude d&amp;#039;accompagnement de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie sociale et solidaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réalisation des études par un prestataire indépendant et spécialisé dans l&amp;#039;économie circulaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Respect du cahier es charges « Étude de faisabilité pour l&amp;#039;implantation d&amp;#039;une recyclerie.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dun-diagnostic-territoire-detude-prealable-a-investissement-reemploi</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;510" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e5a-aider-au-diagnostic-de-territoire-ou-detude-p/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>90867</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser aux démarches collectives de l'ESS, mettre en situation le jeune public et construire des parcours éducatifs</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enjeu de la politique régionale dans le domaine de l&amp;#039;ESS est à la fois de permettre le développement des entreprises existantes en prenant en compte leur cycle de vie, leur capacité d&amp;#039;innovation et de créer les conditions favorables à la création de nouvelles activités garantes de la création et du maintien d&amp;#039;emplois qualifiés.
+La création d&amp;#039;entreprises de l&amp;#039;ESS est un facteur important du dynamisme territorial avec la dimension collective qu&amp;#039;elle impose et les objets qu&amp;#039;elle sous-tend. Mais pour cela il faut en connaître l&amp;#039;existence et en maîtriser les contours.  Il s&amp;#039;agit donc de proposer des aides aux acteurs qui mettent en place des actions et des outils pédagogiques pour sensibiliser les futurs créateurs aux modèles entrepreneuriaux de l&amp;#039;ESS.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir les démarches de sensibilisation collectives de l&amp;#039;ESS, mettre en situation le public jeune et permettre la construction de parcours éducatifs qui présentent l&amp;#039;ESS aux jeunes. Ces projets seront étudiés en lien avec la CRESS Nouvelle-Aquitaine.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif s&amp;#039;adresse aux têtes de réseau de l&amp;#039;ESS, associations et coopératives.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Assiette éligible :
+ Coûts pédagogiques, supports pédagogiques, frais liés à l&amp;#039;action hors valorisation du temps passé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention : Subvention de 50 % maximum (si aide d&amp;#039;État) à 75% maximum (si hors aide d&amp;#039;État) de l&amp;#039;assiette éligible. L&amp;#039;intensité de l&amp;#039;aide sera modulée en fonction de l&amp;#039;ambition du projet, de ses retombées économiques et de son ancrage territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond
+ : 20 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Versement de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si la Commission Permanente se prononce de manière favorable, la Région procède au versement de l&amp;#039;aide sur le compte ouvert au nom de la structure juridique porteuse du projet, tel que prévu dès l&amp;#039;instruction de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Une convention sera transmise au représentant légal de la structure juridique portant le projet. Cette convention reprendra l&amp;#039;ensemble des conditions particulières pour lesquelles le porteur de projet s&amp;#039;est engagé de manière formelle dès la constitution de sa demande d&amp;#039;aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/economie-sociale-et-solidaire-sensibiliser-aux-demarches-collectives-de-less</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+Direction de l&amp;#039;économie sociale et solidaire et innovation sociale : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  du lundi au vendredi de 9h à 18h sans interruption
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/782e-economie-sociale-et-solidaire-sensibiliser-au/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>90914</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement du design</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Favoriser le développement du design en Nouvelle-Aquitaine
+- Intégrer le design dans la stratégie de développement des entreprises
+- Aider le développement du territoire par l&amp;#039;innovation
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner des projets innovants individuels ou collaboratifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider au conseil en innovation design
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider au recrutement d&amp;#039;un collaborateur designer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Innovation, créativité et recherche
+International
+Industrie</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude des dossiers : à réception du courrier de saisine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de décision : suite au passage en commission permanente
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Entreprises et porteurs de projets situés en Nouvelle-Aquitaine ayant une activité industrielle ou de services à l&amp;#039;industrie.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Le projet doit être porté par une entreprise industrielle ou de services à l&amp;#039;industrie exerçant son activité en Nouvelle-Aquitaine.
+ &lt;br /&gt;
+ Le porteur du projet doit présenter une situation financière saine, être à jour des ses obligations sociales/fiscales et la structure doit être juridiquement constituée en société.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Comment faire ma demande ?
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Télécharger et compléter les dossiers de demande d&amp;#039;aide et de présentation du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoyer le tout à l&amp;#039;adresse email de contact la plus proche (Bordeaux, Limoges ou Poitiers)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/plan-design-aide-aux-entrepreneurs</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Départements 33, 40, 47 et 64
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la performance industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ 05 57 57 51 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Départements 16, 17, 79 et 86
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la performance industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ 05 17 84 32 29
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Départements 19, 23, 24 et 87
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la performance industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ 05 87 21 20 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d5f-plan-design-aide-aux-entrepreneurs/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>90915</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Prototyper les innovations pour un numérique responsable</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre de la feuille de route régionale pour un Numérique Responsable 2020-2022, la Région Nouvelle-Aquitaine souhaite favoriser l&amp;#039;émergence de solutions numériques au bénéfice de la transition sociale et environnementale, en permettant le prototypage d&amp;#039;innovations numériques à impact positif.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Objectifs
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;émergence de solutions numériques à impact environnemental positif en soutenant le prototypage des technologies, services, produits et outils innovants, durables, et à fort potentiel, dédiés à la protection de l&amp;#039;environnement et à la transition environnementale ;
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;innovation numérique pouvant conduire à la création d&amp;#039;outils, de services ou de produits à impact social positif en matière notamment d&amp;#039;insertion professionnelle et d&amp;#039;employabilité, d&amp;#039;accès et de maintien dans l&amp;#039;emploi, d&amp;#039;inclusion, de médiation, d&amp;#039;éducation, de santé, de solidarité, d&amp;#039;accès au logement, de lutte contre les discriminations, de lutte contre la pauvreté ;
  &lt;/li&gt;
  &lt;li&gt;
   Aider la filière numérique à innover dans les technologies, les process de création ou encore les modèles économiques pour concevoir ses produits et services de façon moins impactante.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Biodiversité
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Calendrier
 &lt;/strong&gt;
 :
 &lt;p&gt;
  C&amp;#039;est un appel à projets permanent
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   Les entreprises (sauf les autoentrepreneurs et les micro-entrepreneurs) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les associations et les syndicats professionnels
  &lt;/li&gt;
  &lt;li&gt;
   Les collectivités et établissements publics
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -7814,162 +9206,162 @@
  Comment faire ma demande ?
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   &lt;p&gt;
    Il est recommandé de prendre contact avec le service en amont du dépôt de candidature.
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
    Télécharger et remplir le dossier de candidature, ainsi que le modèle de budget fourni ;
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
    Préparer les pièces justificatives demandées dans le dossier de candidature ;Renvoyer le dossier par e-mail à :
    protoimpact&amp;#64;nouvelle-aquitaine.fr
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/proto-impact-prototyper-les-innovations-pour-un-numerique-responsable</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Délégation numérique
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d1bc-proto-impact-prototyper-les-innovations-pour-/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
         <v>90927</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Soutenir le développement d'activités et d'emploi des entreprises de l'ESS</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      L&amp;#039;enjeu de la politique régionale est de permettre le développement des entreprises de l&amp;#039;ESS en prenant en compte leur cycle de vie et leur capacité d&amp;#039;innovation.
 La Région souhaite également privilégier les projets d&amp;#039;investissements valorisant les pratiques collectives et écoresponsables des politiques d&amp;#039;achats dans l&amp;#039;ESS.
     &lt;/p&gt;
     &lt;p&gt;
      &lt;br /&gt;
     &lt;/p&gt;
     &lt;p&gt;
      &lt;strong&gt;
       Objectifs
      &lt;/strong&gt;
      :
      &lt;br /&gt;
     &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Soutenir le développement d&amp;#039;activités et d&amp;#039;emploi des entreprises de l&amp;#039;ESS et Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE) déjà existantes dès lors qu&amp;#039;un déploiement géographique ou une montée en charge de cette activité impacte positivement le chiffre d&amp;#039;affaires et le nombre d&amp;#039;emplois créés.
  &lt;/li&gt;
  &lt;li&gt;
   Aider les entreprises de l&amp;#039;ESS et les SIAE à réaliser les investissements nécessaires pour mettre en place un outil de production compétitif, en règle vis-à-vis des normes en vigueur notamment au regard des conditions de travail des salariés
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Economie sociale et solidaire
 Emploi</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Calendrier
 &lt;/strong&gt;
 :
 &lt;p&gt;
  Les demandes sont instruites au fil de l&amp;#039;eau et seront présentées en commission permanente en fonction du calendrier fixé pour l&amp;#039;année.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   Entreprises de l&amp;#039;ESS de toutes tailles
  &lt;/li&gt;
  &lt;li&gt;
   SIAE, GEIQ, Régies de Quartier et de Territoire
  &lt;/li&gt;
  &lt;li&gt;
   SCOP-SCIC
  &lt;/li&gt;
  &lt;li&gt;
   Etablissements à but d&amp;#039;emploi
@@ -8047,722 +9439,1656 @@
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet transmet ensuite l&amp;#039;ensemble de son dossier de demande d&amp;#039;aide,
  &lt;strong&gt;
   par voie numérique
  &lt;/strong&gt;
  , au chargé de mission et à la gestionnaire administrative et financière du département concerné.
 &lt;/p&gt;
 &lt;p&gt;
  A la réception du dossier de demande complet, le chargé de mission du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation de cette demande en
  &lt;strong&gt;
   commission permanente
  &lt;/strong&gt;
  du Conseil régional qui se réunit 6 à 8 fois par an.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La décision finale appartient aux élus du Conseil régional
  &lt;/strong&gt;
  qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-developpement</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;économie sociale et solidaire et innovation sociale
 &lt;/p&gt;
 &lt;p&gt;
  05 49 38 49 38
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4689-aide-au-developpement/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...25 lines deleted...]
-      <c r="K41" s="1" t="inlineStr">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>93193</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer l’émergence de coopérations</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Chambre régionale de l'Economie Sociale et Solidaire (CRESS) d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
-[...7 lines deleted...]
-:
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Chambre Régionale de l&amp;#039;Économie Sociale et Solidaire – CRESS - Auvergne-Rhône-Alpes a pour objet :
+ &lt;br /&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Consolider le sociétariat coopératif des CAE
-[...16 lines deleted...]
-      <c r="O41" s="1" t="inlineStr">
+  La représentation du champ de l&amp;#039;Économie Sociale et Solidaire et de ses différentes composantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;appui à la création, à la consolidation et au développement des entreprises de l&amp;#039;ESS ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La promotion et la diffusion des principes de l&amp;#039;Économie Sociale et Solidaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;information et la coordination de ses membres
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans ce cadre, elle peut appuyer l&amp;#039;émergence de coopérations sur les territoires du programme Petite Ville de Demain à travers différentes actions :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation aux rencontres du
+  &lt;strong&gt;
+   club des collectivités engagées pour l&amp;#039;ESS
+  &lt;/strong&gt;
+  . Le Club des collectivités pour l&amp;#039;ESS en Auvergne-Rhône-Alpes est un espace de partage d&amp;#039;expérience et d&amp;#039;échanges entre les élus et agents des collectivités et les acteurs de l&amp;#039;ESS. Chaque trimestre, une rencontre est organisée autour d&amp;#039;un enjeu de l&amp;#039;ESS. L&amp;#039;objectif : échanger, mutualiser les bonnes pratiques, s&amp;#039;inspirer des apports d&amp;#039;experts et s&amp;#039;appuyer sur les structures de l&amp;#039;ESS, afin de permettre aux collectivités de trouver des solutions à leurs problématiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous d&amp;#039;
+  &lt;strong&gt;
+   Accueil Information Orientation
+  &lt;/strong&gt;
+  proposé par les chargés de mission – développement économique et territorial – de la CRESS apportant un premier niveau d&amp;#039;information sur l&amp;#039;ESS et les opportunités existantes, des conseils sur la structuration du projet (selon les expertises) et, surtout, une mise en réseau des acteurs du territoire pour répondre au mieux aux besoins des entrepreneurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Organisation de rencontres d&amp;#039;affaires
+  &lt;/strong&gt;
+  pour les réseaux économiques réservées aux professionnels pour développer leur activité. Il s&amp;#039;agit de rendez-vous BtoB, afin de faire se rencontrer des entreprises de l&amp;#039;économie conventionnelle, des acheteurs publics et des structures de l&amp;#039;ESS, et de dynamiser sa politique d&amp;#039;achats responsables.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Facilitation de dynamiques collectives
+  &lt;/strong&gt;
+  en accompagnant des collectifs dans la définition et la mise en œuvre de leur coopération
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Club des collectivités : programme de la rencontre du 29 avril :
+ &lt;a href="http://www.cress-aura.org/sites/default/files/actu-documents/ct_programme_29042021.pdf" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/sites/default/files/actu-documents/ct_programme_29042021.pdf
+ &lt;/a&gt;
+ &lt;br /&gt;
+ - Rencontres d&amp;#039;affaires : Présentation, ESSPRESSO Clermontois :
+ &lt;a href="http://www.cress-aura.org/les-esspresso" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/les-esspresso
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
-[...48 lines deleted...]
- qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier.
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;intervention de la CRESS peut se faire dans le cadre d&amp;#039;une prestation, d&amp;#039;une convention de partenariat avec la commune ou l&amp;#039;EPCI, ou d&amp;#039;une convention plus globale déjà établie à l&amp;#039;échelle départementale ou régionale. En fonction de la modalité retenue, le coût de la mise en œuvre de l&amp;#039;action restant à la charge de la collectivité pourra être établi. Une proposition sur-mesure pourra être faite en réponse aux besoins exprimés par la collectivité lors d&amp;#039;un premier échange.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>http://cress-aura.org</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Clermont-Ferrand - siège social : 3, rue Colbert 63000 Clermont-Ferrand
+ &lt;br /&gt;
+ Site de Lyon - siège administratif : 11, rue Auguste Lacroix 69003 Lyon
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.cress-aura.org/lequipe-de-la-cress" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/lequipe-de-la-cress
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : 04 78 09 11 97 - info&amp;#64;cress-aura.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>lgardarin@cress-aura.org</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/395b-appui-a-lemergence-de-cooperations/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>93194</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les jeunes à l'économie sociale et solidaire (ESS)</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Chambre régionale de l'Economie Sociale et Solidaire (CRESS) d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Chambre Régionale de l&amp;#039;Économie Sociale et Solidaire – CRESS - Auvergne-Rhône-Alpes a pour objet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La représentation du champ de l&amp;#039;Économie Sociale et Solidaire et de ses différentes composantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;appui à la création, à la consolidation et au développement des entreprises de l&amp;#039;ESS ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La promotion et la diffusion des principes de l&amp;#039;Économie Sociale et Solidaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;information et la coordination de ses membres
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, elle peut coordonner différents outils de sensibilisation à l&amp;#039;ESS pour les jeunes pouvant être mise en œuvre sur les territoires du programme Petite Ville de Demain :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mon ESS à l&amp;#039;école : Mon Entreprise Sociale et Solidaire à l&amp;#039;École (Mon ESS à l&amp;#039;École) est un formidable outil au service de la connaissance, par les jeunes générations, de cette autre économie qu&amp;#039;est l&amp;#039;ESS.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les Coopératives d&amp;#039;Education à l&amp;#039;Entrepreneuriat Collectif (CEEC) regroupent 3 types de dispositifs :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ . Les
+ &lt;strong&gt;
+  Coopératives Jeunesse de Services
+ &lt;/strong&gt;
+ sont un projet d&amp;#039;éducation à l&amp;#039;entrepreneuriat coopératif destiné aux jeunes entre 16 et 18 ans. Durant l&amp;#039;été, un groupe de coopérants (entre 12 et 15 jeunes), accompagné par 2 animateurs, crée et pilote une entreprise coopérative de services. Ils réalisent tout de A à Z, de la création de la coopérative à la réalisation des prestations, en passant par le choix de leur offre de services, la définition des prix, la communication, les devis et la facturation. A la fin de l&amp;#039;été, les coopérants se répartissent le Chiffre d&amp;#039;affaires réalisé en fonction de la répartition qu&amp;#039;ils ont choisie. Ensemble, ils s&amp;#039;initient au fonctionnement d&amp;#039;une entreprise démocratique, développent leur esprit d&amp;#039;initiative, prennent conscience de leurs capacités et de leur pouvoir d&amp;#039;agir.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet est mis en place sur le territoire grâce à la constitution d&amp;#039;un comité local. Ce dernier est composé d&amp;#039;une diversité d&amp;#039;acteurs présents sur le territoire (collectivités, acteurs jeunesse, associations, entreprises locales, CAE, etc.) avec la volonté de mêler les acteurs économiques, les collectivités et les acteurs jeunesse / de l&amp;#039;éducation populaire. Il a pour rôle de réunir les conditions nécessaires à la mise en place du projet : demande de financement, communication, logistique, recrutement des animateurs, mise à disposition de matériels et de locaux, etc.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ . Les
+ &lt;strong&gt;
+  Coopératives Jeunes Majeurs
+ &lt;/strong&gt;
+ concernent des jeunes de 18 à 30 ans, plutôt éloignés de l&amp;#039;emploi ou en situation de précarité, sur une période de 3 à 6 mois. Le format est un peu différent des CJS et comprend un objectif d&amp;#039;insertion socioprofessionnelle plus fort. Développées en 2016, elles n&amp;#039;ont pas encore été initiées en AURA.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ . Les
+ &lt;strong&gt;
+  Coopératives de Territoire
+ &lt;/strong&gt;
+ , quant à elles, ne se limitent pas à une tranche d&amp;#039;âge, mais plutôt à un public d&amp;#039;habitant sur un territoire défini. Elles se déroulent sur une période de 3 à 6 mois. L&amp;#039;objectif est de répondre aux besoins sociaux d&amp;#039;un QPV ou d&amp;#039;un territoire rural en difficultés. Ils n&amp;#039;en existent pas encore en AURA.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mon ESS à l&amp;#039;école : exemples de projets:
+ &lt;a href="http://www.cress-aura.org/exemples-de-projets-mon-ess-lecole" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/exemples-de-projets-mon-ess-lecole
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coopératives Jeunesses de Services (CJS) :
+ &lt;a href="http://www.cress-aura.org/actus/cooperatives-jeunesse-de-services-cjs-pour-des-jeunes-citoyens-entrepreneurs?fbclid&amp;#61;IwAR3V_55O__GMymr9nQGNSK_Qic6tXDA9w4F6BITnpWrBf45UV8G3LNw2Ij0" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/actus/cooperatives-jeunesse-de-services-cjs-pour-des-jeunes-citoyens-entrepreneurs?fbclid&amp;#61;IwAR3V_55O__GMymr9nQGNSK_Qic6tXDA9w4F6BITnpWrBf45UV8G3LNw2Ij0
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vidéos de présentation des CJS : CJS de Bourg-en-Bresse (01) :
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;yxh4Vfr4jqw&amp;amp;t&amp;#61;1s&amp;amp;ab_channel&amp;#61;AGLCAMaisondelaVieAssociative" rel="noopener" target="_blank"&gt;
+  https://www.youtube.com/watch?v&amp;#61;yxh4Vfr4jqw&amp;amp;t&amp;#61;1s&amp;amp;ab_channel&amp;#61;AGLCAMaisondelaVieAssociative
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CJS de Lyon 8ème (69) :
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;R52xorVU0Ls" rel="noopener" target="_blank"&gt;
+  https://www.youtube.com/watch?v&amp;#61;R52xorVU0Ls
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;intervention de la CRESS peut se faire dans le cadre d&amp;#039;une prestation, d&amp;#039;une convention de partenariat avec la commune ou l&amp;#039;EPCI, ou d&amp;#039;une convention plus globale déjà établie à l&amp;#039;échelle départementale ou régionale. En fonction de la modalité retenue, le coût de la mise en œuvre de l&amp;#039;action restant à la charge de la collectivité pourra être établi. Une proposition sur-mesure pourra être faite en réponse aux besoins exprimés par la collectivité lors d&amp;#039;un premier échange.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cress-aura.org/actus/mon-ess-lecole-quest-ce-que-cest</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://lafabriquecooperative.fr/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Clermont-Ferrand - siège social : 3, rue Colbert 63000 Clermont-Ferrand
+ &lt;br /&gt;
+ Site de Lyon - siège administratif : 11, rue Auguste Lacroix 69003 Lyon
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.cress-aura.org/lequipe-de-la-cress" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/lequipe-de-la-cress
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : 04 78 09 11 97 - info&amp;#64;cress-aura.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mathieu ROBERT : Chargé de mission CRESS AURA (RRD), 04 72 78 42 98 / 07 57 82 98 83, mrobert&amp;#64;cress-aura.org
+ &lt;br /&gt;
+ Elodie PERROTEAU : Coordinatrice nationale la Fabrique Coopérative, 07 69 27 81 45, elodie.perroteau&amp;#64;lafabriquecooperative.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>lgardarin@cress-aura.org</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c1d-copie-13h48-appui-a-lemergence-de-cooperation/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>93319</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le financement des TPE ultramarines - Prêt d’honneur ADIE</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Prêt d’honneur ADIE</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Association pour le Droit à l'Initiative Economique (ADIE)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>Association pour le Droit à l'Initiative Economique (ADIE)</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la relance des économies des géographies d&amp;#039;outre-mer, le Ministère des Outre-mer mobilise l&amp;#039;ADIE (association pour le droit à l&amp;#039;initiative économique) pour la mise en place de prêts d&amp;#039;honneur à destination des petites entreprises particulièrement vulnérables en outre-mer. Ces prêts à taux zéro sont sans intérêt ni garantie, le bénéficiaire s&amp;#039;engager à rembourser sur l&amp;#039;honneur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts d&amp;#039;honneurs sont octroyés par l&amp;#039;ADIE en complément d&amp;#039;un microcrédit. Il s&amp;#039;agit pour l&amp;#039;ADIE, acteur majeur du microcrédit et partenaire de longue date du MOM, de couvrir les besoins immédiats de trésorerie des entreprises (TPE de moins de 10 salariés) en difficultés en Martinique, Mayotte, Guadeloupe, Guyane, Réunion, Saint-Martin, Polynésie Française, Nouvelle Calédonie et Wallis-et-Futuna, afin de leur permettre de poursuivre leurs activités et redémarrer dans les meilleures conditions.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts d&amp;#039;honneur sont octroyés par l&amp;#039;Adie :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Montant maximum
+  &lt;/strong&gt;
+  : 10 000 euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Durée maximum du prêt
+  &lt;/strong&gt;
+  : 60 mois maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Différé
+  &lt;/strong&gt;
+  : 24 mois maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Taux d&amp;#039;intérêt
+  &lt;/strong&gt;
+  : 0%
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Contribution de solidarité
+  &lt;/strong&gt;
+  : 5% du montant du prêt, prélevé lors du décaissement et acquise à l&amp;#039;Adie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Condition d&amp;#039;obtention
+  &lt;/strong&gt;
+  : ne pas avoir accès à un prêt bancaire classique et avoir bénéficié d&amp;#039;un microcrédit de l&amp;#039;Adie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement d&amp;#039;un stock pour compléter la relance d&amp;#039;une activité de commerce en boutique à Mayotte.
+&lt;/p&gt;
+&lt;p&gt;
+ Montage : Microcrédit de 4.000€ sur 24 mois et prêt d&amp;#039;honneur complémentaire de 4.000€ sur 48 mois dont 24 mois de différé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les entreprises bénéficiaires du Fonds doivent répondre aux critères suivants :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Micro-entreprise ou TPE ayant moins de 10 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre immatriculées ou en cours d&amp;#039;immatriculation en Martinique, Mayotte, Guadeloupe, Guyane, Réunion, Saint-Martin, Polynésie Française, Nouvelle Calédonie et Wallis et Futuna ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre en difficulté en raison de la crise économique et financière mais ne pas être en situation irrémédiablement compromise.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ne pas être en procédure de sauvegarde, de redressement ou liquidation judiciaire ou en liquidation amiable.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adie.org/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.adie.org/nos-agences/#!" rel="noopener" target="_blank"&gt;
+  Consultez la liste des agences de l&amp;#039;Adie et leurs contacts
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.adie.org/contact/" rel="noopener" target="_blank"&gt;
+  Accédez au formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>contribution-aides-terr@outre-mer.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0335-favoriser-le-financement-des-tpe-ultramarines/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>98462</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Aider des entreprises de l'économie sociale et solidaire (ESS)</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>Les taux d'intervention et les éventuels cofinancements sont déterminés après analyse des dossiers</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le pacte territorial «Aude 2030 » fait de l&amp;#039;Economie sociale et solidaire (ESS) un enjeu majeur du développement économique Audois, source de préservation d&amp;#039;emplois non délocalisables et d&amp;#039;entrepreneuriat nouveau, où l&amp;#039;humain reste au cœur du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ESS est, par ses valeurs fondatrices (primauté des personnes et de l&amp;#039;objet social sur le capital ; adhésion volontaire et ouverte, gestion démocratique, fonds propres impartageables, appropriation collective des excédents, solidarité et responsabilité, utilité sociale des produits et services), non plus une économie dite &amp;#34;alternative&amp;#34; mais une économie ancrée durablement sur nos territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ambition du Département de l&amp;#039;Aude est en effet de positionner l&amp;#039;emploi au cœur des dynamiques économiques et d&amp;#039;intégrer la notion de solidarité aux impératifs de production et de rentabilité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Conseil Général de l&amp;#039;Aude ambitionne de :
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir le renouveau entrepreneurial en modernisant les statuts des entreprises de l&amp;#039;ESS et en développant leur financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  donner du pouvoir d&amp;#039;agir aux citoyens et aux salariés pour contribuer au maintien de l&amp;#039;activité économique dans les territoires et lutter contre les destructions d&amp;#039;emplois
+ &lt;/li&gt;
+ &lt;li&gt;
+  revitaliser les territoires ruraux et les quartiers où les besoins sociaux ont considérablement augmenté avec la crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enfin, l&amp;#039;économie sociale et solidaire est un mode d&amp;#039;entreprendre et de développement économique adapté à toutes les filières économiques locales existantes (agriculture, tourisme...) ou à venir ( numérique, silver économie...)
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions sont déclinées en 5 axes:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Soutenir la promotion de l&amp;#039;ESS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Aide à la sensibilisation à l&amp;#039;ESS:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ Accélérer le développement de l&amp;#039;économie sociale et solidaire dans l&amp;#039;Aude par la promotion de ses atouts et la mise en avant de son potentiel économique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Créer et consolider l&amp;#039;emploi audois
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Participation au capital social des SCIC:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ Créer de l&amp;#039;emploi au service de l&amp;#039;intérêt général, favoriser le développement de structures pérennes ancrées localement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2. Aide au développement de l&amp;#039;emploi partagé:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser la création d&amp;#039;emplois partagés non délocalisables pat la constitution de groupements d&amp;#039;employeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer la pérennité des groupements d&amp;#039;employeurs pat un accompagnement et un suivi réalisés par les têtes de réseau régionales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   3. Aide au développement de l&amp;#039;emploi coopératif:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Encourager la création ex-nihilo, la transformation, la transmission, la reprise d&amp;#039;entreprises ou d&amp;#039;associations sous forme de SCOP ou de SCIC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement de structures ancrées localement afin de créer et consolider l&amp;#039;emploi coopératif et assurer leur pérennité par accompagnement et un suivi réalisés par les têtes de réseau régionales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   4. Aide à l&amp;#039;accompagnement de porteurs de projets:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;accompagnement de projets entrepreneuriaux d&amp;#039;utilité sociale au service de l&amp;#039;économie de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;emploi non délocalisable
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Développer les finances solidaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Aide au renforcement des fonds propres des porteurs de projets:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les jeunes entrepreneurs ayant des difficultés d&amp;#039;accès au crédit bancaire classique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer les fonds propres de porteurs de projets à l&amp;#039;écart du marché du travail voulant créer leur entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2. Aide à l&amp;#039;ingénierie financière solidaire:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets porteurs d&amp;#039;emploi et d&amp;#039;utilité sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des outils financiers solidaires spécifiques et adaptés aux acteurs de l&amp;#039;ESS
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Encourager la professionnalisation des acteurs de l&amp;#039;ESS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Aide à l&amp;#039;investissement matériel des associations:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les associations qui développent une activité économique, dont la faiblesse en fonds propres est un frein à l&amp;#039;équipement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financer l&amp;#039;investissement matériel nécessaire au démarrage et au développement de leur activité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Favoriser les pratiques innovantes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Aide à l&amp;#039;émergence de projets socialement innovants:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ Créer des réponses adaptées à des besoins sociaux non ou mal rappel de la stratégie satisfaits en lien notamment avec les projets de Pôles Territoriaux départementale de Coopération Economique (PTCE)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2. Aide aux partenariats novateurs et aux actions collectives:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rapprocher les entreprises de l&amp;#039;ESS et les entreprises conventionnelles afin de créer des réponses adaptées à des besoins sociaux non ou mal satisfaits
+ &lt;/li&gt;
+ &lt;li&gt;
+  Encourager la collaboration et la coordination entre les acteurs de l&amp;#039;ESS afin de créer de l&amp;#039;emploi, de réduire leurs dépenses de fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la constitution de Pôle Territorial de Coopération Economique pour le développement durable local au service de la création d&amp;#039;emplois
+ &lt;/li&gt;
+ &lt;li&gt;
+  Initier des démarches partenariales innovantes à partir de concours ou d&amp;#039;appels à projets spécifiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Revitalisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Action n°1 : Aide à la sensibilisation à l&amp;#039;ESS
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Têtes de réseau régionale de l&amp;#039;ESS présentant une expertise humaine et technique pour mener des actions de sensibilisation et d&amp;#039;animation sur l&amp;#039;ensemble du territoire audois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions ponctuelles ou pérennes de sensibilisation et d&amp;#039;animation auprès des acteurs économiques et des partenaires institutionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de promotion en direction des partenaires institutionnels ou du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, de repas et téléphonie)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°2 : Participation au capital social des SCIC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ SCIC en cours de constitution laissant apparaître des perspectives solides d&amp;#039;embauche
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Participation au capital
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°3 : Aide au développement de l&amp;#039;emploi partagé
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Groupement d&amp;#039;employeurs créé sous forme associative ou coopérative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des personnes physiques (dirigeants par exemple) ou morales (sociétés civiles ou commerciales, syndicats, etc.) occupant au plus 300 salariés et entrant dans le champ d&amp;#039;application d&amp;#039;une même convention collective peuvent constituer un groupement d&amp;#039;employeurs dans le but de mettre à disposition de leurs membres des salariés liés à ce groupement par un contrat de travail.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures d&amp;#039;accompagnement et de suivi des groupements d&amp;#039;employeurs ou têtes de réseaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un emploi partagé dans au moins deux entreprises ou associations sous forme de CDI dont la durée minimale est de 70% d&amp;#039;un temps complet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et suivi des groupements d&amp;#039;employeurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°4 : Aide au développement de l&amp;#039;emploi coopératif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  SCOP:
+   Les sociétés coopératives de production sont formées par des travailleurs de toutes catégories ou qualifications professionnelles, associés pour exercer en commun leur professions dans une entreprise qu&amp;#039;ils gèrent directement ou par l&amp;#039;intermédiaire de mandataires désignés par eux et en leur sein.
+ &lt;/li&gt;
+ &lt;li&gt;
+  SCIC: Les sociétés
+   coopératives
+   d&amp;#039;Intérêt
+   collectif
+   sont des sociétés anonymes ou des sociétés à responsabilité limitée à capital variable. Elles ont pour objet la production ou la fourniture de biens et de services d&amp;#039;intérêt collectif, qui présentent un caractère d&amp;#039;utilité sociale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures d&amp;#039;accompagnement et de suivi de sociétés coopératives ou têtes de réseaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais de constitution d&amp;#039;une SCOP ou SCIC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et suivi des sociétés coopératives.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°5 : Aide à l&amp;#039;accompagnement de porteurs de projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Association d&amp;#039;accompagnement au développement et à la consolidation de projets entrepreneuriaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coopérative d&amp;#039;activités et d&amp;#039;emploi
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Aide à l&amp;#039;accompagnement et au suivi des porteurs de projets ou des jeunes entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°6 : Aide au renforcement des fonds propres des porteurs de projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ toute association spécialisée dans les finances solidaires accordant des prêts personnels ou des prêts d&amp;#039;honneur aux porteurs de projets en phase de création et proposant un accompagnement adapté à leurs besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Les dépenses inhérentes à l&amp;#039;accompagnement et au montage financier de l&amp;#039;entreprise ou de la micro-entreprise, analyse financière permettant destiner les besoins de trésorerie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiement divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°7 : Aide à l&amp;#039;ingénierie financière solidaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Toute association d&amp;#039;envergure régionale spécialisée dans les finances solidaires accompagnant des projets de création d&amp;#039;entreprise, mobilisant des financements solidaires innovants pour les viabiliser, et garantissant l&amp;#039;accès aux circuits bancaires et financiers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Une partie des frais de structure (antenne audoise), d&amp;#039;ingénierie, de masse salariale pour l&amp;#039;accompagnement et montage financier de projet individuel ou collectif audoise. Outils financiers mobilisés comme les fonds de garantie ou prêts bancaires spécifiques pour les entreprises de l&amp;#039;ESS, les très petites entreprises ou les porteurs de projets agricoles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°8 : Aide à l&amp;#039;investissement matériel des associations
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Toute association de moins de trois ans ayant une activité économique en partie marchande, proposant un projet stratégique de développement visant à garantir l&amp;#039;autofinancement à trois ans et laissant apparaître des perspectives solides d&amp;#039;embauche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Matériel informatique, mobilier, achat d&amp;#039;un véhicule, ou autre, à l&amp;#039;exception des travaux d&amp;#039;aménagement de locaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Les investissements ayant déjà bénéficié d&amp;#039;autres aides, les investissements réalisés avant la demande de l&amp;#039;aide, les associations ayant déjà bénéficié de cette aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°9 : Aide à l&amp;#039;émergence de projets socialement innovants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Tout porteur de projet socialement innovant en phase d&amp;#039;expérimentation, débouchant sur une activité à caractère économique susceptible de créer à terme de l&amp;#039;emploi (ex : financement local participatif, incubateur, silver économie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Les dépenses en lien avec l&amp;#039;émergence du projet (temps d&amp;#039;ingénierie des porteurs de projet, supports de communication, études)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°10 : Aide aux partenariats novateurs et aux actions collectives
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toute association (ayant une activité économique en partie marchande proposant un projet stratégique de développement visant à garantir l&amp;#039;autofinancement à 3 ans), fondation, mutuelle, société s&amp;#039;associant dans un projet commun
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toute entreprise du secteur marchand ayant un projet partenarial avec un acteur de l&amp;#039;ESS
+ &lt;/li&gt;
+ &lt;li&gt;
+  PTCE, lauréat de l&amp;#039;appel à projet national
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement et montage financier des projets de création de micro-entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils financiers mobilisés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, de repas, téléphonie)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Solidarités / Direction Action Sociale Insertion
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Céline Gout, Gestionnaire du secrétariat et de la communication du service
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:celine.gout&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  celine.gout&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.76
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c696-aider-des-entreprises-de-de-leconomie-sociale/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>98464</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un apport en quasi-fonds propres en complément de fonds propres</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Découvrez nos offres pour les Entreprises publiques locales</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires apporte des fonds propres et quasi-fonds propres à des projets qui renforcent l&amp;#039;attractivité ou la cohésion sociale et territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ Nos experts vous accompagnent et peuvent financer votre besoin de financement du haut de bilan par des fonds propres complétés de quasi-fonds propres.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Economie sociale et solidaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/entreprises-publiques-locales?mtm_campaign=Aides_Territoires&amp;mtm_kwd=EPL&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Apport_quasi_FPCFP_at</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5432-beneficier-dun-apport-en-quasi-fonds-propres-/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>98472</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir le développement commercial et économique des professionnels adhérents à la marque Pays Cathare</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La marque Pays cathare, propriété du département depuis plus de 20 ans est née d&amp;#039;une initiative collective en direction des professionnels du tourisme et de l&amp;#039;agroalimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Plus de 900 prestataires marqués sur 39 réseaux différents, la Marque Pays cathare® s&amp;#039;engage aujourd&amp;#039;hui dans une étape nouvelle de commercialisation et de renforcement de son image par la sécurisation des actions menées. Les valeurs de la Marque &amp;#34;origine, passion, qualité et engagement&amp;#34; reflètent un attachement fort des professionnels à leur réseau et une volonté de mutualiser leurs savoir-faire pour faire de la marque, outil collectif, un levier de développement économique de leur structure respective.
+&lt;/p&gt;
+&lt;p&gt;
+ Le département a fait le choix de confier l&amp;#039;animation de la marque à différents partenaires, qui accompagnent au quotidien les prestataires Audois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Service Relation aux Usagers
-[...1 lines deleted...]
-05 49 38 49 38.
+   Les chambres consulaires et l&amp;#039;inter consulaire
   &lt;/li&gt;
   &lt;li&gt;
-   Du lundi au vendredi de 9h à 18h sans interruption.
+   Le relais des gîtes de France
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les logis de France
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ dépenses de fonctionnement pour l&amp;#039;animation de la Marque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prise en charge de l&amp;#039;expertise technique : salaires des chargés de missions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ingénierie de projet: études stratégiques, évaluation, études de marché, formations, accompagnement des professionnels a la stratégie commerciale (type cluster)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Promotion de la marque : frais de communication (conception, diffusion, achat d&amp;#039;espaces, kit de communication, photothèque, vidéothèque...), éditions, spot radio, site internet, location d&amp;#039;équipements pour les salons
+  &lt;/li&gt;
+  &lt;li&gt;
+   Signature de la marque : plaques, enseignes ou autres supports remis aux adhérents, publicité sur lieu de vente (PLV) type emballage
+  &lt;/li&gt;
+  &lt;li&gt;
+   Animation du réseau des professionnels: temps d&amp;#039;expertise dédiée, voyages d&amp;#039;études, achat de produits et matériel de dégustation
+  &lt;/li&gt;
+  &lt;li&gt;
+   Contrôle de la marque : audit interne et externe, analyse des produits ou des prestations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Actions de coopération sur la base de l&amp;#039;expertise en lien avec la création d&amp;#039;une marque ou d&amp;#039;un label (déplacements et temps de travail)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Anne Laurent, Chargée de projet &amp;#34;Marque Pays Cathare&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mail :
+   &lt;a href="mailto:anne.laurent&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+    anne.laurent&amp;#64;aude.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone :
+ 04.68.11.65.14
+  &lt;/li&gt;
+  &lt;li&gt;
+   Secrétariat :
+ 04.68.11.64.49
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/620d-animer-la-marque-pays-cathare/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E42" s="1" t="inlineStr">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>92349</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour observer les territoires</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
-[...419 lines deleted...]
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en oeuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Les agences d&amp;#039;urbanisme
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
 &lt;/p&gt;
 &lt;p&gt;
@@ -8789,201 +11115,201 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une équipe pluridisciplinaire et inclusive
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M44" s="1" t="inlineStr">
+      <c r="M53" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Observation thématique (loyers, mobilités, habitat, social, stratégies économiques, logement des étudiants...)
  &lt;/li&gt;
  &lt;li&gt;
   Animation des systèmes d&amp;#039;informations géographiques
  &lt;/li&gt;
  &lt;li&gt;
   Enquêtes de terrain
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Personnes âgées
 Jeunesse
 Santé
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Inclusion numérique
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont 51, réparties sur le territoire métropolitain et ultra-marin. Consulter notre annuaire pour identifier celle, la plus proche de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d0a-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-      <c r="A45" s="1">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
         <v>92350</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Etre aidé dans la mise en oeuvre des villes et territoires durables</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;strong&gt;
      Les agences d&amp;#039;urbanisme vous aident dans la mise en oeuvre des villes et territoires durables
     &lt;/strong&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 &lt;p&gt;
  Mettre en œuvre des villes et territoires durables, c&amp;#039;est penser leur développement de manière transversale et intégrée à différentes échelles, pour faire face aux transitions. C&amp;#039;est faire appel à des modes plus coopératifs et participatifs pour impliquer l&amp;#039;ensemble des acteurs du territoire. C&amp;#039;est aborder les projets dans toutes leurs dimensions : physiques, environnementales, économiques et sociales. Dans ce contexte, un outil d&amp;#039;ingénierie tel que l&amp;#039;agence d&amp;#039;urbanisme constitue un atout important. Par son approche transversale et multi-acteurs, l&amp;#039;agence d&amp;#039;urbanisme permet de rompre avec les approches sectorielles. Elle offre la possibilité de construire une vision stratégique articulant les différentes échelles des territoires et de mieux articuler les politiques publiques, comme celles de l&amp;#039;habitat, de la solidarité, des projets urbains, de l&amp;#039;environnement ou encore de la mobilité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Les agences d&amp;#039;urbanisme
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
  &lt;br /&gt;
 &lt;/p&gt;
@@ -9014,459 +11340,459 @@
   &lt;li&gt;
    &lt;strong&gt;
     Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Une équipe pluridisciplinaire et inclusive
    &lt;/strong&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M45" s="1" t="inlineStr">
+      <c r="M54" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Participation à l&amp;#039;élaboration des politiques d&amp;#039;aménagement et de développement
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux politiques de requalification des centres et de renouvellement urbain
  &lt;/li&gt;
  &lt;li&gt;
   Contribution aux démarches de développement économique et social
  &lt;/li&gt;
  &lt;li&gt;
   Contribution à l&amp;#039;adaptation des territoires au changement climatique (transition énergétique, îlots de fraîcheur, trames écologiques...)
  &lt;/li&gt;
  &lt;li&gt;
   Développement des politiques publiques du quotidien (mobilités durables, offre de soin, alimentation saine, qualité de l&amp;#039;habitat, des paysages...)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des stratégies de développement et d&amp;#039;inclusion numérique
  &lt;/li&gt;
  &lt;li&gt;
   Participation à l&amp;#039;animation territoriale et au débat public en tant que tiers de confiance
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Réseau des Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
  &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
   http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/88ff-copie-08h34-etre-aide-pour-batir-des-strategi/</t>
         </is>
       </c>
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-      <c r="A46" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
         <v>92578</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Aider à la Structuration de Projets de Territoires (ASPT)</t>
         </is>
       </c>
-      <c r="C46" s="1" t="inlineStr">
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I46" s="1" t="inlineStr">
+      <c r="I55" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 20</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider au démarrage, au diagnostic territorial ou à la définition d&amp;#039;une stratégie de développement, prenant en compte les études et coûts d&amp;#039;ingénierie externes liés à l&amp;#039;élaboration de projets de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1. Aide à la Structuration de projets de Territoires (ASPT)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département finance un pourcentage du montant HT des études et prestations d&amp;#039;ingénierie externes, selon le taux suivant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communautés d&amp;#039;Agglomération et communes situées dans le périmètre d&amp;#039;une Communauté d&amp;#039;Agglomération : 10 %
  &lt;/li&gt;
  &lt;li&gt;
   Communautés de Communes, Communes situées dans le périmètre d&amp;#039;une Communauté de Communes, Parcs Naturels Régionaux, Groupes d&amp;#039;Action Locale Établissements et associations représentatives couvrant une zone d&amp;#039;action territoriale significative : 20 %
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;assiette subventionnable est plafonnée à 100 000 € par projet.
 &lt;/p&gt;
 &lt;p&gt;
  Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2. Volet spécifique « Petites Villes de Demain » (PVD)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département finance un pourcentage du montant HT des études globales ou thématiques nécessaires à l&amp;#039;élaboration ou à la concrétisation d&amp;#039;un projet de revitalisation et de développement retenus dans le cadre du programme « Petites Villes de Demain ».
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;intervention du Département de Vaucluse est fixé à 10 % du montant HT des études.
 L&amp;#039;aide est plafonnée à 5 000 € par étude.
 &lt;/p&gt;
 &lt;p&gt;
  Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M46" s="1" t="inlineStr">
+      <c r="M55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Coûts d&amp;#039;études et d&amp;#039;ingénierie liés aux projets suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une charte
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une stratégie territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration d&amp;#039;une étude liée à une approche innovante inscrite dans une démarche de transition écologique, climatique ou sociétale
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration de démarches globales de développement durable telles que les Agendas 21 locaux et les Plans Climat Air Energie Territoriaux (PCAET)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour les projets réalisés à l&amp;#039;échelle communale, seules les démarches possédant un volet territorial seront éligibles (Charte PNR, PCAET, CTE, PDU, PVD...). Ils devront par ailleurs être cohérents avec les compétences, projets et démarches de développement durable entrepris dans les territoires intercommunaux et / ou de projets, dans lesquels le demandeur s&amp;#039;inscrit ainsi qu&amp;#039;avec la stratégie et les politiques départementales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Emploi
 International
 Attractivité économique
 Artisanat
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Communautés de Communes
  &lt;/li&gt;
  &lt;li&gt;
   Communautés d&amp;#039;Agglomération
  &lt;/li&gt;
  &lt;li&gt;
   Parcs Naturels Régionaux
  &lt;/li&gt;
  &lt;li&gt;
   Associations représentatives couvrant une zone d&amp;#039;action territoriale significative
  &lt;/li&gt;
  &lt;li&gt;
   Etablissements (de statut public ou associatif) liés à des politiques départementales (Collèges, Etablissements pour personnes âgées ou personnes handicapées, Établissements pour l&amp;#039;accueil des enfants ...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T46" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/796d-aider-a-la-structuration-de-projets-de-territ/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-      <c r="A47" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>92586</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I47" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M47" s="1" t="inlineStr">
+      <c r="M56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -9505,5267 +11831,981 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...33 lines deleted...]
-      <c r="K48" s="1" t="inlineStr">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>90970</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Aider au développement des Coopératives d'Activité et d'Emploi (CAE)</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
-[...4 lines deleted...]
-&lt;/p&gt;
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite promouvoir la création d&amp;#039;activités dans l&amp;#039;ESS et renforcer les modèles coopératifs. Les Coopératives d&amp;#039;Activité et d&amp;#039;Emploi (CAE) participent à cette dynamique par le statut d&amp;#039;entrepreneur salarié associé qui permet ainsi de proposer une alternative à l&amp;#039;entreprenariat traditionnel et d&amp;#039;entreprendre individuellement dans une entreprise collective.
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
 &lt;ul&gt;
  &lt;li&gt;
-  La représentation du champ de l&amp;#039;Économie Sociale et Solidaire et de ses différentes composantes ;
-[...8 lines deleted...]
-  L&amp;#039;information et la coordination de ses membres
+  Consolider le sociétariat coopératif des CAE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider au développement des CAE par le nombre de contrats d&amp;#039;appui au projet d&amp;#039;entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elargir l&amp;#039;ancrage territorial des CAE
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers doivent être reçus complets
+ &lt;strong&gt;
+  pour le 12 février 2021
+ &lt;/strong&gt;
+ afin d&amp;#039;être présentés en commission permanente du mois d&amp;#039;avril.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les Coopératives d&amp;#039;Activité et d&amp;#039;Emploi ayant leur siège social en Nouvelle-Aquitaine
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Dans ce cadre, elle peut appuyer l&amp;#039;émergence de coopérations sur les territoires du programme Petite Ville de Demain à travers différentes actions :
-[...34 lines deleted...]
- &lt;br /&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet doit, par courrier à l&amp;#039;attention du Président du Conseil régional, solliciter l&amp;#039;intervention de la Région et compléter le présent dossier téléchargé à partir du site internet de la Région  Nouvelle-Aquitaine. Avant toute transmission d&amp;#039;une demande d&amp;#039;aide il est fortement conseillé de
+  prendre l&amp;#039;attache du chargé de mission
+ de la direction sur le département concerné afin de s&amp;#039;assurer de la bonne éligibilité de la demande, des dates de commissions permanentes à venir ainsi que du calendrier d&amp;#039;instruction. Le chargé de mission territorial, par son conseil, permet une orientation adaptée de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet transmet ensuite l&amp;#039;ensemble de son dossier de demande d&amp;#039;aide,
+  par voie numérique
+ , au chargé de mission et à la gestionnaire administrative et financière du département concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ A la réception du dossier de demande complet, le chargé de mission du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation de cette demande en
+  commission permanente
+ du Conseil régional qui se réunit 6 à 8 fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ La décision finale appartient aux élus du Conseil régional
+ qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-developpement-des-cooperatives-dactivite-et-demploi-cae</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Service Relation aux Usagers
+Direction de l&amp;#039;économie sociale et solidaire et innovation sociale
+05 49 38 49 38.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Du lundi au vendredi de 9h à 18h sans interruption.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/358f-aide-au-developpement-des-cooperatives-dactiv/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G49" s="1" t="inlineStr">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>92240</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour bâtir des stratégies territoriales</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat</t>
-[...2 lines deleted...]
-      <c r="H49" s="1" t="inlineStr">
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme participent à la construction des stratégies territoriales
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dynamiques territoriales et les transitions en cours questionnent le sens même de la planification stratégique. Nous sommes dans l&amp;#039;ère des interdépendances territoriales et des réciprocités - qu&amp;#039;elles soient choisies ou subies. Les nouvelles interfaces politiques et territoriales appellent à organiser des alliances entre tous les types de territoires (métropolitains, urbains, périurbains et ruraux), interpellent l&amp;#039;agilité des modes de gouvernance et sollicitent de nouveaux cadres d&amp;#039;actions territoriales. Dans ce contexte qui rebat les cartes du développement territorial, les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur.
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  La représentation du champ de l&amp;#039;Économie Sociale et Solidaire et de ses différentes composantes ;
-[...8 lines deleted...]
-  L&amp;#039;information et la coordination de ses membres
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme
+  &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Mon ESS à l&amp;#039;école : Mon Entreprise Sociale et Solidaire à l&amp;#039;École (Mon ESS à l&amp;#039;École) est un formidable outil au service de la connaissance, par les jeunes générations, de cette autre économie qu&amp;#039;est l&amp;#039;ESS.
+  &lt;strong&gt;
+   Des outils au service de l&amp;#039;intérêt général
+  &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
+&lt;/p&gt;
+&lt;p&gt;
+ - les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
+&lt;/p&gt;
+&lt;p&gt;
+ - l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...)
+&lt;/p&gt;
+&lt;p&gt;
+ - et des membres associés intéressés par les enjeux territoriaux.
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Les Coopératives d&amp;#039;Education à l&amp;#039;Entrepreneuriat Collectif (CEEC) regroupent 3 types de dispositifs :
+  &lt;strong&gt;
+   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+  &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- . Les
-[...52 lines deleted...]
- &lt;/a&gt;
+ Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une équipe pluridisciplinaire et inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Jeunesse
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conduire des démarches de prospective pour construire une vision pour le futur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de coopérations territoriales (contractualisations, coopérations
+  &lt;br /&gt;
+  métropolitaines, contrat de réciprocité...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux stratégies frontalières et transnationales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
 Economie locale et circuits courts
-Economie sociale et solidaire</t>
-[...2 lines deleted...]
-      <c r="O49" s="1" t="inlineStr">
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="S49" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U49" s="1" t="inlineStr">
-[...226 lines deleted...]
-  Accédez au formulaire de contact
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Réseau des Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les contacts de chaque agence d&amp;#039;urbanisme sur le site de la Fnau :
+ &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
+  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df5d-etre-aide-pour-batir-des-strategies-territori/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-      <c r="A51" s="1">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>92241</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé pour participer au débat territorial</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme aident à sensibiliser et animer le débat territorial
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;agence d&amp;#039;urbanisme, grâce à son positionnement partenarial et sa neutralité est un connecteur entre les acteurs. Forte de cela et de son ancrage, elle a un rôle d&amp;#039;animation territoriale pour lequel elle développe des activités et des méthodes participatives innovantes.
+ &lt;br /&gt;
+ L&amp;#039;agence s&amp;#039;appuie à la fois sur son expertise et sur sa compétence d&amp;#039;animation pour être moins dans la « confrontation territoriale » mais plus dans la co-construction.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des outils au service de l&amp;#039;intérêt général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
+ &lt;br /&gt;
+ les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
+ &lt;br /&gt;
+ l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
+ &lt;br /&gt;
+ des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...) ;
+ &lt;br /&gt;
+ et des membres associés intéressés par les enjeux territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une équipe pluridisciplinaire et inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation et intermédiation des débats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets participatifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation (résidence, atelier, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Réseau des Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau :
+ &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
+  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7b7-copie-13h16-etre-aide-pour-batir-des-strategi/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>94221</v>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Encourager les jeunes à la mobilité internationale en accompagnant les projets individuels ou collectifs à caractère citoyen et solidaire</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Nièvre</t>
         </is>
       </c>
-      <c r="G51" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H51" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K51" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide - « Pass à l&amp;#039;international », mis en place par le Conseil départemental de la Nièvre
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  &lt;br /&gt;
  Le Conseil départemental de la Nièvre lance un fonds de soutien pour encourager les jeunes à la mobilité internationale en accompagnant les projets individuels ou collectifs à caractère citoyen et solidaire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  être âgé(e) de 16 à 30 ans et domicilié(e) dans la Nièvre.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Avoir un projet individuel ou collectif,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Avoir un projet à vocation professionnelle, stage, étude, citoyenneté et solidarité etc..
   &lt;/li&gt;
  &lt;/ul&gt;
  Accompagnement :
 Montant maximum de 800 €.
  &lt;br /&gt;
 &lt;p&gt;
  Un service peut vous accompagner :
 &lt;/p&gt;
 &lt;p&gt;
  Les Réseaux Informations Jeunesses (BIJ) Les Missions Locales du département
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M51" s="1" t="inlineStr">
+      <c r="M60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Actions éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Avoir un projet individuel ou collectif,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Avoir un projet à vocation professionnelle, stage, étude, citoyenneté et solidarité etc..
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Egalité des chances
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Economie sociale et solidaire
 International</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Être inscrit dans un établissement scolaire ou associatif du département de la Nièvre ou dans l&amp;#039;enseignement supérieur,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Avoir bien identifié la structure ou l&amp;#039;établissement d&amp;#039;accueil du pays de destination,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Rendre compte du projet auprès du Département.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Nièvre</t>
         </is>
       </c>
-      <c r="V51" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://nievre.fr/wp-content/uploads/2021/05/pass_a_l_interantional_-_dossier_explicatif.pdf</t>
         </is>
       </c>
-      <c r="W51" s="1" t="inlineStr">
+      <c r="W60" s="1" t="inlineStr">
         <is>
           <t>https://nievre.fr/wp-content/uploads/2021/05/dossier_de_candidature_pass_a_l_international.pdf</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter le Département via
  &lt;a href="https://nievre.fr/au-quotidien/jeunesse-et-education/les-aides-aux-jeunes/etudes-projets/" rel="noopener" target="_blank"&gt;
   son site internet
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  9:00 – 12:00 | 14:00 – 17:00
 &lt;/p&gt;
 &lt;p&gt;
  03 86 60 67 00
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:webmaster&amp;#64;nievre.fr" rel="noopener" target="_blank"&gt;
   webmaster&amp;#64;nievre.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4f30-encourager-pass-a-linternational/</t>
         </is>
       </c>
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G52" s="1" t="inlineStr">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>111995</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Plateforme d'apprentissage Interreg Europe PLP</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...15 lines deleted...]
-      <c r="K52" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
-[...76 lines deleted...]
- 3/ Étude d&amp;#039;accompagnement de projets.
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
+ &lt;/li&gt;
+ &lt;li&gt;
+  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
+&lt;/p&gt;
+&lt;p&gt;
+ A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
-[...150 lines deleted...]
- &lt;/strong&gt;
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Une lettre argumentée conjointement au Président de la Région Grand Est, à la Directrice Régionale des Affaires Culturelles du Grand Est et au Président du Centre national du livre précisant le montant de l&amp;#039;aide sollicitée ;
-[...617 lines deleted...]
-  &lt;br /&gt;
+  améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
-[...1494 lines deleted...]
-      </c>
       <c r="N61" s="1" t="inlineStr">
-        <is>
-[...1088 lines deleted...]
-      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
-[...881 lines deleted...]
-          <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
@@ -14775,464 +12815,499 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
-[...13 lines deleted...]
- &lt;/strong&gt;
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
+ &lt;a rel="noopener" target="_blank"&gt;
+  interregeurope.eu
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
-[...12 lines deleted...]
- Direction des politiques européennes
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier  &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Contactez votre GAL référent.
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase    &amp;#43;33 (0) 491 575 606
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G73" s="1" t="inlineStr">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...42 lines deleted...]
- &lt;br /&gt;
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...82 lines deleted...]
-  améliorer le fonctionnement de votre communauté : impliquer davantage les communes, mobiliser les élus, décloisonner les services, animer autrement les réunions...
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Eau pluviale
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
+Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
+Education et renforcement des compétences
 Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
+Bâtiments et construction
+Réhabilitation
 Logement et habitat
+Architecture
 Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
 Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...2 lines deleted...]
-      <c r="O73" s="1" t="inlineStr">
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
-[...28 lines deleted...]
-      <c r="U73" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
-[...26 lines deleted...]
- &lt;br /&gt;
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>111757</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -15269,82 +13344,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M74" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -15390,1076 +13465,1069 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W74" s="1" t="inlineStr">
+      <c r="W63" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G75" s="1" t="inlineStr">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>117550</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...10 lines deleted...]
-      <c r="K75" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
-[...2 lines deleted...]
- Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
+ &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
+  formations thématiques
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
+ &lt;br /&gt;
+ Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
+ &lt;br /&gt;
+ Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
+ &lt;br /&gt;
+ Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
-[...5 lines deleted...]
-  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
+  organisation de sessions d&amp;#039;information thématiques :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
-[...2 lines deleted...]
- A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
+ Ex : dispositif département Jura subventions DETR DSIL FNADT
+ &lt;br /&gt;
+ Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
+ &lt;br /&gt;
+ Ex : compétence GEMAPI,
+ &lt;br /&gt;
+ Ex : urbanisme réglementaire et planification
+ &lt;br /&gt;
+ Ex : circulation et stationnement
+ &lt;br /&gt;
+ Ex : outil public SEM énergie renouvelable
+ &lt;br /&gt;
+ Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de formations thématiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : comment mobiliser les fonds européens sur son territoire
+ &lt;br /&gt;
+ Ex : mécénat et financement participatif
+ &lt;br /&gt;
+ Ex : marchés publics - comment acheter local
+ &lt;br /&gt;
+ Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
+ &lt;br /&gt;
+ Ex : réalisation des travaux
+ &lt;br /&gt;
+ Ex :
+ comment associer les habitants à un projet communal ou intercommunal
+ &lt;br /&gt;
+ Ex le projet culturel du territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M75" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
-Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Culture et identité collective
-[...1 lines deleted...]
-Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
-Famille et enfance
-[...1 lines deleted...]
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
-Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-Emploi
-International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions
-[...5 lines deleted...]
-Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...5 lines deleted...]
-Réduction de l'empreinte carbone
 Bibliothèques et livres
-Mobilité fluviale
-Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
-Mobilité et véhicules autonomes
-[...3 lines deleted...]
-      <c r="O75" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
-[...11 lines deleted...]
- &lt;/a&gt;
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...58 lines deleted...]
-      <c r="AA75" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>http://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Madame la Présidente
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMJ
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 rue de Pavigny 39000 Lons-le-Saunier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél 03-84-86-07-07
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service assistance juridique, administrative et financière :
+  &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   juridique&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service formation :
+  &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   formation&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G76" s="1" t="inlineStr">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>117589</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Professionnaliser les acteurs du développement rural , favoriser l'innovation dans les territoires ruraux et stimuler la mise en réseaux et les synergies entre acteurs</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Cap Rural Centre de ressources pour le développement local</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Cap Rural</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
-[...34 lines deleted...]
- Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cap Rural est un
+ &lt;strong&gt;
+  c
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  &lt;a href="http://caprural.org/" rel="noopener" target="_blank"&gt;
+   entre de ressources spécialisé dans les pratiques et les métiers du développement rural
+  &lt;/a&gt;
+  .
+ &lt;/strong&gt;
+ Son action est articulé autour de trois grands axes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Professionnaliser
+  &lt;/strong&gt;
+  les acteurs du développement rural
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser
+  &lt;strong&gt;
+   l&amp;#039;innovation
+  &lt;/strong&gt;
+  dans les territoires ruraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Décloisonner, stimuler la mise en réseaux et les synergies
+  &lt;/strong&gt;
+  entre acteurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cap Rural a constaté que de nombreux changements ont marqué le financement
+ &lt;/strong&gt;
+ des acteurs et des actions du développement local au cours des dernières années (Loi NOTRe, baisse des financements publics, généralisation des appels à projets, développement des financements privés, augmentation des collectifs de projets entrepreneuriaux...) et ont amené structures et agents de développement à évoluer dans leurs pratiques de recherche et de mobilisation de moyens financiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Parce que le contexte implique,
+ &lt;strong&gt;
+  au-delà d&amp;#039;une simple identification de sources de financements, de mener une réflexion plus profonde pour adapter ses pratiques, sa stratégie, développer des partenariats...
+ &lt;/strong&gt;
+ Cap Rural propose :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner les acteurs du développement rural en Auvergne-Rhône-Alpes dans leur réflexion pour construire une stratégie de recherche de financements
+ &lt;/strong&gt;
+ : des appuis individuels et/ou collectifs à la réflexion autour de la définition de stratégies de recherche de financements, d&amp;#039;organisation pour être plus efficient dans ses recherches...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Faire découvrir de nouvelles sources de financements, les combiner...
+ &lt;/strong&gt;
+ : des sessions de formation et d&amp;#039;exploration (webconférence ou présentiel) pour présenter de nouveaux dispositifs et outils de financements, prendre connaissance d&amp;#039;appels à projets, découvrir de nouveaux acteurs du financement, acquérir de nouvelles connaissances et savoir-faire, échanger des expériences...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outiller pour repérer et faire de la veille sur les financements en général ou des financements plus ciblés
+ &lt;/strong&gt;
+ : des outils de recherche de financement sous forme de guides ou de cartes mentales pour assurer une veille sur les appels à projets, faciliter la mobilisation de financements publics et/ou privés...
+&lt;/p&gt;
+&lt;p&gt;
+ De
+ &lt;strong&gt;
+  susciter, favoriser la réflexion et les échanges d&amp;#039;expériences
+ &lt;/strong&gt;
+ : un groupe d&amp;#039;échanges de pratiques constitué d&amp;#039;agents de développement pour traiter de sujets autour des stratégies de financements, de la création de postes d&amp;#039;ingénierie financière...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M76" s="1" t="inlineStr">
-[...15 lines deleted...]
- &lt;/strong&gt;
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A titre d&amp;#039;illustration quelques exemples d&amp;#039;outils élaboré par Cap rural à destination des agents de développement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Aider le développement de la mobilité électrique au niveau régional ;
-[...62 lines deleted...]
-Consommation et production
+  &lt;strong&gt;
+   V
+   &lt;a href="http://caprural.org/des-ressources/financement-de-projets/financements/7022-precarite-et-pauvrete-un-outil-de-veille-sur-les-financements" rel="noopener" target="_blank"&gt;
+    eille sur les financements
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Comprendre
+   &lt;a href="http://caprural.org/des-ressources/financement-de-projets/financements/9367-fonds-europeens-sectoriels-opportunites-de-financements-pour-les-projets-de-developpement-local" rel="noopener" target="_blank"&gt;
+    et décrypter des financements
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Travailler sa
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   &lt;a href="http://caprural.org/des-ressources/financement-de-projets/strategie/8729-repondre-a-un-appel-a-projets-ou-a-un-appel-a-manifestation-d-interet-un-outil-pour-accompagner-vos-reflexions" rel="noopener" target="_blank"&gt;
+    stratégie financière
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts
 Economie sociale et solidaire
-Revitalisation
-[...11 lines deleted...]
-Lutte contre la précarité
 Emploi
-International
-Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions
-[...25 lines deleted...]
-      <c r="O76" s="1" t="inlineStr">
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
-[...10 lines deleted...]
- Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cap Rural s&amp;#039;adresse aux acteurs du développement local rural en Auvergne-Rhône-Alpes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agents de développement rural ou périurbain (éco, culture, tourisme, environnet, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Professionnels de l&amp;#039;aménagement impliqués dans le développement rural ou périurbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agents de développement urbain impliqués dans le développement rural ou périurbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniciens impliqués dans un projet de développement rural ou périurbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Directeurs de structures employant l&amp;#039;ingénierie de développement local
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élus de collectivités territoriales ou d&amp;#039;associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Salariés/membres de collectifs porteur de projet (dont agricole et agroalimentaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  En recherche d&amp;#039;emploi dans l&amp;#039;ingénierie de développement local
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La cotisation donne accès aux services pour l&amp;#039;année civile en cours aux personnes inscrites dans le tableau au verso
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
-[...46 lines deleted...]
- pdibiase&amp;#64;maregionsud.fr
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>http://www.caprural.org/des-ressources/financement-de-projets</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vos contacts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sur des financements nationaux, régionaux, appel à projets, privés/publics...
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Jean-Philippe Jamot, chargé de mission Dynamiques entrepreneuriales de créations d&amp;#039;activités - Ingénierie financière des projets
+&lt;/p&gt;
+&lt;p&gt;
+ Cap Rural
+&lt;/p&gt;
+&lt;p&gt;
+ Lycée Agricole Le Valentin
+&lt;/p&gt;
+&lt;p&gt;
+ Avenue de Lyon
+&lt;/p&gt;
+&lt;p&gt;
+ 26500 Bourg-lès-Valence
+&lt;/p&gt;
+&lt;p&gt;
+ 04 75 80 16 06 / 06 80 82 45 47 et agriruralite&amp;#64;caprural.org
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sur le FEADER, FEDER et FSE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Nelly Marrel, chargée de mission Europe et développement rural
+&lt;/p&gt;
+&lt;p&gt;
+ Cap Rural
+&lt;/p&gt;
+&lt;p&gt;
+ 23, rue Jean Baldassini
+&lt;/p&gt;
+&lt;p&gt;
+ 69364 Lyon cedex 07
+&lt;/p&gt;
+&lt;p&gt;
+ Tel. : 04 72 72 49 76 / 06 77 83 12 76 et europe.devrural&amp;#64;caprural.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>agriruralite@caprural.org</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3400-cap-rural-pole-dexpertise-sur-lingenierie-fin/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
         <v>116475</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Accompagner les centralités et les intercommunalités du Calvados via les contrats de territoire 2022-2026</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Contrats de territoire 2022-2026</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I77" s="1" t="inlineStr">
+      <c r="I66" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="J77" s="1" t="inlineStr">
+      <c r="J66" s="1" t="inlineStr">
         <is>
           <t>Taux variables en fonction de la nature des projets, des enjeux locaux, des priorités départementales et bonus mobilisables.</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avec près de 700 000 habitants, le Calvados connaît une croissance démographique régulière. Le Département, garant de la solidarité territoriale, subventionne de nombreux équipements publics qui participent à la qualité de vie des habitants quel que soit leur âge : gymnases, médiathèques, crèches, mais aussi équipements touristiques, résidences autonomies pour les seniors ou encore pépinières d&amp;#039;entreprises.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Un socle de discussion
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les accords Calvados 2030 seront signés entre le Département, les Établissements publics de coopération intercommunale (EPCI) et les communes pôle sur chaque territoire. Ils comprendront une feuille de route de projets envisagés par les collectivités pour les années à venir, ainsi que les projets départementaux programmés par le Département (collèges, routes, ports...) et constitueront le socle de discussion entre le Département et les collectivités signataires des contrats de territoire 2022-2026.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les contrats de territoire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Conclus entre le Département, les EPCI et les communes pôles principaux et secondaires du Calvados (et syndicats intercommunaux en fonction des projets éligibles), les contrats de territoire permettent aux collectivités signataires de bénéficier d&amp;#039;aides financières en investissement pour leurs projets d&amp;#039;aménagement et d&amp;#039;équipement.
 &lt;/p&gt;
 &lt;p&gt;
  Entre 2017 et 2021, 60 millions d&amp;#039;euros ont été consacrés aux contrats de territoire. Entre 2022 et 2026, ce sont 100 millions d&amp;#039;euros supplémentaires qui seront mobilisés par le Département pour soutenir les projets des collectivités à travers les contrats de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Renforcer les centralités du Calvados, préserver l&amp;#039;environnement et lutter contre le dérèglement climatique, favoriser la solidarité entre les hommes et entre les territoires sont les grandes ambitions de cette nouvelle politique territoriale. L&amp;#039;objectif est de faire du Calvados un département où il fait bon vivre, où chaque habitant a accès en un temps réduit à des services de qualité, afin de s&amp;#039;épanouir pleinement à tout âge de la vie (équipements sportifs, de lecture publique, d&amp;#039;accueil de spectacles, de petite enfance, bâtiments publics isolés énergétiquement, accessibles aux personnes à mobilité réduite, aménagements et équipements adaptés aux seniors, itinéraires cyclables de qualité, eau et espaces naturels préservés et accessibles au public...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M77" s="1" t="inlineStr">
+      <c r="M66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Priorites_2030.jpeg" /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Santé
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Risques naturels
 Equipement public
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Cumul possible avec les amendes de police (02.31.57.12.91) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé transmise à réception du dossier complet au stade résultat d&amp;#039;appel d&amp;#039;offre ;
  &lt;/li&gt;
  &lt;li&gt;
   Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique) ;
  &lt;/li&gt;
  &lt;li&gt;
   Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention ;
  &lt;/li&gt;
  &lt;li&gt;
   Aucune prorogation de ces délais ne pourra être accordée.
  &lt;/li&gt;
  &lt;li&gt;
   Projets non éligibles : projets inférieurs à 50.000€ HT ; projets non éligibles dans le cadre de l&amp;#039;APCR et de l&amp;#039;APCR&amp;#43; ; travaux de construction ou rénovation de salles communales ou intercommunales louées aux privés (sauf si usage mutualisé et travaux de rénovation énergétique permettant d&amp;#039;atteindre une amélioration de 40% ou la classe C) ; projets ne répondant pas aux critères d&amp;#039;éligibilité départementaux ; projets de plus de 100.000€ HT ne répondant pas aux critères d&amp;#039;éco-conditionnalité
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  *Le seuil de 50.000€ de dépenses éligibles est réduit à 1.000€ pour l&amp;#039;adressage et à 5.000€ pour les projets de développement de services aux usagers et de mise en réseau en bibliothèque (dont les véhicules électriques à l&amp;#039;usage des bibliothèques, RFID...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/calvados-territoires-2030</t>
         </is>
       </c>
-      <c r="W77" s="1" t="inlineStr">
+      <c r="W66" s="1" t="inlineStr">
         <is>
           <t>https://portail.teleservices.calvados.fr/pmc-communes/</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service des territoires du Département du Calvados
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:territoires&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
   territoires&amp;#64;calvados.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 31 57 11 25
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>beatrice.poullain@calvados.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9695-accompagner-les-centralites-du-calvados/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
         <v>117420</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités à la mobilisation des aides européennes pour les projets de developpement territorial</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>Faciliter l&amp;#039;accès des collectivités locales et des EPCI aux sources de financements européens</t>
         </is>
       </c>
-      <c r="M78" s="1" t="inlineStr">
+      <c r="M67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Europe est présente au quotidien auprès des citoyens. Les aides européennes sont nombreuses mais souvent mal connues par les acteurs locaux. Face à ce constat, le Département, via sa Mission Europe,  joue un rôle d&amp;#039;information et de promotion des fonds européens et s&amp;#039;engage dans une démarche d&amp;#039;appui-conseil aux porteurs de projet seine-et-marnais dans la recherche des cofinancements européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Informations-conseils sur les dispositifs de cofinancements européens
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions
  &lt;/li&gt;
  &lt;li&gt;
   Aide au montage des dossiers de demandes de subventions européennes et ingénierie financière
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Transmission d&amp;#039;une fiche action ou d&amp;#039;une fiche projet. A réception des éléments détaillés du projet, la prestation consistera à établir un premier diagnostic des financements européens potentiellement mobilisables. Si le projet est éligible, un second niveau de prestation pourra être proposé  avec un accompagnement du porteur dans l&amp;#039;établissement de son dossier de demande de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Formation professionnelle
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Biodiversité
 Emploi
 International</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W78" s="1" t="inlineStr">
+      <c r="W67" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;br /&gt;
 Mail : id77&amp;#64;departement77.fr
 &lt;br /&gt;
 Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/75b1-accompagner-les-collectivites-a-la-mobilisati/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
         <v>117484</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseiller aux décideurs locaux (CDL)
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
  &lt;br /&gt;
  &lt;br /&gt;
  La mise en place de ce nouvel interlocuteur permet :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -16472,90 +14540,90 @@
  &lt;li&gt;
   de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
  &lt;/li&gt;
  &lt;li&gt;
   conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M79" s="1" t="inlineStr">
+      <c r="M68" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aide dans la confection d&amp;#039;un budget
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une analyse financière
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de nouveaux moyens de paiement
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la décision en matière financière et fiscale
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Simulations fiscales
  &lt;/li&gt;
  &lt;li&gt;
   Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement le déploiement du nouveau référentiel comptable M57
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement dans la rationalisation des régies
  &lt;/li&gt;
  &lt;li&gt;
   Suivi et gestion des marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Promotion de la démarche partenariale (CSCF et EP)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -16580,1091 +14648,2041 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P79" s="1" t="inlineStr">
+      <c r="P68" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>France hors Corse et Outre-mer</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de votre Direction départementale des Finances publiques
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
         <v>117490</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l'inclusion numérique du territoire</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>L’investissement dans l’économie inclusive</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Banque des Territoires propose un accompagnement visant à l&amp;#039;inclusion numérique par le biais de 15 Hubs territoriaux. Il s&amp;#039;adresse aux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acteurs de l&amp;#039;inclusion numérique : identification comme acteur dédié, formation des médiateurs numériques, mise en place d&amp;#039;un projet d&amp;#039;inclusion numérique (montage financier, recherche de financement, conception de l&amp;#039;offre, etc.), organisation d&amp;#039;un événement consacré à l&amp;#039;inclusion numérique, information et actualités sur le sujet ;
  &lt;/li&gt;
  &lt;li&gt;
   Aux collectivités territoriales : diagnostic de l&amp;#039;inclusion numérique territoriale (acteurs en présence, offres, etc.), création d&amp;#039;une politique publique d&amp;#039;inclusion numérique, formation des agents et organisation d&amp;#039;événements dédiés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;accompagnement de la Banque des Territoires vise plusieurs objectifs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Créer des synergies entre les écosystèmes d&amp;#039;inclusion numérique : identification des lieux de médiation, évaluation des capacités territoriales, étude de l&amp;#039;accessibilité des services et analyse de leur adéquation avec les besoins des territoires ;
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser la création ou le développement des projets d&amp;#039;inclusion numérique : formation, mise à disposition d&amp;#039;outils et recherche de financement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Economie sociale et solidaire
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_inclusif_psat</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Contactez le Hub de votre région
   : AAP-Hubsinclusifs&amp;#64;caissedesdepots.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/efd8-etre-accompagne-dans-linclusion-numerique-du-/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G81" s="1" t="inlineStr">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>94985</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Consolider le capital des SCOP / SCIC - Bourse Emergence</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Bourses Emergence SCOP / SCIC</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Toute personne physique porteuse du projet (salarié, bénéficiaire de minima sociaux, demandeur d&amp;#039;emploi, étudiant...) souhaitant adopter le statut d&amp;#039;associé-salarié au sein d&amp;#039;une société coopérative en émergence peut solliciter le soutien financier de la Région préalablement à la création ou la transmission ou la reprise d&amp;#039;entreprise ou la transformation d&amp;#039;entreprise/association :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sous la forme d&amp;#039;une SCOP : les bénéficiaires devront être au moins au nombre de deux futurs salariés-associés équivalent temps plein
+ &lt;/li&gt;
+ &lt;li&gt;
+  sous la forme d&amp;#039;une SCIC : un salarié au moins devra être associé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Nature et montant de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Montant maximum : 4000 € limités au montant de l&amp;#039;apport personnel du salarié-associé
+&lt;/p&gt;
+&lt;h3&gt;
+ Modalités
+&lt;/h3&gt;
+&lt;p&gt;
+ Toute demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet incitatif. Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne pourra être accordée.
+En outre, la demande d&amp;#039;aide devra mentionner au moins les informations suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le nom et prénom du porteur de projet et ses coordonnées personnelles (adresse actuelle du domicile, numéro de téléphone et adresse mail),
+ &lt;/li&gt;
+ &lt;li&gt;
+  une description du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la localisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant de l&amp;#039;aide sollicitée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+La durée de validité de cette lettre d&amp;#039;intention est fixée à 12 mois à compter de sa date d&amp;#039;accusé de réception par le service instructeur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Economie sociale et solidaire
+Lutte contre la précarité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>08/08/2017</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Projets éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de donner les moyens au porteur de projet souhaitant entreprendre sous statut coopératif, préalablement à l&amp;#039;immatriculation de l&amp;#039;entreprise. L&amp;#039;aide contribue à consolider le capital initial de la société en devenir.
+&lt;/p&gt;
+&lt;h3&gt;
+ Méthode de sélection
+&lt;/h3&gt;
+&lt;p&gt;
+ La démarche collective des futurs salariés-associés peut être accompagnée par l&amp;#039;Union Régionale des SCOP Grand Est (URSCOP) afin d&amp;#039;aider au montage de projet, de mener une expertise, d&amp;#039;apporter des conseils et de rechercher les financements nécessaires au lancement de l&amp;#039;activité.
+Les critères de sélection porteront notamment sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la faisabilité effective du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la pertinence du montage financier, dans lequel s&amp;#039;inscrit la participation des salariés-associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la bonne appréhension par les salariés, des valeurs d&amp;#039;une entreprise en SCOP ou SCIC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toute demande d&amp;#039;aide régionale fait l&amp;#039;objet de l&amp;#039;envoi d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région préalablement à la création ou reprise d&amp;#039;entreprise sous statut de société coopérative.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale prend la forme d&amp;#039;une bourse individuelle accordée sous forme de subvention à chaque futur associé-salarié.
+Cette subvention vise à consolider l&amp;#039;apport personnel du futur salarié-associé. En outre, elle doit produire un effet levier pour l&amp;#039;émergence du projet sous statut coopératif et ne constitue pas une aide à la création/reprise d&amp;#039;entreprise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ess-bourses-emergence-scop-scic/</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0151/depot/simple</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:ess&amp;#64;grandest.fr"&gt;
+   ess&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Région Grand Est, Direction de la Compétitivité et de la Connaissance, Site de Metz : Nathalie Mansoura :
+  &lt;a href="mailto:nathalie.mansoura&amp;#64;grandest.fr"&gt;
+   nathalie.mansoura&amp;#64;grandest.fr
+  &lt;/a&gt;
+  .
+ Tél. 03 87 61 65 74
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Strasbourg – référente pour le territoire alsacien : Maryline BIRGEL :
+  &lt;a href="mailto:maryline.birgel&amp;#64;grandest.fr"&gt;
+   maryline.birgel&amp;#64;grandest.fr
+  &lt;/a&gt;
+  . Tél : 03 88 15 65 83
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e509-bourses-emergence-scop-scic/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>94987</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Aider les entreprises d’utilité sociale</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir la création et le développement d&amp;#039;entreprises non délocalisables portant les valeurs de l&amp;#039;ESS sur le territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir les investissements matériels liés à une activité d&amp;#039;utilité sociale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir la compétitivité des entreprises en favorisant la modernisation de leur outil de production et l&amp;#039;amélioration des conditions de travail ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir les structures caritatives et d&amp;#039;intérêt général portant des projets d&amp;#039;aide alimentaire ou vestimentaire aux plus démunis.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 1
+ &lt;/strong&gt;
+ : Les Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (Entreprises d&amp;#039;Insertion, Ateliers Chantiers d&amp;#039;Insertion, Associations Intermédiaires, Entreprises de Travail Temporaire d&amp;#039;Insertion), les Entreprises Adaptées et les ESAT, sous statut associatif ou entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 2
+ &lt;/strong&gt;
+ : Les Associations Caritatives mettant en place des actions favorisant l&amp;#039;aide alimentaire ou vestimentaire auprès des populations les plus démunies du Grand Est (ex : Banques Alimentaires, Restos du Coeur, Secours Populaire, Caritas, Croix Rouge...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Economie sociale et solidaire
+Lutte contre la précarité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Projets éligibles
+&lt;/h3&gt;
+&lt;h3&gt;
+ Nature des projets
+&lt;/h3&gt;
+&lt;h4&gt;
+ Volet 1 : Structures de l&amp;#039;Insertion par l&amp;#039;Activité Economique, Entreprises Adaptées, ESAT
+&lt;/h4&gt;
+&lt;p&gt;
+ Ce dispositif accompagne les projets d&amp;#039;investissements matériels liés au développement de la structure, en favorisant ceux qui s&amp;#039;inscrivent dans une priorité stratégique de la Région.
+Peuvent être retenus les investissements neufs ou d&amp;#039;occasion acquis auprès d&amp;#039;établissements professionnels en vue du développement de l&amp;#039;activité (ex. machines, informatique de production, véhicules de chantier, utilitaires...).
+Le simple renouvellement des équipements n&amp;#039;introduisant pas de progrès technique significatif ou d&amp;#039;augmentation sensible des capacités de production ou de l&amp;#039;activité, ou n&amp;#039;apportant pas une amélioration des conditions de travail des salariés, n&amp;#039;est pas éligible.
+Le projet doit permettre, à court ou moyen terme, d&amp;#039;accroitre le taux de facturation de la structure et de tendre vers son autonomie financière.
+Ces investissements favorisent des progrès qualitatifs et des améliorations s&amp;#039;inscrivant prioritairement dans un programme de développement.
+ &lt;strong&gt;
+  Le montant des investissements éligibles s&amp;#039;élève à 15 000 € HT minimum.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Volet 2 : Associations caritatives d&amp;#039;aide alimentaire ou vestimentaire
+&lt;/h4&gt;
+&lt;p&gt;
+ Ce dispositif accompagne les projets d&amp;#039;investissement matériel liés à la mise en œuvre ou au développement d&amp;#039;actions structurantes concourant à répondre aux besoins alimentaires et vestimentaires des plus démunis.
+Peuvent être retenus les investissements neufs ou d&amp;#039;occasion acquis auprès d&amp;#039;établissements professionnels liés exclusivement au projet (ex. machines, informatique, véhicules, utilitaires ou de livraison).
+Le projet doit permettre, à court ou moyen terme, d&amp;#039;accroitre la capacité des structures à répondre aux besoins des populations visées.
+ &lt;strong&gt;
+  Le montant des investissements éligibles s&amp;#039;élève à 3 000 € HT minimum.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-entreprises-dutilite-sociale/</t>
+        </is>
+      </c>
+      <c r="W71" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0006/depot/simple</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:ess&amp;#64;grandest.fr"&gt;
+   ess&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Avant de faire votre demande en ligne, consultez :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+le
+&lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+ mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+&lt;/a&gt;
+&lt;br /&gt;
+le
+&lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+ guide utilisateurs
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/21c6-aide-aux-entreprises-dutilite-sociale/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>105111</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Co-construire des projets territoriaux de transition écologique et solidaire avec les habitant·e·s et les acteurs</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif national DDmarche</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Réseau national des Centres Permanents d'Initiatives pour l'Environnement (CPIE)</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Centres permanents d'Initiatives pour l'Environnement (CPIE)</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...9 lines deleted...]
-      <c r="K81" s="1" t="inlineStr">
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
-[...18 lines deleted...]
- L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Intégrer les nouvelles compétences et construire un projet de développement durable global de votre territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les Centres Permanents d&amp;#039;Initiatives pour l&amp;#039;Environnement (CPIE) sont des associations facilitatrices de transition écologique et solidaire territoriale.
+ &lt;/strong&gt;
+ Ils mobilisent et accompagnent les acteurs publics et privés et les habitant.e.s dans la construction de solutions de développement durable.
+ &lt;strong&gt;
+  Le réseau national des 80 CPIE
+ &lt;/strong&gt;
+ est implanté dans 63 départements et 14 régions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Territoires Conseils,
+ &lt;/strong&gt;
+ service d&amp;#039;intérêt général de la Banque des Territoires, accompagne les élu·e·s des collectivités dans leur projet de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ensemble, ils ont créé pour les intercommunalités
+  la « DDmarche », une démarche permettant de construire la transition de leur territoire avec les habitant.e.s et les acteurs à partir d&amp;#039;une problématique ou d&amp;#039;un projet.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La DDmarche est une méthode :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   opérationnelle
+  &lt;/strong&gt;
+  : elle vous permet d&amp;#039;engager votre territoire dans une dynamique de transition pour répondre à vos défis économiques, sociaux et environnementaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   partagée pour passer à l&amp;#039;action
+  &lt;/strong&gt;
+  : elle favorise l&amp;#039;écoute, la compréhension mutuelle et l&amp;#039;innovation collective, tout en valorisant l&amp;#039;existant ; elle responsabilise chacun pour affronter ensemble les défis sociétaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   éprouvée
+  &lt;/strong&gt;
+  : elle a déjà profité à plus de 50 territoires et se révèle particulièrement adaptée aux besoins et contraintes des communautés de communes et d&amp;#039;agglomération.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche s&amp;#039;articule autour d&amp;#039;
+ &lt;strong&gt;
+  un premier chantier collectif « pilote » choisi par vous
+ &lt;/strong&gt;
+ en fonction de vos besoins et liés à vos domaines de compétences (gestion de l&amp;#039;eau, alimentation, mobilité, développement économique, services au public...).
+ Elle peut ensuite être réitérée pour un ou plusieurs autres chantiers de la communauté, sur d&amp;#039;autres thématiques.
+ &lt;br /&gt;
+ L&amp;#039;intercommunalité est accompagnée dans la co-construction de l&amp;#039;action et son expérimentation par
+ &lt;strong&gt;
+  le CPIE du territoire ou situé à proximité
+ &lt;/strong&gt;
+ , qui apporte son savoir-faire d&amp;#039;animation du dialogue territorial, adapte la méthode au contexte de votre territoire et mobilise les outils nationaux DDmarche.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre en œuvre une DDmarche implique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un temps préparatoire (3 à 6 mois) pour préparer le partenariat et le chantier pilote et faire valider la démarche en instance communautaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un temps de travail effectif par chantier de 6 à 12 mois environ
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;Union nationale des CPIE porte
+ &lt;strong&gt;
+  le dispositif national DDmarche
+ &lt;/strong&gt;
+ , en lien avec les CPIE dans les territoires.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M81" s="1" t="inlineStr">
-[...7 lines deleted...]
- Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DDmarche est une opportunité pour, par exemple :
  &lt;br /&gt;
- Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
-[...3 lines deleted...]
- Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  organisation de sessions d&amp;#039;information thématiques :
-[...44 lines deleted...]
-Assainissement des eaux
+  nourrir votre projet de territoire intercommunal et réaliser votre plan d&amp;#039;action
+ &lt;/li&gt;
+ &lt;li&gt;
+  initier une nouvelle compétence ou un projet particulier (tiers-lieu, Projet alimentaire territorial, érosion, renaturation, ressourcerie, mobilité douce...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  engager des actions mobilisatrices des acteurs inscrites dans votre Contrat de relance et de transition écologique (CRTE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  concrétiser votre plan climat (PCAET) par des actes et l&amp;#039;implication de tous
+ &lt;/li&gt;
+ &lt;li&gt;
+  approfondir votre projet de Plan local d&amp;#039;Urbanisme intercommunal (PLUI)
+ &lt;/li&gt;
+ &lt;li&gt;
+  sensibiliser les élus et acteurs locaux (habitants, entreprises, associations) et les associer à des projets concrets autour du développement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser le dialogue entre acteurs autour d&amp;#039;un sujet sensible
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le fonctionnement de votre communauté : impliquer davantage les communes, mobiliser les élus, décloisonner les services, animer autrement les réunions...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
-Patrimoine et monuments historiques
-Sports et loisirs
 Tourisme
-Forêts
 Montagne
+Sols
 Espaces verts
 Espace public
-Friche
-[...1 lines deleted...]
-Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
+Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
-Commerces et services
-Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
-Bâtiments et construction
-Réhabilitation
 Logement et habitat
 Paysage
-Accessibilité
-[...1 lines deleted...]
-Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
-Connaissance de la mobilité
+Valorisation d'actions
+Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
-Bibliothèques et livres
-[...6 lines deleted...]
-      <c r="O81" s="1" t="inlineStr">
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
-[...2 lines deleted...]
- *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communautés de communes ou d&amp;#039;agglomération accompagnées dans leur DDmarche s&amp;#039;engagent à mobiliser :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un.e élu.e communautaire référent.e pour porter la démarche au sein des instances décisionnaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un.e technicien.ne pour coordonner la démarche avec l&amp;#039;accompagnement du CPIE,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une enveloppe complémentaire au cofinancement national, à évaluer localement, pour valoriser l&amp;#039;accompagnement réalisé par le CPIE.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cpie.fr/uncpie/projet/176835/Engager-intercommunalites-dans-transition-avec-DDmarche</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Union nationale des CPIE (dispositif national) :
+ &lt;a href="mailto:contact&amp;#64;uncpie.org" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;uncpie.org
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - Tél : 01 44 61 75 35
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ou directement le CPIE proche de votre territoire (accompagnement local) :
+ &lt;a href="https://www.cpie.fr" rel="noopener" target="_blank"&gt;
+  cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ pour retrouver le contact de votre CPIE local via notre carte interactive.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
-[...75 lines deleted...]
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>storrealba@uncpie.org</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b76c-engager-la-transition-de-son-territoire-inter/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G82" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>100733</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Proposer à des porteurs de projets des locaux vacants dans les gares</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Place de la Gare</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>SNCF Gares et Connexions</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association</t>
-[...21 lines deleted...]
-   entre de ressources spécialisé dans les pratiques et les métiers du développement rural
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participez à la dynamique économique de nos territoires en proposant des projets innovants et utiles au sein des petites et moyennes gares françaises.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur l&amp;#039;ensemble du réseau, près d&amp;#039;un millier de gares disposent aujourd&amp;#039;hui de locaux vacants dans des contextes extrêmement variés : communes rurales, villes moyennes, zones périurbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare, porté avec les Autorités Organisatrices et les collectivités territoriales, en tant qu&amp;#039;outil de l&amp;#039;équilibre financier des gares et de désenclavement des territoires, a pour ambition de dynamiser ce réseau de gares et d&amp;#039;en faire un point d&amp;#039;ancrage des commerces et des services publics locaux, au plus proche de tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez un projet, nous avons les m2 et des équipes pour vous accompagner !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Manifestez-vous sur
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;a href="https://www.1001gares.fr/" rel="noopener" target="_blank"&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Commerces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison médicale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Logement saisonnier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement d&amp;#039;urgence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magasins de producteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Circuit court
+ &lt;/li&gt;
+ &lt;li&gt;
+  Office de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Crèche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bibliothèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Musée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélostation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et tout autre projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Tourisme
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez un projet sur la plateforme
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre candidature sera analysée par un jury SNCF.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+   Ouvre une nou
   &lt;/a&gt;
-  .
-[...60 lines deleted...]
- : un groupe d&amp;#039;échanges de pratiques constitué d&amp;#039;agents de développement pour traiter de sujets autour des stratégies de financements, de la création de postes d&amp;#039;ingénierie financière...
+  &lt;span&gt;
+   qui sera soumis à la validation du jury
+  &lt;/span&gt;
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M82" s="1" t="inlineStr">
-[...32 lines deleted...]
-&lt;p&gt;
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://placedelagare.sncf/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Economie locale et circuits courts
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>ebarbereau@retail-connexions-sncf.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4255-proposer-a-des-porteurs-de-projets-des-locaux/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>101575</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>S’inspirer pour développer l’entrepreneuriat social et solidaire</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Avise</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une Petite Ville de demain et vous souhaitez développer des initiatives en réponse aux besoins des habitants, notamment autour des services de proximité et par la mobilisation citoyenne ?
+ &lt;br /&gt;
+ Vous souhaitez vous inspirez des innovations sociales existantes sur d&amp;#039;autres territoires ?
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;Avise - Agence d&amp;#039;ingénierie pour entreprendre autrement - vous propose un accompagnement comprenant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des webinaires de découverte autour des innovations sociales dans les petites villes et leurs modes de création.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des sessions organisées avec les services de l&amp;#039;Etat déconcentrés, pour faciliter la mise en réseau, rencontrer des projets locaux et échanger autour de vos initiatives.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un appui personnalisé, pour être conseillé, orienté et appuyé dans vos actions.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un programme d&amp;#039;échange entre territoires intéressés par l&amp;#039;innovation sociale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plus précisément, à partir d&amp;#039;une prise de hauteur sur les innovations, les apports et les concepts de l&amp;#039;économie sociale et solidaire dans le développement de projets de territoire, cet accompagnement vous permettra d&amp;#039;identifier des solutions concrètes pour répondre à vos besoins et d&amp;#039;être accompagné dans leur mise en œuvre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.avise.org/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.avise.org/lavise-et-ses-programmes/nos-communautes-et-programmes/less-dans-le-programme-petites-villes-de
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>contact@avise.org</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/efa4-sinspirer-pour-developper-lentrepreneuriat-so/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>102937</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche de financements européens</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appuyer au montage d&amp;#039;un projet européen innovant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Région propose de vous informer  par l&amp;#039;intermédiaire :
+ &lt;br /&gt;
+ - du site internet dédié : www.europeid.fr,
+ &lt;br /&gt;
+ - de journées ou webinaires d&amp;#039;information
+ &lt;br /&gt;
+ - de rendez-vous individuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle propose également de vous accompagner tout au long de votre  candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
+ &lt;br /&gt;
+ - l&amp;#039;orientation vers les cellules ressources
+ &lt;br /&gt;
+ - la recherche de partenaires
+ &lt;br /&gt;
+ - la rédaction de votre candidature
+ &lt;br /&gt;
+ - sa relecture critique avant soumission
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
-Emploi
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+International
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions</t>
-[...2 lines deleted...]
-      <c r="O82" s="1" t="inlineStr">
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
-[...2 lines deleted...]
- Cap Rural s&amp;#039;adresse aux acteurs du développement local rural en Auvergne-Rhône-Alpes :
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une structure francilienne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact au Conseil régional :
+&lt;/p&gt;
+&lt;p&gt;
+ europe&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>veronique.hostein@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>103286</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la croissance des structures de l'économie sociale et solidaire à fort potentiel</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>InvESS île-de-France</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En apportant son soutien au fonds invESS Île-de-France géré par ESFIN GESTION, la Région favorise la croissance des structures de l&amp;#039;économie sociale et solidaire à fort potentiel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures de l&amp;#039;économie sociale et solidaire à fort potentiel en phase de post-création, de développement ou de transmission qui ont un besoin en fonds propres et quasi-fonds propres.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;investissement est compris entre 100 000 € et 300 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Participation principalement sous forme de titres de participatifs, de titres associatifs, d&amp;#039;actions et d&amp;#039;obligations (convertibles ou non).
+&lt;/p&gt;
+&lt;p&gt;
+ Un contrat et/ou d&amp;#039;un pacte d&amp;#039;associés prévoyant les modalités de gouvernance et de liquidité est signé.
+&lt;/p&gt;
+&lt;p&gt;
+ La durée moyenne de l&amp;#039;investissement est de 7 à 10 ans, pour permettre à l&amp;#039;entreprise de franchir une étape décisive de son développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises lauréates deviennent automatiquement membres du Paris Region Business Club. Ce réseau unique compte plus de 2 500 membres à qui il propose des opportunités d&amp;#039;affaires, des mises en relation exclusives, des occasions de partage d&amp;#039;expérience et de visibilité pour accompagner leur croissance en complément de l&amp;#039;aide financière régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Informations sur les démarches à suivre sur
+ &lt;a rel="noopener" target="_blank"&gt;
+  www.esfingestion.fr/invess-ile-de-france.html
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Santé
+Economie sociale et solidaire
+Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations, les coopératives, les entreprises avec agrément (insertion, ESUS, etc.) de l&amp;#039;Île-de-France.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/invess-ile-de-france</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les informations complémentaires sur invESS Île-de-France sont disponibles sur demande à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:esfin-gestion&amp;#64;esfingestion.fr"&gt;
+  esfin-gestion&amp;#64;esfingestion.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b54e-invess-ile-de-france/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>104553</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Couvrir les dépenses engagées par les GAL en termes d’animation et de fonctionnement de leur stratégie locale de développement après la date de sélection des candidatures</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Animation et frais de fonctionnement</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les stratégies locales de développement requièrent une ingénierie performante dont le soutien est indispensable pour répondre aux exigences émises par LEADER.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Coûts directs
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Agents de développement rural ou périurbain (éco, culture, tourisme, environnet, agriculture...)
-[...20 lines deleted...]
-  En recherche d&amp;#039;emploi dans l&amp;#039;ingénierie de développement local
+  liés à la gestion de la mise en œuvre de la stratégie qui comprennent les frais de personnels (salaires chargés, déplacements, hébergement/restauration) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de formation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts liés à la communication ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;acquisition de petit matériel et d&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  financiers ainsi que les coûts liés au suivi et à l&amp;#039;évaluation de la stratégie.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- La cotisation donne accès aux services pour l&amp;#039;année civile en cours aux personnes inscrites dans le tableau au verso
+ &lt;strong&gt;
+  Coûts indirects
+ &lt;/strong&gt;
+ liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Un taux d&amp;#039;aide publique moindre peut être fixé par le GAL. La part maximale des frais de fonctionnement et d&amp;#039;animation dans les dépenses publiques totales engagées dans le cadre de la mise en œuvre de la stratégie de développement local menée par les acteurs locaux est fixée à 25%, conformément à l&amp;#039;article 35(2) du règlement (UE) n°1303/2013.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
-[...67 lines deleted...]
- Tel. : 04 72 72 49 76 / 06 77 83 12 76 et europe.devrural&amp;#64;caprural.org
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au PDRR (Programme de Développement Rural Régional).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-animation-et-frais-de-fonctionnement</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+ Pôle Pilotage et qualité
+&lt;/p&gt;
+&lt;p&gt;
+ 0228205468
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7847-leader-animation-et-frais-de-fonctionnement/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H83" s="1" t="inlineStr">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>102299</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création d'épiceries solidaires</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Appel à candidatures pour la création épiceries solidaires - Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J83" s="1" t="inlineStr">
-[...19 lines deleted...]
-&lt;p&gt;
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de
+ &lt;strong&gt;
+  France Relance
+ &lt;/strong&gt;
+ , et avec le soutien de ses partenaires, le réseau des épiceries solidaires ANDES soutient massivement la création de nouvelles épiceries solidaires et  lutte contre la précarité alimentaire tout en favorisant l&amp;#039;accès aux produits frais et de qualité, pour les populations isolées ou modestes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La crise sanitaire que nous traversons, devenue une crise économique et sociale, affecte durablement les ménages déjà fragiles, et de nouvelles catégories de population peu habituées à l&amp;#039;aide alimentaire (étudiants, travailleurs indépendants, familles monoparentales, familles modestes touchées par le chômage partiel...).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les épiceries solidaires sont une réponse pertinente à ces nouveaux besoins, en permettant à la fois un accès digne et non stigmatisant à une alimentation de qualité, un accompagnement personnalisé et une aide pour surmonter les difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les épiceries solidaires sont des structures d&amp;#039;aide alimentaire et d&amp;#039;accompagnement social, proposant à leurs bénéficiaires d&amp;#039;effectuer leurs courses comme dans un commerce classique, pour un coût entre 10% et 30% de la valeur marchande des produits. Les bénéficiaires, orientés par des travailleurs sociaux, accèdent à l&amp;#039;épicerie pour une durée limitée et ont également accès à un accompagnement social pour les aider à sortir des difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de France Relance, et avec le soutien de ses partenaires, ANDES vous accompagne dans votre projet. Les frais d&amp;#039;accompagnement sont pris en charge et une subvention est proposée pour les premiers investissements matériels. L&amp;#039;objectif : développer 300 nouvelles épiceries solidaires dans toute la France.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs de projet sélectionnés pourront bénéficier :
+ &lt;/strong&gt;
+ &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   d&amp;#039;accompagner le développement commercial dans le contexte de sortie de la crise économique
- liée au COVID ;
+   d&amp;#039;un accompagnement à la création par les équipes ANDES ;
+   &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
-   de soutenir les activités commerciales, touristiques ou de l&amp;#039;économie sociale et solidaire, facteur
-[...4 lines deleted...]
- des habitants tout en réduisant les déplacements.
+   du financement d&amp;#039;une partie des investissements nécessaires à l&amp;#039;ouverture de l&amp;#039;épicerie : de 2 000€ à 15 000€ selon les projets
+   &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...1 lines deleted...]
- membres, au service des objectifs de qualité de vie et d&amp;#039;attractivité du territoire.
+</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Alimentation
+Economie sociale et solidaire
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Organismes public ou privé et porteurs de projet souhaitant voir s&amp;#039;implanter une épicerie solidaire sur son territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
-[...42 lines deleted...]
- précisées ci-après dans chacune des annexes des fonds de concours.
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/creer-une-epicerie-solidaire/</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/appel-candidatures-creation-epiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Audrey LATRA :
+ &lt;a href="mailto:audrey.latra&amp;#64;andes-france.com" rel="noopener" target="_blank"&gt;
+  audrey.latra&amp;#64;andes-france.com
+ &lt;/a&gt;
+ - 07 87 35 58 75
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>caroline.bechade@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f19a-soutenie-la-creation-depiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>119942</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="C84" s="1" t="inlineStr">
+      <c r="C79" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I84" s="1" t="inlineStr">
+      <c r="I79" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J84" s="1" t="inlineStr">
+      <c r="J79" s="1" t="inlineStr">
         <is>
           <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
 &lt;/p&gt;
 &lt;p&gt;
  Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M84" s="1" t="inlineStr">
+      <c r="M79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent par exemple concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
  &lt;/li&gt;
  &lt;li&gt;
   La transition écologique : par exemple, la rénovation énergétique des bâtiments
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.    Les communes doivent :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
  &lt;/li&gt;
  &lt;li&gt;
   soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
@@ -17693,147 +16711,147 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
 &lt;/p&gt;
 &lt;p&gt;
  Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets envisagés doivent répondre aux exigences suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
  &lt;/li&gt;
  &lt;li&gt;
   se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T79" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
         <v>120596</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I85" s="1" t="inlineStr">
+      <c r="I80" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J85" s="1" t="inlineStr">
+      <c r="J80" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -17861,66 +16879,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P85" s="1" t="inlineStr">
+      <c r="P80" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q85" s="1" t="inlineStr">
+      <c r="Q80" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -17932,1009 +16950,356 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T85" s="1" t="inlineStr">
+      <c r="T80" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>120661</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Accompagner les structures de l'Economie Sociale et Solidaire dans leur développement et la consolidation de leurs emplois</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>DLA (Dispositif Local d'Accompagnement)</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Ligue de l'enseignement de l'Aube</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Dispositif Local d&amp;#039;Accompagnement de l&amp;#039;ESS (DLA) est une aide publique ayant pour objectif d&amp;#039;accompagner toute structure employeuse de l&amp;#039;Economie Sociale et Solidaire dans le développement de ses activités et la pérennisation de ses emplois.
 &lt;/p&gt;
 &lt;p&gt;
  Pour qui ? Associations employeuses, coopératives, structures d&amp;#039;insertion, entreprises  agréées ESUS - tout secteur d&amp;#039;activité (culture, insertion, médico-social, environnement, sport, éducation, etc)
 &lt;/p&gt;
 &lt;p&gt;
  Quels besoins ? Faire évoluer son organisation interne ou son modèle économique, créer une nouvelle activité, redynamiser sa gouvernance, revoir son projet associatif, etc
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans l&amp;#039;Aube, le DLA est porté par la Ligue de l&amp;#039;Enseignement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M86" s="1" t="inlineStr">
+      <c r="M81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Ex 1 : Accompagner une association en territoire rural proposant des ateliers sport-bien être pour des personnes ayant eu un cancer, dans l&amp;#039;élaboration de son projet associatif &amp;#61;&amp;#61;&amp;gt; résultat : intégration de nouveaux bénévoles dans la gouvernance, construction de nouveaux partenaires
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ex 2 : Accompagner une radio associative locale dans la restructuration de son modèle économique &amp;#61;&amp;#61;&amp;gt; résultat : maintien des 2 emplois salariés ,construction de nouveaux partenaires
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Tourisme
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Tiers-lieux
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Biodiversité
 Lutte contre la précarité
 Emploi
 Valorisation d'actions
 Mobilité pour tous
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R86" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ol&gt;
   &lt;li&gt;
    Être une structure de l&amp;#039;Economie Sociale et Solidaire (ESS) d&amp;#039;utilité sociale : association, coopérative (CAE, SCOP, SCIC), structure d&amp;#039;insertion, entreprise agréée ESUS
   &lt;/li&gt;
   &lt;li&gt;
    Avoir au moins 1 emploi ou souhaitant en créer un à court terme
   &lt;/li&gt;
   &lt;li&gt;
    Avoir son siège social dans l&amp;#039;Aube
   &lt;/li&gt;
   &lt;li&gt;
    Être volontaire pour être accompagné
   &lt;/li&gt;
  &lt;/ol&gt;
 </t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.laligue10.org/dla/</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter la Chargée de mission DLA
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   dla10&amp;#64;laligue10.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  03.25.82.68.63
  &lt;br /&gt;
  &lt;br /&gt;
  Ligue de l&amp;#039;Enseignement de l&amp;#039;Aube
  &lt;br /&gt;
  15 avenue d&amp;#039;Echenilly - 10120 Saint-André-les-Vergers
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>dla10@laligue10.org</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8e80-accompagner-les-structures-de-leconomie-socia/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-[...32 lines deleted...]
-      <c r="K87" s="1" t="inlineStr">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
-[...648 lines deleted...]
-      <c r="L90" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
  &lt;/li&gt;
  &lt;li&gt;
   les modes doux,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation du patrimoine ligérien (naturel et bâti protégé),
  &lt;/li&gt;
  &lt;li&gt;
   le développement touristique local,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de proximité,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements d&amp;#039;espaces publics (traversées de bourg...),
  &lt;/li&gt;
  &lt;li&gt;
   les études.
  &lt;/li&gt;
 &lt;/ul&gt;
 Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -18947,165 +17312,165 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T90" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W90" s="1" t="inlineStr">
+      <c r="W82" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X90" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z90" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-      <c r="A91" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>126142</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
         </is>
       </c>
-      <c r="D91" s="1" t="inlineStr">
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G91" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus seront en cohérence avec les politiques et compétences départementales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -19117,175 +17482,175 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R91" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   EPCI et/ou communes de la Loire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets portés par les communes doivent avoir un rayonnement intercommunal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S91" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T91" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W91" s="1" t="inlineStr">
+      <c r="W83" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X91" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y91" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z91" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
         </is>
       </c>
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-      <c r="A92" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
         <v>126143</v>
       </c>
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D92" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E92" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G92" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H92" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K92" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L92" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N92" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -19297,843 +17662,7817 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O92" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R92" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S92" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T92" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U92" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V92" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X92" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y92" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z92" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-      <c r="A93" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>128974</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Demander une subvention au titre de la convention interrégionale du Massif central (CIMAC) 2021-2027</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Convention interrégionale du Massif central (CIMAC) 2021-2027</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Commissariat du Massif Central</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En subsidiarité aux aides de droit commun, la convention interrégionale du Massif central (CIMAC) 2021-2027 soutient les projets interrégionaux à l&amp;#039;échelle du Massif central.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espace public
+Accès aux services
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Réhabilitation
+Paysage
+Accessibilité
+Attractivité économique
+Animation et mise en réseau
+Artisanat
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Consulter la
+ &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/1.-CIMAC-21-27.pdf" target="_self"&gt;
+  convention de massif
+ &lt;/a&gt;
+ et sa
+ &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/2.-Plaquette-presentation_convention_massif_central_21_27.pdf" target="_self"&gt;
+  plaquette de présentation
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Massif central</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.massif-central.eu/jai-un-projet/deposer-un-dossier/je-ne-sollicite-pas-de-feder/</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-subvention-cimac-2021-2027</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ANCT Commissariat du Massif central
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.massif-central.eu/contact/carnets-de-contacts/animateurs-thematiques/" target="_self"&gt;
+  Coordonnées des chargés de mission thématiques
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ et
+ &lt;a target="_self"&gt;
+  massif.central&amp;#64;anct.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>massif.central@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3f8-demander-une-subvention-au-titre-de-la-conven/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>129719</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets contribuant au développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Agglo-communes - Assurer un développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement d&amp;#039;itinéraires cyclables et piétonniers, démarche innovant type écoquartiers ou haute qualité environnementale, création de tiers-lieux, systèmes d&amp;#039;éclairage public intelligent, travaux d&amp;#039;amélioration énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets seront limités au nombre de 3 maximum par commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>CA Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.saint-lo-agglo.fr/</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Saint-Lô Agglo
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement et d&amp;#039;appui aux communes
+&lt;/p&gt;
+&lt;p&gt;
+ appuicommunes&amp;#64;saint-lo-agglo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 14 16 01 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>soukaina.alouah@saint-lo-agglo.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0236-financer-des-projets-contribuant-au-developpe/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>129733</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Réduire la production de déchets ménagers et assimilés</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDED 52 dispose depuis le 1er janvier 2023 d&amp;#039;un programme local de prévention des déchets ménagers et assimilés qui poursuit plusieurs objectifs à l&amp;#039;échelle de l&amp;#039;ensemble du périmètre de compétences du SDED 52 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réutiliser/Réemployer les objets et appareils avant qu&amp;#039;ils ne deviennent &amp;#34;déchets&amp;#34;,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la production de déchets en les valorisant localement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mieux recycler les déchets en facilitant le geste de tri.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Syndicat a ainsi identifié 12 actions dont il coordonnera la mise en œuvre pour la période 2023-2028 et qui, à destination des ménages, des entreprises, des collectivités locales, de la restauration collective et des associations, permettra d&amp;#039;atteindre les objectifs de réduction de déchets, de meilleur réemploi au bénéfice d&amp;#039;une gestion locale qui s&amp;#039;appuiera en particulier sur les acteurs de l&amp;#039;économie circulaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition de gobelets réutilisables lors d&amp;#039;évènements locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention des ambassadeurs de tri dans les écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation au compostage domestique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation du compostage collectif à Saint-Dizier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de zones de réemploi en déchetterie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de plateforme de broyage de déchets verts dans les communes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier de cette aide, les structures intéressées par un accompagnement du SDED 52 doivent être situées sur le territoire de compétences &amp;#34;traitement&amp;#34; du SDED 52, à savoir l&amp;#039;intégralité du territoire de la Haute-Marne, le territoire de la communauté de communes des Portes de Meuse et quelques communes de la Marne et de la Haute-Saône.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de se rapprocher du SDED 52 pour vérifier cette condition d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded52.fr/reduction-des-dechets</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute interrogation :
+&lt;/p&gt;
+&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et des Déchets 52
+ &lt;br /&gt;
+ 40 bis avenue Foch
+ &lt;br /&gt;
+ 52 000 Chaumont
+&lt;/p&gt;
+&lt;p&gt;
+ 03 25 35 09 29
+&lt;/p&gt;
+&lt;p&gt;
+ sded52&amp;#64;sded52.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>sded52@sded52.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/349e-installer-une-borne-publique-de-recharge-pour/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>126877</v>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G93" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LES OUTILS DE PLANIFICATION TERRITORIALE
  &lt;/strong&gt;
  &lt;br /&gt;
  Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
   les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M93" s="1" t="inlineStr">
+      <c r="M88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
    Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
    OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
    Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
    PLUi Le Havre Seine Métropole
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T93" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   Consulter la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G94" s="1" t="inlineStr">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>120979</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Prêt social</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
+  Qu&amp;#039;est-ce que le prêt social ?
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choisissez une
+  &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
+   banque engagée en matière de RSE
+  &lt;/a&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  et dotée d&amp;#039;une trajectoire de décarbonation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  5 thématiques éligibles :
+ &lt;/li&gt;
+ &lt;li&gt;
+  1) L&amp;#039;action sanitaire, sociale et familiale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  2) Le développement et la cohésion territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  3) L&amp;#039;enseignement et la formation professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  4) Le sport, culture et vie associative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  5) Les services d&amp;#039;incendies et de secours.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Valorisation d'actions
+Bibliothèques et livres
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 300 000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  via le
+  &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
+   formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H94" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I94" s="1" t="inlineStr">
+      <c r="I90" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K94" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
-[...2 lines deleted...]
- En subsidiarité aux aides de droit commun, la convention interrégionale du Massif central (CIMAC) 2021-2027 soutient les projets interrégionaux à l&amp;#039;échelle du Massif central.
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P90" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q90" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Culture et identité collective
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>148613</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (47)</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (47)</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;👉&lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/edd8-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le bouton plus d&amp;#039;information en bas de page.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Lot et Garonne hors CA Agen</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a79f-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
-Montagne
+Sols
+Espaces verts
 Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
 Biodiversité
+Equipement public
+Bâtiments et construction
 Réhabilitation
+Logement et habitat
+Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+Emploi
+International
 Attractivité économique
+Appui méthodologique
 Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
 Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
-Mobilité et véhicules autonomes</t>
-[...2 lines deleted...]
-      <c r="O94" s="1" t="inlineStr">
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R94" s="1" t="inlineStr">
-[...4 lines deleted...]
-  convention de massif
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes du PETR Garrigues et Costières de Nîmes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financements&amp;#64;petr-garriguescostieres.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>143860</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Makesense</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Mobilisez les parties prenantes autour de vos politiques publiques
+ &lt;/strong&gt;
+ : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références
  &lt;/a&gt;
- et sa
-[...1 lines deleted...]
-  plaquette de présentation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
+ &lt;/strong&gt;
+ Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références
  &lt;/a&gt;
-&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="S94" s="1" t="inlineStr">
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Faites émerger des projets impactants sur votre territoire :
+ &lt;/strong&gt;
+ Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  références&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous trouverez des exemples
+ &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
+  ici
+&lt;/a&gt;ou encore :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
+ &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
+  programme
+ &lt;/a&gt;
+ a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si vous vous reconnaissez dans ces expériences qui guident nos projets :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
+ Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
+ &lt;/li&gt;&lt;li&gt;
+ Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
+&lt;/li&gt;&lt;li&gt;
+ Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
+ &lt;/li&gt;&lt;li&gt;
+ Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T94" s="1" t="inlineStr">
-[...27 lines deleted...]
-  Coordonnées des chargés de mission thématiques
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://france.makesense.org/organisations/collectivites/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>sylvia.garzon@makesense.org</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>144528</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (23)</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;👉&lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/a008-etablissement-public-foncier-de-nouvelle-aqui/" target="_self"&gt;
+  stratégie foncière
  &lt;/a&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
-  massif.central&amp;#64;anct.gouv.fr
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  www.epfna.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Creuse</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y94" s="1" t="inlineStr">
         <is>
-          <t>massif.central@anct.gouv.fr</t>
+          <t>contact@epfna.fr</t>
         </is>
       </c>
       <c r="Z94" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/b3f8-demander-une-subvention-au-titre-de-la-conven/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3853-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
         </is>
       </c>
       <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:27" customHeight="0">
       <c r="A95" s="1">
-        <v>129719</v>
+        <v>144530</v>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Financer des projets contribuant au développement durable de la commune</t>
+          <t>Acheter et porter du foncier pour le compte des collectivités (86)</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>Contrat Agglo-communes - Assurer un développement durable de la commune</t>
+          <t>Acheter et porter du foncier pour le compte des collectivités (86)</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>Commune</t>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t> Max : 50</t>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;👉&lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/c1bf-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="M95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Aménagement d&amp;#039;itinéraires cyclables et piétonniers, démarche innovant type écoquartiers ou haute qualité environnementale, création de tiers-lieux, systèmes d&amp;#039;éclairage public intelligent, travaux d&amp;#039;amélioration énergétique
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  www.epfna.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Transition énergétique
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4a90-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>144531</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (87)</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (87)</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;👉&lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4bb8-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  www.epfna.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Vienne</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9773-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>144532</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (19)</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (19)</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;👉&lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4cce-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Corrèze</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Nicolas Proust
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  nicolas.proust&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 98 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c89d-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>144533</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (79)</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (79)</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ... ) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;👉&lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4766-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud Herry
+ &lt;/li&gt;
+ &lt;li&gt;
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+ &lt;/li&gt;
+ &lt;li&gt;
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 49 62 66 94
+ &lt;/li&gt;
+ &lt;li&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDE
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e61-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>144534</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (24)</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (24)</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;👉&lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/f19d-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32a2-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>144535</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (17)</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (17)</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;
+                           &lt;span&gt;
+                            &lt;span&gt;
+                             &lt;span&gt;👉&lt;/span&gt;
+                            &lt;/span&gt;
+                           &lt;/span&gt;
+                          &lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/81d0-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Arnaud Herry
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+&lt;/p&gt;
+&lt;p&gt;
+ arnaud.herry&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 66 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7181-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>144536</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (33)</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (33)</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;
+                           &lt;span&gt;
+                            &lt;span&gt;
+                             &lt;span&gt;
+                              &lt;span&gt;
+                               &lt;span&gt;
+                                &lt;span&gt;👉&lt;/span&gt;
+                               &lt;/span&gt;
+                              &lt;/span&gt;
+                             &lt;/span&gt;
+                            &lt;/span&gt;
+                           &lt;/span&gt;
+                          &lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/5d2c-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Grégoire Gilger
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur opérationnel, directeur territorial Gironde
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 18 19
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  gregoire.gilger&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6be2-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>144538</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (17)</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (17)</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Arnaud Herry
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 66 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/81d0-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>144539</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (33)</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (33)</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Grégoire Gilger
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur opérationnel, directeur territorial Gironde
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 18 19
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  gregoire.gilger&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5d2c-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>144540</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (79)</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (79)</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Arnaud Herry
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+&lt;/p&gt;
+&lt;p&gt;
+ arnaud.herry&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 66 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4766-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>144541</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (87)</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (87)</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Vienne</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4bb8-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>144542</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (19)</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (19)</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Corrèze</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4cce-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>144543</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (86)</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère, ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblé dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c1bf-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>144545</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (24)</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (24)</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.epfna.fr/
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Nicolas Proust
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  nicolas.proust&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 98 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f19d-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>144546</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (16)</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (16)</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie. : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Arnaud Herry
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 66 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/debf-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>148614</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer des stratégies foncières en lien avec un projet de territoire (47)</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (47)</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le bouton plus d&amp;#039;information en bas de page.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Lot et Garonne hors CA Agen</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edd8-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>148615</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l’urbanisme expérimental vivrier : récits, outils et méthodes de permanence architecturale et programmation ouverte</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>L'École du terrain</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain est une plateforme numérique regroupant des outils et ressources pour l&amp;#039;expérimentation architecturale, urbaine et paysagère.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle
+réunit et explore des projets et démarches singulières qui permettent, par l&amp;#039;expérimentation, la mise en œuvre de nouvelles manières de faire. Chacun de ces projets s&amp;#039;ancre dans son territoire aux fins de travailler à sa meilleure habitabilité en répondant à des problématiques sociétales. Ainsi, ces projets s&amp;#039;élaborent à partir des besoins et des désirs. Ils s&amp;#039;appuient sur le déjà-là matériel - le bâti, le paysage, le vivant - et immatériel - les habitant.es, les usager.es, leurs savoirs, leurs mémoires, leur organisation sociale. Cet urbanisme vivrier et partagé porte l&amp;#039;ambition profonde de réactiver nos démocraties locales, grâce à l&amp;#039;alliance d&amp;#039;acteurs et d&amp;#039;actrices autour d&amp;#039;un intérêt commun sur le terrain.
+&lt;/p&gt;
+&lt;p&gt;
+ Confrontés aux cadres normés de l&amp;#039;architecture et de l&amp;#039;aménagement du territoire, ces acteurs et actrices les (ré)interprètent et les mettent à l&amp;#039;épreuve. Nous faisons l&amp;#039;hypothèse que ces multiples projets, tels des laboratoires en actes, créent des précédents et font jurisprudence. C&amp;#039;est pourquoi l&amp;#039;École du terrain veut contribuer à l&amp;#039;essaimage de ces démarches et à la transformation des cadres – culturels, économiques, administratifs, réglementaires – pour donner voix à des pratiques jusque-là en marge.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit désormais de prendre acte de ces pas de côté, de transmettre les récits de ces expérimentations, mais aussi les outils techniques et juridiques, afin de tirer des enseignements pour le passage à d&amp;#039;autres échelles et ainsi mieux les inscrire dans les pratiques, dans les politiques publiques et dans le droit.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En accès libre et gratuit, l&amp;#039;École du terrain s&amp;#039;adresse aux collectivités, services déconcentrés de l&amp;#039;État, porteurs de projets, associations, habitant.es , professionnell.es de l&amp;#039;architecture, urbanisme et paysage...etc. désireux.ses de se former à la programmation ouverte à travers notamment l&amp;#039;outil de permanence architecturale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous pouvez nous écrire pour nous proposer un projet d&amp;#039;architecture, d&amp;#039;urbanisme ou de paysage expérimental que vous menez, et qui interroge ou produit des enseignements et/ou des jurisprudences à essaimer. Mais aussi pour nous partager une recherche théorique sur ces nouvelles manières de faire, ou pour toute autre contribution.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain va à la rencontre de celles et ceux qui œuvrent sur le terrain à de nouvelles expérimentations, questionnant les pratiques de l&amp;#039;architecture et de l&amp;#039;urbanisme, et parviennent à créer des jurisprudences. Répondant à des enjeux locaux, ces acteurs et actrices ont notamment profité de la plasticité du droit et de son pouvoir d&amp;#039;imagination pour dénouer des situations en inventant, chemin faisant, des dispositifs singuliers qui pourront, en retour, inspirer la loi, les politiques publiques et légitimer des pratiques de la société civile. A Roubaix ou à Billom, comment rouvrir au public un monument historique et y construire une programmation ouverte avec les usager.es ? A Boulogne-sur-Mer ou à Bordeaux, comment dénormer le logement social en le rénovant sur mesure avec la participation de ses habitant.es ? A Beaumont, comment mobiliser la commande artistique pour construire collectivement sept logements sociaux en milieu rural ?
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Formation professionnelle
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
+Equipement public
+Bâtiments et construction
 Réhabilitation
-Modes actifs : vélo, marche et aménagements associés</t>
-[...2 lines deleted...]
-      <c r="O95" s="1" t="inlineStr">
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
-[...56 lines deleted...]
- 02 14 16 01 00
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site en accès libre et gratuit
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://lecoleduterrain.fr/</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;lecoleduterrain.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>caroline.niemant@lapreuvepar7.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a82f-se-former-a-lurbanisme-experimental-vivrier-r/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G96" s="1" t="inlineStr">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>121331</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’agriculture et d’alimentation durable pour la transition alimentaire</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’alimentation durable et de la transition agricole</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H96" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure de l’économie sociale et solidaire porteuse d’un projet de transition
+agricole et alimentaire ou une entreprise à fort impact social et vous portez
+un projet de transition agricole et alimentaire ? Vous souhaitez être
+accompagné en développant des circuits courts de proximité et des filières
+locales de qualité ? Vous souhaitez faire financer des structures portant des
+projets en faveur de la transition alimentaire et d’une alimentation plus
+durable ? La Banque des Territoires peut vous accompagner, si le projet semble
+pertinent à l’issue d’une période d’instruction et d’évaluation.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous avons développé une offre complète, pour
+faire avancer vos projets tout au long de leurs différentes étapes. Bénéficiez
+d’un accompagnement et d’un appui par Territoires Conseils au profit des
+collectivités, sollicitez le co-financement d&amp;#039;études par notre service
+d&amp;#039;ingénierie territoriale, profitez d’un financement sous forme
+d’investissement direct en fonds propres ou quasi-fonds propres. L’ensemble de
+ces solutions sont néanmoins soumises à une instruction approfondie du projet,
+pour s’assurer que celui-ci correspond bien à notre doctrine d’intervention. &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-alimentation-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=alimdta_psat</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-transition-alimentaire/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>121339</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Fonds national d'aménagement et de développement du territoire</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de région — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espaces verts
+Accès aux services
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Equipement public
+Bâtiments et construction
+Emploi
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les champs d&amp;#039;intervention privilégiés du FNADT sont :
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
+ &lt;br /&gt;
+ développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions présentant un caractère innovant ou expérimental dans le domaine de
+ &lt;br /&gt;
+ l&amp;#039;aménagement et du développement durable.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
+        </is>
+      </c>
+      <c r="W114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Anne-Laure FERRY : 03 44 06 12 63 /
+ &lt;a href="mailto:anne-laure.ferry&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  anne-laure.ferry&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Clermont :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Véronique FORESTIER : 03 44 06 13 89 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Mme Nadine WASSEN : 03 44 06 13 96 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Compiègne :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Charline KOPMELS : 03 44 06 74 29 /
+ &lt;a href="mailto:charline.kopmels&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  charline.kopmels&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Senlis :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Corinne MERESSE : 03 44 06 85 65 /
+ &lt;a href="mailto:corinne.meresse&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  corinne.meresse&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Boite fonctionnelle :
+ &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>lucille.dechaize@oise.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>142229</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Atelier des territoires Flash</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K96" s="1" t="inlineStr">
-[...7 lines deleted...]
- Le SDED 52 dispose depuis le 1er janvier 2023 d&amp;#039;un programme local de prévention des déchets ménagers et assimilés qui poursuit plusieurs objectifs à l&amp;#039;échelle de l&amp;#039;ensemble du périmètre de compétences du SDED 52 :
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
+&lt;/p&gt;
+&lt;p&gt;
+ A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Flash est un outil permettant aux territoires de s&amp;#039;engager pleinement dans les transitions de leur modèle de développement lesquelles sont abordée par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants, s&amp;#039;intégrant notamment dans les programmes de cohésion des territoires portés par l&amp;#039;Agence nationale de la cohésion des territoires (ANCT) :
+ &lt;br /&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Réutiliser/Réemployer les objets et appareils avant qu&amp;#039;ils ne deviennent &amp;#34;déchets&amp;#34;,
-[...5 lines deleted...]
-  Mieux recycler les déchets en facilitant le geste de tri.
+  projets en lien avec les transitions territoriales et urbaines : revitalisation des centre-villes, réhabilitation des entrées de ville, aménagement des friches, protection et valorisation du patrimoine
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...23 lines deleted...]
-  Mise en place de plateforme de broyage de déchets verts dans les communes
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions culturelles, sociales, économiques : adaptation de l&amp;#039;offre de logements et des mobilités, accompagnement des projets socio-économiques (ESS) et économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projet en lien avec les transitions environnementales et énergétiques : protection, restauration et gestion de l&amp;#039;écosystème terrestre et des ressources naturelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL), en lien étroit avec la ou les collectivités concernées. Le pilotage implique, pour les DDT(M) ou les D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL, d&amp;#039;émettre et exécuter le bon de commande dans le cadre de l&amp;#039;accord-cadre multi-attributaire de la DGALN.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 20 000€, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation (logistiques et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier, principalement de la collectivité.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à bons de commande de la DGALN. Chaque Atelier Flash est attribuée à une des trois équipes d&amp;#039;experts pluridisciplinaires titulaires selon la méthode du tourniquet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 1
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  LANCEMENT : attribution de l&amp;#039;équipe et cadrage de l&amp;#039;étape suivante
+ &lt;/li&gt;
+ &lt;li&gt;
+  APPROPRIATION &amp;amp; APPROFONDISSEMENT : analyse documentaire et entretiens et cadrage de la seconde phase
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 2
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ANIMATION IN SITU : introduction de l&amp;#039;Atelier, arpentage du territoire, animation des temps d&amp;#039;Atelier et conclusion de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  PRODUCTION &amp;amp; RESTITUTION
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée totale : 3 à 6 mois
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée de l&amp;#039;atelier : 2 à 3 jours
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Documents stratégiques  : feuille de route, esquisse de plan-guide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents opérationnels  : cahier des charges, charte, éléments de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
-[...2 lines deleted...]
-Recyclage et valorisation des déchets
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Réseaux de chaleur
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
-Réduction de l'empreinte carbone</t>
-[...2 lines deleted...]
-      <c r="O96" s="1" t="inlineStr">
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R96" s="1" t="inlineStr">
-[...5 lines deleted...]
- Il convient de se rapprocher du SDED 52 pour vérifier cette condition d&amp;#039;éligibilité.
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ CANDIDATURE
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  EN SYNTHESE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PORTEURS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PIÈCES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 1 - les dynamiques du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 2 - les dynamiques d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
-[...15 lines deleted...]
- Syndicat Départemental d&amp;#039;Energie et des Déchets 52
+      <c r="T115" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
- 40 bis avenue Foch
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>142680</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
  &lt;br /&gt;
- 52 000 Chaumont
-[...5 lines deleted...]
- sded52&amp;#64;sded52.fr
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local est un outil permettant aux territoires de s&amp;#039;engager pleinement dans la transition de leur modèle de développement soit plus particulièrement dans les transitions territoriales et urbaines, les transitions culturelles, sociales, économiques et citoyennes et les transitions environnementales et énergétiques, lesquelles sont abordées par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets portés par l&amp;#039;État aménageur (OIN, PPA) et gestionnaire d&amp;#039;infrastructure stratégies croisant les politiques publiques (activités, risques (érosion, inondation, sécheresse) et ressources (eau, sols, air, biodiversité) naturelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  autres sujets innovants (coopération et transaction territoriale, transformation de l&amp;#039;écologie culturelle territoriale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou DREAL) avec le cas échéant l&amp;#039;opérateur local de l&amp;#039;État (EPA, Agence de l&amp;#039;Eau etc), en lien étroit avec la ou les collectivités concernées. Le pilotage implique de lancer et mettre en œuvre le marché subséquent de l&amp;#039;accord-cadre multi-attributaire de la DGALN, c&amp;#039;est-à-dire d&amp;#039;accompagner les collectivités et l&amp;#039;équipe pluridisciplinaire dans toutes les phases de l&amp;#039;Atelier (lancement, animation in situ, approfondissement). L&amp;#039;Atelier Local requiert une forte mobilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 100 000 €, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation des trois sessions d&amp;#039;ateliers (logistique et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier , principalement de la ou des collectivités.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à marchés subséquents de la DGALN. Mis en concurrence pour chacun des Ateliers Locaux dans le cadre des marchés subséquents, les groupements formulent une offre d&amp;#039;accompagnement spécifique. L&amp;#039;équipe est sélectionnée de manière collégiale par le service déconcentré qui pilote de l&amp;#039;Atelier, le cas échéant avec l&amp;#039;opérateur de l&amp;#039;État associé, et la ou les collectivités concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 1
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LANCEMENT &amp;amp; CADRAGE : passation du marché subséquent et réunion de cadrage
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°1 : établissement d&amp;#039;un diagnostic et des enjeux
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°2 : définition d&amp;#039;une stratégie
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 4
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°3 : élaboration d&amp;#039;une feuille de route
+&lt;/p&gt;
+&lt;p&gt;
+ PRODUCTION &amp;amp; RESTITUTION
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Durée totale : 10 à 12 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Nombre de sessions d&amp;#039;ateliers : 3
+&lt;/p&gt;
+&lt;p&gt;
+ Durée des ateliers : 1 à 2 jours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note de cadrage : méthodologie, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  carnet de suivi : déroulé, compte-rendu, propositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport final : synthèse et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  livret de capitalisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les pièces
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+ &lt;br /&gt;
+ Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Annexe 1 - les dynamiques du territoire
+ &lt;br /&gt;
+ Annexe 2 - les dynamiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Manifestation mutuelle d&amp;#039;intérêt et échange entre la collectivité et la DDT(M) ou la DREAL sur l&amp;#039;opportunité d&amp;#039;une candidature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de contact par les services de l&amp;#039;Etat du bureau des Stratégies territoriales de la DGALN (AD1/DHUP/DGALN) pour échanger sur l&amp;#039;opportunité de la candidature. Si l&amp;#039;opportunité est caractérisée, alors la DGALN transmet la fiche de candidature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature des courriers de soutien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi des documents à la DGALN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-      <c r="A97" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>142692</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Engager une démarche de résilience sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic participatif et identification des priorités d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des vulnérabilités actuelles et futures, compréhension des inter-dépendances, approches prospectives, inspiration d&amp;#039;autres territoires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de votre plan d&amp;#039;actions résilience avec l&amp;#039;outil « boussole de la résilience » du Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertises ponctuelles pour évaluer des dynamiques de résilience, enrichir des plans d&amp;#039;actions, recalibrer des projets en amont, intégrer ces questions dans les exercices budgétaires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation à la résilience de votre territoire :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; format découverte de type séminaire « tout public » en une journée,
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Evaluation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Outil boussole de la résilience Cerema
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Formation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris (chefs de projets)
+ &lt;/li&gt;
+ &lt;li&gt;
+  DREAL ARA et PACA (chefs de projet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupe immobilier ASTRANCE (séminaire de découverte)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;Ouvrage :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+Accessibilité
+Emploi
+Appui méthodologique
+Mobilité pour tous
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>142693</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Co-construire votre projet de territoire intelligent avec l'ensemble des parties prenantes</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La transformation numérique représente une révolution culturelle. Elle constitue également un enjeu politique majeur pour la transition écologique et solidaire de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans l&amp;#039;élaboration de votre projet de territoire intelligent, depuis l&amp;#039;identification des besoins collectifs jusqu&amp;#039;à la mise en place des solutions technologiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre le numérique au service de votre projet de territoire : par où commencer ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment choisir les solutions les plus adaptées ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement vers de nouvelles pratiques : comment réussir la conduite du changement ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment rendre l&amp;#039;usage de la donnée pertinent pour favoriser la prise de décision ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Acculturation aux enjeux de la transformation numérique sur votre territoire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de pratiques inspirantes et zoom sur les initiatives locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;une démarche participative pour faire émerger une culture commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Livrables : apports théoriques et clés de lecture
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement à l&amp;#039;auto-diagnostic de votre territoire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Situer le territoire à partir d&amp;#039;un outil d&amp;#039;autodiagnostic Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretiens auprès des acteurs et usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification et priorisation de vos besoins
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Co-construction de la stratégie numérique au service du projet de territoire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilisation des parties prenantes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;ateliers d&amp;#039;intelligence collective : vision partagée, grandes orientations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formalisation du plan d&amp;#039;actions opérationnel (démarche itérative)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des services et montée en compétence des agents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la rédaction des cahiers des charges pour le choix des solutions techniques adaptées
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Grand Bassin de Bourg-en-Bresse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un séminaire pour les élus : intégrer la transformation numérique dans le projet de territoire du Grand Bassin de Bourg-en-Bresse
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Espace public
+Voirie et réseaux
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Accessibilité
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Médias et communication
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/co-construire-votre-projet-territoire-intelligent-ensemble</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e9b1-co-construire-votre-projet-de-territoire-inte/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>130804</v>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Soutenir les structures de l’Insertion par l’Activité Economique (SIAE) afin d’assurer leur viabilité et leur développement à moyen et long terme</t>
         </is>
       </c>
-      <c r="D97" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>AIDE A L'IMMOBILIER POUR LES STRUCTURES D'INSERTION PAR L'ACTIVITE ECONOMIQUE</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G97" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H97" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I97" s="1" t="inlineStr">
+      <c r="I119" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J97" s="1" t="inlineStr">
+      <c r="J119" s="1" t="inlineStr">
         <is>
           <t>Plafond : 50.000 €</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département de la Drôme est engagé dans une stratégie de soutien aux structures de l&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE) afin d&amp;#039;assurer leur viabilité et leur développement à moyen et long terme.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser le développement des structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE) ;
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter l&amp;#039;acquisition, l&amp;#039;agrandissement ou la rénovation des locaux utilisés pour le fonctionnement des SIAE.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Montant /
   Taux de l&amp;#039;aide
  &lt;/strong&gt;
@@ -20257,71 +25596,71 @@
   → Bases réglementaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est mise en œuvre en application des aides d&amp;#039;Etat ou des règlements suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Règlement UE 2020/972 de la Commission du 2 juillet 2020 relatif aux aides de minimis.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Article L1511-3 du Code général des Collectivités territoriales, tel que modifié par la loi NOTRe du 7 août 2015
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier entre l&amp;#039;EPCI et le Département de la Drôme.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Durée de validité du règlement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce règlement est valable à partir de son adoption par le conseil communautaire de l&amp;#039;EPCI et la Commission permanente du Département de la Drôme. Il prend fin après 3 ans à compter de la délibération départementale, soit au 31/12/2025.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N97" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Emploi
 Attractivité économique
 Artisanat
 Fiscalité des entreprises</t>
         </is>
       </c>
-      <c r="O97" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R97" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Être titulaire d&amp;#039;un agrément IAE délivré par le CDIAE de la Drôme.
  &lt;/li&gt;
  &lt;li&gt;
   Porter un projet de développement ou d&amp;#039;installation nécessitant un
   &lt;strong&gt;
    investissement immobilier
   &lt;/strong&gt;
   .
  &lt;/li&gt;
  &lt;li&gt;
   Présenter un ancrage territorial fort. Le projet doit être mis en œuvre dans la Drôme.
  &lt;/li&gt;
  &lt;li&gt;
   S&amp;#039;inscrire dans une démarche de cohésion sociale et territoriale à visée de progrès économique, social et culturel, en réduisant l&amp;#039;impact que les activités humaines font peser sur l&amp;#039;environnement et en proposant un mode de développement au service de l&amp;#039;humain.
  &lt;/li&gt;
  &lt;li&gt;
   Justifier de la viabilité économique du projet. Les budgets prévisionnels du projet et de la structure doivent être réalistes et équilibrés (dépenses &amp;#61; recettes).
@@ -20367,154 +25706,154 @@
  &lt;li&gt;
   &lt;strong&gt;
    Intermédiaires
   &lt;/strong&gt;
   : SCI ou Sociétés Immobilières dont le capital est détenu majoritairement par la société ou l&amp;#039;association bénéficiaire finale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acquisition / construction / extension ou rénovation de bâtiment.
  &lt;/li&gt;
  &lt;li&gt;
   Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
  &lt;/li&gt;
  &lt;li&gt;
   Coûts de gros œuvre et de second œuvre.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T97" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V97" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-pour-les-structures-dinsertion-par-lactivite-economique/</t>
         </is>
       </c>
-      <c r="X97" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chef de service
  &lt;/strong&gt;
  : Florane BAFFERT-DIAKITE – 04 75 79 70 51
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chargés de Développement Territorial Economie
  &lt;/strong&gt;
  : 07 60 31 09 54 ou 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1d65-aide-a-limmobilier-pour-les-structures-dinser/</t>
         </is>
       </c>
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-      <c r="A98" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>130805</v>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements immobiliers des entreprises pour favoriser leur installation et leur développement sur le territoire</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>AIDE a l’immobilier d’ENTREPRISE (A.I.E) - GRANDS PROJETS</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J98" s="1" t="inlineStr">
+      <c r="J120" s="1" t="inlineStr">
         <is>
           <t>Ne peut dépasser 100.000€, ou 500.000€ pour les projets de création de plus de 100 emplois.</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L98" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide vise à favoriser l&amp;#039;installation et le développement d&amp;#039;entreprises sur le territoire pour concourir à la création d&amp;#039;emplois durables et soutenir leur engagement dans des démarches respectueuses de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Montant /
   Taux de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide se calcule en fonction du nombre d&amp;#039;emplois (CDI-ETP) que l&amp;#039;entreprise s&amp;#039;engage à créer sur une période de 3 ans à compter de sa demande d&amp;#039;aide (accusé de réception de la lettre d&amp;#039;intention).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant peut être plafonné par un taux d&amp;#039;aide en fonction de la zone d&amp;#039;implantation et des aides publiques accordées au cours des trois derniers exercices fiscaux (régime de Minimis).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;aide ne peut dépasser
  &lt;strong&gt;
   100 000 €, ou 500 000 €
@@ -20687,75 +26026,75 @@
 &lt;p&gt;
  &amp;gt; Articles R.1511-4 et suivants du Code général des collectivités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Arrêté du 22 février 2018 constatant le classement de communes en zone de revitalisation rurale.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier d&amp;#039;entreprise entre l&amp;#039;EPCI et le Département de la Drôme.
 &lt;/p&gt;
 &lt;p&gt;
  Les entreprises s&amp;#039;engagent à respecter les règles encadrant les attributions de subventions publiques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Engagement du bénéficiaire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Après engagement sur l&amp;#039;attribution de l&amp;#039;aide, l&amp;#039;entreprise devra apposer à l&amp;#039;entrée du bâtiment une affiche comportant la mention « financé avec le soutien du Département de la Drôme et de l&amp;#039;EPCI XXX», ainsi que leurs logos. Cette affiche sera fournie par le Département au moment de l&amp;#039;accord de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Artisanat
 Industrie
 Fiscalité des entreprises</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R98" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Relever d&amp;#039;un secteur d&amp;#039;activité de production, transformation ou services qualifiés aux entreprises, selon la liste jointe en annexe ;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Porter un projet de développement ou d&amp;#039;installation nécessitant un investissement immobilier situé en zone AFR (Aides à finalité régionale)  telle que fixée par le décret n° 2022-968 du 30 juin 2022 relatif aux zones d&amp;#039;aide à finalité régionale et aux zones d&amp;#039;aide à l&amp;#039;investissement des petites et moyennes entreprises pour la période 2022-2027 ;
   &lt;/li&gt;
   &lt;li&gt;
    Réaliser un investissement immobilier d&amp;#039;un montant minimum de 200 000 € HT hors zone de revitalisation rurale (ZRR) et de 50 000 € HT minimum en ZRR ;
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;engager à maintenir son activité durant cinq années au minimum (3 ans pour les petites et moyennes entreprises) ;
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;engager à ne pas distribuer de dividendes au cours des trois années suivant l&amp;#039;octroi de l&amp;#039;aide, sauf cas exceptionnels dûment justifiés et validés par l&amp;#039;EPCI et le Département :
   &lt;/li&gt;
@@ -20819,379 +26158,379 @@
  &lt;strong&gt;
   hors d&amp;#039;une Zone Revitalisation Rurale
  &lt;/strong&gt;
  (ZRR).
 &lt;/p&gt;
 &lt;p&gt;
  D&amp;#039;au moins 50 000 € HT, lorsque le projet immobilier se situe
  &lt;strong&gt;
   en Zone Revitalisation Rurale
  &lt;/strong&gt;
  (ZRR).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les dépenses peuvent être de la nature suivante sans que cela ne soit exhaustif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Acquisition de terrain, acquisition/ construction/ extension ou rénovation de bâtiment ;
 &lt;/p&gt;
 &lt;p&gt;
  Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T98" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e-grands-projets/</t>
         </is>
       </c>
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chef de service
  &lt;/strong&gt;
  : Florane BAFFERT-DIAKITE – 04 75 79 70 51
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chargés de Développement Territorial Economie
  &lt;/strong&gt;
  : 07 60 31 09 54 ou 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f42f-aide-a-limmobilier-dentreprise-aie-grands-pro/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-      <c r="A99" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>131816</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Elaborer des stratégies foncières en lien avec un projet de territoire (23)</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Elaborer des stratégies foncières en lien avec un projet de territoire</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M99" s="1" t="inlineStr">
+      <c r="M121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R99" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T121" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>Creuse</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Louis Andréo, directeur territorial Vienne - Haute-Vienne - Creuse
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   05 49 62 13 13
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   louis.andreo&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   www.epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a008-etablissement-public-foncier-de-nouvelle-aqui/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>132278</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -21220,159 +26559,159 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W100" s="1" t="inlineStr">
+      <c r="W122" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>133060</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Acheter et porter du foncier pour le compte des collectivités (16)</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Acheter et porter du foncier pour le compte des collectivités (16)</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
 &lt;/p&gt;
 &lt;p&gt;
  Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
 &lt;/p&gt;
 &lt;p&gt;
  Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
  &lt;/li&gt;
  &lt;li&gt;
   redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
  &lt;/li&gt;
  &lt;li&gt;
   reconvertir les friches (artisanales, industrielles, résidentielles, ...)
  &lt;/li&gt;
  &lt;li&gt;
   prévenir les risques naturels ou technologiques
@@ -21407,413 +26746,413 @@
         &lt;span&gt;👉&lt;/span&gt;
        &lt;/span&gt;
       &lt;/span&gt;
      &lt;/span&gt;
     &lt;/span&gt;
    &lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
  voir fiche «
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/debf-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
   stratégie foncière
  &lt;/a&gt;
  »)
 &lt;/p&gt;
 &lt;p&gt;
  En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M101" s="1" t="inlineStr">
+      <c r="M123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://www.epfna.fr/" target="_self"&gt;
   https://www.epfna.fr/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T101" s="1" t="inlineStr">
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>http://www.epfna.fr</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  &lt;span&gt;
   Arnaud Herry
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   arnaud.herry&amp;#64;epfna.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   05 49 62 66 94
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>contact@epfna.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4d39-etablissement-public-foncier-de-nouvelle-aqui/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>139926</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Transition écologique</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides de la CCMS.
 &lt;/p&gt;
 &lt;p&gt;
  Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P102" s="1" t="inlineStr">
+      <c r="P124" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q102" s="1" t="inlineStr">
+      <c r="Q124" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  c.maitre&amp;#64;cc-massifdusancy.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>139927</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -21859,6388 +27198,508 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P103" s="1" t="inlineStr">
+      <c r="P125" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q103" s="1" t="inlineStr">
+      <c r="Q125" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G104" s="1" t="inlineStr">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>155555</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour ouvrir une épicerie participative</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Ouverture et accompagnement de nouvelles épiceries associatives et participatives</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Monépi</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...35 lines deleted...]
- Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de Monépi
+ &lt;span&gt;
+  &lt;strong&gt;
+   accompagne depuis 2017 les Épis de la création à la gestion au quotidien,
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ développe et adapte la plateforme monepi.fr en fonction des retours et demandes, et forme à son utilisation.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...4 lines deleted...]
- L&amp;#039;Atelier Flash est un outil permettant aux territoires de s&amp;#039;engager pleinement dans les transitions de leur modèle de développement lesquelles sont abordée par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;em&gt;
+  Description de l&amp;#039;aide :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Constitution et mobilisation des habitants pour constituer l&amp;#039;association :
+ &lt;/strong&gt;
+ Aide à la diffusion de l&amp;#039;idée, à la mobilisation et à l&amp;#039;organisation de présentations publiques pour parler du projet et convaincre la population.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Création d&amp;#039;une association :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ Appui dans les démarches administratives comme la rédaction et le dépôt des statuts de l&amp;#039;association grâce au partage d&amp;#039;outils clés en main (modèles de statuts, modèle de règlement intérieur, exemples de banques/assurances,
+ &lt;a href="https://www.monepi.fr/wp-content/uploads/2023/11/Guide-pratique-pour-la-creation-depiceries-participatives-081123.pdf" target="_self"&gt;
+  guide explicatif
+ &lt;/a&gt;
+ , ...).
  &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide pour trouver le local
+ &lt;/strong&gt;
+ : Mise à disposition de convention pour le prêt d&amp;#039;un local, phase durant laquelle l&amp;#039;épicerie peut exister grâce à un modèle de précommande avec une distribution hebdomadaire de produits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Paramétrage de la plateforme et mise à disposition du catalogue de fournisseurs (5 000 producteurs et 100 000 produits disponibles à ce jour) :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un wiki pour la prise en main de la plateforme, aide pour constituer l&amp;#039;offre de l&amp;#039;épicerie en ajoutant de nouveaux producteurs et produits locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouverture des adhésions et premières commandes :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un pack communication contenant des éléments de communication (logo, flyer, vidéo, ...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Ensuite, ce sera à vous de faire du local un lieu convivial et accueillant :
+ &lt;/span&gt;
+ &lt;span&gt;
+  aménagement et remplissage des rayons de l&amp;#039;épicerie de manière participative.
+ &lt;/span&gt;
  &lt;br /&gt;
- Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants, s&amp;#039;intégrant notamment dans les programmes de cohésion des territoires portés par l&amp;#039;Agence nationale de la cohésion des territoires (ANCT) :
+&lt;/p&gt;
+&lt;p&gt;
+ La plateforme de gestion en ligne mise gratuitement à disposition présente de nombreuses fonctionnalités pensées pour faciliter la gestion de l&amp;#039;épicerie : boutique en ligne, gestion du planning, des commandes et des adhésions, mutualisation des produits et des producteurs , comptabilité et bien d&amp;#039;autres (gestion d&amp;#039;un bar coopératif, gestion d&amp;#039;un potager participatif, organisation de services entre adhérents...). Nous assurons un service de conseils et d&amp;#039;assistance personnalisée 7j/7 par téléphone et/ou mail, même après l&amp;#039;ouverture !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Spécificités de l&amp;#039;Épi :
+ &lt;/em&gt;
+ &lt;span&gt;
+  L&amp;#039;association et les adhérents donnent de leur temps (2 heures par mois), accèdent à une alimentation choisie, locale, de qualité à des prix réduits (sans marge ni intermédiaire), et peuvent tisser des liens entre eux. La collectivité fournit ainsi le local et redynamise son village. Les agriculteurs locaux apportent leurs produits et ont accès à un circuit de distribution de proximité leur garantissant une juste rémunération puisqu&amp;#039;ils peuvent choisir leur prix.
+ &lt;/span&gt;
+ En plus de la plateforme informatique soutenant la gestion du circuit et limitant l&amp;#039;épuisement associatif, l&amp;#039;association pourra pourra bénéficier de l&amp;#039;entraide et la solidarité du réseau des Épis, valeurs fortes inscrites dans notre charte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Résultats :
+ &lt;/em&gt;
+ Diminution des distances parcourues par les produits et les citoyens  ; accès à des produits locaux de qualité à prix réduits (prix de gros, sans marge) ; vie apportée dans le quartier ou le village, par les liens sociaux tissés dans un espace d&amp;#039;approvisionnement et de convivialité ; flexibilité du modèle permettant une liberté dans les choix faits par l&amp;#039;association locale ; pouvoir d&amp;#039;action et réappropriation de l&amp;#039;alimentation par les citoyens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  185 Épis ont vu le jour et ont été accompagnés depuis 2017
+ &lt;/strong&gt;
+ (dont plus de la moitié dans des communes de moins de 3 500 habitants)
+ &lt;span&gt;
+  ,
+  &lt;strong&gt;
+   ce qui représente plus de 12 000 familles.
+  &lt;/strong&gt;
+ &lt;/span&gt;
  &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Quelques exemples concrets en vidéo :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;BdwrvR_Ay8U" target="_self"&gt;
+   L&amp;#039;Épi castelfortain
+  &lt;/a&gt;
+  , premier Épi ouvert en 2016 dans notre village : Châteaufort (Yvelines), dépourvu de commerce de proximité depuis 30 ans ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;gWaG4qQygYw" target="_self"&gt;
+   La Coop Singulière (Hérault)
+  &lt;/a&gt;
+  ouverte en 2018 ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;3LNvtbxz1Yo" target="_self"&gt;
+  L&amp;#039;Épi d&amp;#039;Arbonne-la-Forêt (Seine-et-Marne)
+ &lt;/a&gt;
+ ouvert en 2021.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
-&lt;/p&gt;
-[...182 lines deleted...]
-Réseaux de chaleur
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
 Cohésion sociale et inclusion
-Citoyenneté
+Alimentation
 Commerces et services
-Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Risques naturels
-[...407 lines deleted...]
-Emploi
 Attractivité économique
 Appui méthodologique
-Artisanat
-[...14 lines deleted...]
-      <c r="O105" s="1" t="inlineStr">
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
-[...17 lines deleted...]
- &lt;/strong&gt;
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nous accompagnons tout citoyen motivé, association déjà créée (ou en cours de création), ou collectivité intéressée
+ &lt;/strong&gt;
+ sans distinction ni restriction.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Épi c&amp;#039;est un modèle de circuit court solidaire, participatif et associatif fonctionnant sans salarié ni marge, sans investissement ni risque financier. Il se veut
+ &lt;strong&gt;
+  reproductible partout, par qui le souhaite
+ &lt;/strong&gt;
+ ; il ne nécessite que de la motivation et de l&amp;#039;investissement humain, quel que soit le nombre d&amp;#039;habitants au départ du projet.
  &lt;br /&gt;
- Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
-[...62 lines deleted...]
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous avons à cœur de développer un projet qui répond aux attentes et aux besoins spécifiques du territoire, c&amp;#039;est la raison pour laquelle nous proposons un accompagnement 100% personnalisé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
-[...220 lines deleted...]
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
-[...290 lines deleted...]
-  références
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.monepi.fr/</t>
+        </is>
+      </c>
+      <c r="W126" s="1" t="inlineStr">
+        <is>
+          <t>https://monepi.fr/administrateur/inscription-nouveau-site.php</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous avez un projet d&amp;#039;alimentation alternatif en circuit court sur votre commune (épicerie participative, supermarché coopératif, groupement d&amp;#039;achats locaux, écolieu...) ? Vous voulez plus d&amp;#039;informations ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quel que soit votre projet ou son stade d&amp;#039;avancement, planifions un appel ou une visio pour en discuter davantage !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.monepi.fr/?page_id&amp;#61;1327" target="_self"&gt;
+  Vous pouvez directement planifier un appel de 15 minutes ici
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...7 lines deleted...]
-  références
+ Mail :
+ &lt;a target="_self"&gt;
+  contact&amp;#64;monepi.fr
  &lt;/a&gt;
- &lt;br /&gt;
-[...4191 lines deleted...]
-&lt;/p&gt;</t>
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 06 50 60 78 48&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y126" s="1" t="inlineStr">
         <is>
-          <t>energie@payspercheornais.fr</t>
+          <t>solene.renaudie@outlook.fr</t>
         </is>
       </c>
       <c r="Z126" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a138-etre-accompagne-pour-ouvrir-une-epicerie-part/</t>
         </is>
       </c>
       <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:27" customHeight="0">
       <c r="A127" s="1">
-        <v>148613</v>
+        <v>153399</v>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Acheter et porter du foncier pour le compte des collectivités (47)</t>
-[...611 lines deleted...]
-        <is>
           <t>Développer des projets ruraux en Seine Aval</t>
         </is>
       </c>
-      <c r="C130" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="F130" s="1" t="inlineStr">
+      <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France
 Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I130" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J130" s="1" t="inlineStr">
+      <c r="J127" s="1" t="inlineStr">
         <is>
           <t>Dépend du régime d'aide qui s'applique pour le projet</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
 &lt;/p&gt;
 &lt;p&gt;
  Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
 &lt;/p&gt;
 &lt;p&gt;
  -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
 &lt;/p&gt;
 &lt;p&gt;
  -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
 &lt;/p&gt;
 &lt;p&gt;
  -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M130" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Installation d&amp;#039;un atelier de transformation
  &lt;/li&gt;
  &lt;li&gt;
   Communication autour de la valorisation des co-produits agricoles
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de points de vente de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
  &lt;/li&gt;
  &lt;li&gt;
   Financement de food-truck de produits de locaux
  &lt;/li&gt;
  &lt;li&gt;
   Plantation de haies
  &lt;/li&gt;
  &lt;li&gt;
   Restructuration de foncier forestier
@@ -28262,51 +27721,51 @@
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un gîte touristique
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;aires de repos pour les randonneurs
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;un festival agricole
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un jardin pédagogique
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
@@ -28327,149 +27786,149 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Réduction de l'empreinte carbone
 Inclusion numérique
 Protection animale</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A établir avec l&amp;#039;animatrice selon le projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T130" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://leaderseineaval.com/</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Margaux GROSJEAN
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   margaux.grosjean&amp;#64;safer-idf.com
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  06 37 01 89 44
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>margaux.grosjean@safer-idf.com</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>153404</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Couvrir les frais liés à la perte d'autonomie (APA en établissement)</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>APA en établissement (allocation personnalisée d’autonomie)</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Allocation Personnalisée d&amp;#039;Autonomie en établissement est destinée à couvrir les frais liés à la perte d&amp;#039;autonomie. L&amp;#039;APA en établissement aide les bénéficiaires à acquitter le tarif dépendance en EHPAD (Établissement d&amp;#039;Hébergement de Personnes Âgées Dépendantes) et USLD (Unités de Soins de Longues Durée).
 &lt;/p&gt;
 &lt;p&gt;
  Pour les résidences autonomie et l&amp;#039;accueil familial, il s&amp;#039;agit de l&amp;#039;APA à domicile.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de demande d&amp;#039;APA en établissement est constitué par le demandeur ou la demandeuse ou par la personne qui le ou la représente légalement.
 &lt;/p&gt;
 &lt;p&gt;
  Le formulaire de demande complété et imprimé ainsi que les pièces à fournir pour compléter le dossier doivent être envoyés à l&amp;#039;adresse suivante :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
@@ -28518,182 +27977,182 @@
    &lt;li&gt;
     Pour les étrangers : photocopie recto-verso de la carte de résidence ou du titre de séjour
    &lt;/li&gt;
    &lt;li&gt;
     Jugement de tutelle
    &lt;/li&gt;
    &lt;li&gt;
     Relevé d&amp;#039;identité bancaire ou postal (Rib ou Rip)
    &lt;/li&gt;
    &lt;li&gt;
     La grille AGGIR fournie par l&amp;#039;établissement, datée, signée et tamponnée par le médecin coordonnateur de l&amp;#039;établissement
    &lt;/li&gt;
    &lt;li&gt;
     Bulletin d&amp;#039;entrée
    &lt;/li&gt;
    &lt;li&gt;
     Photocopie de la carte d&amp;#039;assuré social
    &lt;/li&gt;
    &lt;li&gt;
     Copie de la taxe foncière sur les propriétés bâties et non bâties
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Cohésion sociale et inclusion
 Santé
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Avoir au moins 60 ans
   &lt;/li&gt;
   &lt;li&gt;
    Résider en France, attester d&amp;#039;une résidence stable et régulière
   &lt;/li&gt;
   &lt;li&gt;
    Être Français ou ressortissant d&amp;#039;un état membre de l&amp;#039;union européenne. Pour les étrangers être titulaire de la carte de résident ou titre de séjour pour résider en France
   &lt;/li&gt;
   &lt;li&gt;
    Présenter un certain degré d&amp;#039;autonomie correspondant à la classe 1 à 4 de la grille nationale AGGIR
   &lt;/li&gt;
   &lt;li&gt;
    Être résidant d&amp;#039;un établissement hors département (pour les établissements sur le département de la Manche il n&amp;#039;est pas nécessaire de déposer un dossier)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/apa-en-etablissement-allocation-personnalisee-dautonomie/</t>
         </is>
       </c>
-      <c r="W131" s="1" t="inlineStr">
+      <c r="W128" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 97 41
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9d7d-lrsquoallocation-personnalisee-drsquoautonomi/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>153405</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Bien vieillir chez soi (APA à domicile)</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>APA à domicile (allocation personnalisée d&amp;rsquo;autonomie)</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;APA à domicile est une allocation. Elle est versée mensuellement, en fonction des services sollicités par les bénéficiaires et du degré de dépendance de la personne. L&amp;#039;allocation est attribuée sans conditions de ressources.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;APA à domicile peut servir à financer :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Des services à domicile (heures d&amp;#039;intervention à domicile, portage des repas, téléassistance, etc.).
   &lt;/li&gt;
   &lt;li&gt;
    Des aides techniques (équipements adaptés à vos besoins : barre d&amp;#039;appui, siège de douche, etc.).
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;accès à un accueil de jour ou à un hébergement temporaire sur des périodes précises et avec un retour au domicile programmé.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
@@ -28746,182 +28205,182 @@
    &lt;li&gt;
     Formulaire de demande obligatoirement signé
    &lt;/li&gt;
    &lt;li&gt;
     Copie recto-verso du dernier avis d&amp;#039;imposition ou de non-imposition sur le revenu du demandeur ou de la demandeuse et de son conjoint ou conjointe, concubin ou concubine ou de la personne avec laquelle il ou elle a conclu un pacte civil de solidarité (Pacs)
    &lt;/li&gt;
    &lt;li&gt;
     Justificatif d&amp;#039;état-civil : copie du livret de famille ou copie recto-verso de la carte d&amp;#039;identité
    &lt;/li&gt;
    &lt;li&gt;
     Pour les étrangers : photocopie recto-verso de la carte de résidence ou du titre de séjour
    &lt;/li&gt;
    &lt;li&gt;
     Jugement de tutelle
    &lt;/li&gt;
    &lt;li&gt;
     Relevé d&amp;#039;identité bancaire ou postal (Rib ou Rip)
    &lt;/li&gt;
    &lt;li&gt;
     Certificat médical (à remplir par le médecin référent de la personne âgée) facultatif
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Accès aux services
 Santé
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Avoir plus de 60 ans
   &lt;/li&gt;
   &lt;li&gt;
    Avoir une résidence stable et régulière en France
   &lt;/li&gt;
   &lt;li&gt;
    Avoir déposé une demande d&amp;#039;APA auprès du département où vous résidez. Une évaluation médico-sociale sera réalisée à votre domicile afin d&amp;#039;évaluer les besoins. Si le niveau de dépendance relève d&amp;#039;un GIR (Groupe iso-ressources) 1 à 4 (déterminé à l&amp;#039;aide de la grille nationale AGGIR), un plan d&amp;#039;aide APA vous sera proposé.
   &lt;/li&gt;
   &lt;li&gt;
    Ne pas bénéficier pas d&amp;#039;une prestation accordée par un régime de retraite pour les interventions d&amp;#039;aide-ménagère ou de garde à domicile.
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;APA n&amp;#039;est pas cumulable avec l&amp;#039;Allocation compensatrice pour aide d&amp;#039;une tierce personne (ACTP), la Prestation de compensation du handicap (PCH), la Majoration tierce personne (MTP), ni avec l&amp;#039;Aide-ménagère au titre de l&amp;#039;aide sociale (AMAS).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/apa-a-domicile-allocation-personnalisee-dautonomie/</t>
         </is>
       </c>
-      <c r="W132" s="1" t="inlineStr">
+      <c r="W129" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 97 41
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/79c9-bien-vieillir-chez-soi-lrsquoallocation-perso/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>153888</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Faire une demande d'aide à la maison de l'autonomie - MDA (MDPH) pour les adultes ou les enfants en situation de handicap</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Demande d&amp;rsquo;aide à la Maison de l&amp;rsquo;autonomie – MDA (MDPH) pour les adultes ou les enfants en situation de handicap</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous allez expliquer à la MDA-MDPH votre situation, vos besoins, vos projets et vos attentes.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  En fonction des conditions prévues par la réglementation, vous pourrez peut-être bénéficier des droits suivants :
 &lt;/p&gt;
 &lt;p&gt;
  •	Allocation d&amp;#039;éducation de l&amp;#039;enfant handicapé (AEEH) voire un de ses compléments
 &lt;/p&gt;
 &lt;p&gt;
  •	Orientation vers un établissement ou service médico-social (ESMS) enfants/adultes
 &lt;/p&gt;
 &lt;p&gt;
  •	Carte mobilité inclusion (anciennes cartes d&amp;#039;invalidité, de priorité et de stationnement pour personnes handicapées)
 &lt;/p&gt;
 &lt;p&gt;
  •	Prestation de compensation du handicap (PCH)
 &lt;/p&gt;
 &lt;p&gt;
  •	Allocation aux adultes handicapés (AAH) voire un de ses compléments
 &lt;/p&gt;
 &lt;p&gt;
  •	Renouvellement d&amp;#039;allocation compensatrice (ACTP ou ACFP)
@@ -28930,150 +28389,150 @@
  •	Projet personnalisé de scolarisation – parcours et aides à la scolarisation
 &lt;/p&gt;
 &lt;p&gt;
  •	Orientation professionnelle et/ou formation professionnelle
 &lt;/p&gt;
 &lt;p&gt;
  •	Reconnaissance de la qualité de travailleur handicapé (RQTH)
 &lt;/p&gt;
 &lt;p&gt;
  •	Affiliation gratuite à l&amp;#039;assurance vieillesse des parents au foyer (AVPF)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Comment bénéficier de l&amp;#039;aide?
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez toutes les informations pour savoir comment bénéficier de l&amp;#039;aide sur cette page:
  &lt;a href="https://www.manche.fr/demarches/vivre-mon-handicap/suivre-mon-dossier-daides/"&gt;
   https://www.manche.fr/demarches/vivre-mon-handicap/suivre-mon-dossier-daides/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Handicap
 Santé
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/demande-daide-a-la-maison-de-lautonomie-mda-mdph-pour-les-adultes-ou-les-enfants-en-situation-de-handicap/</t>
         </is>
       </c>
-      <c r="W133" s="1" t="inlineStr">
+      <c r="W130" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ea80-demande-drsquoaide-a-la-maison-de-lrsquoauton/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>153889</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Faire une demande d'aide sociale à l'hébergement - ASH en établissement pour les personnes âgées ou en situation de handicap</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>L&amp;rsquo;aide sociale à l&amp;rsquo;hébergement – ASH en établissement pour les personnes âgées ou en situation de handicap</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour fixer le montant de l&amp;#039;ASH, le Département prend en compte :
 &lt;/p&gt;
 &lt;p&gt;
  •	Vos ressources
 &lt;/p&gt;
 &lt;p&gt;
  •	Les ressources de votre conjoint ou conjointe
 &lt;/p&gt;
 &lt;p&gt;
  •	Les ressources de vos obligé·es alimentaires (voir les conditions d&amp;#039;éligibilité) uniquement pour les personnes âgées
 &lt;/p&gt;
 &lt;p&gt;
  Ensuite, le Département détermine :
 &lt;/p&gt;
 &lt;p&gt;
  •	Quel montant vous pouvez payer tous les mois en fonction de vos ressources et de celles de votre conjoint ou conjointe.
 &lt;/p&gt;
 &lt;p&gt;
  •	Quel montant vos obligé·es alimentaires peuvent payer tous les mois en fonction de leurs ressources.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
@@ -29129,370 +28588,370 @@
  - Dans les CCAS ou CIAS du Département
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature des projets éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide sociale à l&amp;#039;hébergement (ASH) est une aide financière destinée aux personnes âgées ou en situation de handicap qui n&amp;#039;ont pas les ressources suffisantes pour couvrir les frais de séjour dans un établissement.
 Pour les personnes âgées, il faut avoir plus de 65 ans ou avoir entre 60 et 65 ans avec reconnaissance d&amp;#039;une inaptitude au travail.
 Dérogation d&amp;#039;âge possible si entre 60 et 65 ans sans reconnaissance d&amp;#039;inaptitude au travail.
 Pour les personnes en situation de handicap, il faut avoir plus de 60 ans. 
 Dérogation d&amp;#039;âge possible si moins de 60 ans.
 Le Département fixe le montant de l&amp;#039;Aide sociale à l&amp;#039;hébergement en fonction de votre situation et du règlement d&amp;#039;aide sociale en vigueur dans le département.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Handicap
 Santé
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/laide-sociale-a-lhebergement-ash-en-etablissement-pour-les-personnes-agees-ou-en-situation-de-handicap/</t>
         </is>
       </c>
-      <c r="W134" s="1" t="inlineStr">
+      <c r="W131" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/aap-2025-violences-intrafamiliales-cd50</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa99-lrsquoaide-sociale-a-lrsquohebergement-ash-en/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>154980</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Développer et professionnaliser les garages et loueurs solidaires</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Réseau Agil'ess</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Réseau Agil'ess</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nous avons développé une expertise importante sur la création d&amp;#039;activité de mobilité solidaire. Nous proposons différentes
 &lt;/p&gt;
 &lt;p&gt;
  formes d&amp;#039;accompagnements, adaptés chaque situation : étude de faisabilité du projet, modélisation économique et mise en
 &lt;/p&gt;
 &lt;p&gt;
  place du projet. Ainsi, notre accompagnement peut vous permettre d&amp;#039;accéder à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une étude de marché
  &lt;/li&gt;
  &lt;li&gt;
   Une cartographie des acteurs sur votre territoire
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;état des lieux de l&amp;#039;activité sur le territoire
  &lt;/li&gt;
  &lt;li&gt;
   La compréhension les besoins et la actions pour structurer votre projet
  &lt;/li&gt;
  &lt;li&gt;
   Une aide pour mettre en place d&amp;#039;un modèle économique pérenne (création de budget prévisionnel, notes explicatives)
  &lt;/li&gt;
  &lt;li&gt;
   La préparation d&amp;#039;une gouvernance et d&amp;#039;un modèle de gestion d&amp;#039;un garage solidaire
  &lt;/li&gt;
  &lt;li&gt;
   Un focus sur les partenariats
  &lt;/li&gt;
  &lt;li&gt;
   Des échanges de bonnes pratiques
  &lt;/li&gt;
  &lt;li&gt;
   Une aide au fonctionnement et gestion quotidienne du garage.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Depuis 2017 nous avons effectué plus de 120 journées d&amp;#039;accompagnement auprès de 14 porteurs de projets.
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement à la création d&amp;#039;un garage solidaire dans le departement 64
 &lt;/p&gt;
 &lt;p&gt;
  Contexte :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   CIEL est une structure d&amp;#039;insertion qui souhaitait la création d&amp;#039;un garage solidaire afin d&amp;#039;offrir des solutions de mobilité à ses salariés en insertion et aux bénéficiaires en situation de précarité sur le territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Accompagnement proposé :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner la modélisation du projet de garage solidaire de l&amp;#039;association
  &lt;/li&gt;
  &lt;li&gt;
   Former les salariés aux spécificités d&amp;#039;une activité de réparation sociale
  &lt;/li&gt;
  &lt;li&gt;
   Gérer un atelier mécanique, de l&amp;#039;organisation de l&amp;#039;atelier à la gestion des stocks et procédures d&amp;#039;hygiène et sécurité
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Economie sociale et solidaire
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Associations loi 1901
 &lt;/p&gt;
 &lt;p&gt;
  Srructures IAE
 &lt;/p&gt;
 &lt;p&gt;
  Agrement ESUS
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T135" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.agiless.fr/</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nathan Crouzevialle - Chargé d&amp;#039;accompagnements et de formation : nathan.crouzevialle&amp;#64;agiless.fr
 &lt;/p&gt;
 &lt;p&gt;
  Michèle Morgan - Déléguée Générale : michele.morgan&amp;#64;agiless.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>contact@agiless.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f71b-developper-et-professionnaliser-les-garages-e/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>154981</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Accompagner les dynamiques durables de l'économie rurale</t>
         </is>
       </c>
-      <c r="C136" s="1" t="inlineStr">
+      <c r="C133" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>LEADER Fiche Action n°1</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Albigeois et des Bastides (PETR)</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I136" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
         <is>
           <t> Max : 64</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette subvention a pour objectif de créer un contexte territorial favorable à l&amp;#039;innovation, aux dynamiques économiques durables et aux approches coopératives et collaboratives en offrant les conditions matérielles et immatérielles et en accompagnant les initiatives locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagner les mutations de nos systèmes agricoles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Développer les circuits courts de proximité
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner les projets collectifs de valorisation des produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Innover/Expérimenter de nouvelles formes de pratiques dans les milieux agricoles face au changement climatique
   &lt;br /&gt;
@@ -29516,574 +28975,574 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Valoriser le potentiel touristique et encourager les dynamiques durables innovantes :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Développer une offre touristique durable et accessible à tous
  &lt;/li&gt;
  &lt;li&gt;
   Promouvoir le territoire et rechercher une complémentarité entre les acteurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner la montée en compétences des professionnels du tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Acquisition de matériel et d&amp;#039;équipements, animation et valorisation de collectifs, espaces test agricoles, tiers lieu nourricier, sensibilisation/évènementiels pour accompagner les mutations de nos systèmes agricoles.
  &lt;br /&gt;
  •    Création, aménagement et équipement de lieux/sites économiques ; étude/ animation/développement d&amp;#039;une filière bois ; dispositif innovant de coopération et de mutualisation de moyens (PTCE, TZCLD, ...) ;...
  &lt;br /&gt;
  •    Création, aménagement et équipement de lieux/sites touristiques ; hébergements durables atypiques, insolites et solidaires ; actions de promotion et de valorisation des offres et attraits touristiques du territoire
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>GAL Albigeois et Bastides</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Justine Chollet
  &lt;br /&gt;
  Chargée de mission LEADER
  &lt;br /&gt;
  &lt;a target="_self"&gt;
   jchollet&amp;#64;ptab.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>jchollet@ptab.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1473-accompagner-les-dynamiques-durables-de-lecono/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>154985</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Développer une attractivité du territoire ciblée, soutenable et créatrice de liens</t>
         </is>
       </c>
-      <c r="C137" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I137" s="1" t="inlineStr">
+      <c r="I134" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La démographie du périmètre du GAL Alsace centrale démontre plusieurs phénomènes : une croissance démographique sur une majeure partie du territoire et une perte d&amp;#039;habitants sur le territoire de la Communauté de communes du Val d&amp;#039;Argent. Ces caractéristiques démographiques posent la question suivantes : « Comment soutenir et adapter les services et les équipements de proximité aux besoins des populations et à la capacité du territoire ?  »
 &lt;/p&gt;
 &lt;p&gt;
  Parallèlement, certaines parties du territoire sont engagées dans les dispositifs Petites Villes de Demain,  Action cœur de ville et d&amp;#039;ORT (CC Vallée de Villé, CC du Val d&amp;#039;Argent, CC du Ried de Marckolsheim, CC de Sélestat, Villé, Marckolsheim) et s&amp;#039;attachent à des sujets comme le logement et le commerce dans les centres-bourgs. Il a été identifié durant les ateliers participatifs menés dans le cadre de la candidature LEADER, un besoin autour de la poursuite et du renforcement de ces actions pour créer du lien social, du lien entres les acteurs du territoire, promouvoir les initiatives locales, solidaires et dynamiser les centralités et les cœurs de villages.
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs le tourisme représente une activité importante pour l&amp;#039;économie de l&amp;#039;Alsace Centrale dont les principaux atouts sont le patrimoine historique, architectural et naturel.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M137" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1.	Soutenir les actions visant la mise en réseau des commerces et des artisans pour améliorer leur visibilité et/ou trouver des repreneurs
 &lt;/p&gt;
 &lt;p&gt;
  2.	Soutenir l&amp;#039;émergence et le développement d&amp;#039;initiatives de l&amp;#039;économie circulaire et de l&amp;#039;économie de la fonctionnalité
 &lt;/p&gt;
 &lt;p&gt;
  3.	Soutenir la création et le développement de tiers lieux, d&amp;#039;espaces de travail partagés, de fablab, dans le cadre de l&amp;#039;économie sociale et solidaire
 &lt;/p&gt;
 &lt;p&gt;
  4.	Soutenir les projets de commerces et de services solidaires, (non lucratif doté d&amp;#039;intérêt général) et/ou relevant de l&amp;#039;économie sociale et solidaire
 &lt;/p&gt;
 &lt;p&gt;
  5.	Soutenir les évènements et les festivités vecteurs de lien social et/ou intergénérationnels au sein des communes
 &lt;/p&gt;
 &lt;p&gt;
  6.	Action d&amp;#039;animation en faveur de la sauvegarde et du développement de la vie associative du territoire
 &lt;/p&gt;
 &lt;p&gt;
  7.	Soutenir des actions de promotion et/ou de mise en réseau des acteurs du tourisme vert ;
 &lt;/p&gt;
 &lt;p&gt;
  8.	Accompagner la création d&amp;#039;hébergements touristiques écoresponsables ou l&amp;#039;amélioration des hébergements touristiques existants dans une démarche écoresponsable (équipements, aménagements, démarches de labélisation)
 &lt;/p&gt;
 &lt;p&gt;
  9.	Soutenir les projets de mise en valeur et/ou de restauration du patrimoine culturel public ou privé, bâti ou non bâti, inscrit ou non protégé, et pour lesquels  des actions de médiation envers le public doivent être organisées au moins une fois par an.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Lutte contre la précarité
 Artisanat
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://selestat-alsace-centrale.fr/leader/</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>camille.pairault@petr-selestat.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb08-developper-une-attractivite-du-territoire-cib/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>154986</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Renforcer la coopération pour mutualiser les moyens et révéler les opportunités du territoire</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C135" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I138" s="1" t="inlineStr">
+      <c r="I135" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La coopération constitue l&amp;#039;un des principes fondamentaux du programme LEADER ; elle représente un des éléments essentiels de valeur ajoutée en matière de développement et d&amp;#039;innovation. En effet, la coopération contribue à renforcer les liens entre les acteurs en partageant, échangeant et menant des actions communes avec d&amp;#039;autres territoires, nationaux ou européens, et à favoriser les recherches d&amp;#039;expériences, de pratiques, de savoir-faire.
 &lt;/p&gt;
 &lt;p&gt;
  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
 &lt;/p&gt;
 &lt;p&gt;
  La coopération peut prendre les formes suivantes :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
 &lt;/li&gt;&lt;li&gt;La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M138" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront-ils en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
 &lt;/p&gt;
 &lt;p&gt;
  Seront soutenues :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
 &lt;/li&gt;&lt;li&gt;La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  •	Environnement, agriculture, énergie, biodiversité, transition climatique, bois
 &lt;/p&gt;
 &lt;p&gt;
  •	Commerces, tourisme, économie sociale et solidaire, économie circulaire
 &lt;/p&gt;
 &lt;p&gt;
  •	Mobilité
 &lt;/p&gt;
 &lt;p&gt;
  •	Jeunesse (- de 25 ans) : conseil municipaux et intercommunaux des jeunes
 &lt;/p&gt;
 &lt;p&gt;
  La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Jeunesse
 Citoyenneté
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Biodiversité
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://selestat-alsace-centrale.fr/leader/</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact GAL Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>camille.pairault@petr-selestat.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bb4e-renforcer-la-cooperation-pour-mutualiser-les-/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>154987</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Impulser le changement avec les habitants</t>
         </is>
       </c>
-      <c r="C139" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 de Fougères Agglomération</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Fougères Agglomération
 L'Europe s'engage en Bretagne</t>
         </is>
       </c>
-      <c r="F139" s="1" t="inlineStr">
+      <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bretagne</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme européen LEADER est porté par Fougères Agglomération. La zone couverte associe Fougères Agglomération et Couesnon Marches de Bretagne.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Principes essentiels
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;aide LEADER  se définit autour de 4  principes-clés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une stratégie locale
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les priorités sont le fruit d&amp;#039;une concertation qui a été menée en 2022 et qui a mobilisé un maximum d&amp;#039;acteurs de Fougères Agglomération et de Couesnon Marches de Bretagne. L&amp;#039;Europe, la France et la Région fixent un cadre mais elles laissent le territoire définir son programme d&amp;#039;actions. Le thème central du programme 2023-2027 est : « LE CHANGEMENT AVEC LES HABITANTS ».
  &lt;br /&gt;
@@ -30250,187 +29709,187 @@
  &lt;/em&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Enjeux
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Enrichir la stratégie par un partage d&amp;#039;expériences avec d&amp;#039;autres territoires sur des axes de développement comparables
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;ouverture du territoire sur l&amp;#039;extérieur
  &lt;/li&gt;
  &lt;li&gt;
   Mutualiser les moyens
  &lt;/li&gt;
  &lt;li&gt;
   Échanger
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Friche
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Biodiversité
 Animation et mise en réseau
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P139" s="1" t="inlineStr">
+      <c r="P136" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q139" s="1" t="inlineStr">
+      <c r="Q136" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>CA Fougères Agglomération</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://fougeres-agglo.bzh/fougeres-agglo/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Valérie JANVIER, Chargée de mission LEADER, Tél : 02 99 17 05 29
 &lt;/p&gt;
 &lt;p&gt;
  Fougères Agglomération
 &lt;/p&gt;
 &lt;p&gt;
  Parc d&amp;#039;activités de l&amp;#039;Aumaillerie
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CS 70665. La Selle-en-Luitré
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  35306 Fougères CEDEX
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>vjanvier@fougeres-agglo.bzh</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eefe-impulser-le-changement-avec-les-habitants/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>155128</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Créer, étendre ou rénover des tiers-lieux publics ou des espaces de travail dans un équipement public</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Tiers-lieux, espaces de télétravail (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Nature des projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Création, rénovation, extension de tiers-lieux publics ou d&amp;#039;espaces de travail dans un équipement public.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les tiers-lieux doivent permettre à chacun et collectivement de se saisir de son pouvoir d&amp;#039;agir et de répondre aux grands enjeux de la transition qui s&amp;#039;imposent aujourd&amp;#039;hui. Ce sont des projets structurants de territoires, qui (re)dynamisent un quartier, un village. Ces espaces sont conçus pour créer les conditions les plus favorables à l&amp;#039;éclosion des idées et à la coopération locale. Ils permettent ainsi à des travailleurs indépendants, des salariés d&amp;#039;entreprises, de collectivités, d&amp;#039;associations, des habitants jeunes ou moins jeunes du territoire de se rencontrer et de faire ensemble à l&amp;#039;occasion d&amp;#039;activités, animations se déroulant sur le site.
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;aménagement d&amp;#039;un espace de télétravail au sein d&amp;#039;un équipement public : Le télétravail est le fait de travailler à distance en ayant à sa disposition tous les outils modernes liées à la communication. Ainsi, un simple espace plutôt organisé sous forme d&amp;#039;espace de coworking (quelques tables, un coin détente) ou de bureaux individuels loués à la journée ou demi-journée peut répondre aux besoins des télétravailleurs sous condition de connexions internet et de téléphonie satisfaisantes. Il a pour objectif premier d&amp;#039;éviter aux salariés des déplacements pendulaires.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Investissement :
@@ -30482,62 +29941,62 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Fiche de poste
  &lt;/li&gt;
  &lt;li&gt;
   CV du candidat retenu
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Etude :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cahier des charges de l&amp;#039;étude
  &lt;/li&gt;
  &lt;li&gt;
   Proposition du cabinet retenu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Tiers-lieux
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Les tiers-lieux :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une étude d&amp;#039;opportunité et de définition du projet est nécessaire pour faire émerger le besoin du territoire et la communauté d&amp;#039;acteurs prête à s&amp;#039;engager dans la vie et l&amp;#039;animation du site.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ce besoin défini permettra d&amp;#039;identifier les espaces à créer dans le tiers-lieu : salles d&amp;#039;animation et de réunions, bureaux permanents, bureaux de rendez-vous, espace de coworking, espace d&amp;#039;exposition, lieux de convivialité, ateliers partagés, salles d&amp;#039;expressions artistiques... Il précisera également les services envisagés : restauration, domiciliation des structures, etc.
 &lt;/p&gt;
 &lt;p&gt;
  De plus, des premières réponses seront apportées sur la gouvernance et le modèle économique envisagés.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Présence d&amp;#039;un animateur-coordinateur ou d&amp;#039;une communauté s&amp;#039;engageant sur un programme d&amp;#039;animations. Si l&amp;#039;embauche d&amp;#039;un animateur est envisagée, l&amp;#039;étude de définition du projet devra apporter les modalités de financement du poste
@@ -30650,212 +30109,212 @@
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers.
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Fonctionnement
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre des tiers-lieux, il est possible de financer la création d&amp;#039;un poste d&amp;#039;animateur-coordinateur du tiers-lieu ou l&amp;#039;augmentation d&amp;#039;un temps de travail d&amp;#039;un poste déjà existant, sur une durée maximale de trois ans.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/tiers-lieux-espaces-de-teletravail-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W140" s="1" t="inlineStr">
+      <c r="W137" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="mailto:https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/832f-tiers-lieux-espaces-de-teletravail-politique-/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>155129</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Créer, étendre, rénover des locaux à destination des activités d’économie sociale et solidaire</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Économie sociale et solidaire (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I141" s="1" t="inlineStr">
+      <c r="I138" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 60</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Nature des projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Création, extension, rénovation de locaux à destination des activités d&amp;#039;économie sociale et solidaire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Présentation de la structure et de ses missions, si mise à disposition de l&amp;#039;équipement
  &lt;/li&gt;
  &lt;li&gt;
   Pour les rénovations, document de diagnostic énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Pièces justifiant la bonification si sollicitation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M141" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Exemples de démarches en lien avec la transition écologique :
   &lt;/strong&gt;
   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Exemples de démarches en lien avec la transition inclusive :
   &lt;/strong&gt;
   Mobilisation citoyenne menant à la constitution d&amp;#039;un collectif citoyen associé à la gouvernance et à la vie du projet, accessibilité extérieure pour se rendre au site / service (cheminent carrossable, places PMR, voies et services de mobilité douce...) ; accessibilité à l&amp;#039;intérieur du site (entrée, portes adaptées, rampe d&amp;#039;accès...), un environnement d&amp;#039;accueil adapté pour tous les publics (mobiliers urbains, sanitaires, puissance de l&amp;#039;éclairage, fonds sonores...), signalétique extérieure inclusive, accessibilité à l&amp;#039;information et à la communication (documentation simplifiée...) ; une signalétique intérieure adaptée (panneau d&amp;#039;affichage, ligne de guidage...) ; insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R141" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet de création, d&amp;#039;extension, de rénovation de locaux visant la réalisation d&amp;#039;activités d&amp;#039;économie sociale et solidaire. Le projet devra respecter la réglementation en vigueur, en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
 &lt;/p&gt;
 &lt;p&gt;
  1- Le projet devra rechercher la création ou le développement d&amp;#039;un ou des emplois non délocalisables ;
 &lt;/p&gt;
 &lt;p&gt;
  2- Le projet devra créer, développer, conforter un service dont le besoin n&amp;#039;est pas couvert par le secteur public / privé ;
 &lt;/p&gt;
 &lt;p&gt;
  3- Le projet devra avoir une utilité sociale et générer de la cohésion territoriale ;
 &lt;/p&gt;
 &lt;p&gt;
  4- le projet devra prévoir une participation du public cible et des acteurs du territoire (élaboration du diagnostic, mise en œuvre du projet, animation) ;
 &lt;/p&gt;
 &lt;p&gt;
  5- L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la réalisation d&amp;#039;une étude de faisabilité du projet.
 &lt;/p&gt;
 &lt;p&gt;
@@ -30899,6247 +30358,7855 @@
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;acquisition de terrain
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T141" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/economie-sociale-et-solidaire-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W141" s="1" t="inlineStr">
+      <c r="W138" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 97 41
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df82-economie-sociale-et-solidaire-politique-terri/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G142" s="1" t="inlineStr">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>165404</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets collaboratifs et citoyens pour accélérer les mutations et transitions du territoire</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA3</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
+Intercommunalité / Pays
 Association
-Particulier</t>
-[...8 lines deleted...]
-      <c r="K142" s="1" t="inlineStr">
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I139" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J139" s="1" t="inlineStr">
+        <is>
+          <t>Pour les porteurs de projets publics, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
-[...134 lines deleted...]
-          <t>Accès aux services
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le territoire connait de grands défis à relever pour faire face aux adaptations de nos modes de vies, afin d&amp;#039;atténuer le changement climatique et ses conséquences. La diminution nécessaire de nos émissions de CO2 et la raréfaction des ressources impose un exercice périlleux. En parallèle, la société connait de fortes mutations notamment dans ses modes de vie et ses rapports sociaux s&amp;#039;exprimant déjà à travers des initiatives de mutualisations et de coopération.&lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, elle doit s&amp;#039;appuyer sur ces initiatives citoyennes et collaboratives afin de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser l&amp;#039;émergence des EnR à travers des projets collectifs et citoyens&lt;/li&gt;&lt;li&gt;Participer à faire évoluer les pratiques et surtout les modèles d&amp;#039;organisations agricoles&lt;/li&gt;&lt;li&gt;Inciter au changement de pratiques en faveur de la transition écologique et énergétique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Plutôt que d&amp;#039;être thématique, cette action se veut méthodologique, avec pour maitre mot la mutualisation et la collaboration au sein des projets accompagnés. Elle aborde le montage des projets qui seront accompagnés par LEADER pour une adaptation au plus proche des besoins (mutualiser et optimiser plutôt que produire et consommer) et une pérennité des initiatives menées. Cela afin de favoriser la montée en compétences des habitants et des élus du territoire, développer la capacité d&amp;#039;agir, encourager les dynamiques d&amp;#039;entraide entre les différentes parties prenantes et acteurs du territoire. Elle visera à accompagner la création de dynamiques partenariales, notamment pour de l&amp;#039;animation et de l&amp;#039;expertise au démarrage.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique:&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.1 : Accompagner les projets d&amp;#039;énergie citoyenne locale et renouvelable&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.1.1 : &lt;/strong&gt;Soutien aux actions participant au développement de projets EnR citoyennes et locales&lt;br /&gt;&lt;strong&gt;3.1.2 :&lt;/strong&gt; Accompagnement de concertations locales et animations pour l&amp;#039;émergence de collectifs&lt;br /&gt;&lt;strong&gt;3.1.3 :&lt;/strong&gt; Accompagnement d&amp;#039;ateliers d&amp;#039;auto-construction et d&amp;#039;expérimentations dans le cadre de projets collectifs&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.2 : Développer l&amp;#039;habitat participatif&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.2.1 : &lt;/strong&gt;Aménagement d&amp;#039;espaces, acquisition d&amp;#039;équipements mutualisés, et mise en place de services communs &lt;br /&gt;&lt;strong&gt;3.2.2 : &lt;/strong&gt;Actions participant au développement de l&amp;#039;habitat participatif sur le territoire&lt;br /&gt;&lt;strong&gt;3.2.3 : &lt;/strong&gt;Soutien à la mise en place de chantiers participatifs&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.3 : Mobiliser l&amp;#039;épargne et les ressources financières locales et alternatives&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.3.1 : &lt;/strong&gt;Création et accompagnement d&amp;#039;outils favorisant les financements alternatifs et locaux&lt;br /&gt;&lt;strong&gt;3.3.2 : &lt;/strong&gt;Soutien aux initiatives permettant le développement des financements alternatif ou locaux&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.4 : Développer l&amp;#039;économie collaborative par l&amp;#039;usage plutôt que la possession&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.4.1 : &lt;/strong&gt;Soutien aux créations et développement de services de prêt et de partage, entre habitants et collectivités &lt;br /&gt;&lt;strong&gt;3.4.2 :&lt;/strong&gt; Développement de systèmes de mutualisation de compétences, services, matériels&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 3.5 : Développer les outils collectifs et mutualisés et le développement de nouveaux modèles agricoles et forestiers&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;3.5.1 :&lt;/strong&gt; Appui à l&amp;#039;achat et à la mutualisation d&amp;#039;outils productifs, de transformation et distribution mutualisés&lt;br /&gt;&lt;strong&gt;3.5.2 : &lt;/strong&gt;Création et développement de systèmes agricoles et forestiers alternatifs et innovants&lt;br /&gt;&lt;strong&gt;3.5.3 : &lt;/strong&gt;Création, développement et animation d&amp;#039;espaces tests agricoles&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création de coopérative EnR, accompagnement des collectivités pour favoriser les installations collectives et les boucles d&amp;#039;autoconsommation, levée de fonds pour EnR citoyenne, soutien à un projet d&amp;#039;auto-construction, etc. ;&lt;/li&gt;&lt;li&gt;Accompagnement aux mairies pour PLU favorisant l&amp;#039;habitat participatif, accompagnement de collectifs pour la définition  d&amp;#039;un projet d&amp;#039;habitat participatif, action de communication pour l&amp;#039;habitat participatif, chantier de construction collectif, équipement collectif dans un habitat participatif rural, etc. ;&lt;/li&gt;&lt;li&gt;Soutien à une campagne de publicité et de communication pour capter les ressources financières locales, émergence de clubs deals, accompagnement aux campagnes de crowdfunding, accompagnement à une campagne de capital equity locale, animation territoriale pour faciliter la mobilisation de l&amp;#039;épargne locale, formation d&amp;#039;entreprises, etc. ;&lt;/li&gt;&lt;li&gt;Tiers-lieux thématiques, bibliothèque d&amp;#039;objets, service de prêt entre habitant, véhicules partagés, action de communication pour inciter au prêt, etc. ;&lt;/li&gt;&lt;li&gt;Régie agricole municipale pour alimenter une cuisine collective, accompagnement à l&amp;#039;espace public nourricier, espace test agricole, outil communal de transformation, outil mutualisé de transformation, actions de recensement des arbres fruitiers publics, création d&amp;#039;entreprise pour des forêts en gestions alternatives et vivantes, SCIC forestières, formation à la gestion forestière vivante, etc. ;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Personnes âgées
 Cohésion sociale et inclusion
-Alimentation
 Commerces et services
+Formation professionnelle
 Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
-Revitalisation
-[...90 lines deleted...]
-      <c r="AA142" s="1" t="inlineStr">
+Innovation, créativité et recherche
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P139" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q139" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-collaboratifs-et-citoyens-pour-accelerer-les-mutations-et-transitions-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C143" s="1" t="inlineStr">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>165405</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour un territoire inclusif et développer la qualité de vie sur le territoire</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G143" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA4</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J140" s="1" t="inlineStr">
+        <is>
+          <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le GAL (Groupe d&amp;#039;Action Locale) Via Domitia, a un territoire connaissant un solde migratoire positif (la population augmente de &amp;#43;1% par an en moyenne), ainsi qu&amp;#039;un forte saisonnalité du fait de son caractère touristique. Le développement de ce territoire doit être concomitant avec le développement et l&amp;#039;amélioration de l&amp;#039;accès aux services et infrastructures pour tous et toutes, afin de conserver et contribuer à l&amp;#039;amélioration des conditions de vie de la population, sans impacter l&amp;#039;environnement. &lt;/p&gt;&lt;p&gt;Cette fiche action a pour but de répondre aux enjeux suivants:&lt;br /&gt;Avoir une offre de services favorisant la mixité des populations et accompagnant sa mutation&lt;br /&gt;Développer un territoire inclusif&lt;br /&gt;Lutter contre l&amp;#039;utilisation du tout voiture individuelle en favorisant la mobilité douce au quotidien, accompagner la transition&lt;br /&gt;Faciliter l&amp;#039;accès à une alimentation sain et de qualité&lt;/p&gt;&lt;p&gt;Elle a donc pour objectif de favoriser un accueil de qualité sur le territoire, notamment grâce à des politiques publiques adaptées en matière d&amp;#039;urbanisme, d&amp;#039;aménagement du territoire et d&amp;#039;alimentation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.1 : Lutter contre la précarité énergétique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.2 : Accompagner les initiatives en faveur de l&amp;#039;inclusion sur le territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.3 : Retenir et aider au retour des jeunes sur le territoire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.3.1 : &lt;/strong&gt;Soutenir les projets coconstruits avec les jeunes et leurs accompagnants &lt;br /&gt;&lt;strong&gt;4.3.2 :&lt;/strong&gt; Soutenir les initiatives en faveur de services et offres innovantes adaptées aux jeunes populations&lt;br /&gt;&lt;strong&gt;4.3.3 :&lt;/strong&gt; Appuyer l&amp;#039;émergence et le développement de structures ou d&amp;#039;initiatives en faveur de l&amp;#039;accompagnement des jeunes&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.4 : Contribuer aux actions de solidarité et de résilience alimentaire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.4.1 : &lt;/strong&gt;Contribuer aux initiatives d&amp;#039;éducation à l&amp;#039;alimentation &lt;br /&gt;&lt;strong&gt;4.4.2 : &lt;/strong&gt;Contribuer aux actions de lutte contre la précarité alimentaire valorisant l&amp;#039;autoproduction et l&amp;#039;autoconsommation&lt;br /&gt;&lt;strong&gt;4.4.3 : &lt;/strong&gt;Contribuer aux recensements du potentiel alimentaire communal&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.5 : Améliorer les conditions de mobilité douce au quotidien&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.5.1 :&lt;/strong&gt; Soutien aux aménagements au sein des communes&lt;br /&gt;&lt;strong&gt;4.5.2 :&lt;/strong&gt; Actions, animations et services en faveur de la mobilité douce au quotidien &lt;br /&gt;&lt;strong&gt;4.5.3 : &lt;/strong&gt;Accompagnement aux démarches de démobilité&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Chantiers participatifs de rénovation du bâti, actions de communication, actions de sensibilisation d&amp;#039;entreprises du bâtiment, action envers les publics défavorisés en ruralité, opération de rénovation du bâti ancien en centre bourg, expérimentations d&amp;#039;adaptations des PLU des centres anciens à l&amp;#039;adaptation climatique, etc. ;&lt;/li&gt;&lt;li&gt;Animation de réseaux professionnels dédiés à des publics spécifiques, action de formation et de sensibilisations, actions de lutte contre les violences sexuelles en milieu rural, action de sensibilisation sur les minorités en milieu rural, action de formation des agents, etc. ;&lt;/li&gt;&lt;li&gt;Aménagements pour jeunes publics, maison des jeunes, &amp;#34;Campus ruraux de projets&amp;#34;, projets d&amp;#039;aménagements et animations co-construits avec les jeunes, etc. ;&lt;/li&gt;&lt;li&gt;Formation de cuisines saine, action de sensibilisation à la précarité alimentaire, expérimentation de sécurité sociale alimentaire, achat d&amp;#039;un support de communication pour une association d&amp;#039;éducation à l&amp;#039;alimentation saine et durable, formation de production potagère à destination des citoyens, projet de jardins d&amp;#039;insertion, projets de jardins familiaux, développement d&amp;#039;une application pour le partage des denrées alimentaires, achat de matériels (irrigation, petits outils) à destination de jardins collectifs, réalisation d&amp;#039;un atlas de la biodiversité comestible, diagnostic des terres au potentiel maraicher, etc .&lt;/li&gt;&lt;li&gt;Aménagements cyclables, action innovante favorisant les déplacements doux pour l&amp;#039;école, schémas directeurs cyclables, plans globaux de déplacement et toutes autres études de mobilités portées par les communes et EPCI, animation favorisant la démobilité, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espaces verts
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P140" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q140" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-pour-un-territoire-inclusif-et-developper-la-qualite-de-vie-sur-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W141" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>165320</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le territoire à travers l’exploitation de données ouvertes [FORMATION]</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation du territoire à travers l’exploitation de données ouvertes</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé : Atelier Canopé 21 Dijon
+Réseau Canopé : Atelier Canopé 25 Besançon
+Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
+Réseau Canopé : Atelier Canopé 58 Nevers
+Réseau Canopé : Atelier Canopé 70 Vesoul
+Réseau Canopé : Atelier Canopé 71 Macon
+Réseau Canopé : Atelier Canopé 89 Auxerre
+Réseau Canopé : Atelier Canopé 90 Belfort
+Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​En s’appuyant sur la méthodologie du Datasprint, les formateurs de Réseau Canopé accompagnent vos équipes à explorer les données produites sur un territoire et, à travers leur visualisation, à valoriser ce territoire autour d’une thématique de développement durable ciblée : l’évolution climatique, les mobilités, l’eau... &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​​Durée de la session&lt;/strong&gt; : 1 journée &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Objectifs de la formation&lt;/strong&gt; :  &lt;/p&gt;&lt;p&gt;​– Traiter des données et en extraire une problématique liée au développement durable. &lt;/p&gt;&lt;p&gt;​– Créer des datavisualisations pour mettre en évidence les enjeux de la problématique choisie. &lt;/p&gt;&lt;p&gt;​– Appréhender le format datasprint et être capable d’en traverser les différentes étapes.​ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;​​Valoriser un bilan d’actions sur un territoire &lt;/li&gt;&lt;li&gt;​Mettre en évidence les évolutions des comportements sur un territoire  &lt;/li&gt;&lt;li&gt;​Visualiser graphiquement pour les rendre lisibles des données nombreuses et/ou complexes&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;.​​Réunir une équipe projet de 15 participants maximum, en présentiel​.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;​​Pour plus d&amp;#039;information prenez contact avec l&amp;#039;Atelier Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_blank" rel="noreferrer noopener"&gt;https://www.reseau-canope.fr/nous-trouver/ &lt;/a&gt;​ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>christel.renaud@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-valoriser-le-territoire-a-travers-lexploitation-de-donnees-ouvertes/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>165341</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Agir contre la vacance commerciale en centre-bourgs (commerce, attractivité,proximité)</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Mission de conseil aux collectivités (AMO, phase pré-opérationnelle, programmation…)</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
       <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil en architecture et urbanisme&lt;br /&gt;L’objectif de l’agence est de mettre au service des collectivités, des propriétaires et des usagers mon expertise concernant l’animation des centre-bourgs et particulièrement la reconquête des locaux disponibles.&lt;br /&gt;Accompagnement de stratégie politique, programmation, aménagement, communication, événementiel, participation citoyenne, médiation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Mission d’assistance à maitrise d’ouvrage pour une étude de stratégie de revitalisation commerciale&lt;/strong&gt;
+ dont aménagement d’une halle couverte et reconquête de cellules 
+vacantes (ORI), à Thizy-les-Bourgs (69), en 2024-2025, DISPO 
+(Mandataire) &amp;amp; Villages Vivants (Sous-Traitant) &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Bâtiments et construction
+Réhabilitation
+Architecture
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P143" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q143" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://dispo-urbanisme.fr/</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;dispo.c.vernay&amp;#64;gmail.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>dispo.c.vernay@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-contre-la-vacance-commerciale-en-centre-bourgs-locaux-commerciaux/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>164417</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Structurer les filières prioritaires et permettre l'émergence d'activités particulièrement innovantes</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Rendre l'économie rurale plus résiliente en soutenant les activités à fort ancrage local - Structurer les filières prioritaires et permettre l'émergence d'activités particulièrement innovantes</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I143" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J143" s="1" t="inlineStr">
-[...119 lines deleted...]
-Economie d'énergie et rénovation énergétique
+      <c r="J144" s="1" t="inlineStr">
+        <is>
+          <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Trois filières prioritaires ont été identifiées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Alimentation : diversité de produits alimentaires locaux associés aux valeurs gastronomiques véhiculées par les acteurs locaux (producteurs, transformateurs, distributeurs, consommateurs).&lt;/p&gt;&lt;p&gt;− Forêt-bois : très présente et structurante pour l’emploi local avec la présence d’entreprise de transformation (scierie, menuiserie, fabricants d’isolants, constructeurs…) ses potentiels demeurent insuffisamment exploités (ex : construction, production d’énergie).&lt;/p&gt;&lt;p&gt;− Textile : patrimoine industriel du territoire, la valeur ajoutée de la filière textile ligérienne s’exprime par une spécialisation sur des compétences de niche avec des textiles techniques (médical, sport) et des textiles haut de gamme pour les grandes marques de luxe. L’ancrage territorial passera également par la fourniture de matières premières issues de l’agriculture locale : le chanvre et la laine.&lt;/p&gt;&lt;p&gt;Outre leur caractère structurant pour l’économie ligérienne, ce choix s’est opéré également en raison :&lt;/p&gt;&lt;p&gt;− Des politiques d’accompagnement sur l’ensemble du territoire du GAL, dont elles font l’objet et qui se sont concrétisées par des labellisations (« Projets Alimentaires Territoriaux » et « Territoires d’Industrie ») ;&lt;/p&gt;&lt;p&gt;− Du rôle primordial qu’elles jouent dans la préservation de la biodiversité et de la ressource en eau. Il est donc nécessaire de les accompagner pour limiter l’impact écologique de leurs activités, et de les protéger des aléas climatiques et des crises énergétiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL Loire ambitionne également de soutenir la création ou le développement de nouvelles filières ou activités liées à une ressource locale&lt;/strong&gt;. Les projets soutenus devront être innovants, structurants et résilients. A titre informatif et sans présenter une liste exhaustive, plusieurs ressources locales, constituant des potentiels pour l’avenir, ont été identifiées :&lt;/p&gt;&lt;p&gt;− Les matériaux biosourcés issus totalement ou partiellement de la biomasse (colza, miscanthus, balle de riz, paille, anas de lin, liège, rafle de maïs, roseau, laine de mouton) ;&lt;/p&gt;&lt;p&gt;− Les matériaux géo-sourcés d’origine minérale tels que la terre crue ou la pierre sèche qui, lorsqu’ils sont locaux et peu transformés, présentent une faible empreinte environnementale. Ils peuvent aussi être issus du réemploi ou de la valorisation des déchets, de sous-produits ;&lt;/p&gt;&lt;p&gt;− Les Plantes à Parfum Aromatiques et Médicinales (PPAM) pour lesquelles un bassin de production se développe dans la Loire ;&lt;/p&gt;&lt;p&gt;− Le chanvre, historiquement produit dans la Loire, fait l’objet d’une relance économique par le biais de transformations multiples (huile, savon, isolant…) hors graines alimentaires et textiles.&lt;/p&gt;&lt;p&gt;Les projets s’inscrivant dans le champ de l’économie circulaire et/ou de l’écologie industrielle sont recherchés.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Agir ensemble sur les chaînes de valeur des filières prioritaires locales&lt;/p&gt;&lt;p&gt;− Favoriser l’émergence de filières ou activités nouvelles liées à une ressource locale&lt;/p&gt;&lt;p&gt;− Créer une culture commune autour des ressources pour l’ensemble des acteurs (entreprises, institutions publiques, habitants)&lt;/p&gt;&lt;p&gt;− Limiter l’impact écologique des activités économiques&lt;/p&gt;&lt;p&gt;− Protéger les entreprises des aléas climatiques et des crises énergétiques&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologiques et énergétiques :&lt;/p&gt;&lt;p&gt;     * Valoriser les ressources locales tout en préservant la biodiversité, la ressource en eau, en limitant les intrants et en les protégeant des aléas climatiques&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant en soutenant des projets de réutilisation, réemploi, d’écoconception&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser la création d’activités à faible bilan carbone&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers par la mise en réseau d’acteurs et la conduite d’actions collectives&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets suivants :&lt;/p&gt;&lt;p&gt;− La production, transformation, distribution ou commercialisation de biens et services ;&lt;/p&gt;&lt;p&gt;− Les stratégies territoriales ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel ;&lt;/p&gt;&lt;p&gt;− La mise en réseau des acteurs ;&lt;/p&gt;&lt;p&gt;− Le renforcement de la synergie entre les activités à fort ancrage territorial local ;&lt;/p&gt;&lt;p&gt;− La sensibilisation et l’accompagnement à la création-reprise d’activités notamment pour les secteurs dont le métier est en tension ;&lt;/p&gt;&lt;p&gt;− La sensibilisation aux enjeux de l’économie circulaire, de l’emploi durable et de la mobilité décarbonée ;&lt;/p&gt;&lt;p&gt;− Information et sensibilisation des consommateurs ;&lt;/p&gt;&lt;p&gt;− Les tiers-lieux innovants à vocation économique permettant le développement d’une ou plusieurs filières.&lt;/p&gt;&lt;p&gt;Les caractères innovants, structurants, résilients et le fort ancrage local du projet s’appréciera au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;A ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de production, transformation, distribution ou commercialisation de biens et services éligibles aux dispositifs FEADER ;&lt;/p&gt;&lt;p&gt;→ Les stratégies territoriales éligibles au dispositif FEADER T01 ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 7.5.2.1 du FEDER : Soutenir les filières spécifiques : forêt/bois, textile/cuir/laine et pierre.&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 1.1.1.4 du FEDER : Animer la stratégie régionale d’innovation&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− Les activités touristiques basées sur les savoir-faire locaux (éligible à l’AAP 2.1).&lt;/p&gt;&lt;p&gt;− Les foires et manifestations&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ancrage territorial local : C’est le processus et le résultat d’interactions entre entreprise et territoire, fondés sur la création collective de ressources communes, spécifiques et localisées, permettant une longue période de sédentarité d’une entreprise.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Artisanat</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
-[...87 lines deleted...]
-      <c r="T143" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P144" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q144" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions ;&lt;/p&gt;&lt;p&gt;− Les grandes entreprises (hors collectivités, sociétés avec de l’actionnariat public et SCIC).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à l’une des conditions suivantes :&lt;/p&gt;&lt;p&gt;     o Soit en lien avec, a minima, l’une des filières identifiées comme prioritaire au titre de cet appel à projets (alimentation, forêt et bois, textile),&lt;/p&gt;&lt;p&gt;     o Soit en lien avec l’exploitation d’une autre ressource identifiée comme locale.&lt;/p&gt;&lt;p&gt;Dans les deux cas, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB&lt;/strong&gt; : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements.&lt;/p&gt;&lt;p&gt;Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 80 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_1_FILIERES_Approuve-1.pdf</t>
+        </is>
+      </c>
+      <c r="W144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si votre projet peut être éligible à l&amp;#039;accompagnement technique et financier LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne Métropole)&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/structurer-les-filieres-prioritaires-et-permettre-lemergence-dactivites-particulierement-innovantes/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C144" s="1" t="inlineStr">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>164416</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G144" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I145" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J145" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
+transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Transition énergétique
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P145" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q145" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
+04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-[...11 lines deleted...]
-      <c r="I144" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J144" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
-[...480 lines deleted...]
-      </c>
       <c r="L146" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...66 lines deleted...]
-&lt;p&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N146" s="1" t="inlineStr">
-        <is>
-[...206 lines deleted...]
-      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
-Forêts
 Sols
 Espaces verts
 Espace public
 Friche
-Foncier
-[...1 lines deleted...]
-Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
-Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
-Bâtiments et construction
 Réhabilitation
-Logement et habitat
-Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...2033 lines deleted...]
-Paysage
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Milieux humides
 Inclusion numérique
-Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="T157" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P146" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q146" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G158" s="1" t="inlineStr">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>165519</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la stratégie une seule santé</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences régionales de santé (ARS)</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="K158" s="1" t="inlineStr">
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="N158" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La santé
+humaine repose sur celle des écosystèmes. En effet, la biodiversité fournit des
+services écosystémiques indispensables à notre survie : production d’oxygène,
+régulation des températures, production d’aliments ou encore disponibilité de
+la ressource en eau. Préserver la santé de la biodiversité c’est garantir celle
+des êtres humains, et il est indispensable de les penser ensemble et non
+séparément.&lt;/p&gt;&lt;p&gt;L’approche « une seule santé » vise à maximiser toutes les santés
+en intégrant les domaines entre eux, et en surveillant et réduisant les
+pressions des activités humaines sur les écosystèmes. L’adoption de cette
+approche permet d’identifier des solutions répondant à la fois à des enjeux
+environnementaux et de santé humaine. Aussi, elle pourrait permettre de faire
+d’importantes économies en termes de santé publique. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens : l’ARS, la CPAM, la Mutuelle sociale Agricole. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Eau potable
-Eau pluviale
 Assainissement des eaux
-Cours d'eau / canaux / plans d'eau
-[...153 lines deleted...]
-Montagne
 Sols
 Espaces verts
 Espace public
 Friche
-Voirie et réseaux
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...3 lines deleted...]
-Famille et enfance
+Egalité des chances
 Accès aux services
-Cohésion sociale et inclusion
-[...144 lines deleted...]
-Egalité des chances
 Cohésion sociale et inclusion
 Santé
 Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://professionnels.ofb.fr/fr/annonce/conference-seule-sante-en-pratique?page=0</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66 91&lt;/p&gt;&lt;p&gt;Hauts-de-France&lt;/p&gt;&lt;p&gt;&lt;strong&gt;BEAUCHAMP Mélanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-strategie-une-seule-sante/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q148" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W148" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>164287</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement des petites entreprises et de l'emploi</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I149" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;3.1   Contribuer à la pérennité et au développement du tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.1.1 Accompagner les entreprises et les associations
+dans les domaines des ressources humaines et des conditions de travail&lt;/p&gt;&lt;p&gt;3.1.2  Promouvoir les métiers et les savoir-faire &lt;/p&gt;&lt;p&gt;3.1.3  Accueillir des entreprises et des nouvelles activités &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.2  
+Soutenir le développement de la filière
+bois et des éco-matériaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.2.1   Accompagner les démarches développant et valorisant
+la filière bois &lt;/p&gt;&lt;p&gt;3.2.2 
+Sensibiliser à
+l’écoconstruction, à l’usage des éco-matériaux&lt;/p&gt;&lt;p&gt;3.2.3 
+Favoriser le
+développement de filières locales&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.3  
+Développer le tourisme durable toute
+l’année &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk182562708"&gt;3.3.1  Créer et adapter les sites et hébergements
+touristiques&lt;/a&gt;&lt;/p&gt;&lt;p&gt;3.3.2 Créer des produits
+ou des offres valorisant le territoire, les savoir-faire, les productions et
+les patrimoines locaux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GPECT, opération collective d’accompagnement
+des entreprises pour le recrutement/management/bien-être au travail/adaptation
+aux changements/prise en compte du handicap, recensement des friches et bâtiments inoccupés, multiple
+rural, aménagement de locaux professionnels, espace coworking, espace de
+télétravail, tiers-lieu, création coopérative, couveuse ; etc. ;&lt;/li&gt;&lt;li&gt;Chantier-école,
+événements, journées de démonstration, nouveaux usages de la laine caussenarde, accompagnement à la gestion
+forestière, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’un local
+vélos, création de circuits de randonnée, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P160" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Q160" s="1" t="inlineStr">
+      <c r="Q149" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="T160" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
+des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
+Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
+- 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
+Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
+PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
+- 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
+- 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-leconomie/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C161" s="1" t="inlineStr">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>164110</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de développement et d'attractivité économique locale</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="G161" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I150" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J150" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Information voyageur, billettique multimodale
+Modes actifs : vélo, marche et aménagements associés
+Industrie
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>164100</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la mise en oeuvre de la transition alimentaire</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche action 6</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I151" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Objectifs stratégiques&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	Encourager le déploiement de système globaux en matière de stratégies alimentaires locales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Conforter, développer l’agriculture locale et valoriser les nouveaux modes de production agroécologiques dans une optique de préservation du climat, de l’air, des sols, de l’eau et de la biodiversité &lt;/span&gt;&lt;br /&gt;&lt;span&gt; Encourager les changements de comportements alimentaires et favoriser la saisonnalité et le « bien manger »&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la valorisation du potentiel nourricier des espaces publics et privés&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la consommation des produits agricoles du territoire sur le territoire par les habitants du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Valoriser et diffuser les savoir-faire des exploitations aux pratiques agroécologiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner les restaurants collectifs vers un approvisionnement local et issu d’une activité raisonnée&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Lutter contre le gaspillage alimentaire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager l’animation territoriale, la coopération, la mobilisation des partenaires et encourager les professionnels à s’organiser entre eux pour valoriser les circuits courts et le « bien-manger »&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Amplifier le recours aux circuits de proximité &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner la mise en œuvre de filières locales de déchets fermentescibles &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/eb31d09f-d0e4-40f6-a1f9-9b34f97c23aa/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Lutte contre la précarité
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q151" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour être éligible le Projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Pour être éligible le porteur de projet doit être accompagné par une structure d&amp;#039;accompagnement type Chambres consulaires, BGE, Galillée....&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/d0ce306f-8a3f-469e-bed9-326d092a6f68/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-accompagner-la-mise-en-oeuvre-de-la-transition-alimentaire/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>164097</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'économie de proximité dans le contexte de mutation socio-économiques du territoire</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche Action 4</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I152" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention européenne .&lt;/span&gt;&lt;br /&gt;&lt;span&gt;plancher d&amp;#039;aide : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Plafond d&amp;#039;aide : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Stimuler les démarches de modernisation des entreprises &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faciliter la création, les cessions et les reprises d’entreprises du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accroître le poids de l’Economie Sociale et Solidaire dans l’économie locale&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnel&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer la formation et l’accompagnement :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire de chefs d’entreprises et salariés formés &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’ingénierie de proximité en termes d’aides aux entreprises dans le cadre d’un développement, d’une création, d’une transmission ou d’une reprise d’entreprises &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Permettre aux entreprises d’anticiper les mutations socio-économiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’image des activités commerciales et des savoir-faire locaux &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Accompagner le développement et la consolidation des associations et des entreprises de l’ESS&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager l’entreprenariat chez les jeunes de moins de 30 ans&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer et maintenir de l’emploi :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Créer et maintenir de l’emploi non délocalisable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Augmenter le taux de création et de reprise d’entreprises sur le territoire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 4&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q152" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, le projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement du Pays du Calaisis et répondre aux critères de la grille de sélection: partenariats et mise en réseau, impact géographique, niveau d&amp;#039;innovation, effet du projet, emploi, transition décarbonée et durable , formation du chef d&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-deconomie-de-proximite-dans-le-contexte-de-mutation-socio-economiques-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>163962</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les impacts des activités maritimes et littorales dans une démarche d'économie circulaire</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°3 - Adapter, gérer et prévenir les impacts des activités maritimes et littorales dans une démarche d’économie circulaire avec des pratiques durables et respectueuses</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H161" s="1" t="inlineStr">
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I161" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K161" s="1" t="inlineStr">
+      <c r="I153" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J153" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
-[...33 lines deleted...]
-          <t>Economie circulaire
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+pêche et l’aquaculture contribuant aux déchets générés, le GALPA a un rôle à
+jouer en favorisant la transition vers une économie circulaire. Ce type
+d’économie peut leur apporter de nombreux bénéfices, non seulement grâce à
+l’utilisation plus efficace des ressources locales, à la meilleure santé des
+écosystèmes aquatiques et à l’augmentation de la résilience de l’économie, mais
+aussi par les possibilités de créer plus de valeur ajoutée, ainsi que de
+nouveaux emplois qualifiés. &lt;/p&gt;&lt;p&gt;La
+lutte contre les déchets marins passe principalement par des actions de
+prévention des déchets à la source, mais aussi par une meilleure gestion des
+déchets terrestres. D’un point de vue recyclage des engins de pêche, la Loi
+Anti-Gaspillage concourt à notre participation à l’application de cette
+nécessaire « écologisation » de la filière pêche et aquaculture, sur le
+principe des 3 R : &lt;/p&gt;&lt;p&gt;•Réduire
+: limiter les apports de plastiques dans les milieux marins. •Réutiliser
+: les différents filets et poches à huîtres. Il s’agit ainsi de trouver des
+solutions de réutilisation de ces différents matériaux pour d’autres usages•Recycler
+: étudier l’ensemble des métiers utilisés par nos pêcheurs et ostréiculteurs,
+des différents matériaux et types de plastiques, afin de valoriser ce « déchet
+». •&lt;/p&gt;&lt;p&gt;Avec
+l’entrée en vigueur progressive de l’obligation de débarquement de toutes les
+captures, dans le but de limiter au maximum le rejet de poissons non désirés.,
+l’objectif est donc de trouver, dans une approche partenariale, une filière de
+valorisation de ces captures à l’échelle locale. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;La
+filière pêche et aquaculture, de l’aval à l’amont, est aujourd’hui forte
+utilisatrice de matériaux plastiques, carburants et autres produits chimiques.
+Il s’agira de trouver des solutions éco-responsables pour limiter les déchets
+issus des activités de la filière pêche et aquaculture, rechercher des
+solutions alternatives à l’utilisation de polystyrène pour la vente et la
+transformation des poissons, et réduire la consommation d’énergie et les
+émissions de carbone et soutenir des modes de production durables.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Développer
+des outils de gestion, de sensibilisation aux bonnes pratiques&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutenir
+des modes de production durables et rechercher des solutions alternatives aux
+matériaux utilisés&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Rechercher
+des potentiels de valorisation des coproduits de poissons et fruits de mer&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Engager
+une démarche d’économie circulaire des engins de pêche et du matériel
+ostréicole&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière de recyclage des engins de pêche&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Sensibilisation
+aux bonnes pratiques afin de diminuer les déchets marins &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+des solutions éco-responsables pour limiter les déchets&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
+en place une filière à haute valeur des coproduits des poissons et fruits de
+mer&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Lutte
+et prévention des pollutions visibles, et également invisibles (produits
+chimiques) des cours d’eau et de la mer. &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Conception
+de solutions éco-responsables pour limiter les déchets issus de la filière
+pêche et aquaculture.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
+d’une pêche propre (biocarburants, hydrogène) &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutien
+à la création d’une filière de traitement des coproduits en partenariat avec
+les usines de transformation de notre territoire pour exploiter leurs
+coproduits en valorisant leurs propriétés nutritives, cosmétiques,
+pharmaceutiques des viscères, arrêtes, peaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière à haute valeur ajoutée des coproduits des produits de la mer et
+captures non-désirées&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+de nouvelles filières de recyclage, réutilisation et réduction des engins de
+pêche usagés&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
-Attractivité économique</t>
-[...2 lines deleted...]
-      <c r="O161" s="1" t="inlineStr">
+Innovation, créativité et recherche
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P161" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="S161" s="1" t="inlineStr">
+      <c r="P153" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q153" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-accompagner-la-commercialisation-et-la-consommation-des-produits-locaux-issus-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G162" s="1" t="inlineStr">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>163961</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°2 - Valoriser et accompagner la commercialisation et la consommation des produits locaux issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K162" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I154" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J154" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
-[...32 lines deleted...]
- &lt;/em&gt;
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face
+à une demande des consommateurs pour les produits et services de qualité, cette
+2ème fiche action est indissociable de
+la première pour garantir et maintenir la qualité de notre territoire. Elle
+repose donc sur l’offre de commercialisation et de consommation avec le
+développement de synergies et de mise en réseau entre les acteurs et filières à
+l’intérieur comme à l’extérieur du territoire.&lt;/p&gt;&lt;p&gt;Il
+s’agira de conforter et animer la démarche de circuits courts existante en
+augmentant le nombre de producteurs concernés et le nombre de lieux. La vente
+directe est un réel moyen de valoriser les produits, mais aussi le savoir-faire
+et les métiers, auprès de consommateurs friands des produits locaux. Afin de
+faciliter la vente directe, il sera nécessaire d’améliorer les conditions de
+vente en matière de structuration des étals, qui protégeront les vendeurs,
+consommateurs et produits. &lt;/p&gt;&lt;p&gt;Premier
+metteur en marchés des espèces halieutiques locales, la Criée de Fécamp Côte
+d’Albâtre organise des ramasses sur l’ensemble du littoral Normand. Il s’agit
+ainsi d’assurer la cohésion dans les sites de débarquement, à l’échelle de
+Fécamp et du Tréport, et bien au-delà avec un partenariat possible entre les
+criées normandes. Au-delà, il s’agira de structurer une offre de
+commercialisation globale sur notre territoire, pour élargir la vente et
+valoriser les produits de la mer. En partenariat avec les organismes de
+formation, des compétences spécifiques liées à la vente et à la préparation du
+produit pourraient être développés afin de permettre une montée en puissance du
+secteur. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;D’un
+point de vue de la consommation de produits locaux issus de la pêche et de
+l’aquaculture, elle est assez basse sur notre territoire. Il est primordial de
+faire découvrir nos produits aux consommateurs locaux en coordonnant le secteur
+de la pêche avec la restauration collective des structures publiques pour
+mettre à l’honneur les poissons locaux dans leurs cuisines. À cela, s’ajoute
+une volonté de faire mettre en avant par les chefs cuisiniers locaux les
+produits de la mer, avec la création de recettes emblématiques de notre
+territoire.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Renforcer
+les circuits courts et la vente directe&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Accompagner
+les restaurateurs locaux dans l’utilisation de produits de la mer locaux&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Améliorer
+la commercialisation des espèces locales&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Augmentation
+des points de vente des produits de la mer locaux &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
+de l’offre de commercialisation des produits de la mer sur notre territoire&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
+de la consommation locale des produits issus de la filière pêche et aquaculture
+locale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la visibilité des produits de la mer sur le territoire&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Progression
+des conditions de vente directe de produits halieutiques en matière de
+structuration des étals, notamment avec des étals/halles à poissons&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
+de partenariats avec des chefs cuisiniers reconnus autour d’un produit de la
+mer &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Augmentation
+de la part de produits locaux issus de la pêche et aquaculture dans la
+préparation des restaurants et de la restauration collective.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Structuration
+des sites de débarquement liée à la commercialisation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
+de la visibilité auprès du consommateur la vente directe et les circuits courts&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Commerces et services
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Artisanat
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P154" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q154" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>104547</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Intervenir auprès des entreprises « engagées », qu’elles relèvent du champ de l’Economie Sociale et Solidaire (ESS) ou non</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire Entrepreneurs Engagés</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="J155" s="1" t="inlineStr">
+        <is>
+          <t>Montant interv mini : 10000  Montant interv max : 200000</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Pays de la Loire mène une politique de soutien au développement des entreprises de l&amp;#039;Economie Sociale et Solidaire ainsi que pour les PME développant des démarches de Responsabilité Sociétale des Entreprises.
  &lt;br /&gt;
-&lt;/p&gt;
-[...17 lines deleted...]
-Patrimoine et monuments historiques
+ Sur le territoire régional, France Active Pays de la Loire mobilise via la société financière France Active Investissement (FAI), en lien avec le Conseil régional, des prêts pour appuyer le développement et la consolidation de ces mêmes entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif a pour objet d&amp;#039;intervenir auprès des entreprises « engagées », qu&amp;#039;elles relèvent du champ de l&amp;#039;ESS ou non. Il s&amp;#039;agit d&amp;#039;entrepreneurs qui, dans le cadre du développement d&amp;#039;un projet construit sur un modèle économique pérenne, s&amp;#039;appuient sur des valeurs humaines, sociales, environnementales, de chaîne économique locale ou spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accès à une intervention financière est donc liée à l&amp;#039;existence d&amp;#039;un projet entrepreneurial « engagé ». Afin de déterminer l&amp;#039;engagement des entreprises, France Active a développé un système d&amp;#039;analyse qui permet l&amp;#039;étude des projets entrepreneuriaux par un prisme spécifique « le révélateur d&amp;#039;engagement ». L&amp;#039;analyse des projets se réalise ainsi via la note d&amp;#039;expertise France Active intégrant les 5 volets du révélateur d&amp;#039;engagement : Emploi, Territoire, Projet Social, Environnement, Gouvernance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quels projets ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets d&amp;#039;investissements, de développement ou besoin en fonds de roulement. Toutes les phases de vie de l&amp;#039;entreprise sont éligibles. Les interventions financières s&amp;#039;inscrivent dans un tour de table global incluant d&amp;#039;autres apports financiers, dont un financement bancaire à moyen terme. Elles n&amp;#039;ont pas vocation à couvrir des pertes d&amp;#039;exploitations passées ou futures.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P155" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q155" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée : 84 mois max.,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Différé de remboursement de capital : 24 mois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux : 2 %,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Source : épargne solidaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant min. : 10 000 €, Montant max. : 200 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les entreprises bénéficiaires de l&amp;#039;intervention de Pays de la Loire Entrepreneurs Engagés signent un accord de suivi avec France Active Pays de la Loire. Cet accompagnement, réalisé annuellement pendant toute la durée de l&amp;#039;encours financier, permet de faire le point avec les entrepreneurs, d&amp;#039;analyser les situations économiques, de « coter » le risque financier (obligation de la règlementation d&amp;#039;établissement financier de France Active Investissement), d&amp;#039;assurer une analyse du portefeuille en Pays de la Loire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de dépôt du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ France Active Pays de la Loire accueille les entreprises et réalise l&amp;#039;expertise de leur situation économique et financière, l&amp;#039;analyse du plan de financement de leur projet et la mobilisation des partenaires bancaires lors des tours de table financiers associés. Lors de sa mission d&amp;#039;expertise, France Active Pays de la Loire s&amp;#039;assure de l&amp;#039;engagement des entreprises grâce l&amp;#039;utilisation du révélateur d&amp;#039;engagement.  A l&amp;#039;issue de son expertise, France Active Pays de la Loire adresse aux membres du Comité de Décision et Recommandation la note d&amp;#039;analyse réalisée sur la situation des entreprises expertisées dans le cadre de Pays de la Loire Entrepreneurs Engagés. Sur la base des notes d&amp;#039;analyse, les conseillers de France Active Pays de la Loire présentent les demandes de prêts des entreprises au Comité de Décision et Recommandation. Après échanges entre les membres du Comité, les décisions d&amp;#039;octroi sont prises à la majorité des membres.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-entrepreneurs-engages</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ France Active Pays de la Loire
+ &lt;br /&gt;
+ 0230300400
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.fondes.fr/produit/pays-de-la-loire-entrepreneurs-engages/" rel="noopener" target="_blank"&gt;
+  www.fondes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/62b1-pays-de-la-loire-entrepreneurs-engages/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>104483</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Créer un Pôle Territorial de Coopération Economique (PTCE)</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Pôles Territoriaux de Coopération Economique (PTCE)</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Mettre en œuvre une stratégie commune et continue de mutualisation, de coopération ou de partenariat au service de projets économiques et sociaux innovants, porteurs d&amp;#039;un développement local durable.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale a pour objectif de faciliter l&amp;#039;émergence des projets de PTCE sur le territoire régional en soutenant le financement de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la fonction animation/coordination des parties prenantes du PTCE pendant leur phase de gestation et d&amp;#039;émergence;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la construction des premiers projets du PTCE et la stabilisation de leur modèle économique pendant leur phase de développement et de consolidation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Compte tenu de la dimension territoriale intrinsèque des PTCE, l&amp;#039;aide régionale sera fonction des porteurs des PTCE au cours de l&amp;#039;ensemble des phases, de la gestation à l&amp;#039;acquisition de son autonomie financière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Procédure :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le présent dispositif d&amp;#039;aide étant destiné à soutenir la phase de gestation, d&amp;#039;émergence et de consolidation du PTCE, le projet doit être déposé dans un délai permettant l&amp;#039;instruction concertée avec la Chambre régionale de l&amp;#039;Economie Sociale et Solidaire (CRESS) et les réseaux locaux de l&amp;#039;ESS.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le projet doit faire l&amp;#039;objet d&amp;#039;une information officielle et/ou une demande de soutien financier et/ou technique auprès de la ou des collectivités impactées par le PTCE.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est une subvention. Voir le détail des modalités dans le règlement d&amp;#039;intervention en téléchargement ci-dessous
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Type de procédure : Papier
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P156" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q156" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises
+  &lt;/li&gt;
+  &lt;li&gt;
+   Lycées et centres de formation
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etablissements ESR - Organismes de recherche
+  &lt;/li&gt;
+  &lt;li&gt;
+   Collectivités - Institutions - GIP
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les PTCE peuvent concerner tous les secteurs et filières au premier rang desquels l&amp;#039;insertion par l&amp;#039;activité économique (paysage, bâtiment, recyclage, ...), les services aux personnes (crèches, animation périscolaire, épicerie sociale, accueil de nouveaux habitants, logements passerelles, ...), les activités culturelles et créatives, le développement d&amp;#039;énergies renouvelables, l&amp;#039;agriculture biologique, les circuits courts alimentaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Les PTCE poursuivent de multiples objectifs qui peuvent ou non se cumuler : la structuration territoriale d&amp;#039;une filière ou d&amp;#039;un secteur, la reprise d&amp;#039;entreprises ou la relocalisation d&amp;#039;activités sur un territoire, des stratégies mutualisées et équitables de distribution et de commercialisation, une mutualisation de ressources, de compétences ou de financements, la recherche d&amp;#039;une taille critique pour répondre à la demande de biens ou de services durables, l&amp;#039;amélioration de la visibilité institutionnelle de l&amp;#039;ESS,...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour être éligibles, les projets de pôles déposés doivent répondre aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   un regroupement, sur un même territoire, d&amp;#039;un nombre significatif de réseaux, d&amp;#039;entreprises et de structures de l&amp;#039;économie sociale et solidaire (ESS) qui s&amp;#039;associent à des entreprises industrielles ou commerciales, et le cas échéant à des collectivités locales, des centres de recherche et organismes de formation;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;intégration d&amp;#039;un écosystème sur un territoire avec une finalité de développement socio-économique durable en lien avec une ou plusieurs collectivités locales;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un ancrage territorial des activités économiques;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un investissement dans l&amp;#039;innovation sociale ou la recherche d&amp;#039;une utilité sociale;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la création, consolidation et/ou le développement d&amp;#039;emplois durables et de qualité;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le développement d&amp;#039;activités respectueuses de l&amp;#039;Homme et de l&amp;#039;environnement;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la valorisation d&amp;#039;une diversité de ressources locales : matérielles, humaines et financières;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication dans sa gouvernance de citoyens, d&amp;#039;acteurs et d&amp;#039;institutions de toutes tailles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T156" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/poles-territoriaux-de-cooperation-economique-ptce</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
+ &lt;br /&gt;
+ Service Ingéniérie économique
+ &lt;br /&gt;
+ Pôle Créations, transmissions
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 28 20 53 43
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fdb2-poles-territoriaux-de-cooperation-economique-/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>104710</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide publique est fixé par la GAL.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
 Artisanat
-Transports collectifs et optimisation des trafics routiers
+Information voyageur, billettique multimodale
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
 Médias et communication
 Industrie
-Mers et océans
+Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
+Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
-Protection animale
-[...3 lines deleted...]
-      <c r="O162" s="1" t="inlineStr">
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S162" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le taux d&amp;#039;aide publique est fixé par la GAL.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre GAL référent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G163" s="1" t="inlineStr">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>165498</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d'innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d&amp;apos;innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;7 021 561 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 7 021 561 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 80 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Promouvoir la coopération politique et les actions innovantes soutenant tous les volets du programme, en favorisant un environnement médiatique diversifié, indépendant et pluraliste ainsi que l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Encourager les approches innovantes en matière de création, d&amp;#039;accès, de distribution et de promotion de contenus dans les secteurs culturels et créatifs et avec d&amp;#039;autres secteurs&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : encourager de nouvelles formes de création à la croisée de différents secteurs culturels et créatifs&lt;/li&gt;    &lt;li&gt;Priorité 2 : favoriser des approches et des outils intersectoriels innovants&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Longs métrages, animations et documentaires créatifs&lt;/li&gt;    &lt;li&gt;Œuvres audiovisuelles de fiction, animation&lt;/li&gt;    &lt;li&gt;Fiction interactive et non linéaire&lt;/li&gt;    &lt;li&gt;Jeux vidéo narratifs et expériences narratives immersives interactives&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cross-2026-innovlab_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CROSS-2026-INNOVLAB?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;CREA-CROSS-2026-INNOVLAB&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P158" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q158" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2026</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant au programme Europe créative : États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;      - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays participant au programme Europe créative et détenus directement ou indirectement, en totalité ou en majorité, par des ressortissants de ces pays.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les candidatures individuelles sont autorisées (bénéficiaires uniques), ainsi que les propositions soumises par un consortium d&amp;#039;au moins deux candidats (bénéficiaires ; pas d&amp;#039;entités affiliées).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-laboratoire-dinnovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CROSS-INNOVLAB&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-laboratoire-d-apos-innovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>165500</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;5 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;La subvention maximale par projet est de 200 000 euros pour un candidat individuel et de 300 000 euros pour un consortium.&lt;/li&gt;  &lt;/ul&gt;  &lt;em&gt;La subvention sera versée sous forme de montant forfaitaire.&lt;/em&gt;  &lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 60 % du total des coûts éligibles.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les projets qui traduisent, publient, distribuent et promeuvent les œuvres de fiction européennes&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : accroître la circulation transnationale et la diversité des œuvres littéraires européennes, par la traduction, la publication, la distribution et la promotion d&amp;#039;œuvres de fiction, en mettant particulièrement l&amp;#039;accent sur celles rédigées dans des langues moins traduites&lt;/li&gt;    &lt;li&gt;Priorité 2 : promouvoir la lecture et la diversité linguistique et culturelle de la littérature européenne auprès d&amp;#039;un large public&lt;/li&gt;    &lt;li&gt;Priorité 3 : soutenir la profession de traducteur littéraire, conformément aux principes de bonnes conditions de travail et de rémunération équitable&lt;/li&gt;    &lt;li&gt;Priorité 4 : accroître la compétitivité du secteur du livre en encourageant la coopération entre les différents acteurs de la chaîne de valeur du livre&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Ensembles de travaux de fiction éligibles à être traduits, publiés, distribués et promus, sur la base d&amp;#039;une stratégie éditoriale, de distribution et de promotion solide&lt;/li&gt;    &lt;li&gt;Activités visant à faciliter la collaboration entre les différents acteurs de la chaîne de valeur du livre et de l&amp;#039;édition&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;Pays participant à Europe créative :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;Pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Autres conditions d&amp;#039;éligibilité :  &lt;ul&gt;    &lt;li&gt;Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;/li&gt;    &lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;/li&gt;  &lt;/ul&gt;      &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cult-2026-lit_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CULT-2026-LIT?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Formation professionnelle
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P159" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2025</t>
+        </is>
+      </c>
+      <c r="Q159" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2026</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant à Europe créative :&lt;/p&gt;&lt;p&gt;     - États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;     - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;        - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Autres conditions d&amp;#039;éligibilité :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/p&gt;&lt;p&gt;  - Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CREATIVE-EUROPE-TRANSLATIONS&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>163815</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Mieux-vivre ensemble dans une ruralité attractive et dynamique</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Programme Leader du GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Pays Dunois
+Communauté Coeur de Beauce</t>
+        </is>
+      </c>
+      <c r="F160" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H163" s="1" t="inlineStr">
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I163" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K163" s="1" t="inlineStr">
+      <c r="I160" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 80</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
-[...275 lines deleted...]
-      <c r="N165" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;LEADER est un programme européen de développement rural, destiné à soutenir des projets portés par les acteurs locaux.&lt;/p&gt;&lt;p&gt;Il a été attribué une enveloppe de 1,2 millions d&amp;#039;euros sur la période 2023-2027 pour financer son programme d&amp;#039;actions.&lt;/p&gt;&lt;p&gt;La stratégie se décline en trois axes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1- Vivre ensemble dans une ruralité attentive aux liens sociaux &lt;/strong&gt;(lien social et intergénérationnel citoyenneté, actions culturelles participatives)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2- Mieux vivre dans une ruralité au cadre de vie préservé &lt;/strong&gt;(transition écologique, santé)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3- Vivre dans une ruralité attractive, accessible et aux filières dynamiques &lt;/strong&gt;(mobilité, nouvelles filières économiques, actions touristiques)&lt;/p&gt;&lt;p&gt;Les projets présentés doivent s&amp;#039;inscrire dans un ou plusieurs de ces axes et se dérouler sur le périmètre du GAL (Pays Dunois / Communauté de communes coeur de beauce) pour être éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples de projets soutenus sur le précédent programme Leader :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur d&amp;#039;une solidarité territoriale : pôle multi-activités pour une association d&amp;#039;aides à domicile, habitat inclusif &lt;/li&gt;&lt;li&gt;Aménagements d&amp;#039;espaces naturels à vocation pédagogique / artistique&lt;/li&gt;&lt;li&gt;Recrutement de personnel sur des thématiques innovantes : manager de commerce, chargé de projet alimentaire&lt;/li&gt;&lt;li&gt;Développement touristique et culturel : outils de visite d&amp;#039;un musée, valorisation d&amp;#039;un itinéraire cyclotouristique, festival culturel itinérant&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
+Musée
+Sports et loisirs
 Tourisme
+Espaces verts
 Transition énergétique
+Personnes âgées
+Famille et enfance
 Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les seuils d&amp;#039;éligibilité (dépenses comprises entre 7815 et 156 250 € pour un privé et entre 6250 € et 125 000 € pour un public)&lt;/li&gt;&lt;li&gt;Répondre aux critères de sélection du GAL Beauce Dunois : Caractère pilote, lien avec la stratégie, prise en compte des priorités de l&amp;#039;UE, partenariats, participation des bénéficiaires, cohérence technique et financière&lt;/li&gt;&lt;li&gt;Être auditionnés et retenus par le comité de programmation du GAL Beauce Dunois sur la base de ces critères de sélection&lt;/li&gt;&lt;li&gt;Obtenir un autre financement national (Commune, Département, Région, Etat..)&lt;/li&gt;&lt;li&gt;Ne pas avoir commencé avant le dépôt de la demande&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>GAL Beauce Dunois</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-dunois.fr/</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Assistante administrative : &lt;a target="_self"&gt;secretaire&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Animatrice Leader :&lt;a target="_self"&gt;galbeaucedunois&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 37 96 63 96&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>secretaire@pays-dunois.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mieux-vivre-ensemble-dans-une-ruralite-attractive-et-dynamique-leurope-soutient-les-projets-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>163767</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>guichet unique de l’ingénierie territoriale ligérienne</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Agence Nationale de l'Habitat (ANAH)
+Agences de l'eau
+Agence nationale de la cohésion des territoires (ANCT)
+ALEC 42 - Agence Locale de l'Energie et du Climat
+Agence Nationale pour la Rénovation Urbaine (ANRU)
+SIEL-Territoire d’énergie Loire
+Banque des Territoires
+Cerema
+Conseil départemental de la Loire
+Commissariat du Massif Central
+Office Français de la Biodiversité (OFB)
+DDT de la Loire</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
+de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+délégués territoriaux adjoints : le secrétaire général de
+la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
+Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+le directeur départemental des territoires et la directrice
+départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
+sont les premiers interlocuteurs des maires et présidents
+d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
+collectivités territoriales ont régulièrement besoin du soutien de
+l’État pour développer leurs projets : une aide financière
+mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
+des prestations intellectuelles pour répondre aux questionnements
+autour de ces projets. Elle couvre les aspects technique,
+réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
+de prestations proposées par l’État local, le &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Conseil
+départemental, l’AMF42&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+les établissements publics membres du comité national de
+coordination (ANRU, ANAH, ADEME, CEREMA, Caisse des dépôts et des
+consignations) et les institutions, structures ou opérateurs publics
+dans la Loire est recensée dans le&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+r&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;éférentiel
+de l’ingénierie territoriale ligérienne. Ce recueil numérique de
+fiches &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+régulièrement mis à jour et accessible sur le site internet des
+services de l’État.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Un
+guichet unique regroupe des agents de l’État, du Conseil
+départemental et des principaux intervenants de l’ingénierie
+locale. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+est chargé d’apporter rapidement &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;et
+sans formalisation excessive &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+réponses &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;aux
+questionnements &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+collectivités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’adresse
+&lt;a href="mailto:ingenierie&amp;#64;loire.gouv.fr"&gt;ingenierie&amp;#64;loire.gouv.fr&lt;/a&gt; est le point d’entrée vers le guichet unique. La forme de ces
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;questionnements&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+est libre : les référents territoriaux de l’État
+compléteront une fiche normalisée, au besoin en interrogeant la
+collectivité en retour pour davantage de précision. Une fois
+complétée, cette fiche normalisée devra permettre de constater
+l’insuffisance de ressource locale en ingénierie et la fragilité
+économique, sociale, démographique ou financière de la
+collectivité (principe de subsidiarité).&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Régulièrement,
+le guichet unique se réunira pour déterminer la meilleure manière
+de répondre à cette sollicitation. Il désignera un chef de file
+qui préparera une proposition soumise à la collectivité puis aux
+autorités compétentes (bureau, conseil, commission, etc). Après
+l’accord de tous, la décision d’octroi interviendra au plus
+vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+chef de file mettra en œuvre la solution retenue ou en assurera le
+pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
+ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
+marchés à bons de commande de l’ANCT ; les appuis sur mesure
+de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
+ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
+des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
+bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
+Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
+solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
+de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+d’un tiers prise en charge par un des membres du guichet unique,
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
+participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
+dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
+les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
+éligibles : les communes, les intercommunalités, leurs
+groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
+de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
+relever de la compétence, éventuellement partagée, de la
+collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
+la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
+au cas par cas en fonction du dispositif d’appui retenu pour
+répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
+appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
+        </is>
+      </c>
+      <c r="W161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>michel.poiret@loire.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>163611</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser aux démarches collectives de l'Economie Sociale et Solidaire, mettre en situation le jeune public et construire des parcours éducatifs</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser aux démarches collectives de l&amp;apos;Economie Sociale et Solidaire, mettre en situation le jeune public et construire des parcours éducatifs</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’enjeu de la politique régionale dans le domaine de l’ESS est à la fois de permettre le développement des entreprises existantes en prenant en compte leur cycle de vie, leur capacité d’innovation et de créer les conditions favorables à la création de nouvelles activités garantes de la création et du maintien d’emplois qualifiés. La création d’entreprises de l’ESS est un facteur important du dynamisme territorial avec la dimension collective qu’elle impose et les objets qu’elle sous-tend. Mais pour cela il faut en connaitre l’existence et en maitriser les contours. Il s’agit donc de proposer des aides aux acteurs qui mettent en place des actions et des outils pédagogiques pour sensibiliser les futurs créateurs aux modèles entrepreneuriaux de l’ESS.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Soutenir les démarches de sensibilisation collectives de l’ESS&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en situation le public jeune&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettre la construction de parcours éducatifs qui présentent l’ESS aux jeunes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Ces projets seront étudiés en lien avec la CRESS Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;
+&lt;/p&gt;&lt;p&gt;Assiette éligible :Total des dépenses directement liées aux actions&lt;/p&gt;&lt;p&gt;Intensité maximale de l’aide régionale :&lt;/p&gt;&lt;p&gt;jusqu’à 50% si aide d’Etat&lt;/p&gt;&lt;p&gt;jusqu’à 75% si hors aide d’Etat. &lt;/p&gt;&lt;p&gt;Subvention régionale comprise entre 5 000 € et 20 000 €&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Versement de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si la Commission Permanente se prononce de manière favorable, la Région procède au versement de l’aide sur le compte ouvert au nom de la structure juridique porteuse du projet, tel que prévu dès l’instruction de la demande.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une convention sera transmise au représentant légal de la structure juridique portant le projet. Cette convention reprendra l’ensemble des conditions particulières pour lesquelles le porteur de projet s’est engagé de manière formelle dès la constitution de sa demande d’aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Ce dispositif s’adresse aux mutuelles, têtes de réseau, associations, coopératives, collectifs de jeunes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/sensibiliser-aux-demarches-collectives-de-leconomie-sociale-et-solidaire-mettre-en-situation-le</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Demande d’aide&lt;/p&gt;&lt;p&gt;Le porteur de projet doit, par courrier à l’attention du Président du Conseil Régional, solliciter l’intervention de la Région et compléter le présent dossier remis par le référent ESS du département concerné ou téléchargé à partir du site internet de la Région  Nouvelle-Aquitaine. Il transmet l’ensemble de son dossier de demande d’aide, par voie numérique, au référent et à l’assistant(e) du département concerné.&lt;/p&gt;&lt;p&gt;Décision d’octroi de l’aide&lt;/p&gt;&lt;p&gt;A la réception du dossier de demande complet, le référent du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation des demandes à la Commission Permanente du Conseil Régional qui se réunit 6 à 8 fois par an.&lt;/p&gt;&lt;p&gt;La décision finale appartient aux élus du Conseil Régional qui délibèrent en Commission Permanente. Les décisions finales sont notifiées par courrier. Toute contestation ou demande de révision de la décision d’octroi seront soumis à la Commission Permanente du Conseil Régional.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-aux-demarches-collectives-de-leconomie-sociale-et-solidaire-mettre-en-situation-le-jeune-public-et-construire-des-parcours-educatifs/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>163616</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Innovation sociale - Soutien à l’expérimentation de projets socialement innovants</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Innovation sociale - Soutien à l’expérimentation de projets socialement innovants</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>L’innovation sociale est une intervention visant à répondre à une aspiration, subvenir à un besoin nouveau ou mal satisfait, apporter une solution ou profiter d’une opportunité d’action afin de modifier des relations entre des personnes ou des organisations, de transformer un cadre d’action territoriale ou de proposer de nouvelles orientations culturelles. Cet appel à manifestation d’intérêt permet de soutenir l&amp;#039;expérimentation de vos projets socialement innovants. Encourager l&amp;#039;émergence, l&amp;#039;expérimentation et la structuration de démarches socialement innovantes,
+	Favoriser la création d&amp;#039;activités nouvelles, la R&amp;amp;D sociale et les partenariats entre laboratoires de sciences humaines et sociales et acteurs de l&amp;#039;économie sociale et solidaire.</t>
+        </is>
+      </c>
+      <c r="M163" s="1" t="inlineStr">
+        <is>
+          <t>L’innovation sociale est une intervention visant à répondre à une aspiration, subvenir à un besoin nouveau ou mal satisfait, apporter une solution ou profiter d’une opportunité d’action afin de modifier des relations entre des personnes ou des organisations, de transformer un cadre d’action territoriale ou de proposer de nouvelles orientations culturelles. Cet appel à manifestation d’intérêt permet de soutenir l&amp;#039;expérimentation de vos projets socialement innovants. Encourager l&amp;#039;émergence, l&amp;#039;expérimentation et la structuration de démarches socialement innovantes,
+	Favoriser la création d&amp;#039;activités nouvelles, la R&amp;amp;D sociale et les partenariats entre laboratoires de sciences humaines et sociales et acteurs de l&amp;#039;économie sociale et solidaire.</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q163" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2026</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>L’innovation sociale est une intervention visant à répondre à une aspiration, subvenir à un besoin nouveau ou mal satisfait, apporter une solution ou profiter d’une opportunité d’action afin de modifier des relations entre des personnes ou des organisations, de transformer un cadre d’action territoriale ou de proposer de nouvelles orientations culturelles. Cet appel à manifestation d’intérêt permet de soutenir l&amp;#039;expérimentation de vos projets socialement innovants. Encourager l&amp;#039;émergence, l&amp;#039;expérimentation et la structuration de démarches socialement innovantes,
+	Favoriser la création d&amp;#039;activités nouvelles, la R&amp;amp;D sociale et les partenariats entre laboratoires de sciences humaines et sociales et acteurs de l&amp;#039;économie sociale et solidaire.</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/innovation-sociale-soutien-lexperimentation-de-projets-socialement-innovants</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>L’innovation sociale est une intervention visant à répondre à une aspiration, subvenir à un besoin nouveau ou mal satisfait, apporter une solution ou profiter d’une opportunité d’action afin de modifier des relations entre des personnes ou des organisations, de transformer un cadre d’action territoriale ou de proposer de nouvelles orientations culturelles. Cet appel à manifestation d’intérêt permet de soutenir l&amp;#039;expérimentation de vos projets socialement innovants. Encourager l&amp;#039;émergence, l&amp;#039;expérimentation et la structuration de démarches socialement innovantes,
+	Favoriser la création d&amp;#039;activités nouvelles, la R&amp;amp;D sociale et les partenariats entre laboratoires de sciences humaines et sociales et acteurs de l&amp;#039;économie sociale et solidaire.</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innovation-sociale-soutien-a-lexperimentation-de-projets-socialement-innovants/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>163689</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Financement participatif : Coup de Boost Région</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Financement participatif : Coup de Boost Région</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine, en collaboration avec la plateforme de financement participatif J&amp;#039;adopte un projet, met en place le dispositif d&amp;#039;abondement participatif pour soutenir les projets d&amp;#039;économie sociale et solidaire (ESS) répondant aux ambitions de la stratégie Néo Terra.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;L’objet principal du dispositif est de donner aux habitants, aux collectivités et EPCI, ainsi qu’aux acteurs privés, la possibilité d’agir ensemble pour le développement de l’Économie Sociale et Solidaire sur le territoire Nouvelle Aquitaine.  Le dispositif entend mobiliser ces différents acteurs pour que chacun participe, à sa mesure, au développement des projets de leur territoire.&lt;/p&gt;&lt;p&gt;En résumé, l’abondement participatif s’appuie sur 2 objectifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;mobiliser l’épargne citoyenne pour les structures de l’Économie Sociale et Solidaire et offrir aux porteur·se·s de projets de nouvelles sources de financement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;compléter l’offre de financement locale en dons et subventions, en s’inscrivant dans une dynamique collective, pour co-construire les projets avec les différents partenaires.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Au cours d&amp;#039;une campagne de financement participatif, les dons des citoyens sont multipliés par le soutien financier de la Région Nouvelle-Aquitaine. L&amp;#039;effet multiplicateur pourra aller de 2 à 6 en fonction de la somme mobilisée par projet et du nombre de partenaires associés en co-abondement.&lt;/p&gt;&lt;p&gt;Engagement de la Région Nouvelle-Aquitaine pour des montants allant de 2500€ à 10 000€ selon la typologie de votre projet :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Projet classique de l’ESS : 2 500€, soit 1 euro citoyen / 1 euro Région  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Projet phare NEOTERRA   : 10 000 €, soit 1 euro citoyen / 3 euros Région &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Projet de Tiers-lieux*  : 5 000 €, soit 1 euro citoyen / 1 euro Région&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le versement de l&amp;#039;abondement est soumis à l&amp;#039;atteinte de l&amp;#039;objectif à 100% sur la campagne de financement participatif suivant le principe du « tout ou rien » et uniquement pour des dépenses d’investissement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Citoyenneté
+Education et renforcement des compétences
+Economie circulaire
 Economie sociale et solidaire
 Biodiversité
-Paysage
-[...1 lines deleted...]
-Mobilité partagée</t>
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q164" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Seuls les porteurs de projets, dont les statuts relèvent de l’Economie Sociale et Solidaire tels que définis par la loi n° 2014-856 du 31 juillet 2014, sont éligibles à l’abondement régional, prioritairement: &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les associations régies par la loi de 1901,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les coopératives,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les entreprises solidaires avec l&amp;#039;agrément ESUS (entreprise solidaire d&amp;#039;utilité sociale),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises adaptées et ESAT,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Afin de garantir aux citoyens la viabilité et le sérieux des projets présentés, les porteurs-ses de projet devront s’inscrire dans un parcours d’accompagnement auprès des acteurs de l’accompagnement et du financement de l’Economie Sociale et Solidaire (CRESS, URSCOP, Coopérative des Tiers Lieux, France Active Nouvelle Aquitaine, INAE, incubateurs ESS, etc...); la capacité des projets à mobiliser une communauté de citoyens sera analysée.&lt;/p&gt;&lt;p&gt;Le dispositif s’adresse aux projets portés exclusivement par des structures de l&amp;#039;ESS dont le siège social est en Nouvelle-Aquitaine. Ils devront s’inscrire dans les orientations de la politique régionale ESS  et être en lien avec la feuille de route Néo-Terra et le nouveau SRDEII. &lt;/p&gt;&lt;p&gt;Sont concernés les projets souhaitant être soutenus dans une phase d’amorçage, de création, de développement ou de mise en place d’un nouveau projet et relevant des thématiques suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Innovation sociale ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Tiers-lieux ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ambition Néo-Terra ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Alimentation durable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mobilité durable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Zéro déchet ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Engagement citoyen pour la transition écologique ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Habitat et construction durable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Liste non exhaustive&lt;/p&gt;&lt;p&gt;Pour rappel, les dépenses présentées des projets ne doivent pas bénéficier d&amp;#039;un financement en cours par la Région. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/financement-participatif-coup-de-boost-region</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Les porteurs de projet candidatent via le formulaire en ligne de l&amp;#039;appel à projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financement-participatif-coup-de-boost-region/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>163690</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Innover durablement par le design</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Innover durablement par le design</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez des projets innovants, la Région vous propose un dispositif d&amp;#039;accompagnement et de maturation de vos projets par le design.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renforcer votre souveraineté par l&amp;#039;innovation responsable&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir l&amp;#039;innovation au service de l&amp;#039;humain&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accélérer votre compétitivité au service des transitions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;Etude des dossiers : au fur et à mesure de la réception des dossiers&lt;/p&gt;&lt;p&gt;Prise de décision : après accusé de réception de la saisine&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Forfait  selon la nature du projet, le type de structure, l&amp;#039;engagement de l&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;ou&lt;/p&gt;&lt;p&gt;Taux maximum de 50  % du montant du projet &amp;#34;sec&amp;#34;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles seront étudiées à réception de la demande d&amp;#039;aide et sont conditionnées à la prise en compte d&amp;#039;un prestataire externe (designer, bureau d&amp;#039;études...)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Forêts
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat
+Industrie</t>
         </is>
       </c>
       <c r="O165" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
-[...10 lines deleted...]
-Dépenses d’investissement</t>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprises; TPE à titre exceptionnel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Groupement d&amp;#039;intérêt économique&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Laboratoires de recherche pour des projets collaboratifs avec des entreprises&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Siège du porteur du projet en Nouvelle-Aquitaine&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Taille de l&amp;#039;entreprise&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Adhésion ou non à un parcours régional&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="U165" s="1" t="inlineStr">
         <is>
-          <t>GAL Ventoux</t>
+          <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V165" s="1" t="inlineStr">
         <is>
-          <t>https://www.parcduventoux.fr/nos-actions/europe-cooperation-territoriale/leader/</t>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/innover-durablement-par-le-design</t>
         </is>
       </c>
       <c r="X165" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Nicolas BOURGUE, &lt;a target="_self"&gt;nicolas.bourgue&amp;#64;parcduventoux.fr&lt;/a&gt;, 0490632274&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Adressez un email expliquant le projet à :&lt;/p&gt;&lt;p&gt;dynamique.design&amp;#64;nouvelle-aquitaine.fr &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y165" s="1" t="inlineStr">
         <is>
-          <t>nicolas.bourgue@parcduventoux.fr</t>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z165" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-mise-en-oeuvre-de-la-strategie-locale-de-developpement/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-durablement-par-le-design/</t>
         </is>
       </c>
       <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:27" customHeight="0">
       <c r="A166" s="1">
-        <v>162708</v>
+        <v>163044</v>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Améliorer le bien vivre et favoriser le faire ensemble sur le territoire</t>
+          <t>Diversifier, valoriser et structurer une offre touristique durable à destination des habitants et des touristes dans le Pays d'Auge</t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
-          <t>GAL des Cévennes au Rhône</t>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F166" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
         </is>
       </c>
       <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
+Entreprise privée
+Agriculteur
+Recherche</t>
         </is>
       </c>
       <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I166" s="1" t="inlineStr">
         <is>
-          <t> Min : 15 Max : 64</t>
-[...4 lines deleted...]
-          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond de 50 000€</t>
+          <t> Min : 15 Max : 80</t>
         </is>
       </c>
       <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L166" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;span&gt;Via le programme européen de
-[...18 lines deleted...]
-évènement culturel ; Ateliers pédagogiques ; Equipement d’une cuisine collective…&lt;/span&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;En alliant tourisme balnéaire, tourisme rural et forte identité culturelle, le Pays d’Auge bénéficie d’atouts touristiques indéniables. En plus de contribuer à affirmer l’identité du Pays d’Auge, le tourisme est créateur d’emplois et constitue un pilier clef de développement économique pour les collectivités et les commerçants.&lt;/p&gt;&lt;p&gt;Toutefois, ce dynamisme touristique se concentre majoritairement dans le Nord Pays d’Auge, autour des stations balnéaires dont l’afflux touristique entraîne parfois des difficultés de gestion. A l’inverse, le Sud Pays d’Auge souffre d’un certain déficit de notoriété, malgré la richesse de son patrimoine naturel (bocages, prairies…) et culturel (architecture, haras, gastronomie…).&lt;/p&gt;&lt;p&gt;Il s’agit donc de renforcer l’attractivité touristique de l’arrière-pays pour les touristes et pour les habitants, à travers l&amp;#039;essor de nouvelles activités, la mise en réseau des acteurs locaux et la valorisation de l’offre déjà existante. Afin d’assurer une mise en œuvre effective du tourisme durable et de pleinement prendre en compte les impacts actuels et futurs du tourisme sur les systèmes vivants, la biodiversité et l’intégrité culturelle, il convient aussi de réfléchir à une gestion équilibrée des ressources naturelles et d’impliquer tous les acteurs locaux.&lt;/p&gt;&lt;p&gt;Les opérations accompagnées dans le cadre de cette fiche action n°5 sont en cohérence avec 7 objectifs du SRADDET normand, notamment la promotion d’un tourisme durable, ainsi que les constats liés au changement climatique du GIEC normand.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Encourager et généraliser les démarches de tourisme durable, la randonnée et le cyclotourisme&lt;/li&gt;&lt;li&gt;Renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations d&amp;#039;aménagement, de modernisation, et de promotion d&amp;#039;équipements, de sites et d&amp;#039;&lt;strong&gt;activités touristiques valorisant les atouts et les spécificités locales du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien à l’investissement pour la réhabilitation, la rénovation ou la création d’&lt;strong&gt;hébergements touristiques publics et privés&lt;/strong&gt; dans le respect des qualités architecturales du bâti, en cohérence avec les besoins du territoire et répondant à un objectif d’amélioration de la performance thermique&lt;/li&gt;&lt;li&gt;Soutien à la réhabilitation et à l’extension de &lt;strong&gt;logements de personnels saisonniers&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions de marketing territorial et de mise en réseau des acteurs afin de &lt;strong&gt;structurer le secteur touristique à l’échelle du Pays d’Auge&lt;/strong&gt; et de renforcer l’identité culturelle locale&lt;/li&gt;&lt;li&gt;Initiatives visant à développer et à valoriser les &lt;strong&gt;savoir-faire locaux&lt;/strong&gt;, en collaboration avec les acteurs du territoire, notamment en matière d’&lt;strong&gt;artisanat et d’agritourisme&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Développement d’&lt;strong&gt;itinéraires touristiques et culturels à l’échelle du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Opérations d’animation et de sensibilisation sur les &lt;strong&gt;enjeux du tourisme durable et solidaire&lt;/strong&gt; à destination des acteurs du territoire&lt;/li&gt;&lt;li&gt;Projets visant à renforcer la rencontre et les échanges entre les acteurs agricoles et les habitants en zone rurale ainsi qu’entre les touristes et les locaux afin de &lt;strong&gt;lutter contre les conflits d’usage&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N166" s="1" t="inlineStr">
         <is>
-          <t>Culture et identité collective
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Economie sociale et solidaire
+Logement et habitat
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;encourager et généraliser les démarches de tourisme durable&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Le projet permet de valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Construction de bâtiments contribuant à l’artificialisation des sols ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-valoriser-et-structurer-une-offre-touristique-durable-a-destination-des-habitants-et-des-touristes-dans-le-pays-dauge/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>163043</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter la mobilité du quotidien pour tous en Pays d'Auge au bénéfice des transports partagés et des modes de déplacement actifs</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F167" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I167" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La ruralité et la multipolarité du territoire du Pays d’Auge entrainent une forte dépendance des habitants à l’automobile. Alors que la crise écologique nécessite de réduire la dépendance aux énergies carbonées, la crise énergétique exacerbe quant à elle les situations de précarité énergétique, d’exclusion, et d’isolement contraint des ménages. Afin de répondre aux enjeux d’atténuation du changement climatique en améliorant l’offre de mobilité et renforcer les fonctions de centralité des villes moyennes et des bourgs structurant le territoire au sens du SRADDET et des préconisations du GIEC Normand, il convient d’inscrire le Pays d’Auge dans une démarche de mobilité durable et inclusive en donnant des alternatives à la mobilité et en développant de nouveaux moyens de transports adaptés et accessibles à tous les publics. Il s’agit ainsi de donner aux acteurs publics et privés tous les outils nécessaires pour construire une politique de mobilité efficace et cohérente sur tout le territoire Pays d’Auge en ciblant tous les échelons de la mobilité (communes, EPCI…) et tous les modes de mobilités partagés et durables. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui à la création et au développement de services associés aux modes de déplacements actifs &lt;/li&gt;&lt;li&gt;Projets en faveur de la mobilité solidaire et de la participation citoyenne&lt;/li&gt;&lt;li&gt;Initiatives visant à limiter les mobilités tout en répondant aux besoins des habitants dont le développement de services numériques de mise en relation pour favoriser le covoiturage et les autres modes de déplacement et l’animation de ces services auprès de la population&lt;/li&gt;&lt;li&gt;Élaboration de diagnostics permettant d’établir un état des lieux de la mobilité sur le territoire, réalisation d’études de besoins autour de la mobilité et soutien à la réalisation de plans d’action locaux (Plans de Déplacements Entreprises (PDE), Plans de Déplacements Inter-Entreprises (PDIE), Plans de Déplacements d’Administration (PDA), plans territoriaux de mobilité)&lt;/li&gt;&lt;li&gt;Création, expérimentation et développement de solutions de mobilité nouvelles s’appuyant sur la coopération territoriale &lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la coordination et la coopération entre les acteurs locaux de la mobilité &lt;/li&gt;&lt;li&gt;Actions de valorisation et de promotion de l’offre de mobilité douce et collective déjà existante sur le territoire&lt;/li&gt;&lt;li&gt;Opérations de sensibilisation auprès des usagers et des professionnels sur la thématique de la mobilité afin d’inciter aux nouveaux usages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie sociale et solidaire
+Accessibilité
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Le projet permet de proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Le projet permet de diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-la-mobilite-du-quotidien-pour-tous-au-benefice-des-transports-partages-et-des-modes-de-deplacement-actifs/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>163042</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Garantir la qualité et l'accessibilité des services de proximité sur l'ensemble du territoire du Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F168" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I168" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le vieillissement de la population, l’exode des jeunes et l’installation massive de nouveaux ménages (couples avec ou sans enfants) dans le Pays d’Auge font émerger de nouveaux besoins qui nécessitent d’adapter les services et les équipements. Pour accompagner les mutations sociodémographiques, faire de l’offre de services un vecteur d’équilibre des territoires et d’égalité pour les habitants au sens des objectifs poursuivis dans le SRADDET, cette fiche-action n°3 de la stratégie locale du Pays d&amp;#039;Auge met l’accent sur la qualité de vie des habitants, le maintien des liens de proximité et le développement de la mixité sociale et générationnelle. Il convient alors de développer, sur l’ensemble du territoire, une offre de services de qualité et accessible à tous. Les effets du changement climatique sur la santé et les inégalités d’accès aux soins décrits dans les synthèses du GIEC normand rendent indispensables des actions dans le domaine de la santé. C’est également dans les domaines de la petite enfance et de l’inclusion des personnes âgées et/ou en situation de handicap que les besoins sont les plus prégnants et nécessitent un accompagnement fort. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Initiatives visant à faciliter l’&lt;strong&gt;installation en zone rurale des professionnels de santé&lt;/strong&gt; et développement des nouveaux modes d’exercice&lt;/li&gt;&lt;li&gt;Création, développement et &lt;strong&gt;animation d’évènements et de lieux dédiés à la culture et aux loisirs&lt;/strong&gt; favorisant la mixité et élargissant l’offre en zone rurale &lt;/li&gt;&lt;li&gt;Services nouveaux sur le territoire et/ou innovants facilitant l’&lt;strong&gt;accueil des jeunes enfants &lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Projets innovants permettant le &lt;strong&gt;développement de liens intergénérationnels ou renforçant l’inclusion et l’autonomie&lt;/strong&gt; des personne âgées et publics éloignés&lt;/li&gt;&lt;li&gt;Soutien à la création, à l’expérimentation et au développement de &lt;strong&gt;solutions mobiles et de dispositifs d’aller-vers pour les services publics et de proximité&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Projets visant à favoriser l’a&lt;strong&gt;ccessibilité numérique, l’inclusion numérique et la sobriété numérique&lt;/strong&gt; dont les projets visant à développer le télétravail&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination et la coopération entre les acteurs locaux &lt;/strong&gt;contribuant aux services de proximité &lt;/li&gt;&lt;li&gt;Soutien à l’élaboration de &lt;strong&gt;plans d’actions locaux inter-collectivités &lt;/strong&gt;pour développer de nouveaux services &lt;/li&gt;&lt;li&gt;Actions de promotion et de &lt;strong&gt;valorisation de l’offre de services&lt;/strong&gt; disponible sur le territoire &lt;/li&gt;&lt;li&gt;Projets renforçant l&lt;strong&gt;’inclusion, la mixité et l’accessibilité des lieux publics&lt;/strong&gt; (hors PMR)&lt;/li&gt;&lt;li&gt;Initiatives favorisant le lien social et valorisant l’&lt;strong&gt;engagement bénévole et l’implication citoyenne&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Opérations de &lt;strong&gt;prévention&lt;/strong&gt; auprès du grand public et des entreprises en matière de &lt;strong&gt;transition écologique, de santé publique et de lutte contre les discriminations&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions visant au &lt;strong&gt;réemploi et au tri des déchets&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Transition énergétique
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Alimentation
-Tiers-lieux
+Santé
+Commerces et services
 Economie sociale et solidaire
+Equipement public
 Accessibilité
-Mobilité partagée
-[...4 lines deleted...]
-      <c r="O166" s="1" t="inlineStr">
+Lutte contre la précarité
+Spectacle vivant
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="T166" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet d&amp;#039;améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (marchés publics).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/garantir-la-qualite-et-laccessibilite-des-services-de-proximite-sur-lensemble-du-territoire-du-pays-dauge/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>163040</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’artisanat local et les commerces de proximité du Pays d'Auge tout en encourageant les circuits courts et les modes de consommation responsables</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F169" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I169" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bien qu’étant un territoire très attractif, le Pays d’Auge souffre de disparités en matière de dynamisme économique et d’accès pour tous à des services marchands de proximité. Certaines zones rurales sont en effet confrontées à des problématiques de vacances commerciales, de sous-développement du tissu artisanal et de disparition des commerces de proximité, faute de repreneurs. Participant à 6 des 59 objectifs du SRADDET, cette fiche-action rend indispensable le maintien et le renforcement des commerces de proximité et l’artisanat local afin d’assurer un développement équilibré du territoire, facteur de bien-être des habitants, d’emplois et d’attractivité touristique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Permettre à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural &lt;/li&gt;&lt;li&gt;Soutenir les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Encourager les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Soutenir les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, modernisation et développement de &lt;strong&gt;commerces de proximités et d’activités artisanales dans les centre-bourgs &lt;/strong&gt;(communes de moins de 10 000 habitants / pour les créations une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Opérations visant à réhabiliter des &lt;strong&gt;friches industrielles et économiques&lt;/strong&gt; (études)&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination/coopération entre les acteurs locaux&lt;/strong&gt; et à valoriser les démarches collectives &lt;/li&gt;&lt;li&gt;Soutien à l&amp;#039;élaboration de &lt;strong&gt;plans d&amp;#039;action locaux pour le développement économique&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Expérimentations de &lt;strong&gt;nouvelles formes de commerces innovantes&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien au développement de &lt;strong&gt;lieux participatifs&lt;/strong&gt; (commerces autogérés, cafés associatifs, tiers-lieux)&lt;/li&gt;&lt;li&gt;Aides à la création ou au développement des &lt;strong&gt;petites entreprises dans le champ de l’économie sociale et solidaire (ESS) et de l’économie circulaire&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Actions visant à soutenir les diversifications/reprises/transmissions du &lt;strong&gt;« dernier commerce de proximité du village » &lt;/strong&gt;(collectivités uniquement, une étude de marché sera demandée)&lt;/li&gt;&lt;li&gt;Création, expérimentation, développement et valorisation de projets en faveur de la &lt;strong&gt;commercialisation des produits en circuits courts&lt;/strong&gt;, de la &lt;strong&gt;relocalisation de la production alimentaire&lt;/strong&gt; et de la consommation responsable, notamment dans le domaine de la restauration collective et aide à la structuration de filières locales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Accès aux services
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité
+Attractivité économique
+Animation et mise en réseau
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet permet à la population locale de disposer sur son territoire d’une offre commerciale diversifiée de proximité, essentielle au maintien de la qualité de vie en milieu rural&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le projet soutient les entreprises de l’artisanat et de l’économie sociale et solidaire en facilitant leur création et en créant un environnement favorable à leur développement&lt;/li&gt;&lt;li&gt;Le projet encourage les démarches de mise en réseau, de transfert de connaissances et de formation dans les domaines de l’économie circulaire, des circuits courts et de l’artisanat&lt;/li&gt;&lt;li&gt;Le projet soutient les initiatives collectives visant à relocaliser l’alimentation et à sensibiliser à une alimentation saine et aux modes de consommation responsable&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Achat de terrain bâti et non bâti, &lt;span&gt;Construction et extensions ;  &lt;/span&gt;&lt;span&gt;Travaux de rénovation énergétique sans audit énergétique préalable ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques-1/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>162824</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
         </is>
       </c>
-      <c r="C167" s="1" t="inlineStr">
+      <c r="C170" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G167" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I167" s="1" t="inlineStr">
+      <c r="I170" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J167" s="1" t="inlineStr">
+      <c r="J170" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K167" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M167" s="1" t="inlineStr">
+      <c r="M170" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Attractivité économique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R167" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T167" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X167" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C168" s="1" t="inlineStr">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>163236</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Oeuvrer pour un territoire de proximité, solidaire et inclusif</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E168" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 2</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I171" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J171" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000€ et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les modes de vie, les aspirations, les besoins de mobilité et d’habitat des habitants du territoire ont évolué ces dernières années sans qu’il n’y ait de changements dans la manière d’aménager les espaces urbains et ruraux. Les différentes crises et mutations sociétales invitent à repenser les espaces afin de prendre en compte les préoccupations et les besoins des citoyens du territoire.&lt;/p&gt;&lt;p&gt;L’offre de services et d’infrastructures doit répondre à la diversité des besoins de ses habitants.&lt;/p&gt;&lt;p&gt;A travers sa candidature, le GAL du PETR Pays de Ploërmel – Coeur de Bretagne souhaite développer des environnements physiques, numériques et sociaux réfléchis et accessibles pour toutes et tous.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La programmation viendra apporter son soutien aux projets favorisant une société solidaire et inclusive à travers divers enjeux :&lt;/li&gt;&lt;li&gt;La mobilité&lt;/li&gt;&lt;li&gt;L’accès au numérique, la création d’espace de coopération&lt;/li&gt;&lt;li&gt;L’habitat&lt;/li&gt;&lt;li&gt; L’aménagement du territoire et inclusion&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;De façon transversale, le PETR viendra soutenir l’expérimentation et l’innovation des projet. Il s’agira de travailler sur les questions d’accessibilité (physique, numérique, …), de lien (social, intergénérationnel), d’égalité (femme/homme) et de participation (démocratie participative) répondant à un objectif de développement durable et de cohésion sociale.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets de mobilité multimodale ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation et d’incitation des entreprises sur les alternatives au transport individuel ;&lt;/li&gt;&lt;li&gt;Aménagements en faveur des mobilités douces ;&lt;/li&gt;&lt;li&gt;Dispositifs de mobilités physiques alternatives ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions de moblités ;&lt;/li&gt;&lt;li&gt;Installation d’équipements permettant d’encourager la continuité des mobilités douces entre les arrêts de transports en commun et le domicile ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accessibilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions permettant l’accessibilité numérique à tous les publics ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité des personnes porteuses de handicap aux services ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité physique des services ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions d’accessibilité ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Cohésion sociale :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, aménagement et équipement de locaux mutualisés ;&lt;/li&gt;&lt;li&gt;Rénovation ou création, aménagement et équipement de lieux favorisant le lien social ou intergénérationnel ;&lt;/li&gt;&lt;li&gt;Actions de démocratie participative ;&lt;/li&gt;&lt;li&gt;Dispositif visant à réduire les inégalités homme-femme ;&lt;/li&gt;&lt;li&gt;Action de sensibilisation et d’information sur l’égalité homme-femme ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux besoins de la population ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Habitat :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions favorisant l’émergence de nouveaux modes d’habitat ;&lt;/li&gt;&lt;li&gt;Actions en faveur des habitats inclusifs et habitats partagés ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions pour l’habitat.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositif d’auto-partage ;&lt;/li&gt;&lt;li&gt;Plan piéton ;&lt;/li&gt;&lt;li&gt;Carte des aménagements cyclables ;&lt;/li&gt;&lt;li&gt;Guide des mobilités douces ;&lt;/li&gt;&lt;li&gt;Formation à la pratique du vélo ;&lt;/li&gt;&lt;li&gt;Parking à vélo ;&lt;/li&gt;&lt;li&gt;Totem de réparation de vélo ;&lt;/li&gt;&lt;li&gt;Sites internet accessibles à tous ;&lt;/li&gt;&lt;li&gt;Transcription en braille d’une exposition pour le public malvoyant ;&lt;/li&gt;&lt;li&gt;Dispositif de transcription de la parole en direct pour le public sourd et malentendant ;&lt;/li&gt;&lt;li&gt;Guide sur l’égalité professionnelle homme-femme ;&lt;/li&gt;&lt;li&gt;Animation d’une concertation citoyenne pour l’élaboration d’une polique publique ;&lt;/li&gt;&lt;li&gt;Mise en place d’une convention citoyenne sur l’avenir du territoire ;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mobilité fluviale
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P171" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2023</t>
+        </is>
+      </c>
+      <c r="Q171" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet devra faire l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Cette grille se compose de quatre critères qui donnent une note globale, laquelle définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus des critères complémentaires sont à prendre en compte pour les projets de&lt;span&gt; création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T171" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ploermel.fr/</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/oeuvrer-pour-un-territoire-de-proximite-solidaire-et-inclusif/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I172" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q172" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>163170</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F173" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I173" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J173" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays du Bessin dispose d&amp;#039;un tissu économique inégalement réparti et dynamique, fragilisé
+par l&amp;#039;évolution des modes de consommation, la concurrence des grands pôles et, parfois, un
+manque de coopération entre acteurs. Cette fiche vise à soutenir le développement d&amp;#039;une
+économie locale et touristique plus ancrée sur le territoire, en lien avec l&amp;#039;ensemble des
+acteurs.
+La disparité du territoire entre Nord et Sud se fait ressentir dans l’accueil des touristes et le
+nombre de pôles touristiques. Le Sud souffre d’un manque de visibilité et d’attractivité pour
+les touristes étrangers.
+Les opérations accompagnées dans le cadre de cette fiche action sont en cohérence avec 10
+objectifs du SRADDET, notamment développer l’offre de service, sauvegarder les spécificités
+du monde rural, la réduction de l’artificialisation des sols et la gestion des friches, et surtout
+la promotion d’un tourisme durable. Cette fiche action prend également en compte les
+constats du GIEC normand en termes de biodiversité, adaptation aux changements
+climatiques et la pollution de l’air.
+Les actions accompagnées par cette fiche action pourront se faire en partenariat des parcs
+régionaux, offices de tourisme, associations locales.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner un développement économique et touristique équilibré du territoire.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner les projets s&amp;#039;appuyant sur les ressources, savoir-faire et acteur locaux.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Soutenir le secteur de l&amp;#039;ESS et les démarches d&amp;#039;économie circulaire
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Renforcer la connaissance des tissus économiques et touristiques &lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Structuration et animation de filières spécifiques au territoire, s&amp;#039;appuyant sur des ressources et savoir-faire locaux ; &lt;/li&gt;&lt;li&gt;Création et animation d&amp;#039;observatoires territoriaux des activités et des friches visant à partager un diagnostic commun
+des besoins et éclairer les décisions ;
+&lt;/li&gt;&lt;li&gt;Réhabilitation et extension de gîtes et hébergements à vocation touristique
+- Réhabilitation et extension de logements pour les personnels saisonniers ;
+&lt;/li&gt;&lt;li&gt;Développement de marchés de producteurs locaux ;
+&lt;/li&gt;&lt;li&gt;Soutien aux projets de tourisme durable ;
+&lt;/li&gt;&lt;li&gt;Création de partenariats entre les sites touristiques majeurs et secondaires ;
+&lt;/li&gt;&lt;li&gt;Adaptation d&amp;#039;une offre existante à l’accueil des cyclotouristes ;
+&lt;/li&gt;&lt;li&gt;Actions favorisant et encourageant le développement de circuits de randonnées pédestres, équestres, trekkings et le
+tourisme à vélo ;
+&lt;/li&gt;&lt;li&gt;Développement de systèmes de billetterie et de réservation en ligne pour les sites touristiques, permettant de réguler
+et réorienter les flux ;
+&lt;/li&gt;&lt;li&gt;Accompagnement des collectivités, entreprises et associations dans leurs démarches d&amp;#039;économie circulaire ;
+&lt;/li&gt;&lt;li&gt;Maintien et développement des activités artisanales et commerciales des centre-bourgs (communes de moins de
+10000 habitants), y compris les activités mobiles.
+&lt;/li&gt;&lt;li&gt;Soutien de la reprise/maintien du dernier commerce du village (collectivités) &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet permet d&amp;#039;accompagner le développement économique touristique équilibré du territoire&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet s&amp;#039;appuie sur les ressources, savoir-faire et acteurs locaux&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet est porté par un acteur de l&amp;#039;ESS et/ou encourage l&amp;#039;économie circulaire&lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de renforcer la connaissance des tissus économiques et touristiques du territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature, &lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-une-economie-locale-et-touristique-diversifiee-valorisant-les-ressources-savoir-faire-et-acteurs-locaux/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>163167</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer les services de proximité et aménager le territoire pour un cadre de vie accueillant et dynamique</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Des services et un aménagement du territoire pour un cadre de vie accueillant et dynamique</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="F174" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J174" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays du Bessin en Virois bénéficie d&amp;#039;une qualité de vie en lien avec un
+environnement perçu comme préservé et encore peu sensible aux aléas climatiques (à
+l’exception de la zone côtière exposée aux risques de submersion marine). Il se
+structure autour de pôles dont les niveaux de services diffèrent selon les secteurs, avec
+une difficulté de certains bourgs à maintenir des services de proximité (administrations,
+commerces, soins, garde d&amp;#039;enfant, etc.). L’évolution démographique de certaines zones
+du territoire entraîne le rajeunissement, et parfois l&amp;#039;accroissement de la population.
+Cela engendre une demande d’accueil renforcée dans les écoles et établissements de la
+petite enfance. Le développement urbain se fait essentiellement sous forme de
+lotissements ce qui pose la question de la consommation des terres agricoles et de
+l’intégration des néo-ruraux. Une évolution de l’offre d&amp;#039;hébergement touristique et un
+développement des résidences secondaires limitent le parc de logements locatifs. La
+disparité du territoire entre Nord et Sud se fait également ressentir dans l’accès aux
+services de proximité. Les opérations accompagnées dans le cadre de cette fiche action
+sont en cohérence avec 13 objectifs du SRADDET, notamment l’accompagnement des
+mutations sociodémographiques, la réduction de l’artificialisation des sols et le
+renforcement des fonctions de centralité dans les villes moyennes et bourgs
+structurants. Cette fiche action prend également en compte les constats du GIEC
+normand en termes de santé, inégalité d’accès aux services de soin, adaptation aux
+changements climatiques et la pollution de l’air.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagner le développement de services de proximité pour les habitants et
+usagers d&amp;#039;un bassin de vie &lt;/li&gt;&lt;li&gt;Penser et aménager un cadre de vie accueillant prenant en compte les publics les plus
+éloignés
+&lt;/li&gt;&lt;li&gt;Encourager la mutualisation de lieux, d&amp;#039;outils et de ressources ouverts à tou.te.s
+&lt;/li&gt;&lt;li&gt;Valoriser l&amp;#039;image du territoire pour le rendre plus attractif&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouverture, extension et modernisation de lieux d’accueil et de services mutualisés ;
+&lt;/li&gt;&lt;li&gt;Création de services publics numériques (services en ligne ; services de télémédecine) ;
+&lt;/li&gt;&lt;li&gt;Animation de tiers-lieux ;
+&lt;/li&gt;&lt;li&gt;Création de nouvelles formes d&amp;#039;habitat : une offre mixte intergénérationnelle favorisant la cohésion sociale,
+l&amp;#039;appartenance, et des habitats inclusifs (mixité de logement, animation, espaces mutualisés...) ;
+&lt;/li&gt;&lt;li&gt;Création de plateformes numériques d’échange et de partage de services, d’infrastructures, de matériels ;
+&lt;/li&gt;&lt;li&gt;Actions de recensement et de valorisation des acteurs publics, associatifs et privés du territoire et plus
+particulièrement des séniors et des publics éloignés (compétences, disponibilité, expertise) ;
+&lt;/li&gt;&lt;li&gt;Actions en faveur de l’atténuation de l’impact environnemental de l’habitat&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de créer ou de renforcer un service pour les habitants et usagers d&amp;#039;un bassin de vie&lt;/li&gt;&lt;li&gt;le projet permet de rendre le cadre de vie plus accueillant et inclusif&lt;/li&gt;&lt;li&gt;le projet permet de mutualiser des lieux, outils et ressources&lt;/li&gt;&lt;li&gt;le projet permet de valoriser l&amp;#039;image du territoire et de le rendre plus attractif&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale
+(sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles, &lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes, &lt;/li&gt;&lt;li&gt;Travaux effectués en régie, &lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles, &lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-services-de-proximite-et-amenager-le-territoire-pour-un-cadre-de-vie-accueillant-et-dynamique/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>163086</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action 4 - Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="F175" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I175" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J175" s="1" t="inlineStr">
+        <is>
+          <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La stratégie accompagnera les initiatives sociales, écologiques, solidaires et citoyennes pour porter des projets expérimentaux d’innovation sociale et écologique. Le territoire du GAL Sud Gironde aspire à des projets favorisant la coopération, la mutualisation et la solidarité entre acteurs, prenant en compte les enjeux du développement durable. Le territoire du Sud Gironde aidera les initiatives qui permettent de sensibiliser la population à ces enjeux et qui favorisent des changements de pratiques individuelles ou collectives. Cette fiche action est dédiée aux projets intégrants une innovation et une expérimentation sociale, écologique et / ou environnementale dans un projet de développement rural.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Opérations d’animations et conception d’outils de communications ; Tiers-lieux et lieux d’échanges et de partage ; Epicerie sociale et solidaire ; Café associatif, espaces de vie sociale ; Actions autour du lien intergénérationnel&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P175" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q175" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-sud-gironde.webador.fr/</t>
+        </is>
+      </c>
+      <c r="W175" s="1" t="inlineStr">
+        <is>
+          <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>leader@polesudgironde.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde-1/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>162936</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Rendre attrayante une mobilité sobre</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Mobilité et services</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F168" s="1" t="inlineStr">
+      <c r="F176" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I168" s="1" t="inlineStr">
+      <c r="I176" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J168" s="1" t="inlineStr">
+      <c r="J176" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
-[...12 lines deleted...]
-Economie circulaire
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;font face="Segoe UI"&gt;&lt;span&gt;Objectifs : &lt;/span&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Penser l’accès aux services par une mobilité sobre, douce et/ou réduite&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Imaginer la mutualisation, la mutation, la réversibilité et/ou la recyclabilité de lieux, d’équipements, de véhicules et d’usages&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Accompagner à l’acceptabilité du changement des pratiques (comportements, aménagements) vers plus de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Expérimenter de nouvelles mobilités dans une optique de sobriété&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Faire prendre conscience de l’urgente nécessité de changer les pratiques de mobilité par la sensibilisation, la formation, l’expérimentation, …&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Segoe UI"&gt;-Recréer l’effet « place du village » ou « vie de quartier », par une mobilité adaptée au changement climatique&lt;/font&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en place l’autopartage / un réseau d’autostop organisé et/ou amélioré&lt;/li&gt;&lt;li&gt;Réutiliser les anciennes voies de fret pour un nouvel usage de mobilité&lt;/li&gt;&lt;li&gt;Créer des itinéraires « bis » pour piétons ou cyclistes en dehors de routes (réouvertures d’anciennes voies, ...)&lt;/li&gt;&lt;li&gt;Former, créer des réseaux pour les décideurs (chefs d’entreprises, élus, …) sur les questions de mobilité sobre&lt;/li&gt;&lt;li&gt;Etudier et investir autour de nouvelles formes de mobilité douce&lt;/li&gt;&lt;li&gt;Solutions à destination des publics non véhiculés (sans permis, jeune, personne âgée)&lt;/li&gt;&lt;li&gt;Rendre plus simple l’accès aux services en télétravail&lt;/li&gt;&lt;li&gt;Mutualiser des services entre entreprises ou associations&lt;/li&gt;&lt;li&gt;Sensibilisation, organisation d’évènements autour de la mobilité pour une meilleure prise de conscience&lt;/li&gt;&lt;li&gt;Recréer une proximité entre services au sein d’une commune ou d’un quartier&lt;/li&gt;&lt;li&gt;Etude et investissement autour de solutions spécifiques de mobilité pour des publics de premières nécessités&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
 Economie sociale et solidaire
 Appui méthodologique
-Animation et mise en réseau</t>
-[...2 lines deleted...]
-      <c r="O168" s="1" t="inlineStr">
+Animation et mise en réseau
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P168" s="1" t="inlineStr">
+      <c r="P176" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q168" s="1" t="inlineStr">
+      <c r="Q176" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R168" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S168" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T168" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W168" s="1" t="inlineStr">
+      <c r="W176" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rassembler-les-acteurs-autour-de-leconomie-circulaire-et-la-valorisation-de-nos-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C169" s="1" t="inlineStr">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>162935</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Rassembler les acteurs autour de l’économie circulaire et la valorisation de nos ressources locales</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E169" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Economie circulaire</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F169" s="1" t="inlineStr">
+      <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I169" s="1" t="inlineStr">
+      <c r="I177" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J169" s="1" t="inlineStr">
+      <c r="J177" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Economie circulaire
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’utilisation et la disponibilité des agromatériaux et bois locaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner tous les acteurs à l’intérêt des filières d’agromatériaux et énergies renouvelables et à la valorisation des déchets&lt;/li&gt;&lt;li&gt;Développer des filières de recyclage / réutilisation des matériaux&lt;/li&gt;&lt;li&gt;Accompagner les entreprises, les collectivités locales et les agriculteurs à la gestion efficiente de l’eau&lt;/li&gt;&lt;li&gt;Accompagner les artisans et professionnels sur les enjeux de l’adaptation au changement climatique de l’économie circulaire et de la sobriété énergétique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réfléchir et investir sur la réduction, la récupération d’eau et son utilisation&lt;/li&gt;&lt;li&gt;Réfléchir et investir sur la réutilisation des eaux usées&lt;/li&gt;&lt;li&gt;Sensibiliser sur l’utilisation de l’eau dans les différents usages domestiques&lt;/li&gt;&lt;li&gt;Adapter les aménagements autour de la consommation d’eau (récupération, …)&lt;/li&gt;&lt;li&gt;Sensibiliser sur le devenir des déchets (réutilisation, valorisation, …) et leur recyclage&lt;/li&gt;&lt;li&gt;Mettre en place des ressourceries, des matériauthèques / des solutions autour de la récupération de matériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner sur les agro-matériaux ou bio sourcés&lt;/li&gt;&lt;li&gt;Mener des inventaires, états des lieux, études, études de faisabilité sur les filières d’agromatériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer sur l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer auprès des élus et/ou techniciens sur l’usage des bâtiments et la maitrise de l’énergie&lt;/li&gt;&lt;li&gt;Mener des réflexions, études et investissements sur les nouvelles énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P169" s="1" t="inlineStr">
+      <c r="P177" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q169" s="1" t="inlineStr">
+      <c r="Q177" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R169" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T177" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W169" s="1" t="inlineStr">
+      <c r="W177" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-et-sensibiliser-tous-les-publics-aux-enjeux-du-futur/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C170" s="1" t="inlineStr">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>162934</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la biodiversité et sensibiliser tous les publics aux enjeux du futur</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E170" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Biodiversité et Sensibilisation environnementale</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F170" s="1" t="inlineStr">
+      <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I170" s="1" t="inlineStr">
+      <c r="I178" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J170" s="1" t="inlineStr">
+      <c r="J178" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
-[...13 lines deleted...]
-Economie circulaire
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer la préservation de la biodiversité (ordinaire, en péril, trame verte, trame bleue, trame brune, …)&lt;/li&gt;&lt;li&gt;Préserver et valoriser le patrimoine naturel et permettre l’adaptabilité au changement climatique&lt;/li&gt;&lt;li&gt;Renforcer les réseaux d’acteurs afin de permettre la transversalité des thématiques (santé, paysage, climat, mobilité, agriculture)&lt;/li&gt;&lt;li&gt;Développer des outils de communication et de sensibilisation tout public&lt;/li&gt;&lt;li&gt;Sensibiliser et lutter contre les espèces invasives&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Expérimenter, adapter la flore (parterre, culture, forêt, …) au changement climatique et notamment au besoin en eau (hors acquisition ou plantation de plantes annuelles)&lt;/li&gt;&lt;li&gt;Créer un atlas des arbres remarquables / Inventaire du patrimoine floristique&lt;/li&gt;&lt;li&gt;Mettre en lien des acteurs touchés directement ou indirectement par la biodiversité&lt;/li&gt;&lt;li&gt;Restaurer les habitats permettant de préserver, d’améliorer ou de recréer une biodiversité&lt;/li&gt;&lt;li&gt;Valoriser et mettre en avant les bonnes pratiques sur les jardins privés&lt;/li&gt;&lt;li&gt;Créer des itinéraires en mobilité douce à la découverte de la biodiversité&lt;/li&gt;&lt;li&gt;Investir pour améliorer la biodiversité en milieu urbain&lt;/li&gt;&lt;li&gt;Créer des vitrines de projets de la biodiversité à l’échelle du Pays des Châteaux&lt;/li&gt;&lt;li&gt;Mener des études d’impact de projets sur la biodiversité&lt;/li&gt;&lt;li&gt;Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P170" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q170" s="1" t="inlineStr">
+      <c r="Q178" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R170" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T170" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W170" s="1" t="inlineStr">
+      <c r="W178" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-2/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C171" s="1" t="inlineStr">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>162933</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans la poursuite du Projet Alimentaire Territorial</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E171" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Alimentation Locale</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F171" s="1" t="inlineStr">
+      <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I171" s="1" t="inlineStr">
+      <c r="I179" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J171" s="1" t="inlineStr">
+      <c r="J179" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Economie circulaire
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir une diversité agricole garante d’une richesse paysagère&lt;/li&gt;&lt;li&gt;Développer des filières locales agricoles, et alimentaires permettant de s’adapter aux effets du réchauffement climatique et / ou de les réduire&lt;/li&gt;&lt;li&gt;Réduire les déchets alimentaires et le gaspillage alimentaire de manière innovante&lt;/li&gt;&lt;li&gt;Sensibiliser et rendre accessible une alimentation saine et locale auprès de tous&lt;/li&gt;&lt;li&gt;Mettre en valeur des produits de notre terroir par la coopération entre différents acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Encourager la reconquête des parcelles en déprise agricole pour une finalité alimentaire&lt;/li&gt;&lt;li&gt;Etudier et investir pour améliorer la commercialisation en circuit court et de proximité (distributeurs automatiques de produits locaux, …)&lt;/li&gt;&lt;li&gt;Renforcer la formation et l’accompagnement des agriculteurs sur les pratiques vertueuses&lt;/li&gt;&lt;li&gt;Promouvoir des pratiques agricoles innovantes moins consommatrices en eau&lt;/li&gt;&lt;li&gt;Créer un document pédagogique d’aide à la décision basé sur les émissions de GES&lt;/li&gt;&lt;li&gt;Identifier et valoriser les invendus et restes alimentaires (dont GMS)&lt;/li&gt;&lt;li&gt;Eduquer au goût la population en la sensibilisant aux produits locaux&lt;/li&gt;&lt;li&gt;Conseiller et accompagner les collectivités pour favoriser les circuits courts et de proximité dans les marchés publics&lt;/li&gt;&lt;li&gt;Soutenir des initiatives visant à réduire le gaspillage alimentaire&lt;/li&gt;&lt;li&gt;Appuyer la structuration d’une filière locale d’aide alimentaire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
 Economie sociale et solidaire
 Appui méthodologique
-Animation et mise en réseau
-[...6 lines deleted...]
-      <c r="O171" s="1" t="inlineStr">
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P171" s="1" t="inlineStr">
+      <c r="P179" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q171" s="1" t="inlineStr">
+      <c r="Q179" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S171" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T171" s="1" t="inlineStr">
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W171" s="1" t="inlineStr">
+      <c r="W179" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-1/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C172" s="1" t="inlineStr">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>163004</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’économie et les services notamment en favorisant l’innovation sociale</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G172" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F180" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H172" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I172" s="1" t="inlineStr">
+      <c r="I180" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="J180" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
-[...7 lines deleted...]
-Technologies numériques et numérisation
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Renforcer l’économie et les services notamment en favorisant l’innovation sociale&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Fort
+d’un dynamisme entrepreneurial, le Pays d’Ancenis entend conforter son
+positionnement économique et l’accompagner dans ses mutations et ses synergies.
+Dans ce dessein, la stratégie de développement économique local est tournée
+vers l’innovation sociale au service des emplois et du bien-vivre des
+habitants :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;En
+     capitalisant sur la dynamique existante pour la conforter et l’accompagner
+     dans ses mutations, et en développant de nouvelles filières en faveur du
+     développement durable et de l’innovation sociale,&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;En
+     permettant l’accès aux services, aux commerces et à l’artisanat pour tous
+     les habitants et en renforçant la proximité, &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;En
+     favorisant l’expérimentation de nouvelles approches, notamment sur la
+     mutualisation ou l’itinérance.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Renforcer
+     la proximité, la modernisation et les synergies entre acteurs en
+     accompagnant les projets innovants des petites et moyennes entreprises
+     industrielles, artisanales, commerciales et des associations, et les
+     initiatives du secteur de l’économie sociale et solidaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser
+     le partage, la mutualisation de ressources (à titre d’exemples : espaces,
+     lieux, compétences, accès au numérique) et l’itinérance des services &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner
+     les mutations de l’économie et l’accès à l’emploi notamment par la
+     formation&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir
+     et soutenir une agriculture performante et pérenne, soucieuse de
+     l’environnement, en accompagnant ses mutations et en valorisant ses
+     initiatives et ses métiers&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer
+     l’accès à une alimentation de qualité sur le territoire en veillant
+     notamment au renforcement des circuits courts&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes visant à
+consolider le projet du porteur de projet dans le domaine du développement
+économique, de l’innovation sociale et des services : diagnostics
+préalables, études de faisabilité, études de marchés, par exemple&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
+d’animation, de communication, d’information collective et organisation
+d’évènements &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mise en place
+et animation de réseaux d’acteurs économiques ou associatifs &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
+relevant du Projet Alimentaire Territorial (PAT)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Travaux de
+construction, de rénovation, achat de matériel et équipements :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;ul type="circle"&gt;
+  &lt;li&gt;&lt;span&gt;Pour développer, expérimenter des
+      productions de biens, de services, de process sur le territoire&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets concourant au
+      développement des circuits courts alimentaires et les initiatives en
+      matière d’économie circulaire&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour conforter, moderniser et dynamiser
+      le commerce de proximité et l’artisanat&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets en matière de
+      mutualisation de services et d’équipements pour les entreprises, les
+      associations et autres acteurs de l’innovation sociale (notamment
+      tiers-lieux, espaces de travail partagés, dispositifs pour faciliter
+      l’accueil des salariés et de leurs familles, par exemple)&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets d’accès au commerce ou
+      au service (par le numérique ou l’itinérance par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Pour des actions d’insertion par l’emploi, de
+formation ou d’apprentissage&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Commerces et services
+Formation professionnelle
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
+Emploi
 Attractivité économique
-Artisanat
-[...3 lines deleted...]
-      <c r="O172" s="1" t="inlineStr">
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P172" s="1" t="inlineStr">
+      <c r="P180" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q172" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="T172" s="1" t="inlineStr">
+      <c r="Q180" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de
+personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès
+lors que le personnel affecte au moins 5% de son temps de travail total au
+projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de
+personnel hors coûts simplifiés (gratifications des stagiaires et salaires des
+apprentis) dès lors que le personnel affecte au moins 5% de son temps de
+travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à
+disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou
+location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement,
+construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou
+location de véhicule&lt;/li&gt;&lt;li&gt;Location ou
+acquisition de biens immeubles bâtis (en cas d’acquisition : dans la
+limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de
+services, prestations intellectuelles dont la formation et la communication
+(par exemple création et conception de support, édition, diffusion d’outils,
+frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de
+notaire, expertise juridique technique et financière, honoraire de tenue et de
+certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la
+Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des
+dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides
+d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects
+pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes
+éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan
+Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en
+application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n°
+2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les
+investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les
+coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les
+contributions en nature (par exemple : bénévolat) et le temps de travail dédié
+par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la
+main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux),
+sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les
+investissements acquis en crédit-bail ou équivalent (location-vente, lease
+back)&lt;/li&gt;&lt;li&gt;Les
+frais de change ;&lt;/li&gt;&lt;li&gt;Les
+investissements immobiliers dont l’acquisition est réalisée par le biais d’une
+vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de
+coût unitaires pour les dépenses de personnel : Les frais directs liés aux
+dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les
+porteurs de projet publics : les dépenses éligibles sont présentées en
+Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures
+totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le
+cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;hr align="left" size="1" width="33%" /&gt;
+&lt;p id="ftn1"&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
+du règlement disponible sur demande&lt;/p&gt;
+&lt;p id="ftn2"&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
+du règlement disponible sur demande&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le
+comité de programmation du GAL, selon les critères et les modalités
+préalablement définis dans sa grille de sélection. La grille de sélection est
+envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la
+sélection en comité de programmation. Les projets doivent être en cohérence
+avec la stratégie de développement LEADER. Si le projet n’obtient pas la note
+ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut
+alors pas faire l’objet d’une aide du programme LEADER.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;leader&amp;#64;pays-ancenis.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C173" s="1" t="inlineStr">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>162990</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Proposer une offre pour insérer les jeunes dans le monde économique</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E173" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 12 - FEADER</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I173" s="1" t="inlineStr">
+      <c r="I181" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J173" s="1" t="inlineStr">
+      <c r="J181" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les jeunes actifs sont le public le plus durement touché sur le
+territoire du Cœur Entre-deux-Mers par le chômage et la précarité économique.
+Il convient donc d’agir ensemble en associant avant tout les jeunes mais aussi
+les acteurs et structures qui les accompagnent (collectivités, Missions
+Locales, …). &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour favoriser l’emploi et l’insertion des jeunes, les domaines d’actions
+seront nombreux et concerneront notamment le développement d’une approche
+globale dans l’accompagnement des jeunes dans leurs parcours personnels (suivi
+de formation locale, mobilité, logement, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficultés&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
+professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Solutions et
+amélioration de la mobilité notamment des jeunes et jeunes actifs du territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Equipements,
+matériels et matériaux nécessaires à l’organisation de « chantiers
+formations », de « chantiers d’insertion » et de
+« chantiers de jeunes »&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animations territoriales notamment auprès des jeunes
+et jeunes actifs pour découvrir les métiers, les formations et développer leur
+capacité à entreprendre &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Formation professionnelle
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P181" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q181" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-2/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>162988</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Aménager le territoire pour développer l’attractivité touristique</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 6 - FEDER</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I182" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J182" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le &lt;/span&gt;&lt;span&gt;Cœur Entre-deux-Mers est à
+proximité de différents sites d’intérêt touristique (littoral atlantique,
+Bordeaux, Saint-Emilion…) qui participent à l’attractivité de la Gironde aussi
+bien auprès de la clientèle locale, nationale qu’étrangère.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’arrière-pays Bordelais qu’est l’Entre-deux-Mers
+n’en demeure pas moins attractif pour faire découvrir ses atouts (paysages,
+itinérance pédestre, cyclo, fluviale, Patrimoine, …) pour permettre d’augmenter
+l’attractivité touristique dans un département disposant de fortes destinations
+touristiques non présentent sur le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer de nouvelles activités à destination des
+touristes-excursionnistes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire séjourner les visiteurs et augmenter leur « consommation »
+d’activités du territoire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Promotion et
+valorisation des patrimoines bâti et naturels et des savoir-faire remarquables,
+insolites ou spécifiques au territoire&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;D&lt;/span&gt;&lt;span&gt;éveloppement des
+loisirs et de l’itinérance touristiques&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement des sites pour implanter des activités de pleine nature&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Economie sociale et solidaire
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P182" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q182" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deployer-une-offre-daccueil-sportive-culturelle-et-artistique-notamment-a-destination-des-jeunes-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>162987</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier les modèles agricoles et alimentaires locaux pour augmenter la capacité du territoire</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 9 - FEADER</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I183" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J183" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;La viticulture est la 1ère filière agricole du Cœur Entre-deux-Mers. La
+place de cette filière est le fruit de plusieurs composantes : &lt;/span&gt;&lt;span&gt;histoire, terroir, place des appellations, essor
+commercial et à l’export des vins de Bordeaux, …&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Aujourd’hui cette filière est soumise de plus en
+plus à de nombreux aléas-risques (baisse de la consommation, difficultés de
+l’export, aléas climatiques, image environnementale, …) bien qu’un travail
+collectif et individuel soit entrepris &lt;/span&gt;&lt;span&gt;pour la faire évoluer
+(démarches HVE, AB, conduite raisonnée, …) et la diversifier.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;De plus, de nouvelles formes de productions agricoles se sont développées
+afin de répondre à différents besoins (restauration collective, formation,
+social, agriculture vivrière, sensibilisation, …) et portées en général par des
+structures hors monde agricole (collectivités, associations, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, et le Programme Alimentaire Territorial l’a montré, la couverture
+des besoins alimentaires par la capacité de production propre au territoire
+reste marginale. Agir pour l’alimentation c’est aussi accompagner les
+agriculteurs du Cœur Entre-deux-Mers pour transformer, commercialiser leurs
+produits et trouver des débouchés localement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La mise en valeur de ces produits locaux et des produits de qualité
+permet aussi sur le territoire de sensibiliser les consommateurs et de rendre
+accessible ces produits.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Augmenter la capacité de production alimentaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer de nouveaux revenus pour les exploitations agricoles par la
+diversification&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager la consommation locale et vers des produits de qualité pour
+augmenter les retombées bénéfiques (santé, économie locale, …)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire la dépendance aux produits « importés »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Améliorer l’autonomie alimentaire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Diversification des
+exploitations notamment viticoles pour développer de nouvelles filières alimentaires
+ou énergétiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien aux actions
+de coordination et de réseau des acteurs pour :&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la mutation des activités agricoles du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la commercialisation de produits alimentaires via
+les réseaux-démarches de circuits-courts ou solidaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Installation de
+nouvelles formes de production agricole par des acteurs :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Publics (&lt;em&gt;espaces tests, régie agricole, …)&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Associatifs ou citoyens (&lt;em&gt;jardins partagés,
+chantiers d’insertion agricole, …)&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Agricoles professionnels (&lt;em&gt;filières « atypiques »
+comme les insectes&lt;/em&gt; OU &lt;em&gt;espaces partagés et collectifs comme en espaces
+tests, la mise à disposition de foncier, …)&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transformations
+agro-alimentaires en entreprise ou à la ferme&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promotion et
+valorisation de l’agriculture locale et de l’alimentation locale, de qualité et
+accessible à tous&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Accompagnement à la réduction du gaspillage et des
+déchets alimentaires et à leur valorisation&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P183" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q183" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de &lt;span&gt;l&amp;#039;Axe 3 - Agriculture et alimentation durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-ladaptation-et-la-mutation-du-foncier-agricole/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>162986</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’adaptation et la mutation du foncier agricole</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 9 - FEADER</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I184" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J184" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sur le Cœur Entre-deux-Mers le rythme d’artificialisation des sols est
+élevé notamment du fait du développement du logement individuel et des infrastructures
+(routes, zones d’activités, …) au détriment des surfaces foncières agricoles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le modèle de l’habitat pavillonnaire majoritaire induit de potentiels
+conflits de voisinages avec le monde agricole.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;La loi climat et résilience et la mise en place du Zéro Artificialisation
+Nette ZAN à l’horizon 2050 vont venir impacter le modèle actuel pour le faire
+évoluer vers des pratiques plus durables et moins consommatrices de foncier
+agricole, naturel et forestier.&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;Par ailleurs ce foncier agricole est aussi touché en partie par de
+l’enfrichement, des phénomènes de rétention foncière et l’arrêt d’activités
+agricoles (départ à la retraite, non transmission, difficultés économiques dans
+certaines filières).&lt;/p&gt;&lt;p&gt;&lt;span&gt;Cette situation risque de s’accélérer dans les années à venir du fait du
+départ à la retraite d’une importante génération d’agriculteurs aujourd’hui
+âgée de plus de 55 ans.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Densifier l’urbanisation pour y développer les usages&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prévenir et limiter les conflits d’intérêts potentiels entre les
+différents usagers du foncier (propriétaire, habitants, agriculteurs,
+collectivités, …)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Expérimentation pour
+la mise en place de solutions et dispositifs pour accompagner la démarche de
+Zéro Artificialisation Nette (ZAN)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser l’aménagement
+des espaces agricoles et naturels hors zones Natura 2000 et hors MAEC&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Anticiper et
+accompagner les mouvements de foncier agricole pour dynamiser l’économie
+agricole&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Maintenir, préserver
+et dynamiser le foncier agricole&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Friche
+Foncier
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P184" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q184" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 3 - Agriculture et alimentation durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-1/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>162985</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie avec des animations ou équipements collectifs</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 7 - FEDER</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I185" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J185" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les actifs du Cœur Entre-deux-Mers travaillent essentiellement hors du
+territoire sur les pôles urbains. La balance emplois / actifs du territoire est
+donc déficitaire et est &lt;/span&gt;&lt;span&gt;soutenue par l’emploi présent dans &lt;/span&gt;&lt;span&gt;les territoires voisins.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La forte présence de très petites entreprises et les nouvelles façons de
+travailler (à distance, …) poussent donc certains professionnels à travailler
+via des modalités collectives et partagées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser une relocalisation des emplois et le développement de
+l’économie centrée sur le territoire et non tournée vers l’extérieur&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer des outils et espaces économiques collectifs&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et promotion
+d’espaces et ateliers collectifs ou de tiers lieux (thématiques ou
+multithématiques) à vocation économique pour dynamiser les centres bourgs&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Revitalisation
+commerciale des entreprises et des villages :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de dynamisation, de promotion et de
+valorisation du tissu commercial et artisanal&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou modernisation de locaux commerciaux dans
+les centres-bourgs n’ayant pas de commerce de proximité ou afin de sauvegarder
+le seul commerce de proximité&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation et
+promotion des principes et outils de l’Economie Sociale et Solidaire dans les
+activités économiques locales&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de
+mutualisation de services au service des acteurs économiques locaux et de leurs
+clientèles&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P185" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q185" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenager-le-territoire-pour-developper-lattractivite-touristique/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>162983</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier les produits touristiques pour accueillir les visiteurs</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 5 - FEADER</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I186" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J186" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le &lt;/span&gt;&lt;span&gt;Cœur Entre-deux-Mers est à
+proximité de différents sites d’intérêt touristique (littoral atlantique,
+Bordeaux, Saint-Emilion…) qui participent à l’attractivité de la Gironde aussi
+bien auprès de la clientèle locale, nationale qu’étrangère.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’arrière-pays Bordelais qu’est l’Entre-deux-Mers pourrait
+donc développer des activités touristiques pour accueillir les visiteurs
+permettant ainsi des retombées économiques locales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer de nouvelles activités à destination des
+touristes-excursionnistes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire séjourner les visiteurs et augmenter leur « consommation »
+d’activités du territoire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et modernisation
+d’hébergements touristiques (dont hôtellerie de plein-air avec notamment
+les campings et les aires de camping-car)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Développement de
+l’agritourisme et de l’œnotourisme&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P186" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q186" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-promotion-et-linnovation-des-activites-economiques-locales/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>162981</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la promotion et l’innovation des activités économiques locales</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 4 - FEADER</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I187" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J187" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers possède un tissu économique essentiellement
 constitué de très petites entreprises.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le nombre d’emplois locaux augmente bien que les actifs travaillent
 majoritairement à l’extérieur du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La crise sanitaire (Covid19) a modifié en partie les pratiques de
 consommation et de travail dans certains secteurs d’activités et pousse à
 innover pour relocaliser et produire des biens et services économiques.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le déploiement de la fibre (via Gironde Haut Méga) à l’horizon
 2025 sur l’ensemble du territoire est également un atout à valoriser.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’accompagnement des entreprises dans leur transition numérique est un
 objectif prioritaire notamment sur les nouvelles technologies de l’information
 et de la communication (TIC) pour les filières économiques stratégiques du
 territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les 6 filières économiques stratégiques sont :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;commerce local&lt;/li&gt;&lt;li&gt;&lt;span&gt;construction BTP&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;négoce et services interentreprises&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;agro-viticulture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt; santé et services à la personne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner la &lt;/span&gt;&lt;span&gt;transformation du tissu économique
 local notamment avec la numérisation d&lt;/span&gt;&lt;span&gt;es activités et
 l’arrivée de la fibre&lt;/span&gt; &lt;/li&gt;&lt;li&gt;Inciter à l’innovation au cœur des entreprises pour relocaliser « les
 productions »&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M173" s="1" t="inlineStr">
+      <c r="M187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a name="_Hlk133511547"&gt;&lt;/a&gt;&lt;a name="_Hlk127613183"&gt;&lt;/a&gt;&lt;a name="_Hlk133235982"&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Démarches d’innovation
 et d’expérimentation dans l’industrie (hors filières stratégiques du SRDEII),
 le tissu artisanal productif ou l’évolution de l’agriculture de demain sur le
 territoire&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Dispositifs et
 projets d’animation et promotion de réseaux et/ou de thématiques des
 entreprises et acteurs œuvrant dans l’écosystème notamment des 6 filières
 stratégiques du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement aux
 usages du numérique et développement de plateformes ou outils numériques pour
 les acteurs dans leurs activités économiques et territoriales notamment des 6
 filières stratégiques du territoire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P173" s="1" t="inlineStr">
+      <c r="P187" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q173" s="1" t="inlineStr">
+      <c r="Q187" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R173" s="1" t="inlineStr">
+      <c r="R187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T173" s="1" t="inlineStr">
+      <c r="T187" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X173" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-mobilites-alternatives-et-durables/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>162982</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C174" s="1" t="inlineStr">
+      <c r="C188" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I174" s="1" t="inlineStr">
+      <c r="I188" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -37182,5475 +38249,5002 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P174" s="1" t="inlineStr">
+      <c r="P188" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q174" s="1" t="inlineStr">
+      <c r="Q188" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R174" s="1" t="inlineStr">
+      <c r="R188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T188" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C175" s="1" t="inlineStr">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>162978</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement d'une production et d’une consommation responsables</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G175" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H175" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I175" s="1" t="inlineStr">
+      <c r="I189" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J175" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
-[...1018 lines deleted...]
-Formation professionnelle
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt; &lt;span&gt;Dans le cadre de sa démarche d’attractivité, le territoire des Coëvrons affirme sa volonté de construire une image d&amp;#039;un territoire de gastronomie, notamment par la révélation de l&amp;#039;identité culinaire des Coëvrons. La mise en oeuvre d’un Projet alimentaire de territoire depuis 2021 accompagne la concrétisation de cette dynamique émergente. Parallèlement, le territoire des Coëvrons fait face à une diminution des commerces et services de proximité, notamment hors du pôle d’Evron.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’enjeu : développer un mode de production et de consommation respectueux de l’environnement, bénéfique pour l’économie et bon pour la santé, améliorer l’accès aux produits locaux, accompagner et valoriser les productions et les producteurs locaux, renforcer l’ancrage local et une économie axée sur les besoins.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir et développer des activités agricoles durables et variées, adaptées aux enjeux du changement climatique&lt;/li&gt;&lt;li&gt;Accompagner la mutation vers une agriculture sous signes officiels de qualité&lt;/li&gt;&lt;li&gt;Agir pour une alimentation saine pour tous&lt;/li&gt;&lt;li&gt;Développer les circuits-courts&lt;/li&gt;&lt;li&gt;Renforcer le commerce de proximité, les services et l&amp;#039;artisanat&lt;/li&gt;&lt;li&gt;Expérimenter de nouveaux modèles économiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Maintien et développement d’activités agricoles durables et variées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Activités de soutien à la diversification des productions et d’activités, mutualisation de matériel&lt;/li&gt;&lt;li&gt;Création d&amp;#039;espaces test agricoles&lt;/li&gt;&lt;li&gt;Création et animation de réseaux d’agriculteurs&lt;/li&gt;&lt;li&gt;Accompagnement de la mutation vers une agriculture sous signes officiels de qualité : échanges de savoirs et de pratiques, informations, sensibilisation, formations&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Soutien à une alimentation saine pour tous :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions autour du &amp;#34;bien manger&amp;#34;, du gaspillage alimentaire, de la consommation responsable, des enjeux liés à la précarité et à l&amp;#039;insécurité alimentaire&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation et de formation des professionnels de l’alimentation&lt;/li&gt;&lt;li&gt;Création et animation de liens entre les différents intervenants de l&amp;#039;alimentation (cuisiniers, producteurs, parents d&amp;#039;élève, enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Renforcement du commerce de proximité, des services et de l’artisanat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en lien avec le maintien, la création et la reprise d’entreprises et d’activités de proximité&lt;/li&gt;&lt;li&gt;Actions de mise en valeur et accessibilité des produits locaux (ex : épiceries mobiles)&lt;/li&gt;&lt;li&gt;Nouvelles formes de commerces pour répondre aux besoins de la population&lt;/li&gt;&lt;li&gt;Création et accompagnement de structures collectives de type pépinière d’entreprises, FabLab, village d’artisans&lt;/li&gt;&lt;li&gt;Actions d’information, de formation, de sensibilisation, de mutualisation&lt;/li&gt;&lt;li&gt;Développement de nouveaux modèles économiques : actions en lien avec l’économie circulaire et l’économie sociale et solidaire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
-Emploi
 Attractivité économique
-Artisanat</t>
-[...2 lines deleted...]
-      <c r="O181" s="1" t="inlineStr">
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P181" s="1" t="inlineStr">
+      <c r="P189" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q181" s="1" t="inlineStr">
-[...70 lines deleted...]
-      <c r="T181" s="1" t="inlineStr">
+      <c r="Q189" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T189" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-transition-ecologique-1/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G182" s="1" t="inlineStr">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>162242</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Se former à comment subventionner ses projets</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...19 lines deleted...]
-      <c r="K182" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Friche
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
+l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
+dispositifs d’aides à l’ingénierie et de financements recensés sur la
+plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
+communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
+spécialiste des cofinancements, mais vous apportera une vision plus claire de
+la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
+recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
+de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
+territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Personnes âgées
+Jeunesse
+Famille et enfance
 Accès aux services
-Citoyenneté
+Cohésion sociale et inclusion
 Alimentation
 Commerces et services
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
 Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
 Attractivité économique
-Animation et mise en réseau
-[...3 lines deleted...]
-      <c r="O182" s="1" t="inlineStr">
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
-[...42 lines deleted...]
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
+Président, vice-président, conseiller communautaire en fonction à la date de la
+formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
+portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G183" s="1" t="inlineStr">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...19 lines deleted...]
-      <c r="K183" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
-[...7 lines deleted...]
-Espace public
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
+d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
+dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
+gagnant-gagnant entre les collectivités et les entreprises locales ou
+nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
+permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
+potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
+2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
+mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
+délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
+collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
+financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
+donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
+structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
+mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
+potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
+engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
+et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
+projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
+financements (mécénat) pour les projets (petits et grands) portés par les
+communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
 Transition énergétique
-Recyclage et valorisation des déchets
+Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
 Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
 Equipement public
-Accessibilité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
 Lutte contre la précarité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
+Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Inclusion numérique</t>
-[...2 lines deleted...]
-      <c r="O183" s="1" t="inlineStr">
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="T183" s="1" t="inlineStr">
+      <c r="R191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
+projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
+d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue
+de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>162703</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la mise en oeuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>GAL Ventoux
+Parc naturel régional du Mont-Ventoux</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I192" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 90</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p id="citem_8d7e-72f0" role="tabpanel"&gt;        &lt;/p&gt;&lt;div&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;1. Soutenir et promouvoir une alimentation durable&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Soutenir la mise en œuvre du 
+Projet Alimentaire Territorial Ventoux : animation, mise en réseau, 
+changement des comportements alimentaires, amélioration logistique pour 
+l’approvisionnement en produits locaux, lutte contre le gaspillage et la
+ précarité alimentaire, sensibilisation des publics.&lt;/li&gt;&lt;li&gt;Accompagner les projets 
+collectifs visant l’adaptation du monde agricole aux changements 
+climatiques ou à la transition écologique des filières agricoles&lt;/li&gt;&lt;li&gt;Améliorer l’animation autour de
+ la gestion du foncier agricole (ex : reconquête des friches, liens avec
+ la trame verte et bleue…)&lt;/li&gt;&lt;li&gt;Faire connaître et reconnaître 
+les pratiques et productions agricoles à forte valeur environnementale 
+(hors signes officiels de qualité) portées par des structures 
+collectives ou en coopération&lt;/li&gt;&lt;li&gt;Préserver et valoriser les patrimoines et les pratiques agricoles&lt;/li&gt;&lt;li&gt;Améliorer les conditions de vie des agriculteurs (diversification activités, prévention de l’isolement etc…)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;2. Contribuer à un territoire vivant, accueillant et solidaire&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Créer des services en milieu 
+rural qui participent à rompre l’isolement, à encourager le lien 
+intergénérationnel, à favoriser le partage des savoirs et des 
+savoir-faire et à répondre aux enjeux climatiques et écologiques&lt;/li&gt;&lt;li&gt;Mutualiser des services à destination des particuliers, des associations et des entreprises&lt;/li&gt;&lt;li&gt;Améliorer l’accessibilité des services en expérimentant notamment des solutions de mobilité inversée&lt;/li&gt;&lt;li&gt;Encourager l’habitat partagé et intergénérationnel&lt;/li&gt;&lt;li&gt;Contribuer au maintien des derniers commerces&lt;/li&gt;&lt;li&gt;Favoriser l’accès aux services numériques par la médiation et l’inclusion&lt;/li&gt;&lt;li&gt;Favoriser les projets culturels
+ collectifs ou ayant pour objectifs de faire vivre et transmettre nos 
+patrimoines matériels et immatériels afin de favoriser leur 
+réappropriation et le lien homme/nature&lt;/li&gt;&lt;li&gt;Accompagner les projets d’interprétation des patrimoines culturels matériels et immatériels&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;3. Favoriser un développement économique qui valorise les ressources&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Accompagner le développement, la
+ structuration et la promotion des acteurs de la filière écotourisme qui
+ intègre les activités de pleine nature, le tourisme de nature, le 
+tourisme culturel, l’agritourisme et l’artisanat d’art&lt;/li&gt;&lt;li&gt;Soutenir les manifestations touristiques de dimension supra territoriale et présentant une innovation territoriale&lt;/li&gt;&lt;li&gt;Améliorer la gestion environnementale et énergétique des acteurs économiques&lt;/li&gt;&lt;li&gt;Former et sensibiliser les 
+acteurs du tourisme aux spécificités du territoire, à la conciliation 
+des usages et les valoriser par des démarches de qualité ou d’éco 
+labellisation&lt;/li&gt;&lt;li&gt;Accompagner les structures de 
+l’économie de proximité et de l’économie sociale et solidaire qui 
+valorisent les ressources locales (hors production agricole et 
+agroalimentaire)&lt;/li&gt;&lt;li&gt;Accompagner les collectivités locales, les associations et les entreprises dans le développement de l’économie circulaire&lt;/li&gt;&lt;li&gt;Sensibiliser, informer et former les publics sur les enjeux et opportunités de l’économie circulaire&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;4. Favoriser la transition énergétique et la préservation et valorisation des biens communs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;Favoriser les initiatives de 
+partage de la connaissance et de sensibilisation des publics aux biens 
+communs locaux (biodiversité, ressource en eau, patrimoines matériels et
+ immatériels) et à la transition énergétique et écologique&lt;/li&gt;&lt;li&gt;Recenser les patrimoines matériels et immatériels et cordonner les initiatives&lt;/li&gt;&lt;li&gt;Soutenir les projets structurants de préservation et de valorisation du patrimoine vernaculaire&lt;/li&gt;&lt;li&gt;Accompagner les projets qui 
+réhaussent et valorisent la qualité paysagère, environnementale et 
+climatique des opérations d’aménagement et des actions de développement&lt;/li&gt;&lt;li&gt;Doter l’ensemble du territoire de stratégies globales « Climat-Air-Énergie » et soutenir leur mise en application&lt;/li&gt;&lt;li&gt;Accompagner l’animation et les 
+opérations exemplaires de réduction des consommations énergétiques et de
+ déploiement des énergies renouvelables à petite échelle&lt;/li&gt;&lt;li&gt;Encourager le développement des 
+mobilités alternatives à la voiture individuelle thermique au quotidien 
+et dans le développement touristique&lt;/li&gt;&lt;/ul&gt;
+        &lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Accès aux services
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Paysage
+Animation et mise en réseau
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>GAL Ventoux</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parcduventoux.fr/nos-actions/europe-cooperation-territoriale/leader/</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nicolas BOURGUE, &lt;a target="_self"&gt;nicolas.bourgue&amp;#64;parcduventoux.fr&lt;/a&gt;, 0490632274&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.bourgue@parcduventoux.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-mise-en-oeuvre-de-la-strategie-locale-de-developpement/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G184" s="1" t="inlineStr">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>162669</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Créer ou développer une entreprise de l'économie sociale et solidaire en Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>le dispositif MPE ESS (Mon Projet d'Entreprise Economie Sociale et solidaire)</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Vous avez un projet de création ou de développement d&amp;#039;une entreprise relevant de l&amp;#039;économie sociale et solidaire ? MPE ESS est un nouveau programme d&amp;#039;accompagnement qui simplifie votre parcours d&amp;#039;entrepreneur.e.s. Candidatez dès maintenant pour rejoindre les promotions pour suivre les parcours &amp;#34;développement&amp;#34; ou &amp;#34;création&amp;#34; d&amp;#039;entreprise.  &lt;/p&gt;&lt;h2&gt;Présentation ​&lt;/h2&gt;&lt;p&gt;&lt;span&gt;​Mon projet d&amp;#039;entreprise ESS : un accompagnement pour simplifier les parcours des entrepreneurs de l&amp;#039;économie sociale et solidaire. Il existe 3 vagues annuelles d&amp;#039;appel à candidatures.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Si vous souhaitez créer votre entreprise sous un statut juridique de l’ESS, &lt;/span&gt;&lt;a href="https://www.cresspaca.org/entreprendre/developper-une-entreprise/etre-accompagne/mpe-parcours-creation-mon-projet-d-entreprise-economie-sociale-et-solidaire"&gt;le parcours création&lt;/a&gt;&lt;span&gt; - capsule intensive d’accompagnement en 7 semaines - est fait pour vous.&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Si vous souhaitez accroitre l’impact social &amp;amp; environnemental de votre entreprise et lever des fonds responsables, venez participez à une riche aventure collective sur une année - optez pour &lt;/span&gt;&lt;a href="https://www.cresspaca.org/entreprendre/developper-une-entreprise/etre-accompagne/mpe-parcours-developpement-mon-projet-d-entreprise-economie-sociale-et-solidaire"&gt;le parcours développement&lt;/a&gt;&lt;span&gt;.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;Pour en savoir plus sur les parcours et/ou obtenir du soutien dans le dépôt de votre candidature, venez rencontrer un référent dans votre département (04 - 05 - 06 - 13 - 83 et 84) |  &lt;a href="https://www.cresspaca.org/evenements" target="_blank"&gt;participez à une réunion d&amp;#039;information collective ou à une permanence&lt;/a&gt;.&lt;/p&gt;&lt;h2&gt;Qui peut répondre ? &lt;/h2&gt;&lt;p&gt;&lt;strong&gt;- Parcours création :&lt;/strong&gt;&lt;span&gt; entrepreneur.e.s de l&amp;#039;ESS avant la création  &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;- Parcours développement : &lt;/strong&gt;&lt;span&gt;dirigeant.e d’une entreprise / structure employeuse de l’ESS crée depuis plus d’un an et présentant un modèle économique dont 30% des ressources ne sont pas issues des subventions publiques&lt;/span&gt;&lt;/p&gt;&lt;h2&gt;Pourquoi répondre ? &lt;/h2&gt;&lt;p&gt;&lt;strong&gt;POUR ETRE ACCOMPAGNE PAR DES PROFESSIONNEL.LE.S DE L’ESS&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Des organisations de référence de l’entrepreneuriat social et solidaire en Provence-Alpes-Côte d&amp;#039;Azur s’allient pour vous accompagner. Votre conseiller.e, référent.e sera un.e expert.e de votre secteur d’activité.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;POUR BENEFICIER D’UN ACCOMPAGNEMENT PERSONNALISE ADAPTE AU STADE D’AVANCEMENT DE VOTRE PROJET&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Le format de l’accompagnement en 3 axes | formations collectives | accompagnement individuel | temps de coopération et échanges entre pairs | permettra un accompagnement au plus près de vos besoins, dans une démarche permanente de co-construction des solutions.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;POUR REJOINDRE UNE COMMUNAUTE D’ENTREPRENEURS INSPIRANTS&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Tout au long du parcours, vous rencontrerez d’autres entrepreneur.e.s engagé.e.s. Vous pourrez ainsi constituez votre réseau de soutien et développer votre réseau d’affaires !&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;POUR DEVELOPPER VOTRE RESEAU&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Nous faciliterons votre mise en relation avec de potentiels partenaires financiers, partenaires privés et partenaires publics.&lt;/span&gt;&lt;/p&gt;&lt;h2&gt;contact et candidature&lt;/h2&gt;&lt;p&gt;&lt;u&gt;Pour toute information, vous pouvez contacter les responsables :&lt;/u&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Pour le Mouvement Associatif : &amp;#43;33(0)6 14 86 77 18 / &amp;#43;33(0)4 91 14 22 57&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Pour la CRESS Provence-Alpes-Côte d&amp;#039;Azur via l’email : &lt;/span&gt;&lt;a href="mailto:mpe-ess&amp;#64;cresspaca.org"&gt;mpe-ess&amp;#64;cresspaca.org&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;- Si vous souhaitez créer votre entreprise sous un statut juridique de l’ESS, &lt;/span&gt;&lt;a href="https://www.cresspaca.org/entreprendre/developper-une-entreprise/etre-accompagne/mpe-parcours-creation-mon-projet-d-entreprise-economie-sociale-et-solidaire"&gt;le parcours création&lt;/a&gt;&lt;span&gt; - capsule intensive d’accompagnement en 7 semaines - est fait pour vous.&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Si vous souhaitez accroitre l’impact social &amp;amp; environnemental de votre entreprise et lever des fonds responsables, venez participez à une riche aventure collective sur une année - optez pour &lt;/span&gt;&lt;a href="https://www.cresspaca.org/entreprendre/developper-une-entreprise/etre-accompagne/mpe-parcours-developpement-mon-projet-d-entreprise-economie-sociale-et-solidaire"&gt;le parcours développement&lt;/a&gt;&lt;span&gt;.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cresspaca.org/</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;mpe-ess&amp;#64;cresspaca.org&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>web@cresspaca.org</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creer-ou-developper-une-entreprise-de-leconomie-sociale-et-solidaire-en-provence-alpes-cote-dazur/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>162649</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour conforter la dynamique de lieux hybrides</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>FEDER - Fiche-Action 7 - Investir pour conforter la dynamique de lieux hybrides</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...1 lines deleted...]
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...4 lines deleted...]
-      <c r="H184" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K184" s="1" t="inlineStr">
+      <c r="I194" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J194" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 100 000 €</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="T184" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La crise sanitaire et sociale liée au COVID a amplifié un mouvement quant à la réorganisation du travail dans notre société, en regroupant diverses tendances : un lien domicile - travail repensé, une quête de sens réaffirmée (qualité de vie au travail, pratiques collaboratives et créatives) et une recherche d’économie revendiquée (gain de temps, augmentation du pouvoir d’achat).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Émerge aujourd’hui un besoin de travailler autrement. Pas partout (les secteurs d’activité sont inégalement touchés), pas pour toutes et tous (selon les fonctions, les métiers), mais de plus en plus cependant… notamment chez les jeunes travailleurs et/ou les jeunes familles.&lt;/p&gt;&lt;p&gt;Pour le Pays de l’Isle en Périgord, il s’agit d’encourager la création de lieux vivants, ancrés dans le territoire (en lien avec les projets de revitalisation et ainsi éviter un « effet Hors sol ») qui accompagnent ces mutations, en proposant une offre diversifiée (taille, fonctionnement, services, publics …) de Lieux Tiers, en mesure d’attirer :&lt;br /&gt;• des travailleurs en manque d’espaces et de liens (entrepreneurs, indépendants, petites entreprises, mais aussi salariés d’entreprises&lt;br /&gt;« parisiennes »)&lt;br /&gt;• mais aussi des créateurs, des artisans, des artistes,&lt;br /&gt;• et des projets d’ESS (boutique Test, nouveaux services …)&lt;br /&gt;• des projets collectifs inter associatifs, …&lt;br /&gt;• des projets présentant des pratiques solidaires, ...&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Étudier au préalable la mise en place d’un lieu hybride&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; • Prise en compte d’une démarche type RSO et au modèle économique&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Soutenir l’investissement pour développer ou aménager un lieu hybride&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Projets de lieux d’innovation ou renforcement d’un lieu existant&lt;br /&gt;• Projets d’atelier partagé&lt;br /&gt;• Projets de Fab Lab …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Soutien à des actions de travail en réseau&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Projets de coworking&lt;br /&gt;• Renforcement d’un lieu existant …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Soutien à des nouveaux lieux d’animation et de lien social du territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Projets hybrides renforçant les synergies et les dynamiques collaboratives dans le champ de l’ESS et du développement social local, dans le domaine de la préservation et de la valorisation des ressources&lt;br /&gt;• Projets de lieux tiers&lt;br /&gt;• Projets incluant un volet de sociabilité et d’échange citoyen&lt;br /&gt;• Projets intergénérationnels …&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Tiers-lieux
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P194" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q194" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 25 000 €&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;- Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;- Les agriculteurs dans le cadre de leur seule activité agricole&lt;br /&gt;- Les dépenses d’auto-construction&lt;br /&gt;- Les contributions en nature&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA7-Lieux-hybrides.pdf</t>
+        </is>
+      </c>
+      <c r="W194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investir-pour-conforter-la-dynamique-de-lieux-hybrides/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-[...153 lines deleted...]
-      <c r="G186" s="1" t="inlineStr">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...19 lines deleted...]
-      <c r="K186" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I195" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J195" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
-[...489 lines deleted...]
-      <c r="N189" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
+auprès de milliers de citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
+investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T195" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>162532</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'économie sociale et solidaire et l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I196" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J196" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Projets ou événements
+d’économie circulaire ou d’économie sociale et solidaire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Promotion, information et
+sensibilisation aux économies circulaire et sociale et solidaire, par le biais
+de communication, d’événements, de manifestations, de débats, etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Projet de création d’un
+produit issu du recyclage ou de la réutilisation d’un ou plusieurs produits.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Création d’un service de
+consommation collaborative ou d’économie de la fonctionnalité.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Missions d’accompagnement, de
+conseils, d’animation territoriale et de mise en réseau : démarche d’écologie
+industrielle et territoriale, …&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L‘économie sociale et solidaire (ESS) s’entend
+d’après la définition de la loi n° 2014-856 du 31 juillet 2014 : Production
+de biens et de services de manière durable en limitant la consommation et le
+gaspillage des ressources et la production des déchets. Ce modèle repose sur la
+création de boucles de valeur positives à chaque utilisation ou réutilisation
+de la matière ou du produit avant destruction finale. Il met notamment l’accent
+sur de nouveaux modes de conception, production et consommation, le prolongement
+de la durée d’usage des produits, l’usage plutôt que la possession de bien, la
+réutilisation et le recyclage des composants. (Institut de l’Économie
+circulaire)&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P196" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q196" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Soutenir les initiatives favorisant le développement de l’ESS et de
+l’économie circulaire sur le territoire est une réponse aux enjeux actuels de
+l’emploi local, de la préservation des ressources locales, du maintien ou de la
+création de valeur sur le territoire, de la coopération et des solidarités
+entre les acteurs locaux. Dans un contexte d’augmentation du prix de traitement
+des déchets, de fermeture des centres d’enfouissement et d’augmentation des
+prix des matières premières, il est particulièrement important de soutenir des
+actions qui viseront à diminuer la production de déchets et à favoriser la
+mutualisation des ressources. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les actions soutenues contribueront ainsi à améliorer la résilience du Pays
+de Coutances.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T196" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-preserver-le-patrimoine-culturel-et-naturel-fiche-action-5/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>162525</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Développer une agriculture durable et diversifiée, les circuits courts et le tourisme</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire qui régénère ses éco-systèmes économiques</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F197" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I197" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Développer une agriculture durable et diversifiée&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;poursuivre l’accompagnement des exploitants agricoles (conversion, transformation des productions, logistique…) et promouvoir des pratiques vertueuses en lien avec les acteurs (lycée agricole, chambre d&amp;#039;agriculture, syndicats d&amp;#039;exploitants)&lt;/li&gt;&lt;li&gt;encourager les micro-projets agricoles&lt;/li&gt;&lt;li&gt;accompagner la structuration d&amp;#039;une filière d’alimentation durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer des circuits courts, dans tous domaines économiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;valoriser les savoir-faire locaux et les activités économiques existantes sur le territoire&lt;/li&gt;&lt;li&gt;accompagner les projets de production, transformation et vente locale&lt;/li&gt;&lt;li&gt;aider l&amp;#039;installation de nouvelles entreprises innovantes sur le territoire (sortie d&amp;#039;incubateurs/couveuses…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accentuer la mise en tourisme du territoire &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner le développement, l’aménagement, l’animation et la valorisation des sites à vocation touristique&lt;/li&gt;&lt;li&gt;accompagner le développement de l’offre cyclo-touristique du territoire (fléchage, signalétique, étude d’identification des itinéraires, aire de service, communication…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité des acteurs publics et économiques à coconstruire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches visant à rendre plus lisibles l’offre de services publics et privés aux porteurs de projet et aux entreprises (communication, outils numériques...),&lt;/li&gt;&lt;li&gt;soutenir les actions en faveur de l&amp;#039;emploi inclusif auprès des employeurs : emploi des personnes en situation de handicap, insertion professionnelle en situation de travail...&lt;/li&gt;&lt;li&gt;soutenir les démarche d&amp;#039;amélioration de la qualité de vie au travail tenant compte des horaires, de la mobilité, de la garde d&amp;#039;enfants, de la parité, du logement...&lt;/li&gt;&lt;li&gt;soutenir les initiatives renforçant le lien apprentissage/formation/entreprises/territoires&lt;/li&gt;&lt;li&gt;accompagner l’émergence d’une offre de formation adaptée aux enjeux industriels locaux&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P197" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q197" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T197" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ligne directe : 02 46 59 15 45&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Standard : 02 46 59 15 40&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif-1/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>162708</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le bien vivre et favoriser le faire ensemble sur le territoire</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I198" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J198" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond de 50 000€</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le programme européen de
+subvention LEADER 2023-2027, le GAL souhaite agir pour une meilleure qualité de
+vie et davantage de lien social sur son territoire. &lt;/span&gt;&lt;span&gt;Le
+GAL pourra ainsi permettre la création ou le développement de tiers lieux tels
+que des espaces de travail partagés et collaboratifs ou des jardins partagés,
+faciliter l’accès à la culture par le soutien à de l’équipement culturel ou
+l’organisation d’évènements en lien avec le patrimoine local. Au regard de la
+dépendance à la voiture individuelle, &lt;/span&gt;&lt;span&gt;iI&lt;/span&gt;&lt;span&gt;
+pourra financer des projets permettant une mobilité plus durable et partagée.
+Finalement, le bien manger sera favorisé à travers le soutien à de l’animation
+locale ou la mise en place de restauration collective transformant des produis
+frais et locaux.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Exemples de projets : Aménagement
+d’un atelier collectif d’artisans (Fablab) ; Equipement pour un espace de
+coworking à vocation économique ; jardins partagés ; véhicule en partage ;
+évènement culturel ; Ateliers pédagogiques ; Equipement d’une cuisine collective…&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Tiers-lieux
+Economie sociale et solidaire
+Accessibilité
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
+association, un collectif, une TPE/PME ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
+avance les dépenses &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Evènement&lt;/span&gt;&lt;span&gt; : uniquement la 1ère édition et avec mesures
+écoresponsables&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Bât. ATOME - 2 rue Michelet 30100 Alès&lt;/p&gt;&lt;p&gt;04 66 25 32 88&lt;/p&gt;&lt;p&gt;06 86 94 62 87&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-le-bien-vivre-et-favoriser-le-faire-ensemble-sur-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>157094</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Préparer et mettre en oeuvre des activités de coopération</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°5 : Préparation et mise en œuvre d'activités de coopération</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I199" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J199" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes :
+&lt;/p&gt;
+&lt;p&gt;
+ - Promouvoir un territoire sobre et résilient
+&lt;/p&gt;
+&lt;p&gt;
+ - Soutenir l&amp;#039;initiative économique
+&lt;/p&gt;
+&lt;p&gt;
+ - Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services
+&lt;/p&gt;
+&lt;p&gt;
+ - Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ A travers l&amp;#039;action &amp;#34;Préparation et mise en œuvre d&amp;#039;activités de coopération&amp;#34;, le GAL souhaite, de manière générale, développer tout projet de coopération lié aux 4 grands axes de la stratégie locale de développement. Les thématiques propices à la coopération sur le territoire sont privilégiées, à savoir : la culture, les énergies renouvelables, l&amp;#039;urbanisme rural durable et les mobilités.
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération aura pour attendus :
+&lt;/p&gt;
+&lt;p&gt;
+ - La mutualisation de moyens pour la recherche commune de solutions à des problématiques partagées.
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;actions communes répondant aux enjeux identifiés dans la stratégie locale de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement de partenariats internes au territoire et vers d&amp;#039;autres GAL en région Normandie ou en dehors.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le partage d&amp;#039;expériences et la diffusion de bonnes pratiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Echanges d&amp;#039;expériences : rencontres, visites sur site de projets réalisés, missions sur des problématiques précises (à définir, selon le projet de coopération).
+&lt;/p&gt;
+&lt;p&gt;
+ - Missions de conseils, d&amp;#039;expertise, d&amp;#039;animation territoriale et de mise en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions collectives d&amp;#039;échange, de diffusion de bonnes pratiques et de communication.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formations non professionnelles, d&amp;#039;information et de sensibilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de formation visant à la mise en réseau, à la sensibilisation ou à l&amp;#039;éducation des acteurs sur des problématiques de développement rural et intégrées dans un projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Traduction.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/253b-leader-action-n5-preparation-et-mise-en-uvre-/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>157091</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'initiative économique</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°2 : Soutenir l'initiative économique</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I200" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J200" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Soutenir l&amp;#039;initiative économique&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à soutenir l&amp;#039;initiative économique locale. Le GAL souhaite accompagner des projets de nature à encourager la mutation industrielle du territoire vers des activités qui favorisent la transition énergétique et la valorisation des filières locales à potentiel. La capacité du territoire à proposer une alimentation locale et de qualité constitue un objectif fort. Au-delà, le programme veillera à soutenir des projets de création / développement de petites entreprises et activités artisanales.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières émergentes liées à l&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel (exemples : lin, chanvre, haies)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - La relocalisation de filières d&amp;#039;activités sur le territoire du GAL
+&lt;/p&gt;
+&lt;p&gt;
+ - La création d&amp;#039;entreprises et d&amp;#039;activités
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des initiatives de l&amp;#039;ESS
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accompagnement de la transformation des activités agricoles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des circuits de proximité
+&lt;/p&gt;
+&lt;p&gt;
+ - Des avancées vers l&amp;#039;autonomie alimentaire
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement d&amp;#039;une offre touristique de proximité, durable et qualitative.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisation ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction et réhabilitation de solutions d&amp;#039;accueil d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ - Appui au développement de nouvelles formes de commercialisation de produits locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ - Equipements à vocation touristique
+&lt;/p&gt;
+&lt;p&gt;
+ - Outils de communication - Information des consommateurs / des acteurs du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements et de manifestations à vocation éducative
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Maintien et développement des activités de production de biens et services
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux modèles de ventes de produits locaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouvelles solutions d&amp;#039;accueil des entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services/dispositifs d&amp;#039;accompagnement des entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ - Réponse aux besoins locaux en matière d&amp;#039;accueil de jeunes entrepreneurs
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement d&amp;#039;une nouvelle offre touristique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et/ou information des producteurs locaux sur la structuration des circuits courts.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en réseau, animation et information / sensibilisation (but pédagogique, porter à connaissance) des professionnels, des collectivités sur les questions liées à l&amp;#039;alimentation).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie d'énergie et rénovation énergétique
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre d&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T200" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdec-leader-action-n2-soutenir-linitiative-economi/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I201" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J201" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Friche
+Foncier
+Transition énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
-Information voyageur, billettique multimodale
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
-Industrie
-Mers et océans
+Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
-Mobilité et véhicules autonomes
-[...25 lines deleted...]
-      <c r="T189" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C190" s="1" t="inlineStr">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>160867</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration des services de proximité</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G190" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 4</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I202" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J202" s="1" t="inlineStr">
+        <is>
+          <t>de 7 500 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamiser la vie locale et le lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendre attractif le territoire pour maintenir et accueillir de nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La stratégie LEADER intervient sur un territoire où les services et infrastructures locales sont présents, mais où l&amp;#039;accès en est inégal, tant au niveau géographique que social ou culturel ou du fait du manque d&amp;#039;offre ou de compétence numérique. La valeur ajoutée de LEADER s&amp;#039;inscrira donc dans cette perspective, en mettant à profit les atouts du territoire en termes d&amp;#039;offre de services, et en complémentarité avec les nombreux dispositifs existants (Action Cœur de Ville/Petite Ville de demain, micro-folies, contrats locaux d&amp;#039;éducation artistique, contrat de ville, FranceNum...).  Le &amp;#43; LEADER sur l&amp;#039;accès aux services : compléter la couverture territoriale en services de proximité, proposer des services à la population;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;accès aux services sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouveaux services permettant de répondre aux besoins des populations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une baisse des émissions de GES
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *le cahier des charges des études devra être transmis
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T202" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>160377</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter les solutions fondées sur la nature pour atténuer le changement climatique et ses conséquences</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J203" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Elévation du niveau marin, sécheresse, perturbation des précipitations, etc., le changement climatique est déjà une réalité en Normandie et sur le territoire « Seine Normande ». A moyen terme, les effets attendus du changement climatique sur les habitants et les ressources seront problématiques : pression sur la qualité et la quantité de la ressource en eau potable, baisse de la qualité de l&amp;#039;air, variations saisonnières plus sévères, inondation en bord de Seine et le long des rivières, baisse de la qualité des sols avec des effets sur l&amp;#039;agriculture, et sur la santé, sécheresses qui pourraient faire baisser les rendements agricoles, présence plus importante d&amp;#039;espèces invasives.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour limiter et stabiliser le réchauffement climatique, il faudrait baisser les émissions de CO2 rapidement, avec un objectif de zéro émission nette en 2050, et réduire fortement aussi les émissions des autres gaz à effet de serre. Il faudra également s&amp;#039;adapter et modifier nos habitudes de vie. Pour relever ces défis, les acteurs du territoire font le pari de la nature : la nature pour se reconnecter à nos besoins essentiels, les solutions fondées sur la nature pour développer des alternatives économiques viables et durables moins coûteuses à long terme que des investissements technologiques ou la construction et l&amp;#039;entretien d&amp;#039;infrastructures, la nature au cœur de nouvelles formes d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Limiter les conséquences du changement climatique pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La reconnexion à la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;expérimentation des solutions fondées sur la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de nouvelles formes d&amp;#039;urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;éducation ou de sensibilisation permettant une prise de conscience à tout âge de notre interdépendance avec la nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la recherche et à l&amp;#039;expérimentation de solutions innovantes pour diminuer la production de gaz à effet de serre, l&amp;#039;impact sur l&amp;#039;environnement et améliorer l&amp;#039;adaptation au réchauffement climatique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de nouvelles formes d&amp;#039;urbanisme alternatives à l&amp;#039;échelle d&amp;#039;un aménagement, d&amp;#039;un bâtiment, d&amp;#039;une rue ou d&amp;#039;un quartier, d&amp;#039;une ville ou d&amp;#039;un village.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T203" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833d-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>160375</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Habiter, se déplacer et travailler sur le territoire</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J204" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire, les trajets effectués par les habitants en particulier les trajets domicile-travail sont majoritairement réalisés en voiture. A l&amp;#039;heure de la raréfaction des énergies fossiles, et de la nécessaire baisse des émissions de gaz à effet de serre, il est nécessaire de trouver des moyens alternatifs de se déplacer, mais également des solutions innovantes permettant de rapprocher travail et lieu de vie des habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur ce dernier point, il est également nécessaire de revoir les modes d&amp;#039;habiter car certaines catégories de population ne trouvent pas de logements adaptés à leur besoin (manque de petites typologies attractives, de logements associés à des services, de logements partagés et inclusifs).
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Habiter, se déplacer et travailler sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un mode d&amp;#039;habitat sobre et inclusif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une offre de transport alternatif qui irrigue le territoire et réponde aux besoins des habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le travail intégré au tissu rural
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction, rénovation, solutions de logements visant la sobriété, et l&amp;#039;inclusion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de mobilité alternatives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions permettant l&amp;#039;exercice d&amp;#039;activité professionnelle au coeur du milieu rural
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T204" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c049-renforcer-le-cur-des-villages-par-une-offre-d/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>160374</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer le cœur des villages par une offre de services adaptée aux différents parcours de vie</t>
+        </is>
+      </c>
+      <c r="C205" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J205" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire est maillé d&amp;#039;un bon réseau de pôles de services, mais quelques communes restent à plus de 15 minutes de distance des équipements de la vie courante (quelques communes plus enclavées en rive gauche de la Seine ou au sud du territoire dans le Lieuvin).
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les besoins en services de santé sont moins bien pourvus : notamment manque de professionnels de santé (médecins généralistes, de spécialistes...). Cette situation est pénalisante pour les habitants du territoire et pour son attractivité.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;augmentation du nombre de foyers composés d&amp;#039;une seule personne, de la monoparentalité et le vieillissement de la population qui s&amp;#039;accélère, renforce la nécessité de soutenir des projets porteurs de lien social, de solidarité situés au cœur des villes et des villages.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De nouveaux modèles économiques créateurs de sens
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de l&amp;#039;inclusion, de la solidarité et des liens entre les générations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès aux services pour tous
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création, adaptation ou renforcement de solutions alternatives répondant aux besoins des habitants
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;une offre de service plus adaptée à la population
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au regroupement et à la mutualisation de services, coordination des acteurs marchands et non marchands
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T205" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc3b-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>160373</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'entreprenariat et expérimenter de nouveaux modèles économiques</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J206" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire montre une bonne dynamique de création d&amp;#039;entreprises, avec un taux de survie élevé (77% de taux de survie à 3 ans en
+ 2018) et le taux de chômage est globalement plus faible que la moyenne normande. Cependant, ces chiffres masquent des inégalités. En effet, les jeunes font face à un chômage plus élevé que les autres tranches d&amp;#039;âge (23% de taux de chômage des 15-24 ans) et les femmes ne représentent que 28% des créations d&amp;#039;entreprises. Ainsi afin de conforter la bonne dynamique de création d&amp;#039;entreprises, les acteurs du territoire souhaitent soutenir l&amp;#039;accompagnement à la création d&amp;#039;activité, la transmission et la reprise d&amp;#039;entreprises en développant l&amp;#039;accueil des jeunes actifs et l&amp;#039;entreprenariat au féminin. Dans la situation sociétale post-COVID, il a paru pertinent de s&amp;#039;intéresser au soutien d&amp;#039;activités économiques porteuses de sens, plus inclusives, créatrices de lien social, vecteur d&amp;#039;insertion, et pourquoi pas d&amp;#039;expérimenter la faisabilité de nouveaux modèles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectifs opérationnels :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   L&amp;#039;entreprenariat accessible à toutes et tous
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  De nouveaux modèles économiques créateurs de sens
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Accompagnement à la création d&amp;#039;activité, la pérennisation et la transmission d&amp;#039;activités économiques intégrées, en lien avec
+  &lt;/span&gt;
+  l&amp;#039;environnement, créatrices de lien social, répondant aux besoins de la population
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de l&amp;#039;entreprenariat féminin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des jeunes vers le monde de l&amp;#039;entreprise et rapprochement des sphères de l&amp;#039;éducation et de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T206" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1364-developper-une-offre-culturelle-et-touristiqu/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>160372</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les ressources du territoire en circuit de proximité en toute sobriété</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J207" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 80 000 €</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire « Seine Normande », malgré des productions agricoles diversifiées (céréales, viande, lait, fruits, fibres...) et des
+ressources forestières de qualité (feuillus notamment), la transformation et la valorisation sont souvent délocalisées à l&amp;#039;extérieur de la
+région voire à l&amp;#039;international, ce qui engendre une perte importante de valeur ajoutée et d&amp;#039;emplois. Longtemps considérés uniquement
+comme une source de nuisances, les produits en fin de vie sont maintenant considérés comme un gisement potentiel de ressources
+notamment grâce à la réparation et au réemploi.
+&lt;/p&gt;
+&lt;p&gt;
+ La valorisation de ses ressources locales primaires ou recyclées est prioritaire pour assurer le dynamisme du territoire et répondre
+aux enjeux de la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique : Valoriser les ressources du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La transformation et la consommation des produits agricoles et alimentaires locaux sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transformation et l&amp;#039;utilisation des matériaux locaux sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;augmentation de la durée de vie des objets, leur réutilisation et le recyclage
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra sur les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au développement de la consommation locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la structuration de filières locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T207" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de0b-valoriser-les-ressources-du-territoire-en-cir/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>160371</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Développer une offre culturelle et touristique valorisant les atouts du territoire</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J208" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les milieux naturels de qualité (Site Ramsar Marais Vernier-Risle maritime, tourbière d&amp;#039;Heurteauville, réserve de l&amp;#039;estuaire de la
+ &lt;/span&gt;
+ Seine...), les forêts, les paysages des boucles de Seine et plateaux (méandres, coteaux, champs de lin, clos-masures...), les agglomérations patrimoniales (Pont-Audemer, Rives-en-Seine, Cormeilles, La Bouille), le patrimoine bâti (abbayes, châteaux et manoirs...), les savoir-faire passés et actuels (arboriculture, chaumières, artisans, tannerie, passé maritime et industriel...) sont autant de ressources pour la vie culturelle et d&amp;#039;atouts pour le tourisme. Le territoire bénéficie d&amp;#039;une vie associative riche de laquelle émane des manifestations culturelles variées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les changements sociétaux récents offrent une opportunité pour le développement d&amp;#039;un tourisme familial et de proximité. Le programme
+ &lt;/span&gt;
+ LEADER Seine Normande souhaite encourager l&amp;#039;ancrage local des propositions culturelles et touristiques, afin qu&amp;#039;elles soient un moyen d&amp;#039;une meilleure connaissance du territoire et qu&amp;#039;elles profitent aux excursionnistes comme aux habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectif stratégique : Valoriser les ressources du territoire
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectifs opérationnels
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Le développement d&amp;#039;un tourisme responsable valorisant le territoire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le renfort d&amp;#039;une offre culturelle innovante et intégrée au territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra sur les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au développement de la consommation locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la structuration de filières locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T208" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bc6-valoriser-les-ressources-du-territoire-en-cir/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>159892</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Capter et retenir des compétences et des pépites</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F209" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J209" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le tissu économique du territoire Adour Chalosse Tursan Marsan est axé sur l&amp;#039;économie présentielle et sur la redistribution sociale. Certes, l&amp;#039;économie productive (agriculture, agroalimentaire, industries) reste pourvoyeuse d&amp;#039;emplois mais ces secteurs rencontrent des problèmes communs : manque d&amp;#039;attractivité et difficulté de recrutement. D&amp;#039;autre part, rappelons que plus de 30% de la population a plus de 60 ans et que l&amp;#039;on observe peu d&amp;#039;installations de jeunes ou de cadres supérieurs.
+ &lt;br /&gt;
+ Cette fiche-action a donc pour ambition de soutenir des actions permettant de rendre plus attractif et durable l&amp;#039;environnement économique du territoire, en ciblant les objectifs suivants :
+ &lt;br /&gt;
+ -    Maintenir l&amp;#039;attractivité en termes d&amp;#039;emplois et de services pour la population active qui est liée notamment à la présence d&amp;#039;un chef-lieu de département et d&amp;#039;un tissu de centre-bourgs ;
+ &lt;br /&gt;
+ -    Participer à répondre à l&amp;#039;évolution des besoins des entreprises notamment en termes de formations ;
+ &lt;br /&gt;
+ -    Soutenir des initiatives économiques ayant une utilité sociale ;
+ &lt;br /&gt;
+ -    Soutenir des initiatives permettant la transition vers une économie plus respectueuse de l&amp;#039;environnement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant de renforcer l&amp;#039;attractivité économique du territoire
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération entre acteurs du territoire à des fins de développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développement d&amp;#039;équipements et de services adaptés à la population active
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations concourant à l&amp;#039;amélioration de l&amp;#039;accueil des étudiants et des travailleurs temporaires par la création ou la réhabilitation d&amp;#039;hébergements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création, réhabilitation de bâtiments accueillant des tiers-lieux, investissements pour de l&amp;#039;aménagement, de l&amp;#039;équipement, permettant notamment le développement du télétravail
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Implication des acteurs économiques dans la transition écologique
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant la promotion, la sensibilisation ou la mise en place d&amp;#039;une démarche de type RSE (Responsabilité Sociale, Sociétale et Environnementale) auprès des entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement des compétences et des pépites présentes sur le territoire
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création, réhabilitation, équipements de bâtiments permettant le développement territorial de l&amp;#039;accès à la formation continue et à l&amp;#039;apprentissage tout au long de la vie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à l&amp;#039;ingénierie de mise en place de GPEC (Gestion Prévisionnelle des Emplois et des Compétences)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant d&amp;#039;améliorer des lieux pour accueillir des événements professionnels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien à un développement économique vertueux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Action globale et collective permettant l&amp;#039;identification de sites dégradés ou déqualifiés en vue de leur reconversion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant de soutenir le développement de l&amp;#039;économie sociale et solidaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou la réhabilitation de lieux « hybrides », investissement pour de l&amp;#039;aménagement et de l&amp;#039;équipement favorisant la mutualisation entre acteurs et l&amp;#039;inclusion sociale de tous les publics, notamment la jeunesse
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie sociale et solidaire
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P209" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q209" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T209" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cd25-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>158944</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Aider les citoyens à trouver que faire de leurs objets inutilisés à l’échelle locale, et à consommer de façon responsable</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Longue Vie Aux Objets</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...17 lines deleted...]
-      <c r="K190" s="1" t="inlineStr">
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
-[...13 lines deleted...]
-Commerces et services
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Comment se débarrasser de façon vertueuse ? Quelles alternatives à la consommation d&amp;#039;objets neufs ?
+ &lt;span&gt;🤔&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de lancer l&amp;#039;outil
+ &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;
+  La carte des acteurs de l&amp;#039;économie circulaire et de la réparation&lt;/a&gt; pour mettre en lumière les solutions proches de chez soi pour désencombrer son logement, et pour consommer de façon responsable en privilégiant le réemploi et la réparation de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ La carte met en lumière des acteurs et solutions de proximité et apporte des réponses pour les objets du quotidien : vêtement, téléphone mobile, mobilier, électroménager, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Les points d&amp;#039;apport listés sur ce site sont mis à jour régulièrement.
+&lt;/p&gt;
+&lt;p&gt;
+ Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les alternatives à l&amp;#039;achat neuf, en mettant en avant des labels et bonus réparation dont le citoyen peut bénéficier.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1) Carte centrée sur un territoire : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAA90AAALQCAIAAAACRYS7AAAgAElEQVR4AeydDXxT1f3/s/39b/w2t7G/P3/y&amp;#43;&amp;#43;k2EbfB7&amp;#43;emqHM/dJvCpkOcoqgIVVRkVJ4UscJwBVcdiihPrbXyUCkCLY/lScqDWqo8tEqhPJVSoKRt0jRNmtwkTdKkSZP73znfm5OTm/Q2bdM0Ld&amp;#43;88mpP7j2Pn/tw3ud7v&amp;#43;dclYgfVAAVQAVQAVQAFUAFUAFUABXoaQVUPV0BLB8VQAVQAVQAFUAFUAFUABVABUTkcjwJUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC7HcwAVQAVQAVQAFUAFUAFUABXoeQWQy3v&amp;#43;GGANUAFUABVABVABVAAVQAVQAeRyPAdQAVQAFUAFUAFUABVABVCBnlcAubznjwHWABVABVABVAAVQAVQAVQAFUAux3MAFUAFUAFUABVABVABVAAV6HkFkMt7/hhgDVABVAAVQAVQAVQAFUAFUAHkcjwHUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC5PuHPg5Y&amp;#43;OXlHfhDsAWCFUABVABVABVAAVQAV6QgHk8p5QXbFM1ciVV8531Py9imLgTlQAFUAFUAFUABVABa4UBZDLE&amp;#43;5Iq0auvHvWzuOXGvv8VzVyZTRc7vf7E&amp;#43;4gYYVQAVQAFUAFUAFUoJcrUF/vSLQWIJcn2hERgcsTrlqxrpDF0dIul3s8HofDYbPZBPygAqgAKoAKoAIxVUClSsfvFa7AL36xbvz4/fn5VbFmnM7nh1zeee26KSVyOQjb0uJBIo9pH4SZoQKoACqACgQVuMKRFJvPFPjFL9YVFdV1E9R1NFvk8o4q1u3xkctFUXQ6iaU8ePvEECqACqACqAAqEFMFGJZhABUYP35/t&amp;#43;NddAUgl0enUxxjIZeLomiztcT09ouZoQKoACqACqACIQogjKICvAJxBD2lopDLldTpkX0d4nJ38RHb8iXNBZ&amp;#43;GV7V5/17b8iXs69yR73e5&amp;#43;GherYbtZYGmlVksjvubr2F7a6ORbfRWXYKNnsrzbKNjYy7LgQU85WdZhPBAu/7lIbdP/IEKoAKoACqACsRUAZ7JMIwKhINKj2xBLu8R2ZUK7RCXG0aP0g68XnfrELG1VZap&amp;#43;ZUZ2oHX89/6u27z1lSzaO6SYn4vhHW3/4pFsH2wHDZa/vkPttE0eSJsdO7czjZCNWS5ObZsZBHCA8jlMe1fMDNUABVABVCBjimAJIoK8AqEg0qPbEEu7xHZlQqNnsu9mlqGws2fH5BlKnH5oJ8Yxz3e8MBwiGkc/wSLxrhcf/99xnGPw9f04iQWgXF53eCbfIIgiqKn/CwrMYTLH31IO/D6uv/5BcvHOO5xV9FBllV4ALm8Yx0IxkYFUAFUABWIqQI8k2EYFQgHlR7ZglzeI7IrFRo9l1vfW8go2TQtWZYpcHnd//ycbPf5GidOgMg&amp;#43;wQwxGZc7d&amp;#43;&amp;#43;UpYWfjMu1A68HkzkzlmsHXh/C5dRs3/DQAxHzibgRuTym/QtmhgqgAqgAKtAxBZBEUQFegYisEv&amp;#43;NyOXx17ydEqPlcr&amp;#43;/ftidxInlzlsJcN/8M5/Nxmctcfl/3wwb7etygMs95ytgC&amp;#43;Ny09TJzCncq6llmdgy0xn31w2&amp;#43;yX3kEPtJuHzXDhYT/Fjq77qN5ePckc/2Rgwgl3esA8HYqAAqgAqgAjFVgGcyDKMCEVkl/huRy&amp;#43;OveTslRsnljKqdn&amp;#43;6q&amp;#43;8WN2oHXOzbm8lnLuNyxZSNQdcvZ0xCN5cDTtrv4CMuEt5cTN5XBN/ExnbvlXM7vbXw2ieUTMYBcHtP&amp;#43;BTNDBVABVAAV6JgCSKKoAK9ARFaJ/0bk8vhr3k6JUXK5MHsWMZbf9t9ia2vjxGe0A683PvkYn3WbXH76FERrn8sD9nLefYWFw&amp;#43;3lyOUd6xMwNiqACqACqEDPKcAzGYZRAZ6gejCMXN6D4kcuOhou97vddbf8ErjcOO7x&amp;#43;t/9FpiY90KRuHzIICimKXslxPFcvABbGJe36V8e4HLPxQu6W4doB16vv3eY&amp;#43;&amp;#43;sSyCecy9G/vOf6FywZFUAFUAFUoGMKIImiArwCkZks7luRy&amp;#43;MueXsFRsPlzl07eOM0C9vSl7LsJS4ffJO7pNixYZ3&amp;#43;/vsCKyp6IQ7jctvS990lxfBtOVHKcmB&amp;#43;LK36etfhr2zLl7ScPtVyojQCl9P1WPTDf8fycZcUtxqDq56zPFkA/Vg61oFgbFQAFUAFUIGYKsAzGYZRAcYnPRvodi6P/ki//PKXXq&amp;#43;Pl8NVdLj22z&amp;#43;uVf1I&amp;#43;csn6QPhaLi88fmnCWT/ejCbZ6kf/juwZzMFzDOnM15ngaZVH7EIjMvZXpJnpPXLW/X1LFXL8WMSl7e7fvnmPJYqPIBcHtP&amp;#43;BTNDBVABVAAV6JgC0fMJxrwSFAgHlR7Zkihc/pe/7A5vv&amp;#43;dshfZHP1GG8lrVj8IT9uot7XK5z2zS3vxT7cDrhb&amp;#43;9xlra9NGHgMstJ47DRrCXM&amp;#43;bW3zusacWHot/PkiCXd&amp;#43;wWjrFRAVQAFUAF&amp;#43;pAC3cGa99yz9d13T3z1lV6vd&amp;#43;v17i&amp;#43;/rH/nneN33rmpO8rCPGOrAKOjng0kBJdffXVWfb0johDmF19BLo&amp;#43;oTG/fiPbyPtS7YVNQAVQAFeh9CsSW6gYPXn/kSIPT6Y/43bWr&amp;#43;ic/WRPbEjG32CqQIFiVEFx&amp;#43;xx1tvrC9KWMFcnmCnCuxrQZyee/rxLDGqAAqgAr0IQViSHVDh27U6VxOp7&amp;#43;62vHqq0eGD99&amp;#43;zTWrrrlm1YgRO2bPLtZqm51O/&amp;#43;XL9p//fF0MC&amp;#43;16VlknySiiLDO961lFm8NLmnqn36nRvKiKY6HRlRVbyOl0bgnB5VdfnSXzLIf2nD59&amp;#43;ugn65HLO310Ezlh7&amp;#43;Hyyk2vJyf/bX15d/ZGB5clJycvOWDqzjISMu9D6cnJyYsKdAlZuWClKjelJien5JwKbsEQKoAK9HoFokXJ9qju5ps/qasj5P3xxxU//OFH4dn&amp;#43;&amp;#43;McrN2&amp;#43;ucjr958/b/uM/VodHaHMLUCyzwdu89SfVC0fFjGiRy3nlEwSZepLL//M/s5kiX35ZF66IyWRy6fXaawcpo3l4wl69pV3/8l7dOlb5buPykqwZydJnyrSZ8zMOXOpi53FwCWXmLuaimDwe6K9YgZ7aGcK7lNHndu8AqJMNPZQxpTcMHzrZOkyGClyhCjAC6WKguNjgdPrff/&amp;#43;kcj65uRedTv/WrZeVo4XsDXC52eAlXxt1kjGblt4VGzRHLufVZnzSs4Ee4/Jnnjnwpz9t37evxuVq3bCh8vhxQ1tCNI59Hrm8LXF67/bu4vLqXWnJycnvF9RWV5buyUiZkpw8M6ukK3bo85vmJifP3dC95vLuR/&amp;#43;2&amp;#43;t0QMm4rUrdt53m3dtdbyclTMg51W2Gdz/jCpnnJySlr0FzeeQkxJSqQgArwTNbp8KOPFjid/vJyy//5PxnKmVx9dVZtrdPp9N9&amp;#43;&amp;#43;0blmMG9EpebssBmf/uJYgNBc/XGPcE47ZnzFWIil/PiJAhQ9QyXT5168IYbPtbrnRs3XnjxxcJXXz30zjvBZbNl0mi&amp;#43;/5/I5TJN&amp;#43;sDP7uLykqxpHEKVrJiWnDwtq6QLPUIRZebPupBDu0njgf5tVYIn47bidNt2OogK8O6pnJTk5Ld21XZbaZ3PmJ5Ui/YmurdN5xuIKVGBK1IBnsk6HV637oLT6Z80qTCaHFJTv3Y6/W&amp;#43;/fTyayCSOjMtV6S/vI17sztJyLoecse&amp;#43;qyzTSfFOzxrR9fj63N111e1HOYUe9WYpQf9GQMzkHIkhcvvHE3gqardPvrLfujZRcMtXbXOrD5c8FRwLlZcTHxrQ926CuJ/kHXNWhSl5pCqzZVbbjxJ8hFbRIo1mabZKqZPPWl/J5pqtUeS9mG9R0BOJ0&amp;#43;usvGrImBJ8PSHXeUVl8MVyKYLQQBYIVVoqQIGTVA1z&amp;#43;rW&amp;#43;lf/e7mcnJhTt2VL311je//nXua68d/vxzTUWF2eMJWb9cFEXP&amp;#43;QvKUH4FrpMYk1PHaG0uOq3LP6Jeve/8oq2n0jYch&amp;#43;&amp;#43;7W05u&amp;#43;rLqSLm&amp;#43;qt4Wk4LayqSbuLx2JzGXM4Sq3DiXOKEUSX2O8cKBjPkzpxE3lzAXl4byA6vS5s4iO6fNnJu26kAVtbLTHFIy1q5O&amp;#43;xtJOG3mvIzPqoJdWG3JpkUp06bQHGcv2lTK0I16vyzIWp1KMpTQs40iBIr&amp;#43;aas2LZk/k2Q1I2XRxmBGQptFBGtBQrUl25bNm0l9eEIqWb5&amp;#43;bnLyvM2VLDb1ZScu3eUbiDjcJzCAqT1VwKSYNXfR2kMghSAIB5aEmrTpiCIA1pGazEqlgdqSbUvmpxAdZ8ycuyjn0B4yiErbSVHcRPKWsmq7ziSbz8hIaUH2pkV/64JcxkpyuOFckAkuGCv308M9JXnazJR5HxQc2pDGRnf0fJi7ZMWiFHJgqWe8qbZk46IU8J4KyUpXsmqedLalBvypTOW7pBNmWsqiTaVaEMhYuT8jEHXmvA&amp;#43;kcy9UPPyFCqACMVagE&amp;#43;gWnqSqyu50&amp;#43;q&amp;#43;7Liqv8VtvzXM6/YcO6cPzibwljMv/UURht/QUi//yDgfBX5tLfdJUJuG1t2z5ZinCqPIyIHIb5wnj9JZlEnYHxgV6DvrJOB3bpwb4dYSU3KyxlpWa1JCVWh2YtQlcTonf5jWbvZTLc17&amp;#43;lFbJ6XeaSaESnWs0LwdHGjQJt9dceuq3Ej3nZ5XSJGbXuVJTmRqSB6skr3PIECVQ7ehAnGkIgbZwJc7be4DLof033/zJwIE53/lOZlLS/tTU4rlzjy5bdpI13luj0Vz9X7Xf/rFu0G3I5UyWrgeamj1Fp3UfH6hkIK4QyN5//utKg8MlvR&amp;#43;066XzOXQTl4cayHUFC5KTk&amp;#43;dtukDv5uWb5k1JTp6dceBMbWXptkUzk5NnZhwCkC7ftWBmcvK0uRn5JeVnSralpxBafaegVhCo03Ny8sx5q/eUlkOq5LRd1TRD7cElJJMFm45W1p45mJWanDxl3qbzdBcF1mSyM6fgswOHynVC20VUbp5HipuSsmTjwXLIh9n4FYrge6iGg0um0cKKymsvlOSkJicnp227TGNQis34isUOOq4YtbW1exYRutxTW1tNvkaTEFLPC6UFVIqZyw5SncrX/y05OXVTkPG/ygiOgsKbzMqkgfKNpJnTXs8oKK0sP7otYzaMCAKDAV35oc8OlMJkgLbrLAiB4URX5BLK179OBM/YU1pZXV7wPjn2WUehurqDy2aSA/dOzsEzlaWf5ZATg3ykg05HNTRt/oEDn5VWCRB/5oKNJZXV5QdXkDbCKKiKDhHTtpbXnikgJ1vatipBKFkxMzk5JauosvJozrwpyTM/LDEKAiiTkn6gvLqyNJ&amp;#43;emOnSiRkqIf5CBVCBWCogw7LO/TSbCTh&amp;#43;&amp;#43;9vtOLFA5j/4wUdOp1&amp;#43;nc0VbViiX3zpXo6Yu5ueyAxbxCWo1wV9TzljJBP7nFSZzcMGT/JwzlIDV9QulCHkvbrTWV6jn3E4QVmJcszVvah6p0qB9EN98&amp;#43;AStYc7CEtK6&amp;#43;n3FtwLpDjq0lxrmA3ZxicvNpZXP0QxJqrn1pAJO77mNRZDqxrEnDqpdxcv33chxufrzE2MHkTrcOreerNDidOQ9Qn7e&amp;#43;K4B6g81VKlyZI8IAnU25Uygde4UgkfUn0eUHgz3GJfPmnXopz9dc9ddm771LXIkHn10D/fGG7F5x552cZxF6EH5uqPobpr32dTsmZ1dMmjixlumbP3T63uefq9w1spiBuWpa489&amp;#43;fbngydvZltmrjg6c8XRlNUlaRuOr/viYsxb2j1cTn2Uk&amp;#43;fmfFNbK2fKUzmzk5NnLDkgWSgF3X6KpMQ5gU67nDJvU9CHXFeydRu1ZVKK5Xbp9pJU1ACvO/B&amp;#43;cnIyN0&amp;#43;ROmJIFl8KrAGcFRSLAPSfuaQoYGsvIw4dczdWCoJiEaHdk/FCaXmgaWCAh6cE1CgeGJmQJCGOK/TxQkpOGcsrghQHCPLTtUioSTs5PegBTkcUgeTyJrM8aYCKk7yooJb5&amp;#43;htLsgjyBgY5XHTlOlMynpl11Cil6JRcQu2pU2xCMPgREcGlsyIluzSQuyBc2JZGHmKAM1TY&amp;#43;UDPIm76AT3NqFoha&amp;#43;w06MiYB860wNo&amp;#43;Rq2OlEKVmbbkQODww0FP/DVquAOGQVSgdyoQEc46utFgaHE6/VdfnRVNwuuuW&amp;#43;10&amp;#43;mtrndFEJnEkLqdszVZlUWtepkSrUqWP3Uos0&amp;#43;bPi7kMvzlIPEAo5o64dI4i73bOD4SLKXF52QqJ6cmu&amp;#43;ZSq1WrqrHKimAwDrDkjCKfB9971VlKiBO6SH0tWoD4qVTpY9M0lJwiFh3&amp;#43;hRfXUdi7tzc&amp;#43;rIA0sW07iLywh4XM5gYGHKl0FrTAbFtL4wOUhdQ4vpVNbYs45ncuwx7gcjtZ3vpO5YMExm60lvPau/V8YH3yCwbdCIDxtr97SHVy&amp;#43;t1Rz08SNqpErZd8fPZ5z43N5P52Qy7YnZxwaPHnz//3Latjy72M/&amp;#43;c3L2594&amp;#43;/O7X9154lJjDIXtHi7nFmMhNs6Z8wLuKAKlt5S13NQ9RmN017QPIzqhU4pdciDY6RCfE2ri1RUQQn&amp;#43;f4ZQgCNSRY9lBwl/EBM4hu1IRFPUCrEYKohUj3h2KRQSrFBoyamsr8xcwvwu550noFEb6eIFDwIj1pNZrYgMOcy/hVzmUNzm0VqfWpBC4Dw4AiOcNmegp8W5IbMU6h61d0zW5hIba2sOrUyR3GlCcE4TUi55UkuO77Hyg8acsCjkJ6JKXBwWhdjd5WJOSfqAyyPhC6Sr6hGVjCRufSMpwJya4ykgPXkKEwR&amp;#43;oACoQSwUiUGPHee7kSbPT6R88eH00uf3pTzudTv&amp;#43;&amp;#43;fZpoIpM4AS4nTibgQ2I2LOQgOKs0FNkZuztde6emq94lC8U4QyA4hJUlxuXXL4cSYX3xqXSt8WCeXFmS90iAy4O67duuppDNs35wb6BFoeuXc9UoAnu85PoSUrQ0&amp;#43;ZWLHNKWaCXlKxMajiHhdCWrbufyrlTuykwbcy5P23D8qockzmb8HTFw0/N5r6wo/t7oj9neX0za9GLGoTtf2q4aufL7j378yecXYnVQuoXLYTEWilCn1qZwzgkC&amp;#43;J2DRwL/N21nLexaEnFmZyjFEuAmDuvU/EznAvJZQXjaCsL3PLASAqUuDZGLCDVgkz6HupsTzxPFIkJ6J1PtqT05i8A9fco06mUOdmhKsW15ngD4c8tyR64n5XIyTmAVk8oOusSENzmkeoDgyUvIkCX44Xk3uFUyKrdZ57BlK1mtopdLMFYWbcp4C9zLp82kEweoPZxW6XXOUUcQBHpSwWEV5OeDbBwYOB2kwYaudOOCmWRFoAXbTgXY3FR14IO5xDV9dtYh4lcPT3gCCYP/IzxG4DXCMCqACnRdga6TnEqV/sEHZ5xO/6uvHokmt5SUo06nf&amp;#43;nSoHd4O6kkLqdIOuhEMUXz&amp;#43;k8PsVQAqeqiypxs2ffEi4O6zOVQusG0XZ55ZdbcXbQOClzeBjTz3B/AYg61D&amp;#43;0l80e9ZVtlzanMySyGmaNc5DaKCGTLVIoyECu86WI&amp;#43;yOVdFDD2yWPL5XPXfMMgWyHw/55c&amp;#43;/iCz8CJZcoHh74TsJeHJ1m4OTgNoCuN7xYup2QmeZLoDiyaIjn1Bnh6bkQbJLh3R4Zm3n&amp;#43;adgLEOQHW8qM4yGaUhvYQFLY43lUqQo56HPorFcEXSF2cp6Rk7C&amp;#43;v1RL&amp;#43;4&amp;#43;zNQRM&amp;#43;JIBprAG7NfUX55ZAiVjPkg&amp;#43;pH0sZVIzT0HRwSXBVb3mT&amp;#43;fpJqC17cRLPuyGxFesMTzm4ZSuDI6Vo5QJ/buoRXkvk4txmaNH8swtqLg9OTqUnGJtVzD8hCWkB/&amp;#43;MSdS6fEbJYp66UOJdTj3M6cJKNBPjkGEYFUIFuUyBKXFOOBibwqir7d76TqRzz&amp;#43;9/PqqggTiBDh3ZynUTJ99rp2vuShKQvfkrWJAn1Y&amp;#43;FolfmxjOc2ctgagXFDuBmw25rT5nLp4Vwu&amp;#43;bE4S8BDPazckPylvXw14AnAuZzAvFWutiAvH1lZ8I7u7QrSxDAtcnkMxYxNVjHk8lV7K8LBOnzLLS9u&amp;#43;XNqAfMsT9tw/Jn3DoZHY1u2Hb7c9aZ2B5eDuZdhE/UQCMzno9DGdpH7vLZc8jCWO/gKwqVSmIBIOZX3vuAoigJiYCkS2m&amp;#43;Yqk6dASdhakblvSHaLkKIiP5gWlYqguupKOAGXZxNpcQtQ7I3U78LOuOQJDDR&amp;#43;Y5B1xE5AUu&amp;#43;ztIsT1oETJal4EjVCOgpCLrPiOO5tJoKOHvwTeYqSOCWLlgZ9KGXJ&amp;#43;djK9YZ4Jt7uAFu3MQSH6VcUNWgbxKdHCytmw7Wa27sIVG7NDmVnmBh58PsnFPMaV4Qqk6Vk5MgeDJw4xl2ygkCqzYd6S0qYHMDBEF35hRbAIfXBcOoACoQWwU6ym1txS8s1Dmd/hUr&amp;#43;LULw3hUlb5q1bl/rdzy0UftRAspBSjWGVi/XBVYq4S5psC8T6dr7yvMRzxvzj7rua2HqHt3YN6nRhOYRknnfV5Ug4d6BMYN4WZp3qf5ZLm0yqEq/caxlWUXDUuld45G4HI277Msm070JEnovM/F1MQekn8ELpfGHmZTFnut6aB9OaWOYkgemKsamHgaQecQAcOwXmFv18EmJjkgl8dExlhmEisur9RafjFpE4Pp8AD4q/xX0vq7X92ZnH6I5/K0DccfemNfeBLY8r3RH5&amp;#43;rEbrY5u7gcgp/HDZd3kVm7AGVmsrJq9SlJTjoOhuzkpNnZBxsIJP9YAmOlPSC0gvlJfkZxM/gdfLeSZk7ijRpknqQB1LNXLD2YHl1LVlg5PVpZD2WcsnzIQTZ2y4iAvqnJidLBtTAWh/hRfC9E3jvpOaUXKitLC2Q1jmRKgkLgNBKXijdRpaPSU7bydZ5pMOFmYsKztSWHyVrxgQalRwixcwFu2BGLOg5my6oUrR6HlkBJmAGpnUIbTJfRQLNxEIM&amp;#43;p8p2Qa&amp;#43;HGzZmdC4dNGSyHWOINfrHZQLuJy2uvbMQWm9lYDFWvdVBl2NZUFOUXll6YGcd2A1FsmrRO6OLwi6IliSJ&amp;#43;fgmdraQLvmbTx9cNk00tj95bUXDpAYs3NOwSIwsHpP6XqiBkxOCCwTVFBaWXuh9MBa4voyLf1gwPElVBr8hQqgArFTQAHROrRr4MC1Gg15YdAnn1T&amp;#43;6EcrwtP&amp;#43;9Kdr9u3TgM/0b37TpiU4PGHAv5xxebqKLVwYmOv5XI6Vrn/ip0sZWqVFwckKLZRZ2TqJTj&amp;#43;3EqK3bAWh5Pa4PF016JuDdGFyaR1GWDLc6VfvK6bLGkbiclUb6yTCdNX2uFylyvnH59Ji6vUXTWUnHfXwllO1Zg4120eoc0fgO4LIgeRdpJpYJU8ELrcUvjRQpeo/IqPCFatm9eZ8YsLl3lbfqn3nfz5p04ysI&amp;#43;MWftHvkWwZZP/gsTWzVhY/krZ/6PT8qR8clkF52obj987eLUvC/7zxubwuatwNXA7GzhCbLfXBCJh4taVkhW/i20tXKP9gWwl7h42ptmTrknnS4uUp85bBrhD/adIXUJ8TulIK7RlMVQdWpQUWrp45b1HOgQuUpujsyYAhOdCHRC5CGf2J2TVyEYFc4X/5TlhOm659voys7BdSyQ8C65rPCl18XRB0R1eDItNmrpaWWeHrOWtuGq&amp;#43;SIOhK6arhoGBw&amp;#43;W0BptXKmxxaSd2ZArJ4/BSq/lursxZMCy5hGRqTtLqNOoeNlEJN/tHJRVoNy41PmzkvfQlZ2jAwjBEEoepwDlkZPZkssj5vWc6SvwU8l8AdP/i0Qap01Wer02bTs2rKtJnzF&amp;#43;Xsp/M8jad2LZsnLWzPFi&amp;#43;vPZTzFl33PJlfvFzQlW4jS9fDifm3tIytwVmhMmHwJyqACsRQAQVE6&amp;#43;iuW2/Nq6trdjr91dWOWbOO3Hff9h//eOW11666//6dqalfw5otwOXnzlkHDMiONn&amp;#43;5vZyg9r2ZdCVEp/fgXMlafOvUyoMVLpgYaja4zn1e&amp;#43;SJbtVAV&amp;#43;l4hm5e8VwhWRYyGy&amp;#43;niiQt3mNT1dB1xkty0/V3JEK5SReTydJUqwnuFYFVEaaTR5rxPaBFNftEFLzMy1zvKdkiLKkYeSwTAOlpV24jfRaqJVfKe53JXaeb0yZNS1lXEqkm9PZ&amp;#43;YcHnhKV3ahuMDxq97ZQVZDDEiZF/71CdJiwoHjF&amp;#43;XtKjwl3/ddPMLG3k65yk8YnjeJ22&amp;#43;ojWaQ9ANXB7D2zVmhQqgAqgAKtDHFegixsmSDx68/siRhkgLiZD1SVavPjd48PqSErJAyqlT5h//eKUsOf7scQWiQZc4xIkHlxdMULFP/8EjUg9apIbtTmLbaWBEtl4ULy0eEtzab&amp;#43;Dw1EIaHTIZsUofknY4SSHy&amp;#43;fQfOmm7OkIcaZN68S0qlarf9MPSb9el/JThQ/pfRYvsP2TE/AJL4C066vdIRfq9VCxFhYr1m05/Qz5cRVk0KXbn/3Wdy81N7rQNx6d/eOSGZzYkLSpM23D8uSVF4Wx935xP7529&amp;#43;4G/F/xoTI5q5MrbZ&amp;#43;TzXD5g/LrwJPyWHzy2prklIFbHm4tc3sd7PGweKoAKoAKJrUB3gODvf79t0aKyw4cbGhrcOp1r/37N4sUn2UTP/v1XHD1K2P3rr40RPV66o0qYZ5QKdBxkuiVF/Lh8yNTc3PfGDCQoO3RxNW0M8PQt03O35OeTb2GFPcDl/UYt2JKb&amp;#43;uAAEv3OxWpRbJ/Lb5memzWJ5j8gFSy5kD&amp;#43;wu6ReCJdbdk&amp;#43;iBagGDE&amp;#43;aNHnU0H6UswekFFPajIAvYM0AACAASURBVILL&amp;#43;416B2qen18aGDB0&amp;#43;TB1ncu/qTSkbTj&amp;#43;QGrBv6Zvpm04/mLGoSGTN0//8MiwWTu//2hwDcT/TFqftuH4z57N/X9Prn1&amp;#43;SREP5WkbjsPaiDyIh4f/vvZYp5uLXJ7YHRbWDhVABVCBPq5AlLgW22g/&amp;#43;MFHYDU/cqThe9/7MLaZY25dUaDTPBPbhPHjcjB1548n7CuZvSNwM&amp;#43;Nyapb25lOLOrGjt8/llL9DokXIn&amp;#43;Nye0ESAfGBSdsDSO3VZz9MNoGNPBouZ3b3GB6VrnP5hoOX0jYc//XUrWkbjs9ccfShN/alrj3GsPve2bt/&amp;#43;dfNv3l5&amp;#43;0sfHWUbZYG5Od/87Nngy4bCiRy2/PKvmzvdcOTyPt7jYfNQAVQAFUhsBbrCcF1JC2i&amp;#43;Y0c1cnlXZIx52k7zTGwTxpfLXcUpN6pUqv4Szkbg5hAud5WkEPt3v6QCexRcPiApc13qCMLVQxdfoipFyJ/j8gh7Q0rvpVxuc3oAsm&amp;#43;bvi1tw/HJ6V9NWvalDLtT1x4LN5BDnD&amp;#43;8trv/Ezn3zVGa9MljutHaycm6yOWJ3WFh7VABVAAV6OMKxBzsos/whz/86Nvfzog&amp;#43;PsaMgwKxxetO5xY/Lqc&amp;#43;IuTPgAezK8AtGcg4sEPy5A7xLyfRR60iU0JDDOHMpzzcv1ylUt04HVzSJb/zNvxY5NgtSVjALPTyCEr&amp;#43;5dQzvtMHITRhF&amp;#43;3lFRoLmMm/N/rjaZlkoZVR8/fJuLytn/96tZBq5Mp/H/sJT97K4aw950KrH&amp;#43;0v5PI&amp;#43;3uNh81ABVAAVSGwF4oB6WEQvUiBafOnmePHj8iFTM6eTOZeqpN2BNgGXM/9ycNGW8HfUAvA4t0jm2Pa5nPK3Zc0oUsZjuSRZBIt4tPbyQq8YBZcz/3LqGR9oVhf/d5HLPy&amp;#43;ru/G5PIBp8CCfEmkZxHA0n5F1ZNT8fbfPyGfJlYkc9k5e/lXn2otcntgdFtYOFUAFUIE&amp;#43;rkAvQkasahwU6BzMxDxV/Lic&amp;#43;JSXptJ5mWNy7bQhEbg5xJOEby1QsmpCAWwse53k1B9WQeHzOb&amp;#43;ArqJC3dP57VJeHJdL/uX9krYH1ocJ&amp;#43;JcPfKk4iPW3kFmnoiha8ijxS9Z3Lh8p55j96yKX3zVzB8/TD72xD6zm4SDOb3lh6Zd3vJT/cNr&amp;#43;W17cwidXCF/71Ce//OvmncU1nWs5cnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qvhyuSgCT6vu59Y3HJCUKa3HUkYmYIa4i3Dt1WaPoB4vA36XNOlhWEpxYMi6KySfzEmDSaT&amp;#43;EwuCYN1v6JjJkyaRb2axK4Sn2Xos/W4bFVyP5eaAG4y3eHp/WuTgUZPGD6Mrt/QfkweTRCEf1bDZ0noshecluz5X404Gu8jl14R6oQx8Pm/mijbndzI0f25x0f&amp;#43;&amp;#43;EgL0CkSuGrnyunHrIG3uQfDl73BjkcsTu8PC2qECqAAq0McV6EXIiFWNgwId5pjuSRBvLhcDsEvM52DPpuhL/3Drl0vLhIc02nUpf9KdQMqq/ncmZR4O2Ln5fPoPGTE5sxj28NtJASOy9SFcLopiyPrlsIr5zallbFXuxuLFjw2E5RP73TwiZYs6QN8Sl7O6B5c5D6lyZ350kct/8NgaHqn/70OrGXy3FXgkbf9/jGtntXI&amp;#43;TwhDbms/v9CZRooicnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qnhwecwr3V0ZWopT76SkfdWAEeNHpeQFuL&amp;#43;7youcbxe5/Nqn5LM2Jy6Vr8ciA/QHUgv6PZL91&amp;#43;VfPbek6N7Zu/9lCw&amp;#43;n8PAt0z88krbhOHJ5Yvc7WDtUABVABVCByAr0ImTEqsZBgchMFvetyOWhknv1&amp;#43;bNGDKCG81HrAuuah0bp7l9d5PJBEzfKGPrPqQUyEOd/jvnnZ/9yE79t2raH3tj33JKiuTnfpG04Pmtl8b2zpaUSv/OX1UOn5983Z/efXt8zbuEXt0zZCvn/dflXyOWRb/a4FRVABVABVCDhFYgD6mERvUiB7qa7KPNHLo9SqPhF6yKX3zVzu4zL75iRz4M4C78e6eVBQyZvHjlv7&amp;#43;T0r/44dw/L59dTt17z5FowkMPCi6qRK1&amp;#43;mryXaWQzvbu2wPujHkvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6DDHdE8C5PLu0bULuXaRy//ltcJ4GgI/fmLtvE&amp;#43;C7/tkXH77jHxZTP7nv43&amp;#43;&amp;#43;KbnpfUWVSNXfvfh7FdWFLO0LFBW1di5tiKX9&amp;#43;XuDtuGCqACqEDCKxAH1MMiepECnYOZmKeKB5fD0uNsiqSKLDXIz5vsN&amp;#43;DOpNzzoU07CysqqlR3SssU0t0sVWClxfD3DbnU&amp;#43;bNGDIHZoVf1HzI8tYDjRlfeGKkaE6X1Fkm2oSvAWEoWj7mZTvXsN3DE/AILnQMaqQmhFY7dry5y&amp;#43;Ud7zvF4DeHfvrKDkTQE5nz8dXg02ZYn3v78poBXzOg3D8hygJ/1Zmfnmo5cnvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6BzMxDxV/Lh8yNTcfFgP8bMKl8Tl5L08mbOGUYqexJGyWDGfLnROIHro4qCjBONyVb&amp;#43;phaBFyPuGLAWT6HKGqhtGJE2eNOo2WEllQEopxHXlPsZGB1xxPJfbcym5Dxg2PglWRhwwocASoP/QJsT8WEgZdpHLL9RZr3potYywVSNXPr&amp;#43;kiAfrCe8fDI8TvmXi0i8HTdz40BuR3xja6Zd9kvXgHS2qkStHzd/blo59uTfAtqECqAAqgAr0tAJxQD0sohcp0BaNxHl7/LicLIwY/ABh95t&amp;#43;WBTFigVk0XEIQ4zi6YSoh455jND5wPllgXRBLlepBqaeJJs5LncVTCDJBk7I1wcWOqxYmpSUIa2aKOrpCuj9x4wZTuh8TF5gzUOey2Fpxf/NJHX1VuTOz63g7OWhTQhUKtb/u8jloijeN0easslz9t2v7uS5PG3D8QHj21935XujP35iwWeT08kUz/DvobP1nW59u1zeiy5mrCoqgAqgAqgAKoAK9GoFOs0zsU2YAFzemE1fpDkiWxto2kGK5cOz9UDMA1IDYC7R/KjH6CuG6Js4g1zuLUgivM3lE8gP/uszhsErQl0A3w/mSmDOczmwu0o18MnMYs4BJlhKaJ7d8avrXL6juJonctXIlVc/tubFjEMysH5hmdwTXZaK/XxucYitHfJZsLHM3OTutALI5b36/oWVRwVQAVQAFUAF&amp;#43;pICneaZ2CaMH5cHPEjALs5bvsmeIbMK2WrhFIL70WUK9Zn/y5vSmZVdSj5ilT5IzDxeRxAJktBXhHoLKfjT1xhF8i8fBc4wKtWAJ3PVnL08tAkRyojJpq5zuSiKQyZvZlR9wzMbUlaXyKAcfiYtKmTR2gr8eurWiGn3fFPblfa2y&amp;#43;VdyRzTogKoACqACqACqAAq0OsUiB&amp;#43;XM&amp;#43;fsMmIXlwh71DsLRhHfkyGL2dvcJQ/vAAPDf2maJuNyUSyFiaFjxjxIYhAPE2&amp;#43;&amp;#43;ZC/n/WXYAWETSbmMhy5Vk/0RgN6lP7gY6HzA68RYD/Qf2gSWdYwDMeHyL07Wff/Rjx9768Bf2nANZ6g9/t0vvv3gqragfNDEjfM&amp;#43;KWWRWWDh5pON1oAjUKcEQC7vlGyYCBVABVABVAAVQAX6rALx4/JQ5&amp;#43;wgYVvyqBvLjZKziov&amp;#43;7HfbmEmTJ9HvCDoDNInOCg2mEkWx&amp;#43;CVYdSXA5aI0rbP/1EIGjBVLxyStI/Bd9jqxgQ&amp;#43;8H/KcNOnJoWQ4QD1hQrncUpyRXQzpt1POJ6vH8F7s3X4qxITLRVHcfrSaYbRy4NZp2yJy&amp;#43;S8mbWorYeEpXReFQC7vooCYHBVABVABVAAVQAX6mAI9z&amp;#43;WiaMl9mLB1/1nFoig5rozJY0ZvfTadpjlqnYtZ2elsUVG05CcRuCYfCfotBUnA6v2GjgquxzIw5cg&amp;#43;6rgiTRWlhxCmlg5ILQ2xl1e8N5TmF1yPBWzqYC8fMD5TWlKmlFUv9udDrLhcFMXs/efbAmt&amp;#43;&amp;#43;9WPronI5TOyjvDRWHjt5xe63mzk8q5riDmgAqgAKoAKoAKoQF9SIBG4XBS1dKUUVf/p2zPJ3Mx&amp;#43;SQX2oMhgQVeRaZoh9nJRFPWr6ARQxuVk&amp;#43;b3izAlD&amp;#43;18FuN5v4PBJmSUWESaSgnU8kDFY0ImbCu/H4rUUZyQNleB&amp;#43;4IhZ0tIuwOWQKflLjeiBnGL8P4ZcLooig&amp;#43;m2Ao8v&amp;#43;CwilP/s2dy0DcefXlT4En2vJ0u&amp;#43;dPvpmDQYuTwmMmImqAAqgAqgAqgAKtBnFIgHl8ddLEv&amp;#43;&amp;#43;H5k4XPZu4riXo/OFRhbLm/Xan7zCxvDufzG5/Jeyjry0wm5t0wJmfT5/rbYQHk065d3Tj1MhQqgAqgAKoAKoAKoQC9VoA9yuaskdegNA4a&amp;#43;FVhcsbcdmZhzuSiKWw5dZgZvPvCvWaHhUP4/L25J23D8tmnbHnvrwKuriln8faWaGGqJ9vIYiolZoQKoACqACqACqEAfUKAPcnlvPyrdweWiKB46W79gYxmD7LQNxyeFrV/e7&amp;#43;Hsh/&amp;#43;xn48D4Xc2lRWd7upET9lxQS6XCYI/UQFUABVABVABVOAKV6DbufzuK&amp;#43;YTqzOpm7hcFEWdybHxyyqG3f&amp;#43;dvIUZy696aPXQ6fmvZUdY5nxHcXWDpTlWrWP5IJczKTCACqACqEBfVaAvvXcmDm1p6zSIQ9FYRFvix3l7t3N5nNvTB4rrPi4HcbSNjn2lmve3nUpaVHjfnN0P/L3g6UWFqWuPMV6HQMaus3tLNZd01m6SFLm8m4TFbFEBVAAVSBwFVKr0xKlMgtdEQSuFXQneqN5SvcRRGLk84c6Z7uZyaLCn1ddgaa7QWI6c0&amp;#43;8/rt1&amp;#43;tDr34KUthy4XntKdVpu6w0AuExq5XCYI/kQFUAFUoO8pkDi4k/jaKmilsCvx29Urapg4CseDy10u1yeffLJ9&amp;#43;3a7nSx/qNFojhw58tVXX82ZM6eto9XS0gK7kpOTNZpYTjdsq8TE2R4fLu/x9iKX9/ghwAqgAqgAKtDdCiQO7nR3S7uev4JWCru6Xi7m8K9FpRNH4XhwuSiKTz75pNFohGNfUlLi9/uXLl26b9&amp;#43;&amp;#43;&amp;#43;vp6URTtdrvH43E4HD6fz&amp;#43;VylZaWPv300w6Hw&amp;#43;12q9XkbZ1X1Ae5/Io63NhYVAAVQAX6sAKJgzuJL7KCVgq7Er9dvaKGiaNwPLjcbrePHTsWDszx48fvuusuURTvueeet956a9y4cYcPHx47duzOnTtHjx792muvHT169JlnnsnJyTEYDAsWLPjjH//YK45oDCuJXB5DMTErVAAVQAVQgR5UIHFwpwdFiLJoBa0UdkWZOUZTViBxFI4Hl69Zs2bTpk2gSHl5&amp;#43;bvvvnv27Nk33nijpqbmo48&amp;#43;eu6553Jzcz0ez7Rp08A6/vvf/14UxZycnLVr115pTizkYcrIlXfP2ql8AvWBvejH0gcOIjYBFUAFUAFlBRIHd5TrmQh7FbRS2JUINe8DdUgchbudyy9dunTnnXe6XK6zZ8/u27dv0aJFO3bsmDNnzunTp9PT091ud3Jy8s6dOz0ezyOPPCKKYl1d3VNPPZWdnf3mm2&amp;#43;eO3eupqamDxzvDjUBubxDcmFkVAAVQAVQgYRVIHFwJ2ElYhVT0EphF0uOga4okDgKdzuXnz59uri4uLy8vKSkpLW1tbS01GazFRYWrly50u12i6K4d&amp;#43;9eo9HY0tJSVVVFXs9usRQVFXm93oqKirNnz3ZF5V6aNkou9zvsnguVrI0&amp;#43;U6N97Rq/1yuKot/rdZcUw1f0&amp;#43;/1OZ8uZ06Ioei5eaDUYIIljc559wycQ9pwrh8g&amp;#43;UyPLUBTFltOn3CXFnosXYKO36hJEa9XV8dE8ledDEvr9LSdK&amp;#43;QgRw2gvjygLbkQFUAFUoC8pkDi4k/iqKmilsCvx29Urapg4Cnc7l/eK45FQlYySy5uyV&amp;#43;ru&amp;#43;LXY2iqKYqvB0PDAcOHvcwxPjBb9fp&amp;#43;pUXvzz2zLl9iWLxF9Ps/5Cu1NN7SUnTC/NNWRu14UReFvr5kmT2x4YDj8NI4dY355um35Eh70RVEkef7ttfrf/da5I18URfOrLzdOnGBbvsRd&amp;#43;g2vWOMLzzp372Bb3EcPawde79XUsi0RA8jlEWXBjagAKoAK9CUFEgd3El9VBa0UdiV&amp;#43;u3pFDRNH4bhy&amp;#43;dmzZ10uV684Qj1YySi5vOGB4Q0PPeD64jNRFJ078s0zp3svV7lLiv0eD&amp;#43;Ny4GlP5fm6n/9M/8c/mKZMcmzMJcD98Ej3N1&amp;#43;zNjIu93s8bCNwecuJ47b0pZZ/pvFc7jOb&amp;#43;GgyLjenzGwYdT8ZEih&amp;#43;kMsV5cGdqAAqgAr0BQUSB3cSX00FrRR2JX67ekUNE0fheHB5U1NTUVHR559//uabb7a17mFdXd2pU6dEUayuruYP4eHDhxsaGvgtfT4cDZd7ys/qbv&amp;#43;V9b2FpqmTCZfv3G6eOb358wN1/32zz2YL53L9vcPML0&amp;#43;r&amp;#43;/nPgMsNj4zibd5KXF52wrZsseXN&amp;#43;VFyud/prBsyqGnVR/p7hykfKeRyZX1wLyqACqACfUCBxMGdxBdTQSuFXYnfrl5Rw8RROB5cLorihAkTsrKyDh48uH498aMI/5w4cWLJEmJhPXz4sCiKBQUFECc/n3hQXFG" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est par exemple repris sur le site de
+ &lt;a href="https://epargnonsnosressources.gouv.fr/" target="_self"&gt;
+  Épargnons Nos Ressources &lt;/a&gt; et sur plusieurs &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;sites de collectivités&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
-Attractivité économique
-[...33 lines deleted...]
-      <c r="S190" s="1" t="inlineStr">
+Revitalisation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour intégrer la carte de l&amp;#039;équipe &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;Longue Vie Aux Objets
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Veuillez vous référer à la
+ &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;documentation&lt;/a&gt;
+ qui vous guide dans les étapes d&amp;#039;intégration.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...33 lines deleted...]
-      <c r="AA190" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://longuevieauxobjets.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : longuevieauxobjets&amp;#64;ademe.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>longuevieauxobjets@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b317-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-[...433 lines deleted...]
-      <c r="H195" s="1" t="inlineStr">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
-[...85 lines deleted...]
-      <c r="N195" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
-Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Appui méthodologique
-[...1 lines deleted...]
-Prévention des risques
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Milieux humides</t>
-[...2 lines deleted...]
-      <c r="O195" s="1" t="inlineStr">
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R195" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="S195" s="1" t="inlineStr">
+      <c r="P211" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...32 lines deleted...]
-      <c r="AA195" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G196" s="1" t="inlineStr">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>157561</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité des Petites villes de demain et des bourgs structurants samariens</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Fonds en faveur de l'attractivité des communes "Petites villes de demain" et des bourgs structurants (investissements)</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...5 lines deleted...]
-      <c r="H196" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I196" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K196" s="1" t="inlineStr">
+      <c r="I212" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Culture et identité collective
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce fonds s&amp;#039;inscrit dans la continuité des démarches déjà engagées par le Département, en partenariat avec l&amp;#039;État et la Banque des territoires, pour accompagner les bourgs dans le développement de leur attractivité. Il permet d&amp;#039;apporter une aide en investissement pour la déclinaison opérationnelle des projets portés par les communes labellisées « Petites villes de demain» (PVD) et les autres bourgs structurants formellement engagés dans une démarche de redynamisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 10 M€ sur 5 ans, ouverte lors du vote du budget supplémentaire 2023 et le dispositif est décliné selon les modalités suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   seuil minimum des dépenses éligibles : 20.000€ HT :
+  &lt;/li&gt;
+  &lt;li&gt;
+   participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide départementale cumulable avec d&amp;#039;autres financements publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les études préalables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux d&amp;#039;entretien ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le coût de la main d&amp;#039;œuvre lorsque les travaux sont réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
-Tourisme
 Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
 Transition énergétique
-Personnes âgées
-Famille et enfance
 Accès aux services
-Cohésion sociale et inclusion
-[...1 lines deleted...]
-Santé
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P212" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2023</t>
+        </is>
+      </c>
+      <c r="Q212" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les communes « Petites villes de demain » :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la mise en œuvre des projets décrits dans leur convention d&amp;#039;opération de revitalisation de territoire (ORT) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les autres bourgs structurants :
+   &lt;/strong&gt;
+   sont éligibles les investissements relatifs à la déclinaison opérationnelle de leur démarche d&amp;#039;attractivité formalisée via le recrutement d&amp;#039;un bureau d&amp;#039;étude (passé ou en cours).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T212" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/dynamisation-bourgs-centres/</t>
+        </is>
+      </c>
+      <c r="W212" s="1" t="inlineStr">
+        <is>
+          <t>https://subvention.somme.fr/</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4382-favoriser-lattractivite-des-petites-villes-de/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>157558</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir les commerces et services de proximité samariens</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Maintien des commerces et services de proximité</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I213" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 30</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin d&amp;#039;accroître l&amp;#039;attractivité des communes rurales, il s&amp;#039;avère indispensable de faciliter l&amp;#039;accès des habitants aux commerces et services de proximité. La crise sanitaire a révélé les besoins accrus dans certains territoires et a fait émerger des projets d&amp;#039;investissement émanant de communes rurales pour satisfaire les besoins de la population tels que l&amp;#039;implantation de distributeurs automatiques de produits locaux (distributeur de pain, de produits agricoles).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;intervention départementale au titre de ce dispositif porte sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;ouverture de « points multiservices*» dans le cadre de commerces ou de locaux artisanaux existants ou à créer ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en œuvre d&amp;#039;activités artisanales ou de services et études de débouchés préalables à leur création ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un investissement visant au maintien ou à la création des commerces et dont la proximité contribue à maintenir la population en milieu rural ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un investissement dans des casiers connectés ou un distributeur automatique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  * Est considéré comme «multiservices» la dernière épicerie ou le dernier commerce alimentaire proposant une offre élargie aux produits alimentaires et de première nécessité.- les investissements immobiliers et travaux d&amp;#039;aménagement et de mise en conformité en matière d&amp;#039;hygiène et de sécurité d&amp;#039;un local à vocation commerciale ou artisanale.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Elle se décline selon les modalités suivantes
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la participation minimum du maître d&amp;#039;ouvrage est de 20% du coût total HT du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   montant minimum de 5.000€ HT,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le taux d&amp;#039;aide est de 30% de l&amp;#039;assiette éligible plafonnée à 50.000€ par projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses éligibles au financement départemental portent sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition d&amp;#039;équipements et matériels professionnels qui sont par leur nature comptablement immobilisables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les études préalables réalisées par le maître d&amp;#039;ouvrage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux liés à viabilisation du terrain d&amp;#039;implantation d&amp;#039;un distributeur automatique ou de casiers connectés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition et travaux d&amp;#039;aménagement du local d&amp;#039;installation d&amp;#039;un distributeur automatique ou de casiers connectés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition d&amp;#039;un ou plusieurs distributeurs automatiques et/ou de casiers connectés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-[...831 lines deleted...]
-Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
-[...154 lines deleted...]
-Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S202" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    pour les projets de commerces et services de proximité :
+   &lt;/strong&gt;
+   les communes de moins de 2.500 habitants au dernier recensement ainsi que les groupements de communes pour un investissement dans une commune de moins de 2.500 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    pour les projets de distributeurs automatiques/casiers connectés :
+   &lt;/strong&gt;
+   toutes les communes de la Somme.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T202" s="1" t="inlineStr">
-[...1042 lines deleted...]
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="T213" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/maintien-des-commerces-et-services-de-proximite/</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5bcc-maintenir-les-commerces-et-services-de-proxim/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>