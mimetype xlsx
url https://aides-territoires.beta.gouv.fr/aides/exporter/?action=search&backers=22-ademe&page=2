--- v0 (2025-11-20)
+++ v1 (2025-12-25)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA201"/>
+  <dimension ref="A1:AA200"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -394,80 +394,1139 @@
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 15 09 82 07 (permanence de 9h à 12h30 et de 14h à 16h30, du lundi au vendredi)
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>nicolas.vallee@ademe.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a3ba-sengager-dans-le-programme-de-labellisation-c/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
+        <v>81524</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la performance environnementale des produits et des services - Études d’écoconception</t>
+        </is>
+      </c>
+      <c r="C3" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Financement ADEME des diagnostics et études de mise en œuvre des actions pour conduire une démarche d&amp;#039;écoconception, améliorer la performance environnementale, aller vers la certification ou communiquer sur l&amp;#039;impact de vos produits.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisez votre étude d&amp;#039;écoconception de produits ou services
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les démarches d&amp;#039;amélioration de la performance environnementale des produits et services se déploient en France, au sein des entreprises, depuis plus d&amp;#039;une dizaine d&amp;#039;années. Elles contribuent à créer une offre permettant de se différencier, plus respectueuse de l&amp;#039;environnement, disponible pour les consommateurs ou les acheteurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;amélioration de la performance environnementale des produits et services intègrent aussi les démarches permettant une communication environnementales associées, telles que l&amp;#039;Écolabel européen ou l&amp;#039;affichage environnemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Les diagnostics, les études relatives à la mise en œuvre de ces projets peuvent être aidées jusqu&amp;#039;à 70 % du montant des dépenses internes et de prestation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout type de porteurs de projet (entreprises de toutes tailles, collectivités, syndicats, associations...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/etudes-decoconception-visant-a-ameliorer-performance-environnementale-produits</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Plus d&amp;#039;informations sur lien vers
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/etudes-decoconception-visant-a-ameliorer-performance-environnementale-produits"&gt;
+  le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/783a-ameliorer-la-performance-environnementale-des/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>82629</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour la gestion des biodéchets des acteurs économiques</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Pour mieux gérer les biodéchets, l&amp;#039;ADEME soutient les investissements de prétraitement/traitement en établissement et de traitement et de valorisation (désemballage/déconditionnement, hygiénisation, compostage sur plate-forme collective).
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissez dans une solution de prétraitement/traitement en établissement, dans une solution de collecte à mobilité douce ou dans des équipements de déconditionnement/désemballage, d&amp;#039;hygiénisation ou de compostage de biodéchets.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises de restauration, de production et de commerce alimentaire produisent des biodéchets qui peuvent être transformés en engrais agricole via le compostage ou la méthanisation ou produire de l&amp;#039;énergie renouvelable.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures qui génèrent plus de 10 t/an de biodéchets ont déjà l&amp;#039;obligation de les trier et de les valoriser par compostage et/ou méthanisation. D&amp;#039;ici la fin de l&amp;#039;année 2023, cette obligation s&amp;#039;étendra à tous les producteurs et y compris aux biodéchets des ménages.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME aide les producteurs de biodéchets en apportant une subvention aux équipements de prétraitement/traitement en établissement et aux équipements pour une collecte par mobilité douce.
+&lt;/p&gt;
+&lt;p&gt;
+ Quant aux opérateurs privés qui prennent en charge les biodéchets, ils peuvent être aidés pour la réalisation d&amp;#039;installation de désemballage et/ou déconditionnement, d&amp;#039;hygiénisation, de création ou d&amp;#039;adaptation de plate-forme de compostage (
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-methanisation-injection-cogeneration-chaleur"&gt;
+  un dispositif spécifique existe par ailleurs pour la méthanisation
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de l&amp;#039;ADEME aux investissements peut aller jusqu&amp;#039;à 55 %.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une entreprise de restauration, de production et de commerce alimentaire. Vous êtes un opérateur privé de traitement de biodéchets issus des activités économiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/investissements-gestion-biodechets-acteurs-economiques</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;informations, cliquer sur le
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/investissements-gestion-biodechets-acteurs-economiques"&gt;
+  lien vers le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1f7-investir-pour-la-gestion-des-biodechets-des-a/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>82633</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Financer la mise en œuvre du tri à la source et du traitement des biodéchets ménagers</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Après avoir réalisé une étude préalable, vous pouvez mettre en place des investissements de gestion de proximité des biodéchets et mettre en place une collecte séparée des biodéchets, suivie d&amp;#039;une valorisation et bénéficier d&amp;#039;une aide de l&amp;#039;ADEME.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissez dans le tri à la source et le traitement des biodéchets ménagers avec l&amp;#039;aide de l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre collectivité souhaite agir ? L&amp;#039;ADEME peut vous apporter une aide pour la solution de tri à la source et de valorisation des biodéchets adaptée à votre territoire, et anticiper l&amp;#039;obligation règlementaire de début 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez bénéficier d&amp;#039;une aide allant jusqu&amp;#039;à 55 % des dépenses d&amp;#039;équipement en gestion de proximité des biodéchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également bénéficier d&amp;#039;un accompagnement de l&amp;#039;ADEME pour la collecte séparée des déchets de cuisine et de table en porte-à-porte et/ou aux points d&amp;#039;apport volontaire :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   subvention pouvant atteindre 70 % des dépenses pour l&amp;#039;expérimentation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à la mise en œuvre pouvant aller jusqu&amp;#039;à 10 € par habitant desservi.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Pour encourager une démarche globale de réorganisation du service de collecte et de traitement des déchets, si vous vous engagez ou êtes déjà engagé dans un tel projet de collecte séparée des biodéchets, votre projet de mise en œuvre de la tarification incitative pourra bénéficier d&amp;#039;une aide bonifiée de 2 € par habitant.
+&lt;p&gt;
+ Enfin, l&amp;#039;ADEME finance jusqu&amp;#039;à 55 % des dépenses d&amp;#039;équipements d&amp;#039;installation de traitement par compostage ou jusqu&amp;#039;à 45 % des dépenses de méthanisation des biodéchets ainsi collectés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide s&amp;#039;adresse aux collectivités territoriales exerçant la compétence collecte ou traitement des déchets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-mise-oeuvre-tri-a-source-traitement-biodechets-menagers</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, cliquez sur le
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-mise-oeuvre-tri-a-source-traitement-biodechets-menagers"&gt;
+  lien vers le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c0e-financer-la-mise-en-uvre-du-tri-a-la-source-e/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>73145</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un prêt vert</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance
+ADEME</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan d&amp;#039;accélération de la transition écologique des TPE et PME, Bpifrance et l&amp;#039;Ademe mettent en place le Prêt Vert. Ce prêt a pour objectif de financer les investissements des entreprises qui souhaitent mettre en œuvre un projet de transition écologique et énergétique visant à :
+&lt;/p&gt;
+&lt;p&gt;
+ optimiser les procédés, ou améliorer la performance (énergie, eau, matière,) afin de mieux maîtriser ou de diminuer les impacts sur l&amp;#039;environnement ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la mobilité &amp;#34;zéro carbone&amp;#34; pour les salariés, les marchandises et les produits ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  innover pour mettre sur le marché des produits ou des services en matière de protection de l&amp;#039;environnement, d&amp;#039;économie circulaire et/ou permettant une réduction de la consommation de ressources, renouvelables ou non, (énergie, matières premières, eau, ... ; en ce compris la dédieselisation, l&amp;#039;allongement de la durée de vie des produits, l&amp;#039;intégration de recyclé, la recyclabilité, la réutilisation ou le réemploi) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  produire des énergies nouvelles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce prêt, octroyé aux conditions de marché, permet notamment de financer des investissements répondant aux enjeux de décarbonation et de relocalisation de l&amp;#039;industrie, de mobilité verte, ou encore de gestion des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés les investissements immatériels ou matériels à faible valeur de gage ainsi que l&amp;#039;augmentation du Besoin en Fonds de Roulement (BFR) nécessaire au lancement du projet, sans prise de sûretés, pour compléter un financement extérieur (prêt bancaire, apport en fonds propres ou financement participatif).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant du prêt vert est compris entre 10 000 et 1 000 000 €.
+ Il doit être inférieur ou égal au montant cumulé des subventions accordées au projet et des fonds propres et quasi-fonds propres de l&amp;#039;emprunteur.  Une retenue de garantie, égale à 5% du montant total du prêt est prévue. Elle est restituée après complet remboursement du prêt, et augmentée des intérêts qu&amp;#039;elle a produits.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est obligatoirement associé à un financement extérieur (concours bancaires, apport en fonds propres, crowdfunding) d&amp;#039;un montant au moins égal, de même durée pour les prêts de 2 à 4 ans, ou d&amp;#039;une durée de 5 ans minimum pour les prêts de plus de 5 ans, et portant sur le même programme réalisé depuis moins de 6 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Il est conclu pour une durée de 3 à 10 ans, avec un différé d&amp;#039;amortissement en capital de 2 ans maximum. Il se rembourse par échéances trimestrielles avec amortissement linéaire du capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles couvrent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les 
+investissements et dépenses immatérielles : frais de formation, recrutement, frais d&amp;#039;étude, achats de services liés à l&amp;#039;optimisation des processus, dépenses liées à des bureaux d&amp;#039;étude ou d&amp;#039;ingénierie, mise en œuvre de labels et de certifications
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements corporels à faible valeur : achat d&amp;#039;équipements (exemples : stockage d&amp;#039;énergie, matériel de mesure, équipements de tri, systèmes de recyclage, etc), travaux de rénovation
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;augmentation du Besoin en Fonds de Roulement générée par le projet de développement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Revitalisation
+Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Prêt Vert s&amp;#039;adresse aux TPE et PME localisées en France Métropolitaine, dans les DROM ou dans les COM de plus de 3 ans ou en capacité de fournir un bilan couvrant une durée minimum de 24 mois ayant bénéficié d&amp;#039;un diagnostic
+ &lt;a href="https://les-aides.fr/aide/ap5lDHpGxfTeBGZeTUzZ4_Vm/bpifrance/diag-eco-flux.html"&gt;
+  Diag Eco-Flux
+ &lt;/a&gt;
+ (offre d&amp;#039;accompagnement Bpifrance) ou d&amp;#039;une aide de l&amp;#039;ADEME au cours des 3 dernières années.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-thematiques/Pret-Vert-ADEME</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus de renseignements, contactez
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  votre référent de la BPI local
+ &lt;/a&gt;
+ ou l&amp;#039;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  adresse générique
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2ea9-beneficier-dun-pret-vert/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>74891</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations de méthanisation (injection, cogénération, chaleur)</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Financement d’installations de méthanisation (injection, cogénération, chaleur)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide « Installations de méthanisation (injection, cogénération, chaleur) »
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ Toutes entreprises dont le secteur agricole, agroalimentaire et les associations...
+ &lt;br /&gt;
+ Sauf projet bénéficiant du crédit d&amp;#039;impôt ainsi que les collectivités qui disposent d&amp;#039;un dispositif spécifique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Financement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Vous avez réalisé une étude préalable, et vous cherchez à financer votre installation.
+ &lt;br /&gt;
+ L&amp;#039;aide apportée sous forme de forfait de subvention par unité de capacité de production annuelle (€/MWh).
+ &lt;br /&gt;
+ • 95 €/MWh PCI pour la cogénération, avec une aide plafonnée à 200 000 €,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • 40 €/MWh PCS pour l&amp;#039;injection, avec une aide plafonnée à 600 000 €.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  En complément des pièces à déposer et à compléter ci-dessous, assurez-vous de joindre également les pièces suivantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude de faisabilité ou pré-diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis du constructeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Situation géographique de l&amp;#039;exploitation et zone d&amp;#039;épandage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Récépissé de demande ICPE ou permis de construire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma de concept de l&amp;#039;unité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bilan gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  RIB
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets soutenus :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Unités de méthanisation avec cogénération (&amp;lt; 500 kWe) ou injection de biométhane :
+ &lt;/li&gt;
+ &lt;li&gt;
+  production de biogaz,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation énergétique du biogaz : production de chaleur seule, cogénération d&amp;#039;électricité et de chaleur, épuration du biogaz en biométhane, injection dans le réseau public ou utilisation en carburant bioGNV,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stations d&amp;#039;épuration urbaines (STEU) :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation énergétique du biogaz comprenant l&amp;#039;épuration en biométhane et l&amp;#039;injection dans le réseau public.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région(s) ou pays concerné(s)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Auvergne-Rhône-Alpes,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourgogne-Franche-Comté,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Corse,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guyane,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hauts-de-France,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Réunion,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nouvelle-Aquitaine,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Occitanie,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-methanisation-injection-cogeneration-chaleur</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter l&amp;#039;ADEME via leur formulaire en ligne
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/24b3-methaniser-installations-de-methanisation-inj/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>74892</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des études préparatoires à la mise en œuvre de la tarification incitative du service public Déchets »</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Instauration ou extension de la tarification incitative : financement de l’étude préalable</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;br /&gt;
+ Avec la tarification incitative, le montant de la taxe ou de la redevance d&amp;#039;enlèvement des ordures ménagères varie en fonction de la quantité de déchets produits.
+&lt;/p&gt;
+&lt;p&gt;
+ Son objectif est de réduire la production de déchets des usagers, d&amp;#039;améliorer les performances de collecte séparée et également de maîtriser leurs coûts de collecte.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets soutenus :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables à la mise en œuvre ou à l&amp;#039;extension à un nouveau périmètre de la tarification incitative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études liées à la refonte d&amp;#039;une tarification existante.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations éligibles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables à la mise en œuvre ou à l&amp;#039;extension à un nouveau périmètre de la tarification incitative.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études liées à la refonte d&amp;#039;une tarification existante.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Conditions d&amp;#039;éligibilité
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maitrise d&amp;#039;ouvrage de l&amp;#039;étude par une collectivité compétente en matière de collecte des déchets.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude réalisée par un bureau d&amp;#039;étude tiers, sur la base du cahier des charges de l&amp;#039;ADEME
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude ne doit pas avoir commencé ou être commandée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Régions concernées:
+&lt;/p&gt;
+&lt;p&gt;
+ Auvergne-Rhône-Alpes, Bourgogne-Franche-Comté, Bretagne, Corse, Grand Est, Hauts-de-France, Île-de-France, La Réunion, Martinique, Mayotte, Normandie, Occitanie, Pays de la Loire, Provence-Alpes-Côte d&amp;#039;Azur
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dune-etude-prealable-a-mise-place-a-lextension-tarification-incitative</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter directement l&amp;#039;ADEME via leur formulaire en ligne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>sylviane.philippe@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f06d-mettre-en-oeuvre-etudes-preparatoires-a-la-mi/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>71304</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Développer un projet de recherche, de développement ou d’innovation</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;accompagnement par l&amp;#039;ADEME des projets de Recherche, de Développement, d&amp;#039;Innovation (RDI) s&amp;#039;inscrit majoritairement au travers d&amp;#039;appels à projets nationaux. Vous avez un projet de Recherche, de Développement, d&amp;#039;Innovation (RDI) dont la thématique ne correspond à aucun appel à projets actuellement ouvert sur la plateforme de l&amp;#039;ADEME ?
+&lt;br /&gt;
+Les modalités des appels à projets en ligne ne répondent pas à votre besoin.
+&lt;br /&gt;
+&lt;br /&gt;
+Par exemple, les seuils des Concours d&amp;#039;innovation ou des appels à projet Recherche compétitifs et collaboratifs sont au delà du montant de votre projet...
+&lt;br /&gt;
+Pour autant, votre projet contribue à faire avancer la recherche en lien avec la Transition énergétique et environnementale, vous pouvez prendre contact avec l&amp;#039;ADEME, qui étudiera l&amp;#039;opportunité d&amp;#039;accompagner votre projet.
+&lt;br /&gt;
+&lt;br /&gt;
+L&amp;#039;ADEME est en mesure de financer des projets de RDI qui lui sont soumis directement hors appels à projet, dans la mesure où les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant des appels à projets compétitifs.</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Innovation, créativité et recherche
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;opération pour laquelle vous sollicitez une aide financière ne doit pas avoir commencé ou ne doit pas avoir donné lieu à des engagements fermes (sous quelque forme que ce soit : marché signé, commande signée, devis accepté...).
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez la page de l&amp;#039;aide pour obtenir des détails.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne, Guadeloupe, Guyane, Hauts-de-France, La Réunion, Martinique, Mayotte, Nouvelle-Aquitaine, Occitanie, Pays-de-la-Loire</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://entreprises.ademe.fr/dispositif-aide/projets-de-recherche-de-developpement-ou-dinnovation</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;éligibilité de tels projets est jugée au cas par cas, les objectifs pour l&amp;#039;ADEME étant notamment de bien qualifier leur pertinence au regard des priorités de recherche et innovation du moment, et la qualité scientifique de la proposition ; il est donc impératif de prendre contact avec l&amp;#039;ADEME avant tout dépôt de dossier.
+&lt;br /&gt;
+&lt;br /&gt;
+Vous avez contacté l&amp;#039;ADEME et votre projet répond à des objectifs partagés avec l&amp;#039;ADEME.</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b49-projets-de-recherche-de-developpement-ou-dinn/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>71318</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Réaliser des économies d'énergie sur votre éclairage public via un conseil en énergie partage (CEP)</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Eclairage public  : un gisement d&amp;#039;économies d&amp;#039;énergie.
 &lt;/p&gt;
 &lt;p&gt;
  Pour  aider les collectivités à rénover leurs installations, l&amp;#039;ADEME met à disposition plusieurs outils et propose des financements.
 &lt;/p&gt;
 &lt;p&gt;
  Les petites communes peuvent aussi recourrir à un CEP (conseil en énergie partagé) dont les missions couvrent l&amp;#039;éclairage public :
  &lt;a href="https://www.ademe.fr/collectivites-secteur-public/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep"&gt;
   lien vers la page
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les bénéfices du Conseil en Energie Partagé (CEP)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La mutualisation d&amp;#039;une compétence dans le cadre d&amp;#039;une démarche territoriale ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Un conseil objectif et indépendant : priorité est donnée à la maîtrise de l&amp;#039;énergie sans privilégier une solution énergétique en particulier ;
   &lt;br /&gt;
  &lt;/li&gt;
@@ -494,1151 +1553,92 @@
  &lt;li&gt;
   l&amp;#039;accès à un forum d&amp;#039;échanges et à une plateforme de téléchargement de documents de référence ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   la mise à disposition d&amp;#039;un guide méthodologique et de supports de communication (plaquettes, vidéos...) ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   la tenue annuellement d&amp;#039;une journée d&amp;#039;échanges ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   la mise en œuvre d&amp;#039;un parcours de formation dédié.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Au niveau régional, l&amp;#039;ADEME assure la mobilisation des partenaires, la contractualisation et le financement des projets, ainsi que le suivi des conseillers énergie embauchés.
 &lt;/p&gt;
 &lt;p&gt;
  Dans les régions regroupant un nombre significatif de Conseils en Energie Partagé (CEP), l&amp;#039;ADEME organise aussi une animation complémentaire pouvant comprendre des réunions de travail ou des visites d&amp;#039;installations.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour le CEP (conseil en énergie partagé) avoir moins de 10 000 habitants.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.ademe.fr/collectivites-secteur-public/patrimoine-communes-comment-passer-a-laction/eclairage-public-gisement-deconomies-denergie</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Prenez contact avec votre agence régionale : https://www.ademe.fr/lademe/presentation-lademe/liste-implantations-lademe
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8630-eclairage-public-un-gisement-deconomies-dener/</t>
-        </is>
-[...1057 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/7c0e-financer-la-mise-en-uvre-du-tri-a-la-source-e/</t>
         </is>
       </c>
       <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:27" customHeight="0">
       <c r="A11" s="1">
         <v>94680</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Financer les diagnostics de territoire et études préalables aux investissement de réemploi, réparation et réutilisation</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
@@ -4812,399 +4812,911 @@
   formulaire en ligne
  &lt;/a&gt;
  pour en savoir plus sur ce dispositif.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
       <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8aa5-financer-des-equipements-de-reemploi-reparati/</t>
         </is>
       </c>
       <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:27" customHeight="0">
       <c r="A30" s="1">
+        <v>116231</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maîtrises d'ouvrage publiques dans l'amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Programme pour l'efficacité énergétique dans les bâtiments en France d'Outre-mer</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+ADEME</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Min : 100</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PEEB Outre-Mer est une facilité d&amp;#039;assistance technique financée sur ressources du Fonds Outre-Mer visant à accompagner les maîtrises d&amp;#039;ouvrage publiques dans l&amp;#039;amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les prestations incluent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les diagnostics et audits énergétique (selon les méthodologies de l&amp;#039;ADEME)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les simulations thermiques dynamiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bilans carbone
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intégration des enjeux énergétiques et environnementaux dans les documents d&amp;#039;appels d&amp;#039;offre
+ &lt;/li&gt;
+ &lt;li&gt;
+  La révision de plans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le chiffrage de mesures d&amp;#039;efficacité énergétique et de production ENR
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement pour la certification des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études environnementales, sociales et de genre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les analyses parasismique, para-cyclonique, inondations et plan de retrait amiante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formations et ateliers à l&amp;#039;attention des acteurs du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit être éligible au Fonds Outre-mer.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit viser l&amp;#039;amélioration significative de la performance énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études des performances énergétiques et environnementales ne doivent pas avoir été contractualisées avec un prestataire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit faire une requête explicite au PEEB après une première analyse réalisée par le chargé d&amp;#039;affaires AFD ou ADEME.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les chargés d&amp;#039;affaires AFD et les ingénieurs ADEME locaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts directions d&amp;#039;agences AFD :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1bc1-peeb-outre-mer/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
         <v>101569</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’un "Conseil en énergie partagée"</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C31" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>Vous manquez de moyens humains et financiers pour vous engager dans une démarche de rénovation énergétique.
 &lt;br /&gt;
 Vous souhaitez réaliser des économie d&amp;#039;énergie et agir sur votre patrimoine communal.
 &lt;br /&gt;
 &lt;br /&gt;
 Le &amp;#34;Conseil en Énergie Partagé&amp;#34; (CEP) permet de partager les compétences en énergie d&amp;#039;un technicien spécialisé et ainsi de mettre en place votre politique énergétique maîtrisée et d&amp;#039;agir concrètement sur votre patrimoine pour réaliser des économies.
 &lt;br /&gt;
 &lt;br /&gt;
 Le CEP peut réaliser un inventaire du patrimoine, suivre des consommations et dépenses énergétiques, détecter les erreurs de facturation, optimiser la tarification, émettre des préconisations hiérarchisées pour optimiser les systèmes en place (programmation/régulation), mais aussi apporter des conseils dans la rédaction de cahier des charges et dans le choix de la maîtrise d&amp;#039;œuvre ... et plus généralement animer la démarche énergie de votre territoire.</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.ademe.fr/collectivites-secteur-public/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre direction régionale de l&amp;#039;Ademe :
  &lt;a href="https://www.ademe.fr/lademe/infos-pratiques/implantations-geographiques-lademe" rel="noopener" target="_blank"&gt;
   https://www.ademe.fr/lademe/infos-pratiques/implantations-geographiques-lademe
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb4a-beneficier-dun-conseil-en-energie-partagee/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>101591</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'outils de gestion de projet de mobilité</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+ADEME
+Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>Cellules France Mobilités</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez disposer d&amp;#039;outils vous permettant de mener, en autonomie, vos projets de mobilité.
+&lt;br /&gt;
+&lt;br /&gt;
+France Mobilités vous permet d&amp;#039;avoir un accès aux différents appels à projets (AAP) et appels à manifestation d&amp;#039;intérêt (AMI), tel que Tenmod (« France Mobilités - Territoires de nouvelles mobilités durables »), et ainsi de bénéficier d&amp;#039;un appui au montage de projet présentés dans le cadre des AAP et AMI. France Mobilités vous permet également de bénéficier d&amp;#039;outils (commande publique, réalisation de DCE, base de données opendata des marchés, et cartographie des dispositifs de financements), voire des webinaires accompagnant leur prise en main. Les outils pourront être étoffés au fur et à mesure. Un appui à l&amp;#039;ingénierie territoriale permet d&amp;#039;accompagner l&amp;#039;usage des outils (pour cela, voir le produit &amp;#34;concevoir son projet de mobilité et développer des expérimentations&amp;#34;).</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou une intercommunalité du programme Petites villes de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre cellule régionale : https://www.francemobilites.fr/regions
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3598-beneficier-doutils-de-gestion-de-projet-de-mo/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>101592</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le déploiement de solutions de mobilité, le passage à l'échelle et l'innovation dans les territoires</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+ADEME
+Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>Cellules France Mobilités</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement et animation de l'ecosystème des mobilités, en complément d'appels pontuels (taux définis par les AAP/AMI)</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Appui à l&amp;#039;ingénierie en matière de mobilité dans les territoires peu denses : l&amp;#039;objectif est d&amp;#039;apporter un conseil de proximité aux collectivités et AOM, ainsi qu&amp;#039;aux porteurs de projets, dans le déploiement de leurs services de mobilité du quotidien, au travers 15 cellules régionales d&amp;#039;appui en métropole et outre-mer, réunissant les principaux acteurs de l&amp;#039;ingenierie publique territoriale (ANCT, Ademe, Cerema et Banque des Territoires) aux côtés des services de l&amp;#039;Etat. Il s&amp;#039;agit d&amp;#039;un guichet unique apportant une ingénierie mutualisée dans les territoires ruraux pour accompagner les collectivités à l&amp;#039;exercice de la compétence d&amp;#039;organisation des mobilités (notamment sollicitations juridiques), ainsi qu&amp;#039;une ingénierie d&amp;#039;animation territoriale dans l&amp;#039;appui à la mise en oeuvre de projet (ex : organisation de webinaires et d&amp;#039;évènements à destination des acteurs territoriaux porteurs de projets).
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement des cellules régionales vient en complément de l&amp;#039;instruction des AAP/AMI France Mobilités (Tenmod, Avenir Montagne Mobilités, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Plateforme France Mobilités comprenant des ressources techniques (base relative aux marchés publics, foire aux questions juridique et fiches thématiques) et référençant des projets de mobilité, renseignés par leurs porteurs, mis en place dans les territoires (visualisation cartographique) ainsi que des solutions inspirantes classées par thématique / type de territoire / catégorie de porteurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.francemobilites.fr/projets
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mobilité fluviale
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les 15 cellules régionales d&amp;#039;appui  France Mobilités accompagnent l&amp;#039;innovation dans les territoires « peu denses » et faiblement dotés en ingenierie locale : territoires ruraux, villes petites et moyennes, espaces périurbains des agglomérations
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr/ingenierie</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr/</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre cellule régionale : https://www.francemobilites.fr/regions
+&lt;/p&gt;
+&lt;p&gt;
+ Une boite fonctionnelle partagée unique pour chaque cellule régionale :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  auvergnerhonealpes&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  bourgognefranchecomte&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  bretagne&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  centrevaldeloire&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  corse&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  grandest&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  hautsdefrance&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  iledefrance&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  normandie&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  nouvelleaquitaine&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  occitanie&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  paysdelaloire&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  provencealpescotedazur&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  antillesguyane&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  oceanindien&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3bc2-concevoir-son-projet-de-mobilite-et-developpe/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>101597</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Accélérer la rénovation énergétique des bâtiments publics</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C34" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires
 Ministères de l'Aménagement du territoire et de la Transition écologique
 ADEME</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Certificat d'économie d'énergie (CEE)</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez réduire l&amp;#039;empreinte environnementale de votre patrimoine communal ou intercommunal, réaliser des économies d&amp;#039;énergie, répondre aux aspirations citoyennes et vous engager dans une démarche exemplaire.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez agir sur l&amp;#039;emploi local et mobiliser artisans et entreprises de la construction grâce à la mise en chantier de travaux de rénovation énergétique.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez moderniser et valoriser vos infrastructures, améliorer leur confort et mieux protéger le public en particulier les plus fragiles (enfants et personnes âges) face aux conséquences à venir du changement climatique.
 &lt;/p&gt;
 &lt;p&gt;
  En complément du soutien apporté par la dotation de soutien à l&amp;#039;investissement local (cf. fiche «Financer des équipements publics pour une relance locale rapide»), vous pouvez bénéficier de l&amp;#039;accompagnement et des ressources du programme ACTEE. Porté par la fédération nationale des collectivités concédantes et régies (FNCCR) dans le cadre des certificats d&amp;#039;énergie, ACTEE apporte un panel d&amp;#039;outils et de financement pour faciliter la rénovation énergétique de vos bâtiments publics.
 &lt;/p&gt;
 &lt;p&gt;
  Ce programme transversal vous apporte :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une cellule de soutien pour répondre rapidement à vos interrogations via un numéro et un mail dédié.
   &lt;/li&gt;
   &lt;li&gt;
    Des appels à manifestation d&amp;#039;intérêt (AMI) pour vous financer sur 4 postes potentiels : poste d&amp;#039;économe de flux ; outils de mesure et petits équipements ; audits et stratégies pluriannuelles d&amp;#039;investissement ; aide au financement de la maîtrise d&amp;#039;œuvre ou assistance à maîtrise d&amp;#039;ouvrage pour la mise en place d&amp;#039;un contrat de performance énergétique ;
   &lt;/li&gt;
   &lt;li&gt;
    Des sous-programmes pour les projets de rénovation de piscine et bâtiments classés appelant une approche spécifique.
   &lt;/li&gt;
   &lt;li&gt;
    Une boîte à outils d&amp;#039;accompagnement et d&amp;#039;aide à la décision indispensable: guides, cahier des charges type, fiches pratiques, simulateur de travaux.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;h4&gt;
   La Banque des territoires :
  &lt;/h4&gt;
  La Banque des territoires a développé une offre large à destination des collectivités locales pour les accompagner dans leur projet de rénovation énergétiuqe : ingénierie territoriale, offres de financement en prêt, avances remboursables (dispositif d&amp;#039;intracting) et participation à des sociétés de projet. Cette offre peut être mise à profit par les collectivités dans les phases préparatoires aux projets, pour l&amp;#039;élaboration de stratégies patrimoniales sur les parcs de bâtiments publics notamment scolaires.
  &lt;br /&gt;
  La mobilisation des crtificats d&amp;#039;économie d&amp;#039;énergie :
  &lt;br /&gt;
  Les certificats d&amp;#039;économies d&amp;#039;énergie (CEE) représentent un outil incontournable de financement de la maîtrise de l&amp;#039;énergie pour les collectivités. Dans le cadre par exemple du remplacement de votre éclairage, de votre système de production de chaud ou de froid, de vos fenêtres leur valorisation permet de faire baisser le cout des travaux, sous réserve que les équipements choisis répondent à des standards élevés de performance et d&amp;#039;efficacité énergétique.
  &lt;br /&gt;
  Le kit &amp;#34;rénovation énergétique des bâtiments des collectivités locales - comprendre et se lancer&amp;#34; du MTE :
  &lt;br /&gt;
  Ce kit a vocation à synthétiser les enjeux et les bénéfices de la rénovation énergétique du patrimoine des collectivités et faciliter le passage à l&amp;#039;action en décrivant les leviers pour agir, les différentes étapes d&amp;#039;une démarche de rénovation énergétique, les outils juridiques, financiers et techniques pouvant accompagner les élus dans leur projet.
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou une intercommunalité du programme Petites villes de demain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://www.programme-cee-actee.fr</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez la cellule de soutien : renovation.actee&amp;#64;fnccr.asso.fr
 &lt;/p&gt;
 &lt;p&gt;
  Contactez votre conseiller en énergie partagée ou appuyez- vous sur un économe de flux financé par le programme ACTEE pour vous aider dans vos démarches. Retrouver les fiches standardisés CEE (https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie) et estimer les CEE valorisation grâce au calculateur CEE ADEME (http://calculateur-cee.ademe.fr
 &lt;/p&gt;
 &lt;p&gt;
  Retrouver les appels à manifestation d&amp;#039;intérêt en cours et la banque de ressources sur le site d&amp;#039;ACTEE : https://www.programme-cee-actee.fr
 &lt;/p&gt;
 &lt;p&gt;
  Voir fiches :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    «Bénéficier d&amp;#039;un &amp;#34;Conseil en énergie partagé»
   &lt;/li&gt;
   &lt;li&gt;
    «Financer des équipements publics pour une relance locale rapide »
   &lt;/li&gt;
   &lt;li&gt;
    «Obtenir un investissement de la Banque des Territoires dans des sociétés porteuses de projets de revitalisation»
   &lt;/li&gt;
   &lt;li&gt;
    «Bénéficier d&amp;#039;expertises thématiques pour mettre en œuvre des projets de revitalisation»
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Kit élus :
  &lt;a href="https://www.ecologie.gouv.fr/sites/default/files/Re%CC%81novation%20e%CC%81nerge%CC%81tique%20des%20ba%CC%82timents%20des%20collectivite%CC%81s%20locales_07_2020.pdf" rel="noopener" target="_blank"&gt;
   https://www.ecologie.gouv.fr/sites/default/files/Re%CC%81novation%20e%CC%81nerge%CC%81tique%20des%20ba%CC%82timents%20des%20collectivite%CC%81s%20locales_07_2020.pdf
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d5a7-accelerer-la-renovation-energetique-des-batim/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>101961</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser les citoyens aux émissions CO2 des déplacements</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Premier secteur émetteur de gaz à effet de serre avec 30% des émissions, le secteur des transports est un secteur clé de la transition écologique. Mais comment
  &lt;strong&gt;
   transmettre les bons ordres de grandeur et sensibiliser les citoyens
  &lt;/strong&gt;
  ?
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
  &lt;strong&gt;
   librement diffusable
  &lt;/strong&gt;
  &lt;strong&gt;
   intégrable sur tout type de site
  &lt;/strong&gt;
  pour permettre à chacun de comparer facilement l&amp;#039;impact de ses déplacements, mais aussi de montrer l&amp;#039;impact concret du
  &lt;strong&gt;
   covoiturage
  &lt;/strong&gt;
  :
  &lt;strong&gt;
   &lt;a href="https://impactco2.fr/transport" target="_self"&gt;
    impactco2.fr/transport
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt src="https://raw.githubusercontent.com/datagir/datagir-site/master/content/applications/mon-impact-transport/mon-impact-transport.png" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M32" s="1" t="inlineStr">
+      <c r="M35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déjà utilisé dans différents défis et challenges de la mobilité aux 4 coins de la France (
  &lt;a href="https://www.defimobilite-paysdelaloire.fr/page/73/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
   Pays de la Loire
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="http://challenge-mobilite-hdf.fr/blog/votre-%C3%A9co-calculateur-mobilit%C3%A9" rel="noopener" target="_blank"&gt;
   Haut-de-France
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.challengemobilite-bfc.fr/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
   Bourgogne-Franche-Comté
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.challengedelamobilite.com/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
@@ -5230,391 +5742,391 @@
  ,
  &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/mobilites/action-5-je-privilegie-des-modes-de-transport-doux" rel="noopener" target="_blank"&gt;
   Issy
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.normandie-tourisme.fr/preparer-son-sejour/informations-pratiques/venir-en-normandie/" rel="noopener" target="_blank"&gt;
   Normandie Tourisme
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://sudrhone.fr/2020/06/29/vacances-partir-sans-oublier-la-planete/#" rel="noopener" target="_blank"&gt;
   Sud Rhône Environnement
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Animation et mise en réseau
 Valorisation d'actions
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/transport/</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/21a8-sensibiliser-les-citoyens-aux-emissions-co2-d/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>102050</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser les citoyens sur leur empreinte climat</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Face aux nombreux défis environnementaux, comment (s&amp;#039;)informer, (se) sensibiliser, (s&amp;#039;)engager ?
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ADEME, en partenariat avec l&amp;#039;Association Bilan Carbone, a développé
  &lt;em&gt;
   &lt;strong&gt;
    &lt;a href="https://nosgestesclimat.fr/" rel="noopener" target="_blank"&gt;
     Nos Gestes Climat
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/em&gt;
  pour permettre à chacun de
  &lt;strong&gt;
   calculer son empreinte carbone individuelle
  &lt;/strong&gt;
  à travers une série de questions sur son quotidien. Mais l&amp;#039;outil ne s&amp;#039;arrête pas là : il donne également des
  &lt;strong&gt;
   actions chiffrées pour réduire concrètement son impact
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Une
  &lt;strong&gt;
   &lt;a href="https://nosgestesclimat.fr/groupe?mode&amp;#61;sondage" rel="noopener" target="_blank"&gt;
    version sondage
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   vous permet de créer un lien dédié pour collecter de manière anonyme les résultats d&amp;#039;un groupe
  &lt;/strong&gt;
  de citoyens, agents, élus ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
+      <c r="M36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avec plus d&amp;#039;1,5 millions de tests réalisés, ce simulateur est déjà promu par différentes collectivités de toutes tailles comme
  &lt;a href="https://www.grenoble.fr/2294-nos-gestes-climat.htm" rel="noopener" target="_blank"&gt;
   Grenoble
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
 l&amp;#039;
  &lt;a href="https://www.agglo-saintquentinois.fr/pratique/developpement-durable/le-plan-climat-air-energie-territorial-981.html" rel="noopener" target="_blank"&gt;
   Agglo du Saint Quentinois
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Transports collectifs et optimisation des trafics routiers
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable, mais aussi intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://nosgestesclimat.fr</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe :
  &lt;a href="https://nosgestesclimat.fr/contact" target="_self"&gt;
   nosgestesclimat.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1e4-copie-13h56-sensibiliser-les-citoyens-aux-emi/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>102051</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Impact CO2 - L’impact sur le climat des objets et gestes de quotidien</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  On parle de plus en plus de kilos ou de tonnes de CO2, et tant mieux. Mais concrètement, quelles sont les émissions nécessaires pour fabriquer et consommer les objets qui nous entourent ? et comment les communiquer auprès des citoyens ? &lt;span&gt;🤔&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    &lt;a href="https://impactco2.fr/" rel="noopener" target="_blank"&gt;
     Impact CO2
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
   &lt;/em&gt;
  &lt;/strong&gt;
  vous propose de
  &lt;strong&gt;
   découvrir l&amp;#039;impact sur le climat
  &lt;/strong&gt;
  &lt;strong&gt;
   des objets et gestes du quotidien pour les comparer avoir les bons ordres de grandeur : usages numérique, transport, alimentation, chauffage ...
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Des infographies peuvent être directement reprises pour illustrer vos contenus et communications.
 &lt;/p&gt;
 &lt;p&gt;
  Cet outil simple et ludique est intégrable sur tout type de site.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Diffusé par différentes entreprises ou à l&amp;#039;issue de certaines
  &lt;a href="https://fresqueduclimat.org/" rel="noopener" target="_blank"&gt;
   &lt;em&gt;
    Fresques du climat
   &lt;/em&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , ce simulateur est aussi intégré sur les sites de
  &lt;a href="https://www.grenoble.fr/2297-mon-convertisseur-co2.htm" rel="noopener" target="_blank"&gt;
   Grenoble
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
@@ -5632,1147 +6144,16617 @@
   Issy
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.defimobilite-lemans.fr/" rel="noopener" target="_blank"&gt;
   Le Mans
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Technologies numériques et numérisation
 Economie circulaire
 Agriculture et agroalimentaire
 Consommation et production
 Logement et habitat
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/516c-copie-14h12-sensibiliser-les-citoyens-aux-emi/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>102204</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Aider citoyens et collaborateurs à chiffrer les avantages du télétravail en termes d'émissions CO2 évitées</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le télétravail a récemment pris une place importante dans bon nombre de structures. Changement fort tant côté employé que pour l&amp;#039;organisation dans son ensemble, le télétravail a également des avantages indéniables en termes d&amp;#039;émissions carbone et de temps de transport... Encore faut-il pouvoir les estimer.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
  &lt;strong&gt;
   librement diffusable
  &lt;/strong&gt;
  &lt;strong&gt;
   intégrable sur tout type de site
  &lt;/strong&gt;
  pour permettre à chacun de calculer l&amp;#039;impact du télétravail en termes d&amp;#039;
  &lt;strong&gt;
   émissions CO2 évitées sur les déplacements et en temps gagné
  &lt;/strong&gt;
  :
  &lt;strong&gt;
   &lt;a href="https://impactco2.fr/transport/teletravail" target="_self"&gt;
    impactco2.fr/transport/teletravail
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M35" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cet outil est par exemple repris sur le site de
  &lt;a href="https://www.seineouest.fr/mon-impact-transport" rel="noopener" target="_blank"&gt;
   Grand Paris Seine Ouest (GPSO)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Appui méthodologique
 Valorisation d'actions
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/transport/teletravail</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/04f9-copie-12h21-sensibiliser-les-citoyens-aux-emi/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G36" s="1" t="inlineStr">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>120089</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche de Transition Ecologique avec le programme Territoire engagé</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Ecologique - Accompagnement des collectivités par un conseiller Territoire Engagé</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Collectivité d’outre-mer à statut particulier
-[...5 lines deleted...]
-      <c r="H36" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;span&gt;deux référentiels thématiques&lt;/span&gt; ambitieux et progressifs, &lt;span&gt;un programme d&amp;#039;accompagnement&lt;/span&gt;, &lt;span&gt;une animation&lt;/span&gt;, &lt;span&gt;un parcours de labellisation&lt;/span&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;span&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/span&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;span&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/span&gt; ainsi qu’un &lt;span&gt;appui à l’animation du projet&lt;/span&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ De nombreuses collectivités ont déjà profité de cette accompagnement.
+ &lt;a href="https://www.territoiresentransitions.fr/programme#carte" target="_blank"&gt;Découvrez leurs actions et retour d&amp;#039;expérience sur notre site internet.     Ouvre une nouvelle fenêtre&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Economie locale et circuits courts
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement" target="_blank"&gt;Prenez contact avec votre direction régionale de l&amp;#039;ADEME&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://territoireengagetransitionecologique.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:territoireengage&amp;#64;ademe.fr" target="_blank"&gt;territoireengage&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>mathieu.teulier@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ac7-accompagnement-des-collectivites-par-un-conse/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>121371</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'offre industrielle des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>France 2030</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'investissement de l'offre industrielle des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
-[...195 lines deleted...]
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le présent appel à projets relevant du plan France 2030 propose une nouvelle approche du soutien à l&amp;#039;investissement de l&amp;#039;innovation de haut niveau, permettant de soutenir des projets de pointe, à forte valeur ajoutée, disruptifs, risqués et ambitieux, avec une sélectivité importante.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans ce cadre, l&amp;#039;objectif de l&amp;#039;appel à projets est de soutenir les meilleurs projets d&amp;#039;investissement permettant de développer les capacités industrielles dans le domaine des EnR et d&amp;#039;accompagner l&amp;#039;industrialisation de la production et/ou l&amp;#039;assemblage des composants, y compris des technologies innovantes de réseaux.
 &lt;/p&gt;
 &lt;p&gt;
  Si l&amp;#039;appel à projets vise prioritairement l&amp;#039;industrialisation des projets proposant des technologies de rupture, il couvre également les projets de fabrication de produits moins innovants, qui sont indispensables pour réduire le niveau de dépendance vis-à-vis de la concurrence étrangère, accompagner la ré-industrialisation et tenir les engagements climatiques nationaux.
 &lt;/p&gt;
 &lt;p&gt;
  À cet égard, les développements de composants industriels essentiels à la consolidation des filières pourront être soutenus dès lors qu&amp;#039;ils remplissent un ou plusieurs de ces critères, et qu&amp;#039;ils sont considérés comme structurants et ayant un impact sur une partie significative des acteurs de la chaine de valeur.
 &lt;/p&gt;
 &lt;p&gt;
  Ces projets seront choisis de façon sélective.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
          sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d155-aide-a-linvestissement-de-loffre-industrielle/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E38" s="1" t="inlineStr">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>165375</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser les audits énergétiques du patrimoine communal</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Énergie Orne
+ADEME</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;span&gt;Conseil en Énergie partagé (CEP)&lt;/span&gt;&lt;/h4&gt;&lt;p&gt;Les collectivités peuvent faire appel au Te61 pour auditer un ou plusieurs de leurs bâtiments publics. &lt;/p&gt;&lt;p&gt;Le conseiller réalise un bilan énergétique et définit les objectifs et les priorités. Il propose des solutions concrètes pour réduire les dépenses en maîtrisant les consommations et en limitant l&amp;#039;impact environnementales de vos bâtiments. &lt;/p&gt;&lt;p&gt;La mission se fait sur une durée d&amp;#039;un an. Le rapport final remis permet à la collectivité d&amp;#039;être éligible aux subventions de DSIL et DETR notamment.&lt;/p&gt;&lt;p&gt;   &lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/cep-68b02bf7b3247.png" alt /&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/procede-cep-68935ef34462d.png" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/tarif-cep-68936132a4eea.png" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://te61.fr/maitrise-de-lenergie-et-planification/diagnostics-energetiques/</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Orne &lt;/p&gt;&lt;p&gt;6 rue de Gatel 61250 VALFRAMBERT&lt;/p&gt;&lt;p&gt;02 33 32 83 13&lt;/p&gt;&lt;p&gt;Nicolas Thuillier - Responsable service maîtrise de l&amp;#039;énergie - nicolas.thuillier&amp;#64;te61.fr&lt;/p&gt;&lt;p&gt;Richard Boudou - Conseiller en énergie partagé - richard.boudou&amp;#64;te61.fr&lt;/p&gt;&lt;p&gt;https://te61.fr/&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te61.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-audits-energetiques-du-patrimoine-communal/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>164433</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les industries du bois dans le développement de solutions de séchage performantes</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Biomasse Chaleur pour l’Industrie du Bois (BCIB)</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à projets (AAP) vise à &lt;strong&gt;accompagner les industries du bois dans la mise en place d’installations performantes&lt;/strong&gt; pour répondre à leurs &lt;strong&gt;besoins de séchage et assurer une autonomie énergétique&lt;/strong&gt;, en réduisant l’usage des énergies fossiles.&lt;/p&gt;&lt;p&gt;Il concerne : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de chaudières biomasse pour l’industrie du bois d’une production annuelle supérieure à 3 000 MWh/an, pouvant être associés à de la cogénération dans une logique d’autoconsommation.&lt;/li&gt;&lt;li&gt;Les projets de mise en place de séchoirs en lien avec une énergie renouvelable thermique (en particulier biomasse, solaire thermique, géothermie et pompe à chaleur) et/ou de récupération de chaleur fatale présentant un investissement supérieur ou égal à 300 k€.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’&lt;strong&gt;ADEME réalisera une évaluation technique, énergétique et environnementale&lt;/strong&gt; du projet et vérifiera notamment les points suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La maîtrise des besoins thermiques (diagnostic énergétique, actions d’économie d’énergie etc.) sur le périmètre du projet.&lt;/li&gt;&lt;li&gt;L’optimisation du dimensionnement thermique de l’installation (nombre d’heures de fonctionnement à régime nominal, taux de couverture biomasse, stabilité du régime de fonctionnement etc.).&lt;/li&gt;&lt;li&gt;Les caractéristiques techniques de la solution biomasse (rendements thermiques, type de foyer, fluide thermique etc.).&lt;/li&gt;&lt;li&gt;L’adéquation du système de traitement des fumées avec les valeurs limites d’émissions requises.&lt;/li&gt;&lt;li&gt;La gestion des cendres (sous foyer et sous équipements de traitement des fumées).&lt;/li&gt;&lt;li&gt;Les caractéristiques techniques de la solution de séchage (dimensionnement, équipements de performance énergétique etc.).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les &lt;strong&gt;projets prioritaires&lt;/strong&gt; seront ceux :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Associés à l’augmentation des capacités de séchage de bois matériau.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Performants économiquement : &lt;ul&gt;&lt;li&gt;Chaudières biomasse : ratio « aide en € / énergie annuelle produite à partir de biomasse (MWh) » le plus efficient.&lt;/li&gt;&lt;li&gt;Séchoirs : Rapport entre le coût d&amp;#039;investissement du séchoir et le volume annuel de sciages séchés.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Justifiant la qualité et la cohérence du plan d&amp;#039;approvisionnement et apportant des engagements en matière de contractualisation des approvisionnements bois liés à l’activité globale de l’entreprise.&lt;/li&gt;&lt;li&gt;Avec un ratio [chaleur destinée au séchage du bois matériau] / [production de chaleur totale] le plus élevé et un dimensionnement énergétique cohérent avec l’activité de l’entreprise.&lt;/li&gt;&lt;li&gt;Présentant une efficacité énergétique et environnementale élevée.&lt;/li&gt;&lt;li&gt;Démontrant leur maturité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour tout contact : &lt;a href="mailto:filierebois&amp;#64;ademe.fr"&gt;filierebois&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://agir.ademe.fr/aides-financieres/aap/biomasse-chaleur-pour-lindustrie-du-bois-bcib-1</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/biomasse-chaleur-pour-lindustrie-du-bois-bcib-1/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>164438</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Économie Circulaire 2025 - Guyane</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’économie circulaire est toujours émergente en Guyane : la notion est encore très peu connue du grand public, des acteurs et du monde de l’entreprise, limitant de fait les collaborations pourtant nécessaires à son développement.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;complète les actions structurantes menées en faveur de la collecte et du traitement des déchets&lt;/strong&gt; par les collectivités. Il vise à faire émerger des projets et des synergies qui conduisent à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’économie de ressources par les territoires, les secteurs d’activités et les entreprises, la prévention et la valorisation locale des déchets.&lt;/li&gt;&lt;li&gt;La pratique de nouvelles approches économiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il comprend trois grands volets thématiques :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Volet 1 : &lt;strong&gt;Allongement de la durée d&amp;#039;usage - réemploi, réparation, réutilisation.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Volet 2 : &lt;strong&gt;Recyclage et valorisation&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Volet 3 : &lt;strong&gt;Alimentation durable et gestion des biodéchets&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les cibles de l’appel à projets sont les associations, entreprises et acteurs privés.&lt;/p&gt;&lt;p&gt;Les acteurs privés bénéficiaires peuvent être les entreprises de l’Économie Sociale et Solidaire et les structures de l’économie conventionnelle, les instances inter-entreprises, les groupements d’entreprises, les groupements d’intérêt économique (GIE), les associations, les structures dédiées à la réparation…&lt;/p&gt;&lt;p&gt;L’organisme porteur du projet devra démontrer comment il organise la gouvernance liée au montage et au pilotage du projet.&lt;/p&gt;&lt;p&gt;Déroulé de la candidature :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;À la suite de la demande d&amp;#039;aide, un rendez-vous sera programmé avec le porteur de projet afin d’éclaircir des points particuliers.&lt;/li&gt;&lt;li&gt;Puis un jury de sélection des projets piloté par l’ADEME aura lieu. Il comprend les représentants de   l’ADEME Guyane et pourra associer des partenaires extérieurs.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Les aides financières seront attribuées aux projets retenus dans le présent AAP dans la limite des crédits disponibles au titre de l’année 2025.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Guyane</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241211/economie-circulaire-2025-guyane</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/economie-circulaire-2025-guyane/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>164069</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’accélération de la décarbonation de l’industrie</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Appel d’offres - Grands Projets Industriels de Décarbonation 2024</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel d&amp;#039;offres Grands Projets Industriels de Décarbonation vise à soutenir l’accélération de la décarbonation de l’industrie en France et le développement des technologies de décarbonation les plus ambitieuses afin d’atteindre les objectifs européens et nationaux susmentionnés. Il doit permettre, en particulier, d’accélérer la décarbonation des secteurs et sites industriels les plus émetteurs et les plus difficiles à décarboner tout en permettant l’émergence de solutions de décarbonation au meilleur coût. La mise en place de contrats de financement entre l’État et les industriels lauréats pour les projets sélectionnés permettra la construction et l&amp;#039;exploitation de procédés de production décarbonés ambitieux au sein des installations industrielles les plus émettrices.&lt;/p&gt;&lt;p&gt;Cette mesure est financée par le plan d’investissement « France 2030 ».&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Date effective de dépôt des offres&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dépôt des offres n’est accepté qu’à compter de la date à laquelle l’ensemble des pièces techniques demandées aux candidats et listées en annexe I du cahier des charges de l&amp;#039;appel d&amp;#039;offre est disponible dans le dossier de candidature mis en ligne. Les modalités générales et définitives de contractualisation et de suivi seront précisées à cette date. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Industrie</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://agir.ademe.fr/aides-financieres/aap/appel-doffres-grands-projets-industriels-de-decarbonation-2024</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises//form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;aide&amp;amp;source_entity_id&amp;#61;53620" target="_self"&gt;https://agirpourlatransition.ademe.fr/entreprises//form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;aide&amp;amp;source_entity_id&amp;#61;53620&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-doffres-grands-projets-industriels-de-decarbonation-2024/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>163994</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Développer une politique cyclable</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>AVELO 3 - 3ᵉ relevé</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le présent appel à projets s&amp;#039;articule autour de &lt;strong&gt;quatre axes&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Axe 1 - Le &lt;strong&gt;soutien à la construction d’une      politique cyclable&lt;/strong&gt; via le financement d’études.&lt;/li&gt;&lt;li&gt;Axe 2 - Le &lt;strong&gt;soutien à l’expérimentation      de services vélo&lt;/strong&gt; dans les territoires.&lt;/li&gt;&lt;li&gt;Axe 3 - Le &lt;strong&gt;soutien à l&amp;#039;animation et la      promotion de politiques cyclables&lt;/strong&gt; intégrées à l’échelle du territoire.&lt;/li&gt;&lt;li&gt;Axe 4 - Le &lt;strong&gt;soutien au recrutement d&amp;#039;un(e) chargé(e) de mission vélo / mobilités actives &lt;/strong&gt;pour mettre en œuvre une politique cyclable intégrée à l’échelle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le ou les projets devront se terminer au plus tard le 30 juin 2027.&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;territoires éligibles et leurs conditions d&amp;#039;éligibilité&lt;/strong&gt; sont détaillés dans le &lt;strong&gt;Cahier des charges&lt;/strong&gt; de l&amp;#039;appel à projets.&lt;/p&gt;&lt;p&gt;Les demandes d’aides peuvent être déposées pendant toute la période d’ouverture du dispositif. Elles seront instruites au fur et à mesure des dépôts et jusqu’à épuisement du budget.&lt;/p&gt;&lt;p&gt;L’ADEME se réserve le droit de &lt;strong&gt;clôturer par anticipation ce dispositif de soutien en cas d’épuisement du budget&lt;/strong&gt; avant la date de clôture prévue.&lt;/p&gt;&lt;p&gt;Les devis ne sont pas obligatoires au stade de la candidature. Cependant, si la collectivité est retenue comme lauréate, les dépenses pour l’axe 1 devront obligatoirement être justifiées par un ou plusieurs devis lors de la contractualisation.&lt;/p&gt;&lt;p&gt;Les échanges avec l’ADEME sont fortement recommandés avant le dépôt du dossier : &lt;a href="mailto:aapavelo3&amp;#64;ademe.fr"&gt;aapavelo3&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://agir.ademe.fr/aides-financieres/aap/avelo-3-3-releve</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/avelo-3-3-releve/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>163995</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la valorisation des ressources bois des territoires en optimisant les procédés de transformation</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Industrialisation Performante des Produits Bois (IPPB)</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La filière forêt-bois est un secteur stratégique pour l’atteinte des &lt;strong&gt;objectifs de la transition vers une économie décarbonée à 2050&lt;/strong&gt; et pour regagner en souveraineté industrielle, en cohérence avec le contrat stratégique de la filière bois 2023-2026.&lt;/p&gt;&lt;p&gt;Cet Appel à projets (AAP) vise à &lt;strong&gt;améliorer la valorisation des ressources bois des territoires&lt;/strong&gt;, en optimisant les procédés de transformation. Seront priorisés les projets mobilisant des bois feuillus et pour des usages à longue durée de vie.&lt;/p&gt;&lt;p&gt;3 axes sont définis :&lt;/p&gt;&lt;p&gt;Axe 1 : &lt;strong&gt;Valorisation des ressources bois, en priorité feuillues, issues de peuplements sous-exploités&lt;/strong&gt;, sinistrés, dépérissants et/ou vulnérables aux effets du changement climatique.&lt;/p&gt;&lt;p&gt;Axe 2 : &lt;strong&gt;Valorisation des ressources bois en fin de vie&lt;/strong&gt; pour un usage matière dans la construction, l’ameublement ou l’emballage&lt;/p&gt;&lt;p&gt;Axe 3 : &lt;strong&gt;Développement et optimisation des procédés de transformation du bois&lt;/strong&gt;, notamment sur le bois des feuillus, pour des usages à longue durée de vie, en particulier dans la construction&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP vise en priorité la valorisation du bois, qui pourra cependant être associée à d’autres matériaux (notamment biosourcés, géosourcés…).&lt;/p&gt;&lt;p&gt;Pour tout contact : &lt;a href="mailto:filierebois&amp;#64;ademe.fr"&gt;filierebois&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Bâtiments et construction
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/industrialisation-performante-des-produits-bois-ippb-1/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>163977</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Identifier des actions concrètes d'amélioration de la qualité de l’air extérieur et intérieur</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’action des collectivités territoriales en faveur de la qualité de l’air (AACT-AIR)</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
-[...78 lines deleted...]
-      <c r="N38" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projets AACT-AIR est ouvert à &lt;strong&gt;toute collectivité territoriale souhaitant réaliser une étude pour agir sur la qualité de l’air extérieur ou intérieur&lt;/strong&gt;. Attention, l’ADEME ne soutient pas les études obligées par des réglementations (PCAET (Plan climat-air-énergie territorial), constitution d’une ZFE pour les territoires obligés, etc.).&lt;/p&gt;&lt;p&gt;L’objectif de l’étude est de &lt;strong&gt;définir et caractériser des actions pertinentes à déployer sur le territoire pour améliorer la qualité de l&amp;#039;air.&lt;/strong&gt;&lt;br /&gt;Le sujet de l&amp;#039;étude peut être &lt;strong&gt;transversal&lt;/strong&gt; (étude stratégique, de mobilisation citoyenne, d&amp;#039;impact sanitaire…). Cette année, AACT-Air soutient de façon prioritaire l’élaboration de programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée sur la qualité de l’air ambiant.&lt;br /&gt; Le sujet d’étude peut également être &lt;strong&gt;thématique&lt;/strong&gt;, avec deux axes prioritaires : urbanisme, qualité de l’air intérieur, et les autres sujets suivants : combustion de biomasse, chantiers du BTP, agriculture ou encore mobilité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D&amp;#039;une&lt;strong&gt; aide financière&lt;/strong&gt; : un financement vous est octroyé sous la forme d&amp;#039;une subvention. L’intensité de l’aide de l’ADEME n’excède pas 70 % des dépenses éligibles.&lt;br /&gt;Le montant de l’aide ADEME est limité :&lt;ul&gt;&lt;li&gt;À 150 000 € pour les programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée « Air ambiant ».&lt;/li&gt;&lt;li&gt;À 100 000 pour toutes les autres études.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;D&amp;#039;un &lt;strong&gt;accompagnement technique&lt;/strong&gt; : des agents ADEME spécialistes de la qualité de l&amp;#039;air et des problématiques rencontrées par les collectivités vous accompagnent dans la réalisation et la valorisation de votre étude.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans la rubrique qui suit « Préparez votre dossier - 2. Rassemblez l’ensemble des documents », les pièces requises au dépôt de dossier sont identiques quel que soit l’objet de projet que vous sélectionnerez, « Assistance à Maîtrise d’Ouvrage » ou « Études Générales ». Il reviendra à l’ADEME de déterminer quel type sera le plus approprié en fonction de la nature de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le dépôt des candidatures a lieu au plus tard le jeudi 15 mai 2025, à 15h.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://agir.ademe.fr/aides-financieres/aap/aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair-aact-air-1/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>164015</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création de postes de Conseil en énergie partagé</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la création de postes de Conseil en énergie partagé</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME cofinance la création de postes CEP, pendant 3 ans. L’objectif est que les économies générées par le CEP contribuent à financer son poste au bout de 3 ans. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME anime le dispositif en proposant aux CEP un parcours de formation dédié, un espace collaboratif comprenant un forum d’échanges et un répertoire partagé, des webinaires et des réunions d&amp;#039;échange.&lt;/p&gt;&lt;p&gt;Les missions du CEP au quotidien consistent à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;réaliser des bilans énergétiques&lt;/strong&gt; et proposer des &lt;strong&gt;améliorations hiérarchisées&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;accompagner les projets énergétiques&lt;/strong&gt; engagés par les communes&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;sensibiliser&lt;/strong&gt; les élus/gestionnaires/utilisateurs&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;initier des opérations collectives&lt;/strong&gt; à l&amp;#039;échelle du territoire (achats groupés, valorisation des CEE...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’objectif principal du CEP est d’&lt;strong&gt;accompagner et de conseiller les petites communes et les intercommunalités adhérentes&lt;/strong&gt; sur leur patrimoine public en matière de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;réduction des consommations, dépenses et émissions de CO₂&lt;br /&gt;&lt;/li&gt;&lt;li&gt;développement des Énergies Renouvelables&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les postes CEP peuvent être portés par différents types d’acteurs : syndicats d’énergie, ALEC, EPCI, Pays/PETR/PNR, associations.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Consultez la &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/2023-01/charte-conseil-energie-partage-cep-2022.pdf"&gt;charte CEP&lt;/a&gt; pour comprendre les contours d&amp;#039;une mission CEP ainsi que les valeurs qui l&amp;#039;accompagnent.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P48" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q48" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/soutien-la-creation-de-postes-de-conseil-en-energie-partage</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-creation-de-postes-de-conseil-en-energie-partage/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>164016</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Recruter un prestataire chargé d'accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche Territoire Engagé Transition Écologique.</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Écologique - Accompagnement des collectivités par un conseiller</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs, &lt;strong&gt;un programme d&amp;#039;accompagnement&lt;/strong&gt;, &lt;strong&gt;une animation&lt;/strong&gt;, &lt;strong&gt;un parcours de labellisation&lt;/strong&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;strong&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/strong&gt; ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des Conseillers Territoire Engagé référencés est disponible ici :&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://www.territoiresentransitions.fr/programme/annuaire"&gt;territoiresentransitions.fr/programme/annuaire&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités      qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P49" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q49" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2025/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller-1/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>164017</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux actions ponctuelles</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P50" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q50" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aides-aux-actions-ponctuelles</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles-1/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>164018</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études pour la création, l'extension ou la modernisation de centres de tri des déchets</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'études pour la création, l'extension ou la modernisation de centres de tri des déchets</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de préparer à la valorisation matière ou énergétique des déchets issus de collecte séparée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour cela, trois lois engagent le collectif dans des objectifs ambitieux :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;l&lt;/strong&gt;a loi de transition énergétique pour la croissance verte (LTECV) ;&lt;/li&gt;&lt;li&gt;la loi de la lutte contre le gaspillage ;&lt;/li&gt;&lt;li&gt;et la loi de l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour répondre à ces objectifs, &lt;strong&gt;l’ADEME accompagne les collectivités ou les acteurs privés&lt;/strong&gt; porteurs de projets de centres de tri et de préparation des déchets et déchèteries pour professionnels.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les études de faisabilité ou territoriales préalables aux investissements peuvent être soutenues jusqu’à 80 %&lt;/strong&gt; des dépenses éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/realisation-detudes-pour-la-creation-lextension-ou-la-modernisation-de-centres-de-tri-des-dechets</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-detudes-pour-la-creation-lextension-ou-la-modernisation-de-centres-de-tri-des-dechets-1/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>164019</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Financer une étude de faisabilité d'installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité d'installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes températures (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME, avec le Fonds Chaleur, vous aide à réaliser une étude de faisabilité préalable à un projet solaire thermique, en apportant une aide financière et en mettant à votre disposition des &lt;strong&gt;trames de cahier des charges&lt;/strong&gt; selon les technologies utilisées.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;Les cahiers des charges concernent les études de faisabilité liées à la mise en œuvre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’installations dédiées sur bâtiment ou process,&lt;/li&gt;&lt;li&gt;d’installations sur réseau de chaleur,&lt;/li&gt;&lt;li&gt;de systèmes solaires combinés.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité vous permettra de :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;vérifier&lt;/strong&gt; la faisabilité technique et économique du projet d’implantation d’une installation solaire ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer&lt;/strong&gt; des solutions techniques adaptées au contexte et aux possibilités du site d’implantation, et assurer le dimensionnement et la pérennité de l’installation ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;explorer&lt;/strong&gt; des solutions pour le financement de l’opération et le montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au &lt;strong&gt;recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME&lt;/strong&gt; (RGE Étude) ou pouvant justifier de &lt;strong&gt;conditions équivalentes&lt;/strong&gt;. La liste des professionnels RGE Études est disponible sur le &lt;a href="https://data.ademe.fr/datasets/liste-des-entreprises-rge-2"&gt;portail Open data de l’ADEME&lt;/a&gt; (cliquez sur le symbole de tableau sur la droite de la page).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers ses aides au financement d&amp;#039;installations de production d&amp;#039;eau chaude solaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q52" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94_975_987</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etude-de-faisabilite-dinstallation-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-dinstallation-solaire-thermique-1/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>164020</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Créer, étendre ou moderniser un centre de tri de déchets</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Création, extension ou modernisation d’un centre de tri de déchets et valorisation de la matière</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de &lt;strong&gt;préparer à la valorisation matière ou énergétique des déchets&lt;/strong&gt; issus de collecte séparée. &lt;/p&gt;&lt;p&gt;Le parc actuel des centres de tri comprend environ 450 installations pour 7 millions de tonnes de capacité de tri (tous déchets non dangereux et non inertes confondus).&lt;/p&gt;&lt;p&gt;L’ADEME compte le développer afin de &lt;strong&gt;répondre aux objectifs ambitieux de deux lois&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la loi de transition énergétique pour la croissance verte (LTECV),&lt;/li&gt;&lt;li&gt;la loi relative à la lutte contre le gaspillage et à l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour faciliter la poursuite de cet objectif, l’ADEME accompagne les collectivités ou les acteurs privés porteurs de &lt;strong&gt;projets de centres de tri et de préparation pour une valorisation matière et énergie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-et-valorisation-de-la-matiere</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-et-valorisation-de-la-matiere-1/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>164021</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études pour la lutte contre le gaspillage alimentaire</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Études pour la lutte contre le gaspillage alimentaire</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus&lt;/strong&gt; par an. Il entraîne la consommation inutile de ressources en énergie et en eau. Des émissions de gaz à effet de serre pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;L’ADEME soutient depuis plusieurs années la lutte contre le gaspillage alimentaire au travers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de l’appel à projets annuel du ministère de l’Agriculture et de l’Alimentation dans le cadre du Programme national pour l’alimentation (PNA) ;&lt;/li&gt;&lt;li&gt;des appels à projets régionaux économie circulairecomportant un volet gaspillage alimentaire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME soutient également les études visant à identifier des actions permettant de lutter contre le gaspillage non alimentaire.&lt;/p&gt;&lt;p&gt;Pour vous aider à mettre en œuvre votre projet de lutte contre le gaspillage, l’ADEME peut &lt;strong&gt;financer jusqu’à 80 % de votre étude de diagnostic ou de faisabilité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-pour-la-lutte-contre-le-gaspillage-alimentaire</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-lutte-contre-le-gaspillage-alimentaire-1/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>164022</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Installer des équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Installation d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus par an&lt;/strong&gt;. Il entraîne la consommation inutile de ressources en énergie et en eau, et des émissions de gaz à effet de serre qui pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;Vous pouvez prétendre à une &lt;strong&gt;aide pour les investissements&lt;/strong&gt; faisant suite à une &lt;strong&gt;augmentation ou à une redistribution des flux&lt;/strong&gt;, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires. &lt;/p&gt;&lt;p&gt;Par exemple, les équipements suivants peuvent être soutenus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;équipements de pesées,&lt;/li&gt;&lt;li&gt;camions frigorifiques,&lt;/li&gt;&lt;li&gt;acquisitions d’entrepôt,&lt;/li&gt;&lt;li&gt;plateformes de collecte,&lt;/li&gt;&lt;li&gt;cantines solidaires,&lt;/li&gt;&lt;li&gt;ateliers de transformation de type conserverie,&lt;/li&gt;&lt;li&gt;équipements permettant le partage de denrées alimentaires entre particuliers…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après réalisation d’un diagnostic ou d’une étude (hors cas particulier des associations d’aide alimentaire), certains équipements permettant la mise en œuvre du projet peuvent être aidés par l’ADEME à &lt;strong&gt;un taux allant jusqu’à 60 %&lt;/strong&gt; de l’assiette des aides éligibles. Ils font l’objet d’une analyse au cas par cas.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P55" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q55" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/installation-dequipements-de-lutte-contre-le-gaspillage</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-dequipements-de-lutte-contre-le-gaspillage-1/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>164023</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études de préfiguration d'une démarche d'écologie industrielle et territoriale</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Études de préfiguration d'une démarche d'écologie industrielle et territoriale</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Écologie Industrielle et Territoriale (EIT) a pour objectif d’&lt;strong&gt;optimiser les ressources&lt;/strong&gt; (matières, énergie, eau, mais aussi locaux, équipements, expertise, etc.) &lt;strong&gt;à l’échelle d’un territoire&lt;/strong&gt;, que ce soit par des synergies de substitution (à savoir, l’un de vos coproduits devient une matière première pour l’entreprise voisine) ou de mutualisation (compétence comptable partagée entre plusieurs entreprises).&lt;/p&gt;&lt;p&gt;L’ADEME &lt;strong&gt;accompagne les collectivités et les groupements d’entreprises&lt;/strong&gt; souhaitant se lancer dans une démarche d’EIT en cofinançant une &lt;strong&gt;étude de préfiguration&lt;/strong&gt; pour déterminer les conditions de réalisation de la démarche. L’objectif de cette étude est de bien préciser les enjeux et les caractéristiques du territoire, en identifiant les différents acteurs en présence et en analysant les forces, faiblesses et opportunités.&lt;/p&gt;&lt;p&gt;Cette étude peut être &lt;strong&gt;cofinancée jusqu’à 80 %&lt;/strong&gt; de son montant, qu’elle soit réalisée par le porteur en interne ou via l’accompagnement d’un bureau d’études ou prestataire de conseil.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P56" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q56" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_11_24_27_28_32_52_53_76</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-de-prefiguration-dune-demarche-decologie-industrielle-et-territoriale</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-prefiguration-dune-demarche-decologie-industrielle-et-territoriale-1/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>164024</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Financer des postes de chargés de missions</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux relais</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets d&amp;#039;envergure et structurants pour le territoire &lt;/strong&gt;! &lt;/p&gt;&lt;p&gt;Voici des exemples de profils de postes : animateur filière bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur biodéchets, animateur filière méthanisation, animateur alimentation durable, relais Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Les cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;,&lt;/li&gt;&lt;li&gt;conseillers France rénov.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aides-aux-relais</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais-1/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>164025</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la qualité de l’air dans les territoires PPA ou en dépassements récents</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration de la qualité de l’air dans les territoires PPA ou en dépassements récents</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME accompagne les projets permettant une amélioration de la qualité de l’air extérieur. &lt;/p&gt;&lt;p&gt;Les actions soutenues par l&amp;#039;ADEME viseront une réduction de NO₂, de particules PM10, PM2.5 ou d&amp;#039;O₃ mais pourront aussi concerner d’autres polluants réglementés (COVNM (composés organiques volatils non méthaniques), SO₂, HAP (Hydrocarbure aromatique polycyclique)).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets jugés prioritaires seront ceux s&amp;#039;insérant dans un &lt;strong&gt;programme d&amp;#039;actions structuré visant à améliorer la qualité de l&amp;#039;air&lt;/strong&gt; sur le territoire (par exemple : programmation pluriannuelle, reproductibilité, objectifs clairement définis..). Les &lt;strong&gt;gains attendus sur la qualité de l&amp;#039;air&lt;/strong&gt; (NO₂, particules, ozone et autres polluants réglementés) seront clairement définis au regard de la situation du territoire.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les projets suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;l’&lt;strong&gt;embauche d’un chargé de mission qualité de l&amp;#039;air&lt;/strong&gt;, dont l&amp;#039;activité sera de définir et de mettre en œuvre la politique qualité de l’air du territoire en lien avec les actions prévues dans les PPA et/ou dans le cadre des PCAET ou des Plans d&amp;#039;Action pour la Qualité de l&amp;#039;Air (PAQA) (cible collectivités) ;&lt;/li&gt;&lt;li&gt;des &lt;strong&gt;études permettant d’aboutir à une mise en œuvre opérationnelle d’actions&lt;/strong&gt; permettant de réduire les émissions de polluants atmosphériques réglementés pour les zones concernées ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;de la &lt;strong&gt;communication, animation, sensibilisation&lt;/strong&gt; intégrant les changements pérennes de pratiques ;&lt;/li&gt;&lt;li&gt;certains &lt;strong&gt;investissements&lt;/strong&gt; comme ceux relatifs à l&amp;#039;électrification des navires à quai/ des postes de stationnement des avions, aux alternatives au brûlage des déchets verts ou ceux permettant d&amp;#039;atteindre un niveau de réduction en polluants (au-delà du niveau réglementaire) notamment pour les chaufferies... &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets pourront concerner notamment les thématiques (liste non exhaustive) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Combustion de      biomasse :&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;réduction des émissions des chaufferies existantes au-delà      de la réglementation, notamment pour la mise en place ou l&amp;#039;amélioration de systèmes de      filtration ; les projets collectifs portés par les collectivités seront privilégiés ;&lt;/li&gt;&lt;li&gt;alternatives au brûlage à l’air libre des déchets vert notamment les actions d&amp;#039;animation ;&lt;/li&gt;&lt;li&gt;chauffage domestique au bois : campagnes      d’animation/sensibilisation/communication vers les particuliers et/ou      professionnels non liées à la mise en place d’un fonds Air-Bois.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Urbanisme intégrant une moindre exposition à la pollution de l’air ambiant :&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;actions de sensibilisation et formation des acteurs de l’urbanisme à la qualité de l’air, et de communication.  &lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mobilités / transports : &lt;/strong&gt;&lt;ul&gt;&lt;li&gt;impact « qualité de l’air » de la mise en œuvre d’une zone 30, d’une zone apaisée, d’une zone avec abaissement ou hausse des vitesses des véhicules, d’un nouveau plan de circulation (études amont et aval)...&lt;/li&gt;&lt;li&gt;organisation ou faisabilité d’un report modal marchandises /voyageurs vers un mode ayant un plus faible impact environnemental ; le projet concerne le covoiturage, l’autopartage, les mobilités actives, le transport fluvial/maritime/ferroviaire/routier, la cyclologistique, le développement de tiers-lieux...&lt;/li&gt;&lt;li&gt;sensibilisation et accompagnement au changement de comportement des particuliers, des scolaires, des salariés, etc., vers des mobilités moins impactantes d’un point de vue environnemental ;&lt;/li&gt;&lt;li&gt;électrification de navires/bateaux de transport de marchandises ou voyageurs pour un branchement électrique à quai ;&lt;/li&gt;&lt;li&gt;électrification des postes de stationnement des avions ;&lt;/li&gt;&lt;li&gt;accompagnement des professionnels impactés par la mise en œuvre des ZFE-m hors aides au renouvellement des véhicules.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;BTP /carrières :&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;optimisation d’un chantier et de sa logistique, dans l’objectif de réduire les émissions de polluants réglementés.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide n’est pas systématique et dépendra de l’impact du projet sur la réduction des émissions de polluants et des disponibilités budgétaires.&lt;/p&gt;&lt;p&gt;Nous vous conseillons de vous rapprocher de la Direction Régionale dont vous dépendez pour vérifier si vous êtes sur un territoire éligible et si  votre projet rentre bien dans ce dispositif d&amp;#039;aide. Le cas échéant, vous pourrez être orienté vers un autre financement. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P58" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_11_28_44_76_84_93</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en-depassements-recents</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en-depassements-recents-1/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>164026</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude de faisabilité apporte au porteur de projet les éléments techniques, économiques, réglementaires et environnementaux lui permettant de se positionner sur la &lt;strong&gt;faisabilité d’une opération de récupération et valorisation de chaleur fatale&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’étude de faisabilité cible une solution. Cette solution doit avoir été définie au préalable par une étude en amont (audit énergétique ou étude d’opportunité par exemple).&lt;/p&gt;&lt;p&gt;En l’absence d’étude amont argumentant que la solution à étudier est pertinente au regard de la feuille de route de décarbonation du site industriel et/ou de l’entreprise, alors l’étude d’opportunité d’évolution du mix énergétique, financée par PACTE Industrie, devra être réalisée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;étude de faisabilité permet de :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;vérifier la faisabilité technique et économique&lt;/strong&gt; du projet ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions techniques adaptées&lt;/strong&gt; au contexte et aux possibilités qu’offre le site ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;étudier les solutions&lt;/strong&gt; en matière de montage financier et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette étude permet avant tout de &lt;strong&gt;valider la faisabilité du projet au regard d’un compromis technico-économique&lt;/strong&gt; sur le périmètre consenti et en cohérence avec la feuille de route de décarbonation du site et de l’entreprise.&lt;/p&gt;&lt;p&gt;Pour réaliser une étude de faisabilité subventionnée par l’ADEME, le porteur de projet doit faire appel à un prestataire conseil garant de compétences techniques, mais également garant d’objectivité, de transparence et d’impartialité au regard d’intérêts particuliers. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont donc éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;les bureaux d’études&lt;/strong&gt; comportant les codes NAF suivants : 7112B « ingénierie, études techniques » et 7022Z « conseil en affaires » (ou structures justifiant par tout moyen d&amp;#039;une activité similaire) et étant qualifiés OPQIBI 1717 ou qualification équivalente (ou justification de compétences dans la thermique/l’énergétique du secteur concerné) ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;les centres techniques&lt;/strong&gt; justifiant de compétences dans la thermique/l’énergétique du secteur concerné.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans le cas particulier où le bureau d’études, sa maison mère ou filiales auraient un intérêt particulier dans la vente, fabrication, installation, utilisation ou maintenance d’une solution ou avec le dispositif des CEE, ces liens devront être clairement signalés dans le devis et dans le rapport final.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les collectivités, EPCI, associations d&amp;#039;acteurs du territoire&lt;/strong&gt; : merci de vous référer au cahier des charges « étude territoriale », qui décrit le déroulement et le contenu type d’une étude de connaissance des potentiels de la chaleur fatale disponible sur son territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les entreprises&lt;/strong&gt; : merci de vous référer au cahier des charges « étude de faisabilité récupération de chaleur fatale pour valorisation interne et/ou externe ».&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour tous les porteurs de projets&lt;/strong&gt;, afin de dérisquer les projets le plus en amont possible, l&amp;#039;ADEME met à disposition un outil matriciel permettant d&amp;#039;identifier et d&amp;#039;évaluer les risques potentiels inhérents au projet et, de suggérer des moyens de mitigation associés. La matrice des risques dument complétée est un document obligatoire pour toute demande de subvention ADEME.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à réaliser ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers des &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;aides à l’investissement sur une installation de récupération de chaleur fatale&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q59" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-de-faisabilite-pour-linstallation-de-recuperation-de-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-linstallation-de-recuperation-de-chaleur-fatale-1/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>164027</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études d’écoconception des produits et des services</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Études d’écoconception des produits et des services</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME propose une aide financière pour soutenir les projets d’écoconception, de production durable et d’obtention de l’Écolabel européen.&lt;/p&gt;&lt;p&gt;L’ADEME soutient &lt;strong&gt;les études avec &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;l’étape de diagnostic&lt;/strong&gt;, première étape structurante d’engagement d’une entreprise dans une &lt;strong&gt;démarche d’amélioration de la performance environnementale&lt;/strong&gt; de ses produits ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;l’étape suivante de mise en œuvre&lt;/strong&gt;, qui concrétise le passage à la réalisation d’actions et à la &lt;strong&gt;commercialisation de produits ou services à moindres impacts&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les PME, l’accompagnement de l’étape de diagnostic est porté par Bpifrance, via le Diag Écoconception :&lt;/p&gt;&lt;p&gt;Site de Bpifrance : &lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://diag.bpifrance.fr/diag-eco-conception"&gt;diagecoconception.bpifrance.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.bpifrance.fr/catalogue-offres/transition-ecologique-et-energetique"&gt;Transition Écologique et Énergétique | Bpifrance&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME propose des lignes directrices pour aider à définir le contenu et les attendus des études d’écoconception : &lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4169-lignes-directrices-diagnostic-ecoconception.html"&gt;Lignes directrices diagnostic Écoconception&lt;/a&gt; - La librairie ADEME&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4170-lignes-directrices-pour-la-mise-en-oeuvre-d-une-demarche-d-ecoconception.html"&gt;Lignes directrices pour la mise en œuvre d&amp;#039;une démarche d&amp;#039;écoconception&lt;/a&gt; - La       librairie ADEME&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Les études de projets d’écoconception peuvent être aidées jusqu’à 80 % du montant des dépenses internes et de prestation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée.&lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et au plus tard au 31 décembre 2025.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-decoconception-des-produits-et-des-services</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-decoconception-des-produits-et-des-services-1/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>164028</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie de la fonctionnalité et de la coopération</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’économie de la fonctionnalité et de la coopération</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le contexte environnemental et social favorise l’émergence de &lt;strong&gt;nouveaux modèles de développement&lt;/strong&gt;, parmi lesquels l’économie de la fonctionnalité et de la coopération. Elle établit une &lt;strong&gt;nouvelle relation entre l’offre et la demande&lt;/strong&gt;. Elle ne se fonde plus sur la simple vente de biens ou de services, mais sur la fourniture d&amp;#039;effets utiles (bénéfices) pour les usagers, répondant à des &lt;strong&gt;besoins réels des personnes, des entreprises et des collectivités, ainsi qu’aux enjeux de durabilité&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les bénéfices de cette démarche sont :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;économiques :&lt;/strong&gt; avoir une approche centrée usagers plutôt que la vente d’un simple produit pour pérenniser son activité, se différencier et fidéliser ses clients ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;écologiques &lt;/strong&gt;: sortir de la logique de volume (produire et vendre toujours plus), mutualiser et allonger la durée de vie de ses produits pour réduire significativement la consommation de ressources naturelles et créer des impacts bénéfiques sur l’environnement ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;sociaux &lt;/strong&gt;: développer des effets positifs sur la société, valoriser les compétences de ses collaborateurs reposant sur l’expérience réelle du travail ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;territoriaux &lt;/strong&gt;: développer des dynamiques coopératives en lien avec les enjeux du territoire.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une étude de diagnostic ou d’accompagnement permet d’analyser le périmètre du besoin ou de la fonctionnalité à satisfaire pour dimensionner l’offre de services à proposer en correspondance.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer cette étude par une subvention allant&lt;strong&gt; jusqu’à 80 % de son coût&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q61" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/soutien-leconomie-de-la-fonctionnalite-et-de-la-cooperation</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-leconomie-de-la-fonctionnalite-et-de-la-cooperation-1/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>164029</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Financer l’investissement et/ou à la mise en œuvre de la tarification incitative du service public des déchets et/ou de la redevance spéciale</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Financement à l’investissement et/ou à la mise en œuvre de la tarification incitative du service public des déchets et/ou de la redevance spéciale</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La tarification incitative de votre service public des déchets diminue l’impact environnemental de votre collectivité. Pour ce faire, l’ADEME a mis en place une aide qui facilite votre transition.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est forfaitaire et contribue à la &lt;strong&gt;réalisation par la collectivité des actions préparatoires&lt;/strong&gt; de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création du fichier des usagers et/ou distribution des contenants,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la communication,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la mobilisation du personnel,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la création ou adaptation de la grille tarifaire,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la réalisation d’essais sur une zone test.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour la mise en œuvre de la &lt;strong&gt;tarification incitative&lt;/strong&gt;, elle s’élève jusqu’à 12 € par habitant.&lt;/p&gt;&lt;p&gt;Pour la mise en œuvre de l’&lt;strong&gt;information individuelle sur l’usage&lt;/strong&gt;, elle s’élève jusqu’à 5 € par habitant.&lt;/p&gt;&lt;p&gt;Il existe aussi une aide sur les équipements.&lt;/p&gt;&lt;p&gt;Pour les équipements permettant le suivi des services, ainsi que ceux exigés par l’application d’une grille tarifaire, l’aide peut aller jusqu’à 60 % des dépenses éligibles.&lt;/p&gt;&lt;p&gt;Cette &lt;strong&gt;aide sur les équipements&lt;/strong&gt; concerne :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les puces sur bacs,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les tambours d’identification sur points d’apport collectif,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;l’informatique embarquée,&lt;/li&gt;&lt;li&gt;les logiciels.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P62" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q62" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2025/financement-linvestissement-etou-la-mise-en-oeuvre-de-la-tarification-incitative-du-service-public-des-dechets-etou-de-la-redevance-speciale</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financement-a-linvestissement-et-ou-a-la-mise-en-oeuvre-de-la-tarification-incitative-du-service-public-des-dechets-et-ou-de-la-redevance-speciale/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>164030</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études et les diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études et diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner toutes les structures impliquées dans l’économie circulaire dans le &lt;strong&gt;financement d’un diagnostic de territoire ou d’étude&lt;/strong&gt; préalable à un &lt;strong&gt;investissement de réemploi-réutilisation et réparation (RRR)&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Le taux d’aide peut atteindre 80 % du coût de l’étude.&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation allongent la durée de vie des produits et participent à la réduction de la consommation de ressources et de production de déchets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’&lt;strong&gt;un million de tonnes de produits sont réemployées ou réutilisés&lt;/strong&gt; chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de &lt;strong&gt;structures spécialisées&lt;/strong&gt; dans la deuxième vie des produits est en &lt;strong&gt;constante progression&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une information du consommateur sur la réparabilité et l’aptitude au réemploi ou à la réutilisation. &lt;/p&gt;&lt;p&gt;  Pour accompagner ces politiques, l’ADEME soutient les &lt;strong&gt;diagnostics territoriaux et les études de faisabilité&lt;/strong&gt; concourant à augmenter et encourager l’offre et la demande de flux réemployés et réparés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Emploi</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_987_988</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages-1/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>164031</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Financer des Projets de Recherche et Développement</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Recherche et Développement</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME peut financer avec ce dispositif des projets de R&amp;amp;D qui ne relèvent pas des thématiques couvertes par les &lt;a href="https://recherche.ademe.fr/financer-ma-recherche/appels-projets-de-recherche"&gt;appels à projets de recherche de l&amp;#039;ADEME&lt;/a&gt; ou par le programme France 2030. &lt;/p&gt;&lt;p&gt;Ce dispositif s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’éligibilité de votre projet est jugée sur sa pertinence quant à la mise en œuvre des priorités de recherche inscrites dans la stratégie RD 2021-2027 de l&amp;#039;ADEME et sur sa qualité scientifique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Votre projet ne doit pas pouvoir s&amp;#039;inscrire dans un des appels à projets de recherche de l&amp;#039;ADEME &lt;/strong&gt; et concerne essentiellement des projets/programmes de type Chaire, GIS, etc. Consultez les &lt;a href="https://recherche.ademe.fr/financer-ma-recherche/appels-projets-de-recherche"&gt;appels à projets de recherche de l&amp;#039;ADEME&lt;/a&gt; et la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr/"&gt;appels à projets de recherche en France&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les aides de ce dispositif sont plafonnées à 300 000 € par projet.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
-Economie d'énergie et rénovation énergétique
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q64" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/projets-de-recherche-et-developpement</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-et-developpement/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="G39" s="1" t="inlineStr">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>164032</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Financer une étude de faisabilité ou un AMO pour l'investissement dans une chaufferie biomasse</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Études des projets de chaufferie biomasse</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME, avec le Fonds Chaleur, vous aide à réaliser une étude de faisabilité ou à vous faire accompagner par une prestation d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO), en mettant à votre disposition des trames de cahier des charges, et en apportant une aide financière.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité vous permettra de :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;vérifier la faisabilité technique et économique du projet d’implantation d’une chaufferie biomasse ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;proposer des solutions techniques adaptées au contexte et aux possibilités qu’offre le site ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;comparer la solution biomasse aux autres possibilités en termes d’investissement et d’exploitation ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;rechercher des solutions visant à assurer la pérennité de l’approvisionnement ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;proposer des solutions pour le financement de l’opération et le montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les missions d’assistance à maîtrise d’ouvrage vous permettront de :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;assurer la qualité du projet à travers une vision globale et en coordination avec les différents acteurs du projet ;&lt;/li&gt;&lt;li&gt;mettre en œuvre les différentes étapes du projet et de rédiger les cahiers des charges si nécessaire (bureau d’études, maîtrise d’œuvre) ;&lt;/li&gt;&lt;li&gt;vous assurer de la conformité réglementaire et technique de l’installation ;&lt;/li&gt;&lt;li&gt;vous assurer du bon fonctionnement de l’installation et des modalités de maintenance ;&lt;/li&gt;&lt;li&gt;constituer un opérateur énergétique territorial et de structurer l’animation, notamment dans le cas de projets citoyens.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le &lt;a href="https://data.ademe.fr/datasets/liste-des-entreprises-rge-2"&gt;portail Open data de l’ADEME&lt;/a&gt;. Une fois sur la page, cliquez sur le symbole du tableau placé sur la droite. &lt;/p&gt;&lt;p&gt;La biomasse présente de nombreux avantages mais reste une ressource limitée. Son utilisation doit s’inscrire dans une stratégie énergétique globale, en priorisant l’efficacité et la sobriété énergétique, et en complémentarité avec d’autres énergies renouvelables disponibles sur le territoire. Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers la solution la plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis.&lt;/p&gt;&lt;p&gt;Vous pouvez également contacter votre direction régionale ADEME, en amont de l’étude de faisabilité ou de votre prestation d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire, l’ADEME, avec le Fonds Chaleur, vous accompagne à travers des aides à l’investissement sur une installation de production de chaleur biomasse/bois.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-des-projets-de-chaufferie-biomasse</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-des-projets-de-chaufferie-biomasse/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>164033</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études ou de projets contribuant à réduire les impacts environnementaux des produits, régimes et systèmes alimentaires</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention aux études d'alimentation durable</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’alimentation a des impacts importants sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt; la qualité de l’eau, des sols et de l’air,&lt;/li&gt;&lt;li&gt;les émissions de GES (gaz à effet de serre),&lt;/li&gt;&lt;li&gt;la consommation d’eau,&lt;/li&gt;&lt;li&gt;mais aussi la biodiversité et la déforestation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’essentiel de ces impacts se situe à l’étape de la production agricole. Celle-ci peut être optimisée, de même que les autres étapes de la chaîne alimentaire (logistique, transport, transformation, conditionnement, distribution, consommation). La demande (régimes alimentaires, types de produits consommés) a un effet important sur les impacts de l’ensemble des acteurs amont.&lt;/p&gt;&lt;p&gt;Une&lt;strong&gt; étude de diagnostic ou d’accompagnement&lt;/strong&gt; permet d’&lt;strong&gt;effectuer un état des lieux du système en place&lt;/strong&gt; et de déterminer la &lt;strong&gt;faisabilité d’une solution alternative&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans ce domaine en évolution, une étude permet également de &lt;strong&gt;répondre aux besoins d’acquisition ou d’approfondissement de connaissance&lt;/strong&gt; des systèmes alimentaires (étude d’impacts, enjeux socio-économiques en lien avec l’alimentation durable, externalités positives ou négatives, caractérisation des pratiques, coûts…).&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer cette étude par une subvention allant jusqu’à 80 % de son coût.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_75_76_93_975_977_987_988</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/subvention-aux-etudes-dalimentation-durable</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/subvention-aux-etudes-dalimentation-durable-1/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>164034</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Financer une étude préalable à l'instauration ou à l'extension de la tarification incitative pour la gestion de déchets et/ou de la redevance spéciale</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Étude préalable à l'instauration ou à l'extension de la tarification incitative pour la gestion de déchets et/ou de la redevance spéciale</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Avec la tarification incitative, le montant de la taxe ou de la redevance d’enlèvement des ordures ménagères varie en fonction de la quantité de déchets produits.Son objectif est de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;réduire la production de déchets&lt;/strong&gt; des usagers, &lt;/li&gt;&lt;li&gt;&lt;strong&gt;améliorer les performances de collecte séparée,&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;maîtriser les coûts de gestion&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La majorité des collectivités l’ayant mise en œuvre observe une &lt;strong&gt;baisse de 30 à 50 % de la quantité d’ordures ménagères&lt;/strong&gt; résiduelles collectée.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous apporter une subvention allant jusqu’à 80 % du montant de votre étude préalable.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2025/etude-prealable-linstauration-ou-lextension-de-la-tarification-incitative-pour-la-gestion-de-dechets-etou-de-la-redevance-speciale</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-prealable-a-linstauration-ou-a-lextension-de-la-tarification-incitative-pour-la-gestion-de-dechets-et-ou-de-la-redevance-speciale/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>164036</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux investissements pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation (RRR) &lt;strong&gt;allongent la durée de vie des produits&lt;/strong&gt;. Elles participent à la &lt;strong&gt;réduction de la consommation de ressources&lt;/strong&gt; et de la &lt;strong&gt;production de déchets &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’un million de tonnes de produits sont réemployés ou réutilisés chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de structures spécialisées dans la deuxième vie des produits est en constante progression.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une &lt;strong&gt;information du consommateur&lt;/strong&gt; sur la &lt;strong&gt;réparabilité&lt;/strong&gt; et l’&lt;strong&gt;aptitude au réemploi ou à la réutilisation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;    Pour accompagner ces politiques, l’ADEME peut soutenir les investissements dans vos équipements dédiés au réemploi-réutilisation et remise en état pour donner une deuxième vie aux objets et matériaux cédés ou jetés. Le taux d’aide peut atteindre au maximum 60 % des dépenses éligibles. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q68" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_987_988</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages-1/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>164037</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études de faisabilité de performance énergétique ou de décarbonation d'entreprises industrielles</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité de performance énergétique ou de décarbonation d'entreprises industrielles</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude de faisabilité apporte au porteur de projet les &lt;strong&gt;éléments techniques, économiques, réglementaires et environnementaux&lt;/strong&gt; lui permettant de &lt;strong&gt;se positionner sur la faisabilité d’une opération d’efficacité énergétique&lt;/strong&gt; ou, plus globalement, de &lt;strong&gt;décarbonation&lt;/strong&gt; de ses procédés et utilités. &lt;/p&gt;&lt;p&gt;L’étude de faisabilité cible une solution. Cette solution doit avoir été définie au préalable par une étude en amont (audit énergétique ou étude d’opportunité par exemple). En l’absence d’étude amont argumentant que la solution à étudier est pertinente au regard de la feuille de route de décarbonation du site industriel et/ou de l’entreprise, alors l’étude d’opportunité d’évolution du mix énergétique, financée par PACTE Industrie, devra être réalisée.&lt;/p&gt;&lt;p&gt;L’étude de faisabilité permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de vérifier la &lt;strong&gt;faisabilité technique et économique&lt;/strong&gt; du projet ;&lt;/li&gt;&lt;li&gt;de &lt;strong&gt;proposer des solutions techniques adaptées&lt;/strong&gt; au contexte et aux possibilités qu’offre le site ;&lt;/li&gt;&lt;li&gt;d&amp;#039;étudier les solutions en matière de &lt;strong&gt;montage financier et juridique&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La décarbonation des procédés et des utilités doit s’inscrire dans une démarche cohérente qui se décline en cinq étapes successives :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Sobriété &lt;ol&gt;&lt;li&gt;Le changement de comportement est le levier le moins coûteux et le plus impactant pour réduire les consommations et baisser les émissions de gaz à effet de serre.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Modification du mix matières&lt;ol&gt;&lt;li&gt;Efficacité matière via l’incorporation de Matières Premières Recyclées (MPR) et valorisation des coproduits.&lt;/li&gt;&lt;li&gt;Développement de procédés utilisant moins d’intrants, ou des intrants moins émissifs.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Amélioration de l’efficacité énergétique&lt;ol&gt;&lt;li&gt;Performance énergétique des technologies et procédés.&lt;/li&gt;&lt;li&gt;Réflexion sur la bonne adéquation des températures produites au regard des besoins finaux et, remplacement potentiel du fluide caloporteur.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Importance de la mesure et du suivi des performances : plan de mesurage, campagne de mesure, chantier kaizen énergie, commissionnement...&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Substitution des énergies fossiles&lt;ol&gt;&lt;li&gt;Substitution des combustibles fossiles par des combustibles décarbonés ou bas carbone (chaleur fatale, biomasse, biogaz, hydrogène décarboné, combustibles solides de récupération, géothermie, solaire thermique, etc.).&lt;/li&gt;&lt;li&gt;Électrification de la chaleur et des procédés.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Captage du CO₂ à la source&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L&amp;#039;étude de faisabilité se concentre sur l&amp;#039;une des solutions identifiées dans l&amp;#039;une ou l&amp;#039;autre de ces étapes. L’étude de faisabilité ne permet pas, à elle seule, de juger de la pertinence et de la cohérence du projet avec la stratégie de décarbonation du site et/ou de l’entreprise.&lt;/p&gt;&lt;p&gt;Cette étude permet avant tout de &lt;strong&gt;valider la faisabilité du projet au regard d’un compromis technico-économique&lt;/strong&gt; sur le périmètre consenti et en cohérence avec la feuille de route de décarbonation du site et de l’entreprise.&lt;/p&gt;&lt;p&gt;Pour réaliser une étude de faisabilité subventionnée par l’ADEME, le porteur de projet doit faire appel à un prestataire conseil garant de compétences techniques, mais également garant d’objectivité, de transparence et d’impartialité au regard d’intérêts particuliers. &lt;/p&gt;&lt;p&gt;Sont donc éligibles :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les bureaux d’études comportant les codes NAF suivants : 7112B « ingénierie, études techniques » et 7022Z « conseil en affaires » (ou structures justifiant par tout moyen d&amp;#039;une activité similaire) et étant qualifiés OPQIBI 1717 ou qualification équivalente (ou justification de compétences dans la thermique/l’énergétique du secteur concerné) ;&lt;/li&gt;&lt;li&gt; les centres techniques justifiant de compétences dans la thermique/l’énergétique du secteur concerné.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans le cas particulier où le bureau d’études, sa maison mère ou filiales auraient un intérêt particulier dans la vente, fabrication, installation, utilisation ou maintenance d’une solution avec le dispositif des CEE, ces liens devront être clairement signalés dans le devis et dans le rapport final.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P69" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-de-faisabilite-de-performance-energetique-ou-de-decarbonation-dentreprises-industrielles</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-de-performance-energetique-ou-de-decarbonation-dentreprises-industrielles-1/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>164038</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études pour mettre en place une installation hydroélectrique</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Études pour une installation hydroélectrique</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide dédiée à l&amp;#039;hydroélectricité vise la &lt;strong&gt;réalisation de projets de production électrique&lt;/strong&gt; par la &lt;strong&gt;force motrice de l’eau&lt;/strong&gt; d’un cours d’eau, d’une rivière, d’un lac ou des eaux captées par gravitation (turbinage d’eau potable ou usée, par exemple).&lt;/p&gt;&lt;p&gt;Les futurs aménagements hydroélectriques sont envisagés sur des &lt;strong&gt;chutes existantes créées par un seuil ou un barrage&lt;/strong&gt; (la construction d’un nouveau seuil ou  barrage constitue une difficulté majeure dans le contexte actuel et une telle étude ne sera pas finançable).&lt;/p&gt;&lt;p&gt;Cela correspond à l’un des cas suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;réalisation d’un aménagement&lt;/strong&gt; neuf de production d&amp;#039;énergie sur un seuil existant qui n’a jamais été équipé auparavant ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;remise en service &lt;/strong&gt;d’un équipement n’étant plus en activité, mais bénéficiant ou pas d’un droit d’eau (fondé en titre, autorisation, etc.) et pouvant prouver l’existence de la chute et des organes qui utilisent ou ont utilisé la force hydraulique ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;optimisation &lt;/strong&gt;d’un équipement complémentaire sur un site actuellement exploité ;&lt;/li&gt;&lt;li&gt;le&lt;strong&gt; turbinage d’eau déjà captée&lt;/strong&gt; (eau potable ou eaux usées).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La &lt;strong&gt;concertation des enjeux énergétiques et enjeux environnementaux&lt;/strong&gt; doit obligatoirement être menée dès la phase d&amp;#039;étude de faisabilité. La &lt;strong&gt;concertation avec tous les usagers du cours d&amp;#039;eau&lt;/strong&gt; (pêche, pratiques loisirs ou sportives, navigation, etc.) est également à rechercher. La mise en place de réunions de démarrage et de restitution impliquant les acteurs de l&amp;#039;eau et de l&amp;#039;environnement est obligatoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3 types d&amp;#039;études peuvent être financés&lt;/strong&gt; avec des spécificités régionales :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’étude de &lt;strong&gt;potentiel&lt;/strong&gt; devra déterminer le potentiel administratif, énergétique, environnemental et économique des seuils/sites potentiels sur un territoire/cours d’eau défini.&lt;/li&gt;&lt;li&gt;L’étude de &lt;strong&gt;faisabilité&lt;/strong&gt; devra démontrer la faisabilité administrative, technique, environnementale et économique d’une centrale hydroélectrique afin de fournir au maître d’ouvrage des éléments clairs, fiables et chiffrés lui permettant d’apprécier l’intérêt de réaliser ce projet.&lt;/li&gt;&lt;li&gt;L’étude d’&lt;strong&gt;avant-projet&lt;/strong&gt; devra préciser les conditions techniques et économiques de réalisation de l’installation au regard de l’implantation sur le site avec des études de sol, de génie civil, des relevés topographiques précis, voire tout autre type d&amp;#039;études préalablement validées en concertation avec l&amp;#039;ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les études d&amp;#039;ordre réglementaires ne sont pas éligibles aux subventions de l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;Pour les régions Bourgogne-Franche-Comté et Auvergne-Rhône-Alpes, les trois types d&amp;#039;études sont éligibles.&lt;/p&gt;&lt;p&gt;Pour les régions Provence-Alpes-Côte-d&amp;#039;Azur, Nouvelle-Aquitaine et La Réunion, les études de potentiel et de faisabilité sont éligibles. Les études d&amp;#039;avant-projet ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q70" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>regions_04_27_75_84_93</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-pour-une-installation-hydroelectrique</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-une-installation-hydroelectrique-1/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>164039</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Créer des observatoires territoriaux</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie Circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d&amp;#039;aide se décompose en deux piliers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide à la création est une aide      forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission      (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un      observatoire portant deux missions pourra bénéficier de deux aides à la      création. L&amp;#039;aide à la création est cumulable avec l&amp;#039;aide au fonctionnement      sur une même période. L&amp;#039;ADEME apporte aussi une aide pour les études de préfiguration d&amp;#039;un observatoire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide au fonctionnement est une aide      annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un observatoire portant deux      missions pourra bénéficier de deux aides au fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P71" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aide-la-creation-et-au-fonctionnement-des-observatoires-territoriaux</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux-1/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>164040</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études préalables à la préparation des biodéchets, au compostage autonome en établissement et aux installations de traitement et de valorisation</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Études pour la gestion des biodéchets des acteurs économiques</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME soutient les producteurs de biodéchets en apportant une subvention aux &lt;strong&gt;études préalables à l’investissement dans des équipements de compostage&lt;/strong&gt; en établissement. Cette aide aux études préalables peut aller &lt;strong&gt;jusqu’à 80 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Les entreprises de restauration, de production et de commerce alimentaires produisent des biodéchets, qui peuvent être transformés en engrais via le compostage ou la méthanisation, ou produire de l’énergie renouvelable.&lt;/p&gt;&lt;p&gt;L&amp;#039;obligation de tri à la source des biodéchets concerne&lt;strong&gt; tous les producteurs&lt;/strong&gt;,&lt;strong&gt; &lt;/strong&gt;y compris les ménages depuis le 1ᵉʳ janvier 2024.&lt;/p&gt;&lt;p&gt;Quant aux opérateurs privés qui prennent en charge les biodéchets, ils peuvent être aidés pour les études préalables à la réalisation d’installation de désemballage et/ou déconditionnement, d’hygiénisation, de création ou d’adaptation de plate-forme de compostage (un dispositif spécifique existe par ailleurs pour la méthanisation).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P72" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q72" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-pour-la-gestion-des-biodechets-des-acteurs-economiques</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-gestion-des-biodechets-des-acteurs-economiques-1/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>164041</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Financer un audit énergétique</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Audit énergétique volontaire en industrie</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face au défi climatique, &lt;strong&gt;maîtriser son énergie&lt;/strong&gt; est devenu stratégique. L&amp;#039;audit énergétique fournit des éléments concrets pour agir à court et moyen termes :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Identification      des dépenses énergétiques.&lt;/li&gt;&lt;li&gt;Préconisation      des actions les plus efficaces et rentables à mener pour mieux gérer ses      sources énergétiques.&lt;/li&gt;&lt;li&gt;Hiérarchisation      des actions en fonction du temps de retour sur investissement et de la      facilité de leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces démarches offrent notamment pour bénéfices &lt;strong&gt;10 à 20 % d&amp;#039;économie sur un site en moyenne&lt;/strong&gt; et des bases solides pour la mise en œuvre d&amp;#039;un Système de Management de l&amp;#039;Énergie (SMÉ).&lt;/p&gt;&lt;p&gt;Pour vous guider, vous pouvez retrouver toute la méthodologie de l&amp;#039;audit dans la &lt;strong&gt;norme NF EN 16247 version 2022&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME peut prendre en charge les coûts de vos audits énergétiques (hors entreprises soumises à l&amp;#039;audit réglementaire tous les 4 ans) à hauteur de :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;60 % maximum&lt;/strong&gt; pour les      grandes entreprises&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;70 % maximum&lt;/strong&gt; pour les      moyennes entreprises&lt;/li&gt;&lt;li&gt;&lt;strong&gt;80 % maximum&lt;/strong&gt; pour les      petites entreprises&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Quelles sont les &lt;strong&gt;étapes d&amp;#039;un audit énergétique&lt;/strong&gt; ?&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Choisissez      l&amp;#039;auditeur énergétique&lt;/strong&gt; qui va vous accompagner. Des exigences de qualité sont attendues pour le prestataire en termes de compétences ; les compétences requises sont détaillées      dans la norme NF EN 16247-5 (le bureau d&amp;#039;études doit être qualifié OPQIBI 1717 ou équivalent). Des exigences d&amp;#039;objectivité, de transparence et d&amp;#039;impartialité sont également attendues : le prestataire doit signaler tout conflit d’intérêts. Par exemple, si le prestataire, sa maison mère ou filiale a un intérêt particulier dans la vente, installation ou maintenance d’une solution ou avec le dispositif des CEE, que ce lien soit clairement signalé 1) dans le devis et, 2) en préambule dans le rapport final.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Aux      côtés de l&amp;#039;auditeur, &lt;strong&gt;vous définissez les objectifs de l&amp;#039;audit ainsi que son périmètre&lt;/strong&gt; (site, atelier ou process).&lt;/li&gt;&lt;li&gt;De      nombreux paramètres sont examinés au sein de votre entreprise (les      conditions d&amp;#039;exploitation des équipements ou le comportement du personnel      par exemple). &lt;strong&gt;Un état des lieux complet de vos      consommations est ainsi réalisé&lt;/strong&gt; afin que vous ayez      une vision précise de votre      situation énergétique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les      pistes d&amp;#039;amélioration sont identifiées&lt;/strong&gt;, ainsi que les gains économiques associés et      le temps de retour sur investissement. Vous pouvez alors définir un plan      d&amp;#039;actions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Hiérarchisez et planifiez les actions &lt;/strong&gt;en fonction de leur faisabilité et de leur temps de retour sur      investissement.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Pour aller plus loin, l&amp;#039;étude d&amp;#039;opportunité d&amp;#039;évolution du mix énergétique financée par la programme CEE &amp;#34;PACTE Industrie&amp;#34; est complémentaire de l&amp;#039;audit et vous permet d’obtenir une feuille de route de décarbonation de votre site industriel (priorisation des solutions de décarbonation de votre mix énergétique).&lt;/p&gt;&lt;p&gt;Audit et étude d’opportunité seront réalisés en parallèle par le même prestataire référencé par l’ADEME dans le cadre d&amp;#039;une étude globale.&lt;/p&gt;&lt;p&gt;Le dépôt d&amp;#039;une demande d&amp;#039;aide pour une &lt;strong&gt;étude combinée&lt;/strong&gt; audit-étude d&amp;#039;opportunité se fait directement sur la page du &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/demarche-decarbonation-industrie/pacte-industrie" rel="noreferrer noopener" target="_blank"&gt;programme PACTE Industrie&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P73" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q73" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/audit-energetique-volontaire-en-industrie</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/audit-energetique-volontaire-en-industrie/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>164042</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements de traitement et de valorisation ainsi que les collectes mobilité douce réalisées par les opérateurs de traitement de déchets</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des biodéchets des acteurs économiques</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aujourd’hui, l’&lt;strong&gt;obligation de tri à la source des biodéchets&lt;/strong&gt; concerne&lt;strong&gt; &lt;/strong&gt;tous les producteurs, et &lt;strong&gt;y compris les biodéchets des ménages&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME accompagne les acteurs économiques dans la &lt;strong&gt;gestion des biodéchets&lt;/strong&gt;. Ces opérateurs privés peuvent être aidés pour la réalisation :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’&lt;strong&gt;hygiénisation,&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;de &lt;strong&gt;création,&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;ou d’&lt;strong&gt;adaptation de plate-forme de compostage&lt;/strong&gt; (&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/realisation-dinstallations-methanisation-injection-cogeneration-chaleur"&gt;un dispositif spécifique existe par ailleurs pour la méthanisation&lt;/a&gt;).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide de l&amp;#039;ADEME aux investissements peut aller &lt;strong&gt;jusqu’à 60 %&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q74" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/gestion-des-biodechets-des-acteurs-economiques</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gestion-des-biodechets-des-acteurs-economiques-1/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>164043</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer et accompagner la sobriété numérique</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Alt IMPACT - Soutien aux actions de sobriété numérique</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alt IMPACT est un programme porté par l’ADEME, le CNRS et l’INRIA, et financé par les CEE (Certificats d’économies d’énergie).&lt;/p&gt;&lt;p&gt;Il a pour objectif d’&lt;strong&gt;accélérer et accompagner la sobriété numérique&lt;/strong&gt;, en particulier : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;accélérer la sensibilisation et la formation&lt;/strong&gt; de l’ensemble des publics (citoyens, entreprises, collectivités, ou toute autre organisation…) à l’impact environnemental du numérique et à la compréhension de ses enjeux ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mesurer et piloter la sobriété numérique&lt;/strong&gt;, en identifiant et partageant les données et des outils fiables ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;soutenir les actions de mise en œuvre de la sobriété numérique&lt;/strong&gt; dans les stratégies des collectivités et des organisations. &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P75" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/alt-impact-soutien-aux-actions-de-sobriete-numerique</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/alt-impact-soutien-aux-actions-de-sobriete-numerique/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>164044</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Financer deds études de faisabilité pour de l’autoconsommation électrique photovoltaïque</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité en ZNI pour de l’autoconsommation électrique photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ACI : Autoconsommation individuelle&lt;br /&gt;ACC : Autoconsommation collective&lt;/p&gt;&lt;p&gt;Quand la consommation électrique de vos bâtiments et de vos équipements intervient essentiellement de jour, il peut être intéressant pour vous d’étudier la faisabilité de &lt;strong&gt;couvrir une partie de cette consommation au moyen d’électricité solaire photovoltaïque&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les prestations externes d’études de faisabilité à hauteur de 60 % dans la limite de 100 k€ de dépenses éligibles. Cette aide peut être portée à &lt;strong&gt;70 % pour des moyennes entreprises&lt;/strong&gt; au sens européen et à &lt;strong&gt;80 % pour des petites entreprises&lt;/strong&gt; ou bénéficiaires dans le cadre d’une « activité non économique », à savoir une structure qui :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soit n’exerce pas d’activité consistant à offrir à autrui des biens ou des services ;&lt;/li&gt;&lt;li&gt;soit, bien qu’exerçant une activité consistant à offrir à autrui des biens ou des services, ne se trouve pas sur un marché concurrentiel : tel est le cas notamment de bénéficiaires qui disposent d’un monopole de droit (par exemple les autorités exerçant des prérogatives de puissances publiques comme l’armée, la police, la surveillance antipollution) ou de fait (technique ou géographique).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité, sujette à la présente aide ADEME, concerne &lt;strong&gt;l&amp;#039;évaluation et l&amp;#039;analyse du potentiel d&amp;#039;un projet&lt;/strong&gt; (technique, économique, sociale, environnementale, juridique, etc.). Elle vise à soutenir le processus décisionnel en révélant de façon objective et rationnelle les forces et les faiblesses du projet, ainsi que les perspectives et les menaces qu&amp;#039;il suppose, tout en précisant les ressources nécessaires pour le mener à bien, et en évaluent, en définitive, les chances de succès.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P76" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q76" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_27_53_75_84_93_975</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-de-faisabilite-en-zni-pour-de-lautoconsommation-electrique-photovoltaique</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-de-lautoconsommation-electrique-photovoltaique-1/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>164045</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Financer une étude d'aide à la décision pour les projets de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Étude d'aide à la décision pour les projets de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à&lt;strong&gt; réaliser une étude de faisabilité&lt;/strong&gt;, en apportant une aide financière et en mettant à votre disposition des trames de cahier des charges et guides selon les technologies utilisées.&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide comprend les études de projets liés à la&lt;strong&gt; mise en œuvre d’opérations de valorisation thermique de ressources géothermales profondes&lt;/strong&gt; (profondeur supérieure à 200 mètres) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la &lt;strong&gt;réalisation d’un doublet de forage&lt;/strong&gt; (ou autre configuration spécifique (triplet, multi drains…) sur un aquifère profond avec (ou sans) mise en place d’une pompe à chaleur ;&lt;/li&gt;&lt;li&gt;la &lt;strong&gt;mise en œuvre d’une réinjection&lt;/strong&gt; en aquifère profond sur une opération existante (exemple des opérations de la région Aquitaine) ;&lt;/li&gt;&lt;li&gt;la &lt;strong&gt;transformation d&amp;#039;un ancien puits pétrolier&lt;/strong&gt; pour une valorisation thermique de l&amp;#039;eau chaude produite avec (ou sans) mise en place d’une pompe à chaleur ;&lt;/li&gt;&lt;li&gt;la &lt;strong&gt;mise en place uniquement d’une ou de plusieurs pompe(s) à chaleur&lt;/strong&gt; sur un réseau de chaleur alimenté par une installation de géothermie profonde déjà existante.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité vous permettra de &lt;strong&gt;vérifier la faisabilité technique et économique du projet de géothermie profonde&lt;/strong&gt;, et notamment de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;connaître les aspects réglementaires spécifiques à l’opération ;&lt;/li&gt;&lt;li&gt;planifier le déroulé des phases du projet ;&lt;/li&gt;&lt;li&gt;proposer des solutions techniques adaptées au contexte, ainsi qu’aux opportunités et aux contraintes qu’offre le site ;&lt;/li&gt;&lt;li&gt;identifier et minimiser les risques (coûts, opérationnels) ;&lt;/li&gt;&lt;li&gt;estimer le budget des investissements et les coûts d’exploitation ;&lt;/li&gt;&lt;li&gt;comparer la solution « géothermique » aux autres possibilités en termes de performance énergétique, d’investissement et d’exploitation ;&lt;/li&gt;&lt;li&gt;rechercher des solutions visant à assurer l’exploitation pérenne de la ressource « géothermique » ;&lt;/li&gt;&lt;li&gt;proposer des solutions pour le financement de l’opération et son montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les études de dérisquage supérieures à 200 k€, le fonds de garantie géothermie peut &lt;strong&gt;couvrir les dépenses à hauteur de 80 %&lt;/strong&gt; (plafond d’assiette de dépense de 1 M€). Pour plus de renseignement, &lt;strong&gt;contactez la SAF Environnement &lt;/strong&gt;(filiale de la Caisse des Dépôts et Consignations).&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers le financement d’installations de géothermie profonde.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P77" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q77" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etude-daide-la-decision-pour-les-projets-de-geothermie-profonde</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-daide-a-la-decision-pour-les-projets-de-geothermie-profonde/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>164046</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer les solutions de réduction des consommations d’énergie de vos serres et la pertinence d’un investissement dans une solution de production d’énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic énergétique et étude d'opportunité multi-EnR pour les serres</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face au défi climatique et à la volatilité du prix des énergies fossiles, &lt;strong&gt;maîtriser son énergie et envisager la substitution&lt;/strong&gt; de ses consommations résiduelles d&amp;#039;&lt;strong&gt;énergie fossile par une énergie renouvelable sont devenus stratégique&lt;/strong&gt;s, notamment à l&amp;#039;aide de diagnostics énergétiques et d&amp;#039;études de faisabilité. Leurs analyses sont précieuses pour les structures agricoles.&lt;/p&gt;&lt;p&gt;Le&lt;strong&gt; diagnostic énergétique&lt;/strong&gt; fournit ainsi des éléments concrets pour agir à court et moyen termes. Il permet de :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;faire le bilan de ses consommations énergétiques ;&lt;/li&gt;&lt;li&gt;préconiser des actions les plus efficaces et rentables à mener pour réduire ses consommations d&amp;#039;énergie ;&lt;/li&gt;&lt;li&gt;hiérarchiser des actions en fonction du temps de retour sur investissement et de la facilité de leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette démarche peut permettre de réaliser jusqu&amp;#039;à&lt;strong&gt; 50 &lt;/strong&gt;&lt;strong&gt;% d&amp;#039;&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;conomies sur un site.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;étude complémentaire des solutions énergétiques permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;&lt;strong&gt;identifier la source d&amp;#039;énergie renouvelable la plus adaptée aux besoins de votre site  ;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;de valider la pertinence d&amp;#039;un investissement dans une de ces solutions pour substituer vos consommations résiduelles d&amp;#039;énergie fossile.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;ADEME prend en charge les coûts de votre diagnostic énergétique &lt;strong&gt;jusqu’à une hauteur de 70 %&lt;/strong&gt; pour une petite entreprise. L&amp;#039;aide est accordée dans la limite d&amp;#039;un plafond de dépenses éligibles fixé à 50 000 €.&lt;/p&gt;&lt;p&gt;Quelles sont les étapes d&amp;#039;un audit énergétique ?&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Choisissez l&amp;#039;auditeur énergétique&lt;/strong&gt; qui va vous accompagner. Vérifier ses références et ses compétences en matière de diagnostic énergétique et d&amp;#039;énergies renouvelables. Un groupement peut également permettre d&amp;#039;apporter toutes les compétences souhaitées.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Aux côtés de l&amp;#039;auditeur, vous &lt;strong&gt;définissez les objectifs de l&amp;#039;audit,&lt;/strong&gt; ainsi que son &lt;strong&gt;périmètre.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;De &lt;strong&gt;nombreux paramètres sont examinés au sein de votre exploitation&lt;/strong&gt; (performance des serres, équipements présents, conditions d&amp;#039;exploitation, itinéraires techniques de culture, températures de consigné, taux d&amp;#039;humidité, etc.). Un &lt;strong&gt;état des lieux complet de vos consommations&lt;/strong&gt; est ainsi réalisé afin que vous ayez une vision précise de votre situation énergétique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les pistes d&amp;#039;amélioration sont identifiées&lt;/strong&gt;, ainsi que les gains économiques associés et le temps de retour sur investissement. Vous pouvez alors définir un plan d&amp;#039;actions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Hiérarchisez&lt;/strong&gt; et &lt;strong&gt;planifiez les actions&lt;/strong&gt; en fonction de leur faisabilité et de leur temps de retour sur investissement.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étudiez les sources d&amp;#039;énergie renouvelables&lt;/strong&gt; à proximité et adaptées aux besoins de votre site. Vous pouvez alors choisir la solution la plus pertinente techniquement et économiquement.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q78" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/diagnostic-energetique-et-etude-dopportunite-multi-enr-pour-les-serres</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diagnostic-energetique-et-etude-dopportunite-multi-enr-pour-les-serres/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>164047</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Equiper l"approvisionnement des chaufferies bois du Fonds chaleur et/ou Plan de Relance et/ou France 2030</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Équipements pour l'approvisionnement de chaufferies bois du Fonds chaleur et/ou Plan de Relance et/ou France 2030</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de &lt;strong&gt;mobiliser des gisements de biomasse en quantité et en qualité&lt;/strong&gt; pour permettre leur valorisation en énergie, l’ADEME est susceptible de soutenir :&lt;br /&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;la création ou l’aménagement de plateformes d’approvisionnement ;&lt;/li&gt;&lt;li&gt;les équipements assurant la production d’un combustible de qualité ;&lt;/li&gt;&lt;li&gt;les équipements d&amp;#039;exploitation forestière permettant la production de bois énergie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement financier est propre à la structuration régionale de l’approvisionnement de la filière biomasse énergie. Il est également conditionné au &lt;strong&gt;lien avec l’approvisionnement des chaufferies&lt;/strong&gt; financées par le Fonds Chaleur et/ou Plan de Relance et/ou France 2030 et à la certification de &lt;strong&gt;gestion durable des forêts&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Pour le chauffage domestique, l’objectif est d’&lt;strong&gt;aider à la production de bûches de qualité&lt;/strong&gt; présentant des garanties qualitatives et de gestion durable via une aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;à la construction de hangars ;&lt;/li&gt;&lt;li&gt;au développement d’outils de séchage artificiel.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q79" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/equipements-pour-lapprovisionnement-de-chaufferies-bois-du-fonds-chaleur-etou-plan-de-relance-etou-france-2030</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/equipements-pour-lapprovisionnement-de-chaufferies-bois-du-fonds-chaleur-et-ou-plan-de-relance-et-ou-france-2030/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>164048</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la planification énergétique : mise en œuvre d’un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre d’un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les collectivités territoriales sont des acteurs clés dans l’atteinte des &lt;strong&gt;objectifs de transition énergétique&lt;/strong&gt;. Elles sont&lt;strong&gt; au cœur du processus de transition&lt;/strong&gt; à travers leurs décisions en matière d’énergie mais aussi d’aménagement, d’urbanisme, de mobilité, de gestion des déchets et de l’eau, des thématiques intimement liées. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Leurs actions doivent notamment reposer sur des &lt;strong&gt;choix énergétiques pertinents et éclairés&lt;/strong&gt;, pour élaborer un &lt;strong&gt;mix énergétique local sobre en carbone&lt;/strong&gt;. Ces choix doivent prendre en compte les potentiels de développement d’énergies renouvelables mais aussi des scenarii d’évolution des différents usages présents sur les territoires. &lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Schéma Directeur des Énergies &lt;/strong&gt;est un outil indispensable pour coordonner ces actions, ciblant aussi bien la production, la consommation et la distribution d’énergie.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, vous pouvez consulter le guide méthodologique « &lt;a target="_blank" href="https://librairie.ademe.fr/changement-climatique-et-energie/749-schema-directeur-des-energies-le-9791029713859.html"&gt;Le Schéma directeur des énergies, conjuguer mix énergétique, planification territoriale et urbaine&lt;/a&gt; ».&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P80" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q80" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2025/mise-en-oeuvre-dun-schema-directeur-des-energies</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mise-en-oeuvre-dun-schema-directeur-des-energies-1/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>164049</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations de production d'eau chaude solaire thermique</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Installation de production d'eau chaude solaire thermique </t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le &lt;strong&gt;porteur devra démontrer que ces points ont été pris en compte&lt;/strong&gt; :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;réduction du besoin : &lt;/strong&gt;réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mutualisation des besoins : &lt;/strong&gt;raccordement à un réseau de chaleur vertueux existant quand cela est possible, ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;récupération de chaleur fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;considération des autres EnR disponibles localement : &lt;/strong&gt;étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante, mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le &lt;strong&gt;solaire thermique&lt;/strong&gt; est une solution de production de chaleur renouvelable aux nombreux atouts.&lt;/p&gt;&lt;p&gt;Le Fonds Chaleur aide à financer toute typologie de &lt;strong&gt;projets de production d&amp;#039;eau chaude collective par la chaleur solaire &lt;/strong&gt;dans &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les logements collectifs,&lt;/li&gt;&lt;li&gt;le secteur tertiaire, l’industrie, l’agriculture,&lt;/li&gt;&lt;li&gt;les opérations couplées à des réseaux de chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les étapes :&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réalisez d’abord une étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée. Cela vous confortera dans votre choix d’investir.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Déposez ensuite un dossier de demande d’aide.&lt;/strong&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’une &lt;strong&gt;aide forfaitaire&lt;/strong&gt; en fonction de la zone géographique d’implantation de l’installation, et de la surface de l’installation solaire.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;note d’opportunité,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;étude de faisabilité,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;assistance à maîtrise d’ouvrage,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;conseils.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche. Tout cela est conçu pour vous guider, préciser les critères d’éligibilité et vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P81" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q81" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/installation-de-production-deau-chaude-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-production-deau-chaude-solaire-thermique-1/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>164050</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Résorber les décharges littorales historiques à risque de relargage des déchets en mer</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Résorption des décharges littorales historiques à risque de relargage des déchets en mer</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent dispositif vise à accompagner les porteurs de projets de &lt;strong&gt;réhabilitation de décharges littorales historiques présentant des risques de relargage de déchets en mer&lt;/strong&gt;, pour la réalisation de prestations d’études et de travaux de réhabilitation.&lt;/p&gt;&lt;p&gt;Les prestations éligibles, doivent être conduites suivant la méthodologie nationale applicable aux sites et sols pollués, conformément à la norme NF X31-620 « Qualité du sol - Prestations de services relatives aux sites et sols pollués ».&lt;/p&gt;&lt;p&gt;Les études éligibles au titre du présent dispositif d’aide correspondent aux domaines A « études, assistance et contrôle » et B « Ingénierie des travaux de réhabilitation » de la norme NF X31-620 « Qualité du sol - Prestations de services relatives aux sites et sols pollués », et sont plus particulièrement :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;les études de diagnostic :&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;les études préalables constituées des prestations globales INFOS, DIAG et IEM et des prestations élémentaires qui les composent, auxquelles des prestations spécifiques au contexte « décharge » sont ajoutées et doivent être conduites selon les normes en vigueur, ou à défaut les règles de l’art ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les études de définition du projet de réhabilitation : prestation globale PG (Plan de Gestion) de la norme NF X31-620-2 et prestation globale PCT (Plan de Conception des Travaux) de la norme NF X31-620-3. &lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;les études d’accompagnement de projet,&lt;/strong&gt; constituées des prestations d’accompagnement suivantes des normes NF X31-620-2 et NF X31-620-3 :&lt;ul&gt;&lt;li&gt;assistance à maîtrise d’ouvrage pour les prestations études et/ou travaux (prestations globales AMO Études et AMO Travaux) ;&lt;/li&gt;&lt;li&gt;maîtrise d’œuvre des travaux de réhabilitation (prestation globale MOE), constituée de tout ou partie des études de conception (prestations PCT, B120 et B130), de l’assistance aux contrats de travaux (B310), de la direction de l’exécution des travaux (B320), puis de l’assistance aux opérations de réception des travaux (B330). &lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;les travaux de réhabilitation :&lt;/strong&gt; les travaux de réhabilitation des décharges littorales historiques, éligibles au titre du présent dispositif d’aide, sont ceux concourant à l’atteinte des objectifs du programme de réhabilitation, tel que défini à l’issue des études préalables.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce soutien s’inscrit dans le cadre du plan national annoncé par la France lors du Sommet international One Ocean Summit qui s’est tenu à Brest, du 9 au 11 février 2022. Ce plan a pour objectif la &lt;strong&gt;résorption en 10 ans des décharges littorales historiques présentant un risque de relargage&lt;/strong&gt; de déchets en mer, en métropole comme en outre-mer.&lt;/p&gt;&lt;p&gt;Ces décharges littorales peuvent être soumises à des aléas naturels tels que les risques de submersion marine, d’inondation, d’érosion, etc.&lt;/p&gt;&lt;p&gt;Ces phénomènes naturels peuvent conduire à une mise à nu et à une remobilisation physique des déchets (régression d’une falaise, érosion du cordon dunaire…), pouvant alors présenter des risques pour la santé humaine et l’environnement.&lt;/p&gt;&lt;p&gt;Ces phénomènes sont susceptibles de devenir de plus en plus fréquents en raison du changement climatique, notamment du fait de l’élévation du niveau de la mer. Ces sites présentent donc un risque de relargage de déchets dans le milieu marin, à plus ou moins long terme, accentué par ces phénomènes naturels.&lt;/p&gt;&lt;p&gt;Afin d’atteindre l’objectif de résorption de l’ensemble des décharges littorales historiques à risques, l&amp;#039;État accompagne les maîtres d’ouvrage en vue de leur réhabilitation et de la renaturation des sites. &lt;/p&gt;&lt;p&gt;Pour ce faire, l&amp;#039;État mobilise ses opérateurs (BRGM, CEREMA, ADEME, Conservatoire du littoral), ses services centraux (DGALN, DGPR) et déconcentrés (DREAL, DIRM, DDTM), afin de mettre en œuvre un plan ambitieux de résorption des décharges littorales historiques. En particulier, un fonds de soutien dédié a été créé, dont la gestion a été confiée à l’ADEME et fait l’objet du présent dispositif.&lt;/p&gt;&lt;p&gt;Plus d&amp;#039;informations sur le plan national de résorption des décharges littorales sur les sites : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.ecologie.gouv.fr/dechets-marins#scroll-nav__2"&gt;MTECT&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.georisques.gouv.fr/articles-risques/pollutions-sols-sis-anciens-sites-industriels/decharges-littorales"&gt;BRGM&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.cerema.fr/fr/plan-national-resorption-decharges-littorales"&gt;CEREMA&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Pour découvrir en détail le plan : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.dailymotion.com/video/x8puhwe"&gt;Vidéo&lt;/a&gt; présentant le déroulé d&amp;#039;un projet&lt;/li&gt;&lt;li&gt;&lt;a href="https://cartagene.cerema.fr/portal/apps/dashboards/ed0fd6a2d90d4706a5a6fc2634339b30" target="_blank"&gt;Tableau de suivi&lt;/a&gt; du plan national publié par le CEREMA&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P82" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q82" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2025/resorption-des-decharges-littorales-historiques-risque-de-relargage-des-dechets-en-mer</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/resorption-des-decharges-littorales-historiques-a-risque-de-relargage-des-dechets-en-mer-1/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>164051</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.&lt;/li&gt;&lt;li&gt;Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour &lt;strong&gt;promouvoir les énergies renouvelables&lt;/strong&gt;. À ce titre, des conseils, des notes d’opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l’investissement dans un réseau de chaleur ou de froid sont conditionnées à la &lt;strong&gt;production d’une étude de faisabilité&lt;/strong&gt; pour une création de réseau ou d’un schéma directeur des réseaux pour une extension.&lt;/p&gt;&lt;p&gt;L’aide aux études et schémas directeurs est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études avec la ou les qualifications pertinentes pour les productions EnR, complété de la certification « OPQIBI 1319 Études du transport de chaleur et de froid » pour la partie « réseau » du projet), ou pouvant justifier de conditions équivalentes.&lt;/p&gt;&lt;p&gt;Avant d’investir, l’ADEME préconise le recours à des prestataires bureaux d’études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P83" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q83" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-etou-enrr</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-et-ou-enr-r-1/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>164052</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Financer les installations de systèmes solaires combinés</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Installations de systèmes solaires combinés</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire &lt;strong&gt;une démarche de type « EnR&amp;#039;Choix »&lt;/strong&gt;, en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points suivants ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;réduction du besoin : &lt;/strong&gt;     réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;récupération de chaleur      fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;considération des autres      ENR disponibles localement :&lt;/strong&gt; étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;La biomasse est &lt;strong&gt;une      source d’énergie renouvelable abondante mais limitée&lt;/strong&gt;, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie &lt;strong&gt;la      plus pertinente pour répondre aux besoins&lt;/strong&gt;. La biomasse sera      particulièrement &lt;strong&gt;pertinente pour des besoins hautes température&lt;/strong&gt;      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;opérations de Systèmes Solaires Combinés (SSC) éligibles&lt;/strong&gt; au Fonds Chaleur sont des installations de production de chaleur collective (chauffage et eau chaude sanitaire) avec des capteurs solaires thermiques dans lesquels circule un fluide caloporteur. Celles-ci peuvent être réalisées sur des bâtiments neufs ou en rénovation, à destination de tout type de bâtiments ayant des usages durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, si vous êtes confortés dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P84" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q84" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/installations-de-systemes-solaires-combines</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-systemes-solaires-combines-1/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>164053</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Financer la réalisation d'un audit d'installation solaire thermique et du chantier de réhabilitation associée</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Audit et réhabilitation d'installations solaires thermiques collectives</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un financement pour votre audit ainsi que les travaux de réhabilitation.&lt;/p&gt;&lt;p&gt;Préalablement à votre projet de réhabilitation, un audit est nécessaire pour qualifier les problèmes rencontrés sur l’installation puis &lt;strong&gt;établir et chiffrer les actions correctives&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide intègre également &lt;strong&gt;un financement des travaux&lt;/strong&gt; et se conclut par &lt;strong&gt;la signature d’un contrat d’exploitation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités pratiques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Étape 1 :&lt;/strong&gt; consultez des prestataires d’études sur la base du cahier des charges proposé par l’ADEME dans le document détaillant les conditions d&amp;#039;éligibilité et de financement. Présélectionnez une offre, mais à ce stade ne vous engagez pas et ne signez pas de commande.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape 2 : &lt;/strong&gt;déposez une demande d’aide en joignant la proposition technique et financière du prestataire d’études, ainsi que les pièces à déposer listées ci-dessous. Indiquez bien les dépenses prévisionnelles pour l&amp;#039;audit, la maîtrise d&amp;#039;œuvre éventuelle et le montant de l&amp;#039;enveloppe travaux allouée à la réhabilitation.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P85" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q85" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_32_44_52_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/audit-et-rehabilitation-dinstallations-solaires-thermiques-collectives</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/audit-et-rehabilitation-dinstallations-solaires-thermiques-collectives-1/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>164054</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études d'aide à la décision pour les projets de géothermie de surface et d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Étude d'aide à la décision pour les projets de géothermie de surface et d'aérothermie</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME avec le Fonds Chaleur vous apporte des aides à la décision via :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un financement pour l&amp;#039;étude de faisabilité ;&lt;/li&gt;&lt;li&gt;la mise à disposition d’une trame de cahier des charges d’étude de faisabilité selon les technologies utilisées ;&lt;/li&gt;&lt;li&gt;un financement pour les prestations d’AMO ;&lt;/li&gt;&lt;li&gt;la mise à disposition d’une trame de cahier des charges pour les AMO ;&lt;/li&gt;&lt;li&gt;un financement pour la réalisation de Test de Réponse Thermique du sous-sol (TRT) ;&lt;/li&gt;&lt;li&gt;la mise à disposition d’une trame de cahier des charges pour la réalisation d&amp;#039;un TRT.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce dispositif d’aides comprend les projets liés à la mise en œuvre de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;pompes à chaleur géothermiques&lt;/strong&gt; (sur aquifère superficiel, champs de sondes géothermiques, géostructures énergétiques, eaux usées, eau de mer, eaux de surface ou eaux thermales...) ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;pompes à chaleur aérothermiques&lt;/strong&gt; (PAC air/eau) ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;pompes à chaleur géothermiques sur boucle d’eau tempérée &lt;/strong&gt;« géothermique ».&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité &lt;/strong&gt;vous permettra de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;vérifier la faisabilité technique et économique du projet d’implantation d’une installation de géothermie de surface ;&lt;/li&gt;&lt;li&gt;proposer des solutions techniques adaptées au contexte ainsi qu’aux opportunités et aux contraintes qu’offre le site ;&lt;/li&gt;&lt;li&gt;comparer la solution « géothermique » aux autres possibilités en termes d’investissement et d’exploitation ;&lt;/li&gt;&lt;li&gt;rechercher des solutions visant à assurer l’exploitation pérenne de la ressource « géothermique » ;&lt;/li&gt;&lt;li&gt;proposer des solutions pour le financement de l’opération et son montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les missions d’AMO &lt;/strong&gt;vous permettront de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;garantir la qualité du projet à travers une vision globale et en coordination avec les différents acteurs du projet ;&lt;/li&gt;&lt;li&gt;mettre en œuvre les différentes étapes du projet et de rédiger un certain nombre de documents techniques (cahier des charges, CCTP, DCE, DOE, dossier de demande d’autorisation…) ;&lt;/li&gt;&lt;li&gt;s’assurer de la conformité réglementaire et technique de l’installation ;&lt;/li&gt;&lt;li&gt;s’assurer du bon fonctionnement de l’installation et des modalités de maintenance.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets de pompes à chaleur géothermiques ou de pompes à chaleur aérothermiques, l’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le &lt;a href="https://data.ademe.fr/datasets/liste-des-entreprises-rge-2"&gt;portail Open data de l’ADEME&lt;/a&gt; (cliquez sur le symbole de tableau sur la droite de la page).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les Tests de Réponse Thermique sont envisageables si une étude de faisabilité a été réalisée en amont&lt;/strong&gt;. Ils vous permettront de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;caractériser les propriétés thermiques moyennes des terrains traversés (conductivité thermique, température initiale du sous-sol...) ;&lt;/li&gt;&lt;li&gt;caractériser les propriétés de la sonde géothermique verticale testée (sonde pilote).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers les plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis. Vous pouvez contacter votre direction régionale ADEME, en amont de l’étude de faisabilité.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers une aide aux investissements :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;financement d’installations géothermiques de production de chaleur et de froid ;&lt;/li&gt;&lt;li&gt;financement d&amp;#039;installations aérothermiques de production de chaleur ;&lt;/li&gt;&lt;li&gt;financement d’installations de boucles d’eau tempérée géothermiques de production de chaleur et de froid &lt;a&gt;[MA1]&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P86" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q86" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etude-daide-la-decision-pour-les-projets-de-geothermie-de-surface-et-daerothermie</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-daide-a-la-decision-pour-les-projets-de-geothermie-de-surface-et-daerothermie/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>164055</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Installer des pompes à chaleur solaire pour la production d’eau chaude</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Installation de pompes à chaleur solaire pour la production d’eau chaude </t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire dans &lt;strong&gt;une démarche de type « EnR&amp;#039;Choix »&lt;/strong&gt;, en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points suivants ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;réduction du besoin :&lt;/strong&gt; réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mutualisation des besoins :&lt;/strong&gt; raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;récupération de chaleur fatale : &lt;/strong&gt;étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;considération des autres ENR disponibles localement :&lt;/strong&gt; étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;La biomasse est &lt;strong&gt;une source d’énergie renouvelable abondante mais limitée&lt;/strong&gt;, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie &lt;strong&gt;la plus pertinente pour répondre aux besoins&lt;/strong&gt;. La biomasse sera particulièrement &lt;strong&gt;pertinente pour des besoins hautes température&lt;/strong&gt; (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;installations de pompes à chaleur (PAC) solaires éligibles&lt;/strong&gt; au Fonds Chaleur sont les opérations de production d&amp;#039;eau chaude sanitaire (ECS) à destination de logements collectifs et des secteurs Tertiaire, Industrie et Agriculture comprenant les établissements ayant des usages ECS durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, si vous êtes confortés dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P87" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q87" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/installation-de-pompes-chaleur-solaire-pour-la-production-deau-chaude</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-pompes-a-chaleur-solaire-pour-la-production-deau-chaude-1/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>164056</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le réemploi des emballages</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Aides au réemploi des emballages</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire (&lt;strong&gt;loi AGEC&lt;/strong&gt;), promulguée le 10 février 2020, et la loi portant lutte contre le dérèglement climatique et renforcement de la résilience face à ses effets promulguée (&lt;strong&gt;loi Climat et Résilience&lt;/strong&gt;) du 22 août 2021, fixent des objectifs ambitieux pour &lt;strong&gt;favoriser le développement du réemploi des emballages &lt;/strong&gt;: 10 % d’emballages réemployés en 2027.&lt;/p&gt;&lt;p&gt;Le développement du réemploi des emballages s’inscrit pleinement dans le cadre de démarches de prévention des déchets et d’une consommation plus responsable, en contribuant au prolongement de leur durée de vie. Il constitue ainsi un levier efficace pour &lt;strong&gt;réduire la production de déchets et les prélèvements sur les ressources&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer des études et expérimentations préalables à un investissement, ainsi que des investissements :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les &lt;strong&gt;études et expérimentations&lt;/strong&gt; peuvent être aidées &lt;strong&gt;jusqu’à 80 %&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;L’&lt;strong&gt;aide aux investissements&lt;/strong&gt; peut aller &lt;strong&gt;jusqu’à 60 %&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Emploi</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aides-au-reemploi-des-emballages</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-reemploi-des-emballages/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>164057</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements d’écoconception pour améliorer la performance environnementale</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Investissements d’écoconception pour améliorer la performance environnementale</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les démarches d’amélioration de la performance environnementale des produits et services se déploient en France au sein des entreprises. Elles contribuent à créer une &lt;strong&gt;offre permettant de se différencier, plus respectueuse de l’environnement&lt;/strong&gt;, disponible pour les consommateurs ou les acheteurs. &lt;/p&gt;&lt;p&gt;L’ADEME soutient :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Les      investissements dans une technologie éprouvée pour la production ou la      commercialisation d’un produit, procédé ou service éco-conçu&lt;/strong&gt;. Ces      investissements pourront permettre de viser, selon les secteurs      l’obtention d’écolabels reconnus par l’ADEME (Écolabel européen pour les      produits des secteurs concernés, AB (agriculture biologique) pour le      secteur alimentaire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les investissement      et travaux&lt;/strong&gt; (réalisation et test de prototypes, préproduction…) &lt;strong&gt;sur      une solution innovante&lt;/strong&gt; visant la production ou la commercialisation d’un      produit ou service éco-conçu. Ces projets peuvent relever, selon le niveau      d’innovation, du développement expérimental ou de l’innovation de      procédé.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les projets      comportant une innovation de rupture&lt;/strong&gt;, qui permettra au fabricant de      développer une offre globale produit/service écoconçue pour une mode      durable, créatrice de valeur non plus sur la multiplication et le volume      des ventes mais sur la fidélisation des clients, par les performances      d’usage du produit et la réduction de ses impacts environnementaux sur      l’ensemble du cycle de vie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon la nature des projets et la taille de l’entreprise, les &lt;strong&gt;aides aux investissements peuvent atteindre 15 % à 60 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est accordée sur la base de l’identification des surcoûts par rapport un scénario contrefactuel (article 47 du RGEC – Règlement général d&amp;#039;exemption par catégorie – ou autre) ou du règlement de minimis n° 2023/2831 du 13 décembre 2023, selon lequel une même entreprise ne peut pas percevoir plus de 300 000 € d’aides dites de minimis sur  une période de trois ans.&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée. &lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et &lt;strong&gt;au plus tard au 31 décembre 2025&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P89" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q89" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_987_988</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/investissements-decoconception-pour-ameliorer-la-performance-environnementale</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investissements-decoconception-pour-ameliorer-la-performance-environnementale-1/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>164058</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études préalables à la construction d’une installation de méthanisation</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Études préalables à la construction d’une installation de méthanisation</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour vérifier l&amp;#039;opportunité de votre projet, l’ADEME vous aide à &lt;strong&gt;réaliser une étude de diagnostic ou une étude de faisabilité&lt;/strong&gt;, en mettant à votre disposition plusieurs &lt;a href="https://librairie.ademe.fr/produire-autrement/5220-etude-de-faisabilite-d-une-unite-de-methanisation.html" target="_blank"&gt;trames de cahier des charges modèles&lt;/a&gt; et en apportant une aide financière.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;méthanisation&lt;/strong&gt; (procédé de digestion biologique de la matière organique en l’absence d’oxygène produisant du biogaz et un digestat) permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le traitement de déchets organiques et leur retour au sol,&lt;/li&gt;&lt;li&gt;la production d’énergie renouvelable,&lt;/li&gt;&lt;li&gt; la réduction des émissions de gaz à effet de serre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le biogaz produit peut ensuite &lt;strong&gt;être valorisé et vendu sous différentes formes&lt;/strong&gt; (chaleur, électricité, injection dans le réseau de gaz naturel, carburant pour véhicules).&lt;/p&gt;&lt;p&gt;Depuis une dizaine d’années, la France a fait le choix de &lt;strong&gt;promouvoir le développement d’une filière de méthanisation&lt;/strong&gt; majoritairement basée sur le traitement local d’effluents d’élevage, de biodéchets, de sous-produits de cultures et de déchets non valorisés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Recyclage et valorisation des déchets
+Alimentation
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P90" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q90" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_52_53_75_76_84_94</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-prealables-la-construction-dune-installation-de-methanisation</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-prealables-a-la-construction-dune-installation-de-methanisation-1/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>164059</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Rénover les bâtiments d'activité tertiaire</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Booster Entreprises : réduire votre facture énergétique et gagner en valeur verte</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide s&amp;#039;adresse à des entreprises privées ayant des bâtiments d&amp;#039;activités tertiaires, prioritairement des PME, assujetties ou non au dispositif Éco-Énergie Tertiaire (DEET), souhaitant s’engager dans une démarche volontaire d’actions de réduction importante de leurs consommations d’énergie.&lt;/p&gt;&lt;p&gt;Ce dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;est ouvert aux locaux tertiaires&lt;strong&gt; non assujettis au DEET, &lt;/strong&gt;permettant le &lt;strong&gt;soutien à l’ingénierie dès l’étape de l&amp;#039;audit énergétique&lt;/strong&gt; (ou diagnostic). Pour les entreprises, il s&amp;#039;agira d&amp;#039;un acte volontaire leur permettant de réaliser des travaux d&amp;#039;économies d&amp;#039;énergie ambitieux sur leur bâtiment ;&lt;/li&gt;&lt;li&gt;est ouvert également aux locaux tertiaires&lt;strong&gt; assujettis au DEET, &lt;/strong&gt;permettant le &lt;strong&gt;soutien à l&amp;#039;ingénierie de réalisation de travaux d&amp;#039;économies d&amp;#039;énergie&lt;/strong&gt; ambitieux sur leur bâtiment.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le soutien de l&amp;#039;ADEME porte sur le financement des études aux étapes suivantes (voir les cahiers des charges joints) :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Phase 1, &lt;strong&gt;audit énergétique&lt;/strong&gt; (ou diagnostic) : état des lieux, analyse, plan d’actions et montages financiers.&lt;/li&gt;&lt;li&gt;Phase 2, &lt;strong&gt;accompagnement à la mise en œuvre des actions&lt;/strong&gt; à temps de retour rapide : réglages, régulations des installations, GTB (Gestion technique de bâtiment), etc.&lt;/li&gt;&lt;li&gt;Phase 3, &lt;strong&gt;ingénierie pour réaliser des travaux d&amp;#039;économie d&amp;#039;énergie ambitieux&lt;/strong&gt; (objectif DEET 2030 pour PME, objectif DEET 2040 pour ETI).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le parcours composé des phases 1, 2 et 3 est proposé aux PME (petites et moyennes entreprises) pour des locaux non assujettis au DEET.&lt;/p&gt;&lt;p&gt;Seule la phase 3 est ouverte aux PME et ETI pour des locaux assujettis au DEET, après avoir réalisé au préalable un audit énergétique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P91" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q91" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_27_53_76_84_94_987</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/booster-entreprises-reduire-votre-facture-energetique-et-gagner-en-valeur-verte</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/booster-entreprises-reduire-votre-facture-energetique-et-gagner-en-valeur-verte-1/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>164060</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points suivants ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie géothermique ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel biomasse et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la géothermie).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins. Elle sera particulièrement pertinente pour des besoins hautes températures (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons pour passer le cap du fossile au renouvelable grâce à la géothermie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;maîtriser sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur ;&lt;/li&gt;&lt;li&gt;accéder à l’exemplarité environnementale ;&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique ;&lt;/li&gt;&lt;li&gt;promouvoir des ressources locales, disponibles 24h/24 indépendamment des conditions climatiques ;&lt;/li&gt;&lt;li&gt;exploiter une énergie qui s’intègre harmonieusement à son environnement ;&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner financièrement la réalisation d’opérations de géothermie sur aquifère profond (ou géothermie basse énergie) avec ou sans recours à une (ou des) pompe(s) à chaleur et associées ou non à la création (ou l’extension) d’un réseau de chaleur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production de chaleur à partir de géothermie profonde dépend de conditions techniques, en particulier :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’étude du projet (sur les volets sous-sol et surface) ;&lt;/li&gt;&lt;li&gt;la quantité de chaleur produite ;&lt;/li&gt;&lt;li&gt;les performances énergétiques et environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P92" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q92" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/installations-de-production-de-chaleur-partir-de-geothermie-profonde</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-a-partir-de-geothermie-profonde-1/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>164061</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations de production de chaleur et de froid à partir de boucle d’eau tempérée géothermique</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid à partir de boucle d’eau tempérée géothermique</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points suivants ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse) ;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins. Elle sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/p&gt;&lt;p&gt;Une boucle d’eau tempérée repose sur un &lt;strong&gt;réseau de distribution d’eau basse température (10 à 25 °C)&lt;/strong&gt; reliant plusieurs bâtiments que l’on souhaite chauffer, voire rafraîchir ensemble. Chacun de ces bâtiments est raccordé à la boucle au travers d’une sous-station, dans laquelle est installée une pompe à chaleur qui assure les besoins de chauffage, d’eau chaude sanitaire et/ou de froid nécessaires aux bâtiments. On parle alors de production « décentralisée ». La boucle d’eau tempérée peut être alimentée par de multiples sources d’énergies renouvelables et de récupération (géothermie, eaux usées, eau de mer, chaleur fatale…).&lt;/p&gt;&lt;p&gt;Il existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable grâce à la boucle d’eau tempérée géothermique (BETG)&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;maîtriser      sa facture énergétique en ayant de la visibilité sur les coûts de la      chaleur et du froid ;&lt;/li&gt;&lt;li&gt;bénéficier      d’une technologie performante sur le plan énergétique et      environnemental ;&lt;/li&gt;&lt;li&gt;promouvoir      des ressources énergétiques locales, disponibles 24 heures sur 24 et      indépendantes des conditions climatiques ;&lt;/li&gt;&lt;li&gt;profiter      d’une technologie adaptable aux différentes demandes selon les usages des      bâtiments (chaud et/ou froid) ;&lt;/li&gt;&lt;li&gt;exploiter      une technologie qui s’intègre harmonieusement à son environnement et      évolutive par rapport à un programme d’aménagement ;&lt;/li&gt;&lt;li&gt;agir      avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide ADEME aux projets de boucle d’eau tempérée géothermique est calculée sur la base d’une analyse économique&lt;strong&gt;. &lt;/strong&gt;L’ADEME peut accompagner les opérations de boucles d’eau tempérée géothermiques ayant une &lt;strong&gt;production de chaleur renouvelable minimum de 25 MWh/an sur :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;champ de sondes,&lt;/li&gt;&lt;li&gt;nappe d’eau souterraine,&lt;/li&gt;&lt;li&gt;eaux usées (ou effluents en sortie de      STEP),&lt;/li&gt;&lt;li&gt;eau de mer ou eaux de surface.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’investissement dans une boucle d’eau tempérée géothermique dépend de nombreux paramètres. Une &lt;strong&gt;étude de faisabilité est obligatoire&lt;/strong&gt;, d’autant que le versement de l’aide peut être conditionné à l’atteinte de critères minimum de performance des installations : COP des PAC (Coefficient de performances des pompes à chaleur), production en MWh, taux d’EnR&amp;amp;R de la boucle, etc. D’autres critères peuvent également s’imposer au projet : réglementaires, performance énergétique des bâtiments raccordés, critères sociaux et de gouvernance de la boucle, etc.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur et sur le taux d&amp;#039;EnR&amp;amp;R de l&amp;#039;opération) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P93" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q93" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/installations-de-production-de-chaleur-et-de-froid-partir-de-boucle-deau-temperee-geothermique</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-a-partir-de-boucle-deau-temperee-geothermique-1/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>164062</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations de production de chaleur et de froid renouvelable à partir de géothermie de surface et d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid renouvelable à partir de géothermie de surface et d'aérothermie</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points suivants ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et d&amp;#039;efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mutualisation des besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur, afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;récupération de chaleur fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;considération des autres EnR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de &lt;strong&gt;l’utiliser de façon optimisée&lt;/strong&gt; et &lt;strong&gt;là où elle est l’énergie la plus pertinente&lt;/strong&gt; pour répondre aux besoins. La biomasse sera &lt;strong&gt;particulièrement pertinente pour des besoins hautes température&lt;/strong&gt; (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/p&gt;&lt;p&gt;Il   existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable   grâce à la géothermie ou à l’aérothermie&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;maîtriser   sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur et   éventuellement sur les coûts du froid ;&lt;/li&gt;&lt;li&gt;accéder   à l’exemplarité environnementale ;&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut   rendement énergétique ;&lt;/li&gt;&lt;li&gt;permettre de produire du chaud, mais aussi du rafraîchissement avec les mêmes équipements ;&lt;/li&gt;&lt;li&gt;promouvoir   des ressources locales, disponibles 24 heures sur 24 indépendamment des conditions   climatiques ;&lt;/li&gt;&lt;li&gt;exploiter   une énergie qui s’intègre harmonieusement à son environnement ;&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur et de   l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner les opérations suivantes ayant une production de chaleur renouvelable &lt;strong&gt;minimum de 25 MWh/an&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;géothermie   de surface avec pompes à chaleur sur aquifère superficiel, sur champ de   sondes géothermiques, sur géostructures énergétiques, sur échangeurs   compacts géothermiques ou sur chaussées thermoactives ;&lt;/li&gt;&lt;li&gt;installations   utilisant les mêmes principes que la géothermie mais valorisant par pompe à   chaleur l’énergie des eaux usées, de l’eau de mer, des eaux de surface ou des   eaux thermales ;&lt;/li&gt;&lt;li&gt;aérothermie &lt;strong&gt;uniquement les pompes à chaleur air/eau&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de géothermie de   surface ou d&amp;#039;aérothermie aidées par l’ADEME peuvent être dédiées à un bâtiment (ou process) ou   peuvent être associées à un réseau de chaleur et/ou de froid. &lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;installations de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable&lt;/strong&gt; (production de chaleur renouvelable &amp;lt; 25 MWh/an).&lt;/p&gt;&lt;p&gt;L’aide Fonds Chaleur aux   installations de géothermie de surface ou d’aérothermie dépend de conditions techniques, en   particulier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;étude du projet (incluant le volet captage de   la ressource « EnR ») ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la quantité de chaleur et éventuellement de froid produite ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les performances énergétiques et   environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à   l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre   projet&lt;/strong&gt; : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage,   conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P94" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q94" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/installations-de-production-de-chaleur-et-de-froid-renouvelable-partir-de-geothermie-de-surface-et-daerothermie</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-renouvelable-a-partir-de-geothermie-de-surface-et-daerothermie-1/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>164063</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement des les énergies renouvelables thermiques et de récupération</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un &lt;strong&gt;financement pour développer les énergies   renouvelables thermiques et de récupération&lt;/strong&gt; sur votre territoire ou votre   patrimoine.&lt;/p&gt;&lt;p&gt;Vous êtes une organisation (collectivité, entreprise ou association)   souhaitant vous engager sur le développement maîtrisé des EnR&amp;amp;R thermiques   sur votre territoire ou sur votre patrimoine ? Le Contrat Chaleur Renouvelable se présente sous la forme d&amp;#039;un contrat unique permettant de &lt;strong&gt;financer un groupe de projets&lt;/strong&gt; qui, pris singulièrement, peuvent ne pas être éligibles au Fonds Chaleur. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, ce contrat permet de passer par &lt;strong&gt;une seule candidature pour un ensemble de projets toutes filières EnR&amp;amp;R thermiques confondues&lt;/strong&gt; et à différentes phases, de l’étude du potentiel au suivi de l’installation.&lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Contrat Chaleur Renouvelable patrimonial&lt;/strong&gt;, d’une durée maximale de &lt;strong&gt;6 ans&lt;/strong&gt;, vous permet de bénéficier d’aides financières   sur les études et les investissements pour développer des projets EnR&amp;amp;R thermiques sur votre propre patrimoine. &lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Contrat Chaleur Renouvelable territorial&lt;/strong&gt;, d&amp;#039;une durée de &lt;strong&gt;4 ans&lt;/strong&gt;, vous permet de développer des projets d&amp;#039;EnR&amp;amp;R thermiques sur votre territoire via des &lt;strong&gt;aides à l&amp;#039;investissement et aux études&lt;/strong&gt;. Il vous permet également de bénéficier d’une &lt;strong&gt;aide à l’animation   territoriale&lt;/strong&gt; destinée à faire émerger les projets et à accompagner les   porteurs de projets.&lt;/p&gt;&lt;p&gt;Vous pouvez retrouver l&amp;#039;ensemble des conditions d’éligibilité et de financement de chaque filière EnR&amp;amp;R éligible au Contrat Chaleur Renouvelable sur les pages Agir suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid"&gt;Réseau de chaleur&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude" rel="noreferrer noopener"&gt;Pompe à chaleur solaire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines" rel="noreferrer noopener"&gt;Système solaire combiné&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Production d‘eau chaude via le solaire thermique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Récupération de chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P95" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q95" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/contrat-chaleur-renouvelable</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises//form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;aide&amp;amp;source_entity_id&amp;#61;53409" target="_self"&gt;https://agirpourlatransition.ademe.fr/entreprises//form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;aide&amp;amp;source_entity_id&amp;#61;53409&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable-1/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>164064</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Financer les installations de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME subventionne via le Fonds Chaleur les&lt;strong&gt; installations de récupération de chaleur fatale en fonction de conditions techniques:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;quantité de chaleur récupérée &amp;gt; 1 GWh/an ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;seuil minimal de performances énergétiques et environnementales des installations ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;temps de retour brut (TRB) sur investissement du projet &amp;gt; 3 ans&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, il est nécessaire d&amp;#039;avoir réalisé une étude préalable en amont (audit énergétique ou étude d’évolution du mix énergétique complété par une étude de faisabilité), afin de confirmer la cohérence de l’opération avec la feuille de route de décarbonation du site industriel ou de l’entreprise.&lt;/p&gt;&lt;p&gt;Depuis 2020, les aides de l&amp;#039;ADEME s&amp;#039;articulent avec le dispositif des Certificats d’Économies d’Énergie (CEE). Les modalités sont précisées &lt;strong&gt;dans les conditions d’éligibilité et de financement.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Passer le cap de la récupération de chaleur vous permettra :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’avoir de la &lt;strong&gt;visibilité sur les coûts&lt;/strong&gt; de la chaleur ;&lt;/li&gt;&lt;li&gt;d’accéder à une &lt;strong&gt;haute performance environnementale&lt;/strong&gt; en substituant cette ressource à d’autres sources de chaleur non renouvelables ;&lt;/li&gt;&lt;li&gt;de bénéficier de &lt;strong&gt;technologies éprouvées à haut rendement énergétique &lt;/strong&gt;;&lt;/li&gt;&lt;li&gt;de mener à bien un projet avec un &lt;strong&gt;temps de retour souvent inférieur aux projets d’énergies renouvelables &lt;/strong&gt;;&lt;/li&gt;&lt;li&gt;de profiter d’une &lt;strong&gt;ressource de proximité&lt;/strong&gt; disponible dans une logique d’économie circulaire ;&lt;/li&gt;&lt;li&gt;d’agir avec le soutien du Fonds Chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le&lt;strong&gt; périmètre d’éligibilité&lt;/strong&gt; est le suivant :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les systèmes de captage de chaleur sur un procédé (colonne à distiller, séchoir, four, chaudière...) ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les systèmes de remontée en température via une pompe à chaleur (PAC) ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les systèmes de production de froid (groupe à absorption, PAC en montage thermofrigopompe) ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les systèmes de stockage (accumulateurs de vapeur, ballons réservoirs d’eau chaude) ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;le transport, la distribution et la valorisation de chaleur (tuyauteries, canalisations, échangeurs…) pour une valorisation en interne ou à l&amp;#039;externe (boucle d’eau interne, réseau vers un industriel voisin, raccordement à un réseau de chaleur urbain…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En cas d’injection de chaleur fatale dans un réseau de chaleur avec création et/ou extension de réseau de chaleur, vous pouvez également vous reporter aux conditions d’éligibilité et de financement des réseaux de chaleur et de froid.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P96" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q96" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/realisation-dinstallations-de-recuperation-de-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-recuperation-de-chaleur-fatale-1/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>164065</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations de méthanisation (injection, cogénération, chaleur)</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d’installations de méthanisation (injection, cogénération, chaleur)</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’aide de l’ADEME est apportée principalement sous forme de &lt;strong&gt;forfait de subvention par unité de capacité de production annuelle (€/MWh) :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;110 €/MWh PCI (pouvoir calorifique inférieur) pour la cogénération, avec une aide plafonnée à 250 000 € ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;45 €/MWh PCS ( pouvoir calorifique supérieur) pour l’injection, avec une aide plafonnée à 700 000 €.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets atypiques et innovants et les projets de station d’épuration urbaine, d’autres modalités de calcul de l’aide sont utilisées.&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;équipements soutenus par l’ADEME&lt;/strong&gt; sont les suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;unités de méthanisation avec cogénération (&amp;lt;500 kWe) ou injection de biométhane :&lt;br /&gt;&lt;ol&gt;&lt;li&gt;production de biogaz ;&lt;/li&gt;&lt;li&gt;valorisation énergétique du biogaz : production de chaleur seule, cogénération d’électricité et de chaleur, épuration du biogaz en biométhane, injection dans le réseau public ;&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;stations d’épuration urbaines (STEU) : &lt;ol&gt;&lt;li&gt;valorisation énergétique du biogaz comprenant l’épuration en biométhane et l’injection dans le réseau public.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour en savoir plus sur les opérations éligibles dans chaque territoire, vous pouvez consulter les &lt;a href="https://prod-r2da.ademe-dri.fr/projects/1ef80bb5-4ab0-6f8c-a403-a97911663d89/general-data/file:///Users/audejouanne/Downloads/Maquette%20ADEME-Regions-M%C3%A9tha_2024_V1.pdf"&gt;dispositifs régionaux de soutien à la méthanisation&lt;/a&gt; (PDF - 869 ko).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Recyclage et valorisation des déchets
+Alimentation
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P97" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q97" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_11_24_27_28_32_52_75_76_84_94</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/realisation-dinstallations-de-methanisation-injection-cogeneration-chaleur</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-methanisation-injection-cogeneration-chaleur-1/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>164066</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un diagnostic des consommations d’énergie et des émissions de gaz à effet de serre des secteurs agricole et forestier</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Démarches ClimAgri® : diagnostic et animation</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La prestation de diagnostic doit être réalisée par un expert ClimAgri®. Les projets portant uniquement sur un seul des deux volets de la démarche, le diagnostic ClimAgri® ou l’animation, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Les démarches ClimAgri® déjà démarrées ne peuvent pas être accompagnées dans le cadre ci-présent.&lt;/p&gt;&lt;p&gt;Les projets éligibles doivent intégrer les critères suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;démarche réalisée à une &lt;strong&gt;échelle territoriale&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;&lt;strong&gt;diagnostic réalisé par un expert ClimAgri®&lt;/strong&gt; reconnu par l’ADEME (il dispose d’une licence d’expert ClimAgri® signée par l’ADEME),&lt;/li&gt;&lt;li&gt;démarche incluant à la fois le &lt;strong&gt;diagnostic ClimAgri®&lt;/strong&gt; et la &lt;strong&gt;démarche d’animation&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette aide s’adresse aux &lt;strong&gt;acteurs avec une dimension territoriale&lt;/strong&gt;, en particulier les collectivités : région, département, communauté d’agglomération, communauté de communes, parc naturel régional, ou encore coopérative, schéma de cohérence territoriale (SCoT), pôle d’équilibre territorial et rural (PETR)…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P98" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q98" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>regions_44_75_93</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/demarches-climagrir-diagnostic-et-animation</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/demarches-climagri-r-diagnostic-et-animation-1/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>164068</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Former et accompagner les industriels dans leur démarche de décarbonation</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>PACTE Industrie - Parcours Accompagnement et Compétences pour la Transition Énergétique de l’Industrie</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le programme PACTE Industrie propose des études et coachings sur plusieurs thématiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;I - Management de l&amp;#039;énergie&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des études d’opportunités d’évolution du mix énergétique, pour étudier les différents leviers à actionner (efficacité énergétique, récupération de chaleur fatale, énergies renouvelables, ou encore électrification et hydrogène), à l’échelle du site industriel.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: audit énergétique de moins de 4 ans ou revue énergétique de moins de 3 ans. En l&amp;#039;absence d&amp;#039;audit, il est possible d&amp;#039;être accompagné dans le cadre d&amp;#039;une étude globale proposée ci-dessous (uniquement pour les audits non réglementaires).&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Des études globales, du diagnostic énergétique à la feuille de route de décarbonation, à l&amp;#039;échelle du site industriel, combinant audit énergétique (non réglementaire) et étude d&amp;#039;opportunité d&amp;#039;évolution du mix énergétique.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: aucun.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des &lt;a target="_blank" href="https://pro-smen.org"&gt;primes PRO-SMEn&lt;/a&gt; pour mettre en place la norme ISO 50 001 (Système de management de l’énergie).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;II - Stratégie de décarbonation&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des accompagnements pour élaborer une stratégie de décarbonation ambitieuse et le plan de transition associé (ACT pas à pas), à l’échelle du groupe. &lt;br /&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: bilan GES de moins de 2 ans qui couvre toutes les sources importantes d’émissions de GES.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des accompagnements pour élaborer une Trajectoire d’Investissements Bas Carbone (TIBC) à l’échelle du groupe, qui permettent de fournir un chiffrage des enjeux financiers et l’estimation des gains d’émissions de gaz à effet de serre associés.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis&lt;/strong&gt; : audit énergétique et bilan GES au moins scope 1 et 2.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Point important&lt;/strong&gt; : des études d’opportunités d’évolution du mix énergétique seront à mener en parallèle de ces travaux.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des accompagnements combinant les deux approches précédentes, intitulés « Stratégie et Trajectoire d&amp;#039;investissements bas carbone (STIBC) » et permettant de construire des stratégies et trajectoires d’investissements bas carbone à l’échelle du groupe industriel. Ils structurent la vision, la stratégie de décarbonation, le plan de transition associé, et apportent une aide dans la priorisation des investissements.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: prérequis et points importants des démarches ACT pas à pas et Trajectoire d&amp;#039;Investissements Bas Carbone.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des études pour évaluer l’ambition d’une stratégie de décarbonation et son alignement au regard des objectifs de l’Accord de Paris (ACT évaluation).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;III - Financement de la transition&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cette prestation propose un accompagnement sur mesure pour concrétiser le financement du projet d’investissement de l’entreprise. Pour un projet, le prestataire référencé PACTE Industrie pourra intervenir sur 1 ou plusieurs des 5 coachings financement :&lt;ul&gt;&lt;li&gt;analyser et lever les risques technico-économiques sur un projet complexe d’efficacité énergétique ou de décarbonation ;&lt;/li&gt;&lt;li&gt;analyser la rentabilité financière et extra-financière d’un projet, intégrant les impacts énergie, GES, quotas ;&lt;/li&gt;&lt;li&gt;rechercher le mode de financement le plus adapté et les subventions disponibles pour le montage d’un projet d’efficacité énergétique ou de décarbonation ;&lt;/li&gt;&lt;li&gt;accompagner les acteurs internes sur leurs rôles et responsabilités dans le process de financement d’un projet ;&lt;/li&gt;&lt;li&gt;structurer le montage financier d’un projet collectif de décarbonation&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis&lt;/strong&gt;: formation « &lt;a href="https://formations.ademe.fr/formations_industrie-et-production-durable_financer-la-transition-energetique-et-bas-carbone--de-votre-industrie---pacte-industrie_s5256.html"&gt;Financer la transition énergétique et bas carbone de votre industrie - PACTE Industrie&lt;/a&gt; »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette page concerne &lt;strong&gt;uniquement les demandes d&amp;#039;aides pour les études et coachings prévus dans PACTE Industrie&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les formations et pour en savoir plus sur ce programme, vous pouvez &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/demarche-decarbonation-industrie/pacte-industrie"&gt;consulter la page suivante&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le parcours décarbonation d&amp;#039;un industriel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME vous propose un parcours de décarbonation de l’industrie en 4 étapes pour réduire vos émissions de gaz à effet de serre. En fonction de votre maturité, trouvez les aides qui vous correspondent :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;Faire un état des lieux pour connaître votre situation et identifier les pistes d’actions : &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/audit-energetique-industrie"&gt;les audits énergétiques en industrie&lt;/a&gt; ; et les bilans GES avec les Diag Décarbon&amp;#039;action de BPI France. Il est également possible de réaliser un audit énergétique en industrie en combinaison avec l&amp;#039;étude d&amp;#039;opportunité mix énergétique de &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/pacte-industrie-parcours-accompagnement-competences-transition-energetique-0"&gt;PACTE Industrie&lt;/a&gt; afin d&amp;#039;optimiser les délais et les coûts.&lt;/li&gt;&lt;li&gt;Structurer votre démarche à court-moyen-long terme sur les volets énergie, stratégie et financement à travers PACTE Industrie.&lt;/li&gt;&lt;li&gt;Investiguer et consolider vos projets par des &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-performance-energetique-decarbonation-dentreprises"&gt;études de faisabilité de performance énergétique ou de décarbonation&lt;/a&gt; ; et les &lt;a target="_blank" href="https://fondschaleur.ademe.fr/"&gt;différentes études Fonds Chaleur&lt;/a&gt;.&lt;/li&gt;&lt;li&gt;Investir dans des solutions via les aides de l’ADEME : Fonds Chaleur et Fonds Décarbonation de l’Industrie notamment.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q99" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/pacte-industrie-parcours-accompagnement-et-competences-pour-la-transition-energetique-de-lindustrie</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises//form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;aide&amp;amp;source_entity_id&amp;#61;53484" target="_self"&gt;https://agirpourlatransition.ademe.fr/entreprises//form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;aide&amp;amp;source_entity_id&amp;#61;53484&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pacte-industrie-parcours-accompagnement-et-competences-pour-la-transition-energetique-de-lindustrie-1/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>164276</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Etendre ou créer un réseau de chaleur (RC) reposant sur les énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Extension et création de réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif poursuivi par cet accompagnement financier est de&lt;strong&gt; vous aider à mobiliser davantage de chaleur et/ou de froid issus de production d’EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Le montant de votre aide est calculé sur la base d’une analyse économique ou sur la base d’une aide forfaitaire. Cela dépend de la puissance de l’installation sur laquelle votre réseau est, ou sera, connecté.&lt;/p&gt;&lt;p&gt;Quelques critères doivent être respectés pour pouvoir bénéficier de l’aide : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Votre réseau &lt;strong&gt;assure des services publics de distribution de la chaleur&lt;/strong&gt; (la collectivité est autorité organisatrice).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau de chaleur &lt;strong&gt;existe au sens fiscal&lt;/strong&gt;, avec au moins deux clients distincts du maître d’ouvrage.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau technique &lt;strong&gt;distribue uniquement de la chaleur&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets sont obligatoirement raccordés à des unités physiques de production EnR&amp;amp;R&lt;/strong&gt; par biomasse, solaire thermique, géothermie, méthanisation, récupération de chaleur fatale (sur process industriel, UIOM (Unité d&amp;#039;Incinération d&amp;#039;Ordures Ménagères)…) et/ou cogénération.&lt;/p&gt;&lt;p&gt;L’aide aux réseaux de l’ADEME porte &lt;strong&gt;exclusivement sur la fonction « distribution »&lt;/strong&gt;. Elle est conditionnée aux caractéristiques techniques de mise en œuvre des réseaux prévus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;production supplémentaire&lt;br /&gt;&lt;/li&gt;&lt;li&gt;part d’EnR&amp;amp;R&lt;br /&gt;&lt;/li&gt;&lt;li&gt;densité énergétique&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Elle est aussi conditionnée aux éventuels autres financements sollicités (par exemple Conseil Régional).&lt;/p&gt;&lt;p&gt;Des aides pour réaliser vos études existent par ailleurs, sur ces mêmes pages AGIR.&lt;/p&gt;&lt;p&gt;Pour les projets de &lt;strong&gt;réseaux de chaleur associés à une demande de financement d&amp;#039;installation de production ou de récupération de chaleur&lt;/strong&gt;, merci de vous référer aux « Pièces à déposer » des pages AGIR dédiées à chaque type de production (&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse énergie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/installations-production-chaleur-froid-renouvelable-a-partir-geothermie" target="_blank"&gt;Géothermie de surface et aérothermie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/installations-production-chaleur-a-partir-geothermie-profonde" target="_blank"&gt;Géothermie profonde&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/realisation-dinstallations-recuperation-chaleur-fatale" target="_blank"&gt;Chaleur Fatale&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/installation-production-deau-chaude-solaire-thermique" target="_blank"&gt;Solaire&lt;/a&gt;).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P100" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q100" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/extension-et-creation-de-reseaux-de-chaleur-ou-de-froid</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/extension-et-creation-de-reseaux-de-chaleur-ou-de-froid-1/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>164277</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Identifier la ou les solutions de chaleur et froid renouvelable les plus adaptées</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Étude d'opportunité multi EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;étude d&amp;#039;opportunité permet au maitre d’ouvrage d’avoir une &lt;strong&gt;vision exhaustive des solutions de chaleur et de froids renouvelables&lt;/strong&gt; compatibles techniquement avec les besoins de son bâtiment ou ses bâtiments. L&amp;#039;étude des solutions sera complétée d&amp;#039;une analyse multicritère afin d&amp;#039;identifier la ou les solutions énergétiques les plus pertinentes en suivant la démarche EnR&amp;#039;Choix.&lt;/p&gt;&lt;p&gt;Ainsi cette étude comprendra notamment :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un      &lt;strong&gt;état des lieux énergétique&lt;/strong&gt; succinct du ou des bâtiments existants.&lt;/li&gt;&lt;li&gt;L&amp;#039;&lt;strong&gt;identification      de solutions de sobriété et d’efficacité énergétique&lt;/strong&gt; à mettre en place      afin d’établir un bilan énergétique de référence réaliste des années      futures.&lt;/li&gt;&lt;li&gt;L&amp;#039;&lt;strong&gt;analyse de l’ensemble des ressources énergies renouvelables disponibles&lt;/strong&gt; (raccordement      à un réseau      de chaleur et de froid urbain ou à une      boucle d’eau tempérée géothermique, récupération et/ou valorisation de      chaleur fatale, géothermies, solaire thermique,      bois énergie, aérothermie).&lt;/li&gt;&lt;li&gt;L&amp;#039;&lt;strong&gt;étude      de l’adéquation des besoins énergétiques&lt;/strong&gt; du ou des bâtiments et des      ressources disponibles.&lt;/li&gt;&lt;li&gt;Une      &lt;strong&gt;analyse multicritère pour comparer ces scénarios techniques&lt;/strong&gt; entre eux et      identifier la ou les solutions les plus pertinente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le &lt;a href="https://data.ademe.fr/datasets/liste-des-entreprises-rge-2" target="_blank"&gt;portail Open data de l’ADEME&lt;/a&gt;. Une fois sur la page, cliquez sur le symbole du tableau placé sur la droite. &lt;/p&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers la solution la plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis. Un contact préalable auprès de votre direction régionale ADEME est fortement recommandée avant toute demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Enfin, pour les collectivités se questionnant sur les solutions de chaleur renouvelable pour leurs bâtiments mais n&amp;#039;ayant pas réalisé une première étape d&amp;#039;audit énergétique, il est conseillé de se tourner vers les aides du programme &lt;a href="https://programme-cee-actee.fr/" target="_blank"&gt;ACTEE&lt;/a&gt; (Action des Collectivités Territoriales pour l’Efficacité Énergétique) qui couple à la fois audit énergétique et étude d&amp;#039;opportunité multi-EnR.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>regions_04_06_11_27_28_32_44_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etude-dopportunite-multi-enrr</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-dopportunite-multi-enr-r/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>164278</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production&lt;/strong&gt; et la &lt;strong&gt;mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Réduction du besoin : réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;Mutualisation des besoins : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Récupération de chaleur fatale : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse). &lt;/li&gt;&lt;/ol&gt;&lt;p&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/p&gt;&lt;p&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/p&gt;&lt;p&gt;Il existe plusieurs bonnes raisons de &lt;strong&gt;passer au renouvelable grâce à la biomasse énergie&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir de la visibilité sur les coûts de la chaleur.&lt;/li&gt;&lt;li&gt;Accéder à une haute performance environnementale.&lt;/li&gt;&lt;li&gt;Bénéficier de technologies éprouvées à haut rendement énergétique.&lt;/li&gt;&lt;li&gt;Profiter d’une ressource de proximité disponible (bois énergie, sous-produits agricoles ou industriels…), dans une logique d’économie circulaire.&lt;/li&gt;&lt;li&gt;Agir avec le soutien du Fonds Chaleur (aide allant jusqu’à 45 % à 65 % en fonction du statut du porteur de projet).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide Fonds Chaleur aux installations de production chaleur biomasse/bois dépend de &lt;strong&gt;conditions techniques&lt;/strong&gt;, en particulier :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;L’étude du projet.&lt;/li&gt;&lt;li&gt;L’approvisionnement      biomasse.&lt;/li&gt;&lt;li&gt;La quantité de chaleur      produite.&lt;/li&gt;&lt;li&gt;Les performances      énergétiques et environnementales.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q102" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Opérations éligibles :
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les installations pour le secteur Collectif / Tertiaire et Agricole ayant une production minimum de 1 200 MWh/an d&amp;#039;énergie biomasse sortie chaudière.
+&lt;/li&gt;&lt;li&gt;Les installations en secteur Industrie ayant une production de 1 200 à 12 000 MWh/an biomasse sortie chaudière.
+&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les installations de fortes puissances en secteur industriel et agricole sont accompagnées dans le cadre de l’AAP (Appel à projets) BCIAT (production &amp;gt; 12 000 MWh/an). Les installations biomasse de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable (production &amp;lt; 1 200 MWh/an).
+&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maitrise d’ouvrage, conseils.
+&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur la qualité de l&amp;#039;air et les taux de certifications attendus sur la plaquette forestière et le bois bocager) et de vous apporter un éclairage technique.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/realisation-dinstallations-de-production-de-chaleur-biomassebois</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-production-de-chaleur-biomasse-bois-1/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>164435</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Décarbonner le tertiaire</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>DÉTER - DÉcarboner le TERtiaire</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le dispositif a pour objectif de &lt;strong&gt;promouvoir la production et l’utilisation de chaleur renouvelable&lt;/strong&gt; et l’&lt;strong&gt;amélioration de l’efficacité énergétique&lt;/strong&gt;, notamment par le biais d’aides issues du dispositif Fonds Chaleur opéré par l’ADEME.&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP donnera lieu à des conventions d&amp;#039;aide groupées qui lieront le bénéficiaire et l’ADEME, et assureront des aides :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aux études de faisabilité de production de chaleur EnR&amp;amp;R (Énergies renouvelables et de récupération) éligibles au Fonds Chaleur.&lt;/li&gt;&lt;li&gt;Aux investissements à engager pour la production de cette chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En contrepartie de l’aide apportée, le bénéficiaire sera soumis à des exigences d’efficacité énergétique s’inscrivant dans une logique d’accélération des objectifs du DEET et de décarbonation de la chaleur. En particulier, le dispositif doit promouvoir une démarche conjuguée d’efficacité énergétique et de couverture par des EnR&amp;amp;R des besoins de chaleur du candidat, sur le périmètre identifié.&lt;/p&gt;&lt;p&gt;Cet engagement se matérialisera par les deux objectifs suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Objectif d’efficacité énergétique : &lt;/strong&gt;sur l’ensemble des sites identifiés, les actions conjuguées d’efficacité et d’approvisionnement énergétiques, tous usages confondus, doivent conduire à une baisse globale des consommations, en énergie finale, d’au moins 50 % à l’issue des conventions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Objectif de couverture EnR&amp;amp;R : &lt;/strong&gt;il est attendu une couverture minimum de 65 % des besoins de chaleur de l’ensemble des bâtiments identifiés par des EnR&amp;amp;R.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le bilan énergétique de chaque site sera établi selon le périmètre consigné sur la plateforme OPERAT.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>06/02/2025</t>
+        </is>
+      </c>
+      <c r="Q103" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/deter-decarboner-le-tertiaire</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deter-decarboner-le-tertiaire-1/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>164815</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les projets éligibles au fonds vert sont :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 &lt;/strong&gt;: à titre principal, des projets d’investissements industriels structurants et ambitieux sur le plan environnemental (par exemple, projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, recours à des matériaux biosourcés, etc.), qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (voir la liste d’exemples ci-après).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 :&lt;/strong&gt; à titre auxiliaire, des projets d’investissements contribuant au développement des compétences (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets éligibles doivent être : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;situés dans le périmètre      géographique d’un Territoire d’industrie 2023-2027 ;&lt;/li&gt;&lt;li&gt;soutenus par le ou les      Territoires d’industrie concernés, du fait de leur cohérence avec la      stratégie industrielle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets présenteront une assiette minimale de dépenses de 400 000 €. Le Préfet pourra retenir un montant d’assiette moins élevé pour les projets situés sur les territoires de la collectivité de Corse ou des départements et régions d’outre-mer.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour candidater et retrouver l’ensemble des pièces à déposer, veuillez vous rendre impérativement sur &lt;/strong&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie" target="_blank"&gt;&lt;strong&gt;le site démarches simplifiées&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P104" s="1" t="inlineStr">
+        <is>
+          <t>12/03/2025</t>
+        </is>
+      </c>
+      <c r="Q104" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/fonds-vert-territoires-dindustrie-en-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique-1/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>164910</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement de Zones Industrielles Bas Carbone (ZIBaC) Phase 2 : accompagnement</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement de Zones Industrielles Bas Carbone (ZIBaC) Phase 2 : accompagnement</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent appel à projets s’inscrit dans le cadre de la &lt;strong&gt;stratégie d’accélération de la décarbonation de l’industrie&lt;/strong&gt;, dont l’un des objectifs vise à favoriser le développement de &lt;strong&gt;Z&lt;/strong&gt;ones &lt;strong&gt;I&lt;/strong&gt;ndustrielles &lt;strong&gt;Ba&lt;/strong&gt;s &lt;strong&gt;C&lt;/strong&gt;arbone (ZIBaC).&lt;/p&gt;&lt;p&gt;À travers ce dispositif, l’État accompagne les territoires industriels dans leur &lt;strong&gt;transformation écologique et énergétique afin de gagner en compétitivité et en attractivité&lt;/strong&gt;. Ce dispositif permettra de faire rayonner à l’échelle internationale les technologies, innovations et savoir-faire industriels français.&lt;/p&gt;&lt;p&gt;Les projets doivent avoir pour objectif&lt;strong&gt; d’accélérer la décarbonation de leur zone industrielle&lt;/strong&gt;, en mettant en œuvre un ensemble d’investissements, d’expérimentations, de synergies et d’innovations. &lt;/p&gt;&lt;p&gt;Ils doivent être des projets de territoires ambitieux en matière &lt;strong&gt;de &lt;/strong&gt;&lt;strong&gt;décarbonation, de résilience climatique et de transition écologique&lt;/strong&gt;. Ces projets doivent permettre &lt;strong&gt;d&amp;#039;expérimenter et de soutenir des solutions organisationnelles ou technologiques&lt;/strong&gt;, ainsi que des &lt;strong&gt;procédés innovants&lt;/strong&gt; qui contribuent à répondre aux problématiques qui s’y posent.&lt;/p&gt;&lt;p&gt;Les zones industrielles doivent ainsi &lt;strong&gt;intégrer une stratégie d’entraînement&lt;/strong&gt; en vue de leurs élargissements ou de leurs diffusions sur d’autres territoires.&lt;/p&gt;&lt;p&gt;Dans la seconde phase du dispositif ZIBaC, les zones lauréates de la phase 1 pourront&lt;strong&gt; demander de nouveaux financements pour pérenniser leur gouvernance et conduire des études &lt;/strong&gt;permettant de préciser les trajectoires pertinentes.&lt;/p&gt;&lt;p&gt;L’objectif est d’aboutir à une vision holistique des enjeux de transformation du territoire industriel, qu’ils soient techniques, économiques, juridiques, financiers, sociétaux, etc.&lt;/p&gt;&lt;p&gt;Les études financées seront des &lt;strong&gt;études exploratoires ou de faisabilité (et non de déploiement)&lt;/strong&gt;, devant permettre d’aboutir à des arbitrages et des prises de décision sur des choix stratégiques de décarbonation de la ZI.&lt;/p&gt;&lt;p&gt;Cet appel à projets est ouvert à compter &lt;strong&gt;du 28/04/2025 jusqu’au 10/06/2028, 12h&lt;/strong&gt; (heure de Paris).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet AAP &amp;#34;Zones Industrielles Bas Carbone phase 2 : accompagnement&amp;#34; n&amp;#039;est ouvert qu&amp;#039;aux lauréats de la l&amp;#039;AAP &amp;#34;ZIBaC phase 1 : maturation&amp;#34;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P105" s="1" t="inlineStr">
+        <is>
+          <t>10/04/2025</t>
+        </is>
+      </c>
+      <c r="Q105" s="1" t="inlineStr">
+        <is>
+          <t>10/06/2028</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/favoriser-le-developpement-de-zones-industrielles-bas-carbone-zibac-phase-2-accompagnement</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;Pour toute questions : zibac&amp;#64;ademe.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-le-developpement-de-zones-industrielles-bas-carbone-zibac-phase-2-accompagnement/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>164911</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Décarboner les sites industriels de PME, ou de grandes entreprises non soumises à EU-ETS</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>DECARB FLASH 2025-2027</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &lt;strong&gt;DECARB-FLASH 2025-2027,&lt;/strong&gt; opéré par l’ADEME, s’inscrit dans le cadre du plan France 2030, déployé par le gouvernement français, et du paquet « Ajustement à l’objectif 55 » (« Fit for 55 »), porté par la Commission européenne.&lt;/p&gt;&lt;p&gt;Les projets déposés doivent conduire à &lt;strong&gt;une réduction des émissions de gaz à effet de serre (GES) &lt;/strong&gt;du bénéficiaire, notamment par&lt;strong&gt; la baisse de la consommation de combustibles &lt;/strong&gt;, que ce soit au niveau des procédés industriels, des équipements produisant des utilités industrielles ou de l’isolation des bâtiments industriels, sur le site du projet, défini par son SIRET.&lt;/p&gt;&lt;p&gt;DECARB-FLASH 2025-2027 vise à &lt;strong&gt;financer des actions déployables rapidement&lt;/strong&gt;, portant principalement sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la récupération de chaleur fatale ;&lt;/li&gt;&lt;li&gt;l’efficacité énergétique ;&lt;/li&gt;&lt;li&gt;la modification du Mix énergétique ;&lt;/li&gt;&lt;li&gt;l&amp;#039;isolation des bâtiments ;&lt;/li&gt;&lt;li&gt;la réduction de consommation d&amp;#039;énergie fossile par production d&amp;#039;Énergie renouvelable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;appel à projets se base sur une liste précise d’opérations éligibles, dont le coût total cumulé doit être &lt;strong&gt;compris entre 100 k€ (25 k€ en Corse et Outre-mer) et 3 M€&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;La pièce « DECARB-FLASH 2025-2027 – Liste des actions éligibles » reprend la liste exhaustive des actions éligibles et leurs définitions précises.&lt;/p&gt;&lt;p&gt;Nous vous invitons à lire attentivement le cahier des charges ci-joint afin de vérifier votre éligibilité, et à compléter et déposer les pièces justificatives indiquées.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;se clôture le 15/02/2027 à 15h&lt;/strong&gt; (GMT &amp;#43;1).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P106" s="1" t="inlineStr">
+        <is>
+          <t>10/04/2025</t>
+        </is>
+      </c>
+      <c r="Q106" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2027</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/decarb-flash-2025-2027</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;decarb.flash&amp;#64;ademe.fr &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/decarb-flash-2025-2027/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>164943</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux d’innovation et de démonstration pour l'hydrogène</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Innovation et démonstration Hydrogène</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à projets (AAP) a pour objectif de soutenir les travaux d’innovation et de démonstration, permettant de &lt;strong&gt;développer ou d&amp;#039;améliorer les composants et systèmes&lt;/strong&gt; liés à la production, au transport d’hydrogène et à ses usages, tels que les applications, industrielles, de transport ou de fourniture d’énergie.&lt;/p&gt;&lt;p&gt;Ces travaux seront portés par une ou plusieurs entreprises, pour &lt;strong&gt;développer un équipement, un produit ou un service, ou bien réaliser un démonstrateur&lt;/strong&gt; mettant en œuvre de l’hydrogène, dans &lt;strong&gt;une perspective de transition écologique et énergétique&lt;/strong&gt; et de structuration de la filière.&lt;/p&gt;&lt;p&gt;Les projets devront s’inscrire dans au moins un des quatre axes présentés ci-après :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Axe 1 - Briques technologiques : composants et systèmes innovants.&lt;/li&gt;&lt;li&gt;Axe 2 - Pilotes (ou premières commerciales) innovants industriels et réseaux, fourniture temporaire ou localisée d’énergie.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Axe 3 - Conception et démonstration de nouveaux véhicules.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Axe 4 - Écoconception et recyclabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’appel à projets est ouvert à partir du 6 mai 2025 jusqu’au 25 septembre 2026, et comporte 2 relèves intermédiaires :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Relève intermédiaire 1 : 29 septembre 2025&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Relève intermédiaire 2 : 6 avril 2026&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Clôture finale : 25 septembre 2026&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une révision du cahier des charges pourra avoir lieu au moins annuellement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ADEME se réserve le droit de clore l’appel à projets avant cette date, notamment en raison du niveau de consommation de l’enveloppe allouée. Les informations actualisées seront publiées sur le site de l’appel à projet.&lt;/p&gt;&lt;p&gt;Pour toute demande d&amp;#039;information le porteur doit contacter l’ADEME à l’adresse suivante : aap.h2&amp;#64;ademe.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour organiser une réunion de pré-dépôt, le porteur doit préalablement consulter le cahier des charges de cet appel à projets, avant d&amp;#039;adresser l&amp;#039;annexe 2 complétée à : &lt;a href="mailto:aap.h2&amp;#64;ademe.fr"&gt;aap.h2&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P107" s="1" t="inlineStr">
+        <is>
+          <t>07/05/2025</t>
+        </is>
+      </c>
+      <c r="Q107" s="1" t="inlineStr">
+        <is>
+          <t>25/09/2026</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/innovation-et-demonstration-hydrogene</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innovation-et-demonstration-hydrogene/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>165061</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour réduire et valoriser les déchets assimilés en Normandie</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour réduire et valoriser les déchets assimilés en Normandie</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maîtriser et baisser la part des assimilés dans les DMA&lt;/strong&gt; est un levier prioritaire qui vient s’additionner aux efforts réalisés pour permettre le tri à source des biodéchets, la prévention, et la mise en œuvre d’une tarification incitative.&lt;/p&gt;&lt;p&gt;Les assimilés représentent pour la collectivité un &lt;strong&gt;enjeu majeur pour la maîtrise des couts de collecte et de traitement&lt;/strong&gt;, mais aussi un levier de service aux activités économiques qui impliquent une articulation et une cohérence à l’échelle du territoire : du conseil aux entreprises pour moins produire de déchets et mieux trier, jusqu’à la valorisation des déchets.&lt;/p&gt;&lt;p&gt;Plus largement, se saisir de la question des déchets d&amp;#039;activités économiques sur son territoire permet à la fois d&amp;#039;&lt;strong&gt;optimiser le SPPGD &lt;/strong&gt;(Service public de prévention et de gestion des déchets)&lt;strong&gt; &lt;/strong&gt;mais aussi d&amp;#039;&lt;strong&gt;accompagner le développement économique des entreprises&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Répondre à cet appel à candidatures permet d&amp;#039;être &lt;strong&gt;accompagné en fonction des priorités du territoire&lt;/strong&gt;, de manière individuel et adaptée, à partir des trois axes de travail suivants (un ou plusieurs axes peuvent être sélectionnés par la collectivité lors de sa candidature): &lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Accompagner directement les entreprises du territoire&lt;/strong&gt; pour réduire et mieux valoriser leurs déchets :&lt;br /&gt;Établir un état des lieux des professionnels producteurs de déchets, les accompagner pour développer l’efficience et la sobriété matière et ainsi réduire la quantité de déchets assimilés sur le territoire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Perfectionner, étendre ou mettre en œuvre une Redevance Spéciale&lt;/strong&gt;. &lt;br /&gt;Les études et les investissements sont éligibles.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Permettre le développement de solutions adaptées&lt;/strong&gt; pour mieux collecter et valoriser les déchets d&amp;#039;activités économiques :&lt;br /&gt;Établir un état des lieux et structurer et accompagner les filières de collecte/tri/valorisation, dont les déchèteries. La &lt;strong&gt;réalisation d&amp;#039;une étude territoriale pour développer une stratégie propre&lt;/strong&gt; à la collectivité peut être financée dans le cadre de cet appel à candidatures. Un cahier des charges dédié est proposé.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;La Région Normandie sera associée comme partenaire dans le cadre d&amp;#039;un comité de suivi des candidatures.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P108" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="Q108" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/aap/agir-pour-reduire-et-valoriser-les-dechets-assimiles-en-normandie</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-pour-reduire-et-valoriser-les-dechets-assimiles-en-normandie/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>165062</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Recycler : Circularité des plastiques, textiles et élastomères : (CAPTE)</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Circularité avancée des plastiques, textiles et élastomères (CAPTE)</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet Appel à projets (AAP) poursuit l’objectif d’&lt;strong&gt;accélérer la transition&lt;/strong&gt; et de &lt;strong&gt;contribuer au découplage entre croissance économique et consommation de ressources naturelles&lt;/strong&gt; de la société française, en y contribuant par le recyclage, qui substitue aux matières premières vierges (MPV) des matières premières de recyclage (MPR).&lt;/p&gt;&lt;p&gt;Cette substitution de MPV par des MPR constitue aussi un puissant levier de décarbonation et de renforcement de la souveraineté de l’industrie française et européenne.&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP prend en compte les apprentissages récents :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;sur les technologies de recyclage chimique ;&lt;/li&gt;&lt;li&gt;sur le développement de nouvelles technologies qui permettent au recyclage mécanique d’être de plus en plus performant ;&lt;/li&gt;&lt;li&gt;et sur le contexte socio-économique européen et mondialisé du secteur de la production de plastique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il contribue notamment à la souveraineté matières de la France et de l’Europe.&lt;/p&gt;&lt;p&gt;Ce dispositif vise dans ce contexte à &lt;strong&gt;accompagner les investissements nécessaires pour adapter les capacités industrielles françaises&lt;/strong&gt; sur l’ensemble de la chaîne de valeur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;préparation / décontamination / surtri de la matière déchet ;&lt;/li&gt;&lt;li&gt;production de MPR ;&lt;/li&gt;&lt;li&gt;incorporation de MPR par les transformateurs ;&lt;/li&gt;&lt;li&gt;et prise en compte de l’utilisation de la MPR par les donneurs d’ordre en charge de la conception ou l’assemblage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce dispositif incite les entreprises, sur toute la chaîne de valeur, à aller au-delà des acquis déjà en place sur le territoire et des prochaines obligations réglementaires.&lt;/p&gt;&lt;p&gt;Cet AAP contribue au &lt;strong&gt;développement de capacités de recyclage chimique innovantes&lt;/strong&gt; dans le souci d’une complémentarité optimale avec le recyclage mécanique. Cela afin de réduire l’impact environnemental des matières plastiques produites et utilisées en France et en Europe, en traitant des gisements de déchets plastiques jusqu’ici non recyclables, et en les transformant en MPR à hautes valeurs ajoutées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P109" s="1" t="inlineStr">
+        <is>
+          <t>16/05/2025</t>
+        </is>
+      </c>
+      <c r="Q109" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2026</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/circularite-avancee-des-plastiques-textiles-et-elastomeres-capte</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/circularite-avancee-des-plastiques-textiles-et-elastomeres-capte/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>165329</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement de briques technologiques et services par des PME pour la décarbonation de l’industrie (IBaC PME)</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Développement de briques technologiques et services par des PME pour la décarbonation de l’industrie (IBaC PME) </t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AAP &lt;strong&gt;« IBaC PME »&lt;/strong&gt; s’inscrit dans le cadre de la &lt;strong&gt;stratégie d’accélération « Décarbonation de l’industrie »&lt;/strong&gt;, dont l’un des objectifs est de soutenir l’innovation pour une &lt;strong&gt;I&lt;/strong&gt;ndustrie &lt;strong&gt;B&lt;/strong&gt;as &lt;strong&gt;C&lt;/strong&gt;arbone, en ciblant tout particulièrement les &lt;strong&gt;PME&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’AAP vise à financer des projets mono-partenaires d’innovation portés par des petites et moyennes entreprises au potentiel particulièrement fort pour l’économie française. Il permet de cofinancer des &lt;strong&gt;projets de recherche, développement et innovation&lt;/strong&gt;, dont les coûts totaux sont &lt;strong&gt;inférieurs à 1,5 M€&lt;/strong&gt;, et contribue à accélérer le développement et la mise sur le marché de solutions et technologies innovantes.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;se clôture le 09/02/2027 à 15h (heure de Paris).&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P110" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q110" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2027</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AAP vise à financer des projets mono-partenaires d’innovation portés par des petites et moyennes entreprises (PME).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/developpement-de-briques-technologiques-et-services-par-des-pme-pour-la-decarbonation-de-lindustrie-ibac-pme</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developpement-de-briques-technologiques-et-services-par-des-pme-pour-la-decarbonation-de-lindustrie-ibac-pme/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>165330</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’innovation en promouvant le développement de briques technologiques, les actions de DEMonstration et l’appropriation par les Industriels de solutions de product(DEMIBaC)</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Développement de briques technologiques et démonstrateurs - Réalisations de premières industrielles associant l'offre et la demande (DEMIBaC)</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AAP (appel à projets) « DEMIBaC » s’inscrit dans le cadre de la stratégie d’accélération « Décarbonation de l’industrie », dont l’un des objectifs est de soutenir l’innovation en promouvant le développement de briques technologiques, les actions de &lt;strong&gt;DEM&lt;/strong&gt;onstration et l’appropriation par les &lt;strong&gt;I&lt;/strong&gt;ndustriels de solutions de production &lt;strong&gt;Ba&lt;/strong&gt;s &lt;strong&gt;C&lt;/strong&gt;arbone. &lt;/p&gt;&lt;p&gt;Le présent AAP comporte deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le volet 1 concerne des &lt;strong&gt;projets pour le développement de briques technologiques innovantes&lt;/strong&gt; et d’actions de démonstration, dont les consortiums sont généralement constitués par des académiques et des industriels de l’offre.&lt;/li&gt;&lt;li&gt;Le volet 2 cible des projets portés par des &lt;strong&gt;consortiums constitués d’un ou plusieurs industriels proposant une offre de décarbonation et d’un ou plusieurs industriels côté demande&lt;/strong&gt; prêts à accueillir les solutions innovantes proposées sur leurs sites de production.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;se clôture le 09/03/2027 à 15h (heure de Paris).&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Industrie</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P111" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q111" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2027</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet AAP vise à &lt;strong&gt;soutenir des projets d’innovation portés par des entreprises&lt;/strong&gt; (TPE, PME, ETI, GE), qui accélèrent la mise sur le marché de technologies et/ou de &lt;strong&gt;solutions ambitieuses et durables&lt;/strong&gt;, depuis les phases de recherche industrielle jusqu’à la démonstration de leur intérêt dans leur environnement opérationnel. Il est possible de déposer un projet qui s’inscrit en même temps sur les deux volets. Les coûts projet doivent être &lt;strong&gt;supérieurs à 1,5 M€.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/developpement-de-briques-technologiques-et-demonstrateurs-realisations-de-premieres-industrielles-associant-loffre-et-la-demande-demibac</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developpement-de-briques-technologiques-et-demonstrateurs-realisations-de-premieres-industrielles-associant-loffre-et-la-demande-demibac/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>165359</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique </t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://wiki.resilience-territoire.ademe.fr/wiki/D%C3%A9couvrir_les_communs" target="_blank"&gt;Définition des communs&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour faciliter la coopération entre acteurs, principe fondateur de l’AAC (Appel à communs), il est attendu d’un projet de commun qu’il réponde aux quatre critères suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Être      mené par des porteurs et porteuses qui adoptent une &lt;strong&gt;posture collaborative&lt;/strong&gt; avec la      volonté d’intégrer des communautés d&amp;#039;utilisateurs et de contributeur.&lt;/li&gt;&lt;li&gt;Être      développé en &lt;strong&gt;licences ouvertes&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Être      &lt;strong&gt;documenté sur les supports numériques&lt;/strong&gt; mis à disposition dans le cadre de      l’AAC.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Répondre      à l&amp;#039;un ou plusieurs des défis&lt;/strong&gt; de l&amp;#039;AAC.&lt;/li&gt;&lt;li&gt;Les      projets de commun sont &lt;strong&gt;éligibles à tous les stades de maturité&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les 5 défis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;5 défis sont proposés :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Alimentation &amp;amp; forêts&lt;/li&gt;&lt;li&gt;Bâtiment, habitat &amp;amp; aménagement urbain.&lt;/li&gt;&lt;li&gt;Mobilité &amp;amp; logistique&lt;/li&gt;&lt;li&gt;Recyclage matière&lt;/li&gt;&lt;li&gt;Évaluation environnementale pour l&amp;#039;écoconception numérique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME subventionne tous types de lauréats publics et privés : entreprises, associations, collectivités, universités, laboratoires…Pour cette 3ᵉ édition de l’AAC, seuls les projets de communs numériques sont éligibles pour un accompagnement de l’ADEME.&lt;/p&gt;&lt;p&gt;La Fondation MACIF subventionne uniquement les lauréats issus de structures éligibles au mécénat, type association qui candidatent aux deux défis Mobilités &amp;amp; logistique et/ou Bâtiment, habitat &amp;amp; aménagement urbain. Ces défis sont ouverts à des communs non numériques, les candidats pourront proposer une innovation de produit, de procédé, organisationnelle, marketing, de modèle économique ou sociale, l’objectif étant in fine de provoquer un changement de comportement positif pour la transition écologique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Partenaires associés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour cette 3ᵉ édition de l’AAC, la Fondation Macif, France Tiers Lieux et l’IGN (Institut national de l&amp;#039;information géographique et forestière) se sont associés à l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement et accompagnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si sélectionné par le jury de l’AAC, le projet de commun bénéficiera d’un soutien financier de l’ADEME et/ou de la Fondation Macif et sera mis en œuvre de la manière suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’ADEME et*/ou la Fondation MACIF établira avec les projets lauréats, &lt;strong&gt;un contrat distinct et selon ses propres règles&lt;/strong&gt;. L’ADEME établira un contrat de financement avec les porteurs de projet et la Fondation Macif établira un contrat de partenariat avec les porteurs de projets.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;durée des projets présentés&lt;/strong&gt; sera de 18 mois maximum.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; taux d’aide appliqué sera fixé par chaque structure aidante&lt;/strong&gt; (ADEME et/ou Fondation Macif), lors de l’instruction du dossier. Ce taux d’aide sera de 70 % maximum des dépenses éligibles pour une limite maximum de 80 000 euros d’aide par projet. La moyenne des aides accordées par commun étant de 50 000 euros et le minimum étant de 10 000 euros. Le taux d’aide appliqué est fixé selon les termes du système d’aide à la Connaissance et les Règles générales d’attribution des aides de l’ADEME en vigueur.&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement par une équipe conseil spécialisée sur les communs&lt;/strong&gt; et sélectionnée par l’ADEME pour guider les porteurs : sélection de la licence ouverte adaptée, structuration de la gouvernance, définition du modèle économique, animation de la communauté formée autour du commun…&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement technique de l’ADEME&lt;/strong&gt; et, en fonction des thématiques traitées de ses partenaires l’IGN et/ou la Fondation Macif.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;participation à la communauté de communs&lt;/strong&gt; et son animation via des journées et des ateliers.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;valorisation des communs&lt;/strong&gt; via les supports de l’ADEME et de ses partenaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel de cette 3ᵉ édition de l’AAC s’organise autour de 2 vagues de sélection de projets de communs, d’une phase d’expertise, de sélection et d’annonce des lauréats :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 mai 2025 : ouverture des candidatures&lt;/li&gt;&lt;li&gt;20 juin 2025 à 18h : premier relevé de candidatures&lt;/li&gt;&lt;li&gt;10 juillet 2025 : comité de sélection du 1ᵉʳ relevé.&lt;/li&gt;&lt;li&gt;30 septembre 2025 à 18h : deuxième relevé de candidatures&lt;/li&gt;&lt;li&gt;6 novembre 2025 : comité de sélection du 2ⁿᵈ relevé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour participer, les candidatures doivent être déposées sur la &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/appel-a-communs-1" target="_blank"&gt;Plateforme Innover pour la Transition écologique&lt;/a&gt; &lt;strong&gt;et non sur Agir&lt;/strong&gt;. Cette page Agir &lt;strong&gt;s&amp;#039;adresse uniquement aux communs sélectionnés pour la contractualisation&lt;/strong&gt; avec l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;À noter : cette rubrique résume le règlement de l&amp;#039;AAC qui est à &lt;strong&gt;télécharger dans son entièreté dans la rubrique Éligibilité&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P112" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2025</t>
+        </is>
+      </c>
+      <c r="Q112" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/mobiliser-les-communs-pour-la-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=0b7b2757-738f-42b1-8c8a-79f915794281&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=a04490cb-bccc-4d87-8359-ce9bd791c307&amp;code_challenge=obPzPUHeazmOxsoVZUzgXuzQnkAnAXWxWz0mkrfJ0OE&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-communs-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>165458</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la filière logistique en France</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>LOGISTIQUE 4.0 2025</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;AAP Logistique 4.0 2025 vise à soutenir la filière logistique en France en ciblant trois besoins prioritaires sur les chaines logistiques : &lt;/p&gt;&lt;ol&gt;&lt;li&gt;Axe 1&lt;br /&gt;&lt;strong&gt;La digitalisation des chaînes logistiques&lt;/strong&gt;, en tant qu’enjeu majeur de souveraineté, de compétitivité économique, de transition écologique et de sûreté.&lt;/li&gt;&lt;li&gt;Axe 2&lt;br /&gt;&lt;strong&gt;La transition vers des chaînes logistiques plus écologiques&lt;/strong&gt; à travers plusieurs leviers d’innovation : relocalisation et industrialisation de nouvelles filières ou encore optimisation des flux logistiques, information et responsabilisation du consommateur.&lt;/li&gt;&lt;li&gt;Axe 3&lt;br /&gt;&lt;strong&gt;L&amp;#039;adaptation aux changements climatiques&lt;/strong&gt; en tant que levier majeur de sécurité, de résilience des territoires et de compétitivité économique.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’AAP vise à identifier des projets de recherche et développement portés par des associations ou entreprises, petites, moyennes ou grandes, seules ou associées au sein d&amp;#039;un consortium, qui accélèrent la mise sur le marché de technologies, de services et/ou de solutions ambitieuses et systémiques, innovantes et durables, pouvant comprendre des travaux de recherche industrielle jusqu&amp;#039;à la démonstration plus aval de l&amp;#039;intérêt d&amp;#039;un système dans son environnement opérationnel.&lt;/p&gt;&lt;p&gt;Les projets pourront être de plusieurs types pour répondre aux enjeux présentés plus haut :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de briques technologiques partant du TRL 3 jusqu’au TRL 8.&lt;/li&gt;&lt;li&gt;Développement d’un système global innovant ou intégrant des briques innovantes, pouvant aller jusqu’à une phase de démonstration industrielle.&lt;/li&gt;&lt;li&gt;Expérimentation d’un système innovant dans le cadre d’un démonstrateur territorial permettant de valider la pertinence technico-économique de la solution en usage représentatif.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le coût total du projet doit être de 1 million d’euros minimum pour les projets individuels et de 2 millions d’euros minimum pour les projets collaboratifs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P113" s="1" t="inlineStr">
+        <is>
+          <t>06/09/2025</t>
+        </is>
+      </c>
+      <c r="Q113" s="1" t="inlineStr">
+        <is>
+          <t>16/01/2026</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif s&amp;#039;adresse aux entreprises, seules ou en collaboration, notamment avec des organismes de recherche (non obligatoire).&lt;/p&gt;&lt;p&gt;Le dispositif s&amp;#039;adresse aussi aux établissements publics et collectivités.&lt;/p&gt;&lt;p&gt;Retrouvez plus de détails sur votre éligibilité en regardant le replay du webinaire du dispositif ici :&lt;/p&gt;&lt;p&gt;https://www.dailymotion.com/video/x9s5tck&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/logistique-40-2025</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://vosaides.ademe.fr/create-assistant?id_dispo=1ef38582-9c6b-690c-a9b4-23f2fb5d37b9&amp;id_liste=1ef3d2d1-5e5a-6b58-a88c-65151c22aa07&amp;dossier_aide_type=REINNO</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://contact-agir.ademe.fr/form/contact?id_dsp&amp;#61;DSP000676&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/logistique-4-0-2025/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>163918</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger des projets de R&amp;D afin d’améliorer les connaissances et développer des techniques ou de nouveaux outils dans les domaines du traitement des sols</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Recherche pour la GEStion Intégrée des sites POLlués (GESIPOL)</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les enjeux techniques et scientifiques centraux de l&amp;#039;édition 2025 de l&amp;#039;appel à projets de recherche (APR) GESIPOL sont constitués de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’amélioration des techniques de traitement des pollutions des sols et des eaux souterraines&lt;/strong&gt;, ainsi que des méthodes et outils de dimensionnement, de pilotage et de suivi de ces traitements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’avancement des techniques de réhabilitation écologique&lt;/strong&gt; des friches polluées.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’optimisation des conceptions des projets d’aménagement&lt;/strong&gt; (orientations et objectifs) dans des contextes de friches polluées.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les propositions de recherche devront autant que possible &lt;strong&gt;servir une dynamique d’innovation et être portées par les acteurs économiques&lt;/strong&gt; eux-mêmes.&lt;/p&gt;&lt;p&gt;Les projets devront s’inscrire dans une démarche scientifique bien circonscrite reposant sur un questionnement pertinent, basé sur la connaissance des contextes, enjeux et états de l’art scientifiques, et sur une méthodologie de réponse prédéfinis et comportant un volume substantiel de travail expérimental et/ou d’enquêtes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241119/recherche-gestion-integree-sites-pollues-gesipol</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/recherche-pour-la-gestion-integree-des-sites-pollues-gesipol/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>165575</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>APR GRAINE - Production, valorisation des biomasses et préservation des écosystèmes - Phase 2</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>APR GRAINE - Production, valorisation des biomasses et préservation des écosystèmes - Phase 2</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette 6ᵉ édition de l’&lt;strong&gt;APR GRAINE &lt;/strong&gt;vise à soutenir des projets pour &lt;strong&gt;mieux produire, gérer et valoriser les ressources biologiques potentiellement renouvelables&lt;/strong&gt;, y compris les déchets organiques, afin de satisfaire les besoins en aliments, en produits et matériaux biosourcés, ou encore en énergies sous la forme de chaleur/électricité, de biocarburant, et contribuer à la préservation de l’environnement.&lt;/p&gt;&lt;p&gt;L’objectif de cet APR est de &lt;strong&gt;soutenir un développement durable de la bioéconomie &lt;/strong&gt;en réponse à des besoins sociaux dans un contexte de changement climatique. Autrement dit, d’articuler, au sein des territoires, l’accompagnement des filières de production et de valorisation de biomasses en limitant les impacts, et ce, dans une optique de résilience.&lt;/p&gt;&lt;p&gt;Les biomasses ciblées sont : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les productions agricoles et leurs coproduits ;&lt;/li&gt;&lt;li&gt;les productions sylvicoles et leurs coproduits ;&lt;/li&gt;&lt;li&gt;les déchets organiques ;&lt;/li&gt;&lt;li&gt;les coproduits industriels ;&lt;/li&gt;&lt;li&gt;ou encore les algues et les plantes invasives.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’APR s’oriente autour de&lt;strong&gt; 4 axes de recherche :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Axe 1 – Production durable et résiliente de biomasses préservant les milieux et les ressources&lt;/strong&gt; : il vise le développement et l’amélioration des systèmes et des filières de production d’exploitation de biomasses.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 2 – Transformation et valorisation éco-efficiente d’une biomasse tout en évaluant les impacts sur des systèmes de production concernés&lt;/strong&gt; : il vise le développement de nouveaux procédés de transformation et de valorisation de biomasses (ex. : les résidus ou les biodéchets) en intégrant les enjeux liés à l’économie circulaire et à la réduction des impacts environnementaux (y compris ceux liés aux étapes amont de production et mobilisation de la biomasse).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 3 – Outils et méthodes d’évaluation de la santé des sols et des impacts environnementaux de la bioéconomie&lt;/strong&gt; : il vise le développement de méthodes et d’outils d’évaluation pour une approche globale et durable de la gestion des biomasses au sein des filières et des territoires.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 4 – Recherche-Action et Sciences humaines et sociales pour la transition des systèmes et filières de la bioéconomie &lt;/strong&gt;: il vise à identifier et analyser les leviers de la transition des systèmes et filières de la bioéconomie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le montant d’aide de 300 k€ max. par projet sera évalué par rapport à la complexité des projets.&lt;/p&gt;&lt;p&gt;Un montant d’aide supérieur pourra être octroyé pour des projets transversaux ayant des objectifs clairs et pertinents et dont l’originalité de la recherche portera sur plusieurs axes/sous-axes thématiques et justifiant d’un partenariat cohérent. Toutefois, nous invitons les porteurs de projet à rechercher des cofinancements.&lt;/p&gt;&lt;p&gt;Pour ces axes, &lt;strong&gt;sont éligibles les projets :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collaboratifs déposés par un consortium qui s’appuie sur un partenariat pertinent et qui intègre obligatoirement un partenaire de recherche (public ou privé) ;&lt;/li&gt;&lt;li&gt;entrant dans le champ de l’APR ;&lt;/li&gt;&lt;li&gt;d’une durée maximum de 48 mois.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le processus de sélection est assuré par l’ADEME, avec le support d’expertises externes et d’un comité scientifique et technique (CST) constitué de personnalités qualifiées. L’ADEME, les membres du CST, les experts sont tenus à une stricte confidentialité.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier prévisionnel :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier phase 1 : &lt;/strong&gt;les candidats sont invités à déposer leur dossier uniquement sous forme électronique via la plateforme de dépôt et de suivi de l’ADEME, avant le 26/09/2025 à 15h. &lt;ul&gt;&lt;li&gt;&lt;strong&gt;Note aux porteurs : &lt;/strong&gt;L’analyse des projets se fera à partir du « modèle de pré-projet », en complément du remplissage des formulaires sur la plateforme AGIR. Vous pouvez y copier/coller des éléments de contexte et d’objectif (données non conservées pour la phase 2). À ce stade, il est essentiel de décrire la composition et l’intérêt du consortium, ainsi que le rôle des partenaires &lt;strong&gt;sans les saisir sur la plateforme &lt;/strong&gt;afin d’éviter une validation formelle prématurée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Expertise des dossiers : &lt;/strong&gt;à partir de mi-novembre 2025.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Annonce des dossiers présélectionnés&lt;/strong&gt; : début décembre 2025.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier phase 2 : &lt;/strong&gt;avant le 16/02/2026 à 15h.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Expertise externe : réalisée par des experts thématiques &lt;/strong&gt;venant compléter l’expertise ADEME. Puis, sur la base de ces expertises, présentation et discussion au sein du CST rassemblant des experts académiques et membres des ministères, d’agences et de l’ADEME qui annonceront en mai 2026 les projets lauréats.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La décision de financement sera in fine prise par l’ADEME et sera fondée sur la proposition du CST et sur le budget disponible. La phase 2 est &lt;strong&gt;ouverte uniquement aux dossiers présélectionnés lors de la phase 1.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P115" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2025</t>
+        </is>
+      </c>
+      <c r="Q115" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;Cet APR s’adresse aux acteurs publics et privés de recherche et aux entreprises, notamment des domaines suivants : agriculture, foresterie/sylviculture, sols, alimentation, pâte à papier et papier, déchets organiques, chimie, biotechnologies, bioénergies ; aux équipementiers de ces secteurs d’activité ; aux acteurs en charge de la gestion des sites et sols pollués. Il s’adresse aussi aux acteurs travaillant sur l’évaluation environnementale, et plus généralement l’évaluation multicritère (EMC), ainsi qu’aux acteurs des sciences économiques, sociales et humaines. La pertinence et l’intérêt de la bioéconomie s’évaluent tout particulièrement à un niveau local ou territorial, au plus proche des spécificités des milieux considérés. Des partenariats avec des acteurs (territoriaux ou autres) sont attendus.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/apr-graine-production-valorisation-des-biomasses-et-preservation-des-ecosystemes-phase-2</t>
+        </is>
+      </c>
+      <c r="W115" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=8ee21aba-e96a-454a-9989-bc9d28491a9d&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=ffd3047c-60d9-4377-8bd9-44934378eec8&amp;code_challenge=jVyvztRZixKB6WRroh8Rc0MbbaXUJVHLGj2nOpT0rt8&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/apr-graine-production-valorisation-des-biomasses-et-preservation-des-ecosystemes-phase-2/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>163829</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un soutien aux études d’idéation et de conception réalisées dans l’objectif de créer des solutions de logistique des premiers ou derniers kilomètres</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Ideation eXtrême Défi Logistique</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de l&amp;#039;eXtrême Défi Logistique (XDL), cet AAP (Appel à projets) apporte un &lt;strong&gt;soutien aux études d’idéation et de conception&lt;/strong&gt; réalisées dans l’objectif de &lt;strong&gt;créer des solutions de logistique des premiers ou derniers kilomètres&lt;/strong&gt; qui soient plus mutualisées, optimisées et qui favorisent le report modal.&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP Idéation XDL vise à apporter un soutien aux projets de CMDU (Centre Mutualisé de Distribution Urbaine), Micro-hubs ou CCAP (Circuit Court Alimentaire de Proximité) en mesure d’avoir de &lt;strong&gt;meilleurs impacts environnementaux&lt;/strong&gt; (moins de véhicules, moins de kilométrages, report modal, motorisation adaptée aux circuits des véhicules, empreinte foncière diminuée), &lt;strong&gt;économiques&lt;/strong&gt; (mutualisation, optimisation du remplissage et kilométrage), &lt;strong&gt;sociaux&lt;/strong&gt; (création d’emplois locaux décents non délocalisables, amélioration de la qualité de vie des habitants).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ideation-extreme-defi-logistique/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>163767</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>guichet unique de l’ingénierie territoriale ligérienne</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Agence Nationale de l'Habitat (ANAH)
+Agences de l'eau
+Agence nationale de la cohésion des territoires (ANCT)
+ALEC 42 - Agence Locale de l'Energie et du Climat
+Agence Nationale pour la Rénovation Urbaine (ANRU)
+SIEL-Territoire d’énergie Loire
+Banque des Territoires
+Cerema
+Conseil départemental de la Loire
+Commissariat du Massif Central
+Office Français de la Biodiversité (OFB)
+DDT de la Loire</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="J39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
-[...33 lines deleted...]
-      <c r="O39" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
+de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+délégués territoriaux adjoints : le secrétaire général de
+la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
+Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+le directeur départemental des territoires et la directrice
+départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
+sont les premiers interlocuteurs des maires et présidents
+d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
+collectivités territoriales ont régulièrement besoin du soutien de
+l’État pour développer leurs projets : une aide financière
+mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
+des prestations intellectuelles pour répondre aux questionnements
+autour de ces projets. Elle couvre les aspects technique,
+réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
+de prestations proposées par l’État local, le &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Conseil
+départemental, l’AMF42&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+les établissements publics membres du comité national de
+coordination (ANRU, ANAH, ADEME, CEREMA, Caisse des dépôts et des
+consignations) et les institutions, structures ou opérateurs publics
+dans la Loire est recensée dans le&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+r&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;éférentiel
+de l’ingénierie territoriale ligérienne. Ce recueil numérique de
+fiches &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+régulièrement mis à jour et accessible sur le site internet des
+services de l’État.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Un
+guichet unique regroupe des agents de l’État, du Conseil
+départemental et des principaux intervenants de l’ingénierie
+locale. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+est chargé d’apporter rapidement &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;et
+sans formalisation excessive &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+réponses &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;aux
+questionnements &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+collectivités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’adresse
+&lt;a href="mailto:ingenierie&amp;#64;loire.gouv.fr"&gt;ingenierie&amp;#64;loire.gouv.fr&lt;/a&gt; est le point d’entrée vers le guichet unique. La forme de ces
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;questionnements&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+est libre : les référents territoriaux de l’État
+compléteront une fiche normalisée, au besoin en interrogeant la
+collectivité en retour pour davantage de précision. Une fois
+complétée, cette fiche normalisée devra permettre de constater
+l’insuffisance de ressource locale en ingénierie et la fragilité
+économique, sociale, démographique ou financière de la
+collectivité (principe de subsidiarité).&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Régulièrement,
+le guichet unique se réunira pour déterminer la meilleure manière
+de répondre à cette sollicitation. Il désignera un chef de file
+qui préparera une proposition soumise à la collectivité puis aux
+autorités compétentes (bureau, conseil, commission, etc). Après
+l’accord de tous, la décision d’octroi interviendra au plus
+vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+chef de file mettra en œuvre la solution retenue ou en assurera le
+pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
+ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
+marchés à bons de commande de l’ANCT ; les appuis sur mesure
+de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
+ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
+des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
+bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
+Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
+solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
+de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+d’un tiers prise en charge par un des membres du guichet unique,
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
+participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
+dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="S39" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
+les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
+éligibles : les communes, les intercommunalités, leurs
+groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
+de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
+relever de la compétence, éventuellement partagée, de la
+collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
+la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
+au cas par cas en fonction du dispositif d’appui retenu pour
+répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
+appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>michel.poiret@loire.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>163765</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Co-constructuire des connaissances pour une transition écologique et solidaire</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Évaluation du dispositif expérimental CO3, Co-Construction des Connaissances pour une transition écologique et solidaire</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Par cet appel à manifestation d’intérêt (AMI), le dispositif CO3 a choisi d’expérimenter, à travers trois appels à projets, l’&lt;strong&gt;accompagnement spécifique des pratiques de recherche participative&lt;/strong&gt; en tant que moyen de renouveler les partenariats, les questions et les pratiques de recherche. Il a fait l’hypothèse que la &lt;strong&gt;collaboration de chercheurs et d’acteurs de la société civile&lt;/strong&gt;, tout au long de la démarche de recherche, permet l’&lt;strong&gt;obtention de savoirs pertinents pour la transition écologique et solidaire&lt;/strong&gt;. Depuis le départ, sa démarche a été réflexive sur l’ensemble des 6 années d’expérience et se prolonge en tant qu’objet de recherche notamment avec cet appel à manifestation d’intérêt.&lt;/p&gt;&lt;p&gt;Dans cet appel, le dispositif CO3 se pose comme cas d’étude voire objet de recherche en mettant à disposition ses données pour nourrir la réflexion sur les effets d’un dispositif de soutien à la recherche participative via l’évaluation des projets soutenus dans CO3 et du programme lui-même, en cherchant à mobiliser plusieurs équipes de recherche dans la conception et la mise en œuvre de processus d’évaluation ex post.&lt;/p&gt;&lt;p&gt;Afin de permettre une fertilisation croisée des travaux réalisés par les différentes équipes sélectionnées lors de cet AMI, le dispositif CO3 prévoit deux journées de travail en commun, au démarrage et au cours du parcours. Après la journée de mise en commun des projets en phase de lancement, les équipes de recherche auront &lt;strong&gt;8 mois pour développer et tester l’approche évaluative en l’appliquant aux projets de recherche participative et/ou au programme CO3&lt;/strong&gt;. Il s’agira à la fois d’évaluer l’impact social des projets  qui ont été soutenus par le dispositif CO3 et de mettre à l’épreuve un dispositif d’évaluation adapté au programme, et à la qualification de son impact sur la transition écologique, en s’attachant particulièrement à l’analyse des effets produits et des valeurs portées et transformées par les projets et le programme.&lt;/p&gt;&lt;p&gt;Les équipes de recherche présenteront alors chacune leur démarche d’évaluation lors d’une journée de partage des résultats avec les bailleurs du dispositif CO3 et différents porteurs de projets CO3 volontaires. L’objectif de cette journée est de &lt;strong&gt;cerner les possibilités et conditions pour converger vers un cadre méthodologique adapté à des programmes de soutien de la recherche participative&lt;/strong&gt;, en soulignant les conditions de transférabilité, de complémentarité et de convergence.&lt;br /&gt;Les répondants devront intégrer au moins un laboratoire de recherche dans leur équipe. Les démarches participatives et/ou intégrant des acteurs associatifs seront appréciées.&lt;/p&gt;&lt;p&gt;Les équipes devront présenter une proposition technique et financière détaillée et robuste, s’appuyant sur une revue de la littérature, abordant à la fois les enjeux en termes de méthodologie et les dimensions évaluatives concernées. Il est attendu une présentation de la démarche envisagée, sa construction, son application possible et sous quelles modalités au Dispositif CO3 le cas échéant. Il conviendra de souligner quels impacts elle permet de mesurer et ce qu’elle n’aborde pas.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éléments à déposer :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour le dépôt du projet complet vous devez remplir le « Modèle de lettre d&amp;#039;intention » (volet technique), et les formulaires sur la plateforme de dépôt, ainsi que les documents administratifs :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;CERFA 12156.06 (à faire compléter pour chaque association partenaire)&lt;/li&gt;&lt;li&gt;Attestation de santé financière (à faire compléter pour chaque association et/ou entreprise partenaire)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;7 octobre 2024 : &lt;/strong&gt;Lancement de l’AMI &lt;/li&gt;&lt;li&gt;&lt;strong&gt;18 octobre 2024 (10h) : &lt;/strong&gt;Webinaire d&amp;#039;information n° 1 - &lt;a target="_blank" href="https://attendee.gotowebinar.com/register/5898268996464578141"&gt;S&amp;#039;inscrire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;4 novembre 2024 (10h) : &lt;/strong&gt;Webinaire d&amp;#039;information n° 2 - &lt;a target="_blank" href="https://attendee.gotowebinar.com/register/7771144118269039960"&gt;S&amp;#039;inscrire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;18 novembre 2024 : &lt;/strong&gt;Clôture de l’AMI&lt;/li&gt;&lt;li&gt;&lt;strong&gt;9 décembre 2024 :&lt;/strong&gt; Sélection des équipes et annonce des résultats&lt;/li&gt;&lt;li&gt;&lt;strong&gt;17 décembre 2024 : &lt;/strong&gt;Journée de mise en commun&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Fin juin 2025 : &lt;/strong&gt;Journée de partage des résultats&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Automne 2025 : &lt;/strong&gt;Remise des conclusions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le processus de sélection, les critères d’éligibilité et d’évaluation sont décrits dans le cahier des charges.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus d&amp;#039;informations :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Contact : &lt;/strong&gt;&lt;a target="_blank" href="mailto:aprp.co3&amp;#64;ademe.fr"&gt;aprp.co3&amp;#64;ademe.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T39" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240917/evaluation-dispositif-experimental-co3-co-construction-connaissances</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/evaluation-du-dispositif-experimental-co3-co-construction-des-connaissances-pour-une-transition-ecologique-et-solidaire/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>165574</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Programme CEE Adapt Bâti Confort – Appel à manifestation d’intérêt – Sélection de 50 opérations</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Programme CEE Adapt Bâti Confort – Appel à manifestation d’intérêt – Sélection de 50 opérations</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’appel à manifestation d’intérêt (AMI) a pour objet la sélection de bâtiments existants dans lesquels des périodes de surchauffe importantes ont déjà été vécues avec des conséquences caractérisées (inconfort, activité interrompue, problèmes sanitaires, etc.), et sur lesquels les maîtres d’ouvrage souhaitent intervenir en mettant en œuvre des actions d’adaptation pouvant être des mesures architecturales, techniques ou organisationnelles. &lt;/p&gt;&lt;p&gt;En candidatant à cet AMI, les maîtres d’ouvrage participeront à un programme national d’intérêt scientifique et de progrès de connaissances sur les solutions pour traiter les surchauffes dans les bâtiments.&lt;/p&gt;&lt;p&gt;En étant retenu, ils pourront bénéficier  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’un soutien de type AMO et de prestations d’études spécifiques totalement prises en charge par le programme CEE  : faisabilité des solutions, simulations thermiques, instrumentation avant et après travaux, coaching des usagers ;&lt;/li&gt;&lt;li&gt;d’aides financières aux travaux ;&lt;/li&gt;&lt;li&gt;d’une évaluation multicritères standardisée de leur opération (par CEREMA et CSTB). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Deux sessions de relèves de candidatures sont prévues. Le présent AMI concerne la première session, dont la &lt;strong&gt;date butoir de dépôt est fixée au 16/02/2026&lt;/strong&gt;. À titre indicatif, et sous réserve de budget, une seconde session de candidature sera organisée en fin d’année 2026 ou début d’année 2027. Le contenu de l’AMI et les critères de sélection pourront être différents.&lt;/p&gt;&lt;p&gt;Les candidats pourront présenter des bâtiments se trouvant dans les configurations suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cas 1 : Bâtiments avec une rénovation énergétique ou des travaux d’amélioration en tout début de projet, le projet n’aura pas dépassé l’avancement APS à l’horizon de l&amp;#039;automne 2026, et les travaux devront être terminés avant la fin du premier trimestre 2028.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Cas 2 : Bâtiments récents ou ayant déjà fait l’objet d’une rénovation, mais nécessitant des travaux ponctuels complémentaires pour corriger des situations d’inconfort, les actions et travaux ponctuels devront être terminés avant la fin du premier trimestre 2028.&lt;/li&gt;&lt;li&gt;Cas 3 : Bâtiments qui font l’objet d’une rénovation énergétique ambitieuse et avancée, la phase de conception est en cours au stade de la candidature à l’AMI, les travaux devront être terminés avant la fin 2027. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’AMI est organisé en 2 phases :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une phase de prédépôt des candidatures suivi d’une phase d’auditions ;&lt;/li&gt;&lt;li&gt;une phase de dépôt des demandes d’aides aux travaux pour les candidatures qui seront sélectionnées à l’issue de la première phase et qui s’engageront dans les actions/travaux d’adaptation conseillées par le programme Adapt Bâti Confort.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P119" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2025</t>
+        </is>
+      </c>
+      <c r="Q119" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Êtes-vous concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les candidats à l’AMI seront des maîtres d’ouvrage publics ou privés (hors particuliers) qui proposent des bâtiments prioritairement avec les usages suivants : enseignement et petite enfance (crèches, écoles, etc.) ; secteur médico-social (hors hôpitaux) et sanitaire (EHPAD) ; logement collectif occupé notamment par des ménages vulnérables ; bureaux. Les bâtiments situés dans une des 4 régions suivantes seront retenus : Provence-Alpes-Côte d’Azur, Occitanie, Auvergne-Rhône-Alpes, Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quel(les) région(s) ou pays proposent ce dispositif ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Nouvelle-Aquitaine, Occitanie, Auvergne-Rhône-Alpes, Provence-Alpes-Côte d&amp;#039;Azur&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Je vérifie mon éligibilité&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tout maître d’ouvrage public ou privé est éligible à l’exception des particuliers.&lt;/p&gt;&lt;p&gt;Les bâtiments de l’Etat et de ses établissements publics sont éligibles, excepté pour une aide aux travaux.&lt;/p&gt;&lt;p&gt;Ces bâtiments seront en fonctionnement et en conditions d’usage réelles ; et représentatifs de leur(s) catégorie(s) d’usage(s).&lt;/p&gt;&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillés dans le &lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/AMI%20Adapt%20Bâti%20Confort%20-%20Sélection%20des%20opérations%20-%202025.pdf" target="_self"&gt;document&lt;/a&gt; en téléchargement. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>regions_75_76_84_93</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/programme-cee-adapt-bati-confort-appel-manifestation-dinteret-selection-de-50-operations</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-cee-adapt-bati-confort-appel-a-manifestation-d-interet-selection-de-50-operations/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>165576</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets méthanisation Grand Est 2026</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets méthanisation Grand Est 2026</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La méthanisation - digestion biologique de la matière organique en l’absence d’oxygène - permet le traitement de déchets organiques et leur retour au sol, la production d’énergie renouvelable et la réduction des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Le Grand Est, 1ʳᵉ région en nombre d’installations de méthanisation (injection et cogénération, au 30/12/2024) se dote d’une &lt;strong&gt;stratégie de développement durable de la méthanisation partagée&lt;/strong&gt; pour un développement local, harmonieux et pérenne de la filière. La mise en place d’une stratégie découle de la volonté d’atteindre un équilibre régional et la bonne articulation des différents enjeux de la méthanisation afin d’&lt;strong&gt;optimiser l’utilisation des intrants, des surfaces, des réseaux et des digestats&lt;/strong&gt; en augmentant la production d’énergie renouvelable et en conciliant les enjeux environnementaux.&lt;/p&gt;&lt;p&gt;Cet appel à projets s’adresse aux &lt;strong&gt;nouvelles installations de méthanisation à caractère individuel ou collectif&lt;/strong&gt;, qu’il s’agisse d’un projet adossé à une exploitation agricole, une entreprise industrielle, une collectivité locale ou d’un projet multi-partenarial.&lt;br /&gt;Un projet de&lt;strong&gt; modernisation d’une installation existante traitant des biodéchets ménagers&lt;/strong&gt; (&amp;#43; de 50 %) &lt;strong&gt;ou sur STEP &lt;/strong&gt;peut candidater à cet appel à projets pour accéder à une demande d’aide auprès des fonds FEDER.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le biogaz produit pourra être &lt;strong&gt;valorisé&lt;/strong&gt; sous différentes formes &lt;strong&gt;(chaleur, injection)&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Pour le cas particulier des &lt;strong&gt;digesteurs de boues de stations d’épuration d’eaux usées urbaines&lt;/strong&gt;, seuls les équipements d’épuration et d’injection de biométhane peuvent être aidés par l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les installations suivantes sont exclues de l’appel à projets :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les &lt;strong&gt;unités de méthanisation sur ordures ménagères résiduelles&lt;/strong&gt; (type TMB – Tri Mécano Biologique),&lt;/li&gt;&lt;li&gt;les &lt;strong&gt;unités de valorisation de biogaz sur ISDND&lt;/strong&gt; (installation de stockage de déchets non dangereux),&lt;/li&gt;&lt;li&gt;la &lt;strong&gt;couverture et récupération de biogaz sur fosse&lt;/strong&gt; (méthanisation psychrophile).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les projets ayant débuté les travaux &lt;/strong&gt;(toute commande liée à l’opération) avant le dépôt de la demande d’aide &lt;strong&gt;sont inéligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Dans le cadre de cet appel à projets, les dossiers seront évalués et notés de façon à sélectionner les &lt;strong&gt;projets les plus performants&lt;/strong&gt;. Les projets peuvent de ce fait bénéficier de bonifications en points (voir le paragraphe 3 du règlement joint). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les projets retenus&lt;/strong&gt; dans le cadre de cet appel à projets seront &lt;strong&gt;les projets respectant le plus de critères de sélection&lt;/strong&gt; et présentant ainsi &lt;strong&gt;les notations les plus élevées&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Les projets seront examinés par un jury composé de représentants de l’ADEME, de la Région, de la DRAAF, de la DREAL, du SGARE et des Agences de l’Eau, et si besoin de personnalités compétentes dont l’expertise sera jugée nécessaire. &lt;/p&gt;&lt;p&gt;Ils seront sélectionnés dans la &lt;strong&gt;limite des crédits disponibles&lt;/strong&gt; et sous réserve de disposer d’un &lt;strong&gt;dossier complet&lt;/strong&gt;. &lt;/p&gt;&lt;p&gt;La date limite de dépôt des dossiers est le &lt;strong&gt;mardi 10 février 2026 à 12h &lt;/strong&gt;uniquement via la plateforme : &lt;a href="https://prod-r2da.ademe-dri.fr/projects/1f0c139b-f034-6a2e-b60f-65c3e4b6e189/general-data/"&gt;agirpourlatransition.ademe.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P120" s="1" t="inlineStr">
+        <is>
+          <t>24/11/2025</t>
+        </is>
+      </c>
+      <c r="Q120" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;Ce dispositif s&amp;#039;adresse à tout bénéficiaire (entreprise, collectivité, syndicat, association…) hormis un particulier ou un porteur de projets bénéficiant du crédit d’impôt.&lt;/p&gt;&lt;p&gt;Pour les nouvelles installations, celles-ci peuvent être individuelles ou collectives : projet adossé à une exploitation agricole, une entreprise industrielle, une collectivité locale ou multi-partenarial.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/Appel%20à%20projets%20méthanisation%20Grand%20Est%202026%20-%20Règlement.pdf" target="_self"&gt;Je vérifie mon éligibilité&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/appel-projets-methanisation-grand-est-2026</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact technique : christelle.lancelot&amp;#64;ademe.fr&lt;/p&gt;&lt;p&gt;Contact administratif : elisabeth.sesmat&amp;#64;ademe.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projets-methanisation-grand-est-2026/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>163575</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer des feuilles de route sectorielles 3R pour les emballages à usage unique</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Élaboration de feuilles de route sectorielles 3R pour les emballages à usage unique</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME accompagne financièrement &lt;strong&gt;l’élaboration et la mise en œuvre de feuilles de route sectorielles 3R&lt;/strong&gt; pour les emballages en plastique à usage unique avec un volet élargi pour le réemploi à tous les emballages à usage unique du secteur. Pour les fédérations ayant déjà réalisées une feuille de route 3R, le dispositif permet d’accompagner tout de même le volet complémentaire réemploi.&lt;/p&gt;&lt;p&gt;Les feuilles de route sectorielles 3R visent à &lt;strong&gt;définir les mesures sectorielles pour atteindre les objectifs fixés &lt;/strong&gt;par le décret 3R pour les emballages en plastique à usage unique et les objectifs de réemploi définis par la loi AGEC.&lt;/p&gt;&lt;p&gt;Ces feuilles de route permettent, de manière structurée, de &lt;strong&gt;prendre en compte les spécificités de chaque secteur&lt;/strong&gt; et de définir &lt;strong&gt;les orientations stratégiques et les plans d’actions &lt;/strong&gt;à mettre en œuvre pour atteindre les différents objectifs fixés :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Élaboration d’un diagnostic sectoriel : quantités et types d’emballages, matériaux utilisés, besoins et fonctionnalités, etc.&lt;/li&gt;&lt;li&gt;Identification des solutions d’emballages alternatives, de leur degré de maturité, des avantages / contraintes.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Identification des actions à mettre en œuvre : description, pilote, participants, délais.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Identification et évaluation des investissements nécessaires (en amont et en aval).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Identification des besoins d’innovation et de R&amp;amp;D.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Identification des besoins pour améliorer la connaissance des impacts environnementaux.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Élaboration des jalons, des objectifs et d’un calendrier prévisionnel.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Mise en place du suivi et centralisation de l’information.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le financement d’études de faisabilité, d’expérimentation et d’investissement n’est pas couvert par ce dispositif d’aide à la réalisation de feuilles de route sectorielles. &lt;/p&gt;&lt;p&gt;En revanche ils peuvent être accompagnés via le dispositif d’aide à la réduction, à la substitution et au réemploi des emballages et des contenants, notamment, en plastique à usage unique.&lt;br /&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-reemploi-emballages-contenants"&gt;Voir le dispositif&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/elaboration-de-feuilles-de-route-sectorielles-3r-pour-les-emballages-a-usage-unique/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>163284</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Adapter son territoire au changement climatique</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Adapter son territoire au changement climatique - TACCT - 2024</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à manifestation d’intérêt a pour objectif d&amp;#039;apporter un soutien aux démarches territoriales d’élaboration de diagnostic et/ou trajectoires d’adaptation au changement climatique, suivant la méthodologie TACCT (Trajectoires d&amp;#039;Adaptation au Changement Climatique des Territoires).&lt;/p&gt;&lt;p&gt;Cet AMI a vocation à financer :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’accompagnement par un bureau d’études spécialisé &lt;/strong&gt;pour la prise en main de la méthodologie TACCT.&lt;/li&gt;&lt;li&gt;L&lt;strong&gt;es actions d’acculturation &lt;/strong&gt;aux enjeux climatiques à destination des élus, acteurs socio-économiques et autres partenaires mobilisés.&lt;/li&gt;&lt;li&gt;L&amp;#039;&lt;strong&gt;animation des temps de concertation&lt;/strong&gt; prévus dans la démarche. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide de l’ADEME pourra atteindre jusqu’à &lt;strong&gt;70 % maximum &lt;/strong&gt;du montant de l’assiette éligible retenue.&lt;/p&gt;&lt;p&gt;Les projets des territoires candidats seront notamment évalués sur la &lt;strong&gt;pertinence de l’échelle territoriale&lt;/strong&gt;, la &lt;strong&gt;motivation affichée par le représentant légal à porter cet enjeu d’adaptation&lt;/strong&gt;, la &lt;strong&gt;pertinence de l’organisation et de la gouvernance proposées et la qualité du programme&lt;/strong&gt; présenté.&lt;/p&gt;&lt;p&gt;Les dossiers déposés seront analysés par un jury régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au préalable de son dépôt de demande d&amp;#039;aide&lt;/strong&gt;, la collectivité devra déposer son intention de projet sur :&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-grand-est"&gt;innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-grand-est&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-son-territoire-au-changement-climatique-tacct-2024/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>163285</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Étudier le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Études sur le déploiement d'écosystèmes et d'usages de l'hydrogène</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;V&lt;strong&gt;ous êtes intéressé par le potentiel de l’hydrogène bas carbone/renouvelable &lt;/strong&gt;comme solution de substitution aux énergies fossiles pour vos activités industrielles ou pour baisser l’empreinte carbone des flux de personnes ou de marchandises sur votre territoire ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous envisagez d’investir dans ce type de solutions mais :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;vous en êtes au stade de la réflexion ?&lt;/li&gt;&lt;li&gt;ou vous avez participé à un diagnostic à l&amp;#039;échelle territoriale et disposez d’une première cartographie des consommateurs potentiels d’hydrogène (exemples : flottes captives, utilités industrielles…) ?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le présent dispositif de l’ADEME peut vous aider à &lt;strong&gt;conduire une étude d&amp;#039;opportunité &lt;/strong&gt;(dans un premier temps) ou &lt;strong&gt;une étude de faisabilité &lt;/strong&gt;(dans un deuxième temps), afin de juger la pertinence et de &lt;strong&gt;préparer un projet de décarbonation via l’hydrogène&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans cette perspective, l’étude préalable que vous sous-traiterez à un prestataire pourra être&lt;strong&gt; subventionnée jusqu’à 70 % &lt;/strong&gt;des dépenses éligibles (taux variable selon le commanditaire de l’étude). L’assiette des dépenses éligibles de l&amp;#039;étude de préfaisabilité sera plafonnée à 50 000 € L’assiette des dépenses éligibles de l&amp;#039;étude d&amp;#039;opportunité sera plafonnée à 50 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude de faisabilité sera plafonnée à 100 000 €. L’assiette des dépenses éligibles de l&amp;#039;étude stratégique sera plafonnée à 100 000 €.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Chaque étude (opportunité ou faisabilité) devra se conformer à des attendus en termes d’objectifs et de livrables à produire qui sont décrits dans le cahier des charges proposé par l’ADEME (voir ci-dessous « Pour vous accompagner dans vos démarches »).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’étude de préfaisabilité d’usages non standards de l’hydrogène &lt;/strong&gt;est dédiée à des applications particulières de l’hydrogène non liées à un écosystème hydrogène (process industriel, stockage, hydrogénoduc, alimentation électrique d’un site isolé, maritime, fluvial, ferroviaires).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude d’opportunité vise à accompagner les potentiels consommateurs d’hydrogène (mobilité, industrie, stationnaire) dans leur réflexion de décarbonation&lt;/strong&gt;, collectivement sur l’ensemble d’un territoire (regroupement de collectivités, zone industrielle…). Les profils d’usage seront analysés pour déterminer quelle énergie/carburant est le plus adapté. Ces études ne peuvent donc pas être portées par des développeurs d’infrastructures.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude de faisabilité se concentre sur le déploiement du vecteur hydrogène &lt;/strong&gt;sur un territoire où une demande suffisante aura été préalablement identifiée. Une infrastructure adéquate aux volumes pressentis pourra être dimensionnée, pour modéliser un modèle économique et anticiper les contraintes techniques et réglementaires. Ces études peuvent être portées par des développeurs d’infrastructures ou par de futurs usagers d’hydrogène.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Une étude d’opportunité peut déboucher sur une étude de faisabilité &lt;/strong&gt;en cas d’identification d’une pertinence pour le vecteur hydrogène. L’octroi d’une aide pour une étude de faisabilité sera conditionné par la réalisation préalable d’une étude d’opportunité qui aura respecté - a minima - les exigences fixées dans le cahier des charges.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’étude stratégique à l’échelle d’un territoire&lt;/strong&gt; a pour objectif d’estimer à moyen et à long terme les besoins d’hydrogène du territoire et les infrastructures de production et de distribution à déployer pour faire face à ces besoins.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-le-deploiement-decosystemes-et-dusages-de-lhydrogene/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>162818</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Aider les projets EnR thermiques sur le territoire nivernais</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de Chaleur Renouvelable Territorial SIEEEN - Fonds Chaleur ADEME</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Syndicat Intercommunal d’Energies, d'Equipement et d'Environnement de la Nièvre (SIEEEN) - Opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I124" s="1" t="inlineStr">
+        <is>
+          <t> Max : 65</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Le CCRt consiste à développer un partenariat avec l’ADEME et son agence régionale de BFC, pour le soutien au développement des projets EnR thermiques sur le territoire : &lt;br /&gt;- Aides à la décision (80%) : études de faisabilité, missions d’avant-projet de maîtrise d’œuvre, AMO, schéma directeur réseaux de chaleur ;&lt;br /&gt;- Investissements : réalisation de chaufferies et réseaux, installations de géothermie, solaire thermique, etc.&lt;br /&gt;- Animation du contrat par le SIEEEN : aide dans le cadre d’une gestion déléguée, par le biais d’une convention de mandat. &lt;br /&gt; Ce contrat de développement territorial se matérialise par un accord cadre de partenariat entre l’ADEME et le porteur du CCRt. Il fixe les engagements de chacun et notamment le rôle de l’opérateur territorial : animation, objectifs de production total en MWh/an, nombre de projets EnR thermique à conventionner dont un certain nombre hors biomasse. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Economie locale et circuits courts
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif des contrats de chaleur renouvelable est un déploiement conséquent des filières EnR&amp;amp;R thermiques sur l’ensemble du territoire. Les projets sont accompagnés dans leur ensemble, dans un objectif de performance et de qualité globale, de la phase de conception / dimensionnement jusqu’au suivi de la performance des installations, en passant par la phase de réalisation / travaux.&lt;/p&gt;&lt;p&gt;Par installations EnR&amp;amp;R thermiques, on entend des opérations de biomasse énergie, solaire thermique, géothermie de surface et des opérations de récupération de chaleur fatale. Les réseaux de chaleur éventuellement associés à des unités de production d’énergie renouvelable et de récupération (création, extension, densification) sont également éligibles au dispositif. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieeen.fr/actualites/developpement-des-enr-thermiques-dans-la-nievre-ccrt-le-contrat-de-partenariat-sieeen-ademe</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sylvain BARDOT, chargé de contrat de développement ENR&lt;br /&gt;&lt;br /&gt;SIEEEN - Régie SIEEEN Chaleur&lt;br /&gt;&lt;br /&gt;&lt;a target="_self"&gt;sylvain.bardot&amp;#64;sieeen.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;Tel : 03 86 59 76 90 poste 286 / Portable : 06 45 98 84 37 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>sylvain.bardot@sieeen.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-les-projets-enr-thermiques-sur-le-territoire-nivernais/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>162814</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les démarches d’écologie industrielle et territoriale en Nouvelle-Aquitaine (EITNA Démarches)</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Déploiement et accompagnement des démarches d’écologie industrielle et territoriale en Nouvelle-Aquitaine (EITNA Démarches)</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet Appel à projets (AAP) vise à favoriser, en Nouvelle Aquitaine, &lt;strong&gt;l’émergence et le développement de nouvelles démarches d’écologie industrielle et territoriale à l’échelle des territoires et des filières.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il s’agit de &lt;strong&gt;dynamiques collaboratives et structurantes &lt;/strong&gt;pour le développement du territoire et des acteurs, dont l’objectif est d’aboutir à des actions concrètes, partagées et multi-acteurs. Ces démarches doivent viser à développer :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La réduction des déchets et l&amp;#039;optimisation des ressources : &lt;/strong&gt;l&amp;#039;EIT vise à favoriser l&amp;#039;efficacité dans l&amp;#039;utilisation des ressources, en encourageant le recyclage, la réutilisation et la valorisation des déchets industriels (matière, eau, énergie). Cela peut inclure le partage de ressources entre entreprises pour minimiser les déchets et les coûts.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La réduction des émissions de gaz à effet de serre :&lt;/strong&gt; l&amp;#039;EIT vise également à réduire les émissions de gaz à effet de serre en optimisant les processus industriels, en réduisant les transports inutiles et en favorisant les sources d&amp;#039;énergie plus propres.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La création de nouvelles filières :&lt;/strong&gt; les démarches d’EIT peuvent mettre en avant le besoin de nouvelles activités sur le territoire pour satisfaire les nouveaux besoins des entreprises (recyclage, réemploi, production d’énergie, etc.) &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des partenariats :&lt;/strong&gt; les initiatives d&amp;#039;Écologie Industrielle &amp;amp; Territoriale permettent la mise en place de partenariats entre les entreprises privées, mais également avec des acteurs publics. Ces partenariats peuvent être essentiels pour faciliter la mise en œuvre de projets d&amp;#039;EIT.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des outils incitatifs : &lt;/strong&gt;l&amp;#039;EIT doit permette également aux activités économiques à réfléchir à l&amp;#039;évolution de leur modèle économique, à travers l&amp;#039;écoconception et l&amp;#039;économie de la fonctionnalité.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des synergies industrielles : &lt;/strong&gt;l&amp;#039;EIT encourage la coopération entre les activités d&amp;#039;un territoire donné. Ces entreprises peuvent collaborer pour utiliser les sous-produits ou les déchets de l&amp;#039;une comme matière première pour une autre, créant ainsi des synergies industrielles bénéfiques pour toutes les parties prenantes. Trois types de synergies sont mises en œuvre :&lt;ul&gt;&lt;li&gt;Les synergies de substitution qui favorisent le réemploi/réutilisation et le recyclage, &lt;/li&gt;&lt;li&gt;Les synergies de mutualisation de ressources qui permettent de réduire l’usage des ressources par l’économie du partage, &lt;/li&gt;&lt;li&gt;Les synergies de mutualisation de services, qui permettent d&amp;#039;intégrer les achats responsables et de relocaliser l’économie, &lt;/li&gt;&lt;li&gt;Les synergies de filières qui permettent la prise en compte globale et locale du cycle de vie des matières. &lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le nouveau programme EITNA vous propose deux types d’accompagnement, « EITNA flash » et « EITNA démarches ».&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ « EITNA flash » permet aux entités intéressées d’obtenir un premier niveau d’informations sur l’écologie industrielle et territoriale, d’accéder à une boîte à outils existante permettant la mise en œuvre d’opérations simples et reproductibles et de bénéficier des retours d’expériences d’autres animateurs. Une seule lettre d&amp;#039;engagement adressée à notre centre de ressources suffit pour y accéder : &lt;a target="_blank" href="mailto:eitna&amp;#64;recita.org"&gt;eitna&amp;#64;recita.org&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ATTENTION :&lt;/strong&gt; EITNA Flash ne fait pas partie de cet AAP et ne demande pas de candidater sur cette plateforme. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;EITNA Démarches lui est concerné pour cette candidature. &lt;/p&gt;&lt;p&gt;L’ « EITNA démarches » est composé de trois phases d’accompagnement, détaillées ci-après. Le début de chaque phase d’accompagnement devra être validé en jury EITNA organisé 2 fois par an.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les trois phases&lt;/strong&gt; identifiées sont les suivantes et permettent de suivre l&amp;#039;évolution d&amp;#039;une démarche EIT :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Phase 1 : Réaliser une étude de préfiguration : &lt;/strong&gt;&lt;ul&gt;&lt;li&gt;Les études seront financées à hauteur de 70 % avec un montant maximal de dépenses de 40 000 €. Les dépenses pourront intégrer des frais internes et/ou externes.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Phase 2 : Conduire une démarche d’EIT, mobiliser et mettre en œuvre des synergies : &lt;/strong&gt;&lt;ul&gt;&lt;li&gt;Durée maximum du programme : 3 ans&lt;/li&gt;&lt;li&gt;Aide forfaitaire au financement des frais de personnels à hauteur de 60 % avec des dépenses de frais de personnel au maximum égales à 50 000 €/an/ETP.&lt;/li&gt;&lt;li&gt;L’aide au financement des dépenses de communication sera plafonnée à 18 000 €/phase. Elles pourront intégrer l’acquisition d’un outil numérique dans la limite de 6 000 €/phase.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Phase 3 : Poursuivre et consolider une démarche d’EIT.&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;Durée maximum du programme : 3 ans&lt;/li&gt;&lt;li&gt;Aide forfaitaire au financement des frais de personnels à hauteur de 50 % avec des dépenses de frais de personnel au maximum égales à 50 000 €/an/ETP.&lt;/li&gt;&lt;li&gt;L&amp;#039;aide au financement des dépenses de communication sera plafonnée à 18 000 €/phase. Elles pourront intégrer l&amp;#039;acquisition d&amp;#039;un outil numérique dans la limite de 6 000 €/phase.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les lauréats de cet AAP bénéficieront aussi d’un &lt;strong&gt;appui technique et méthodologique &lt;/strong&gt;de la part du centre de ressources régional afin :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de structurer leur projet (périmètre à définir, acteurs et partenaires à identifier, gouvernance à organiser, méthodologie d’animation) &lt;/li&gt;&lt;li&gt;d’identifier les possibilités d’accompagnement.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deploiement-et-accompagnement-des-demarches-decologie-industrielle-et-territoriale-en-nouvelle-aquitaine-eitna-demarches/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>162815</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'industrie des Véhicules Intermédiaires (eXtrême Défi)</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Industrie des Véhicules Intermédiaires (eXtrême Défi)</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les projets éligibles à cet AAP concernent la fabrication, l’innovation portant sur des véhicules intermédiaires (catégories VAE et L).&lt;br /&gt;Le présent AAP est ouvert aux entreprises de toute taille présentant un projet susceptible de relever d’un ou plusieurs des 4 volets suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 : Projets de développement et d’assemblage de véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir les projets de développement des capacités industrielles ainsi que l’installation de nouvelles usines ou lignes de production pour assembler des véhicules intermédiaires et gagner en compétitivité sur le marché de l’assemblage de ces véhicules. Les porteurs chercheront à industrialiser des familles de véhicule intermédiaires conçu à partir d’une base roulante commune pour des applications de transport de personne et de marchandises. Les projets pourront viser la mise en œuvre de capacité d&amp;#039;ingénierie et d’assemblage pour plusieurs constructeurs sur demande et sur des petites séries.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 : Projets de production des principaux composants « stratégiques » et équipements pour véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir les investissements industriels permettant de développer et accroitre les capacités de production des pièces détachées (composants) ou équipements des véhicules intermédiaires pour lesquels il existe un potentiel de relocalisation et de compétitivité du marché européen (exemples non exhaustifs : roues, cadre, fourche, plateaux, pédaliers, freins, moteurs, moyeux, remorques, batteries, etc.).&lt;br /&gt;Ces pièces et équipements devront chercher à être le plus standard et interopérable possible, en s’inscrivant notamment dans une démarche de coopétition avec la filière. Il sera visé en priorité les composants « stratégiques » tels qu’explicité dans le texte de l&amp;#039;appel.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 3 : Projets d’éco-conception et d’amélioration de l’impact environnemental du cycle de vie des véhicules intermédiaires et des équipements associés&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir des projets d’investissement permettant aux entreprises de renforcer leurs capacités à produire des véhicules intermédiaires éco-conçus, réparables, recyclables et reconditionnables (surcyclables) afin d&amp;#039;accompagner la transition de la filière vers l’économie circulaire et d’encourager des investissements en faveur du recyclage, du réemploi des déchets et d’une baisse de la pression sur les ressources. Les projets auront pour but d’alléger l’empreinte environnementale des pièces et composants de véhicules intermédiaires et des processus de fabrication associés.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 4 : Briques technologiques et démonstrateurs de solutions innovantes directement adossées aux véhicules intermédiaires&lt;br /&gt;&lt;/strong&gt;Ce volet vise à soutenir des projets de recherche et de développement ou de premiers démonstrateurs de solutions innovantes portés par des start-ups ou des industriels. Les projets devront être en lien direct avec l’industrialisation du véhicule intermédiaire ou de ses composants, ou avec les éléments physiques et des équipements. Les projets peuvent contribuer à favoriser l’innovation dans les procédés industriels, les matériaux, les utilisations et les solutions digitales pour renforcer la compétitivité, la durabilité du secteur et développer une ingénierie du cycle basée sur des compétences et un savoir-faire spécifique. Les projets ayant une composante collaborative forte, associant notamment des start-ups, des PME, des ETI ou des partenaires de recherche et des universités, et, si besoin, des collectivités territoriales, feront l’objet d’une attention spécifique, tout comme les projets qui privilégieront un partage des objectifs et des résultats au sein de la filière industrielle naissante (notion de « bien commun » décrite dans les critères de sélection).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/industrie-des-vehicules-intermediaires-extreme-defi/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>163208</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Développer le Vélotourisme</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Développer le Vélotourisme</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme Développer le vélotourisme se prolonge sur 2024. Ce programme s&amp;#039;articule autour de 3 axes :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter les&lt;strong&gt; établissements touristiques&lt;/strong&gt; à entrer dans une &lt;strong&gt;démarche de référencement auprès de la marque Accueil Vélo&lt;/strong&gt;.   &lt;br /&gt;&lt;/li&gt;&lt;li&gt;Permettre aux &lt;strong&gt;collectivités territoriales d’investir dans des équipements&lt;/strong&gt; plébiscités par les touristes à vélo en implantant des aires de services le long des itinéraires inscrits au schéma national, régional ou départemental des véloroutes.&lt;/li&gt;&lt;li&gt;Aider les &lt;strong&gt;collectivités territoriales et comités d’itinéraire&lt;/strong&gt; à la réalisation d’études pour &lt;strong&gt;créer ou accélérer la réalisation d&amp;#039;itinéraires ou tronçons&lt;/strong&gt; d&amp;#039;itinéraires de véloroutes.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Axe 1 - Devenir Accueil Vélo&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Office du tourisme&lt;/li&gt;&lt;li&gt;Site touristique dont      halte et port fluvial&lt;/li&gt;&lt;li&gt;Hébergement touristique&lt;/li&gt;&lt;li&gt;Restaurant&lt;/li&gt;&lt;li&gt;Les collectivités territoriales dès lors qu’elles gèrent un des établissements cités ci-dessus&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;L&amp;#039;établissement doit s&amp;#039;engager dans une démarche de référencement auprès de la marque Accueil      Vélo ou être déjà labellisés afin d’accroître leur capacité d’accueil et      d’amélioration la qualité des services proposés.&lt;/li&gt;&lt;li&gt;L’établissement doit se      situer à &lt;strong&gt;moins de 5 km d’un itinéraire cyclable balisé selon confirmation&lt;/strong&gt;      du référent qualité de la marque Accueil Vélo.&lt;/li&gt;&lt;li&gt;Est attendu l’implantation      de 5 emplacements stationnements vélo au minimum.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En fonction des typologies d&amp;#039;établissements des critères supplémentaires spécifiques s’appliquent.&lt;/p&gt;&lt;p&gt;Ces critères d’éligibilités correspondent aux référentiels de la marque Accueil Vélo qui sont détaillés dans le &lt;a target="_blank" href="http://www.francevelotourisme.com/sites/default/files/accueil-velo-guide-pratique.pdf"&gt;guide pratique Accueil Vélo&lt;/a&gt;. &lt;/p&gt;&lt;p&gt;Il est nécessaire de prendre contact auprès du référent qualité de la marque Accueil Vélo &lt;a target="_blank" href="http://www.francevelotourisme.com/contact/devenir_accueil_velo"&gt;via le formulaire de contact&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;En amont du dépôt de la demande cela permettra de s’assurer :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;De l&amp;#039;éligibilité de      l&amp;#039;établissement&lt;/li&gt;&lt;li&gt;De la correspondance du      projet d’investissement envisagé et des attendus de la marque Accueil Vélo&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Axe 2 - Implanter des aires de services le long des itinéraires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les haltes fluviales et      ports fluviaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les &lt;strong&gt;itinéraires&lt;/strong&gt;      concernés sont ceux &lt;strong&gt;inscrits au schéma national, régional ou      départemental&lt;/strong&gt; des véloroutes&lt;/li&gt;&lt;li&gt;L’aire de services doit      être &lt;strong&gt;visible depuis l’itinéraire&lt;/strong&gt; ou située à &lt;strong&gt;moins de 200 mètres avec une      signalétique&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Pour le confort des      usagers, il est attendu une &lt;strong&gt;répartition homogène des aires de services le      long des itinéraires &lt;/strong&gt;: tout au plus tous les 30 km&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est préconisé de distancier d’une vingtaine de kilomètres l’implantation des aires de services le long d’un même itinéraire. N&amp;#039;est pas éligible une implantation distante de moins de 10 km.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe 3 - Réaliser des études&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les structures      représentant un comité d’itinéraire (chef de file du comité d’itinéraire)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’itinéraire concerné par l’étude doit être &lt;strong&gt;inscrit soit au schéma national, régional&lt;/strong&gt; &lt;strong&gt;ou départemental&lt;/strong&gt; des véloroutes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4 thématiques sont proposées pour réaliser les études :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Créer de nouveaux itinéraire cyclables touristiques&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Accélérer la réalisation      de tronçons&lt;/strong&gt; d’itinéraires déjà inscrits à un schéma&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la mise en      sécurité&lt;/strong&gt; des itinéraires&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Renforcer l’attractivité&lt;/strong&gt;      des véloroutes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous êtes invités à lire attentivement le texte de l&amp;#039;appel à projet dans la rubrique « Vérifier mon éligibilité » en amont du dépôt de votre dossier.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240725/developper-velotourisme</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-le-velotourisme-2/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>163154</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Aider la flotte fluviale à réduire ses impacts environnementaux et à s’adapter aux changements climatiques</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Plan d’aides à la modernisation et à l’innovation de la flotte (PAMI)</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce Plan d’aide est une réponse aux &lt;strong&gt;grands enjeux de la flotte fluviale &lt;/strong&gt;et comprend des mesures conçues afin d’atteindre les objectifs environnementaux et logistiques listés ci-dessous.&lt;/p&gt;&lt;p&gt;Pour candidater : les &lt;strong&gt;demandes d&amp;#039;aide sont à déposer exclusivement en ligne sur la plateforme web dédiée&lt;/strong&gt; de Voies Navigables de France :&lt;br /&gt;&lt;a target="_blank" href="https://portail-pami-connect.vnf.fr"&gt;PAMI Connect&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le PAMI s’articule en quatre volets d’aides :&lt;/p&gt;&lt;p&gt;Volet A&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance environnementale&lt;/strong&gt; de la flotte&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Réduire la consommation&lt;/strong&gt; en carburant, les émissions et rejets polluants&lt;/li&gt;&lt;li&gt;Encourager le &lt;strong&gt;recours à des énergies renouvelables&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimiser la gestion des énergies&lt;/strong&gt; à bord&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet B&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mieux &lt;strong&gt;intégrer le maillon fluvial aux chaînes logistiques&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Capter de nouveaux trafics&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Consolider la desserte fluviale&lt;/strong&gt; des ports maritimes&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la performance logistique&lt;/strong&gt; de la flotte fluviale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet C&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Accompagner le renouvellement&lt;/strong&gt; des acteurs et de la filière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet D&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Favoriser l’émergence des solutions innovantes&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P128" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q128" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2027</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/plan-daides-la-modernisation-et-linnovation-de-la-flotte-pami</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-daides-a-la-modernisation-et-a-linnovation-de-la-flotte-pami/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>163107</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets d’unités de déconditionnement/hygiénisation pour les biodéchets emballés en Bretagne</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Déconditionnement et hygiénisation en Bretagne</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME, la Région Bretagne, en partenariat avec l’association AILE (Association d’Initiatives Locales pour l&amp;#039;Énergie et l&amp;#039;Environnement) et la DREAL Bretagne, s&amp;#039;associent pour lancer un appel à projets régional visant à &lt;strong&gt;accompagner financièrement les projets de déconditionnement / hygiénisation de biodéchets emballés&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ces projets seront élaborés en faveur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D’une &lt;strong&gt;approche territoriale cohérente des projets&lt;/strong&gt;, en tenant compte des « bassins versants » des flux de déchets collectés sur une zone géographique, dont l’échelle pertinente sera à définir au moyen d’une étude territoriale.&lt;/li&gt;&lt;li&gt;De la &lt;strong&gt;recherche de partenariat et/ou de mutualisation entre différents acteurs&lt;/strong&gt;, afin de consolider chacune des étapes de la filière (collecte, transport, tri, traitement).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Un projet de déconditionnement / hygiénisation peut également constituer un projet structurant sur un territoire, notamment en offrant de nouveaux services : création d’une filière locale de collecte, de recyclage et de valorisation des déchets organiques avec, par exemple, le développement de réseaux de chaleur, la création d’activités économiques locales…&lt;/p&gt;&lt;p&gt;Cet appel à projets se décline en deux phases :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;PHASE 1 : &lt;strong&gt;Phase d’étude préalable dite « territoriale »&lt;/strong&gt; permettant de définir la faisabilité et la pertinence de la mise en place d’une unité de déconditionnement / hygiénisation sur un territoire donné.&lt;/li&gt;&lt;li&gt;PHASE 2 : &lt;strong&gt;Phase d’investissement&lt;/strong&gt; pour la création d’une unité de déconditionnement / hygiénisation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour déposer une demande valide, fournir l&amp;#039;ensemble des éléments demandés dans le règlement de l&amp;#039;appel à projets, disponible sur cette page. &lt;br /&gt;Le dépôt des dossiers de demande d&amp;#039;aide se fait au fil de l&amp;#039;eau jusqu&amp;#039;au 30 décembre 2024 - 17h30.&lt;br /&gt;La sélection des dossiers se fera après cette date.&lt;/p&gt;&lt;p&gt;Les candidats sont réputés avoir pris connaissance du règlement de cet appel à projets disponible sur cette page.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deconditionnement-et-hygienisation-en-bretagne/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>163072</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les organisations volontaires à définir et mettre en œuvre leur transition écologique à partir d'une démarche globale d'écoconception</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique des organisations - Phase 1</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AMI Torga (Transition écologique des organisations) se découpe en deux phases :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Phase 1 : dépôt des manifestations d’intérêt à l’ADEME au fil de l’eau entre juillet et décembre 2024 ; instruction par l&amp;#039;ADEME avec audition des porteurs de manifestations d&amp;#039;intérêt retenus.&lt;/li&gt;&lt;li&gt;Phase 2, ouverte exclusivement aux lauréats de la Phase 1 : dépôt d&amp;#039;un dossier complet de demande d&amp;#039;aide, en vue d&amp;#039;une instruction et d&amp;#039;un financement par l&amp;#039;ADEME.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Objectif de l’AMI - Phase 1&lt;/strong&gt; : recueillir des &lt;strong&gt;manifestations d’intérêt d’organisations engagées dans une démarche de transition écologique&lt;/strong&gt;, qui cherchent à &lt;strong&gt;améliorer leur empreinte environnementale et expérimenter une démarche basée sur l&amp;#039;écoconception&lt;/strong&gt; avec un objectif supplémentaire de sobriété. &lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME propose un &lt;strong&gt;cadre méthodologique* inspiré de ACT&lt;/strong&gt; (Assessing low-Carbon Transition) que &lt;strong&gt;chaque organisation volontaire pourra expérimenter et adapter à sa situation&lt;/strong&gt;.&lt;br /&gt;La démarche adresse les différents enjeux environnementaux (climat, biodiversité, pollution, ressource…) selon une approche multicritère cycle de vie et avec des objectifs d&amp;#039;efficacité et de sobriété. Avec ce cadre méthodologique, l&amp;#039;organisation pourra &lt;strong&gt;se questionner, identifier et mettre en œuvre des solutions&lt;/strong&gt; pour respecter les limites planétaires, lutter contre le réchauffement climatique et l’effondrement de la biodiversité, protéger la santé humaine, les écosystèmes et les ressources naturelles.&lt;/p&gt;&lt;p&gt;Cet AMI est une &lt;strong&gt;expérimentation nationale de développement méthodologique&lt;/strong&gt; avec des &lt;strong&gt;cas d’études réels proposés par des organisations volontaires&lt;/strong&gt; que l&amp;#039;ADEME pourra soutenir financièrement.&lt;/p&gt;&lt;p&gt;Les organisations sont invitées à se présenter avec un consultant expert en évaluation environnementale d&amp;#039;organisation, en démarche d&amp;#039;écoconception avec une spécialité sur la sobriété. Concernant la sobriété, le consultant questionnera les consommations et le modèle économique de son client pour identifier des solutions pour consommer moins de ressources (énergie, matériaux, terres, eau…) sur le cycle de vie de l&amp;#039;activité de l&amp;#039;organisation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attentes de l’ADEME&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Dans le cadre de l’AMI, sélectionner et accompagner entre 10 et 20 organisations pour expérimenter différentes applications du cadre méthodologique*, dans différents contextes (maturité en sobriété et écoconception, taille d&amp;#039;organisation, secteur, BtoB et BtoC, produit et service…), avec différentes méthodes d&amp;#039;évaluation environnementale (Analyse de cycle de vie des organisations (ACVO), Environmental Profit and Loss account (EPL), Organisation environmental footprint (OEF), Bilan Gas à effet de serre (BGES)...).&lt;/li&gt;&lt;li&gt;Capitaliser le retour d’expériences des projets accompagnés sur les forces et faiblesses, avantages, inconvénients de chaque démarche, et définir un nouveau cadre méthodologique pour une valorisation à grande échelle.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Bénéfices pour les organisations sélectionnées&lt;/strong&gt; dans cet AMI :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contribuer au cadrage d&amp;#039;une méthode* ADEME de généralisation de l&amp;#039;écoconception à tous les produits/services de l&amp;#039;organisation, et d&amp;#039;expérimentation visant un objectif de sobriété.&lt;/li&gt;&lt;li&gt;Obtenir un soutien financier pour  la mise en œuvre de travaux précurseurs.&lt;/li&gt;&lt;li&gt;Pouvoir échanger entre pairs.&lt;/li&gt;&lt;li&gt;Valoriser avec l&amp;#039;ADEME les résultats issus de cette expérimentation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* Le cadre méthodologique proposé repose sur un processus en 5 étapes :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Situation actuelle&lt;/strong&gt; : évaluation de la performance environnementale actuelle, à l&amp;#039;échelle de l&amp;#039;organisation et de ses familles de produits/services, par exemple avec une analyse de cycle de vie (ACV) organisationnelle.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Enjeux et défis&lt;/strong&gt; : identification des enjeux environnementaux significatifs, analyse stratégique et mobilisation des membres du Conseil d&amp;#039;Administration (CA) ou équivalent.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Vision&lt;/strong&gt; : définition d&amp;#039;une feuille de route stratégique de transition écologique, adhésion du CA.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Nouvelle stratégie&lt;/strong&gt; : définition d&amp;#039;une trajectoire et des objectifs de performance environnementale pour l&amp;#039;organisation et par familles de produits/services, définition d&amp;#039;un plan stratégique et engagement du CA.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Plan d&amp;#039;action&lt;/strong&gt; : définition d&amp;#039;un plan d&amp;#039;action, basé par exemple sur un Diagnostic Écoconception à l&amp;#039;échelle de l&amp;#039;organisation, qui identifie des solutions pour généraliser l&amp;#039;écoconception à tous les produits/services de l&amp;#039;organisation et réduire ses consommation de ressources sur son cycle de vie ; mise en œuvre et suivi.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-des-organisations-phase-1/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>163003</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir  l’innovation sur les contenants alimentaires réemployables pour la restauration collective</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’innovation sur les contenants alimentaires réemployables pour la restauration collective</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à projets vise à &lt;strong&gt;soutenir les innovations portées par les fabricants d’emballages et de contenants&lt;/strong&gt; permettant de répondre aux &lt;strong&gt;enjeux de passage au réemploi et de suppression du plastique&lt;/strong&gt; dans les contenants alimentaires utilisés par la restauration collective.&lt;/p&gt;&lt;p&gt;L’objectif est d’adapter l’offre existante de contenants alimentaires aux spécificités de la restauration collective, que celle-ci soit gérée par une structure publique ou privée, afin de lever les freins au réemploi tout en assurant la conformité aux obligations règlementaires d’EGAlim, dont l’entrée en vigueur est prévue au 1ᵉʳ janvier 2025.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets propose un accompagnement aux &lt;strong&gt;études de faisabilité&lt;/strong&gt; (Axe 1) et aux &lt;strong&gt;expérimentations&lt;/strong&gt; (Axe 2) portant sur l’adaptation des contenants réemployables, dans le but de mieux répondre aux besoins de la restauration collective, en particulier dans les collectivités (cuisines centrales, restaurants scolaires, etc.).&lt;/p&gt;&lt;p&gt;Les contenants doivent être réemployables et recyclables. Les fabricants, porteurs de projets, doivent &lt;strong&gt;se positionner sur l’un des deux axes.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94_975_987_988</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-linnovation-sur-les-contenants-alimentaires-reemployables-pour-la-restauration-collective/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>162966</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les pollutions à l’ozone et sectorielles</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>AQACIA 2024 - Gérer les pollutions à l’ozone et sectorielles</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1. Présentation générale du programme AQACIA&lt;br /&gt;&lt;/strong&gt;Le programme « Amélioration de la Qualité de l’Air : Comprendre, Innover, Agir » (AQACIA) vise à promouvoir des projets de R&amp;amp;D pour comprendre et améliorer la qualité de l’air intérieur et extérieur.&lt;br /&gt;Cet appel à propositions de recherche (APR) du programme AQACIA est divisé en deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Premier volet : Pollution à l’ozone&lt;/strong&gt; (son évolution, ses impacts et sa gestion en lien avec le changement climatique. Si les processus liés à l’ozone (O₃) ont été étudiés de longue date, la gestion de la pollution à l’ozone et de ses impacts reste difficile à appréhender par les pouvoirs publics et peu identifiée par les populations).&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Anticiper l’évolution des niveaux d’ozone et leur mesure en air extérieur dans un contexte de transition écologique, énergétique et climatique.&lt;/li&gt;&lt;li&gt;Évaluer les impacts sur la santé humaine, animale et végétale, sur la dégradation des bâtiments/matériaux et sur la qualité de l’air intérieur.&lt;/li&gt;&lt;li&gt;Rechercher des stratégies d’atténuation ou d’adaptation, y compris pour définir l&amp;#039;échelle d&amp;#039;action appropriée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Second volet : &lt;/strong&gt;Une meilleure &lt;strong&gt;maîtrise de certaines problématiques de pollution de l’air extérieur ou intérieur &lt;/strong&gt;pour améliorer leur gestion à court et moyen terme.&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Améliorer les connaissances sur des polluants spécifiques (PFAS (Per- et polyfluoroalkylées), PUF (Particules ultrafines), BC (Black Carbon), AOS (Aérosols organiques secondaires)), l’exposition à la pollution et les impacts sanitaires induits.&lt;/li&gt;&lt;li&gt;Améliorer les connaissances sur les émissions de polluants et les solutions de réduction / gestion dans les secteurs de la combustion de biomasse, du traitement des déchets, des transports et mobilité, de l’agriculture, et dans les environnements intérieurs.&lt;/li&gt;&lt;li&gt;Évaluer les solutions d’amélioration de la qualité de l’air.&lt;/li&gt;&lt;li&gt;Analyser les politiques publiques et leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le secteur de l’industrie n’est pas couvert par le programme AQACIA (hors installations de combustion de biomasse dans le secteur industriel et sites de traitement des déchets).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Disciplines concernées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sciences humaines&lt;/strong&gt; (économie, sociologie, psychologie…), &lt;strong&gt;sciences physiques &lt;/strong&gt;(métrologie, chimie, météorologie…), &lt;strong&gt;mathématiques &lt;/strong&gt;(modélisation, statistiques), &lt;strong&gt;sciences de la vie &lt;/strong&gt;(biologie, épidémiologie, écologie…) et &lt;strong&gt;sciences de l’ingénieur &lt;/strong&gt;(conception, plan d’expériences, évaluation…). Les approches interdisciplinaires sont fortement encouragées.&lt;/p&gt;&lt;p&gt;Les projets soumis devront être des &lt;strong&gt;projets de recherche finalisée en appui aux politiques publiques&lt;/strong&gt; dont les résultats sont de nature à améliorer la compréhension des pollutions de l’air intérieur et extérieur et de leurs impacts, et à développer/évaluer des solutions/innovations opérationnelles et efficaces de réduction de ces pollutions.&lt;/p&gt;&lt;p&gt;Les résultats escomptés devront répondre aux attentes sociétales en allant jusqu’au développement de connaissances, d’outils ou de recommandations utiles aux acteurs et/ou décideurs. Ainsi, les solutions devront autant que possible être &lt;strong&gt;élaborées et évaluées avec et pour les territoires, avec et pour les acteurs/décideurs&lt;/strong&gt;. L’association des bénéficiaires finaux des résultats du projet à sa préparation, à son déroulé et/ou à son suivi, dans une optique de recherche collaborative, est ainsi fortement encouragée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. &lt;/strong&gt;&lt;strong&gt;Montant de l’aide financière&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre indicatif, le montant moyen de l’aide attribuable par projet est de 150-250 k€ par projet pour une durée comprise entre 24 et 36 mois. Par exception, pour les projets de développement expérimental proches de la démonstration dans le secteur du transport maritime/fluvial l’aide maximale attribuable pourra aller jusqu’à 500 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Calendrier prévisionnel&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépôt des projets : avant le 18/11/2024 à 12h00&lt;/li&gt;&lt;li&gt;Expertise des projets : de décembre 2024 à mars 2025&lt;/li&gt;&lt;li&gt;Annonce des lauréats : fin avril 2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;5. Contact&lt;/strong&gt;&lt;br /&gt;La Cellule AQACIA est à votre disposition pour répondre à vos questions à l&amp;#039;adresse : &lt;a href="mailto:aqacia&amp;#64;ademe.fr"&gt;aqacia&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240606/aqacia-2024-gerer-pollutions-a-lozone-sectorielles</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aqacia-2024-gerer-les-pollutions-a-lozone-et-sectorielles/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>162474</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie de la fonctionnalité et de la coopération</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’économie de la fonctionnalité et de la coopération</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le contexte environnemental et social favorise l’émergence de &lt;strong&gt;nouveaux modèles de développement&lt;/strong&gt; parmi lesquels l’économie de la fonctionnalité et de la coopération. Elle établit une &lt;strong&gt;nouvelle relation entre l’offre et la demande&lt;/strong&gt;. Elle ne se fonde plus sur la simple vente de biens ou de services mais sur la fourniture d&amp;#039;effets utiles (bénéfices) pour les usagers répondant à des &lt;strong&gt;besoins réels des personnes, des entreprises et des collectivités ainsi qu’aux enjeux de durabilité&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les bénéfices de cette démarche sont :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Économiques&lt;/strong&gt; : avoir une approche centrée usagers plutôt que la vente d’un simple produit pour pérenniser son activité, se différencier et fidéliser ses clients.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Écologiques&lt;/strong&gt; : sortir de la logique de volume (produire et vendre toujours plus), mutualiser et allonger la durée de vie de ses produits pour réduire significativement la consommation de ressources naturelles et créer des impacts bénéfiques sur l’environnement.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Sociaux&lt;/strong&gt; : développer des effets positifs sur la société, valoriser les compétences de ses collaborateurs reposant sur l’expérience réelle du travail.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Territoriaux&lt;/strong&gt; : développer des dynamiques coopératives en lien avec les enjeux du territoire.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une étude de diagnostic ou d’accompagnement permet d’analyser le périmètre du besoin ou de la fonctionnalité à satisfaire pour dimensionner l’offre de services à proposer en correspondance.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer cette étude par une subvention allant&lt;strong&gt; jusqu’à 80 % de son coût&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-a-leconomie-fonctionnalite-cooperation</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-leconomie-de-la-fonctionnalite-et-de-la-cooperation/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>162693</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités territoriales souhaitant mettre en place une stratégie d’adaptation au changement climatique sur leur territoire</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d'intérêt TACCT Île-de-France #Édition 2024</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à manifestation d’intérêt s’adresse aux collectivités d’Ile-de-France souhaitant enclencher des changements profonds dans la manière d’élaborer et de mettre en œuvre les politiques d’adaptation au changement climatique et leurs actions sur leur territoire avec &lt;a href="https://tacct.ademe.fr/" target="_blank"&gt;TACCT&lt;/a&gt; (Trajectoires d&amp;#039;Adaptation au Changement Climatique des Territoires).&lt;/p&gt;&lt;p&gt;Adaptés et résilients : développant des capacités naturelles,      humaines, organisationnelles et techniques permettant de s’adapter aux      changements et de surmonter les chocs à venir, qu’ils soient climatiques,      écologiques, énergétiques, sanitaires, démographiques, ou encore économiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les collectivités lauréates bénéficieront :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;de sessions de formations ADEME sur l’Adaptation au changement      climatique&lt;/li&gt;&lt;li&gt;d’un accompagnement (sous forme de coaching) sur 6 étapes de la prise en main de la démarche à      l’évaluation des premières actions mises en œuvre&lt;/li&gt;&lt;li&gt;d’une animation et d’une mise en réseau entre les territoires      lauréats&lt;/li&gt;&lt;li&gt;d’accompagnements individuel et collectif par les partenaires de cet AMI adaptés à leur spécificités de territoire…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La candidature à cet AMI ne propose pas à cette étape de financement.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Si sa candidature est retenue, le territoire s’engage à déposer une demande de financement avant le 1ᵉʳ octobre 2025 sur le portail ADEME   &lt;a href="https://agirpourlatransition.ademe.fr/" target="_blank"&gt;https://agirpourlatransition.ademe.fr&lt;/a&gt; et/ou de la Région.&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;6 étapes d’accompagnements :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les 6 étapes de l’accompagnement devront être mises en œuvre sur la durée de l&amp;#039;AMI TACCT IDF (24 mois). Avec le lancement d’une première action concrète devant faire l’objet d’une demande d’aide demande d’aide avant le 1ᵉʳ octobre 2025.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Étape #1.&lt;/strong&gt; Prise en main de la démarche TACCT &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #2. &lt;/strong&gt;Accompagnement TACCT  &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #3.&lt;/strong&gt; Priorisation des actions &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #4. &lt;/strong&gt;Formalisation des demandes d&amp;#039;aide financières&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #5. &lt;/strong&gt;Mise en œuvre des premières actions accompagnées par l&amp;#039;AMI TACCT&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étape #6.&lt;/strong&gt; Évaluation des premières actions mises en œuvre &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets devront être en lien avec une ou plusieurs des thématiques d’intervention de l’ADEME : agriculture urbaine, alimentation, mobilité, production d’énergies renouvelables, optimisation de la consommation des ressources et des espaces.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Retrouvez l’ensemble des informations dédiées à cet AMI dont le cahier des charges sur la plateforme Innover pour la Transition : &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/admin/challenges/ami-tacct-idf-edition-2024/challenges/general_editions/edit?lang&amp;#61;fr" target="_blank"&gt;https://www.innoverpourlatransitionecologique.fr/fr/challenges/ami-tacct-idf-edition-2024?lang&amp;#61;fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Je vérifie mon éligibilité&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour un échange préalable au dépôt d&amp;#039;une candidature, les collectivités pourront participer aux webinaires organisés :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;le 9 juillet 2024 entre 15h et 16h&lt;/li&gt;&lt;li&gt;le 13 septembre 2024 de 11h à 12h&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;S&amp;#039;inscrire aux webinaires&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://events.teams.microsoft.com/event/0795b459-dad4-46a6-a9a5-cc48d855f12b&amp;#64;cb6c2492-4a85-4b15-85a1-ed94d47e5849"&gt;Inscription en ligne pour le webinaire du 9 juillet sur le site&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://events.teams.microsoft.com/event/ccdd4708-a333-4316-9302-71d4d46a91a7&amp;#64;cb6c2492-4a85-4b15-85a1-ed94d47e5849"&gt;Inscription en ligne pour le webinaire du 13 septembre sur le site&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-tacct-ile-de-france-edition-2024/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>162590</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer et soutenir le développement des énergies renouvelables citoyennes en Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer et soutenir le développement des énergies renouvelables citoyennes en Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME et la Région Pays de la Loire soutiennent le RECIT (Réseau des énergies citoyennes en Pays de la Loire) qui permet de faire connaitre largement les &lt;strong&gt;principes des énergies renouvelables citoyennes&lt;/strong&gt; (ENRc) et vise ainsi à susciter le développement de ces projets.&lt;/p&gt;&lt;p&gt;Suite à cette première phase de sensibilisation, l’ADEME Pays de la Loire est susceptible d’apporter une aide financière lors des phases d’amorçage dans les territoires et d’émergence pour les porteurs de projet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;À l’initiative et pilotée par une collectivité, une phase d’amorçage peut être soutenue&lt;/strong&gt; afin de constituer un ou plusieurs groupes de citoyens, puis d’accompagner leur montée en compétence.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Portées par la structure porteuse d’un projet citoyen, des prestations peuvent être soutenues&lt;/strong&gt; lors de la phase d’émergence :&lt;ul&gt;&lt;li&gt;Étude de préfaisabilité.&lt;/li&gt;&lt;li&gt;Définition de la stratégie de co-construction, concertation et communication.&lt;/li&gt;&lt;li&gt;Étude de préfiguration de la structure juridique porteuse de la démarche citoyenne.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240229/accelerer-soutenir-developpement-energies-renouvelables-citoyennes-pays</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accelerer-et-soutenir-le-developpement-des-energies-renouvelables-citoyennes-en-pays-de-la-loire/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>161696</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez la réhabilitation et la renaturation de décharges littorales historiques présentant un risque de relargage de déchets en mer</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Résorption des décharges littorales historiques à risque de relargage des déchets en mer</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent dispositif vise à accompagner les porteurs de projets de &lt;strong&gt;réhabilitation de décharges littorales historiques présentant des risques de relargage de déchets en mer&lt;/strong&gt;, pour la réalisation de prestations d’études et de travaux de réhabilitation.&lt;/p&gt;&lt;p&gt;Les prestations éligibles, doivent être conduites suivant la méthodologie nationale applicable aux sites et sols pollués, conformément à la norme NF X31-620 : « Qualité du sol - Prestations de services relatives aux sites et sols pollués ».&lt;/p&gt;&lt;p&gt;Les études éligibles au titre du présent dispositif d’aide correspondent aux domaines A « études, assistance et contrôle » et B « Ingénierie des travaux de réhabilitation » de la norme NF X31-620 : « Qualité du sol - Prestations de services relatives aux sites et sols pollués », et sont plus particulièrement :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;les études de diagnostic :&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;les études préalables constituées des prestations globales INFOS, DIAG et IEM et des prestations élémentaires qui les composent, auxquelles des prestations spécifiques au contexte « décharge » sont ajoutées et doivent être conduites selon les normes en vigueur, ou à défaut les règles de l’art ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les études de définition du projet de réhabilitation : prestation globale PG (Plan de Gestion) de la norme NF X31-620-2 et prestation globale PCT (Plan de Conception des Travaux) de la norme NF X31-620-3. &lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;les études d’accompagnement de projet,&lt;/strong&gt; constituées des prestations d’accompagnement suivantes des normes NF X31-620-2 et NF X31-620-3 :&lt;ul&gt;&lt;li&gt;assistance à maîtrise d’ouvrage pour les prestations études et/ou travaux (prestations globales AMO Études et AMO Travaux) ;&lt;/li&gt;&lt;li&gt;maîtrise d’œuvre des travaux de réhabilitation (prestation globale MOE) constituée de tout ou partie des études de conception (prestations PCT, B120 et B130), de l’assistance aux contrats de travaux (B310), de la direction de l’exécution des travaux (B320) puis de l’assistance aux opérations de réception des travaux (B330). &lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;les travaux de réhabilitation :&lt;/strong&gt; les travaux de réhabilitation des décharges littorales historiques, éligibles au titre du présent dispositif d’aide, sont ceux concourant à l’atteinte des objectifs du programme de réhabilitation, tel que défini à l’issue des études préalables.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce soutien s’inscrit dans le cadre du plan national annoncé par la France lors du Sommet international One Ocean Summit qui s’est tenu à Brest, du 9 au 11 février 2022, en vue de la &lt;strong&gt;résorption en 10 ans des décharges littorales historiques présentant un risque de relargage&lt;/strong&gt; de déchets en mer, en métropole comme en outre-mer.&lt;/p&gt;&lt;p&gt;Ces décharges littorales peuvent être soumises à des aléas naturels tels que les risques de submersion marine, d’inondation, d’érosion, etc.&lt;/p&gt;&lt;p&gt;Ces phénomènes naturels peuvent conduire à une mise à nu et à une remobilisation physique des déchets (régression d’une falaise, érosion du cordon dunaire…), pouvant alors présenter des risques pour la santé humaine et l’environnement. Ces phénomènes sont susceptibles de devenir de plus en plus fréquents en raison du changement climatique, notamment du fait de l’élévation du niveau de la mer. Ces sites présentent donc un risque de relargage de déchets dans le milieu marin, à plus ou moins long terme, accentué par ces phénomènes naturels.&lt;/p&gt;&lt;p&gt;Afin d’atteindre l’objectif de résorption de l’ensemble des décharges littorales historiques à risques, l&amp;#039;État accompagne les maîtres d’ouvrage en vue de leur réhabilitation et de la renaturation des sites. Pour ce faire, l&amp;#039;État mobilise ses opérateurs (BRGM, CEREMA, ADEME, Conservatoire du littoral), ses services centraux (DGALN, DGPR) et déconcentrés (DREAL, DIRM, DDTM), afin de mettre en œuvre un plan ambitieux de résorption des décharges littorales historiques. En particulier, un fonds de soutien dédié a été créé, dont la gestion a été confiée à l’ADEME et fait l’objet du présent dispositif.&lt;/p&gt;&lt;p&gt;Plus d&amp;#039;informations sur le plan national de résorption des décharges littorales sur les sites : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.ecologie.gouv.fr/dechets-marins#scroll-nav__2"&gt;MTECT&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.georisques.gouv.fr/articles-risques/pollutions-sols-sis-anciens-sites-industriels/decharges-littorales"&gt;BRGM&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.cerema.fr/fr/plan-national-resorption-decharges-littorales"&gt;CEREMA&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Pour découvrir en détail le plan : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.dailymotion.com/video/x8puhwe"&gt;Vidéo&lt;/a&gt; présentant le déroulé d&amp;#039;un projet&lt;/li&gt;&lt;li&gt;&lt;a href="https://cartagene.cerema.fr/portal/apps/dashboards/ed0fd6a2d90d4706a5a6fc2634339b30" target="_blank"&gt;Tableau de suivi&lt;/a&gt; du plan national publié par le CEREMA&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/resorption-des-decharges-littorales-historiques-a-risque-de-relargage-des-dechets-en-mer/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>161697</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises et les collectivités dans la mise en place de leur toiture ou ombrière solaire photovoltaïque en ACI, base de la valorisation du surplus en ACC</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour de l’autoconsommation électrique photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ACI : Autoconsommation individuelle&lt;br /&gt;ACC : Autoconsommation collective&lt;/p&gt;&lt;p&gt;Quand la consommation électrique de vos bâtiments, de vos équipements intervient essentiellement de jour, il peut être intéressant pour vous d’étudier la faisabilité de &lt;strong&gt;couvrir une partie de cette consommation au moyen d’électricité solaire photovoltaïque&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les prestations externes d’études de faisabilité à hauteur de 60 % dans la limite de 100 k€ d’assiette. Cette aide peut être portée à &lt;strong&gt;70 % pour des moyennes entreprises&lt;/strong&gt; au sens européen et à &lt;strong&gt;80 % pour des petites entreprises&lt;/strong&gt; ou bénéficiaires dans le cadre d’une « activité non économique ».&lt;/p&gt;&lt;p&gt;Nota : « Bénéficiaire dans le cadre d’une activité non économique » signifie une structure qui :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soit n’exerce pas d’activité consistant à offrir à autrui des biens ou des services.&lt;/li&gt;&lt;li&gt;Soit, bien qu’exerçant une activité consistant à offrir à autrui des biens ou des services, ne se trouve pas sur un marché concurrentiel. Tel est le cas notamment de bénéficiaires qui disposent d’un monopole de droit (par exemple les autorités exerçant des prérogatives de puissances publiques comme l’armée, la police, la surveillance antipollution) ou de fait (technique ou géographique).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité sujette à la présente aide ADEME, concerne &lt;strong&gt;l&amp;#039;évaluation et l&amp;#039;analyse du potentiel d&amp;#039;un projet&lt;/strong&gt; (technique, économique, sociale, environnementale, juridique, etc.), qui visent à soutenir le processus décisionnel en révélant de façon objective et rationnelle les forces et les faiblesses du projet, ainsi que les perspectives et les menaces qu&amp;#039;il suppose, et qui précisent les ressources nécessaires pour le mener à bien, et en évaluent, en définitive, les chances de succès…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_06_94_975_987</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-lautoconsommation-electrique-photovoltaique</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-de-lautoconsommation-electrique-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>161700</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet pour faire avancer la recherche en appui à la Transition énergétique et environnementale ?     Notre dispositif peut vous aider. &lt;strong&gt;Il s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME finance des projets de RDI qui lui sont directement soumis hors appels à projet, dans la mesure où &lt;strong&gt;les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant d’appels à projets compétitifs proposés par l’ADEME ou d’autres financeurs de la recherche&lt;/strong&gt; (retrouvez la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr"&gt;appels à projets de recherche en France&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;L’éligibilité de vos  projets, hors appels à projets compétitifs, est jugée au cas par cas.&lt;/p&gt;&lt;p&gt;Les objectifs de      l’ADEME sont de bien &lt;strong&gt;qualifier leur pertinence&lt;/strong&gt; au regard des priorités de recherche et innovation inscrites dans sa stratégie RD 2021-2027, et de s’assurer de la &lt;strong&gt;qualité scientifique&lt;/strong&gt; de la proposition afin d’évaluer l’aide financière qui pourrait être apportée.&lt;/p&gt;&lt;p&gt;Veuillez prendre contact avec l’ADEME avant tout dépôt de dossier.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/projets-recherche-developpement-innovation-rdi</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-developpement-ou-innovation-rdi/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>161703</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de reconversion de friches par le financement d’études et de travaux de dépollution, dans le respect de la méthodologie nationale de gestion des sites et sols</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux de dépollution d'une friche - Fonds vert</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La reconquête des friches est essentielle pour concilier aménagement des villes et des territoires et trajectoire de Zéro Artificialisation Nette (ZAN). Elle nécessite un besoin de connaissance et d’anticipation à toute les échelles du projet. Pour cela, l’ADEME accompagne les acteurs publics et privés dans les démarches territoriales et dans la conduite de projet de reconversion de friches polluées, ou à risque de pollution, grâce à deux dispositifs financiers :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études pour l’intégration des friches dans les démarches territoriales&lt;/li&gt;&lt;li&gt;Études et travaux de dépollution d’une friche - Fonds vert&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;Études pour l&amp;#039;&lt;strong&gt;intégration des friches dans les démarches territoriales&lt;/strong&gt;&lt;br /&gt;Pour &lt;strong&gt;anticiper la prise en compte des risques de pollution&lt;/strong&gt;, l’ADEME soutient des études pour&lt;strong&gt; inventorier&lt;/strong&gt; les friches, &lt;strong&gt;identifier le risque&lt;/strong&gt; de pollution, &lt;strong&gt;déterminer les potentiels de mutabilité&lt;/strong&gt; et &lt;strong&gt;planifier les reconversions&lt;/strong&gt; à l’échelle du territoire.&lt;/li&gt;&lt;li&gt;Études et travaux de &lt;strong&gt;dépollution d’une friche - Fonds vert&lt;/strong&gt;&lt;br /&gt;Le processus de reconversion d’une friche implique un préalable fondamental de connaissance de l’état de pollution, afin de &lt;strong&gt;définir des stratégies de gestion de la pollution adaptées&lt;/strong&gt; à l’usage et au projet prévu, conformément à la méthodologie nationale de gestion des sites et sols pollués. L’ADEME soutient la réalisation de ces études, qui font l’objet de prestations codifiées par la norme NF X 31-620, et d’un référentiel de certifications des bureaux d’études (LNE SSP). Pour vous aider dans la définition de votre besoin d’études et la commande des prestations associées, l’ADEME vous propose des recommandations, que vous retrouverez dans un document téléchargeable à la rubrique « Aide aux études - Cahier des charges ».&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME soutient également la &lt;strong&gt;mise en œuvre des mesures de gestion&lt;/strong&gt; (dépollution, mise en place de dispositions constructives, etc.) retenues à l’issue des phases d’étude décrites ci-dessus. Ce soutien s’inscrit dans le cadre du fonds vert et &lt;strong&gt;concerne uniquement les friches issues d’anciens site ICPE&lt;/strong&gt; (Installations classées pour la protection de l&amp;#039;environnement) &lt;strong&gt;ou relevant du Code minier&lt;/strong&gt;. Selon les besoins opérationnels, les &lt;strong&gt;travaux de déconstruction et désamiantage&lt;/strong&gt; de bâtiments, et de &lt;strong&gt;restauration écologique des sols&lt;/strong&gt; peuvent également être soutenus.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-travaux-depollution-dune-friche-fonds-vert</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-de-depollution-dune-friche-fonds-vert/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>161704</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements de traitement et de valorisation (désemballage/déconditionnement, hygiénisation, compostage sur plate-forme collective)</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des biodéchets des acteurs économiques</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME accompagne les acteurs économiques dans la &lt;strong&gt;gestion des biodéchets&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’aide concerne&lt;strong&gt; les opérateurs privés&lt;/strong&gt; de traitement de biodéchets. &lt;/p&gt;&lt;p&gt;Aujourd’hui, l’&lt;strong&gt;obligation de trier à la source les biodéchets&lt;/strong&gt; concerne&lt;strong&gt; &lt;/strong&gt;tous les producteurs et &lt;strong&gt;y compris aux biodéchets des ménages&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME aide les opérateurs privés qui prennent en charge les biodéchets.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ils peuvent être aidés pour la réalisation :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;d’installation&lt;/strong&gt; de désemballage et/ou déconditionnement&lt;/li&gt;&lt;li&gt;&lt;strong&gt;d’hygiénisation&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;de création&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;ou &lt;strong&gt;d’adaptation de plate-forme de compostage&lt;/strong&gt; (&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-methanisation-injection-cogeneration-chaleur"&gt;un dispositif spécifique existe par ailleurs pour la méthanisation&lt;/a&gt;)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide de l&amp;#039;ADEME aux investissements peut aller jusqu’à 60 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/gestion-biodechets-acteurs-economiques</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gestion-des-biodechets-des-acteurs-economiques/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>161705</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide pour financer votre audit énergétique indispensable pour établir une stratégie énergétique au service de la performance de votre entreprise</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Audit énergétique en industrie</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face au défi climatique, maîtriser son énergie est devenu stratégique.&lt;/p&gt;&lt;p&gt;L&amp;#039;audit énergétique fournit &lt;strong&gt;des éléments concrets pour agir à court et moyen termes&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Identification      des dépenses énergétiques.&lt;/li&gt;&lt;li&gt;Préconisation      des actions les plus efficaces et rentables à mener pour mieux gérer ses      sources énergétiques.&lt;/li&gt;&lt;li&gt;Hiérarchisation      des actions en fonction du temps de retour sur investissement et de la      facilité de leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Des démarches qui offrent notamment pour bénéfices &lt;strong&gt;10 à 20&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;% d&amp;#039;&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;conomie sur un site en moyenne&lt;/strong&gt; et des bases solides pour la mise en œuvre d&amp;#039;un Système de Management de l&amp;#039;énergie (SMé).&lt;/p&gt;&lt;p&gt;Pour vous guider, vous pouvez retrouver toute la méthodologie de l&amp;#039;audit dans la norme NF EN 16247 version 2022.&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME peut prendre en charge les coûts de vos audits énergétiques à hauteur de :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;60 % maximum pour les      grandes entreprises (hors audits obligatoires)&lt;/li&gt;&lt;li&gt;70 % maximum pour les      moyennes entreprises&lt;/li&gt;&lt;li&gt;80 % maximum pour les      petites entreprises&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les dépenses éligibles sont plafonnées à :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;50 000 € pour les études de      diagnostic&lt;/li&gt;&lt;li&gt;100 000 € pour les études      d&amp;#039;accompagnement de projet&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Quelles sont les étapes d&amp;#039;un audit énergétique ?&lt;br /&gt;&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Choisissez      l&amp;#039;auditeur énergétique&lt;/strong&gt; qui va vous accompagner. Le bureau d&amp;#039;études doit être qualifié (OPQIBI 1717 ou équivalent) ; les compétences requises sont détaillées      dans la norme NF EN 16247-5.&lt;/li&gt;&lt;li&gt;Aux      côtés de l&amp;#039;auditeur, vous définissez les &lt;strong&gt;objectifs&lt;/strong&gt; de l&amp;#039;audit ainsi que son &lt;strong&gt;périmètre&lt;/strong&gt; (site, atelier ou process).&lt;/li&gt;&lt;li&gt;De      nombreux paramètres sont examinés au sein de votre entreprise (les      conditions d&amp;#039;exploitation des équipements ou le comportement du personnel      par exemple). &lt;strong&gt;Un état des lieux complet de vos      consommations&lt;/strong&gt; est ainsi réalisé afin que vous ayez      une vision précise de votre      situation énergétique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les      pistes d&amp;#039;amélioration sont identifiées&lt;/strong&gt;, ainsi que les gains économiques associés et      le temps de retour sur investissement. Vous pouvez alors définir un plan      d&amp;#039;actions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Hiérarchisez&lt;/strong&gt; et &lt;strong&gt;planifiez les actions&lt;/strong&gt; en fonction de leur faisabilité et de leur temps de retour sur      investissement.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/audit-energetique-industrie</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/audit-energetique-en-industrie/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>161709</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné financièrement dans la réalisation de votre projet de Système Solaire Combiné (SSC)</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Installations de systèmes solaires combinés</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;     réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement :&lt;/strong&gt; étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de Systèmes Solaires Combinés (SSC) éligibles au Fonds Chaleur sont des installations de production de chaleur collective (chauffage et eau chaude sanitaire) avec des capteurs solaires thermiques dans lesquels circulent un fluide caloporteur. Celles-ci peuvent être réalisées sur des bâtiments neufs ou en rénovation, à destination de tout type de bâtiments ayant des usages durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-systemes-solaires-combines/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>161710</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez votre projet de Pompe à Chaleur (PAC) solaire grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Installation de pompes à chaleur solaire pour la production d’eau chaude </t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin :&lt;/strong&gt; réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins :&lt;/strong&gt; raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale : &lt;/strong&gt;étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les installations de pompes à chaleur (PAC) solaires éligibles au Fonds Chaleur sont les opérations de production d&amp;#039;eau chaude sanitaire (ECS) à destination de logement collectif et des secteurs Tertiaire, Industrie et Agriculture comprenant les établissements ayant des usages ECS durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-pompes-a-chaleur-solaire-pour-la-production-deau-chaude/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>161711</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement d'un audit d'installation solaire thermique et du chantier de réhabilitation associé, pour des collectivités, entreprises ou associations</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Audit et réhabilitation d'installations solaires thermiques collectives</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un financement pour votre audit ainsi que les travaux de réhabilitation.&lt;/p&gt;&lt;p&gt;Préalablement à votre projet de réhabilitation, un audit est nécessaire pour qualifier les problèmes rencontrés sur l’installation puis &lt;strong&gt;établir et chiffrer les actions correctives&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide intègre également &lt;strong&gt;un financement des travaux&lt;/strong&gt; et se conclut par &lt;strong&gt;la signature d’un contrat d’exploitation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités pratiques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1ʳᵉ étape :&lt;/strong&gt; consultez des prestataires d’études sur la base du cahier des charges proposé par l’ADEME dans le document C.E.F. précédent. Présélectionnez une offre mais à ce stade ne vous engagez pas et ne signez pas de commande.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;2ᵉ étape : &lt;/strong&gt;déposez une demande d’aide en joignant la proposition technique et financière du prestataire d’études, ainsi que les pièces à déposer listées ci-dessous. Indiquez bien les dépenses prévisionnelles pour l&amp;#039;audit, la maitrise d&amp;#039;œuvre éventuelle et le montant de l&amp;#039;enveloppe travaux allouée à la réhabilitation.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_32_44_52_53_75_76_84_94</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/audit-rehabilitation-dinstallations-solaires-thermiques-collectives</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/audit-et-rehabilitation-dinstallations-solaires-thermiques-collectives/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>161712</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre d’un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre d’un schéma directeur des énergies</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les collectivités territoriales sont des acteurs clés dans l’atteinte des &lt;strong&gt;objectifs de transition énergétique&lt;/strong&gt;. Elles sont&lt;strong&gt; au cœur du processus de transition&lt;/strong&gt; à travers leurs décisions en matière d’énergie mais aussi d’aménagement, d’urbanisme, de mobilité, de gestion des déchets et de l’eau, des thématiques intimement liées. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Leurs actions doivent notamment reposer sur des &lt;strong&gt;choix énergétiques pertinents et éclairés&lt;/strong&gt;, pour élaborer un &lt;strong&gt;mix énergétique local sobre en carbone&lt;/strong&gt;. Ces choix doivent prendre en compte les potentiels de développement d’énergies renouvelables mais aussi des scenarii d’évolution des différents usages présents sur les territoires. &lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Schéma Directeur des Énergies &lt;/strong&gt;est un outil indispensable pour coordonner ces actions, ciblant aussi bien la production, la consommation et la distribution d’énergie.&lt;/p&gt;&lt;p&gt;Guide méthodologique : « &lt;a target="_blank" href="https://librairie.ademe.fr/changement-climatique-et-energie/749-schema-directeur-des-energies-le-9791029713859.html"&gt;Le Schéma directeur des énergies, conjuguer mix énergétique, planification territoriale et urbaine&lt;/a&gt; ».&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mise-en-oeuvre-dun-schema-directeur-des-energies/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>161715</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Demander du soutien financier pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux investissements pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation (RRR) &lt;strong&gt;allongent la durée de vie des produits&lt;/strong&gt; et participent à la &lt;strong&gt;réduction de la consommation de ressources&lt;/strong&gt; et de la &lt;strong&gt;production de déchets &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’un million de tonnes de produits sont réemployés ou réutilisés chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de structures spécialisées dans la deuxième vie des produits est en constante progression.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une &lt;strong&gt;information du consommateur&lt;/strong&gt; sur la &lt;strong&gt;réparabilité&lt;/strong&gt; et l’&lt;strong&gt;aptitude au réemploi ou à la réutilisation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;    Pour accompagner ces politiques, l’ADEME peut soutenir les investissements dans vos équipements dédiés au réemploi-réutilisation et remise en état pour donner une deuxième vie aux objets et matériaux cédés ou jetés. Le taux d’aide peut atteindre au maximum 60 % des dépenses éligibles. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-investissements-reemploi-reutilisation-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>161722</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans l’investissement et la mise en œuvre de la tarification incitative sur l’usage du service public des déchets ou de la diffusion de l’information</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Financement à l’investissement et/ou à la mise en œuvre de la tarification incitative du service public des déchets</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La tarification incitative de votre service public des déchets diminue l’impact environnemental de votre collectivité. Pour ce faire, l’ADEME a mis en place une aide qui facilite votre transition.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est forfaitaire et contribue à la &lt;strong&gt;réalisation par la collectivité des actions préparatoires&lt;/strong&gt; de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création du fichier des usagers et/ou distribution des contenants&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la communication&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la mobilisation du personnel&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la création ou adaptation de la grille tarifaire&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la réalisation d’essais sur une zone test&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour la mise en œuvre de la &lt;strong&gt;tarification incitative&lt;/strong&gt;, elle s’élève jusqu’à 12 € par habitant.&lt;br /&gt;Pour la mise en œuvre de l’&lt;strong&gt;information individuelle sur l’usage&lt;/strong&gt;, elle s’élève jusqu’à 5 € par habitant.&lt;/p&gt;&lt;p&gt;Il existe aussi une aide sur les équipements.&lt;br /&gt;Pour les équipements permettant le suivi des services ainsi que ceux exigés par l’application d’une grille tarifaire, l’aide peut aller jusqu’à 60 % des dépenses éligibles.&lt;/p&gt;&lt;p&gt;Cette &lt;strong&gt;aide sur les équipements&lt;/strong&gt; concerne :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les puces sur bacs&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les tambours d’identification sur points d’apport collectif&lt;br /&gt;&lt;/li&gt;&lt;li&gt;l’informatique embarquée&lt;/li&gt;&lt;li&gt;les logiciels&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financement-a-linvestissement-et-ou-a-la-mise-en-oeuvre-de-la-tarification-incitative-du-service-public-des-dechets/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>161723</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la réalisation d'une étude préalable pour la mise en œuvre ou l’extension de la tarification incitative</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Étude préalable à l'instauration ou à l'extension de la tarification incitative pour la gestion de déchets</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Avec la tarification incitative, le montant de la taxe ou de la redevance d’enlèvement des ordures ménagères varie en fonction de la quantité de déchets produits.&lt;/p&gt;&lt;p&gt;Son objectif est de &lt;strong&gt;réduire la production de déchets&lt;/strong&gt; des usagers, d’&lt;strong&gt;améliorer les performances de collecte séparée&lt;/strong&gt; et également de &lt;strong&gt;maîtriser les coûts de gestion&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;La majorité des collectivités l’ayant mise en œuvre observe une &lt;strong&gt;baisse de 30 à 50 % de la quantité d’ordures ménagères&lt;/strong&gt; résiduelles collectée.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous apporter une subvention allant jusqu’à 80 % du montant de votre étude préalable.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-prealable-a-linstauration-ou-a-lextension-de-la-tarification-incitative-pour-la-gestion-de-dechets/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>161726</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser la matière et l'énergie renouvelable, l'ADEME vous accompagne financièrement dans la création, l’extension ou à la modernisation d’un centre de tri de déchets</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Création, extension ou modernisation d’un centre de tri de déchets et valorisation de la matière</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de &lt;strong&gt;préparer à la valorisation matière ou énergétique des déchets&lt;/strong&gt; issus de collecte séparée. &lt;/p&gt;&lt;p&gt;Le parc actuel des centres de tri comprend environ 450 installations pour 7 millions de tonnes de capacité de tri (tous déchets non dangereux et non inertes confondus).&lt;/p&gt;&lt;p&gt;L’ADEME compte le développer afin de &lt;strong&gt;répondre aux objectifs ambitieux de deux lois&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La loi de transition énergétique pour la croissance verte (LTECV).&lt;/li&gt;&lt;li&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour faciliter la poursuite de cet objectif, l’ADEME accompagne les collectivités ou les acteurs privés porteurs de &lt;strong&gt;projets de centres de tri et de préparation pour une valorisation matière et énergie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_977_978</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/creation-extension-modernisation-dun-centre-tri-dechets-valorisation-matiere</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-et-valorisation-de-la-matiere/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>161727</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné pendant 4 ans dans la mise en œuvre de sa démarche Territoire Engagé Transition Écologique</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Écologique - Accompagnement des collectivités par un conseiller</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs, &lt;strong&gt;un programme d&amp;#039;accompagnement&lt;/strong&gt;, &lt;strong&gt;une animation&lt;/strong&gt;, &lt;strong&gt;un parcours de labellisation&lt;/strong&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;strong&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/strong&gt; ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités      qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>161731</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Former et accompagner les industriels dans leur démarche de décarbonation. Il s’agit de faciliter le passage à l’action vers des investissements</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>PACTE Industrie - Parcours Accompagnement et Compétences pour la Transition Énergétique de l’Industrie</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le programme PACTE Industrie propose des études et coachings sur plusieurs thématiques :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Management de l&amp;#039;énergie&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des études d’opportunités d’évolution du mix énergétique, pour étudier les différents leviers à actionner (efficacité énergétique, récupération de chaleur fatale, énergies renouvelables, ou encore électrification et hydrogène), à l’échelle du site industriel.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: audit énergétique de moins de 4 ans ou revue énergétique de moins de 3 ans.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20Etude%20d%27opportunit%C3%A9%20mix%20%C3%A9nerg%C3%A9tique%20-%20Cahier%20des%20charges.pdf"&gt;Cahier des charges études d&amp;#039;opportunité mix énergétique&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Des &lt;a target="_blank" href="https://pro-smen.org"&gt;primes PRO-SMEn&lt;/a&gt; pour mettre en place la norme ISO 50 001 (Système de management de l’énergie).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Stratégie de décarbonation&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des accompagnements pour élaborer une stratégie de décarbonation ambitieuse et le plan de transition associé (ACT pas à pas), à l’échelle du groupe. &lt;br /&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: Bilan GES de moins de 2 ans qui couvre toutes les sources importantes d’émissions de GES.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20ACT%20Pas%20%C3%A0%20Pas%20-%20M%C3%A9thodologie.pdf"&gt;Méthodologie ACT pas à pas&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des accompagnements pour élaborer une Trajectoire d’Investissements Bas Carbone (TIBC) à l’échelle du groupe qui permettent de fournir un chiffrage des enjeux financiers et l’estimation des gains d’émissions de gaz à effet de serre associés.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis&lt;/strong&gt; : audit énergétique et bilan GES au moins scope 1 et 2.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Point important&lt;/strong&gt; : des études d’opportunités d’évolution du mix énergétique seront à mener en parallèle de ces travaux.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20STIBC%20-%20Cahier%20des%20charges.pdf"&gt;Cahier des charges trajectoires d&amp;#039;investissements bas carbone&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des accompagnements combinant les deux approches précédentes, intitulés « Stratégie et Trajectoire d&amp;#039;investissements bas carbone (STIBC) » et permettant de construire des stratégies et trajectoires d’investissements bas carbone à l’échelle du groupe industriel. Ils structurent la vision, la stratégie de décarbonation, le plan de transition associé et apporte une aide dans la priorisation des investissements.&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Prérequis &lt;/strong&gt;: prérequis et points importants des démarches ACT pas à pas et Trajectoire d&amp;#039;Investissements Bas Carbone.&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/PACTE%20Industrie%20-%20STIBC%20-%20Cahier%20des%20charges.pdf"&gt;Cahier des charges trajectoires d&amp;#039;investissements bas carbone&lt;/a&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Des études pour évaluer l’ambition d’une stratégie de décarbonation et son alignement au regard des objectifs de l’Accord de Paris (ACT évaluation).&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://actinitiative.org/act-methodologies/"&gt;Méthodologies ACT évaluation&lt;/a&gt; (en anglais).&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Financement de la transition&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des accompagnements / coachings pour les projets d’investissement bas carbone qui permettent de construire le plan de financement des investissements. Pour un projet, le coach accompagnera le directeur financier dans la définition des modes de financement, dans l&amp;#039;identification des arguments clés pour convaincre les financeurs, ou encore dans l&amp;#039;analyse des risques technico-économiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les accompagnements relatifs aux projets d’investissement et les cahiers des charges associés seront disponibles au premier semestre 2024.&lt;/p&gt;&lt;p&gt;Cette page concerne &lt;strong&gt;uniquement les demande d&amp;#039;aides pour les études et coachings prévus dans PACTE Industrie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Pour les formations et pour en savoir plus sur ce programme, vous pouvez &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/demarche-decarbonation-industrie/pacte-industrie"&gt;consulter la page suivante&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le parcours décarbonation d&amp;#039;un industriel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME vous propose un parcours de décarbonation de l’industrie en 4 étapes pour réduire vos émissions de gaz à effet de serre. En fonction de votre maturité, trouvez les aides qui vous correspondent :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;Faire un état des lieux pour connaitre votre situation et identifier les pistes d’actions : &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/audit-energetique-industrie"&gt;les audits énergétiques en industrie&lt;/a&gt; ; et les bilans GES avec les Diag Décarbon&amp;#039;action de BPI France.&lt;/li&gt;&lt;li&gt;Structurer votre démarche à court-moyen-long terme sur les volets énergie, stratégie et financement à travers &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/pacte-industrie-parcours-accompagnement-competences-transition-energetique-0"&gt;PACTE Industrie&lt;/a&gt;.&lt;/li&gt;&lt;li&gt;Investiguer et consolider vos projets par des &lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/etudes-faisabilite-performance-energetique-decarbonation-dentreprises"&gt;études de faisabilité de performance énergétique ou de décarbonation&lt;/a&gt; ; et les &lt;a target="_blank" href="https://expertises.ademe.fr/energies/energies-renouvelables-enr-production-reseaux-stockage/passer-a-laction/produire-chaleur/fonds-chaleur-bref"&gt;différentes études Fonds Chaleur&lt;/a&gt;.&lt;/li&gt;&lt;li&gt;Investir dans des solutions via les aides de l’ADEME : Fonds Chaleur et Fonds Décarbonation de l’Industrie notamment.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/pacte-industrie-parcours-accompagnement-competences-transition-energetique</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pacte-industrie-parcours-accompagnement-et-competences-pour-la-transition-energetique-de-lindustrie/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>161736</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un soutien financier à la réalisation de groupes de projets ayant recours à de la chaleur d'origine renouvelable et de récupération</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un &lt;strong&gt;financement pour développer les énergies   renouvelables thermiques et de récupérations&lt;/strong&gt; sur votre territoire ou votre   patrimoine.&lt;/p&gt;&lt;p&gt;Vous êtes une organisation (collectivité, entreprise ou association)   souhaitant vous engager sur le développement maîtrisé des EnR&amp;amp;R thermiques   sur votre territoire ou sur votre patrimoine ? Le Contrat Chaleur Renouvelable se présente sous la forme d&amp;#039;un contrat unique qui permet de &lt;strong&gt;financer un groupe de projets&lt;/strong&gt; qui, pris singulièrement, peuvent ne pas être éligibles au Fonds Chaleur. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, ce contrat permet de passer par &lt;strong&gt;une seule candidature pour un ensemble de projets toutes filières EnR&amp;amp;R thermiques confondues&lt;/strong&gt; et à différentes phases, de l’étude du potentiel au suivi de l’installation.&lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable patrimonial, d’une durée maximale de 6 ans, vous permet de bénéficier d’aides financières   sur les études et les investissements pour développer des projets EnR&amp;amp;R thermiques sur votre propre patrimoine. &lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable territorial, d&amp;#039;une durée de 4 ans, vous permet de développer des projets d&amp;#039;EnR&amp;amp;R thermiques sur votre territoire via des &lt;strong&gt;aides à l&amp;#039;investissement et aux études&lt;/strong&gt;. Il vous permet également de bénéficier d’une &lt;strong&gt;aide à l’animation   territoriale&lt;/strong&gt; destinée à faire émerger les projets et à accompagner les   porteurs de projets.&lt;/p&gt;&lt;p&gt;Vous pouvez retrouver l&amp;#039;ensemble des conditions d’éligibilités et de financement de chaque filière EnR&amp;amp;R éligible au Contrat Chaleur Renouvelable sur les pages agir suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid"&gt;Réseau de chaleur&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude" rel="noreferrer noopener"&gt;Pompe à chaleur solaire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines" rel="noreferrer noopener"&gt;Système solaire combiné&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Production d‘eau chaude via le solaire thermique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Récupération de chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/contrat-chaleur-renouvelable</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>161737</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la mise en œuvre d’actions structurantes pour améliorer la qualité de l'air</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration de la qualité de l’air dans les territoires PPA ou en dépassements récents</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME accompagne les projets permettant une amélioration de la qualité de l’air extérieur. &lt;/p&gt;&lt;p&gt;Les actions soutenues par l&amp;#039;ADEME viseront une réduction de NO₂, de particules PM10, PM2.5 ou d&amp;#039;O₃ mais pourront aussi concerner d’autres polluants réglementés (COVNM (composés organiques volatil non méthanique), SO₂, HAP (Hydrocarbure aromatique polycyclique)).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets jugés prioritaires seront ceux s&amp;#039;insérant dans un &lt;strong&gt;programme d&amp;#039;actions structuré visant à améliorer la qualité de l&amp;#039;air&lt;/strong&gt; sur le territoire (par exemple : programmation pluriannuelle, reproductibilité, objectifs clairement définis..). Les &lt;strong&gt;gains attendus sur la qualité de l&amp;#039;air&lt;/strong&gt; (NO₂, particules, ozone et autres polluants réglementés) seront clairement définis au regard de la situation du territoire.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les projets suivants :&lt;br /&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des &lt;strong&gt;études permettant d’aboutir à une mise en œuvre opérationnelle d’actions&lt;/strong&gt; permettant de réduire les émissions de polluants atmosphériques réglementés pour les zones concernées.&lt;/li&gt;&lt;li&gt;De la &lt;strong&gt;communication, animation, sensibilisation&lt;/strong&gt; intégrant les changements pérennes de pratiques.&lt;/li&gt;&lt;li&gt;Certains &lt;strong&gt;investissements&lt;/strong&gt; comme ceux relatifs à l&amp;#039;électrification des navires à quai, aux alternatives au brûlage des déchets verts ou ceux permettant d&amp;#039;atteindre un niveau de réduction en polluants (au delà du niveau réglementaire). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets pourront concerner notamment les thématiques (liste non exhaustive) :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;Combustion de      biomasse&lt;/strong&gt; : &lt;ul&gt;&lt;li&gt;réduction des émissions des chaufferies existantes au-delà      de la réglementation, notamment celles dépourvues de systèmes de      filtration&lt;/li&gt;&lt;li&gt;alternatives au brûlage à l’air libre des déchets verts&lt;/li&gt;&lt;li&gt;chauffage domestique au bois : campagnes      d’animation/sensibilisation/communication vers les particuliers et/ou      professionnels non lié à la mise en place d’un fonds Air-Bois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mobilité&lt;/strong&gt; : active, partagée, report modal…&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Transports &lt;/strong&gt;: routier, maritime, fluvial, logistique, électrification de navires/bateaux de transport de marchandises ou voyageurs pour un branchement à quai…&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Industrie&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Agriculture.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Sensibilisation, accompagnement au changement de comportement&lt;/strong&gt; des particuliers.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide n’est pas systématique et dépendra de l’impact du projet sur la réduction des émissions de polluants et des disponibilités budgétaires.&lt;/p&gt;&lt;p&gt;Nous vous conseillons de vous rapprocher de la Direction Régionale dont vous dépendez pour vérifier si vous êtes sur un territoire éligible et si  votre projet rentre bien dans ce dispositif d&amp;#039;aide. Le cas échéant, vous pourrez être orienté vers un autre financement. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_11_28_44_76_84_93</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/amelioration-qualite-lair-territoires-ppa-depassements-recents</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en-depassements-recents/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>161739</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Tremplin pour la transition écologique des PME</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>161740</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux actions ponctuelles</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-actions-ponctuelles</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>161743</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement d'études pour inventorier les friches industrielles, identifier le risque de pollution, déterminer les potentiels de mutabilité</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Études pour l'intégration des friches dans les démarches territoriales</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La reconquête des friches est essentielle pour l’aménagement durable des territoires et pour tendre vers l’objectif de Zéro Artificialisation Nette (ZAN). La mise en œuvre de cette reconquête des friches nécessite un &lt;strong&gt;besoin de connaissance et d’anticipation&lt;/strong&gt; à toutes les étapes du projet.&lt;/p&gt;&lt;p&gt;L’ADEME accompagne les acteurs publics et privés dans les démarches territoriales et dans la conduite de projet de reconversion de friches polluées grâce à deux dispositifs financiers :&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Études pour l’intégration des friches dans les démarches territoriales (ce dispositif)&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Études préalables et travaux de dépollution d’une friche - Fonds vert&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME accompagne en premier lieu  les collectivités territoriales en charge de la planification territoriale qui ont l’ambition d’intégrer les friches à risque de pollution ou polluées dans leur projet de territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Selon votre besoin, les prestations éligibles peuvent être :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;démarches d&amp;#039;inventaire&lt;/strong&gt; dont Inventaire Historique Urbain (IHU) pour identifier et localiser les anciens sites industriels à risque de pollution à l&amp;#039;échelle des territoires, ou des quartiers pour par exemple les intégrer dans les documents d&amp;#039;urbanisme.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;création d’un observatoire&lt;/strong&gt; des friches pour mieux connaître les fonciers à risque de pollution, les caractériser dans leurs contextes, mettre en place une stratégie foncière, prioriser les projets de reconversion pour les remettre sur le marché.&lt;/li&gt;&lt;li&gt;La détermination des potentiels de mutabilité pour&lt;strong&gt; évaluer les possibles changements d&amp;#039;usages.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;La réalisation du &lt;strong&gt;fond pédo-géochimique&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;études dont l&amp;#039;objectif est d&amp;#039;intégrer la multifonctionnalité des sols&lt;/strong&gt; dans les démarches territoriales.&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;études écologiques et paysagères&lt;/strong&gt; (hors études d&amp;#039;impacts réglementaire) sur les périmètres des zones protégées et zones de continuités écologiques.&lt;/li&gt;&lt;li&gt;Les études historiques, documentaires et de vulnérabilité afin d’élaborer un schéma conceptuel et, le cas échéant, un programme prévisionnel d’investigations (&lt;strong&gt;prestations INFOS codification selon la norme NF X31-620-2).&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Les études pour savoir si un site relève ou non de la méthodologie nationale de gestion des sites et sols pollués (prestations &lt;strong&gt;LEVE codification selon la norme NF X31-620-2).&lt;br /&gt;Les études pour caractériser les pollutions (substances, concentrations, profondeurs, étendues,...) (prestations D&lt;strong&gt;IAG codification selon la norme NF X31-620-2)&lt;/strong&gt;.&lt;br /&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En savoir plus sur les &lt;a target="_blank" href="https://ssp-infoterre.brgm.fr/fr/guide/donneur-ordre"&gt;prestations normalisées&lt;/a&gt; et sur la &lt;a target="_blank" href="https://www.ecologie.gouv.fr/sites-et-sols-pollues"&gt;politique publique de gestion des sites pollués&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-lintegration-friches-demarches-territoriales</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-lintegration-des-friches-dans-les-demarches-territoriales/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>161744</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement d'études de faisabilité de performance énergétique ou de décarbonation d'entreprises industrielles</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité de performance énergétique ou de décarbonation d'entreprises industrielles</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude de faisabilité apporte au porteur de projet les &lt;strong&gt;éléments techniques, économiques, réglementaires et environnementaux&lt;/strong&gt; lui permettant de &lt;strong&gt;se positionner sur la faisabilité d’une opération d’efficacité énergétique&lt;/strong&gt; ou, plus globalement, de &lt;strong&gt;décarbonation&lt;/strong&gt; de ses procédés et utilités industriels. &lt;/p&gt;&lt;p&gt;L’étude de faisabilité fait notamment suite à une solution identifiées lors d’un audit énergétique ou une étude d’opportunité et permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De vérifier la &lt;strong&gt;faisabilité technique et économique&lt;/strong&gt; du projet.&lt;/li&gt;&lt;li&gt;De &lt;strong&gt;proposer des solutions techniques adaptées&lt;/strong&gt; au contexte et aux possibilités qu’offre le site.&lt;/li&gt;&lt;li&gt;D&amp;#039;étudier les solutions en matière de &lt;strong&gt;montage financier et juridique&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La décarbonation des procédés et des utilités doit s’inscrire dans une démarche cohérente qui se décline en cinq étapes successives :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Sobriété &lt;ol&gt;&lt;li&gt;Le changement de comportement est le levier le moins coûteux et le plus impactant pour réduire les consommations et baisser les émissions de gaz à effet de serre.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Modification du mix matières&lt;ol&gt;&lt;li&gt;Efficacité matière via l’incorporation de Matières Premières Recyclées et valorisation des coproduits.&lt;/li&gt;&lt;li&gt;Développement de procédés utilisant moins d’intrants, ou des intrants moins émissifs.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Amélioration de l’efficacité énergétique&lt;ol&gt;&lt;li&gt;Performance énergétique des technologies et procédés.&lt;/li&gt;&lt;li&gt;Adéquation des températures produites au regard des besoins finaux.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Substitution des énergies fossiles&lt;ol&gt;&lt;li&gt;Substitution des combustibles fossiles par des combustibles décarbonés ou bas carbone (chaleur fatale, biomasse, biogaz, hydrogène décarboné, combustibles solides de récupération, géothermie, solaire thermique, etc.).&lt;/li&gt;&lt;li&gt;Electrification de la chaleur et des procédés.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Captage du CO₂ à la source&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Contrairement à l&amp;#039;étude d&amp;#039;opportunité qui balaie l&amp;#039;ensemble des solutions potentielles de ces 5 étapes, l&amp;#039;étude de faisabilité se concentre sur une des solutions identifiées dans l&amp;#039;une ou l&amp;#039;autre de ces étapes. L’étude de faisabilité ne permet pas, à elle seule, de juger de la pertinence et de la cohérence du projet avec la stratégie de décarbonation du site et/ou de l’entreprise.&lt;/p&gt;&lt;p&gt;Cette étude permet avant tout de &lt;strong&gt;valider la faisabilité du projet au regard d’un compromis technico-économique&lt;/strong&gt; sur le périmètre consenti et, en ce sens, il est nécessaire que l’étude de faisabilité s’inscrive dans le processus global décrit dans ce document.&lt;/p&gt;&lt;p&gt;Pour aller plus loin, l’ADEME recommande donc d’inscrire le projet et la prestation du bureau d’études en cohérence avec la démarche de décarbonation du site et de l’entreprise.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-performance-energetique-decarbonation-dentreprises</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-de-performance-energetique-ou-de-decarbonation-dentreprises-industrielles/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>161745</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Demander un soutien financier les études de préfiguration d'une démarche d'écologie industrielle et territoriale</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Études de préfiguration d'une démarche d'écologie industrielle et territoriale</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Écologie Industrielle et Territoriale (EIT) a pour objectif d’&lt;strong&gt;optimiser les ressources&lt;/strong&gt; (matières, énergie, eau mais aussi locaux, équipements, expertise, etc.) &lt;strong&gt;à l’échelle d’un territoire&lt;/strong&gt;, que ce soit par des synergies de substitution (l’un de mes coproduits devient une matière première pour l’entreprise voisine) ou de mutualisation (compétence comptable partagée entre plusieurs entreprises).&lt;/p&gt;&lt;p&gt;L’ADEME &lt;strong&gt;accompagne les collectivités et les groupements d’entreprises&lt;/strong&gt; souhaitant se lancer dans une démarche d’EIT en cofinançant une &lt;strong&gt;étude de préfiguration&lt;/strong&gt; pour déterminer les conditions de réalisation de la démarche. L’objectif de cette étude de préfiguration est de bien préciser les enjeux et les caractéristiques du territoire, en identifiant les différents acteurs en présence et en analysant les forces, faiblesses et opportunités.&lt;/p&gt;&lt;p&gt;Cette étude peut être &lt;strong&gt;cofinancée jusqu’à 80 %&lt;/strong&gt; de son montant, qu’elle soit réalisée par le porteur en interne ou via l’accompagnement d’un bureau d’études ou prestataire de conseil.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_11_24_27_28_32_52_53_76</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-prefiguration-dune-demarche-decologie-industrielle-territoriale</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-prefiguration-dune-demarche-decologie-industrielle-et-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>161746</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Demander un dispositif d’aide aux études de potentiel territorial, de faisabilité et d'avant-projet pour la mise en place d’une installation hydroélectrique</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Études pour une installation hydroélectrique</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif dédié à l&amp;#039;hydroélectricité vise la &lt;strong&gt;réalisation de projets de production électrique&lt;/strong&gt; par la &lt;strong&gt;force motrice de l’eau&lt;/strong&gt; d’un cours d’eau, d’une rivière, d’un lac ou des eaux captées par gravitation (turbinage d’eau potable ou usée par exemple).&lt;/p&gt;&lt;p&gt;Les futurs aménagements hydroélectriques sont envisagés sur des &lt;strong&gt;chutes existantes créées par un seuil ou un barrage&lt;/strong&gt; (la construction d’un nouveau seuil ou  barrage constitue une difficulté majeure dans le contexte actuel et une telle étude ne sera pas finançable).&lt;/p&gt;&lt;p&gt;Cela correspond à l’un des cas suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Réalisation d’un aménagement&lt;/strong&gt; neuf de production d&amp;#039;énergie sur un seuil existant qui n’a jamais été équipé auparavant.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Remise en service &lt;/strong&gt;d’un équipement n’étant plus en activité, mais bénéficiant ou pas d’un droit d’eau (fondé en titre, autorisation, etc.) et pouvant prouver l’existence de la chute et des organes qui utilisent ou ont utilisés la force hydraulique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Optimisation &lt;/strong&gt;d’un équipement complémentaire sur un site actuellement exploité.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; turbinage d’eau déjà captée&lt;/strong&gt; (eau potable ou eaux usées).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La &lt;strong&gt;concertation des enjeux énergétiques et enjeux environnementaux&lt;/strong&gt; doit obligatoirement être menée dès la phase d&amp;#039;étude de faisabilité. La &lt;strong&gt;concertation avec tous les usagers du cours d&amp;#039;eau&lt;/strong&gt; (pêche, pratiques loisirs ou sportives, navigation, etc.) est également à rechercher. La mise en place de réunions de démarrage et de restitution impliquant les acteurs de l&amp;#039;eau et de l&amp;#039;environnement est obligatoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3 types d&amp;#039;études peuvent être financées&lt;/strong&gt; avec des spécificités régionales :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’étude de &lt;strong&gt;potentiel&lt;/strong&gt; devra déterminer le potentiel administratif, énergétique, environnemental et économique des seuils/sites potentiels sur un territoire/cours d’eau défini.&lt;/li&gt;&lt;li&gt;L’étude de &lt;strong&gt;faisabilité&lt;/strong&gt; devra démontrer la faisabilité administrative, technique, environnementale et économique d’une centrale hydroélectrique afin de fournir au maître d’ouvrage des éléments clairs, fiables et chiffrés lui permettant d’apprécier l’intérêt de réaliser ce projet.&lt;/li&gt;&lt;li&gt;L’étude d’&lt;strong&gt;avant-projet&lt;/strong&gt; devra préciser les conditions techniques et économiques de réalisation de l’installation au regard de l’implantation sur le site avec des études de sol, de génie civil, des relevés topographiques précis voire tout autre type d&amp;#039;études préalablement validées  en concertation avec l&amp;#039;ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les études d&amp;#039;ordre réglementaires ne sont pas éligibles aux subventions de l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;Pour les régions Bourgogne-Franche-Comté, Auvergne-Rhône-Alpes et Occitanie, les trois types d&amp;#039;études sont éligibles.&lt;/p&gt;&lt;p&gt;Pour les régions Provence-Alpes-Côte-d&amp;#039;Azur et Nouvelle-Aquitaine, les études de potentiel et de faisabilité sont éligibles. Les études d&amp;#039;avant-projet ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>regions_27_75_76_84_93</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-installation-hydroelectrique</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-une-installation-hydroelectrique/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>161747</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la performance environnementale des produits et services suite à la réalisation d'un diagnostic écoconception ou d'une étude de faisabilité</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Investissements d’écoconception pour améliorer la performance environnementale</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les démarches d’amélioration de la performance environnementale des produits et services se déploient en France, au sein des entreprises. Elles contribuent à créer une &lt;strong&gt;offre permettant de se différencier, plus respectueuse de l’environnement&lt;/strong&gt;, disponible pour les consommateurs ou les acheteurs. &lt;/p&gt;&lt;p&gt;L’ADEME soutient les &lt;strong&gt;travaux et investissements issus d’un diagnostic et s’intégrant dans une démarche de mise en œuvre de l’écoconception&lt;/strong&gt;. Les investissements doivent viser la fabrication d’un produit écoconçu, l’obtention d’un produit ou service certifié Ecolabel européen, ou l’amélioration d’une note d’affichage environnemental.&lt;/p&gt;&lt;p&gt;Dans le domaine de l’alimentation, les investissements d’&lt;strong&gt;optimisation des outils de transformation&lt;/strong&gt;, ainsi que ceux permettant la mise sur le marché d’une nouvelle gamme de produits sous labels AB (Agriculture Biologique) ou HVE-niveau 3 (Haute Valeur Environnementale - Niveau 3) sont éligibles.&lt;/p&gt;&lt;p&gt;L’ADEME soutient aussi les projets comportant une &lt;strong&gt;innovation de rupture&lt;/strong&gt;, qui permettra au fabricant de développer une offre globale produit/service, créatrice de valeur non plus sur la multiplication des volumes de ventes, mais sur la &lt;strong&gt;fidélisation des clients, par les performances d’usage du produit&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Selon la nature des projets et la taille de l’entreprise, les &lt;strong&gt;aides aux investissements peuvent atteindre 15 % à 55 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est accordée sur la base de l’identification des surcouts par rapport un scénario contrefactuel (article 47 du RGEC (Règlement général d&amp;#039;exemption par catégorie) ou autre) ou du règlement de minimis n° 2023/2831 du 13 décembre 2023, selon lequel une même entreprise ne peut pas percevoir plus de 300 000 € d’aides dites de minimis sur  une période de trois ans.&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée. &lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et &lt;strong&gt;au plus tard au 31 décembre 2024&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/investissements-decoconception-ameliorer-performance-environnementale</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investissements-decoconception-pour-ameliorer-la-performance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>161748</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir du soutien dans vos démarches d’amélioration de la performance environnementale de vos produits</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Études d’écoconception des produits et des services</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME propose une aide financière pour soutenir les projets d’écoconception, de production durable, et d’obtention de l’Ecolabel européen.&lt;/p&gt;&lt;p&gt;L’ADEME soutient les &lt;strong&gt;études avec l’étape de diagnostic&lt;/strong&gt;, qui est la première étape structurante d’engagement d’une entreprise dans une &lt;strong&gt;démarche d’amélioration de la performance environnementale&lt;/strong&gt; de ses produits, et avec l’étape suivante de mise en œuvre, qui concrétise le passage à la réalisation d’actions et à la &lt;strong&gt;commercialisation de produits ou services à moindres impacts&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Pour les PME, l’accompagnement de l’étape de diagnostic est porté par Bpifrance, via le Diag Écoconception :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Site de Bpifrance : &lt;/li&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://diag.bpifrance.fr/diag-eco-conception"&gt;diagecoconception.bpifrance.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.bpifrance.fr/catalogue-offres/transition-ecologique-et-energetique"&gt;Transition Écologique et Énergétique | Bpifrance&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;li&gt;Lignes directrices de l&amp;#039;ADEME : &lt;/li&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4169-lignes-directrices-diagnostic-ecoconception.html"&gt;Lignes directrices diagnostic Écoconception&lt;/a&gt; - La librairie ADEME&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4170-lignes-directrices-pour-la-mise-en-oeuvre-d-une-demarche-d-ecoconception.html"&gt;Lignes directrices pour la mise en œuvre d&amp;#039;une démarche d&amp;#039;écoconception&lt;/a&gt; - La       librairie ADEME&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Les études de projets d’écoconception peuvent être aidées jusqu’à 80 % du montant des dépenses internes et de prestation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée.&lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et au plus tard au 31 décembre 2024.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-decoconception-produits-services</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-decoconception-des-produits-et-des-services/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>161749</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans l’investissement de vos réseaux de chaleur ou de froid, alimentés par des énergies renouvelables et/ou de récupération</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Extension et création de réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif poursuivi par cet accompagnement financier est de&lt;strong&gt; vous aider à mobiliser davantage de chaleur et/ou de froid issus de production d’EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Le montant de votre aide est calculé sur la base d’une analyse économique ou sur la base d’une aide forfaitaire. Cela dépend de la puissance de l’installation sur laquelle votre réseau est, ou sera, connecté.&lt;/p&gt;&lt;p&gt;Quelques critères doivent être respectés pour pouvoir bénéficier de l’aide : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Votre réseau &lt;strong&gt;assure des services publics de distribution de la chaleur&lt;/strong&gt; (la collectivité est autorité organisatrice).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau de chaleur &lt;strong&gt;existe au sens fiscal&lt;/strong&gt;, avec au moins deux clients distincts du maître d’ouvrage.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau technique &lt;strong&gt;distribue uniquement de la chaleur&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets sont obligatoirement raccordés à des unités physiques de production EnR&amp;amp;R&lt;/strong&gt; par biomasse, solaire thermique, géothermie, méthanisation, récupération de chaleur fatale (sur process industriel, UIOM (Unité d&amp;#039;Incinération d&amp;#039;Ordures Ménagères)…) et/ou cogénération.&lt;/p&gt;&lt;p&gt;L’aide aux réseaux de l’ADEME porte &lt;strong&gt;exclusivement sur la fonction « distribution »&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Elle est conditionnée aux caractéristiques techniques de mise en œuvre des réseaux prévus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;production supplémentaire&lt;br /&gt;&lt;/li&gt;&lt;li&gt;part d’EnR&amp;amp;R&lt;br /&gt;&lt;/li&gt;&lt;li&gt;densité énergétique&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Elle est aussi conditionnée aux éventuels autres financements sollicités (par exemple Conseil Régional).&lt;/p&gt;&lt;p&gt;Des aides pour réaliser vos études existent par ailleurs, sur ces mêmes pages AGIR.&lt;/p&gt;&lt;p&gt;Pour les projets de &lt;strong&gt;réseaux de chaleur associés à une demande de financement d&amp;#039;installation de production ou de récupération de chaleur&lt;/strong&gt;, merci de vous référer aux « Pièces à déposer » des pages AGIR dédiées à chaque type de production (&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse énergie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface et aérothermie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-a-partir-geothermie-profonde"&gt;Géothermie profonde&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Chaleur Fatale&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Solaire&lt;/a&gt;).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/extension-et-creation-de-reseaux-de-chaleur-ou-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>161751</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux relais</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>161752</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d’un diagnostic des consommations d’énergie et des émissions de gaz à effet de serre des secteurs agricole et forestier</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Démarches ClimAgri® : diagnostic et animation</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La prestation de diagnostic doit être réalisée par un expert ClimAgri®. Les projets portant uniquement sur un seul des deux volets de la démarche, le diagnostic ClimAgri® ou l’animation, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Les démarches ClimAgri déjà démarrées ne peuvent pas être accompagnées dans le cadre ci-présent.&lt;/p&gt;&lt;p&gt;Les projets éligibles doivent intégrer les critères suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Démarche réalisée à une &lt;strong&gt;échelle territoriale&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Diagnostic réalisé par un expert ClimAgri®&lt;/strong&gt; reconnu par l’ADEME (il dispose d’une licence d’expert ClimAgri® signée par l’ADEME).&lt;/li&gt;&lt;li&gt;Démarche incluant à la fois le &lt;strong&gt;diagnostic ClimAgri®&lt;/strong&gt; et la &lt;strong&gt;démarche d’animation&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette aide s’adresse aux &lt;strong&gt;acteurs avec une dimension territoriale&lt;/strong&gt;, en particulier les collectivités : région, département, communauté d’agglomération, communauté de communes, parc naturel régional, ou encore coopérative, schéma de cohérence territoriale (SCoT), pôle d’équilibre territorial et rural (PETR)…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>regions_11_24_32_44_93</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/demarches-climagrir-diagnostic-animation</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/demarches-climagri-r-diagnostic-et-animation/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>161754</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez un projet de récupération de chaleur fatale avec l’aide du Fonds Chaleur de l’ADEME</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;L’ADEME subventionne via le Fonds Chaleur les installations de récupération de chaleur fatale en fonction de conditions techniques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Quantité de chaleur récupérée.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Performances énergétiques et environnementales des installations.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Temps de Retour Brut (TRB) du projet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent valoriser une quantité d’énergie thermique supérieure à 1 GWh/an.&lt;/p&gt;&lt;p&gt;Depuis 2020, les aides ADEME s&amp;#039;articulent avec dispositif des Certificats d’Économies d’Énergie (CEE). Les modalités sont précisées &lt;strong&gt;dans les conditions d’éligibilité et de financement.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME vous accompagne et vous conseille sur toutes les phases de votre projet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les études d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les études de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les aides à l’investissement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Passer le cap de la récupération de chaleur vous permettra :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D’avoir de la &lt;strong&gt;visibilité sur les coûts&lt;/strong&gt; de la chaleur.&lt;/li&gt;&lt;li&gt;D’accéder à une &lt;strong&gt;haute performance environnementale&lt;/strong&gt; en substituant cette ressource à d’autres sources de chaleur non renouvelables.&lt;/li&gt;&lt;li&gt;De bénéficier de &lt;strong&gt;technologies éprouvées à haut rendement énergétique&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;De mener à bien un projet avec un &lt;strong&gt;temps de retour souvent inférieur aux projets d’énergies renouvelables&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;De profiter d’une &lt;strong&gt;ressource de proximité&lt;/strong&gt; disponible dans une logique d’économie circulaire.&lt;/li&gt;&lt;li&gt;D’agir avec le soutien du Fonds Chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnRChoix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;Récupération de chaleur      fatale : &lt;strong&gt;étude des sources de chaleur fatale &lt;/strong&gt;disponibles localement et de      leurs &lt;strong&gt;adéquations avec les besoins&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Et, par la suite, &lt;strong&gt;considération des autres ENR&lt;/strong&gt; disponibles localement : &lt;strong&gt;étude du potentiel géothermique et solaire thermique&lt;/strong&gt; et de leur adéquation avec les besoins (seul ou en complément de la biomasse). La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins. La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>161755</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Demander une contribution au test de réponse thermique, nécessaire pour caractériser les propriétés thermiques moyennes des terrains traversés</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Test de réponse thermique de terrain (géothermie)</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME vous accompagne dans le &lt;strong&gt;financement de test de réponse thermique&lt;/strong&gt;, une procédure qui permet de caractériser :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les propriétés thermiques moyennes des terrains traversés,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;et de la sonde géothermique verticale testée.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’objectif du test de réponse thermique (TRT) permet de &lt;strong&gt;fournir des informations sur les propriétés thermiques moyennes du terrain&lt;/strong&gt; et donc sur l’intérêt de pouvoir faire de la &lt;strong&gt;géothermie sur champs de sondes&lt;/strong&gt; pour le chauffage et le rafraîchissement des bâtiments concernés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/test-reponse-thermique-terrain-geothermie</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/test-de-reponse-thermique-de-terrain-geothermie/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>161756</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d’une étude territoriale de faisabilité en vue de créer, étendre ou moderniser un centre de tri de déchets</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'études pour la création, l'extension ou la modernisation de centres de tri des déchets</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de préparer à la valorisation matière ou énergétique des déchets issus de collecte séparée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour cela, trois lois engagent le collectif dans des objectifs ambitieux :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;l&lt;/strong&gt;a loi de transition énergétique pour la croissance verte (LTECV) ;&lt;/li&gt;&lt;li&gt;la loi de la lutte contre le gaspillage ;&lt;/li&gt;&lt;li&gt;et la loi de l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour répondre à ces objectifs, &lt;strong&gt;l’ADEME accompagne les collectivités ou les acteurs privés&lt;/strong&gt; porteurs de projets de centres de tri et de préparation des déchets et déchèteries pour professionnels.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les études de faisabilité ou territoriales préalables aux investissements peuvent être soutenues jusqu’à 80 %&lt;/strong&gt; des dépenses éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-detudes-creation-lextension-modernisation-centres-tri-dechets</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-detudes-pour-la-creation-lextension-ou-la-modernisation-de-centres-de-tri-des-dechets/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>161757</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Demander le soutien pour financer les études préalables à la préparation des biodéchets, au compostage autonome en établissement et aux installations de traitement</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Études pour la gestion des biodéchets des acteurs économiques</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME aide les producteurs de biodéchets en apportant une subvention aux &lt;strong&gt;études préalables à l’investissement dans des équipements de compostage&lt;/strong&gt; en établissement. L&amp;#039;aide de l&amp;#039;ADEME aux études préalables peut aller &lt;strong&gt;jusqu’à 80 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Les entreprises de restauration, de production et de commerce alimentaires produisent des biodéchets qui peuvent être transformés en engrais via le compostage ou la méthanisation ou produire de l’énergie renouvelable.&lt;/p&gt;&lt;p&gt;L&amp;#039;obligation de trier à la source des biodéchets concerne&lt;strong&gt; tous les producteurs &lt;/strong&gt;y compris les ménages depuis le 1ᵉʳ janvier 2024.&lt;/p&gt;&lt;p&gt;Quant aux opérateurs privés qui prennent en charge les biodéchets, ils peuvent être aidés pour les études préalables à la réalisation d’installation de désemballage et/ou déconditionnement, d’hygiénisation, de création ou d’adaptation de plate-forme de compostage (un dispositif spécifique existe par ailleurs pour la méthanisation).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-gestion-biodechets-acteurs-economiques</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-gestion-des-biodechets-des-acteurs-economiques/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>161758</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Demander de l'aide pour financer votre étude préalable de faisabilité pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études et diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner toutes les structures impliquées dans l’économie circulaire, dans le &lt;strong&gt;financement d’un diagnostic de territoire ou d’étude&lt;/strong&gt; préalable à un &lt;strong&gt;investissement de réemploi-réutilisation et réparation (RRR)&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Le taux d’aide peut atteindre 80 % du coût de l’étude.&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation allongent la durée de vie des produits et participent à la réduction de la consommation de ressources et de production de déchets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’&lt;strong&gt;un million de tonnes de produits sont réemployés ou réutilisés&lt;/strong&gt; chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de &lt;strong&gt;structures spécialisées&lt;/strong&gt; dans la deuxième vie des produits est en &lt;strong&gt;constante progression&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une information du consommateur sur la réparabilité et l’aptitude au réemploi ou à la réutilisation. &lt;/p&gt;&lt;p&gt;  Pour accompagner ces politiques, l’ADEME soutient les &lt;strong&gt;diagnostics territoriaux et les études de faisabilité&lt;/strong&gt; concourant à augmenter et encourager l’offre et la demande de flux réemployés et réparés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-etudes-diagnostics-reemploi-reutilisation-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>161759</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre étude de faisabilité, étape nécessaire avant d'investir dans la conception d'une installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité d'installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité préalable à un projet solaire thermique, en apportant une aide financière et en mettant à votre disposition des &lt;strong&gt;trames de cahier des charges&lt;/strong&gt; selon les technologies utilisées.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;Les cahiers des charges concernent les études de faisabilité liées à la mise en œuvre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’installations dédiées sur bâtiment ou process&lt;/li&gt;&lt;li&gt;d’installations sur réseau de chaleur&lt;/li&gt;&lt;li&gt;de systèmes solaires combinés&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité vous permettra de :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Vérifier&lt;/strong&gt; la faisabilité technique et économique du projet d’implantation d’une installation solaire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Proposer&lt;/strong&gt; des solutions techniques adaptées au contexte et aux possibilités du site d’implantation, et assurer le dimensionnement et la pérennité de l’installation.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Explorer&lt;/strong&gt; des solutions pour le financement de l’opération et le montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au &lt;strong&gt;recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME&lt;/strong&gt; (RGE Étude) ou pouvant justifier de &lt;strong&gt;conditions équivalentes&lt;/strong&gt;. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME :&lt;br /&gt;https://data.ademe.fr/datasets/liste-des-entreprises-rge-2&lt;br /&gt;(cliquez sur le symbole de tableau sur la droite de la page).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers ses aides au financement d&amp;#039;installations de production d&amp;#039;eau chaude solaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94_975_987</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etude-faisabilite-dinstallation-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-dinstallation-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>161760</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le financement d'une études et actions préalables à la décision de s'engager sur un projet de méthanisation</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Études préalables à la construction d’une installation de méthanisation</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour vérifier l&amp;#039;opportunité de votre projet, l’ADEME vous aide à &lt;strong&gt;réaliser une étude de diagnostic ou une étude de faisabilité&lt;/strong&gt;, en mettant à votre disposition plusieurs &lt;a href="https://librairie.ademe.fr/produire-autrement/5220-etude-de-faisabilite-d-une-unite-de-methanisation.html" target="_blank"&gt;trames de cahier des charges modèle&lt;/a&gt; et en apportant une aide financière.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;méthanisation &lt;/strong&gt;- procédé de digestion biologique de la matière organique en l’absence d’oxygène produisant du biogaz et un digestat - permet le traitement de déchets organiques et leur retour au sol, la production d’énergie renouvelable et la réduction des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Le biogaz produit peut ensuite &lt;strong&gt;être valorisé et vendu sous différentes formes&lt;/strong&gt; (chaleur, électricité, injection dans le réseau de gaz naturel, carburant pour véhicules).&lt;/p&gt;&lt;p&gt;La France depuis une dizaine d’année, a fait le choix de &lt;strong&gt;promouvoir le développement d’une filière de méthanisation&lt;/strong&gt; majoritairement basée sur le traitement local d’effluents d’élevage, de biodéchets, de sous-produits de cultures et de déchets non valorisés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Recyclage et valorisation des déchets
+Alimentation
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_52_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-prealables-a-construction-dune-installation-methanisation</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-prealables-a-la-construction-dune-installation-de-methanisation/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>161761</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Demander un soutien financier dans votre installation de méthanisation après une étude de faisabilité favorable</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d’installations de méthanisation (injection, cogénération, chaleur)</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’aide de l’ADEME est apportée principalement sous forme de &lt;strong&gt;forfait de subvention par unité de capacité de production annuelle (€/MWh) :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;110 €/MWh PCI (pouvoir calorifique inférieur) pour la cogénération, avec une aide plafonnée à 250 000 €.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;45 €/MWh PCS ( pouvoir calorifique supérieur) pour l’injection, avec une aide plafonnée à 700 000 €.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets atypiques et innovants et les projets de station d’épuration urbaine, d’autres modalités de calcul de l’aide sont utilisées.&lt;/p&gt;&lt;p&gt;Les équipements soutenus par l’ADEME sont les suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Unités de méthanisation avec cogénération (&amp;lt;500 kWe) ou injection de biométhane :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Production de biogaz.&lt;/li&gt;&lt;li&gt;Valorisation énergétique du biogaz : production de chaleur seule, cogénération d’électricité et de chaleur, épuration du biogaz en biométhane, injection dans le réseau public.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Stations d’épuration urbaines (STEU) : &lt;ul&gt;&lt;li&gt;Valorisation énergétique du biogaz comprenant l’épuration en biométhane et l’injection dans le réseau public.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Recyclage et valorisation des déchets
+Alimentation
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_24_27_32_52_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-methanisation-injection-cogeneration-chaleur</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-methanisation-injection-cogeneration-chaleur/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>161762</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre diagnostic énergétique afin de mettre en évidence les solutions de réduction des consommations d’énergie de vos serres</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic énergétique et identification d'actions énergétiques prioritaires pour les serres</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face au défi climatique et à la volatilité du prix des énergie fossiles, &lt;strong&gt;maîtriser son énergie et envisager la substitution&lt;/strong&gt; de ses consommations résiduelles d&amp;#039;&lt;strong&gt;énergie fossile par une énergie renouvelable sont devenu stratégique&lt;/strong&gt;s, notamment à l&amp;#039;aide de diagnostics énergétiques et d&amp;#039;études de faisabilité. Leurs analyses sont précieuses pour les structures agricoles.&lt;/p&gt;&lt;p&gt;Le diagnostic énergétique fournit ainsi des éléments concrets pour agir à court et moyen termes :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Faire le bilan de ses consommations énergétiques.&lt;/li&gt;&lt;li&gt;Préconisation des actions les plus efficaces et rentables à mener pour réduire ses consommations d&amp;#039;énergie.&lt;/li&gt;&lt;li&gt;Hiérarchisation des actions en fonction du temps de retour sur investissement et de la facilité de leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette démarche peut permettre de réaliser jusqu&amp;#039;à&lt;strong&gt; 50 &lt;/strong&gt;&lt;strong&gt;% d&amp;#039;&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;conomies sur un site.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;étude complémentaire des solutions énergétiques permet d&amp;#039;&lt;strong&gt;identifier la source d&amp;#039;énergie renouvelable la plus adaptée aux besoins de votre site&lt;/strong&gt; et de valider la pertinence d&amp;#039;un investissement dans une de ces solutions pour substituer vos consommations résiduelles d&amp;#039;énergie fossile.&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME prend en charge les coûts de votre diagnostic énergétique jusqu’à une hauteur de 80 % pour une petite entreprise. L&amp;#039;aide est accordée dans la limite d&amp;#039;un plafond de dépenses éligibles fixé à 100 000 €.&lt;/p&gt;&lt;p&gt;Quelles sont les étapes d&amp;#039;un audit énergétique ?&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Choisissez l&amp;#039;auditeur énergétique&lt;/strong&gt; qui va vous accompagner. Vérifier ses références et ses compétences en matière de diagnostic énergétique et d&amp;#039;énergies renouvelables. Un groupement peut également permettre d&amp;#039;apporter toutes les compétences souhaitées.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Aux côtés de l&amp;#039;auditeur, vous &lt;strong&gt;définissez les objectifs de l&amp;#039;audit&lt;/strong&gt; ainsi que son &lt;strong&gt;périmètre.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;De &lt;strong&gt;nombreux paramètres sont examinés au sein de votre exploitation&lt;/strong&gt; (performance des serres, équipements présents, conditions d&amp;#039;exploitation, itinéraires techniques de culture, températures de consigné, taux d&amp;#039;humidité, etc.). Un &lt;strong&gt;état des lieux complet de vos consommations&lt;/strong&gt; est ainsi réalisé afin que vous ayez une vision précise de votre situation énergétique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les pistes d&amp;#039;amélioration sont identifiées&lt;/strong&gt;, ainsi que les gains économiques associés et le temps de retour sur investissement. Vous pouvez alors définir un plan d&amp;#039;actions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Hiérarchisez&lt;/strong&gt; et &lt;strong&gt;planifiez les actions&lt;/strong&gt; en fonction de leur faisabilité et de leur temps de retour sur investissement.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étudiez les sources d&amp;#039;énergie renouvelables&lt;/strong&gt; à proximité et adaptées aux besoins de votre site. Vous pouvez alors choisir la solution la plus pertinente techniquement et économiquement.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/diagnostic-energetique-identification-dactions-energetiques-prioritaires</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diagnostic-energetique-et-identification-dactions-energetiques-prioritaires-pour-les-serres/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>161763</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la définition du projet en finançant à l’échelle d’un territoire ou d’un site, des diagnostics et des études de faisabilité</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Études pour la lutte contre le gaspillage alimentaire</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus&lt;/strong&gt; par an. Il entraîne la consommation inutile de ressources en énergie et en eau. Des émissions de gaz à effet de serre pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;L’ADEME soutient depuis plusieurs années la lutte contre le gaspillage alimentaire au travers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De l’appel à projets annuel du ministère de l’Agriculture et de l’Alimentation dans le cadre du Programme national pour l’alimentation (PNA).&lt;/li&gt;&lt;li&gt;Des appels à projets régionaux économie circulaire comportant un volet gaspillage alimentaire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME soutient également les études visant à identifier des actions permettant de lutter contre le gaspillage non-alimentaire.&lt;br /&gt;Pour vous aider à mettre en œuvre votre projet de lutte contre le gaspillage, l’ADEME peut &lt;strong&gt;financer jusqu’à 80 % de votre étude de diagnostic ou de faisabilité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-lutte-contre-gaspillage-alimentaire</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-lutte-contre-le-gaspillage-alimentaire/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>161764</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Subventionner l'achat d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Installation d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus par an&lt;/strong&gt;. Il entraîne la consommation inutile de ressources en énergie et en eau, et des émissions de gaz à effet de serre qui pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;Vous pouvez prétendre à une &lt;strong&gt;aide pour les investissements&lt;/strong&gt; faisant suite à une &lt;strong&gt;augmentation ou à une redistribution des flux&lt;/strong&gt;, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires. Par exemple, les équipements suivants peuvent être soutenus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;équipements de pesées&lt;/li&gt;&lt;li&gt;camions frigorifiques&lt;/li&gt;&lt;li&gt;acquisitions d’entrepôt&lt;/li&gt;&lt;li&gt;plateformes de collecte&lt;/li&gt;&lt;li&gt;cantines solidaires&lt;/li&gt;&lt;li&gt;ateliers de transformation de type conserverie&lt;/li&gt;&lt;li&gt;équipements permettant le partage de denrées alimentaires entre particuliers…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après réalisation d’un diagnostic ou d’une étude (hors cas particulier des associations d’aide alimentaire), certains équipements permettant la mise en œuvre du projet peuvent être aidés par l’ADEME à un taux allant jusqu’à 55 % de l’assiette des aides éligibles. Ils font l’objet d’une analyse au cas par cas.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-dequipements-lutte-contre-gaspillage</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-dequipements-de-lutte-contre-le-gaspillage/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>161765</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement d'études pour réduire les impacts environnementaux des produits/régimes alimentaires et mettre en œuvre des projets concordants</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention aux études d'alimentation durable</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’alimentation a des impacts importants sur la qualité de l’eau, des sols et de l’air, les émissions de GES (gaz à effet de serre), sur la consommation d’eau mais aussi sur la biodiversité et la déforestation.&lt;/p&gt;&lt;p&gt;L’essentiel de ces impacts se situe à l’étape de la production agricole qui peut être optimisée, de même que les autres étapes de la chaîne alimentaire (logistique, transport, transformation, conditionnement, distribution, consommation). La demande (régimes alimentaires, types de produits consommés) a un effet important sur les impacts de l’ensemble des acteurs amont.&lt;/p&gt;&lt;p&gt;Une&lt;strong&gt; étude de diagnostic ou d’accompagnement&lt;/strong&gt; permet d’&lt;strong&gt;effectuer un état des lieux du système en place&lt;/strong&gt; et de déterminer la &lt;strong&gt;faisabilité d’une solution alternative&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans ce domaine en évolution, une étude permet également de &lt;strong&gt;répondre aux besoins d’acquisition ou d’approfondissement de connaissance&lt;/strong&gt; des systèmes alimentaires (étude d’impacts, enjeux socio-économiques en lien avec l’alimentation durable, externalités positives ou négatives, caractérisation des pratiques, coûts…).&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer cette étude par une subvention allant jusqu’à 80 % de son coût.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_75_76_93_975_977_987_988</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/subvention-etudes-dalimentation-durable</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/subvention-aux-etudes-dalimentation-durable/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>161766</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Demander une cofinancement pour la création de postes de Conseil en énergie partagé (CEP) et obtenir un accompagnement à travers un parcours de formation dédié</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la création de postes de Conseil en énergie partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME cofinance la création de postes CEP, pendant 3 ans. L’objectif est que les économies générées par le CEP contribuent à financer son poste au bout de 3 ans. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME anime le dispositif en proposant aux CEP un parcours de formation dédié, un espace collaboratif comprenant un forum d’échanges et un répertoire partagé, des webinaires et des réunions d&amp;#039;échange.&lt;/p&gt;&lt;p&gt;Les missions du CEP au quotidien consistent à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;réaliser des bilans énergétiques&lt;/strong&gt; et proposer des &lt;strong&gt;améliorations hiérarchisées&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;accompagner les projets énergétiques&lt;/strong&gt; engagés par les communes&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;sensibiliser&lt;/strong&gt; les élus/gestionnaires/utilisateurs&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;initier des opérations collectives&lt;/strong&gt; à l&amp;#039;échelle du territoire (achats groupés, valorisation des CEE...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’objectif principal du CEP est d’&lt;strong&gt;accompagner et de conseiller les petites communes et les intercommunalités adhérentes&lt;/strong&gt; sur leur patrimoine public en matière de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;réduction des consommations, dépenses et émissions de CO₂&lt;br /&gt;&lt;/li&gt;&lt;li&gt;développement des Énergies Renouvelables&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les postes CEP peuvent être portés par différents types d’acteurs : syndicats d’énergie, ALEC, EPCI, Pays/PETR/PNR, associations.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Consultez la &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/2023-01/charte-conseil-energie-partage-cep-2022.pdf"&gt;charte CEP&lt;/a&gt; pour comprendre les contours d&amp;#039;une mission CEP ainsi que les valeurs qui l&amp;#039;accompagnent.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-creation-de-postes-de-conseil-en-energie-partage-cep/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>161767</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière à la réalisation de votre installation de production de chaud et de froid à partir d’une boucle d’eau tempérée « géothermique »</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid à partir de boucle d’eau tempérée géothermique</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une boucle d’eau tempérée repose sur un &lt;strong&gt;réseau de distribution d’eau basse température (10 à 25 °C)&lt;/strong&gt; reliant plusieurs bâtiments que l’on souhaite chauffer voire rafraîchir ensemble. Chacun de ces bâtiments est raccordé à la boucle au travers d’une sous-station, dans laquelle est installée une pompe à chaleur qui assure les besoins de chauffage, d’eau chaude sanitaire et/ou de froid nécessaires aux bâtiments. On parle alors de production « décentralisée ». La boucle d’eau tempérée peut être alimentée par de multiples sources d’énergies renouvelables et de récupération (géothermie, eaux usées, eau de mer, chaleur fatale…).&lt;/p&gt;&lt;p&gt;Il existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable grâce à la boucle d’eau tempérée géothermique (BETG)&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Maîtriser      sa facture énergétique en ayant de la visibilité sur les coûts de la      chaleur et du froid.&lt;/li&gt;&lt;li&gt;Bénéficier      d’une technologie performante sur le plan énergétique et      environnemental.&lt;/li&gt;&lt;li&gt;promouvoir      des ressources énergétiques locales, disponibles 24 heures sur 24 et      indépendantes des conditions climatiques.&lt;/li&gt;&lt;li&gt;Profiter      d’une technologie adaptable aux différentes demandes selon les usages des      bâtiments (chaud et/ou froid).&lt;/li&gt;&lt;li&gt;Exploiter      une technologie qui s’intègre harmonieusement à son environnement et      évolutive par rapport à un programme d’aménagement.&lt;/li&gt;&lt;li&gt;Agir      avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide ADEME aux projets de boucle d’eau tempérée géothermique est calculée sur la base d’une analyse économique&lt;strong&gt;. &lt;/strong&gt;L’ADEME peut accompagner les opérations de boucles d’eau tempérée géothermiques ayant une &lt;strong&gt;production de chaleur renouvelable minimum de 25 MWh/an sur :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;champ de sondes&lt;/li&gt;&lt;li&gt;nappe d’eau souterraine&lt;/li&gt;&lt;li&gt;eaux usées (ou effluents en sortie de      STEP)&lt;/li&gt;&lt;li&gt;eau de mer ou eaux de surface&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’investissement dans une boucle d’eau tempérée géothermique dépend de nombreux paramètres. Une &lt;strong&gt;étude de faisabilité est obligatoire&lt;/strong&gt;, d’autant que le versement de l’aide peut être conditionné à l’atteinte de critères minimum de performance des installations (COP des PAC (Coefficient de performances des pompes à chaleur), production en MWh, taux d’EnR&amp;amp;R de la boucle, etc.). D’autres critères peuvent également s’imposer au projet : réglementaires, performance énergétique des bâtiments raccordés, critères sociaux et de gouvernance de la boucle...&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur et sur le taux d&amp;#039;EnR&amp;amp;R de l&amp;#039;opération) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-a-partir-boucle-deau-temperee</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-a-partir-de-boucle-deau-temperee-geothermique/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>161771</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement des études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude de faisabilité apporte au porteur de projet les éléments techniques, économiques, réglementaires et environnementaux lui permettant de se positionner sur la faisabilité d’une opération de récupération et valorisation de chaleur fatale.&lt;/p&gt;&lt;p&gt;L’étude de faisabilité fait notamment suite à une solution identifiées lors d’un audit énergétique ou une étude d’opportunité et permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de vérifier la faisabilité technique et économique du projet&lt;br /&gt;&lt;/li&gt;&lt;li&gt;de proposer des solutions techniques adaptées au contexte et aux possibilités qu’offre le site&lt;/li&gt;&lt;li&gt;d’étudier les solutions en matière de montage financier et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à réaliser, alors passez à la suite. L’ADEME avec le Fonds Chaleur, vous accompagne à travers des &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;aides à l’investissement sur une installation de récupération de chaleur fatale&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-linstallation-recuperation-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-linstallation-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>161772</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière à la réalisation de votre installation de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie géothermique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel biomasse et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la géothermie).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes températures (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons pour passer le cap du fossile au renouvelable grâce à la géothermie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;maîtriser sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur ;&lt;/li&gt;&lt;li&gt;accéder à l’exemplarité environnementale ;&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique ;&lt;/li&gt;&lt;li&gt;promouvoir des ressources locales, disponibles 24h/24 indépendamment des conditions climatiques ;&lt;/li&gt;&lt;li&gt;exploiter une énergie qui s’intègre harmonieusement à son environnement ;&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner financièrement la réalisation d’opérations de géothermie sur aquifère profond (ou géothermie basse énergie) avec ou sans recours à une (ou des) pompe(s) à chaleur et associées ou non à la création (ou l’extension) d’un réseau de chaleur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production de chaleur à partir de géothermie profonde dépend de conditions techniques, en particulier :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’étude du projet (sur les volets sous-sol et surface) ;&lt;/li&gt;&lt;li&gt;la quantité de chaleur produite ;&lt;/li&gt;&lt;li&gt;les performances énergétiques et environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-a-partir-geothermie-profonde</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-a-partir-de-geothermie-profonde/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>161773</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière pour la réalisation de votre installation de production de chaleur et de froid à partir de géothermie de surface ou d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid renouvelable à partir de géothermie de surface et d'aérothermie</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et d&amp;#039;efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur, afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de &lt;strong&gt;l’utiliser de façon optimisée&lt;/strong&gt; et &lt;strong&gt;là où elle est l’énergie la plus pertinente&lt;/strong&gt; pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera &lt;strong&gt;particulièrement pertinente pour des besoins hautes température&lt;/strong&gt; (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il   existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable   grâce à la géothermie ou à l’aérothermie&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maîtriser   sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur et   éventuellement sur les coûts du froid.&lt;/li&gt;&lt;li&gt;Accéder   à l’exemplarité environnementale.&lt;/li&gt;&lt;li&gt;Bénéficier de technologies éprouvées à haut   rendement énergétique.&lt;/li&gt;&lt;li&gt;Permettre de produire du chaud, mais aussi du rafraîchissement avec les mêmes équipements.&lt;/li&gt;&lt;li&gt;Promouvoir   des ressources locales, disponibles 24 heures sur 24 indépendamment des conditions   climatiques.&lt;/li&gt;&lt;li&gt;Exploiter   une énergie qui s’intègre harmonieusement à son environnement.&lt;/li&gt;&lt;li&gt;Agir avec le soutien du Fonds Chaleur et de   l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner les opérations suivantes ayant une production de chaleur renouvelable minimum de 25 MWh/an :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Géothermie   de surface avec pompes à chaleur sur aquifère superficiel, sur champ de   sondes géothermiques, sur géostructures énergétiques, sur échangeurs   compacts géothermiques ou sur chaussées thermoactives.&lt;/li&gt;&lt;li&gt;Installations   utilisant les mêmes principes que la géothermie mais valorisant par pompe à   chaleur l’énergie des eaux usées, de l’eau de mer, des eaux de surface ou des   eaux thermales.&lt;/li&gt;&lt;li&gt;Aérothermie &lt;strong&gt;uniquement les pompes à chaleur air/eau&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de géothermie de   surface ou d&amp;#039;aérothermie aidées par l’ADEME peuvent être dédiées à un bâtiment (ou process) ou   peuvent être associées à un réseau de chaleur et/ou de froid. &lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;installations de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable&lt;/strong&gt; (production de chaleur renouvelable &amp;lt;25 MWh/an).&lt;/p&gt;&lt;p&gt;L’aide Fonds Chaleur aux   installations de géothermie de surface ou d’aérothermie dépend de conditions techniques, en   particulier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;étude du projet (incluant le volet captage de   la ressource « EnR »).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;La quantité de chaleur et éventuellement de froid produite.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les performances énergétiques et   environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à   l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre   projet&lt;/strong&gt; : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage,   conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-renouvelable-a-partir-de-geothermie-de-surface-et-daerothermie/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>161774</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le financement d’une étude de faisabilité avant d'investir dans une installation de géothermie de surface ou dans une installation d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité en géothermie de surface et aérothermie</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité, en apportant une aide financière et en mettant à votre disposition des trames de cahier des charges selon les technologies utilisées.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide comprend les &lt;strong&gt;études de projets&lt;/strong&gt; liés à la mise en œuvre de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pompes à chaleur sur aquifère superficiel, champs de sondes géothermiques, géostructures énergétiques, eaux usées, eau de mer ou eaux thermales&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pompes à chaleur aérothermiques (PAC air/eau)&lt;/li&gt;&lt;li&gt;de boucle d’eau tempérée « géothermique »&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité vous permettra de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;vérifier la faisabilité technique et économique&lt;/strong&gt; du projet d’implantation d’une installation de géothermie de surface&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions techniques adaptées&lt;/strong&gt; au contexte ainsi qu’aux opportunités et aux contraintes qu’offre le site&lt;/li&gt;&lt;li&gt;&lt;strong&gt;comparer la solution « géothermique » aux autres possibilités&lt;/strong&gt; en termes d’investissement et d’exploitation&lt;/li&gt;&lt;li&gt;&lt;strong&gt;rechercher des solutions&lt;/strong&gt; visant à assurer l’exploitation pérenne de la ressource « géothermique »&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions pour le financement de l’opération&lt;/strong&gt; et son montage administratif et juridique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets de pompes à chaleur géothermiques sur aquifère superficiel ou sur champ de sondes ou de pompes à chaleur aérothermiques, l’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME :&lt;br /&gt;https://data.ademe.fr/datasets/liste-des-entreprises-rge-2&lt;br /&gt;(cliquez sur le symbole de tableau sur la droite de la page)&lt;/p&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers les plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis. Vous pouvez contacter votre direction régionale ADEME, en amont de l’étude de faisabilité.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le financement d’&lt;strong&gt;installations géothermiques&lt;/strong&gt; de production de chaleur et de froid&lt;/li&gt;&lt;li&gt;le financement d&amp;#039;&lt;strong&gt;installations aérothermiques&lt;/strong&gt; de production de chaleur&lt;/li&gt;&lt;li&gt;le financement d’&lt;strong&gt;installations de boucles d’eau tempérée géothermiques&lt;/strong&gt; de production de chaleur et de froid&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etude-faisabilite-geothermie-surface-aerothermie</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-en-geothermie-de-surface-et-aerothermie/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>161775</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné financièrement et techniquement les collectivités et opérateurs du secteur tertiaire public grâce au Contrat de Performance Énergétique (CPE)</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Assistance à Maîtrise d'Ouvrage pour rénovation énergétique globale avec Contrat de Performance Énergétique</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME vous aide à &lt;strong&gt;garantir les gains énergétiques des opérations de rénovation énergétique globales&lt;/strong&gt;, en finançant une Assistance à Maîtrise d&amp;#039;Ouvrage (AMO).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est une subvention de 50 % du montant de votre coût d’AMO. Les dépenses totales d’AMO sont plafonnées à 100 k€. Cela vous permet de &lt;strong&gt;réaliser les études et missions nécessaires à la mise en œuvre d&amp;#039;un Contrat de Performance Énergétique&lt;/strong&gt; (CPE).&lt;/p&gt;&lt;p&gt;L’AMO vous aidera à réaliser l’étude de faisabilité et d’opportunité d’un CPE (phase amont) et/ou pour la rédaction et procédure de passation du CPE, le suivi et son exécution (phase aval).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>regions_11_24_27_28_32_52_53_75_76_84_94</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/assistance-a-maitrise-douvrage-pour-renovation-energetique-globale-avec-contrat-de-performance-energetique/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>161776</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le financement de votre étude de faisabilité pour l'investissement dans une chaufferie biomasse</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité des projets de chaufferie biomasse</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité, en mettant à votre disposition une trame de cahier des charges, et en apportant une aide financière.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité vous permettra de :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Vérifier la faisabilité &lt;/strong&gt;technique et économique du projet d’implantation d’une chaufferie biomasse.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Proposer des solutions techniques&lt;/strong&gt; adaptées au contexte et aux possibilités qu’offre le site.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Comparer la solution biomasse aux autres possibilité&lt;/strong&gt;s en terme d’investissement et d’exploitation.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Rechercher des solutions&lt;/strong&gt; visant à assurer la pérennité de l’approvisionnement.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Proposer des solutions pour le financement&lt;/strong&gt; de l’opération et le montage administratif et juridique.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME : https://data.ademe.fr/datasets/liste-des-entreprises-rge-2. Une fois sur la page, cliquez sur le symbole du tableau placé sur la droite.&lt;/p&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers les plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis.&lt;/p&gt;&lt;p&gt;Vous pouvez contactez votre direction régionale ADEME, en amont de l’étude de faisabilité.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire, l’ADEME avec le Fonds Chaleur, vous accompagne à travers des aides à l’investissement sur une installation de production de chaleur biomasse/bois.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-projets-chaufferie-biomasse</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-des-projets-de-chaufferie-biomasse/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>161777</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser votre projet solaire thermique en métropole grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Installation de production d'eau chaude solaire thermique </t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le &lt;strong&gt;porteur devra démontrer que les points ont été pris en compte&lt;/strong&gt; :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins : &lt;/strong&gt;raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres ENR disponibles localement : &lt;/strong&gt;étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100°C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le solaire thermique est une solution de production de chaleur renouvelable aux nombreux atouts.&lt;/p&gt;&lt;p&gt;Le Fonds Chaleur aide à financer toute typologie de &lt;strong&gt;projets de production d&amp;#039;eau chaude collective par la chaleur solaire &lt;/strong&gt;dans &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les logements collectifs&lt;/li&gt;&lt;li&gt;le secteur tertiaire, l’industrie, l’agriculture&lt;/li&gt;&lt;li&gt;les opérations couplées à des réseaux de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les étapes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1 - Réalisez d’abord une étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projeté. Cela vous confortera dans votre choix d’investir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2 - Déposez ensuite un dossier de demande d’aide.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’une &lt;strong&gt;analyse économique&lt;/strong&gt; ou sur la base d’une &lt;strong&gt;aide forfaitaire&lt;/strong&gt; en fonction de la zone géographique d’implantation de l’installation, et de la surface de l’installation solaire.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;note d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;étude de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;assistance à maîtrise d’ouvrage&lt;br /&gt;&lt;/li&gt;&lt;li&gt;conseils&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche. Tout cela est conçu pour vous guider, préciser les critères d’éligibilité et vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-production-deau-chaude-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>161778</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place d’une chaufferie biomasse</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Assistance à Maîtrise d'Ouvrage pour la mise en place d’une chaufferie biomasse</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Réalisez votre projet de chaufferie biomasse grâce au Fonds Chaleur de l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’ADEME met à votre disposition :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;une trame de cahier des charges pour l’assistance à maitrise d’ouvrage ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;une aide financière.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide concerne toutes les collectivités, entreprises et associations.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les missions d’assistance à maitrise d’ouvrage vous permettront :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’assurer la qualité du projet à travers une vision globale et en coordination avec les différents acteurs du projet ;&lt;/li&gt;&lt;li&gt;de mettre en œuvre les différentes étapes du projet et de rédiger les cahiers des charges si nécessaire (bureau d’études, maîtrise d’œuvre) ;&lt;/li&gt;&lt;li&gt;de s’assurer de la conformité réglementaire et technique de l’installation ;&lt;/li&gt;&lt;li&gt;de s’assurer du bon fonctionnement de l’installation et des modalités de maintenance ;&lt;/li&gt;&lt;li&gt;de constituer un opérateur énergétique territorial et de structurer l’animation, notamment dans le cas de projets citoyens.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME.&lt;/p&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers les plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Une fois que votre étude de faisabilité vous a conforté dans l’investissement à faire, l’ADEME grâce au Fonds Chaleur, vous aide financièrement dans l’installation de production de chaleur biomasse/bois.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/assistance-a-maitrise-douvrage-mise-place-dune-chaufferie-biomasse</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/assistance-a-maitrise-douvrage-pour-la-mise-en-place-dune-chaufferie-biomasse/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>161779</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.&lt;/li&gt;&lt;li&gt;Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour &lt;strong&gt;promouvoir les énergies renouvelables&lt;/strong&gt;. À ce titre, des conseils, des notes d’opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l’investissement dans un réseau de chaleur ou de froid sont conditionnées à la &lt;strong&gt;production d’une étude de faisabilité&lt;/strong&gt; pour une création de réseau ou d’un schéma directeur des réseaux pour une extension.&lt;/p&gt;&lt;p&gt;L’aide aux études et schémas directeurs est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études avec la ou les qualifications pertinentes pour les productions EnR, complété de la certification « OPQIBI 1319 Études du transport de chaleur et de froid » pour la partie « réseau » du projet) ou pouvant justifier de conditions équivalentes.&lt;/p&gt;&lt;p&gt;Avant d’investir, l’ADEME préconise le recours à des prestataires bureaux d’études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T187" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-reseaux-chaleur-froid-alimentes-enr-enrr</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-et-ou-enr-r/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>161781</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Financer les équipements pour l'approvisionnement de chaufferies bois du Fonds chaleur</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Équipements pour l'approvisionnement de chaufferies bois du Fonds chaleur</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de &lt;strong&gt;mobiliser des gisements de biomasse en quantité et en qualité&lt;/strong&gt; pour permettre leur valorisation en énergie, l’ADEME est susceptible de soutenir :&lt;br /&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La création ou l’aménagement de plateformes d’approvisionnement.&lt;/li&gt;&lt;li&gt;Les équipements assurant la production d’un combustible de qualité.&lt;/li&gt;&lt;li&gt;Les équipements d&amp;#039;exploitation forestière permettant la production de bois énergie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement financier est propre à la structuration régionale de l’approvisionnement de la filière biomasse énergie. Il est également conditionné au &lt;strong&gt;lien avec l’approvisionnement des chaufferies&lt;/strong&gt; financées par le fonds chaleur et à la certification de &lt;strong&gt;gestion durable des forêts&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Pour le chauffage domestique, l’objectif est d’&lt;strong&gt;aider à la production de bûches de qualité&lt;/strong&gt; présentant des garanties qualitatives et de gestion durable via une aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;À la construction de hangars.&lt;/li&gt;&lt;li&gt;Au développement d’outils de séchage artificiel.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T188" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X39" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/equipements-lapprovisionnement-chaufferies-bois-fonds-chaleur</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/equipements-pour-lapprovisionnement-de-chaufferies-bois-du-fonds-chaleur/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>161782</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Réduction du besoin : réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;Mutualisation des besoins : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Récupération de chaleur fatale : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse). &lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons de passer au renouvelable grâce à la biomasse énergie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;avoir de la visibilité sur les coûts de la chaleur&lt;/li&gt;&lt;li&gt;accéder à une haute performance environnementale&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique&lt;/li&gt;&lt;li&gt;profiter d’une ressource de proximité disponible (bois énergie, sous-produits agricoles ou industriels…), dans une logique d’économie circulaire&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur (aide allant jusqu’à 45 % à 65 % en fonction du statut du porteur de projet)&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production chaleur biomasse/bois dépend de conditions techniques&lt;/strong&gt;, en particulier :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;l’étude du projet&lt;/li&gt;&lt;li&gt;l’approvisionnement      biomasse&lt;/li&gt;&lt;li&gt;la quantité de chaleur      produite&lt;/li&gt;&lt;li&gt;les performances      énergétiques et environnementales&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Opérations éligibles :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les installations pour le secteur Collectif / Tertiaire ayant une production minimum de 1 200 MWh/an d&amp;#039;énergie biomasse sortie chaudière.&lt;/li&gt;&lt;li&gt;Les installations en secteur Industrie (et agricole) ayant une production de 1 200 à 12 000 MWh/an biomasse sortie chaudière.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les installations de fortes puissances en secteur industriel et agricole sont accompagnées dans le cadre de l’AAP (Appel à projets) BCIAT (production &amp;gt; 12 000 MWh/an). Les installations biomasse de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable (production &amp;lt; 1 200 MWh/an).&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maitrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur la qualité de l&amp;#039;air et les taux de certifications attendus sur la plaquette forestière et le bois bocager) et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-production-de-chaleur-biomasse-bois/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>161783</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Créer et financer le fonctionnement des observatoires territoriaux Climat Air Energie</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie Circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d&amp;#039;aide se décompose en deux piliers :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide à la création est une aide      forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission      (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un      observatoire portant deux missions pourra bénéficier de deux aides à la      création. L&amp;#039;aide à la création est cumulable avec l&amp;#039;aide au fonctionnement      sur une même période.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;ADEME apporte aussi une aide pour les études de préfiguration d&amp;#039;un observatoire.&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide au fonctionnement est une aide      annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un observatoire portant deux      missions pourra bénéficier de deux aides au fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T190" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aide-a-creation-fonctionnement-observatoires-territoriaux</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>162536</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les efforts de compétitivité, de souveraineté, d'innovation et d’investissement productif de la filière industrielle du vélo</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Industries du Vélo</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;*Sous réserve de publication de l’arrêté du Premier Ministre approuvant le cahier des charges de cet appel à projets au JORF*&lt;/p&gt;&lt;p&gt;Le présent AAP est ouvert aux entreprises de toute taille présentant un projet susceptible de relever d’un ou plusieurs des 4 volets suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 1&lt;/strong&gt; : Projets de développement et d’assemblage de vélos&lt;/p&gt;&lt;p&gt;Ce volet vise à&lt;strong&gt; soutenir les projets innovants et risqués de développement des capacités industrielles&lt;/strong&gt; ainsi que l’installation de &lt;strong&gt;nouvelles usines ou lignes de production innovantes&lt;/strong&gt; pour assembler des vélos et gagner en compétitivité sur le marché de l’assemblage de vélos. &lt;br /&gt;Les projets pourront notamment comporter :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des dépenses relatives à      l’installation de nouveaux sites industriels.&lt;/li&gt;&lt;li&gt;Des dépenses de      développement relatives à une mutation industrielle vers l’assemblage de      vélo. S’ils ne sont pas exclus de ce dispositif, les constructeurs et      sous-traitants automobiles candidats à ce volet pourront toutefois être      redirigés vers d’autres dispositifs dédiés.&lt;/li&gt;&lt;li&gt;Des investissements      capacitaires relatifs à la création de nouvelles unités de production, la      transformation de l’outil industriel existant (usines 4.0), l’adaptation      de l’outil industriel existant en vue de la phase d’industrialisation et      de la production en série et la création de nouvelles lignes d’assemblages      liées à la production de nouveaux produits innovants.&lt;/li&gt;&lt;li&gt;Des dépenses de recherche      et de développement relatives à de nouveaux modèles de production      innovants ou à la conception et fabrication de solutions et machines de      montages innovantes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Volet 2&lt;/strong&gt; : Projets de production des principaux composants et équipements pour vélos&lt;/p&gt;&lt;p&gt;Ce volet vise à &lt;strong&gt;soutenir les investissements industriels permettant de développer et accroitre les capacités de production des pièces détachées&lt;/strong&gt; (composants) ou &lt;strong&gt;équipements pour vélos&lt;/strong&gt; pour lesquels il existe un &lt;strong&gt;potentiel de relocalisation et de compétitivité du marché européen&lt;/strong&gt;. Ces pièces et équipements devront chercher à être le plus standard et interopérable possible, en s’inscrivant notamment dans une démarche de coopération avec la filière.&lt;br /&gt;Les projets pourront notamment comporter :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des dépenses relatives à      l’installation de nouvelles usines (usines ou micro-usines) ou unités de      production.&lt;/li&gt;&lt;li&gt;Des dépenses permettant      d’améliorer significativement la compétitivité des sites existants      (automatisation, procédés innovants, usines 4.0) et d’augmenter les      capacités de production existantes (élargissement des usines ou      installation de nouvelles lignes de production).&lt;/li&gt;&lt;li&gt;Des dépenses de recherche      et de développement pour développer de nouveaux composants et équipements      innovants répondant à de nouveaux besoins et potentiels de marché ainsi      que des savoirs faire d’ingénierie et de fabrication.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Volet 3&lt;/strong&gt; : Projets d’éco-conception et d’amélioration de l’impact environnemental des vélos et des équipements associés, sur leur cycle de vie.&lt;br /&gt;Ce volet vise à &lt;strong&gt;soutenir des projets d’investissement&lt;/strong&gt; permettant aux entreprises :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De renforcer leurs capacités à produire des vélos éco-conçus, réparables et recyclables.&lt;/li&gt;&lt;li&gt;De développer le recyclage et le réemploi des vélos et leurs équipements.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets auront pour but d’alléger significativement l’empreinte environnementale des pièces et composants de vélos et des processus de fabrication associés, notamment par des solutions de conception et des process innovants.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 4&lt;/strong&gt; : Briques technologiques et démonstrateurs de solutions innovantes directement adossées aux vélos et leurs équipements&lt;/p&gt;&lt;p&gt;Ce volet vise à &lt;strong&gt;soutenir des projets de recherche et de développement ou de premiers démonstrateurs de solutions innovantes&lt;/strong&gt; portés par des start-ups ou des industriels. Les projets devront être en lien direct avec l’industrialisation du vélo, de ses composants et des équipements vélos.&lt;br /&gt;Les projets peuvent contribuer à favoriser l’innovation dans les solutions technologiques, les procédés industriels, les matériaux, les utilisations et les solutions digitales pour renforcer la compétitivité, la durabilité du secteur et développer une ingénierie du cycle basée sur des compétences et un savoir-faire spécifique. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/industries-du-velo/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>162520</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Massifier le nombre d'industriels qui s'engagent dans la décarbonation via un ou plusieurs dispositifs du Programme à travers des opérations collectives</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d'intérêt - Opérations Collectives PACTE Industrie - 2024</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;L&amp;#039;opération collective&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet collectif doit rassembler au minimum 10 entreprises avec un objectif compris entre 20 à 50 entreprises industrielles. Ces entreprises peuvent être de toute taille. Chacune doit réaliser a minima une formation ou un accompagnement individuel du programme PACTE Industrie. Le collectif d’entreprises peut se positionner sur des formations et accompagnements individuels différents ou identiques. Le porteur doit proposer une animation du collectif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Programme PACTE Industrie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le programme PACTE Industrie vise à &lt;strong&gt;former et accompagner les industriels dans leur démarche de décarbonation&lt;/strong&gt;. Il s’agit de faciliter le passage à l’action vers des investissements afin d’&lt;strong&gt;accélérer la transition énergétique et bas carbone&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Les dispositifs présents au sein de PACTE Industrie et éligibles dans cet AMI sont les suivants, ils sont détaillés dans le cahier des charges :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Formations&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;PROREFEI : former les      référents énergie&lt;/strong&gt; à porter des actions de transition énergétique&lt;br /&gt;Maîtriser les connaissances théoriques fondamentales sur l’efficacité énergétique en industrie.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Développer sa stratégie&lt;/strong&gt; de      décarbonation Act pas à pas&lt;br /&gt;Apprendre à concevoir votre stratégie et structurer votre plan de transition bas carbone.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Évaluer sa stratégie&lt;/strong&gt; de      décarbonation ACT Évaluation&lt;br /&gt;Comprendre et suivre une évaluation ACT de votre stratégie de décarbonation.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Accélérer le financement&lt;/strong&gt;      de ses projets&lt;br /&gt;Comprendre les outils de financement et l’écosystème associé pour accélérer le financement de vos projets de décarbonation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accompagnements&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;Étudier les opportunités      d’évolution du mix énergétique de son site industriel&lt;/strong&gt;&lt;br /&gt;Cette étude fournit une vision exhaustive des solutions disponibles sur votre site, à travers une analyse multicritère (technique, énergétique, environnementale et économique) et l&amp;#039;établissement d&amp;#039;une feuille de route de décarbonation de votre site industriel.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Élaborer sa stratégie de      décarbonation ACT pas à pas&lt;br /&gt;&lt;/strong&gt;Cet accompagnement vous guide dans la construction concrète et ambitieuse de votre stratégie de décarbonation et du plan de transition associé, en vous appuyant sur la méthodologie internationale ACT Pas à Pas.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Construire sa trajectoire      d’investissements bas carbone&lt;/strong&gt;&lt;br /&gt;Cet accompagnement vise à définir votre feuille de route de décarbonation à l&amp;#039;échelle de votre groupe industriel et apporte une aide dans la priorisation des investissements sur chacun de vos sites industriels. Il permet de transformer votre stratégie en planning d&amp;#039;investissements et piloter la trajectoire de réduction de vos émissions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Élaborer sa stratégie et trajectoire d’investissements bas carbone&lt;/strong&gt;&lt;br /&gt;S&amp;#039;appuyant sur la méthodologie internationale ACT Pas à Pas, cet accompagnement global structure la stratégie de décarbonation et le plan de transition de votre entreprise. Il vous apporte également une aide dans l&amp;#039;identification, la priorisation et le pilotage des investissements sur vos sites industriels. &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Financer son projet      d’investissement&lt;/strong&gt;&lt;br /&gt;Cet accompagnement permet d’identifier les modes de financement adaptés, d’analyser les risques et de trouver les arguments clés pour convaincre les financeurs. Il sera disponible au S2 2024.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Certification et évaluation&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;Prime pour l’obtention de      la certification ISO 50001&lt;/strong&gt;&lt;br /&gt;Vous mettez en place un Système de Management de l&amp;#039;Énergie ISO 50001 pour la première fois ? Le dispositif PRO-SMEn récompense votre entreprise par la bais d&amp;#039;une aide financière.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Évaluer l’ambition de sa      stratégie de décarbonation ACT évaluation&lt;/strong&gt;&lt;br /&gt;Cet accompagnement vise à évaluer l’alignement de votre stratégie bas carbone avec les objectifs de l’Accord de Paris, grâce à la méthodologie internationale ACT Évaluation.&lt;br /&gt;Il vous permettra : &lt;ul&gt;&lt;li&gt;(i) d&amp;#039;identifier les forces et faiblesses de votre stratégie pour vous améliorer.&lt;/li&gt;&lt;li&gt;(ii) de démontrer auprès de vos parties prenantes (investisseurs, autorités publiques) la crédibilité et la robustesse de votre plan, notamment au regard des obligations issues de la CSRD (Directive sur les rapports de développement durable des entreprises).&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Financement&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les coûts de prestation      pour les accompagnements individuels PACTE Industrie sont aidés entre 60 %      et 80 % jusqu’à l’assiette éligible maximum précisée pour chaque      accompagnement dans le cahier des charges.&lt;/li&gt;&lt;li&gt;Les coûts des formations      PACTE Industrie sont aidés entre 40 % et 80 %.&lt;/li&gt;&lt;li&gt;Les coûts d&amp;#039;animation      (coordination, sensibilisation, communication) du porteur du projet      peuvent bénéficier d&amp;#039;une aide financière sur une assiette éligible      représentant 15 % maximum du coût total du projet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet AMI prévoit 2 relèves :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1ʳᵉ relève :&lt;br /&gt;Clôture de pré-dépôt :      14/06/2024 à 12h (GMT&amp;#43;1)&lt;br /&gt;Le dossier de demande      d’aide devra être déposé au plus tard le 30/09/2024&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;2ᵉ relève :&lt;br /&gt;Clôture de pré-dépôt      : 15/09/2024 à 12h (GMT&amp;#43;1)&lt;br /&gt;Le dossier de demande      d’aide devra être déposé au plus tard le 15/12/2024&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-operations-collectives-pacte-industrie-2024/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>161833</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le réemploi des emballages et des contenants</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Aides au réemploi des emballages et des contenants</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire (&lt;strong&gt;Loi AGEC&lt;/strong&gt;), promulguée le 10 février 2020, et la loi portant lutte contre le dérèglement climatique et renforcement de la résilience face à ses effets promulguée (&lt;strong&gt;Loi Climat et Résilience&lt;/strong&gt;) le 22 août 2021 fixent des objectifs ambitieux pour &lt;strong&gt;favoriser le développement du réemploi des emballages &lt;/strong&gt;: 10 % d’emballages réemployés en 2027.&lt;/p&gt;&lt;p&gt;Le développement du réemploi des emballages et des contenants s’inscrit pleinement dans le cadre de démarches de prévention des déchets et d’une consommation plus responsable en contribuant au prolongement de leur durée de vie ; il constitue ainsi un levier efficace pour réduire la production de déchets et les prélèvements sur les ressources.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à &lt;strong&gt;financer des études et expérimentations&lt;/strong&gt; préalables à un investissement ainsi que des investissements.&lt;/p&gt;&lt;p&gt;Les études et expérimentations peuvent être aidées jusqu’à 80 %. L’aide aux investissements peut aller jusqu’à 60 %.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Emploi</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_32_44_52_53_75_76_84_93_987_988</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-reemploi-emballages-contenants</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-au-reemploi-des-emballages-et-des-contenants/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>162219</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets d’investissements industriels structurants et aux impacts positifs importants</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets éligibles au fonds vert sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet 1 : à titre principal, &lt;strong&gt;des projets d’investissements industriels structurants et ambitieux sur le plan environnemental&lt;/strong&gt; (par exemple : projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, etc.) qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (cf. liste d’exemples ci-après).&lt;/p&gt;&lt;p&gt;Volet 2 : à titre auxiliaire, &lt;strong&gt;des projets d’investissements contribuant au développement des compétences&lt;/strong&gt; (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/p&gt;&lt;p&gt;Volet 3 : à titre exceptionnel, &lt;strong&gt;un soutien spécifique et renforcé aux projets d’investissements industriels structurants et ambitieux&lt;/strong&gt; sur le plan environnemental, tels que définis aux volets 1 et 2 qui contribuent à la redynamisation de territoires « rebond industriel » (territoires confrontés à de fortes difficultés industrielles ou des restructurations importantes de chaînes de valeur, qui bénéficient spécifiquement d’un accompagnement en ingénierie par l’Agence Nationale de la Cohésion des Territoires (ANCT) dans une limite de 3 territoires par an).&lt;/p&gt;&lt;p&gt;Pour candidater &lt;a target="_blank" href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie"&gt;rendez-vous sur le site démarche simplifiée&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/fonds-vert-territoires-dindustrie-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>162221</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les ports ou consortiums de ports souhaitant adapter leurs infrastructures pour accueillir les activités industrielles liées à l’éolien flottant</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Infrastructures portuaires métropolitaines pour l’industrie de l’éolien flottant</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à projets vise à soutenir, à l’échelle des façades maritimes Méditerranée et Atlantique-Manche, les ports ou consortiums de ports souhaitant &lt;strong&gt;adapter leurs infrastructures pour accueillir les activités industrielles liées à l’éolien flottant&lt;/strong&gt;, notamment :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;aménagement de terrains, de quais et d’accès à même d’accueillir une offre d’assemblage des flotteurs compétitive&lt;ul&gt;&lt;li&gt;L’aménagement d’espaces ayant pour vocation de répondre aux besoins de stockage par des industriels ou énergéticiens des sous-ensembles, équipements, composants, les flotteurs assemblés voire les couples éolienne-flotteur intégrés&lt;/li&gt;&lt;li&gt;Le développement d’infrastructures pour l’intégration des éoliennes sur flotteur (quais adaptés, …)&lt;/li&gt;&lt;li&gt;Le développement d’infrastructures et la mise à disposition de sites permettant d’accueillir des industriels produisant des composants de l’éolien flottant&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le projet devra permettre à son terme de répondre aux besoins des parcs commerciaux français et internationaux.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/infrastructures-portuaires-metropolitaines-pour-lindustrie-de-leolien-flottant/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>158944</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Aider les citoyens à trouver que faire de leurs objets inutilisés à l’échelle locale, et à consommer de façon responsable</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Longue Vie Aux Objets</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contactez votre cellule régionale : https://www.francemobilites.fr/regions
+ Comment se débarrasser de façon vertueuse ? Quelles alternatives à la consommation d&amp;#039;objets neufs ?
+ &lt;span&gt;🤔&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Une boite fonctionnelle partagée unique pour chaque cellule régionale :
+ L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de lancer l&amp;#039;outil
+ &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;
+  La carte des acteurs de l&amp;#039;économie circulaire et de la réparation&lt;/a&gt; pour mettre en lumière les solutions proches de chez soi pour désencombrer son logement, et pour consommer de façon responsable en privilégiant le réemploi et la réparation de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ La carte met en lumière des acteurs et solutions de proximité et apporte des réponses pour les objets du quotidien : vêtement, téléphone mobile, mobilier, électroménager, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Les points d&amp;#039;apport listés sur ce site sont mis à jour régulièrement.
+&lt;/p&gt;
+&lt;p&gt;
+ Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les alternatives à l&amp;#039;achat neuf, en mettant en avant des labels et bonus réparation dont le citoyen peut bénéficier.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1) Carte centrée sur un territoire : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAA90AAALQCAIAAAACRYS7AAAgAElEQVR4AeydDXxT1f3/s/39b/w2t7G/P3/y&amp;#43;&amp;#43;k2EbfB7&amp;#43;emqHM/dJvCpkOcoqgIVVRkVJ4UscJwBVcdiihPrbXyUCkCLY/lScqDWqo8tEqhPJVSoKRt0jRNmtwkTdKkSZP73znfm5OTm/Q2bdM0Ld&amp;#43;88mpP7j2Pn/tw3ud7v&amp;#43;dclYgfVAAVQAVQAVQAFUAFUAFUABXoaQVUPV0BLB8VQAVQAVQAFUAFUAFUABVABUTkcjwJUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC7HcwAVQAVQAVQAFUAFUAFUABXoeQWQy3v&amp;#43;GGANUAFUABVABVABVAAVQAVQAeRyPAdQAVQAFUAFUAFUABVABVCBnlcAubznjwHWABVABVABVAAVQAVQAVQAFUAux3MAFUAFUAFUABVABVABVAAV6HkFkMt7/hhgDVABVAAVQAVQAVQAFUAFUAHkcjwHUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC5PuHPg5Y&amp;#43;OXlHfhDsAWCFUABVABVABVAAVQAV6QgHk8p5QXbFM1ciVV8531Py9imLgTlQAFUAFUAFUABVABa4UBZDLE&amp;#43;5Iq0auvHvWzuOXGvv8VzVyZTRc7vf7E&amp;#43;4gYYVQAVQAFUAFUAFUoJcrUF/vSLQWIJcn2hERgcsTrlqxrpDF0dIul3s8HofDYbPZBPygAqgAKoAKoAIxVUClSsfvFa7AL36xbvz4/fn5VbFmnM7nh1zeee26KSVyOQjb0uJBIo9pH4SZoQKoACqACgQVuMKRFJvPFPjFL9YVFdV1E9R1NFvk8o4q1u3xkctFUXQ6iaU8ePvEECqACqACqAAqEFMFGJZhABUYP35/t&amp;#43;NddAUgl0enUxxjIZeLomiztcT09ouZoQKoACqACqACIQogjKICvAJxBD2lopDLldTpkX0d4nJ38RHb8iXNBZ&amp;#43;GV7V5/17b8iXs69yR73e5&amp;#43;GherYbtZYGmlVksjvubr2F7a6ORbfRWXYKNnsrzbKNjYy7LgQU85WdZhPBAu/7lIbdP/IEKoAKoACqACsRUAZ7JMIwKhINKj2xBLu8R2ZUK7RCXG0aP0g68XnfrELG1VZap&amp;#43;ZUZ2oHX89/6u27z1lSzaO6SYn4vhHW3/4pFsH2wHDZa/vkPttE0eSJsdO7czjZCNWS5ObZsZBHCA8jlMe1fMDNUABVABVCBjimAJIoK8AqEg0qPbEEu7xHZlQqNnsu9mlqGws2fH5BlKnH5oJ8Yxz3e8MBwiGkc/wSLxrhcf/99xnGPw9f04iQWgXF53eCbfIIgiqKn/CwrMYTLH31IO/D6uv/5BcvHOO5xV9FBllV4ALm8Yx0IxkYFUAFUABWIqQI8k2EYFQgHlR7ZglzeI7IrFRo9l1vfW8go2TQtWZYpcHnd//ycbPf5GidOgMg&amp;#43;wQwxGZc7d&amp;#43;&amp;#43;UpYWfjMu1A68HkzkzlmsHXh/C5dRs3/DQAxHzibgRuTym/QtmhgqgAqgAKtAxBZBEUQFegYisEv&amp;#43;NyOXx17ydEqPlcr&amp;#43;/ftidxInlzlsJcN/8M5/Nxmctcfl/3wwb7etygMs95ytgC&amp;#43;Ny09TJzCncq6llmdgy0xn31w2&amp;#43;yX3kEPtJuHzXDhYT/Fjq77qN5ePckc/2Rgwgl3esA8HYqAAqgAqgAjFVgGcyDKMCEVkl/huRy&amp;#43;OveTslRsnljKqdn&amp;#43;6q&amp;#43;8WN2oHXOzbm8lnLuNyxZSNQdcvZ0xCN5cDTtrv4CMuEt5cTN5XBN/ExnbvlXM7vbXw2ieUTMYBcHtP&amp;#43;BTNDBVABVAAV6JgCSKKoAK9ARFaJ/0bk8vhr3k6JUXK5MHsWMZbf9t9ia2vjxGe0A683PvkYn3WbXH76FERrn8sD9nLefYWFw&amp;#43;3lyOUd6xMwNiqACqACqEDPKcAzGYZRAZ6gejCMXN6D4kcuOhou97vddbf8ErjcOO7x&amp;#43;t/9FpiY90KRuHzIICimKXslxPFcvABbGJe36V8e4HLPxQu6W4doB16vv3eY&amp;#43;&amp;#43;sSyCecy9G/vOf6FywZFUAFUAFUoGMKIImiArwCkZks7luRy&amp;#43;MueXsFRsPlzl07eOM0C9vSl7LsJS4ffJO7pNixYZ3&amp;#43;/vsCKyp6IQ7jctvS990lxfBtOVHKcmB&amp;#43;LK36etfhr2zLl7ScPtVyojQCl9P1WPTDf8fycZcUtxqDq56zPFkA/Vg61oFgbFQAFUAFUIGYKsAzGYZRAcYnPRvodi6P/ki//PKXXq&amp;#43;Pl8NVdLj22z&amp;#43;uVf1I&amp;#43;csn6QPhaLi88fmnCWT/ejCbZ6kf/juwZzMFzDOnM15ngaZVH7EIjMvZXpJnpPXLW/X1LFXL8WMSl7e7fvnmPJYqPIBcHtP&amp;#43;BTNDBVABVAAV6JgC0fMJxrwSFAgHlR7Zkihc/pe/7A5vv&amp;#43;dshfZHP1GG8lrVj8IT9uot7XK5z2zS3vxT7cDrhb&amp;#43;9xlra9NGHgMstJ47DRrCXM&amp;#43;bW3zusacWHot/PkiCXd&amp;#43;wWjrFRAVQAFUAF&amp;#43;pAC3cGa99yz9d13T3z1lV6vd&amp;#43;v17i&amp;#43;/rH/nneN33rmpO8rCPGOrAKOjng0kBJdffXVWfb0johDmF19BLo&amp;#43;oTG/fiPbyPtS7YVNQAVQAFeh9CsSW6gYPXn/kSIPT6Y/43bWr&amp;#43;ic/WRPbEjG32CqQIFiVEFx&amp;#43;xx1tvrC9KWMFcnmCnCuxrQZyee/rxLDGqAAqgAr0IQViSHVDh27U6VxOp7&amp;#43;62vHqq0eGD99&amp;#43;zTWrrrlm1YgRO2bPLtZqm51O/&amp;#43;XL9p//fF0MC&amp;#43;16VlknySiiLDO961lFm8NLmnqn36nRvKiKY6HRlRVbyOl0bgnB5VdfnSXzLIf2nD59&amp;#43;ugn65HLO310Ezlh7&amp;#43;Hyyk2vJyf/bX15d/ZGB5clJycvOWDqzjISMu9D6cnJyYsKdAlZuWClKjelJien5JwKbsEQKoAK9HoFokXJ9qju5ps/qasj5P3xxxU//OFH4dn&amp;#43;&amp;#43;McrN2&amp;#43;ucjr958/b/uM/VodHaHMLUCyzwdu89SfVC0fFjGiRy3nlEwSZepLL//M/s5kiX35ZF66IyWRy6fXaawcpo3l4wl69pV3/8l7dOlb5buPykqwZydJnyrSZ8zMOXOpi53FwCWXmLuaimDwe6K9YgZ7aGcK7lNHndu8AqJMNPZQxpTcMHzrZOkyGClyhCjAC6WKguNjgdPrff/&amp;#43;kcj65uRedTv/WrZeVo4XsDXC52eAlXxt1kjGblt4VGzRHLufVZnzSs4Ee4/Jnnjnwpz9t37evxuVq3bCh8vhxQ1tCNI59Hrm8LXF67/bu4vLqXWnJycnvF9RWV5buyUiZkpw8M6ukK3bo85vmJifP3dC95vLuR/&amp;#43;2&amp;#43;t0QMm4rUrdt53m3dtdbyclTMg51W2Gdz/jCpnnJySlr0FzeeQkxJSqQgArwTNbp8KOPFjid/vJyy//5PxnKmVx9dVZtrdPp9N9&amp;#43;&amp;#43;0blmMG9EpebssBmf/uJYgNBc/XGPcE47ZnzFWIil/PiJAhQ9QyXT5168IYbPtbrnRs3XnjxxcJXXz30zjvBZbNl0mi&amp;#43;/5/I5TJN&amp;#43;sDP7uLykqxpHEKVrJiWnDwtq6QLPUIRZebPupBDu0njgf5tVYIn47bidNt2OogK8O6pnJTk5Ld21XZbaZ3PmJ5Ui/YmurdN5xuIKVGBK1IBnsk6HV637oLT6Z80qTCaHFJTv3Y6/W&amp;#43;/fTyayCSOjMtV6S/vI17sztJyLoecse&amp;#43;qyzTSfFOzxrR9fj63N111e1HOYUe9WYpQf9GQMzkHIkhcvvHE3gqardPvrLfujZRcMtXbXOrD5c8FRwLlZcTHxrQ926CuJ/kHXNWhSl5pCqzZVbbjxJ8hFbRIo1mabZKqZPPWl/J5pqtUeS9mG9R0BOJ0&amp;#43;usvGrImBJ8PSHXeUVl8MVyKYLQQBYIVVoqQIGTVA1z&amp;#43;rW&amp;#43;lf/e7mcnJhTt2VL311je//nXua68d/vxzTUWF2eMJWb9cFEXP&amp;#43;QvKUH4FrpMYk1PHaG0uOq3LP6Jeve/8oq2n0jYch&amp;#43;&amp;#43;7W05u&amp;#43;rLqSLm&amp;#43;qt4Wk4LayqSbuLx2JzGXM4Sq3DiXOKEUSX2O8cKBjPkzpxE3lzAXl4byA6vS5s4iO6fNnJu26kAVtbLTHFIy1q5O&amp;#43;xtJOG3mvIzPqoJdWG3JpkUp06bQHGcv2lTK0I16vyzIWp1KMpTQs40iBIr&amp;#43;aas2LZk/k2Q1I2XRxmBGQptFBGtBQrUl25bNm0l9eEIqWb5&amp;#43;bnLyvM2VLDb1ZScu3eUbiDjcJzCAqT1VwKSYNXfR2kMghSAIB5aEmrTpiCIA1pGazEqlgdqSbUvmpxAdZ8ycuyjn0B4yiErbSVHcRPKWsmq7ziSbz8hIaUH2pkV/64JcxkpyuOFckAkuGCv308M9JXnazJR5HxQc2pDGRnf0fJi7ZMWiFHJgqWe8qbZk46IU8J4KyUpXsmqedLalBvypTOW7pBNmWsqiTaVaEMhYuT8jEHXmvA&amp;#43;kcy9UPPyFCqACMVagE&amp;#43;gWnqSqyu50&amp;#43;q&amp;#43;7Liqv8VtvzXM6/YcO6cPzibwljMv/UURht/QUi//yDgfBX5tLfdJUJuG1t2z5ZinCqPIyIHIb5wnj9JZlEnYHxgV6DvrJOB3bpwb4dYSU3KyxlpWa1JCVWh2YtQlcTonf5jWbvZTLc17&amp;#43;lFbJ6XeaSaESnWs0LwdHGjQJt9dceuq3Ej3nZ5XSJGbXuVJTmRqSB6skr3PIECVQ7ehAnGkIgbZwJc7be4DLof033/zJwIE53/lOZlLS/tTU4rlzjy5bdpI13luj0Vz9X7Xf/rFu0G3I5UyWrgeamj1Fp3UfH6hkIK4QyN5//utKg8MlvR&amp;#43;066XzOXQTl4cayHUFC5KTk&amp;#43;dtukDv5uWb5k1JTp6dceBMbWXptkUzk5NnZhwCkC7ftWBmcvK0uRn5JeVnSralpxBafaegVhCo03Ny8sx5q/eUlkOq5LRd1TRD7cElJJMFm45W1p45mJWanDxl3qbzdBcF1mSyM6fgswOHynVC20VUbp5HipuSsmTjwXLIh9n4FYrge6iGg0um0cKKymsvlOSkJicnp227TGNQis34isUOOq4YtbW1exYRutxTW1tNvkaTEFLPC6UFVIqZyw5SncrX/y05OXVTkPG/ygiOgsKbzMqkgfKNpJnTXs8oKK0sP7otYzaMCAKDAV35oc8OlMJkgLbrLAiB4URX5BLK179OBM/YU1pZXV7wPjn2WUehurqDy2aSA/dOzsEzlaWf5ZATg3ykg05HNTRt/oEDn5VWCRB/5oKNJZXV5QdXkDbCKKiKDhHTtpbXnikgJ1vatipBKFkxMzk5JauosvJozrwpyTM/LDEKAiiTkn6gvLqyNJ&amp;#43;emOnSiRkqIf5CBVCBWCogw7LO/TSbCTh&amp;#43;&amp;#43;9vtOLFA5j/4wUdOp1&amp;#43;nc0VbViiX3zpXo6Yu5ueyAxbxCWo1wV9TzljJBP7nFSZzcMGT/JwzlIDV9QulCHkvbrTWV6jn3E4QVmJcszVvah6p0qB9EN98&amp;#43;AStYc7CEtK6&amp;#43;n3FtwLpDjq0lxrmA3ZxicvNpZXP0QxJqrn1pAJO77mNRZDqxrEnDqpdxcv33chxufrzE2MHkTrcOreerNDidOQ9Qn7e&amp;#43;K4B6g81VKlyZI8IAnU25Uygde4UgkfUn0eUHgz3GJfPmnXopz9dc9ddm771LXIkHn10D/fGG7F5x552cZxF6EH5uqPobpr32dTsmZ1dMmjixlumbP3T63uefq9w1spiBuWpa489&amp;#43;fbngydvZltmrjg6c8XRlNUlaRuOr/viYsxb2j1cTn2Uk&amp;#43;fmfFNbK2fKUzmzk5NnLDkgWSgF3X6KpMQ5gU67nDJvU9CHXFeydRu1ZVKK5Xbp9pJU1ACvO/B&amp;#43;cnIyN0&amp;#43;ROmJIFl8KrAGcFRSLAPSfuaQoYGsvIw4dczdWCoJiEaHdk/FCaXmgaWCAh6cE1CgeGJmQJCGOK/TxQkpOGcsrghQHCPLTtUioSTs5PegBTkcUgeTyJrM8aYCKk7yooJb5&amp;#43;htLsgjyBgY5XHTlOlMynpl11Cil6JRcQu2pU2xCMPgREcGlsyIluzSQuyBc2JZGHmKAM1TY&amp;#43;UDPIm76AT3NqFoha&amp;#43;w06MiYB860wNo&amp;#43;Rq2OlEKVmbbkQODww0FP/DVquAOGQVSgdyoQEc46utFgaHE6/VdfnRVNwuuuW&amp;#43;10&amp;#43;mtrndFEJnEkLqdszVZlUWtepkSrUqWP3Uos0&amp;#43;bPi7kMvzlIPEAo5o64dI4i73bOD4SLKXF52QqJ6cmu&amp;#43;ZSq1WrqrHKimAwDrDkjCKfB9971VlKiBO6SH0tWoD4qVTpY9M0lJwiFh3&amp;#43;hRfXUdi7tzc&amp;#43;rIA0sW07iLywh4XM5gYGHKl0FrTAbFtL4wOUhdQ4vpVNbYs45ncuwx7gcjtZ3vpO5YMExm60lvPau/V8YH3yCwbdCIDxtr97SHVy&amp;#43;t1Rz08SNqpErZd8fPZ5z43N5P52Qy7YnZxwaPHnz//3Latjy72M/&amp;#43;c3L2594&amp;#43;/O7X9154lJjDIXtHi7nFmMhNs6Z8wLuKAKlt5S13NQ9RmN017QPIzqhU4pdciDY6RCfE2ri1RUQQn&amp;#43;f4ZQgCNSRY9lBwl/EBM4hu1IRFPUCrEYKohUj3h2KRQSrFBoyamsr8xcwvwu550noFEb6eIFDwIj1pNZrYgMOcy/hVzmUNzm0VqfWpBC4Dw4AiOcNmegp8W5IbMU6h61d0zW5hIba2sOrUyR3GlCcE4TUi55UkuO77Hyg8acsCjkJ6JKXBwWhdjd5WJOSfqAyyPhC6Sr6hGVjCRufSMpwJya4ykgPXkKEwR&amp;#43;oACoQSwUiUGPHee7kSbPT6R88eH00uf3pTzudTv&amp;#43;&amp;#43;fZpoIpM4AS4nTibgQ2I2LOQgOKs0FNkZuztde6emq94lC8U4QyA4hJUlxuXXL4cSYX3xqXSt8WCeXFmS90iAy4O67duuppDNs35wb6BFoeuXc9UoAnu85PoSUrQ0&amp;#43;ZWLHNKWaCXlKxMajiHhdCWrbufyrlTuykwbcy5P23D8qockzmb8HTFw0/N5r6wo/t7oj9neX0za9GLGoTtf2q4aufL7j378yecXYnVQuoXLYTEWilCn1qZwzgkC&amp;#43;J2DRwL/N21nLexaEnFmZyjFEuAmDuvU/EznAvJZQXjaCsL3PLASAqUuDZGLCDVgkz6HupsTzxPFIkJ6J1PtqT05i8A9fco06mUOdmhKsW15ngD4c8tyR64n5XIyTmAVk8oOusSENzmkeoDgyUvIkCX44Xk3uFUyKrdZ57BlK1mtopdLMFYWbcp4C9zLp82kEweoPZxW6XXOUUcQBHpSwWEV5OeDbBwYOB2kwYaudOOCmWRFoAXbTgXY3FR14IO5xDV9dtYh4lcPT3gCCYP/IzxG4DXCMCqACnRdga6TnEqV/sEHZ5xO/6uvHokmt5SUo06nf&amp;#43;nSoHd4O6kkLqdIOuhEMUXz&amp;#43;k8PsVQAqeqiypxs2ffEi4O6zOVQusG0XZ55ZdbcXbQOClzeBjTz3B/AYg61D&amp;#43;0l80e9ZVtlzanMySyGmaNc5DaKCGTLVIoyECu86WI&amp;#43;yOVdFDD2yWPL5XPXfMMgWyHw/55c&amp;#43;/iCz8CJZcoHh74TsJeHJ1m4OTgNoCuN7xYup2QmeZLoDiyaIjn1Bnh6bkQbJLh3R4Zm3n&amp;#43;adgLEOQHW8qM4yGaUhvYQFLY43lUqQo56HPorFcEXSF2cp6Rk7C&amp;#43;v1RL&amp;#43;4&amp;#43;zNQRM&amp;#43;JIBprAG7NfUX55ZAiVjPkg&amp;#43;pH0sZVIzT0HRwSXBVb3mT&amp;#43;fpJqC17cRLPuyGxFesMTzm4ZSuDI6Vo5QJ/buoRXkvk4txmaNH8swtqLg9OTqUnGJtVzD8hCWkB/&amp;#43;MSdS6fEbJYp66UOJdTj3M6cJKNBPjkGEYFUIFuUyBKXFOOBibwqir7d76TqRzz&amp;#43;9/PqqggTiBDh3ZynUTJ99rp2vuShKQvfkrWJAn1Y&amp;#43;FolfmxjOc2ctgagXFDuBmw25rT5nLp4Vwu&amp;#43;bE4S8BDPazckPylvXw14AnAuZzAvFWutiAvH1lZ8I7u7QrSxDAtcnkMxYxNVjHk8lV7K8LBOnzLLS9u&amp;#43;XNqAfMsT9tw/Jn3DoZHY1u2Hb7c9aZ2B5eDuZdhE/UQCMzno9DGdpH7vLZc8jCWO/gKwqVSmIBIOZX3vuAoigJiYCkS2m&amp;#43;Yqk6dASdhakblvSHaLkKIiP5gWlYqguupKOAGXZxNpcQtQ7I3U78LOuOQJDDR&amp;#43;Y5B1xE5AUu&amp;#43;ztIsT1oETJal4EjVCOgpCLrPiOO5tJoKOHvwTeYqSOCWLlgZ9KGXJ&amp;#43;djK9YZ4Jt7uAFu3MQSH6VcUNWgbxKdHCytmw7Wa27sIVG7NDmVnmBh58PsnFPMaV4Qqk6Vk5MgeDJw4xl2ygkCqzYd6S0qYHMDBEF35hRbAIfXBcOoACoQWwU6ym1txS8s1Dmd/hUr&amp;#43;LULw3hUlb5q1bl/rdzy0UftRAspBSjWGVi/XBVYq4S5psC8T6dr7yvMRzxvzj7rua2HqHt3YN6nRhOYRknnfV5Ug4d6BMYN4WZp3qf5ZLm0yqEq/caxlWUXDUuld45G4HI277Msm070JEnovM/F1MQekn8ELpfGHmZTFnut6aB9OaWOYkgemKsamHgaQecQAcOwXmFv18EmJjkgl8dExlhmEisur9RafjFpE4Pp8AD4q/xX0vq7X92ZnH6I5/K0DccfemNfeBLY8r3RH5&amp;#43;rEbrY5u7gcgp/HDZd3kVm7AGVmsrJq9SlJTjoOhuzkpNnZBxsIJP9YAmOlPSC0gvlJfkZxM/gdfLeSZk7ijRpknqQB1LNXLD2YHl1LVlg5PVpZD2WcsnzIQTZ2y4iAvqnJidLBtTAWh/hRfC9E3jvpOaUXKitLC2Q1jmRKgkLgNBKXijdRpaPSU7bydZ5pMOFmYsKztSWHyVrxgQalRwixcwFu2BGLOg5my6oUrR6HlkBJmAGpnUIbTJfRQLNxEIM&amp;#43;p8p2Qa&amp;#43;HGzZmdC4dNGSyHWOINfrHZQLuJy2uvbMQWm9lYDFWvdVBl2NZUFOUXll6YGcd2A1FsmrRO6OLwi6IliSJ&amp;#43;fgmdraQLvmbTx9cNk00tj95bUXDpAYs3NOwSIwsHpP6XqiBkxOCCwTVFBaWXuh9MBa4voyLf1gwPElVBr8hQqgArFTQAHROrRr4MC1Gg15YdAnn1T&amp;#43;6EcrwtP&amp;#43;9Kdr9u3TgM/0b37TpiU4PGHAv5xxebqKLVwYmOv5XI6Vrn/ip0sZWqVFwckKLZRZ2TqJTj&amp;#43;3EqK3bAWh5Pa4PF016JuDdGFyaR1GWDLc6VfvK6bLGkbiclUb6yTCdNX2uFylyvnH59Ji6vUXTWUnHfXwllO1Zg4120eoc0fgO4LIgeRdpJpYJU8ELrcUvjRQpeo/IqPCFatm9eZ8YsLl3lbfqn3nfz5p04ysI&amp;#43;MWftHvkWwZZP/gsTWzVhY/krZ/6PT8qR8clkF52obj987eLUvC/7zxubwuatwNXA7GzhCbLfXBCJh4taVkhW/i20tXKP9gWwl7h42ptmTrknnS4uUp85bBrhD/adIXUJ8TulIK7RlMVQdWpQUWrp45b1HOgQuUpujsyYAhOdCHRC5CGf2J2TVyEYFc4X/5TlhOm659voys7BdSyQ8C65rPCl18XRB0R1eDItNmrpaWWeHrOWtuGq&amp;#43;SIOhK6arhoGBw&amp;#43;W0BptXKmxxaSd2ZArJ4/BSq/lursxZMCy5hGRqTtLqNOoeNlEJN/tHJRVoNy41PmzkvfQlZ2jAwjBEEoepwDlkZPZkssj5vWc6SvwU8l8AdP/i0Qap01Wer02bTs2rKtJnzF&amp;#43;Xsp/M8jad2LZsnLWzPFi&amp;#43;vPZTzFl33PJlfvFzQlW4jS9fDifm3tIytwVmhMmHwJyqACsRQAQVE6&amp;#43;iuW2/Nq6trdjr91dWOWbOO3Hff9h//eOW11666//6dqalfw5otwOXnzlkHDMiONn&amp;#43;5vZyg9r2ZdCVEp/fgXMlafOvUyoMVLpgYaja4zn1e&amp;#43;SJbtVAV&amp;#43;l4hm5e8VwhWRYyGy&amp;#43;niiQt3mNT1dB1xkty0/V3JEK5SReTydJUqwnuFYFVEaaTR5rxPaBFNftEFLzMy1zvKdkiLKkYeSwTAOlpV24jfRaqJVfKe53JXaeb0yZNS1lXEqkm9PZ&amp;#43;YcHnhKV3ahuMDxq97ZQVZDDEiZF/71CdJiwoHjF&amp;#43;XtKjwl3/ddPMLG3k65yk8YnjeJ22&amp;#43;ojWaQ9ANXB7D2zVmhQqgAqgAKtDHFegixsmSDx68/siRhkgLiZD1SVavPjd48PqSErJAyqlT5h//eKUsOf7scQWiQZc4xIkHlxdMULFP/8EjUg9apIbtTmLbaWBEtl4ULy0eEtzab&amp;#43;Dw1EIaHTIZsUofknY4SSHy&amp;#43;fQfOmm7OkIcaZN68S0qlarf9MPSb9el/JThQ/pfRYvsP2TE/AJL4C066vdIRfq9VCxFhYr1m05/Qz5cRVk0KXbn/3Wdy81N7rQNx6d/eOSGZzYkLSpM23D8uSVF4Wx935xP7529&amp;#43;4G/F/xoTI5q5MrbZ&amp;#43;TzXD5g/LrwJPyWHzy2prklIFbHm4tc3sd7PGweKoAKoAKJrUB3gODvf79t0aKyw4cbGhrcOp1r/37N4sUn2UTP/v1XHD1K2P3rr40RPV66o0qYZ5QKdBxkuiVF/Lh8yNTc3PfGDCQoO3RxNW0M8PQt03O35OeTb2GFPcDl/UYt2JKb&amp;#43;uAAEv3OxWpRbJ/Lb5memzWJ5j8gFSy5kD&amp;#43;wu6ReCJdbdk&amp;#43;iBagGDE&amp;#43;aNHnU0H6UswekFFPajIAvYM0AACAASURBVILL&amp;#43;416B2qen18aGDB0&amp;#43;TB1ncu/qTSkbTj&amp;#43;QGrBv6Zvpm04/mLGoSGTN0//8MiwWTu//2hwDcT/TFqftuH4z57N/X9Prn1&amp;#43;SREP5WkbjsPaiDyIh4f/vvZYp5uLXJ7YHRbWDhVABVCBPq5AlLgW22g/&amp;#43;MFHYDU/cqThe9/7MLaZY25dUaDTPBPbhPHjcjB1548n7CuZvSNwM&amp;#43;Nyapb25lOLOrGjt8/llL9DokXIn&amp;#43;Nye0ESAfGBSdsDSO3VZz9MNoGNPBouZ3b3GB6VrnP5hoOX0jYc//XUrWkbjs9ccfShN/alrj3GsPve2bt/&amp;#43;dfNv3l5&amp;#43;0sfHWUbZYG5Od/87Nngy4bCiRy2/PKvmzvdcOTyPt7jYfNQAVQAFUhsBbrCcF1JC2i&amp;#43;Y0c1cnlXZIx52k7zTGwTxpfLXcUpN6pUqv4Szkbg5hAud5WkEPt3v6QCexRcPiApc13qCMLVQxdfoipFyJ/j8gh7Q0rvpVxuc3oAsm&amp;#43;bvi1tw/HJ6V9NWvalDLtT1x4LN5BDnD&amp;#43;8trv/Ezn3zVGa9MljutHaycm6yOWJ3WFh7VABVAAV6OMKxBzsos/whz/86Nvfzog&amp;#43;PsaMgwKxxetO5xY/Lqc&amp;#43;IuTPgAezK8AtGcg4sEPy5A7xLyfRR60iU0JDDOHMpzzcv1ylUt04HVzSJb/zNvxY5NgtSVjALPTyCEr&amp;#43;5dQzvtMHITRhF&amp;#43;3lFRoLmMm/N/rjaZlkoZVR8/fJuLytn/96tZBq5Mp/H/sJT97K4aw950KrH&amp;#43;0v5PI&amp;#43;3uNh81ABVAAVSGwF4oB6WEQvUiBafOnmePHj8iFTM6eTOZeqpN2BNgGXM/9ycNGW8HfUAvA4t0jm2Pa5nPK3Zc0oUsZjuSRZBIt4tPbyQq8YBZcz/3LqGR9oVhf/d5HLPy&amp;#43;ru/G5PIBp8CCfEmkZxHA0n5F1ZNT8fbfPyGfJlYkc9k5e/lXn2otcntgdFtYOFUAFUIE&amp;#43;rkAvQkasahwU6BzMxDxV/Lic&amp;#43;JSXptJ5mWNy7bQhEbg5xJOEby1QsmpCAWwse53k1B9WQeHzOb&amp;#43;ArqJC3dP57VJeHJdL/uX9krYH1ocJ&amp;#43;JcPfKk4iPW3kFmnoiha8ijxS9Z3Lh8p55j96yKX3zVzB8/TD72xD6zm4SDOb3lh6Zd3vJT/cNr&amp;#43;W17cwidXCF/71Ce//OvmncU1nWs5cnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qvhyuSgCT6vu59Y3HJCUKa3HUkYmYIa4i3Dt1WaPoB4vA36XNOlhWEpxYMi6KySfzEmDSaT&amp;#43;EwuCYN1v6JjJkyaRb2axK4Sn2Xos/W4bFVyP5eaAG4y3eHp/WuTgUZPGD6Mrt/QfkweTRCEf1bDZ0noshecluz5X404Gu8jl14R6oQx8Pm/mijbndzI0f25x0f&amp;#43;&amp;#43;EgL0CkSuGrnyunHrIG3uQfDl73BjkcsTu8PC2qECqAAq0McV6EXIiFWNgwId5pjuSRBvLhcDsEvM52DPpuhL/3Drl0vLhIc02nUpf9KdQMqq/ncmZR4O2Ln5fPoPGTE5sxj28NtJASOy9SFcLopiyPrlsIr5zallbFXuxuLFjw2E5RP73TwiZYs6QN8Sl7O6B5c5D6lyZ350kct/8NgaHqn/70OrGXy3FXgkbf9/jGtntXI&amp;#43;TwhDbms/v9CZRooicnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qnhwecwr3V0ZWopT76SkfdWAEeNHpeQFuL&amp;#43;7youcbxe5/Nqn5LM2Jy6Vr8ciA/QHUgv6PZL91&amp;#43;VfPbek6N7Zu/9lCw&amp;#43;n8PAt0z88krbhOHJ5Yvc7WDtUABVABVCByAr0ImTEqsZBgchMFvetyOWhknv1&amp;#43;bNGDKCG81HrAuuah0bp7l9d5PJBEzfKGPrPqQUyEOd/jvnnZ/9yE79t2raH3tj33JKiuTnfpG04Pmtl8b2zpaUSv/OX1UOn5983Z/efXt8zbuEXt0zZCvn/dflXyOWRb/a4FRVABVABVCDhFYgD6mERvUiB7qa7KPNHLo9SqPhF6yKX3zVzu4zL75iRz4M4C78e6eVBQyZvHjlv7&amp;#43;T0r/44dw/L59dTt17z5FowkMPCi6qRK1&amp;#43;mryXaWQzvbu2wPujHkvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6DDHdE8C5PLu0bULuXaRy//ltcJ4GgI/fmLtvE&amp;#43;C7/tkXH77jHxZTP7nv43&amp;#43;&amp;#43;KbnpfUWVSNXfvfh7FdWFLO0LFBW1di5tiKX9&amp;#43;XuDtuGCqACqEDCKxAH1MMiepECnYOZmKeKB5fD0uNsiqSKLDXIz5vsN&amp;#43;DOpNzzoU07CysqqlR3SssU0t0sVWClxfD3DbnU&amp;#43;bNGDIHZoVf1HzI8tYDjRlfeGKkaE6X1Fkm2oSvAWEoWj7mZTvXsN3DE/AILnQMaqQmhFY7dry5y&amp;#43;Ud7zvF4DeHfvrKDkTQE5nz8dXg02ZYn3v78poBXzOg3D8hygJ/1Zmfnmo5cnvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6BzMxDxV/Lh8yNTcfFgP8bMKl8Tl5L08mbOGUYqexJGyWDGfLnROIHro4qCjBONyVb&amp;#43;phaBFyPuGLAWT6HKGqhtGJE2eNOo2WEllQEopxHXlPsZGB1xxPJfbcym5Dxg2PglWRhwwocASoP/QJsT8WEgZdpHLL9RZr3potYywVSNXPr&amp;#43;kiAfrCe8fDI8TvmXi0i8HTdz40BuR3xja6Zd9kvXgHS2qkStHzd/blo59uTfAtqECqAAqgAr0tAJxQD0sohcp0BaNxHl7/LicLIwY/ABh95t&amp;#43;WBTFigVk0XEIQ4zi6YSoh455jND5wPllgXRBLlepBqaeJJs5LncVTCDJBk7I1wcWOqxYmpSUIa2aKOrpCuj9x4wZTuh8TF5gzUOey2Fpxf/NJHX1VuTOz63g7OWhTQhUKtb/u8jloijeN0easslz9t2v7uS5PG3D8QHj21935XujP35iwWeT08kUz/DvobP1nW59u1zeiy5mrCoqgAqgAqgAKoAK9GoFOs0zsU2YAFzemE1fpDkiWxto2kGK5cOz9UDMA1IDYC7R/KjH6CuG6Js4g1zuLUgivM3lE8gP/uszhsErQl0A3w/mSmDOczmwu0o18MnMYs4BJlhKaJ7d8avrXL6juJonctXIlVc/tubFjEMysH5hmdwTXZaK/XxucYitHfJZsLHM3OTutALI5b36/oWVRwVQAVQAFUAF&amp;#43;pICneaZ2CaMH5cHPEjALs5bvsmeIbMK2WrhFIL70WUK9Zn/y5vSmZVdSj5ilT5IzDxeRxAJktBXhHoLKfjT1xhF8i8fBc4wKtWAJ3PVnL08tAkRyojJpq5zuSiKQyZvZlR9wzMbUlaXyKAcfiYtKmTR2gr8eurWiGn3fFPblfa2y&amp;#43;VdyRzTogKoACqACqACqAAq0OsUiB&amp;#43;XM&amp;#43;fsMmIXlwh71DsLRhHfkyGL2dvcJQ/vAAPDf2maJuNyUSyFiaFjxjxIYhAPE2&amp;#43;&amp;#43;ZC/n/WXYAWETSbmMhy5Vk/0RgN6lP7gY6HzA68RYD/Qf2gSWdYwDMeHyL07Wff/Rjx9768Bf2nANZ6g9/t0vvv3gqragfNDEjfM&amp;#43;KWWRWWDh5pON1oAjUKcEQC7vlGyYCBVABVABVAAVQAX6rALx4/JQ5&amp;#43;wgYVvyqBvLjZKziov&amp;#43;7HfbmEmTJ9HvCDoDNInOCg2mEkWx&amp;#43;CVYdSXA5aI0rbP/1EIGjBVLxyStI/Bd9jqxgQ&amp;#43;8H/KcNOnJoWQ4QD1hQrncUpyRXQzpt1POJ6vH8F7s3X4qxITLRVHcfrSaYbRy4NZp2yJy&amp;#43;S8mbWorYeEpXReFQC7vooCYHBVABVABVAAVQAX6mAI9z&amp;#43;WiaMl9mLB1/1nFoig5rozJY0ZvfTadpjlqnYtZ2elsUVG05CcRuCYfCfotBUnA6v2GjgquxzIw5cg&amp;#43;6rgiTRWlhxCmlg5ILQ2xl1e8N5TmF1yPBWzqYC8fMD5TWlKmlFUv9udDrLhcFMXs/efbAmt&amp;#43;&amp;#43;9WPronI5TOyjvDRWHjt5xe63mzk8q5riDmgAqgAKoAKoAKoQF9SIBG4XBS1dKUUVf/p2zPJ3Mx&amp;#43;SQX2oMhgQVeRaZoh9nJRFPWr6ARQxuVk&amp;#43;b3izAlD&amp;#43;18FuN5v4PBJmSUWESaSgnU8kDFY0ImbCu/H4rUUZyQNleB&amp;#43;4IhZ0tIuwOWQKflLjeiBnGL8P4ZcLooig&amp;#43;m2Ao8v&amp;#43;CwilP/s2dy0DcefXlT4En2vJ0u&amp;#43;dPvpmDQYuTwmMmImqAAqgAqgAqgAKtBnFIgHl8ddLEv&amp;#43;&amp;#43;H5k4XPZu4riXo/OFRhbLm/Xan7zCxvDufzG5/Jeyjry0wm5t0wJmfT5/rbYQHk065d3Tj1MhQqgAqgAKoAKoAKoQC9VoA9yuaskdegNA4a&amp;#43;FVhcsbcdmZhzuSiKWw5dZgZvPvCvWaHhUP4/L25J23D8tmnbHnvrwKuriln8faWaGGqJ9vIYiolZoQKoACqACqACqEAfUKAPcnlvPyrdweWiKB46W79gYxmD7LQNxyeFrV/e7&amp;#43;Hsh/&amp;#43;xn48D4Xc2lRWd7upET9lxQS6XCYI/UQFUABVABVABVOAKV6DbufzuK&amp;#43;YTqzOpm7hcFEWdybHxyyqG3f&amp;#43;dvIUZy696aPXQ6fmvZUdY5nxHcXWDpTlWrWP5IJczKTCACqACqEBfVaAvvXcmDm1p6zSIQ9FYRFvix3l7t3N5nNvTB4rrPi4HcbSNjn2lmve3nUpaVHjfnN0P/L3g6UWFqWuPMV6HQMaus3tLNZd01m6SFLm8m4TFbFEBVAAVSBwFVKr0xKlMgtdEQSuFXQneqN5SvcRRGLk84c6Z7uZyaLCn1ddgaa7QWI6c0&amp;#43;8/rt1&amp;#43;tDr34KUthy4XntKdVpu6w0AuExq5XCYI/kQFUAFUoO8pkDi4k/jaKmilsCvx29Urapg4CseDy10u1yeffLJ9&amp;#43;3a7nSx/qNFojhw58tVXX82ZM6eto9XS0gK7kpOTNZpYTjdsq8TE2R4fLu/x9iKX9/ghwAqgAqgAKtDdCiQO7nR3S7uev4JWCru6Xi7m8K9FpRNH4XhwuSiKTz75pNFohGNfUlLi9/uXLl26b9&amp;#43;&amp;#43;&amp;#43;vp6URTtdrvH43E4HD6fz&amp;#43;VylZaWPv300w6Hw&amp;#43;12q9XkbZ1X1Ae5/Io63NhYVAAVQAX6sAKJgzuJL7KCVgq7Er9dvaKGiaNwPLjcbrePHTsWDszx48fvuusuURTvueeet956a9y4cYcPHx47duzOnTtHjx792muvHT169JlnnsnJyTEYDAsWLPjjH//YK45oDCuJXB5DMTErVAAVQAVQgR5UIHFwpwdFiLJoBa0UdkWZOUZTViBxFI4Hl69Zs2bTpk2gSHl5&amp;#43;bvvvnv27Nk33nijpqbmo48&amp;#43;eu6553Jzcz0ez7Rp08A6/vvf/14UxZycnLVr115pTizkYcrIlXfP2ql8AvWBvejH0gcOIjYBFUAFUAFlBRIHd5TrmQh7FbRS2JUINe8DdUgchbudyy9dunTnnXe6XK6zZ8/u27dv0aJFO3bsmDNnzunTp9PT091ud3Jy8s6dOz0ezyOPPCKKYl1d3VNPPZWdnf3mm2&amp;#43;eO3eupqamDxzvDjUBubxDcmFkVAAVQAVQgYRVIHFwJ2ElYhVT0EphF0uOga4okDgKdzuXnz59uri4uLy8vKSkpLW1tbS01GazFRYWrly50u12i6K4d&amp;#43;9eo9HY0tJSVVVFXs9usRQVFXm93oqKirNnz3ZF5V6aNkou9zvsnguVrI0&amp;#43;U6N97Rq/1yuKot/rdZcUw1f0&amp;#43;/1OZ8uZ06Ioei5eaDUYIIljc559wycQ9pwrh8g&amp;#43;UyPLUBTFltOn3CXFnosXYKO36hJEa9XV8dE8ledDEvr9LSdK&amp;#43;QgRw2gvjygLbkQFUAFUoC8pkDi4k/iqKmilsCvx29Urapg4Cnc7l/eK45FQlYySy5uyV&amp;#43;ru&amp;#43;LXY2iqKYqvB0PDAcOHvcwxPjBb9fp&amp;#43;pUXvzz2zLl9iWLxF9Ps/5Cu1NN7SUnTC/NNWRu14UReFvr5kmT2x4YDj8NI4dY355um35Eh70RVEkef7ttfrf/da5I18URfOrLzdOnGBbvsRd&amp;#43;g2vWOMLzzp372Bb3EcPawde79XUsi0RA8jlEWXBjagAKoAK9CUFEgd3El9VBa0UdiV&amp;#43;u3pFDRNH4bhy&amp;#43;dmzZ10uV684Qj1YySi5vOGB4Q0PPeD64jNRFJ078s0zp3svV7lLiv0eD&amp;#43;Ny4GlP5fm6n/9M/8c/mKZMcmzMJcD98Ej3N1&amp;#43;zNjIu93s8bCNwecuJ47b0pZZ/pvFc7jOb&amp;#43;GgyLjenzGwYdT8ZEih&amp;#43;kMsV5cGdqAAqgAr0BQUSB3cSX00FrRR2JX67ekUNE0fheHB5U1NTUVHR559//uabb7a17mFdXd2pU6dEUayuruYP4eHDhxsaGvgtfT4cDZd7ys/qbv&amp;#43;V9b2FpqmTCZfv3G6eOb358wN1/32zz2YL53L9vcPML0&amp;#43;r&amp;#43;/nPgMsNj4zibd5KXF52wrZsseXN&amp;#43;VFyud/prBsyqGnVR/p7hykfKeRyZX1wLyqACqACfUCBxMGdxBdTQSuFXYnfrl5Rw8RROB5cLorihAkTsrKyDh48uH498aMI/5w4cWLJEmJhPXz4sCiKBQUFECc/n3hQXFG" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est par exemple repris sur le site de
+ &lt;a href="https://epargnonsnosressources.gouv.fr/" target="_self"&gt;
+  Épargnons Nos Ressources &lt;/a&gt; et sur plusieurs &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;sites de collectivités&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour intégrer la carte de l&amp;#039;équipe &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;Longue Vie Aux Objets
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Veuillez vous référer à la
+ &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;documentation&lt;/a&gt;
+ qui vous guide dans les étapes d&amp;#039;intégration.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://longuevieauxobjets.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : longuevieauxobjets&amp;#64;ademe.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>longuevieauxobjets@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b317-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>158943</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Aider les citoyens à trouver que faire de leurs déchets</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Que Faire De Mes Déchets</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ « Poubelle ménagère ? recyclage ? déchèterie ? »
+ &lt;span&gt;🤔&lt;/span&gt;
+ &lt;span&gt;🚮&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de refondre l&amp;#039;outil Que Faire de Mes Déchets  pour savoir facilement où jeter les déchets en tout genre : vêtement, téléphone mobile, masque à usage unique, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Les points d&amp;#039;apport listés sur ce site seront mis à jour régulièrement.
+&lt;/p&gt;
+&lt;p&gt;
+ Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les questions du cycle de vie d&amp;#039;un déchet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🗺️&lt;/span&gt;
+ Où le jeter : à la poubelle ? dans une déchèterie ou un point d&amp;#039;apport ? où est le plus proche ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🔄&lt;/span&gt;
+ Que va-t-il devenir ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;❌&lt;/span&gt;
+ Comment éviter de le produire ?
+&lt;/p&gt;
+&lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Que_faire_de_mes_dechets.gif" /&gt;</t>
+        </is>
+      </c>
+      <c r="M197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est, par exemple, repris sur le site de
+ &lt;a href="https://www.hautbugey-agglomeration.fr/vivre-habiter/gestion-des-dechets/ordures-menageres/" target="_self"&gt;
+  Haut-Bugey Agglomération
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour intégrer
+ &lt;a href="https://quefairedemesdechets.ademe.fr/" target="_self"&gt;
+  Que Faire De Mes Déchets
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Cliquez sur &amp;#34;Intégrer ce simulateur&amp;#34; (bouton
+   ) sur la droite de l&amp;#039;écran et copier le script proposé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptez le simulateur à vos besoins : couleurs, paramètres du simulateur ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copiez le script personnalisé associé
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Si vous utilisez Wordpress pour votre site :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  auvergnerhonealpes&amp;#64;francemobilites.fr
+  assurez-vous d&amp;#039;être en mode éditeur back office (et non pas mode classique)
  &lt;/li&gt;
  &lt;li&gt;
-  bourgognefranchecomte&amp;#64;francemobilites.fr
+  cliquez sur l&amp;#039;onglet &amp;#34;texte&amp;#34; à droite
  &lt;/li&gt;
  &lt;li&gt;
-  bretagne&amp;#64;francemobilites.fr
+  copiez/collez le script à l&amp;#039;endroit désiré
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://quefairedemesdechets.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : quefairedemesdechets&amp;#64;ademe.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>longuevieauxobjets@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94c8-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>151212</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les innovations dans le secteur de l’eau pour permettre d’accélérer les futures mises en marché de solutions</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Innov Eau</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cet appel à projet ambitionne d&amp;#039;anticiper la transition hydrique en intégrant l&amp;#039;enjeu « eau » dans France 2030, et il contribuera à soutenir l&amp;#039;innovation en France suivant les axes suivants :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Agir en amont sur la gestion de la ressource naturelle dans un contexte de changement climatique
+  &lt;/strong&gt;
+  , par exemple en déployant des solutions basées sur la sobriété et sur la nature ou en développant des solutions de gestion des eaux pluviales à la source.
  &lt;/li&gt;
  &lt;li&gt;
-  centrevaldeloire&amp;#64;francemobilites.fr
+  &lt;strong&gt;
+   Économiser la ressource : sécuriser l&amp;#039;acheminement en limitant efficacement les pertes hydriques et agir sur les usages de l&amp;#039;eau,
+  &lt;/strong&gt;
+  notamment en promouvant des solutions pour une meilleure gestion et maintenance des réseaux d&amp;#039;eau, ou en soutenant les nouveaux outils favorisant la sobriété et conçus pour une gestion optimisée de la ressource chez les particuliers, dans l&amp;#039;industrie et dans l&amp;#039;agriculture (réutilisation des eaux usées traitées, changement de process etc.).
  &lt;/li&gt;
  &lt;li&gt;
-  corse&amp;#64;francemobilites.fr
+  &lt;strong&gt;
+   Renforcer le traitement pour améliorer durablement la qualité de l&amp;#039;eau et des milieux
+  &lt;/strong&gt;
+  , notamment en innovant dans les procédés de traitement des eaux usées domestiques et industrielles, en innovant dans la phytoépuration et les solutions dites de remédiation.
  &lt;/li&gt;
  &lt;li&gt;
-  grandest&amp;#64;francemobilites.fr
+  &lt;strong&gt;
+   Développer le numérique et la donnée
+  &lt;/strong&gt;
+  au service de la gestion de la ressource, notamment des projets permettant l&amp;#039;acquisition, la compilation et l&amp;#039;analyse de données pour piloter la gestion des volumes et de la qualité de la ressource, le développement de suivi et pilotage des consommations d&amp;#039;eau, d&amp;#039;outils d&amp;#039;aide à la décision.
  &lt;/li&gt;
- &lt;li&gt;
-[...39 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+&lt;/ol&gt;
+&lt;p&gt;
+ Il est possible de répondre soit à l&amp;#039;une de ces priorités thématiques, soit à plusieurs de ces priorités dans un même projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230710/innov-eau</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
+         sur le lien vers le descriptif complet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c2c4-innov-eau/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...110 lines deleted...]
-      <c r="A41" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>151174</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Former et accompagner les industriels dans leur démarche de décarbonation</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>PACTE Industrie - Parcours Accompagnement et Compétences pour la Transition Énergétique de l’Industrie</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme PACTE Industrie propose des études et coachings adaptés à chaque métier :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les référents techniques énergie
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Des études d&amp;#039;opportunités d&amp;#039;évolution du mix énergétique, pour étudier les différents leviers à actionner (efficacité énergétique, récupération de chaleur fatale, énergies renouvelables, ou encore électrification et hydrogène), à l&amp;#039;échelle du site industriel.
   &lt;ul&gt;
    &lt;li&gt;
     &lt;strong&gt;
      &lt;em&gt;
       Prérequis  :
      &lt;/em&gt;
     &lt;/strong&gt;
     &lt;em&gt;
      audit énergétique de moins de 4 ans ou revue énergétique de moins de 3 ans.
     &lt;/em&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
@@ -6840,16373 +22822,290 @@
 &lt;/p&gt;
 &lt;p&gt;
  Des formations sont également disponibles pour les différents métiers : https://agirpourlatransition.ademe.fr/entreprises/demarche-decarbonation-industrie/pacte-industrie
 &lt;/p&gt;
 &lt;p&gt;
  Les formations et les accompagnements techniques structurants envisagés permettront d&amp;#039;engager des réductions de consommation d&amp;#039;énergie de l&amp;#039;ordre de 1 à 2 TWh/an.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les cahiers des charges pour les études d&amp;#039;opportunité d&amp;#039;évolution du mix énergétique et les trajectoires d&amp;#039;investissement de décarbonation seront disponibles en septembre 2023.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cahier des charges pours les c
  &lt;/strong&gt;
  &lt;strong&gt;
   oachings sur les projets d&amp;#039;investissement bas carbone sera disponible au premier semestre 2024.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P41" s="1" t="inlineStr">
+      <c r="P199" s="1" t="inlineStr">
         <is>
           <t>01/06/2023</t>
         </is>
       </c>
-      <c r="Q41" s="1" t="inlineStr">
+      <c r="Q199" s="1" t="inlineStr">
         <is>
           <t>31/08/2026</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/pacte-industrie-parcours-accompagnement-competences-transition-energetique-0</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
          sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c358-pacte-industrie-parcours-accompagnement-et-co/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E42" s="1" t="inlineStr">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>142764</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Rassembler tous les acteurs volontaires pour produire des ressources ouvertes</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Sobriété et Résilience des Territoires </t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Cet appel à projet ambitionne d&amp;#039;anticiper la transition hydrique en intégrant l&amp;#039;enjeu « eau » dans France 2030, et il contribuera à soutenir l&amp;#039;innovation en France suivant les axes suivants :
+ L&amp;#039;appel à communs est un mode d&amp;#039;intervention dont l&amp;#039;entrée collaborative, dès la phase d&amp;#039;idéation du projet, est au cœur du dispositif.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Attention :
+ &lt;/strong&gt;
+ les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir) :
+ &lt;br /&gt;
+ https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
 &lt;/p&gt;
-&lt;ol&gt;
+&lt;p&gt;
+ Les projets éligibles répondent aux quatre critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...2 lines deleted...]
-  , par exemple en déployant des solutions basées sur la sobriété et sur la nature ou en développant des solutions de gestion des eaux pluviales à la source.
+  ils sont développés en licences ouvertes ;
  &lt;/li&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...2 lines deleted...]
-  notamment en promouvant des solutions pour une meilleure gestion et maintenance des réseaux d&amp;#039;eau, ou en soutenant les nouveaux outils favorisant la sobriété et conçus pour une gestion optimisée de la ressource chez les particuliers, dans l&amp;#039;industrie et dans l&amp;#039;agriculture (réutilisation des eaux usées traitées, changement de process etc.).
+  ils intègrent des communautés d&amp;#039;utilisateurs et de contributeurs ;
  &lt;/li&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...2 lines deleted...]
-  , notamment en innovant dans les procédés de traitement des eaux usées domestiques et industrielles, en innovant dans la phytoépuration et les solutions dites de remédiation.
+  ils sont documentés sur le support public de l&amp;#039;appel à communs (le Wiki) ;
  &lt;/li&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...2 lines deleted...]
-  au service de la gestion de la ressource, notamment des projets permettant l&amp;#039;acquisition, la compilation et l&amp;#039;analyse de données pour piloter la gestion des volumes et de la qualité de la ressource, le développement de suivi et pilotage des consommations d&amp;#039;eau, d&amp;#039;outils d&amp;#039;aide à la décision.
+  ils répondent à au moins l&amp;#039;un des défis de l&amp;#039;appel à communs.
  &lt;/li&gt;
-&lt;/ol&gt;
+&lt;/ul&gt;
 &lt;p&gt;
- Il est possible de répondre soit à l&amp;#039;une de ces priorités thématiques, soit à plusieurs de ces priorités dans un même projet.
+ À noter que les projets sont éligibles à tous les stades de maturité.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 relevés de communs auront lieu : le 1er juin, le 29 septembre et le 15 décembre 2023.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à communs sobriété et résilience des territoires s&amp;#039;appuie sur le retour d&amp;#039;expérience de la 1re édition de l&amp;#039;appel à communs lancée en 2021 par l&amp;#039;ADEME sur le sujet de la résilience des territoires. Au vu du bilan positif1 de cette première édition, l&amp;#039;ADEME a souhaité renouveler le dispositif et s&amp;#039;associer à d&amp;#039;autres agences publiques. Pour cette 2e édition, l&amp;#039;IGN et l&amp;#039;ANCT sont associés pour soutenir les dynamiques de coopération sur ces sujets.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les communs sélectionnés bénéficieront de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un soutien technique de      l&amp;#039;ADEME ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  selon le sujet, un soutien      technique de l&amp;#039;IGN et de l&amp;#039;ANCT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un accompagnement de l&amp;#039;équipe      conseil externe, spécialiste des communs (licence, gouvernance, modèle      économique, communautés) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un financement de l&amp;#039;ADEME ne      pouvant pas dépasser 70 % du montant éligible. Le taux d&amp;#039;aide appliqué est      fixé par l&amp;#039;ADEME lors de l&amp;#039;instruction du dossier en fonction du système      d&amp;#039;aide dont le dossier dépendra.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir)
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+ https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
+&lt;/p&gt;
+&lt;p&gt;
+ Le site de l&amp;#039;appel à communs :
+ &lt;br /&gt;
+ https://resilience-territoire.ademe.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ 1 https://librairie.ademe.fr/urbanisme-et-batiment/6149-retour-d-experience-du-1er-appel-a-commun-de-l-ademe.html
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
-Agriculture et agroalimentaire
-[...1762 lines deleted...]
-Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
-[...8392 lines deleted...]
-Transition énergétique
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P144" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230418/sobriete-resilience-territoires</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
+         sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
-[...5834 lines deleted...]
-      </c>
       <c r="Z200" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-audits-energetiques-du-patrimoine-communal/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cbf3-sobriete-et-resilience-des-territoires/</t>
         </is>
       </c>
       <c r="AA200" s="1" t="inlineStr">
-        <is>
-[...119 lines deleted...]
-      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>